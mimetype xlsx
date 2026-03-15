--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:IC52"/>
+  <dimension ref="A1:IG52"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -498,50 +498,54 @@
     <col min="213" max="213" width="19.53125" customWidth="true"/>
     <col min="214" max="214" width="19.53125" customWidth="true"/>
     <col min="215" max="215" width="19.53125" customWidth="true"/>
     <col min="216" max="216" width="19.53125" customWidth="true"/>
     <col min="217" max="217" width="19.53125" customWidth="true"/>
     <col min="218" max="218" width="19.53125" customWidth="true"/>
     <col min="219" max="219" width="19.53125" customWidth="true"/>
     <col min="220" max="220" width="19.53125" customWidth="true"/>
     <col min="221" max="221" width="19.53125" customWidth="true"/>
     <col min="222" max="222" width="19.53125" customWidth="true"/>
     <col min="223" max="223" width="19.53125" customWidth="true"/>
     <col min="224" max="224" width="19.53125" customWidth="true"/>
     <col min="225" max="225" width="19.53125" customWidth="true"/>
     <col min="226" max="226" width="19.53125" customWidth="true"/>
     <col min="227" max="227" width="19.53125" customWidth="true"/>
     <col min="228" max="228" width="19.53125" customWidth="true"/>
     <col min="229" max="229" width="19.53125" customWidth="true"/>
     <col min="230" max="230" width="19.53125" customWidth="true"/>
     <col min="231" max="231" width="19.53125" customWidth="true"/>
     <col min="232" max="232" width="19.53125" customWidth="true"/>
     <col min="233" max="233" width="19.53125" customWidth="true"/>
     <col min="234" max="234" width="19.53125" customWidth="true"/>
     <col min="235" max="235" width="19.53125" customWidth="true"/>
     <col min="236" max="236" width="19.53125" customWidth="true"/>
     <col min="237" max="237" width="19.53125" customWidth="true"/>
+    <col min="238" max="238" width="19.53125" customWidth="true"/>
+    <col min="239" max="239" width="19.53125" customWidth="true"/>
+    <col min="240" max="240" width="19.53125" customWidth="true"/>
+    <col min="241" max="241" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Volumen de ventas por actividad</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Índice de producción del sector servicios</t>
         </is>
       </c>
@@ -671,56 +675,56 @@
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
-      <c r="BI7" s="6" t="inlineStr">
+      <c r="BI7" s="6"/>
+      <c r="BJ7" s="6" t="inlineStr">
         <is>
           <t>Variación mensual</t>
         </is>
       </c>
-      <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
@@ -734,57 +738,57 @@
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6"/>
       <c r="DK7" s="6"/>
       <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
       <c r="DO7" s="6"/>
-      <c r="DP7" s="6" t="inlineStr">
+      <c r="DP7" s="6"/>
+      <c r="DQ7" s="6"/>
+      <c r="DR7" s="6" t="inlineStr">
         <is>
           <t>Variación anual</t>
         </is>
       </c>
-      <c r="DQ7" s="6"/>
-      <c r="DR7" s="6"/>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
       <c r="DX7" s="6"/>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6"/>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
@@ -797,58 +801,58 @@
       <c r="EX7" s="6"/>
       <c r="EY7" s="6"/>
       <c r="EZ7" s="6"/>
       <c r="FA7" s="6"/>
       <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
       <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
       <c r="FH7" s="6"/>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
       <c r="FN7" s="6"/>
       <c r="FO7" s="6"/>
       <c r="FP7" s="6"/>
       <c r="FQ7" s="6"/>
       <c r="FR7" s="6"/>
       <c r="FS7" s="6"/>
       <c r="FT7" s="6"/>
       <c r="FU7" s="6"/>
       <c r="FV7" s="6"/>
-      <c r="FW7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="FW7" s="6"/>
       <c r="FX7" s="6"/>
       <c r="FY7" s="6"/>
-      <c r="FZ7" s="6"/>
+      <c r="FZ7" s="6" t="inlineStr">
+        <is>
+          <t>Variación de la media en lo que va de año</t>
+        </is>
+      </c>
       <c r="GA7" s="6"/>
       <c r="GB7" s="6"/>
       <c r="GC7" s="6"/>
       <c r="GD7" s="6"/>
       <c r="GE7" s="6"/>
       <c r="GF7" s="6"/>
       <c r="GG7" s="6"/>
       <c r="GH7" s="6"/>
       <c r="GI7" s="6"/>
       <c r="GJ7" s="6"/>
       <c r="GK7" s="6"/>
       <c r="GL7" s="6"/>
       <c r="GM7" s="6"/>
       <c r="GN7" s="6"/>
       <c r="GO7" s="6"/>
       <c r="GP7" s="6"/>
       <c r="GQ7" s="6"/>
       <c r="GR7" s="6"/>
       <c r="GS7" s="6"/>
       <c r="GT7" s="6"/>
       <c r="GU7" s="6"/>
       <c r="GV7" s="6"/>
       <c r="GW7" s="6"/>
       <c r="GX7" s="6"/>
       <c r="GY7" s="6"/>
@@ -860,29575 +864,30043 @@
       <c r="HE7" s="6"/>
       <c r="HF7" s="6"/>
       <c r="HG7" s="6"/>
       <c r="HH7" s="6"/>
       <c r="HI7" s="6"/>
       <c r="HJ7" s="6"/>
       <c r="HK7" s="6"/>
       <c r="HL7" s="6"/>
       <c r="HM7" s="6"/>
       <c r="HN7" s="6"/>
       <c r="HO7" s="6"/>
       <c r="HP7" s="6"/>
       <c r="HQ7" s="6"/>
       <c r="HR7" s="6"/>
       <c r="HS7" s="6"/>
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
+      <c r="ID7" s="6"/>
+      <c r="IE7" s="6"/>
+      <c r="IF7" s="6"/>
+      <c r="IG7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Índice General</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>116.267</v>
+        <v>126.615</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>119.944</v>
+        <v>116.202</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>117.289</v>
+        <v>119.891</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>106.675</v>
+        <v>117.188</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>123.522</v>
+        <v>106.663</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>119.829</v>
+        <v>123.519</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>115.423</v>
+        <v>119.83</v>
       </c>
       <c r="I9" s="14" t="n">
+        <v>115.425</v>
+      </c>
+      <c r="J9" s="14" t="n">
         <v>112.735</v>
       </c>
-      <c r="J9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K9" s="14" t="n">
+        <v>114.614</v>
+      </c>
+      <c r="L9" s="14" t="n">
         <v>103.667</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>107.307</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>122.01</v>
       </c>
-      <c r="N9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O9" s="14" t="n">
-        <v>116.405</v>
+        <v>113.474</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>112.521</v>
+        <v>116.401</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>103.921</v>
+        <v>112.523</v>
       </c>
       <c r="R9" s="14" t="n">
-        <v>119.485</v>
+        <v>103.922</v>
       </c>
       <c r="S9" s="14" t="n">
-        <v>115.36</v>
+        <v>119.482</v>
       </c>
       <c r="T9" s="14" t="n">
-        <v>111.425</v>
+        <v>115.365</v>
       </c>
       <c r="U9" s="14" t="n">
-        <v>109.962</v>
+        <v>111.424</v>
       </c>
       <c r="V9" s="14" t="n">
-        <v>109.312</v>
+        <v>109.958</v>
       </c>
       <c r="W9" s="14" t="n">
+        <v>109.318</v>
+      </c>
+      <c r="X9" s="14" t="n">
         <v>101.204</v>
       </c>
-      <c r="X9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Y9" s="14" t="n">
-        <v>120.394</v>
+        <v>101.697</v>
       </c>
       <c r="Z9" s="14" t="n">
-        <v>110.705</v>
+        <v>120.401</v>
       </c>
       <c r="AA9" s="14" t="n">
-        <v>111.987</v>
+        <v>110.704</v>
       </c>
       <c r="AB9" s="14" t="n">
-        <v>108.469</v>
+        <v>111.989</v>
       </c>
       <c r="AC9" s="14" t="n">
-        <v>100.702</v>
+        <v>108.471</v>
       </c>
       <c r="AD9" s="14" t="n">
-        <v>116.733</v>
+        <v>100.7</v>
       </c>
       <c r="AE9" s="14" t="n">
-        <v>114.089</v>
+        <v>116.737</v>
       </c>
       <c r="AF9" s="14" t="n">
-        <v>108.667</v>
+        <v>114.088</v>
       </c>
       <c r="AG9" s="14" t="n">
-        <v>106.293</v>
+        <v>108.666</v>
       </c>
       <c r="AH9" s="14" t="n">
-        <v>110.508</v>
+        <v>106.298</v>
       </c>
       <c r="AI9" s="14" t="n">
+        <v>110.504</v>
+      </c>
+      <c r="AJ9" s="14" t="n">
         <v>96.596</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>99.011</v>
       </c>
-      <c r="AK9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AL9" s="14" t="n">
-        <v>109.55</v>
+        <v>118.189</v>
       </c>
       <c r="AM9" s="14" t="n">
-        <v>110.902</v>
+        <v>109.549</v>
       </c>
       <c r="AN9" s="14" t="n">
-        <v>110.329</v>
+        <v>110.907</v>
       </c>
       <c r="AO9" s="14" t="n">
-        <v>102.689</v>
+        <v>110.328</v>
       </c>
       <c r="AP9" s="14" t="n">
-        <v>113.824</v>
+        <v>102.688</v>
       </c>
       <c r="AQ9" s="14" t="n">
-        <v>112.76</v>
+        <v>113.828</v>
       </c>
       <c r="AR9" s="14" t="n">
-        <v>107.137</v>
+        <v>112.758</v>
       </c>
       <c r="AS9" s="14" t="n">
-        <v>104.952</v>
+        <v>107.136</v>
       </c>
       <c r="AT9" s="14" t="n">
-        <v>105.584</v>
+        <v>104.954</v>
       </c>
       <c r="AU9" s="14" t="n">
-        <v>95.175</v>
+        <v>105.581</v>
       </c>
       <c r="AV9" s="14" t="n">
-        <v>95.845</v>
+        <v>95.176</v>
       </c>
       <c r="AW9" s="14" t="n">
-        <v>113.93</v>
+        <v>95.847</v>
       </c>
       <c r="AX9" s="14" t="n">
+        <v>113.928</v>
+      </c>
+      <c r="AY9" s="14" t="n">
         <v>107.305</v>
       </c>
-      <c r="AY9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AZ9" s="14" t="n">
-        <v>108.677</v>
+        <v>112.065</v>
       </c>
       <c r="BA9" s="14" t="n">
-        <v>103.883</v>
+        <v>108.676</v>
       </c>
       <c r="BB9" s="14" t="n">
+        <v>103.882</v>
+      </c>
+      <c r="BC9" s="14" t="n">
         <v>112.399</v>
       </c>
-      <c r="BC9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BD9" s="14" t="n">
-        <v>94.071</v>
+        <v>104.744</v>
       </c>
       <c r="BE9" s="14" t="n">
-        <v>90.042</v>
+        <v>94.072</v>
       </c>
       <c r="BF9" s="14" t="n">
-        <v>92.865</v>
+        <v>90.041</v>
       </c>
       <c r="BG9" s="14" t="n">
+        <v>92.862</v>
+      </c>
+      <c r="BH9" s="14" t="n">
         <v>79.636</v>
       </c>
-      <c r="BH9" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI9" s="15" t="n">
+      <c r="BI9" s="14" t="n">
+        <v>80.391</v>
+      </c>
+      <c r="BJ9" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="BK9" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="BJ9" s="15" t="n">
+      <c r="BL9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BK9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL9" s="15" t="n">
+      <c r="BM9" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="BN9" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="BM9" s="15" t="n">
+      <c r="BO9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="BN9" s="15" t="n">
+      <c r="BP9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="BO9" s="15" t="n">
+      <c r="BQ9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="BP9" s="15" t="n">
+      <c r="BR9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="BQ9" s="15" t="n">
+      <c r="BS9" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="BR9" s="15" t="n">
+      <c r="BT9" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="BS9" s="15" t="n">
+      <c r="BU9" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="BT9" s="15" t="n">
+      <c r="BV9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="BU9" s="15" t="n">
+      <c r="BW9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="BV9" s="15" t="n">
+      <c r="BX9" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="BY9" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="BZ9" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="CA9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="CB9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="BW9" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BY9" s="15" t="n">
+      <c r="CC9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CD9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CE9" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="CF9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CG9" s="15" t="n">
+        <v>-15.5</v>
+      </c>
+      <c r="CH9" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="CI9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CJ9" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CK9" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="CL9" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="CM9" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CN9" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="CO9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CP9" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="CQ9" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="CR9" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CS9" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="CT9" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="CU9" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CV9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CW9" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CX9" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="CY9" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CZ9" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DA9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="DB9" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DC9" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="DD9" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DE9" s="15" t="n">
+        <v>-15.9</v>
+      </c>
+      <c r="DF9" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="DG9" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="DH9" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DI9" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DJ9" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="DK9" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="DL9" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="DM9" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="DN9" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="DO9" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="DP9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="DQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR9" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DS9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DT9" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DU9" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="DV9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="DW9" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DX9" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DY9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="BZ9" s="15" t="n">
+      <c r="DZ9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EA9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="EB9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EC9" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="ED9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EE9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EF9" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EG9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EH9" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EI9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EJ9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EK9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EL9" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EM9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EN9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="EO9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EP9" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EQ9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ER9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ES9" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="ET9" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EU9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EV9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EW9" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EX9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EY9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EZ9" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FA9" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FB9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FC9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FD9" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="FE9" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FF9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="FG9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FH9" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="FI9" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="FJ9" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="FK9" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="FL9" s="15" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="FM9" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="FN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CA9" s="15" t="n">
+      <c r="GA9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GB9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GC9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GD9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GE9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GF9" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GG9" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GH9" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GI9" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GJ9" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GK9" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GL9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GM9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GN9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GO9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GP9" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GQ9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GR9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GS9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GT9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GU9" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GV9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GW9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GX9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CB9" s="15" t="n">
-[...17 lines deleted...]
-      <c r="CH9" s="15" t="n">
+      <c r="GY9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GZ9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="HA9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="HB9" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="HC9" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="HD9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HE9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="HF9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HG9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="CI9" s="15" t="n">
-[...127 lines deleted...]
-      <c r="DY9" s="15" t="n">
+      <c r="HH9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="DZ9" s="15" t="n">
-[...71 lines deleted...]
-      <c r="EX9" s="15" t="n">
+      <c r="HI9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EY9" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FJ9" s="15" t="n">
+      <c r="HJ9" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="HK9" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="HL9" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="HM9" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="HN9" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="HO9" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="HP9" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="HQ9" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="HR9" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="HS9" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="HT9" s="15" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="HU9" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="FK9" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1. Comercio al por mayor y al por menor; reparación de vehículos de motor y motocicletas</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>107.082</v>
+        <v>114.139</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>107.339</v>
+        <v>107.086</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>105.503</v>
+        <v>107.386</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>96.189</v>
+        <v>105.486</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>110.366</v>
+        <v>96.176</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>108.932</v>
+        <v>110.371</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>107.903</v>
+        <v>108.929</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>103.603</v>
+        <v>107.9</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>106.488</v>
+        <v>103.604</v>
       </c>
       <c r="K10" s="14" t="n">
+        <v>106.483</v>
+      </c>
+      <c r="L10" s="14" t="n">
         <v>95.585</v>
       </c>
-      <c r="L10" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M10" s="14" t="n">
-        <v>110.476</v>
+        <v>99.738</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>104.148</v>
+        <v>110.475</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>103.861</v>
+        <v>104.144</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>99.456</v>
+        <v>103.87</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>91.514</v>
+        <v>99.453</v>
       </c>
       <c r="R10" s="14" t="n">
-        <v>104.395</v>
+        <v>91.512</v>
       </c>
       <c r="S10" s="14" t="n">
-        <v>103.304</v>
+        <v>104.4</v>
       </c>
       <c r="T10" s="14" t="n">
-        <v>101.844</v>
+        <v>103.295</v>
       </c>
       <c r="U10" s="14" t="n">
-        <v>98.602</v>
+        <v>101.847</v>
       </c>
       <c r="V10" s="14" t="n">
-        <v>99.328</v>
+        <v>98.609</v>
       </c>
       <c r="W10" s="14" t="n">
-        <v>92.446</v>
+        <v>99.317</v>
       </c>
       <c r="X10" s="14" t="n">
-        <v>93.717</v>
+        <v>92.447</v>
       </c>
       <c r="Y10" s="14" t="n">
-        <v>109.381</v>
+        <v>93.723</v>
       </c>
       <c r="Z10" s="14" t="n">
-        <v>102.543</v>
+        <v>109.368</v>
       </c>
       <c r="AA10" s="14" t="n">
-        <v>99.755</v>
+        <v>102.544</v>
       </c>
       <c r="AB10" s="14" t="n">
-        <v>96.65</v>
+        <v>99.753</v>
       </c>
       <c r="AC10" s="14" t="n">
-        <v>90.27</v>
+        <v>96.647</v>
       </c>
       <c r="AD10" s="14" t="n">
-        <v>104.234</v>
+        <v>90.273</v>
       </c>
       <c r="AE10" s="14" t="n">
-        <v>102.416</v>
+        <v>104.226</v>
       </c>
       <c r="AF10" s="14" t="n">
-        <v>101.376</v>
+        <v>102.419</v>
       </c>
       <c r="AG10" s="14" t="n">
-        <v>97.171</v>
+        <v>101.379</v>
       </c>
       <c r="AH10" s="14" t="n">
-        <v>104.843</v>
+        <v>97.161</v>
       </c>
       <c r="AI10" s="14" t="n">
+        <v>104.849</v>
+      </c>
+      <c r="AJ10" s="14" t="n">
         <v>90.144</v>
       </c>
-      <c r="AJ10" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AK10" s="14" t="n">
-        <v>109.912</v>
+        <v>94.453</v>
       </c>
       <c r="AL10" s="14" t="n">
-        <v>104.831</v>
+        <v>109.911</v>
       </c>
       <c r="AM10" s="14" t="n">
-        <v>103.099</v>
+        <v>104.832</v>
       </c>
       <c r="AN10" s="14" t="n">
-        <v>101.576</v>
+        <v>103.09</v>
       </c>
       <c r="AO10" s="14" t="n">
-        <v>95.001</v>
+        <v>101.579</v>
       </c>
       <c r="AP10" s="14" t="n">
-        <v>103.25</v>
+        <v>95.004</v>
       </c>
       <c r="AQ10" s="14" t="n">
-        <v>102.185</v>
+        <v>103.243</v>
       </c>
       <c r="AR10" s="14" t="n">
-        <v>101.676</v>
+        <v>102.188</v>
       </c>
       <c r="AS10" s="14" t="n">
-        <v>100.544</v>
+        <v>101.679</v>
       </c>
       <c r="AT10" s="14" t="n">
-        <v>100.997</v>
+        <v>100.539</v>
       </c>
       <c r="AU10" s="14" t="n">
+        <v>101.003</v>
+      </c>
+      <c r="AV10" s="14" t="n">
         <v>93.61</v>
       </c>
-      <c r="AV10" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AW10" s="14" t="n">
-        <v>109.19</v>
+        <v>97.221</v>
       </c>
       <c r="AX10" s="14" t="n">
-        <v>103.975</v>
+        <v>109.196</v>
       </c>
       <c r="AY10" s="14" t="n">
-        <v>105.721</v>
+        <v>103.976</v>
       </c>
       <c r="AZ10" s="14" t="n">
-        <v>100.466</v>
+        <v>105.712</v>
       </c>
       <c r="BA10" s="14" t="n">
-        <v>90.798</v>
+        <v>100.469</v>
       </c>
       <c r="BB10" s="14" t="n">
-        <v>105.595</v>
+        <v>90.801</v>
       </c>
       <c r="BC10" s="14" t="n">
-        <v>105.55</v>
+        <v>105.594</v>
       </c>
       <c r="BD10" s="14" t="n">
-        <v>100.05</v>
+        <v>105.553</v>
       </c>
       <c r="BE10" s="14" t="n">
-        <v>95.929</v>
+        <v>100.047</v>
       </c>
       <c r="BF10" s="14" t="n">
-        <v>104.577</v>
+        <v>95.93</v>
       </c>
       <c r="BG10" s="14" t="n">
+        <v>104.584</v>
+      </c>
+      <c r="BH10" s="14" t="n">
         <v>88.141</v>
       </c>
-      <c r="BH10" s="14" t="n">
-[...3 lines deleted...]
-        <v>-0.2</v>
+      <c r="BI10" s="14" t="n">
+        <v>89.998</v>
       </c>
       <c r="BJ10" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="BK10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BL10" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="BM10" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="BN10" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="BO10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="BP10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="BQ10" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="BR10" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="BS10" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="BT10" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="BU10" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="BV10" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="BW10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BX10" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="BY10" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="BZ10" s="15" t="n">
+        <v>-12.3</v>
+      </c>
+      <c r="CA10" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CB10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CC10" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="CD10" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="CE10" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CF10" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="CG10" s="15" t="n">
+        <v>-14.3</v>
+      </c>
+      <c r="CH10" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CI10" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CJ10" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CK10" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CL10" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="CM10" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CN10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CO10" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CP10" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="CQ10" s="15" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="CR10" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="CS10" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="CT10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="CU10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="BK10" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BN10" s="15" t="n">
+      <c r="CV10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CW10" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CX10" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="CY10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BO10" s="15" t="n">
-[...14 lines deleted...]
-      <c r="BT10" s="15" t="n">
+      <c r="CZ10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DA10" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DB10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="DC10" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="DD10" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="DE10" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="DF10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DG10" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DH10" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DI10" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="DJ10" s="15" t="n">
+        <v>-14.0</v>
+      </c>
+      <c r="DK10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DL10" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="DM10" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DN10" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="DO10" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="DP10" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR10" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DS10" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DT10" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DU10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="BU10" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BY10" s="15" t="n">
+      <c r="DV10" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DW10" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DX10" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="DY10" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DZ10" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EA10" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="EB10" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EC10" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="ED10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EE10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EF10" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EG10" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EH10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EI10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EJ10" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EK10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EL10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EM10" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="EN10" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EO10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EP10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EQ10" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="ER10" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="ES10" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="ET10" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="EU10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EV10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EW10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EX10" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="EY10" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EZ10" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="FA10" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="FB10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FC10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FD10" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="FE10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BZ10" s="15" t="n">
-[...53 lines deleted...]
-      <c r="CR10" s="15" t="n">
+      <c r="FF10" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="FG10" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="FH10" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="FI10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FJ10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="CS10" s="15" t="n">
-[...32 lines deleted...]
-      <c r="DD10" s="15" t="n">
+      <c r="FK10" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="FL10" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="FM10" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="FN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="DE10" s="15" t="n">
-[...43 lines deleted...]
-      <c r="DS10" s="15" t="n">
+      <c r="GA10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="DT10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DU10" s="15" t="n">
+      <c r="GB10" s="15" t="n">
         <v>5.4</v>
-      </c>
-[...199 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="GC10" s="15" t="n">
         <v>5.6</v>
       </c>
       <c r="GD10" s="15" t="n">
         <v>5.6</v>
       </c>
       <c r="GE10" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GF10" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GG10" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GH10" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GI10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="GF10" s="15" t="n">
+      <c r="GJ10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="GG10" s="15" t="n">
+      <c r="GK10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="GH10" s="15" t="n">
+      <c r="GL10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GI10" s="15" t="n">
+      <c r="GM10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GJ10" s="15" t="n">
+      <c r="GN10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GK10" s="15" t="n">
+      <c r="GO10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GL10" s="15" t="n">
+      <c r="GP10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GM10" s="15" t="n">
+      <c r="GQ10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GN10" s="15" t="n">
+      <c r="GR10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GO10" s="15" t="n">
+      <c r="GS10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GP10" s="15" t="n">
+      <c r="GT10" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GU10" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GV10" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GW10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GX10" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GY10" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GZ10" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="HA10" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="HB10" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="HC10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GQ10" s="15" t="n">
-[...5 lines deleted...]
-      <c r="GS10" s="15" t="n">
+      <c r="HD10" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="HE10" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="HF10" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="HG10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GT10" s="15" t="n">
-[...29 lines deleted...]
-      <c r="HD10" s="15" t="n">
+      <c r="HH10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="HE10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HF10" s="15" t="n">
+      <c r="HI10" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="HJ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="HG10" s="15" t="n">
+      <c r="HK10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="HH10" s="15" t="n">
+      <c r="HL10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="HI10" s="15" t="n">
+      <c r="HM10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="HJ10" s="15" t="n">
+      <c r="HN10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="HK10" s="15" t="n">
+      <c r="HO10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="HL10" s="15" t="n">
+      <c r="HP10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HM10" s="15" t="n">
+      <c r="HQ10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="HN10" s="15" t="n">
+      <c r="HR10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="HO10" s="15" t="n">
+      <c r="HS10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="HP10" s="15" t="n">
+      <c r="HT10" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="HQ10" s="15" t="n">
+      <c r="HU10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="HR10" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="HV10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1.1 Venta y reparación de vehículos de motor y motocicletas</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>129.704</v>
+        <v>125.856</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>127.141</v>
+        <v>129.679</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>121.436</v>
+        <v>127.231</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>94.709</v>
+        <v>121.388</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>127.411</v>
+        <v>94.698</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>134.309</v>
+        <v>127.401</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>126.029</v>
+        <v>134.314</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>116.355</v>
+        <v>126.034</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>126.472</v>
+        <v>116.401</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>114.349</v>
+        <v>126.438</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>102.487</v>
+        <v>114.35</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>118.588</v>
+        <v>102.477</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>121.651</v>
+        <v>118.514</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>118.847</v>
+        <v>121.625</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>113.29</v>
+        <v>118.864</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>89.872</v>
+        <v>113.294</v>
       </c>
       <c r="R11" s="14" t="n">
-        <v>117.741</v>
+        <v>89.876</v>
       </c>
       <c r="S11" s="14" t="n">
-        <v>124.928</v>
+        <v>117.775</v>
       </c>
       <c r="T11" s="14" t="n">
-        <v>118.581</v>
+        <v>124.907</v>
       </c>
       <c r="U11" s="14" t="n">
-        <v>111.087</v>
+        <v>118.568</v>
       </c>
       <c r="V11" s="14" t="n">
-        <v>124.046</v>
+        <v>111.086</v>
       </c>
       <c r="W11" s="14" t="n">
-        <v>108.881</v>
+        <v>124.053</v>
       </c>
       <c r="X11" s="14" t="n">
-        <v>98.582</v>
+        <v>108.841</v>
       </c>
       <c r="Y11" s="14" t="n">
-        <v>116.446</v>
+        <v>98.633</v>
       </c>
       <c r="Z11" s="14" t="n">
-        <v>118.509</v>
+        <v>116.389</v>
       </c>
       <c r="AA11" s="14" t="n">
-        <v>116.715</v>
+        <v>118.466</v>
       </c>
       <c r="AB11" s="14" t="n">
-        <v>105.326</v>
+        <v>116.758</v>
       </c>
       <c r="AC11" s="14" t="n">
-        <v>83.501</v>
+        <v>105.331</v>
       </c>
       <c r="AD11" s="14" t="n">
-        <v>115.704</v>
+        <v>83.497</v>
       </c>
       <c r="AE11" s="14" t="n">
-        <v>117.02</v>
+        <v>115.683</v>
       </c>
       <c r="AF11" s="14" t="n">
-        <v>112.83</v>
+        <v>117.008</v>
       </c>
       <c r="AG11" s="14" t="n">
-        <v>101.443</v>
+        <v>112.863</v>
       </c>
       <c r="AH11" s="14" t="n">
-        <v>118.181</v>
+        <v>101.436</v>
       </c>
       <c r="AI11" s="14" t="n">
+        <v>118.195</v>
+      </c>
+      <c r="AJ11" s="14" t="n">
         <v>101.481</v>
       </c>
-      <c r="AJ11" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AK11" s="14" t="n">
-        <v>107.36</v>
+        <v>91.744</v>
       </c>
       <c r="AL11" s="14" t="n">
-        <v>110.323</v>
+        <v>107.364</v>
       </c>
       <c r="AM11" s="14" t="n">
-        <v>109.373</v>
+        <v>110.359</v>
       </c>
       <c r="AN11" s="14" t="n">
-        <v>101.994</v>
+        <v>109.317</v>
       </c>
       <c r="AO11" s="14" t="n">
-        <v>82.251</v>
+        <v>101.984</v>
       </c>
       <c r="AP11" s="14" t="n">
-        <v>102.438</v>
+        <v>82.276</v>
       </c>
       <c r="AQ11" s="14" t="n">
-        <v>111.588</v>
+        <v>102.447</v>
       </c>
       <c r="AR11" s="14" t="n">
-        <v>104.595</v>
+        <v>111.584</v>
       </c>
       <c r="AS11" s="14" t="n">
-        <v>98.575</v>
+        <v>104.591</v>
       </c>
       <c r="AT11" s="14" t="n">
-        <v>94.126</v>
+        <v>98.589</v>
       </c>
       <c r="AU11" s="14" t="n">
+        <v>94.11</v>
+      </c>
+      <c r="AV11" s="14" t="n">
         <v>94.469</v>
       </c>
-      <c r="AV11" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AW11" s="14" t="n">
-        <v>105.452</v>
+        <v>86.7</v>
       </c>
       <c r="AX11" s="14" t="n">
-        <v>106.581</v>
+        <v>105.465</v>
       </c>
       <c r="AY11" s="14" t="n">
-        <v>106.462</v>
+        <v>106.578</v>
       </c>
       <c r="AZ11" s="14" t="n">
-        <v>98.797</v>
+        <v>106.475</v>
       </c>
       <c r="BA11" s="14" t="n">
-        <v>79.638</v>
+        <v>98.794</v>
       </c>
       <c r="BB11" s="14" t="n">
-        <v>106.46</v>
+        <v>79.635</v>
       </c>
       <c r="BC11" s="14" t="n">
-        <v>112.297</v>
+        <v>106.425</v>
       </c>
       <c r="BD11" s="14" t="n">
-        <v>108.8</v>
+        <v>112.33</v>
       </c>
       <c r="BE11" s="14" t="n">
-        <v>95.853</v>
+        <v>108.804</v>
       </c>
       <c r="BF11" s="14" t="n">
-        <v>108.234</v>
+        <v>95.84</v>
       </c>
       <c r="BG11" s="14" t="n">
+        <v>108.268</v>
+      </c>
+      <c r="BH11" s="14" t="n">
         <v>91.345</v>
       </c>
-      <c r="BH11" s="14" t="n">
-[...3 lines deleted...]
-        <v>2.0</v>
+      <c r="BI11" s="14" t="n">
+        <v>80.041</v>
       </c>
       <c r="BJ11" s="15" t="n">
-        <v>4.7</v>
+        <v>-2.9</v>
       </c>
       <c r="BK11" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="BL11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BM11" s="15" t="n">
         <v>28.2</v>
       </c>
-      <c r="BL11" s="15" t="n">
+      <c r="BN11" s="15" t="n">
         <v>-25.7</v>
       </c>
-      <c r="BM11" s="15" t="n">
+      <c r="BO11" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="BN11" s="15" t="n">
+      <c r="BP11" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="BO11" s="15" t="n">
+      <c r="BQ11" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="BP11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BQ11" s="15" t="n">
+      <c r="BR11" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="BS11" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="BR11" s="15" t="n">
+      <c r="BT11" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="BS11" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BU11" s="15" t="n">
-        <v>2.4</v>
+        <v>-13.5</v>
       </c>
       <c r="BV11" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="BW11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="BX11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="BW11" s="15" t="n">
+      <c r="BY11" s="15" t="n">
         <v>26.1</v>
       </c>
-      <c r="BX11" s="15" t="n">
+      <c r="BZ11" s="15" t="n">
         <v>-23.7</v>
       </c>
-      <c r="BY11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ11" s="15" t="n">
+      <c r="CA11" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="CB11" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="CC11" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CD11" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="CE11" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="CF11" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="CG11" s="15" t="n">
+        <v>-15.3</v>
+      </c>
+      <c r="CH11" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CI11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CJ11" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="CK11" s="15" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="CL11" s="15" t="n">
+        <v>-27.8</v>
+      </c>
+      <c r="CM11" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CN11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CO11" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="CP11" s="15" t="n">
+        <v>-14.2</v>
+      </c>
+      <c r="CQ11" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="CR11" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CS11" s="15" t="n">
+        <v>-14.5</v>
+      </c>
+      <c r="CT11" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="CU11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CV11" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="CW11" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="CX11" s="15" t="n">
+        <v>-19.7</v>
+      </c>
+      <c r="CY11" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="CZ11" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="DA11" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="DB11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DC11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DD11" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="DE11" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="DF11" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DG11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DH11" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="DI11" s="15" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="DJ11" s="15" t="n">
+        <v>-25.2</v>
+      </c>
+      <c r="DK11" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="DL11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="DM11" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="DN11" s="15" t="n">
+        <v>-11.5</v>
+      </c>
+      <c r="DO11" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="DP11" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="DQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR11" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="DS11" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="DT11" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DU11" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="DV11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="CA11" s="15" t="n">
-[...136 lines deleted...]
-      <c r="DT11" s="15" t="n">
+      <c r="DW11" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="DU11" s="15" t="n">
+      <c r="DX11" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="DV11" s="15" t="n">
+      <c r="DY11" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="DW11" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="DZ11" s="15" t="n">
-        <v>4.0</v>
+        <v>4.8</v>
       </c>
       <c r="EA11" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EB11" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EC11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ED11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EB11" s="15" t="n">
+      <c r="EE11" s="15" t="n">
         <v>2.7</v>
-      </c>
-[...7 lines deleted...]
-        <v>7.6</v>
       </c>
       <c r="EF11" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="EG11" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="EH11" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="EI11" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EJ11" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="EH11" s="15" t="n">
+      <c r="EK11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="EI11" s="15" t="n">
+      <c r="EL11" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="EJ11" s="15" t="n">
+      <c r="EM11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EK11" s="15" t="n">
+      <c r="EN11" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="EL11" s="15" t="n">
+      <c r="EO11" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="EP11" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="EQ11" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="ER11" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="ES11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ET11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EU11" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="EV11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="EW11" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="EX11" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EY11" s="15" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="EZ11" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="EM11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EN11" s="15" t="n">
+      <c r="FA11" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="FB11" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FC11" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FD11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FE11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FF11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FG11" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="FH11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="FI11" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="FJ11" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FK11" s="15" t="n">
+        <v>-13.1</v>
+      </c>
+      <c r="FL11" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FM11" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="FN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ11" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GA11" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GB11" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GC11" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GD11" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GE11" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GF11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GG11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GH11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GI11" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GJ11" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GK11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GL11" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GM11" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GN11" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GO11" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GP11" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GQ11" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GR11" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="GS11" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="GT11" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GU11" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GV11" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="EO11" s="15" t="n">
+      <c r="GW11" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="GX11" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GY11" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="GZ11" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="HA11" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="HB11" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HC11" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="HD11" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="HE11" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="HF11" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="HG11" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HH11" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="EP11" s="15" t="n">
-[...122 lines deleted...]
-      <c r="FW11" s="15" t="n">
+      <c r="HI11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="FX11" s="15" t="n">
-[...101 lines deleted...]
-      <c r="HF11" s="15" t="n">
+      <c r="HJ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="HG11" s="15" t="n">
+      <c r="HK11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HH11" s="15" t="n">
+      <c r="HL11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="HI11" s="15" t="n">
+      <c r="HM11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HJ11" s="15" t="n">
+      <c r="HN11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="HK11" s="15" t="n">
+      <c r="HO11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="HL11" s="15" t="n">
+      <c r="HP11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="HM11" s="15" t="n">
+      <c r="HQ11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="HN11" s="15" t="n">
+      <c r="HR11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HO11" s="15" t="n">
+      <c r="HS11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="HP11" s="15" t="n">
+      <c r="HT11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="HQ11" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU11" s="15" t="n">
+        <v>8.3</v>
       </c>
       <c r="HV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1.2 Comercio al por mayor e intermediarios del comercio, excepto de vehículos de motor y motocicletas</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>101.869</v>
+        <v>105.61</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>102.244</v>
+        <v>101.824</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>101.886</v>
+        <v>102.253</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>89.096</v>
+        <v>101.859</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>103.379</v>
+        <v>89.094</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>105.108</v>
+        <v>103.38</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>103.404</v>
+        <v>105.111</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>101.799</v>
+        <v>103.4</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>104.324</v>
+        <v>101.78</v>
       </c>
       <c r="K12" s="14" t="n">
+        <v>104.337</v>
+      </c>
+      <c r="L12" s="14" t="n">
         <v>93.485</v>
       </c>
-      <c r="L12" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M12" s="14" t="n">
-        <v>103.561</v>
+        <v>95.668</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>98.941</v>
+        <v>103.581</v>
       </c>
       <c r="O12" s="14" t="n">
-        <v>101.262</v>
+        <v>98.949</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>96.613</v>
+        <v>101.255</v>
       </c>
       <c r="Q12" s="14" t="n">
-        <v>83.838</v>
+        <v>96.615</v>
       </c>
       <c r="R12" s="14" t="n">
-        <v>98.391</v>
+        <v>83.836</v>
       </c>
       <c r="S12" s="14" t="n">
-        <v>98.257</v>
+        <v>98.38</v>
       </c>
       <c r="T12" s="14" t="n">
-        <v>98.399</v>
+        <v>98.262</v>
       </c>
       <c r="U12" s="14" t="n">
-        <v>95.853</v>
+        <v>98.404</v>
       </c>
       <c r="V12" s="14" t="n">
-        <v>95.065</v>
+        <v>95.85</v>
       </c>
       <c r="W12" s="14" t="n">
-        <v>89.624</v>
+        <v>95.062</v>
       </c>
       <c r="X12" s="14" t="n">
-        <v>89.222</v>
+        <v>89.639</v>
       </c>
       <c r="Y12" s="14" t="n">
-        <v>101.093</v>
+        <v>89.201</v>
       </c>
       <c r="Z12" s="14" t="n">
-        <v>98.989</v>
+        <v>101.104</v>
       </c>
       <c r="AA12" s="14" t="n">
-        <v>97.358</v>
+        <v>99.006</v>
       </c>
       <c r="AB12" s="14" t="n">
-        <v>91.97</v>
+        <v>97.339</v>
       </c>
       <c r="AC12" s="14" t="n">
-        <v>85.502</v>
+        <v>91.967</v>
       </c>
       <c r="AD12" s="14" t="n">
-        <v>99.156</v>
+        <v>85.508</v>
       </c>
       <c r="AE12" s="14" t="n">
-        <v>98.42</v>
+        <v>99.166</v>
       </c>
       <c r="AF12" s="14" t="n">
-        <v>98.319</v>
+        <v>98.425</v>
       </c>
       <c r="AG12" s="14" t="n">
-        <v>95.797</v>
+        <v>98.304</v>
       </c>
       <c r="AH12" s="14" t="n">
-        <v>103.709</v>
+        <v>95.8</v>
       </c>
       <c r="AI12" s="14" t="n">
+        <v>103.707</v>
+      </c>
+      <c r="AJ12" s="14" t="n">
         <v>88.936</v>
       </c>
-      <c r="AJ12" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AK12" s="14" t="n">
-        <v>104.904</v>
+        <v>92.415</v>
       </c>
       <c r="AL12" s="14" t="n">
-        <v>105.11</v>
+        <v>104.908</v>
       </c>
       <c r="AM12" s="14" t="n">
-        <v>103.749</v>
+        <v>105.099</v>
       </c>
       <c r="AN12" s="14" t="n">
-        <v>101.965</v>
+        <v>103.769</v>
       </c>
       <c r="AO12" s="14" t="n">
-        <v>93.376</v>
+        <v>101.971</v>
       </c>
       <c r="AP12" s="14" t="n">
-        <v>100.208</v>
+        <v>93.361</v>
       </c>
       <c r="AQ12" s="14" t="n">
-        <v>100.302</v>
+        <v>100.203</v>
       </c>
       <c r="AR12" s="14" t="n">
-        <v>102.361</v>
+        <v>100.309</v>
       </c>
       <c r="AS12" s="14" t="n">
-        <v>101.77</v>
+        <v>102.36</v>
       </c>
       <c r="AT12" s="14" t="n">
-        <v>102.656</v>
+        <v>101.764</v>
       </c>
       <c r="AU12" s="14" t="n">
+        <v>102.66</v>
+      </c>
+      <c r="AV12" s="14" t="n">
         <v>95.639</v>
       </c>
-      <c r="AV12" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AW12" s="14" t="n">
-        <v>106.165</v>
+        <v>99.161</v>
       </c>
       <c r="AX12" s="14" t="n">
-        <v>102.931</v>
+        <v>106.158</v>
       </c>
       <c r="AY12" s="14" t="n">
-        <v>106.819</v>
+        <v>102.925</v>
       </c>
       <c r="AZ12" s="14" t="n">
-        <v>100.909</v>
+        <v>106.82</v>
       </c>
       <c r="BA12" s="14" t="n">
-        <v>89.868</v>
+        <v>100.915</v>
       </c>
       <c r="BB12" s="14" t="n">
-        <v>102.976</v>
+        <v>89.867</v>
       </c>
       <c r="BC12" s="14" t="n">
-        <v>105.695</v>
+        <v>102.99</v>
       </c>
       <c r="BD12" s="14" t="n">
-        <v>101.461</v>
+        <v>105.679</v>
       </c>
       <c r="BE12" s="14" t="n">
-        <v>97.653</v>
+        <v>101.464</v>
       </c>
       <c r="BF12" s="14" t="n">
-        <v>106.748</v>
+        <v>97.66</v>
       </c>
       <c r="BG12" s="14" t="n">
+        <v>106.735</v>
+      </c>
+      <c r="BH12" s="14" t="n">
         <v>89.177</v>
       </c>
-      <c r="BH12" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI12" s="15" t="n">
+      <c r="BI12" s="14" t="n">
+        <v>89.612</v>
+      </c>
+      <c r="BJ12" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="BK12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="BJ12" s="15" t="n">
+      <c r="BL12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BK12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL12" s="15" t="n">
+      <c r="BM12" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="BN12" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="BM12" s="15" t="n">
+      <c r="BO12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="BN12" s="15" t="n">
+      <c r="BP12" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="BQ12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="BO12" s="15" t="n">
+      <c r="BR12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="BS12" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="BT12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="BU12" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="BV12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="BW12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="BX12" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BY12" s="15" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="BZ12" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="CA12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CB12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CC12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CD12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CE12" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CF12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CG12" s="15" t="n">
+        <v>-11.8</v>
+      </c>
+      <c r="CH12" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CI12" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="CJ12" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="CK12" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="CL12" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="CM12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CN12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CO12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CP12" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="CQ12" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="CR12" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="CS12" s="15" t="n">
+        <v>-11.9</v>
+      </c>
+      <c r="CT12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CU12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CV12" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CW12" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="CX12" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="CY12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CZ12" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="DA12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DB12" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="DC12" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="DD12" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DE12" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="DF12" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DG12" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DH12" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DI12" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="DJ12" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="DK12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DL12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DM12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DN12" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="DO12" s="15" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="DP12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="DQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DS12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="DT12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DU12" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DV12" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DW12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DX12" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DY12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DZ12" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EA12" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="EB12" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EC12" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="ED12" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EE12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EF12" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EG12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EH12" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="EI12" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EJ12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EK12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EL12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EM12" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="EN12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="EO12" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EP12" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="EQ12" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="ER12" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="ES12" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="ET12" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="EU12" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EV12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EW12" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EX12" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="EY12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EZ12" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="FA12" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="FB12" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="FC12" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FD12" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="FE12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FF12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="FG12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="FH12" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="FI12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FJ12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="FK12" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="FL12" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="FM12" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="FN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GA12" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GB12" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GC12" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GD12" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="GE12" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="GF12" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="GG12" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GH12" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GI12" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GJ12" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GK12" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GL12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GM12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GN12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GO12" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="GP12" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GQ12" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GR12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GS12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="GT12" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="GU12" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="GV12" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GW12" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="GX12" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="GY12" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="GZ12" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="HA12" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="HB12" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="HC12" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="HD12" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="HE12" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="HF12" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="HG12" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="HH12" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="HI12" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="HJ12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="HK12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="HL12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="HM12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="HN12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="BP12" s="15" t="n">
-[...86 lines deleted...]
-      <c r="CS12" s="15" t="n">
+      <c r="HO12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CT12" s="15" t="n">
-[...47 lines deleted...]
-      <c r="DJ12" s="15" t="n">
+      <c r="HP12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="HQ12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="HR12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="DK12" s="15" t="n">
-[...145 lines deleted...]
-      <c r="FG12" s="15" t="n">
+      <c r="HS12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FH12" s="15" t="n">
-[...5 lines deleted...]
-      <c r="FJ12" s="15" t="n">
+      <c r="HT12" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="HU12" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="FK12" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1.3 Comercio al por menor, excepto de vehículos de motor y motocicletas</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>113.643</v>
+        <v>130.951</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>111.674</v>
+        <v>113.759</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>110.574</v>
+        <v>111.761</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>111.387</v>
+        <v>110.584</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>120.326</v>
+        <v>111.374</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>114.277</v>
+        <v>120.325</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>109.264</v>
+        <v>114.27</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>105.485</v>
+        <v>109.259</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>105.096</v>
+        <v>105.498</v>
       </c>
       <c r="K13" s="14" t="n">
+        <v>105.091</v>
+      </c>
+      <c r="L13" s="14" t="n">
         <v>95.477</v>
       </c>
-      <c r="L13" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="14" t="n">
-        <v>127.471</v>
+        <v>106.091</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>107.073</v>
+        <v>127.459</v>
       </c>
       <c r="O13" s="14" t="n">
+        <v>107.079</v>
+      </c>
+      <c r="P13" s="14" t="n">
         <v>107.535</v>
       </c>
-      <c r="P13" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q13" s="14" t="n">
-        <v>106.368</v>
+        <v>105.983</v>
       </c>
       <c r="R13" s="14" t="n">
-        <v>114.99</v>
+        <v>106.364</v>
       </c>
       <c r="S13" s="14" t="n">
-        <v>107.315</v>
+        <v>115.015</v>
       </c>
       <c r="T13" s="14" t="n">
-        <v>104.193</v>
+        <v>107.3</v>
       </c>
       <c r="U13" s="14" t="n">
-        <v>101.231</v>
+        <v>104.198</v>
       </c>
       <c r="V13" s="14" t="n">
-        <v>101.329</v>
+        <v>101.238</v>
       </c>
       <c r="W13" s="14" t="n">
-        <v>92.022</v>
+        <v>101.319</v>
       </c>
       <c r="X13" s="14" t="n">
-        <v>104.035</v>
+        <v>92.012</v>
       </c>
       <c r="Y13" s="14" t="n">
-        <v>122.005</v>
+        <v>104.057</v>
       </c>
       <c r="Z13" s="14" t="n">
-        <v>106.112</v>
+        <v>121.99</v>
       </c>
       <c r="AA13" s="14" t="n">
-        <v>103.65</v>
+        <v>106.115</v>
       </c>
       <c r="AB13" s="14" t="n">
-        <v>101.57</v>
+        <v>103.64</v>
       </c>
       <c r="AC13" s="14" t="n">
-        <v>103.835</v>
+        <v>101.576</v>
       </c>
       <c r="AD13" s="14" t="n">
-        <v>113.604</v>
+        <v>103.834</v>
       </c>
       <c r="AE13" s="14" t="n">
-        <v>106.883</v>
+        <v>113.602</v>
       </c>
       <c r="AF13" s="14" t="n">
-        <v>104.045</v>
+        <v>106.874</v>
       </c>
       <c r="AG13" s="14" t="n">
-        <v>100.627</v>
+        <v>104.067</v>
       </c>
       <c r="AH13" s="14" t="n">
-        <v>100.788</v>
+        <v>100.615</v>
       </c>
       <c r="AI13" s="14" t="n">
-        <v>90.348</v>
+        <v>100.791</v>
       </c>
       <c r="AJ13" s="14" t="n">
-        <v>103.678</v>
+        <v>90.347</v>
       </c>
       <c r="AK13" s="14" t="n">
-        <v>118.876</v>
+        <v>103.668</v>
       </c>
       <c r="AL13" s="14" t="n">
-        <v>102.052</v>
+        <v>118.871</v>
       </c>
       <c r="AM13" s="14" t="n">
-        <v>101.566</v>
+        <v>102.062</v>
       </c>
       <c r="AN13" s="14" t="n">
-        <v>100.491</v>
+        <v>101.564</v>
       </c>
       <c r="AO13" s="14" t="n">
-        <v>102.397</v>
+        <v>100.483</v>
       </c>
       <c r="AP13" s="14" t="n">
-        <v>109.705</v>
+        <v>102.419</v>
       </c>
       <c r="AQ13" s="14" t="n">
-        <v>103.691</v>
+        <v>109.692</v>
       </c>
       <c r="AR13" s="14" t="n">
-        <v>102.487</v>
+        <v>103.694</v>
       </c>
       <c r="AS13" s="14" t="n">
-        <v>96.812</v>
+        <v>102.477</v>
       </c>
       <c r="AT13" s="14" t="n">
-        <v>97.134</v>
+        <v>96.82</v>
       </c>
       <c r="AU13" s="14" t="n">
-        <v>89.971</v>
+        <v>97.131</v>
       </c>
       <c r="AV13" s="14" t="n">
-        <v>100.506</v>
+        <v>89.97</v>
       </c>
       <c r="AW13" s="14" t="n">
-        <v>118.059</v>
+        <v>100.504</v>
       </c>
       <c r="AX13" s="14" t="n">
-        <v>104.433</v>
+        <v>118.064</v>
       </c>
       <c r="AY13" s="14" t="n">
-        <v>101.091</v>
+        <v>104.442</v>
       </c>
       <c r="AZ13" s="14" t="n">
-        <v>99.128</v>
+        <v>101.079</v>
       </c>
       <c r="BA13" s="14" t="n">
-        <v>100.355</v>
+        <v>99.131</v>
       </c>
       <c r="BB13" s="14" t="n">
-        <v>108.426</v>
+        <v>100.346</v>
       </c>
       <c r="BC13" s="14" t="n">
-        <v>101.382</v>
+        <v>108.422</v>
       </c>
       <c r="BD13" s="14" t="n">
-        <v>97.638</v>
+        <v>101.392</v>
       </c>
       <c r="BE13" s="14" t="n">
-        <v>92.099</v>
+        <v>97.636</v>
       </c>
       <c r="BF13" s="14" t="n">
-        <v>97.802</v>
+        <v>92.092</v>
       </c>
       <c r="BG13" s="14" t="n">
+        <v>97.823</v>
+      </c>
+      <c r="BH13" s="14" t="n">
         <v>85.25</v>
       </c>
-      <c r="BH13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI13" s="15" t="n">
+      <c r="BI13" s="14" t="n">
+        <v>94.323</v>
+      </c>
+      <c r="BJ13" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="BK13" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="BJ13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BK13" s="15" t="n">
+      <c r="BL13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="BM13" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="BL13" s="15" t="n">
+      <c r="BN13" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="BM13" s="15" t="n">
+      <c r="BO13" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="BN13" s="15" t="n">
+      <c r="BP13" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="BO13" s="15" t="n">
+      <c r="BQ13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="BP13" s="15" t="n">
+      <c r="BR13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BQ13" s="15" t="n">
+      <c r="BS13" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="BR13" s="15" t="n">
+      <c r="BT13" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="BS13" s="15" t="n">
+      <c r="BU13" s="15" t="n">
         <v>-16.8</v>
       </c>
-      <c r="BT13" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BV13" s="15" t="n">
-        <v>1.5</v>
+        <v>19.0</v>
       </c>
       <c r="BW13" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="BX13" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="BY13" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="BZ13" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="BY13" s="15" t="n">
+      <c r="CA13" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="BZ13" s="15" t="n">
+      <c r="CB13" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CA13" s="15" t="n">
+      <c r="CC13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CB13" s="15" t="n">
+      <c r="CD13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CC13" s="15" t="n">
+      <c r="CE13" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="CD13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CE13" s="15" t="n">
+      <c r="CF13" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="CG13" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="CF13" s="15" t="n">
+      <c r="CH13" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="CG13" s="15" t="n">
+      <c r="CI13" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CH13" s="15" t="n">
+      <c r="CJ13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CI13" s="15" t="n">
+      <c r="CK13" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="CJ13" s="15" t="n">
+      <c r="CL13" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="CK13" s="15" t="n">
+      <c r="CM13" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="CL13" s="15" t="n">
+      <c r="CN13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CM13" s="15" t="n">
+      <c r="CO13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CN13" s="15" t="n">
+      <c r="CP13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CO13" s="15" t="n">
+      <c r="CQ13" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="CP13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CQ13" s="15" t="n">
+      <c r="CR13" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="CR13" s="15" t="n">
+      <c r="CS13" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="CT13" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="CS13" s="15" t="n">
+      <c r="CU13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CT13" s="15" t="n">
+      <c r="CV13" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CU13" s="15" t="n">
+      <c r="CW13" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="CV13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CW13" s="15" t="n">
+      <c r="CX13" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="CY13" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="CX13" s="15" t="n">
+      <c r="CZ13" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CY13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CZ13" s="15" t="n">
+      <c r="DA13" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DB13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DA13" s="15" t="n">
+      <c r="DC13" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="DB13" s="15" t="n">
+      <c r="DD13" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="DC13" s="15" t="n">
+      <c r="DE13" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="DD13" s="15" t="n">
+      <c r="DF13" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="DE13" s="15" t="n">
+      <c r="DG13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="DF13" s="15" t="n">
+      <c r="DH13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DG13" s="15" t="n">
+      <c r="DI13" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DH13" s="15" t="n">
+      <c r="DJ13" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="DI13" s="15" t="n">
+      <c r="DK13" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="DJ13" s="15" t="n">
+      <c r="DL13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DK13" s="15" t="n">
+      <c r="DM13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="DL13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DM13" s="15" t="n">
+      <c r="DN13" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="DO13" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="DN13" s="15" t="n">
+      <c r="DP13" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="DO13" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DQ13" s="15" t="n">
+      <c r="DQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR13" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DS13" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="DT13" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DU13" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DV13" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DW13" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DX13" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="DY13" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="DZ13" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EA13" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EB13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DR13" s="15" t="n">
+      <c r="EC13" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ED13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EE13" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EF13" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EG13" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="DS13" s="15" t="n">
-[...17 lines deleted...]
-      <c r="DY13" s="15" t="n">
+      <c r="EH13" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EI13" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EJ13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EK13" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EL13" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EM13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EN13" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EO13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EP13" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EQ13" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="ER13" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ES13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ET13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EU13" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EV13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EW13" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EX13" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EY13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DZ13" s="15" t="n">
-[...17 lines deleted...]
-      <c r="EF13" s="15" t="n">
+      <c r="EZ13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FA13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FB13" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FC13" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="FD13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FE13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FF13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FG13" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EG13" s="15" t="n">
-[...71 lines deleted...]
-      <c r="FE13" s="15" t="n">
+      <c r="FH13" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FF13" s="15" t="n">
+      <c r="FI13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FG13" s="15" t="n">
+      <c r="FJ13" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="FH13" s="15" t="n">
+      <c r="FK13" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="FI13" s="15" t="n">
+      <c r="FL13" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FJ13" s="15" t="n">
-[...15 lines deleted...]
-        </is>
+      <c r="FM13" s="15" t="n">
+        <v>6.6</v>
       </c>
       <c r="FN13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FS13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FT13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FV13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FW13" s="15" t="n">
-[...6 lines deleted...]
-        <v>4.3</v>
+      <c r="FW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="FZ13" s="15" t="n">
         <v>4.3</v>
       </c>
       <c r="GA13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GB13" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GB13" s="15" t="n">
+      <c r="GC13" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GD13" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GE13" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GF13" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GC13" s="15" t="n">
+      <c r="GG13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="GD13" s="15" t="n">
+      <c r="GH13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="GE13" s="15" t="n">
+      <c r="GI13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GF13" s="15" t="n">
+      <c r="GJ13" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GG13" s="15" t="n">
+      <c r="GK13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GH13" s="15" t="n">
+      <c r="GL13" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GI13" s="15" t="n">
+      <c r="GM13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GJ13" s="15" t="n">
+      <c r="GN13" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GK13" s="15" t="n">
+      <c r="GO13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GL13" s="15" t="n">
+      <c r="GP13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GM13" s="15" t="n">
+      <c r="GQ13" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GN13" s="15" t="n">
+      <c r="GR13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GO13" s="15" t="n">
+      <c r="GS13" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GP13" s="15" t="n">
+      <c r="GT13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GQ13" s="15" t="n">
+      <c r="GU13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GR13" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="GV13" s="15" t="n">
-        <v>2.4</v>
+        <v>1.1</v>
       </c>
       <c r="GW13" s="15" t="n">
-        <v>2.5</v>
+        <v>0.4</v>
       </c>
       <c r="GX13" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="GY13" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GZ13" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="HA13" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HB13" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="HC13" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GZ13" s="15" t="n">
+      <c r="HD13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="HA13" s="15" t="n">
+      <c r="HE13" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HB13" s="15" t="n">
+      <c r="HF13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HC13" s="15" t="n">
+      <c r="HG13" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HD13" s="15" t="n">
+      <c r="HH13" s="15" t="n">
         <v>1.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="HI13" s="15" t="n">
         <v>3.1</v>
       </c>
       <c r="HJ13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="HK13" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="HL13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HM13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HN13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HK13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HL13" s="15" t="n">
+      <c r="HO13" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="HP13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="HM13" s="15" t="n">
+      <c r="HQ13" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="HN13" s="15" t="n">
+      <c r="HR13" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="HO13" s="15" t="n">
+      <c r="HS13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="HP13" s="15" t="n">
+      <c r="HT13" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="HQ13" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU13" s="15" t="n">
+        <v>6.6</v>
       </c>
       <c r="HV13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2 Otros servicios</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>121.645</v>
+        <v>133.798</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>127.176</v>
+        <v>121.53</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>124.189</v>
+        <v>127.059</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>113.154</v>
+        <v>124.033</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>131.246</v>
+        <v>113.139</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>126.295</v>
+        <v>131.24</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>119.598</v>
+        <v>126.298</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>117.901</v>
+        <v>119.602</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>119.298</v>
+        <v>117.9</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>108.25</v>
+        <v>119.303</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>111.441</v>
+        <v>108.251</v>
       </c>
       <c r="M14" s="14" t="n">
+        <v>111.44</v>
+      </c>
+      <c r="N14" s="14" t="n">
         <v>128.806</v>
       </c>
-      <c r="N14" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O14" s="14" t="n">
-        <v>123.647</v>
+        <v>118.96</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>120.581</v>
+        <v>123.638</v>
       </c>
       <c r="Q14" s="14" t="n">
-        <v>111.604</v>
+        <v>120.585</v>
       </c>
       <c r="R14" s="14" t="n">
-        <v>128.645</v>
+        <v>111.606</v>
       </c>
       <c r="S14" s="14" t="n">
-        <v>122.884</v>
+        <v>128.64</v>
       </c>
       <c r="T14" s="14" t="n">
-        <v>116.839</v>
+        <v>122.893</v>
       </c>
       <c r="U14" s="14" t="n">
-        <v>116.514</v>
+        <v>116.836</v>
       </c>
       <c r="V14" s="14" t="n">
-        <v>115.519</v>
+        <v>116.507</v>
       </c>
       <c r="W14" s="14" t="n">
-        <v>106.216</v>
+        <v>115.53</v>
       </c>
       <c r="X14" s="14" t="n">
-        <v>105.956</v>
+        <v>106.215</v>
       </c>
       <c r="Y14" s="14" t="n">
-        <v>127.276</v>
+        <v>105.95</v>
       </c>
       <c r="Z14" s="14" t="n">
-        <v>115.328</v>
+        <v>127.29</v>
       </c>
       <c r="AA14" s="14" t="n">
-        <v>119.432</v>
+        <v>115.327</v>
       </c>
       <c r="AB14" s="14" t="n">
-        <v>115.662</v>
+        <v>119.435</v>
       </c>
       <c r="AC14" s="14" t="n">
-        <v>106.867</v>
+        <v>115.665</v>
       </c>
       <c r="AD14" s="14" t="n">
-        <v>124.449</v>
+        <v>106.864</v>
       </c>
       <c r="AE14" s="14" t="n">
-        <v>120.977</v>
+        <v>124.457</v>
       </c>
       <c r="AF14" s="14" t="n">
-        <v>112.67</v>
+        <v>120.974</v>
       </c>
       <c r="AG14" s="14" t="n">
-        <v>111.933</v>
+        <v>112.668</v>
       </c>
       <c r="AH14" s="14" t="n">
-        <v>113.285</v>
+        <v>111.943</v>
       </c>
       <c r="AI14" s="14" t="n">
-        <v>100.232</v>
+        <v>113.279</v>
       </c>
       <c r="AJ14" s="14" t="n">
-        <v>101.32</v>
+        <v>100.233</v>
       </c>
       <c r="AK14" s="14" t="n">
-        <v>122.891</v>
+        <v>101.319</v>
       </c>
       <c r="AL14" s="14" t="n">
-        <v>112.007</v>
+        <v>122.892</v>
       </c>
       <c r="AM14" s="14" t="n">
-        <v>115.569</v>
+        <v>112.006</v>
       </c>
       <c r="AN14" s="14" t="n">
-        <v>115.272</v>
+        <v>115.579</v>
       </c>
       <c r="AO14" s="14" t="n">
-        <v>107.001</v>
+        <v>115.27</v>
       </c>
       <c r="AP14" s="14" t="n">
-        <v>120.158</v>
+        <v>106.998</v>
       </c>
       <c r="AQ14" s="14" t="n">
-        <v>118.838</v>
+        <v>120.166</v>
       </c>
       <c r="AR14" s="14" t="n">
-        <v>110.022</v>
+        <v>118.835</v>
       </c>
       <c r="AS14" s="14" t="n">
-        <v>107.411</v>
+        <v>110.02</v>
       </c>
       <c r="AT14" s="14" t="n">
-        <v>107.821</v>
+        <v>107.416</v>
       </c>
       <c r="AU14" s="14" t="n">
+        <v>107.816</v>
+      </c>
+      <c r="AV14" s="14" t="n">
         <v>95.766</v>
       </c>
-      <c r="AV14" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AW14" s="14" t="n">
-        <v>116.243</v>
+        <v>94.727</v>
       </c>
       <c r="AX14" s="14" t="n">
-        <v>108.973</v>
+        <v>116.237</v>
       </c>
       <c r="AY14" s="14" t="n">
-        <v>115.406</v>
+        <v>108.972</v>
       </c>
       <c r="AZ14" s="14" t="n">
-        <v>112.807</v>
+        <v>115.415</v>
       </c>
       <c r="BA14" s="14" t="n">
-        <v>110.503</v>
+        <v>112.804</v>
       </c>
       <c r="BB14" s="14" t="n">
-        <v>115.871</v>
+        <v>110.5</v>
       </c>
       <c r="BC14" s="14" t="n">
-        <v>104.276</v>
+        <v>115.872</v>
       </c>
       <c r="BD14" s="14" t="n">
-        <v>91.097</v>
+        <v>104.274</v>
       </c>
       <c r="BE14" s="14" t="n">
-        <v>87.026</v>
+        <v>91.099</v>
       </c>
       <c r="BF14" s="14" t="n">
-        <v>86.744</v>
+        <v>87.025</v>
       </c>
       <c r="BG14" s="14" t="n">
+        <v>86.739</v>
+      </c>
+      <c r="BH14" s="14" t="n">
         <v>75.324</v>
       </c>
-      <c r="BH14" s="14" t="n">
-[...3 lines deleted...]
-        <v>-4.3</v>
+      <c r="BI14" s="14" t="n">
+        <v>75.737</v>
       </c>
       <c r="BJ14" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="BK14" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="BL14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="BK14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL14" s="15" t="n">
+      <c r="BM14" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="BN14" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="BM14" s="15" t="n">
+      <c r="BO14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="BN14" s="15" t="n">
+      <c r="BP14" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="BO14" s="15" t="n">
+      <c r="BQ14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="BP14" s="15" t="n">
+      <c r="BR14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="BQ14" s="15" t="n">
+      <c r="BS14" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="BR14" s="15" t="n">
+      <c r="BT14" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="BS14" s="15" t="n">
+      <c r="BU14" s="15" t="n">
         <v>-13.5</v>
       </c>
-      <c r="BT14" s="15" t="n">
+      <c r="BV14" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="BU14" s="15" t="n">
+      <c r="BW14" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="BV14" s="15" t="n">
+      <c r="BX14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="BW14" s="15" t="n">
+      <c r="BY14" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="BX14" s="15" t="n">
+      <c r="BZ14" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="BY14" s="15" t="n">
+      <c r="CA14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="BZ14" s="15" t="n">
+      <c r="CB14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="CA14" s="15" t="n">
+      <c r="CC14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CB14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CC14" s="15" t="n">
+      <c r="CD14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CE14" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="CD14" s="15" t="n">
+      <c r="CF14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CE14" s="15" t="n">
+      <c r="CG14" s="15" t="n">
         <v>-16.8</v>
       </c>
-      <c r="CF14" s="15" t="n">
+      <c r="CH14" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="CG14" s="15" t="n">
+      <c r="CI14" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="CH14" s="15" t="n">
+      <c r="CJ14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="CI14" s="15" t="n">
+      <c r="CK14" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="CJ14" s="15" t="n">
+      <c r="CL14" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="CK14" s="15" t="n">
+      <c r="CM14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CL14" s="15" t="n">
+      <c r="CN14" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="CM14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CN14" s="15" t="n">
+      <c r="CO14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CP14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CO14" s="15" t="n">
+      <c r="CQ14" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="CP14" s="15" t="n">
+      <c r="CR14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CQ14" s="15" t="n">
+      <c r="CS14" s="15" t="n">
         <v>-17.6</v>
       </c>
-      <c r="CR14" s="15" t="n">
+      <c r="CT14" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="CS14" s="15" t="n">
+      <c r="CU14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="CT14" s="15" t="n">
+      <c r="CV14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CU14" s="15" t="n">
+      <c r="CW14" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="CV14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CW14" s="15" t="n">
+      <c r="CX14" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="CY14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CX14" s="15" t="n">
+      <c r="CZ14" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="CY14" s="15" t="n">
+      <c r="DA14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CZ14" s="15" t="n">
+      <c r="DB14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DA14" s="15" t="n">
+      <c r="DC14" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="DB14" s="15" t="n">
+      <c r="DD14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DC14" s="15" t="n">
+      <c r="DE14" s="15" t="n">
         <v>-18.5</v>
       </c>
-      <c r="DD14" s="15" t="n">
+      <c r="DF14" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="DE14" s="15" t="n">
+      <c r="DG14" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="DF14" s="15" t="n">
+      <c r="DH14" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DG14" s="15" t="n">
+      <c r="DI14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="DH14" s="15" t="n">
+      <c r="DJ14" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="DI14" s="15" t="n">
+      <c r="DK14" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="DJ14" s="15" t="n">
+      <c r="DL14" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="DK14" s="15" t="n">
+      <c r="DM14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="DL14" s="15" t="n">
+      <c r="DN14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DM14" s="15" t="n">
+      <c r="DO14" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="DN14" s="15" t="n">
+      <c r="DP14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DO14" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DQ14" s="15" t="n">
+      <c r="DQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR14" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DS14" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DT14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DU14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DR14" s="15" t="n">
+      <c r="DV14" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DW14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DX14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DY14" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DZ14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EA14" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EB14" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EC14" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="ED14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EE14" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EF14" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EG14" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EH14" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EI14" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EJ14" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EK14" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EL14" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EM14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EN14" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EO14" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EP14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EQ14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DS14" s="15" t="n">
-[...5 lines deleted...]
-      <c r="DU14" s="15" t="n">
+      <c r="ER14" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ES14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ET14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EU14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EV14" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EW14" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EX14" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EY14" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EZ14" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="FA14" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="FB14" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="FC14" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="DV14" s="15" t="n">
-[...11 lines deleted...]
-      <c r="DZ14" s="15" t="n">
+      <c r="FD14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FE14" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FF14" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="FG14" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FH14" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="FI14" s="15" t="n">
+        <v>20.8</v>
+      </c>
+      <c r="FJ14" s="15" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="FK14" s="15" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="FL14" s="15" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="FM14" s="15" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="FN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GA14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GB14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GC14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GD14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GE14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GF14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GG14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GH14" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GI14" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GJ14" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GK14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EA14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EB14" s="15" t="n">
+      <c r="GL14" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GM14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GN14" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GO14" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GP14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GQ14" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GR14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GS14" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GT14" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GU14" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GV14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GW14" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GX14" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GY14" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EC14" s="15" t="n">
+      <c r="GZ14" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HA14" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HB14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ED14" s="15" t="n">
-[...14 lines deleted...]
-      <c r="EI14" s="15" t="n">
+      <c r="HC14" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="HD14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="EJ14" s="15" t="n">
-[...5 lines deleted...]
-      <c r="EL14" s="15" t="n">
+      <c r="HE14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EM14" s="15" t="n">
-[...32 lines deleted...]
-      <c r="EX14" s="15" t="n">
+      <c r="HF14" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HG14" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="HH14" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="HI14" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="EY14" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FJ14" s="15" t="n">
+      <c r="HJ14" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="HK14" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="HL14" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="HM14" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="HN14" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="HO14" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="HP14" s="15" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="HQ14" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="HR14" s="15" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="HS14" s="15" t="n">
+        <v>25.4</v>
+      </c>
+      <c r="HT14" s="15" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="HU14" s="15" t="n">
         <v>25.1</v>
       </c>
-      <c r="FK14" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.1 Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>119.273</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>120.672</v>
       </c>
-      <c r="C15" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="14" t="n">
-        <v>119.478</v>
+        <v>126.63</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>109.488</v>
+        <v>119.059</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>126.141</v>
+        <v>109.463</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>121.14</v>
+        <v>126.144</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>123.184</v>
+        <v>121.124</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>118.283</v>
+        <v>123.199</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>122.553</v>
+        <v>118.288</v>
       </c>
       <c r="K15" s="14" t="n">
+        <v>122.552</v>
+      </c>
+      <c r="L15" s="14" t="n">
         <v>114.702</v>
       </c>
-      <c r="L15" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="14" t="n">
-        <v>118.581</v>
+        <v>113.592</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>118.094</v>
+        <v>118.587</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>125.144</v>
+        <v>118.104</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>117.762</v>
+        <v>125.154</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>105.955</v>
+        <v>117.749</v>
       </c>
       <c r="R15" s="14" t="n">
-        <v>121.168</v>
+        <v>105.965</v>
       </c>
       <c r="S15" s="14" t="n">
-        <v>120.31</v>
+        <v>121.189</v>
       </c>
       <c r="T15" s="14" t="n">
-        <v>121.366</v>
+        <v>120.293</v>
       </c>
       <c r="U15" s="14" t="n">
-        <v>119.091</v>
+        <v>121.349</v>
       </c>
       <c r="V15" s="14" t="n">
-        <v>116.118</v>
+        <v>119.129</v>
       </c>
       <c r="W15" s="14" t="n">
-        <v>109.978</v>
+        <v>116.097</v>
       </c>
       <c r="X15" s="14" t="n">
-        <v>106.279</v>
+        <v>109.981</v>
       </c>
       <c r="Y15" s="14" t="n">
-        <v>114.946</v>
+        <v>106.302</v>
       </c>
       <c r="Z15" s="14" t="n">
-        <v>115.228</v>
+        <v>114.925</v>
       </c>
       <c r="AA15" s="14" t="n">
-        <v>118.147</v>
+        <v>115.215</v>
       </c>
       <c r="AB15" s="14" t="n">
-        <v>112.551</v>
+        <v>118.154</v>
       </c>
       <c r="AC15" s="14" t="n">
-        <v>102.725</v>
+        <v>112.561</v>
       </c>
       <c r="AD15" s="14" t="n">
-        <v>116.726</v>
+        <v>102.732</v>
       </c>
       <c r="AE15" s="14" t="n">
-        <v>117.795</v>
+        <v>116.725</v>
       </c>
       <c r="AF15" s="14" t="n">
-        <v>119.625</v>
+        <v>117.794</v>
       </c>
       <c r="AG15" s="14" t="n">
-        <v>113.822</v>
+        <v>119.647</v>
       </c>
       <c r="AH15" s="14" t="n">
-        <v>120.587</v>
+        <v>113.805</v>
       </c>
       <c r="AI15" s="14" t="n">
-        <v>105.804</v>
+        <v>120.569</v>
       </c>
       <c r="AJ15" s="14" t="n">
-        <v>105.977</v>
+        <v>105.805</v>
       </c>
       <c r="AK15" s="14" t="n">
-        <v>115.681</v>
+        <v>105.985</v>
       </c>
       <c r="AL15" s="14" t="n">
-        <v>117.968</v>
+        <v>115.693</v>
       </c>
       <c r="AM15" s="14" t="n">
+        <v>117.973</v>
+      </c>
+      <c r="AN15" s="14" t="n">
         <v>121.277</v>
       </c>
-      <c r="AN15" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AO15" s="14" t="n">
-        <v>105.147</v>
+        <v>117.551</v>
       </c>
       <c r="AP15" s="14" t="n">
-        <v>121.599</v>
+        <v>105.167</v>
       </c>
       <c r="AQ15" s="14" t="n">
-        <v>124.285</v>
+        <v>121.579</v>
       </c>
       <c r="AR15" s="14" t="n">
-        <v>123.46</v>
+        <v>124.272</v>
       </c>
       <c r="AS15" s="14" t="n">
-        <v>113.677</v>
+        <v>123.468</v>
       </c>
       <c r="AT15" s="14" t="n">
-        <v>110.842</v>
+        <v>113.686</v>
       </c>
       <c r="AU15" s="14" t="n">
-        <v>103.231</v>
+        <v>110.85</v>
       </c>
       <c r="AV15" s="14" t="n">
-        <v>103.178</v>
+        <v>103.232</v>
       </c>
       <c r="AW15" s="14" t="n">
-        <v>111.818</v>
+        <v>103.176</v>
       </c>
       <c r="AX15" s="14" t="n">
-        <v>113.156</v>
+        <v>111.8</v>
       </c>
       <c r="AY15" s="14" t="n">
-        <v>114.35</v>
+        <v>113.193</v>
       </c>
       <c r="AZ15" s="14" t="n">
-        <v>107.55</v>
+        <v>114.329</v>
       </c>
       <c r="BA15" s="14" t="n">
-        <v>96.233</v>
+        <v>107.536</v>
       </c>
       <c r="BB15" s="14" t="n">
-        <v>105.166</v>
+        <v>96.239</v>
       </c>
       <c r="BC15" s="14" t="n">
-        <v>102.552</v>
+        <v>105.177</v>
       </c>
       <c r="BD15" s="14" t="n">
-        <v>98.556</v>
+        <v>102.557</v>
       </c>
       <c r="BE15" s="14" t="n">
-        <v>89.986</v>
+        <v>98.553</v>
       </c>
       <c r="BF15" s="14" t="n">
-        <v>94.64</v>
+        <v>89.984</v>
       </c>
       <c r="BG15" s="14" t="n">
-        <v>83.992</v>
+        <v>94.66</v>
       </c>
       <c r="BH15" s="14" t="n">
-        <v>82.001</v>
-[...2 lines deleted...]
-        <v>-4.6</v>
+        <v>83.993</v>
+      </c>
+      <c r="BI15" s="14" t="n">
+        <v>81.979</v>
       </c>
       <c r="BJ15" s="15" t="n">
-        <v>5.9</v>
+        <v>-1.2</v>
       </c>
       <c r="BK15" s="15" t="n">
-        <v>9.1</v>
+        <v>-4.7</v>
       </c>
       <c r="BL15" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="BM15" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="BN15" s="15" t="n">
         <v>-13.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-1.7</v>
       </c>
       <c r="BO15" s="15" t="n">
         <v>4.1</v>
       </c>
       <c r="BP15" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="BQ15" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="BR15" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="BQ15" s="15" t="n">
+      <c r="BS15" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="BR15" s="15" t="n">
+      <c r="BT15" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BS15" s="15" t="n">
+      <c r="BU15" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="BT15" s="15" t="n">
+      <c r="BV15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BU15" s="15" t="n">
+      <c r="BW15" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="BV15" s="15" t="n">
+      <c r="BX15" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="BW15" s="15" t="n">
+      <c r="BY15" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="BX15" s="15" t="n">
+      <c r="BZ15" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="BY15" s="15" t="n">
+      <c r="CA15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="BZ15" s="15" t="n">
+      <c r="CB15" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CA15" s="15" t="n">
+      <c r="CC15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CB15" s="15" t="n">
+      <c r="CD15" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CC15" s="15" t="n">
+      <c r="CE15" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="CD15" s="15" t="n">
+      <c r="CF15" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CE15" s="15" t="n">
+      <c r="CG15" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="CF15" s="15" t="n">
+      <c r="CH15" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CI15" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CJ15" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="CK15" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="CL15" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="CM15" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CN15" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="CO15" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="CP15" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="CQ15" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="CR15" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CG15" s="15" t="n">
-[...29 lines deleted...]
-      <c r="CQ15" s="15" t="n">
+      <c r="CS15" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="CR15" s="15" t="n">
+      <c r="CT15" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="CS15" s="15" t="n">
+      <c r="CU15" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="CT15" s="15" t="n">
+      <c r="CV15" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="CU15" s="15" t="n">
+      <c r="CW15" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="CV15" s="15" t="n">
+      <c r="CX15" s="15" t="n">
         <v>-13.5</v>
       </c>
-      <c r="CW15" s="15" t="n">
+      <c r="CY15" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="CX15" s="15" t="n">
+      <c r="CZ15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CY15" s="15" t="n">
+      <c r="DA15" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="CZ15" s="15" t="n">
+      <c r="DB15" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="DA15" s="15" t="n">
+      <c r="DC15" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="DB15" s="15" t="n">
+      <c r="DD15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DC15" s="15" t="n">
+      <c r="DE15" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="DD15" s="15" t="n">
+      <c r="DF15" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DE15" s="15" t="n">
+      <c r="DG15" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DF15" s="15" t="n">
+      <c r="DH15" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="DG15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DH15" s="15" t="n">
+      <c r="DI15" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="DJ15" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="DI15" s="15" t="n">
+      <c r="DK15" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="DL15" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="DM15" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DN15" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="DO15" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DP15" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="DJ15" s="15" t="n">
+      <c r="DQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DS15" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DT15" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="DU15" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DV15" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DW15" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="DK15" s="15" t="n">
-[...22 lines deleted...]
-      <c r="DR15" s="15" t="n">
+      <c r="DX15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DY15" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DS15" s="15" t="n">
-[...11 lines deleted...]
-      <c r="DW15" s="15" t="n">
+      <c r="DZ15" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DX15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DY15" s="15" t="n">
+      <c r="EA15" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EB15" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="DZ15" s="15" t="n">
+      <c r="EC15" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="EA15" s="15" t="n">
+      <c r="ED15" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EB15" s="15" t="n">
+      <c r="EE15" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EC15" s="15" t="n">
+      <c r="EF15" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ED15" s="15" t="n">
+      <c r="EG15" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EE15" s="15" t="n">
+      <c r="EH15" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EF15" s="15" t="n">
+      <c r="EI15" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="EG15" s="15" t="n">
+      <c r="EJ15" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="EH15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="EJ15" s="15" t="n">
+      <c r="EK15" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EL15" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EM15" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="EK15" s="15" t="n">
+      <c r="EN15" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EL15" s="15" t="n">
+      <c r="EO15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EM15" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="EP15" s="15" t="n">
-        <v>-4.3</v>
+        <v>-0.7</v>
       </c>
       <c r="EQ15" s="15" t="n">
         <v>-2.3</v>
       </c>
       <c r="ER15" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="ES15" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="ET15" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="EU15" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="ES15" s="15" t="n">
+      <c r="EV15" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="ET15" s="15" t="n">
+      <c r="EW15" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="EU15" s="15" t="n">
+      <c r="EX15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EV15" s="15" t="n">
+      <c r="EY15" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="EW15" s="15" t="n">
+      <c r="EZ15" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EX15" s="15" t="n">
+      <c r="FA15" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EY15" s="15" t="n">
+      <c r="FB15" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="EZ15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FA15" s="15" t="n">
+      <c r="FC15" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="FD15" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FB15" s="15" t="n">
+      <c r="FE15" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="FC15" s="15" t="n">
+      <c r="FF15" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="FD15" s="15" t="n">
+      <c r="FG15" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="FE15" s="15" t="n">
+      <c r="FH15" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="FF15" s="15" t="n">
+      <c r="FI15" s="15" t="n">
         <v>25.3</v>
       </c>
-      <c r="FG15" s="15" t="n">
+      <c r="FJ15" s="15" t="n">
         <v>26.3</v>
       </c>
-      <c r="FH15" s="15" t="n">
+      <c r="FK15" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="FI15" s="15" t="n">
+      <c r="FL15" s="15" t="n">
         <v>22.9</v>
       </c>
-      <c r="FJ15" s="15" t="n">
-[...15 lines deleted...]
-        </is>
+      <c r="FM15" s="15" t="n">
+        <v>25.9</v>
       </c>
       <c r="FN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FS15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FT15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FW15" s="15" t="n">
+      <c r="FW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ15" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GA15" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FX15" s="15" t="n">
+      <c r="GB15" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FY15" s="15" t="n">
+      <c r="GC15" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FZ15" s="15" t="n">
+      <c r="GD15" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GA15" s="15" t="n">
+      <c r="GE15" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GB15" s="15" t="n">
+      <c r="GF15" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GC15" s="15" t="n">
+      <c r="GG15" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="GD15" s="15" t="n">
+      <c r="GH15" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="GE15" s="15" t="n">
+      <c r="GI15" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="GF15" s="15" t="n">
+      <c r="GJ15" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="GG15" s="15" t="n">
+      <c r="GK15" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="GH15" s="15" t="n">
+      <c r="GL15" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GI15" s="15" t="n">
+      <c r="GM15" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GJ15" s="15" t="n">
+      <c r="GN15" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GK15" s="15" t="n">
+      <c r="GO15" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GL15" s="15" t="n">
+      <c r="GP15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GM15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GN15" s="15" t="n">
+      <c r="GQ15" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GR15" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GO15" s="15" t="n">
+      <c r="GS15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GP15" s="15" t="n">
+      <c r="GT15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GQ15" s="15" t="n">
+      <c r="GU15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GR15" s="15" t="n">
+      <c r="GV15" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GS15" s="15" t="n">
+      <c r="GW15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GT15" s="15" t="n">
+      <c r="GX15" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GU15" s="15" t="n">
+      <c r="GY15" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GV15" s="15" t="n">
+      <c r="GZ15" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="GW15" s="15" t="n">
+      <c r="HA15" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GX15" s="15" t="n">
+      <c r="HB15" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GY15" s="15" t="n">
+      <c r="HC15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GZ15" s="15" t="n">
+      <c r="HD15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="HA15" s="15" t="n">
+      <c r="HE15" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HB15" s="15" t="n">
+      <c r="HF15" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="HC15" s="15" t="n">
+      <c r="HG15" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="HD15" s="15" t="n">
+      <c r="HH15" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HE15" s="15" t="n">
+      <c r="HI15" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="HF15" s="15" t="n">
+      <c r="HJ15" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="HG15" s="15" t="n">
+      <c r="HK15" s="15" t="n">
         <v>16.0</v>
       </c>
-      <c r="HH15" s="15" t="n">
+      <c r="HL15" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="HI15" s="15" t="n">
+      <c r="HM15" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="HJ15" s="15" t="n">
+      <c r="HN15" s="15" t="n">
         <v>20.2</v>
       </c>
-      <c r="HK15" s="15" t="n">
+      <c r="HO15" s="15" t="n">
         <v>21.8</v>
       </c>
-      <c r="HL15" s="15" t="n">
+      <c r="HP15" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="HM15" s="15" t="n">
+      <c r="HQ15" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="HN15" s="15" t="n">
+      <c r="HR15" s="15" t="n">
         <v>22.9</v>
       </c>
-      <c r="HO15" s="15" t="n">
+      <c r="HS15" s="15" t="n">
         <v>21.7</v>
       </c>
-      <c r="HP15" s="15" t="n">
-[...23 lines deleted...]
-        </is>
+      <c r="HT15" s="15" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="HU15" s="15" t="n">
+        <v>25.9</v>
       </c>
       <c r="HV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49 Transporte terrestre y por tubería</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>126.698</v>
+        <v>122.146</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>131.837</v>
+        <v>126.699</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>126.152</v>
+        <v>131.964</v>
       </c>
       <c r="E16" s="14" t="n">
+        <v>126.158</v>
+      </c>
+      <c r="F16" s="14" t="n">
         <v>110.405</v>
       </c>
-      <c r="F16" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="14" t="n">
-        <v>130.806</v>
+        <v>129.083</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>132.254</v>
+        <v>130.82</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>129.189</v>
+        <v>132.259</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>131.589</v>
+        <v>129.19</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>124.928</v>
+        <v>131.559</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>121.951</v>
+        <v>124.925</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>122.255</v>
+        <v>121.966</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>125.094</v>
+        <v>122.248</v>
       </c>
       <c r="O16" s="14" t="n">
-        <v>129.087</v>
+        <v>125.111</v>
       </c>
       <c r="P16" s="14" t="n">
-        <v>122.486</v>
+        <v>129.047</v>
       </c>
       <c r="Q16" s="14" t="n">
-        <v>106.257</v>
+        <v>122.499</v>
       </c>
       <c r="R16" s="14" t="n">
-        <v>126.048</v>
+        <v>106.261</v>
       </c>
       <c r="S16" s="14" t="n">
-        <v>129.145</v>
+        <v>126.056</v>
       </c>
       <c r="T16" s="14" t="n">
-        <v>131.111</v>
+        <v>129.109</v>
       </c>
       <c r="U16" s="14" t="n">
-        <v>128.273</v>
+        <v>131.127</v>
       </c>
       <c r="V16" s="14" t="n">
-        <v>129.462</v>
+        <v>128.263</v>
       </c>
       <c r="W16" s="14" t="n">
-        <v>119.481</v>
+        <v>129.482</v>
       </c>
       <c r="X16" s="14" t="n">
-        <v>115.143</v>
+        <v>119.466</v>
       </c>
       <c r="Y16" s="14" t="n">
-        <v>118.362</v>
+        <v>115.15</v>
       </c>
       <c r="Z16" s="14" t="n">
-        <v>121.505</v>
+        <v>118.361</v>
       </c>
       <c r="AA16" s="14" t="n">
-        <v>124.638</v>
+        <v>121.488</v>
       </c>
       <c r="AB16" s="14" t="n">
-        <v>117.709</v>
+        <v>124.63</v>
       </c>
       <c r="AC16" s="14" t="n">
-        <v>102.693</v>
+        <v>117.724</v>
       </c>
       <c r="AD16" s="14" t="n">
-        <v>120.267</v>
+        <v>102.661</v>
       </c>
       <c r="AE16" s="14" t="n">
-        <v>124.974</v>
+        <v>120.266</v>
       </c>
       <c r="AF16" s="14" t="n">
-        <v>128.26</v>
+        <v>124.992</v>
       </c>
       <c r="AG16" s="14" t="n">
-        <v>124.378</v>
+        <v>128.269</v>
       </c>
       <c r="AH16" s="14" t="n">
-        <v>125.308</v>
+        <v>124.371</v>
       </c>
       <c r="AI16" s="14" t="n">
-        <v>112.564</v>
+        <v>125.296</v>
       </c>
       <c r="AJ16" s="14" t="n">
-        <v>108.761</v>
+        <v>112.562</v>
       </c>
       <c r="AK16" s="14" t="n">
-        <v>112.534</v>
+        <v>108.754</v>
       </c>
       <c r="AL16" s="14" t="n">
-        <v>118.267</v>
+        <v>112.538</v>
       </c>
       <c r="AM16" s="14" t="n">
+        <v>118.242</v>
+      </c>
+      <c r="AN16" s="14" t="n">
         <v>120.957</v>
       </c>
-      <c r="AN16" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AO16" s="14" t="n">
-        <v>97.513</v>
+        <v>114.005</v>
       </c>
       <c r="AP16" s="14" t="n">
-        <v>113.581</v>
+        <v>97.519</v>
       </c>
       <c r="AQ16" s="14" t="n">
-        <v>119.841</v>
+        <v>113.58</v>
       </c>
       <c r="AR16" s="14" t="n">
-        <v>123.005</v>
+        <v>119.824</v>
       </c>
       <c r="AS16" s="14" t="n">
-        <v>116.867</v>
+        <v>122.998</v>
       </c>
       <c r="AT16" s="14" t="n">
-        <v>108.501</v>
+        <v>116.909</v>
       </c>
       <c r="AU16" s="14" t="n">
-        <v>105.128</v>
+        <v>108.443</v>
       </c>
       <c r="AV16" s="14" t="n">
+        <v>105.125</v>
+      </c>
+      <c r="AW16" s="14" t="n">
         <v>103.666</v>
       </c>
-      <c r="AW16" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AX16" s="14" t="n">
-        <v>114.258</v>
+        <v>108.236</v>
       </c>
       <c r="AY16" s="14" t="n">
-        <v>113.027</v>
+        <v>114.268</v>
       </c>
       <c r="AZ16" s="14" t="n">
-        <v>105.533</v>
+        <v>113.026</v>
       </c>
       <c r="BA16" s="14" t="n">
-        <v>92.354</v>
+        <v>105.518</v>
       </c>
       <c r="BB16" s="14" t="n">
-        <v>103.322</v>
+        <v>92.348</v>
       </c>
       <c r="BC16" s="14" t="n">
-        <v>104.502</v>
+        <v>103.326</v>
       </c>
       <c r="BD16" s="14" t="n">
-        <v>100.843</v>
+        <v>104.481</v>
       </c>
       <c r="BE16" s="14" t="n">
-        <v>92.376</v>
+        <v>100.842</v>
       </c>
       <c r="BF16" s="14" t="n">
-        <v>96.918</v>
+        <v>92.395</v>
       </c>
       <c r="BG16" s="14" t="n">
-        <v>85.961</v>
+        <v>96.92</v>
       </c>
       <c r="BH16" s="14" t="n">
-        <v>82.684</v>
-[...2 lines deleted...]
-        <v>-3.9</v>
+        <v>85.959</v>
+      </c>
+      <c r="BI16" s="14" t="n">
+        <v>82.683</v>
       </c>
       <c r="BJ16" s="15" t="n">
-        <v>4.5</v>
+        <v>-3.6</v>
       </c>
       <c r="BK16" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="BL16" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="BM16" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="BL16" s="15" t="n">
+      <c r="BN16" s="15" t="n">
         <v>-14.5</v>
       </c>
-      <c r="BM16" s="15" t="n">
+      <c r="BO16" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="BN16" s="15" t="n">
+      <c r="BP16" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="BO16" s="15" t="n">
+      <c r="BQ16" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="BP16" s="15" t="n">
+      <c r="BR16" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="BQ16" s="15" t="n">
+      <c r="BS16" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="BR16" s="15" t="n">
+      <c r="BT16" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="BS16" s="15" t="n">
+      <c r="BU16" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="BT16" s="15" t="n">
+      <c r="BV16" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="BU16" s="15" t="n">
+      <c r="BW16" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="BV16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BW16" s="15" t="n">
+      <c r="BX16" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="BY16" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="BX16" s="15" t="n">
+      <c r="BZ16" s="15" t="n">
         <v>-15.7</v>
       </c>
-      <c r="BY16" s="15" t="n">
+      <c r="CA16" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="BZ16" s="15" t="n">
+      <c r="CB16" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CA16" s="15" t="n">
+      <c r="CC16" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CB16" s="15" t="n">
+      <c r="CD16" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CC16" s="15" t="n">
+      <c r="CE16" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="CD16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CE16" s="15" t="n">
+      <c r="CF16" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CG16" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="CF16" s="15" t="n">
+      <c r="CH16" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CG16" s="15" t="n">
+      <c r="CI16" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="CH16" s="15" t="n">
+      <c r="CJ16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="CI16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CJ16" s="15" t="n">
+      <c r="CK16" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="CL16" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="CK16" s="15" t="n">
+      <c r="CM16" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="CL16" s="15" t="n">
+      <c r="CN16" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CM16" s="15" t="n">
+      <c r="CO16" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CN16" s="15" t="n">
+      <c r="CP16" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CO16" s="15" t="n">
+      <c r="CQ16" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CP16" s="15" t="n">
+      <c r="CR16" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CQ16" s="15" t="n">
+      <c r="CS16" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="CR16" s="15" t="n">
+      <c r="CT16" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="CS16" s="15" t="n">
+      <c r="CU16" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="CT16" s="15" t="n">
+      <c r="CV16" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="CU16" s="15" t="n">
+      <c r="CW16" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="CV16" s="15" t="n">
+      <c r="CX16" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="CW16" s="15" t="n">
+      <c r="CY16" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="CX16" s="15" t="n">
+      <c r="CZ16" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CY16" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="DA16" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DB16" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="DC16" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="DB16" s="15" t="n">
+      <c r="DD16" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="DC16" s="15" t="n">
+      <c r="DE16" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="DD16" s="15" t="n">
+      <c r="DF16" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="DE16" s="15" t="n">
+      <c r="DG16" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DF16" s="15" t="n">
+      <c r="DH16" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="DG16" s="15" t="n">
+      <c r="DI16" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="DH16" s="15" t="n">
+      <c r="DJ16" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="DI16" s="15" t="n">
+      <c r="DK16" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="DJ16" s="15" t="n">
+      <c r="DL16" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="DK16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DL16" s="15" t="n">
+      <c r="DM16" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="DN16" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="DM16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DN16" s="15" t="n">
+      <c r="DO16" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="DP16" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="DO16" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DP16" s="15" t="n">
+      <c r="DQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR16" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DS16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DQ16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DR16" s="15" t="n">
+      <c r="DT16" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DU16" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DS16" s="15" t="n">
+      <c r="DV16" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="DT16" s="15" t="n">
+      <c r="DW16" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="DU16" s="15" t="n">
+      <c r="DX16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DV16" s="15" t="n">
+      <c r="DY16" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="DW16" s="15" t="n">
+      <c r="DZ16" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DX16" s="15" t="n">
+      <c r="EA16" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="DY16" s="15" t="n">
+      <c r="EB16" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="DZ16" s="15" t="n">
+      <c r="EC16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="EA16" s="15" t="n">
+      <c r="ED16" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EB16" s="15" t="n">
+      <c r="EE16" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EC16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ED16" s="15" t="n">
+      <c r="EF16" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EG16" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="EE16" s="15" t="n">
+      <c r="EH16" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="EF16" s="15" t="n">
+      <c r="EI16" s="15" t="n">
         <v>4.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.1</v>
       </c>
       <c r="EJ16" s="15" t="n">
         <v>3.3</v>
       </c>
       <c r="EK16" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EL16" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EM16" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EN16" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="EL16" s="15" t="n">
+      <c r="EO16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="EM16" s="15" t="n">
+      <c r="EP16" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EN16" s="15" t="n">
+      <c r="EQ16" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EO16" s="15" t="n">
+      <c r="ER16" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EP16" s="15" t="n">
+      <c r="ES16" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EQ16" s="15" t="n">
+      <c r="ET16" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ER16" s="15" t="n">
+      <c r="EU16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ES16" s="15" t="n">
+      <c r="EV16" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ET16" s="15" t="n">
+      <c r="EW16" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="EU16" s="15" t="n">
+      <c r="EX16" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="EV16" s="15" t="n">
+      <c r="EY16" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="EW16" s="15" t="n">
+      <c r="EZ16" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="EX16" s="15" t="n">
+      <c r="FA16" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="EY16" s="15" t="n">
+      <c r="FB16" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="EZ16" s="15" t="n">
+      <c r="FC16" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FA16" s="15" t="n">
+      <c r="FD16" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="FB16" s="15" t="n">
+      <c r="FE16" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="FC16" s="15" t="n">
+      <c r="FF16" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="FD16" s="15" t="n">
+      <c r="FG16" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="FE16" s="15" t="n">
+      <c r="FH16" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="FF16" s="15" t="n">
+      <c r="FI16" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="FG16" s="15" t="n">
+      <c r="FJ16" s="15" t="n">
         <v>26.5</v>
       </c>
-      <c r="FH16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FI16" s="15" t="n">
+      <c r="FK16" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="FL16" s="15" t="n">
         <v>22.3</v>
       </c>
-      <c r="FJ16" s="15" t="n">
+      <c r="FM16" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="FK16" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FS16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FT16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FW16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FX16" s="15" t="n">
+      <c r="FW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ16" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GA16" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GB16" s="15" t="n">
         <v>2.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.4</v>
       </c>
       <c r="GC16" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="GD16" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GE16" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GF16" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GG16" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GH16" s="15" t="n">
         <v>3.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.8</v>
       </c>
       <c r="GI16" s="15" t="n">
         <v>3.9</v>
       </c>
       <c r="GJ16" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GK16" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GL16" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GM16" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="GN16" s="15" t="n">
         <v>3.9</v>
       </c>
       <c r="GO16" s="15" t="n">
         <v>4.0</v>
       </c>
       <c r="GP16" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GQ16" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GR16" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GS16" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GT16" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GQ16" s="15" t="n">
+      <c r="GU16" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GR16" s="15" t="n">
+      <c r="GV16" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="GS16" s="15" t="n">
+      <c r="GW16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="GT16" s="15" t="n">
+      <c r="GX16" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="GU16" s="15" t="n">
+      <c r="GY16" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="GV16" s="15" t="n">
+      <c r="GZ16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="GW16" s="15" t="n">
+      <c r="HA16" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="GX16" s="15" t="n">
+      <c r="HB16" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="GY16" s="15" t="n">
+      <c r="HC16" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="GZ16" s="15" t="n">
+      <c r="HD16" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="HA16" s="15" t="n">
+      <c r="HE16" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="HB16" s="15" t="n">
+      <c r="HF16" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="HC16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HD16" s="15" t="n">
+      <c r="HG16" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="HH16" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="HE16" s="15" t="n">
+      <c r="HI16" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="HF16" s="15" t="n">
+      <c r="HJ16" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="HG16" s="15" t="n">
+      <c r="HK16" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="HH16" s="15" t="n">
+      <c r="HL16" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="HI16" s="15" t="n">
+      <c r="HM16" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="HJ16" s="15" t="n">
+      <c r="HN16" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="HK16" s="15" t="n">
+      <c r="HO16" s="15" t="n">
         <v>18.6</v>
       </c>
-      <c r="HL16" s="15" t="n">
+      <c r="HP16" s="15" t="n">
         <v>20.2</v>
       </c>
-      <c r="HM16" s="15" t="n">
+      <c r="HQ16" s="15" t="n">
         <v>21.4</v>
       </c>
-      <c r="HN16" s="15" t="n">
+      <c r="HR16" s="15" t="n">
         <v>21.3</v>
       </c>
-      <c r="HO16" s="15" t="n">
+      <c r="HS16" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="HP16" s="15" t="n">
+      <c r="HT16" s="15" t="n">
         <v>23.8</v>
       </c>
-      <c r="HQ16" s="15" t="n">
+      <c r="HU16" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="HR16" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="HV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    50 Transporte marítimo y por vías navegables interiores</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>110.113</v>
+        <v>113.354</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>118.321</v>
+        <v>110.321</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>122.693</v>
+        <v>118.558</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>158.51</v>
+        <v>122.911</v>
       </c>
       <c r="F17" s="14" t="n">
+        <v>158.524</v>
+      </c>
+      <c r="G17" s="14" t="n">
         <v>166.641</v>
       </c>
-      <c r="G17" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="14" t="n">
-        <v>120.982</v>
+        <v>134.009</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>114.535</v>
+        <v>120.978</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>110.654</v>
+        <v>114.529</v>
       </c>
       <c r="K17" s="14" t="n">
+        <v>110.659</v>
+      </c>
+      <c r="L17" s="14" t="n">
         <v>94.227</v>
       </c>
-      <c r="L17" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M17" s="14" t="n">
-        <v>100.543</v>
+        <v>101.017</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>103.728</v>
+        <v>100.549</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>114.016</v>
+        <v>103.725</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>119.04</v>
+        <v>114.017</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>153.809</v>
+        <v>119.043</v>
       </c>
       <c r="R17" s="14" t="n">
-        <v>158.971</v>
+        <v>153.803</v>
       </c>
       <c r="S17" s="14" t="n">
-        <v>121.914</v>
+        <v>158.958</v>
       </c>
       <c r="T17" s="14" t="n">
-        <v>112.744</v>
+        <v>121.923</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>114.813</v>
+        <v>112.742</v>
       </c>
       <c r="V17" s="14" t="n">
-        <v>108.78</v>
+        <v>114.812</v>
       </c>
       <c r="W17" s="14" t="n">
-        <v>95.632</v>
+        <v>108.784</v>
       </c>
       <c r="X17" s="14" t="n">
-        <v>105.957</v>
+        <v>95.631</v>
       </c>
       <c r="Y17" s="14" t="n">
-        <v>117.954</v>
+        <v>105.948</v>
       </c>
       <c r="Z17" s="14" t="n">
-        <v>107.439</v>
+        <v>117.965</v>
       </c>
       <c r="AA17" s="14" t="n">
-        <v>114.793</v>
+        <v>107.435</v>
       </c>
       <c r="AB17" s="14" t="n">
-        <v>124.04</v>
+        <v>114.8</v>
       </c>
       <c r="AC17" s="14" t="n">
-        <v>155.302</v>
+        <v>124.037</v>
       </c>
       <c r="AD17" s="14" t="n">
-        <v>167.804</v>
+        <v>155.303</v>
       </c>
       <c r="AE17" s="14" t="n">
+        <v>167.801</v>
+      </c>
+      <c r="AF17" s="14" t="n">
         <v>128.752</v>
       </c>
-      <c r="AF17" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AG17" s="14" t="n">
-        <v>117.62</v>
+        <v>118.332</v>
       </c>
       <c r="AH17" s="14" t="n">
-        <v>120.888</v>
+        <v>117.621</v>
       </c>
       <c r="AI17" s="14" t="n">
+        <v>120.894</v>
+      </c>
+      <c r="AJ17" s="14" t="n">
         <v>100.99</v>
       </c>
-      <c r="AJ17" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AK17" s="14" t="n">
-        <v>110.191</v>
+        <v>97.126</v>
       </c>
       <c r="AL17" s="14" t="n">
-        <v>106.597</v>
+        <v>110.187</v>
       </c>
       <c r="AM17" s="14" t="n">
-        <v>113.034</v>
+        <v>106.598</v>
       </c>
       <c r="AN17" s="14" t="n">
-        <v>117.556</v>
+        <v>113.032</v>
       </c>
       <c r="AO17" s="14" t="n">
-        <v>137.422</v>
+        <v>117.557</v>
       </c>
       <c r="AP17" s="14" t="n">
-        <v>145.759</v>
+        <v>137.411</v>
       </c>
       <c r="AQ17" s="14" t="n">
-        <v>130.68</v>
+        <v>145.772</v>
       </c>
       <c r="AR17" s="14" t="n">
-        <v>114.798</v>
+        <v>130.676</v>
       </c>
       <c r="AS17" s="14" t="n">
-        <v>97.978</v>
+        <v>114.805</v>
       </c>
       <c r="AT17" s="14" t="n">
-        <v>89.987</v>
+        <v>97.969</v>
       </c>
       <c r="AU17" s="14" t="n">
+        <v>89.994</v>
+      </c>
+      <c r="AV17" s="14" t="n">
         <v>81.727</v>
       </c>
-      <c r="AV17" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AW17" s="14" t="n">
-        <v>99.35</v>
+        <v>84.217</v>
       </c>
       <c r="AX17" s="14" t="n">
-        <v>106.186</v>
+        <v>99.348</v>
       </c>
       <c r="AY17" s="14" t="n">
-        <v>111.036</v>
+        <v>106.18</v>
       </c>
       <c r="AZ17" s="14" t="n">
-        <v>110.706</v>
+        <v>111.046</v>
       </c>
       <c r="BA17" s="14" t="n">
-        <v>118.273</v>
+        <v>110.702</v>
       </c>
       <c r="BB17" s="14" t="n">
-        <v>133.257</v>
+        <v>118.281</v>
       </c>
       <c r="BC17" s="14" t="n">
-        <v>111.65</v>
+        <v>133.252</v>
       </c>
       <c r="BD17" s="14" t="n">
-        <v>100.324</v>
+        <v>111.652</v>
       </c>
       <c r="BE17" s="14" t="n">
-        <v>85.768</v>
+        <v>100.322</v>
       </c>
       <c r="BF17" s="14" t="n">
-        <v>85.737</v>
+        <v>85.767</v>
       </c>
       <c r="BG17" s="14" t="n">
+        <v>85.732</v>
+      </c>
+      <c r="BH17" s="14" t="n">
         <v>70.144</v>
       </c>
-      <c r="BH17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI17" s="15" t="n">
+      <c r="BI17" s="14" t="n">
+        <v>67.574</v>
+      </c>
+      <c r="BJ17" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="BK17" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="BJ17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BK17" s="15" t="n">
+      <c r="BL17" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="BM17" s="15" t="n">
+        <v>-22.5</v>
+      </c>
+      <c r="BN17" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="BO17" s="15" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="BP17" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="BQ17" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="BR17" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="BS17" s="15" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="BT17" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="BU17" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BV17" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="BW17" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="BX17" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="BY17" s="15" t="n">
         <v>-22.6</v>
       </c>
-      <c r="BL17" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BN17" s="15" t="n">
+      <c r="BZ17" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CA17" s="15" t="n">
+        <v>30.4</v>
+      </c>
+      <c r="CB17" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CC17" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CD17" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="CE17" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="CF17" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="CG17" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="CH17" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="CI17" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="CJ17" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="CK17" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="CL17" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="CM17" s="15" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="CN17" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="CO17" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CP17" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="CQ17" s="15" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="CR17" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="CS17" s="15" t="n">
+        <v>-11.9</v>
+      </c>
+      <c r="CT17" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="CU17" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="CV17" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="CW17" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="CX17" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="CY17" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="CZ17" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="DA17" s="15" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="DB17" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="DC17" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DD17" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="DE17" s="15" t="n">
+        <v>-15.2</v>
+      </c>
+      <c r="DF17" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="DG17" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DH17" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DI17" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="DJ17" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="DK17" s="15" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="DL17" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="DM17" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="DN17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DO17" s="15" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="DP17" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR17" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DS17" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DT17" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DU17" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="DV17" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DW17" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DX17" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="DY17" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="DZ17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EA17" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EB17" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="EC17" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="ED17" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="EE17" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EF17" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EG17" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EH17" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EI17" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="EJ17" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="EK17" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="EL17" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="EM17" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="EN17" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="EO17" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="EP17" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="EQ17" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ER17" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ES17" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="ET17" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="EU17" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="EV17" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="EW17" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EX17" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="EY17" s="15" t="n">
+        <v>34.3</v>
+      </c>
+      <c r="EZ17" s="15" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="FA17" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="FB17" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="FC17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FD17" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FE17" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="FF17" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="FG17" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="FH17" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="FI17" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="FJ17" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="FK17" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="FL17" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="FM17" s="15" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="FN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ17" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GA17" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GB17" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GC17" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GD17" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GE17" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GF17" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GG17" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GH17" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="GI17" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GJ17" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="GK17" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="GL17" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="GM17" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="GN17" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="GO17" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="GP17" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="GQ17" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="GR17" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="GS17" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="GT17" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="GU17" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GV17" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GW17" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="GX17" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="GY17" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="GZ17" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="HA17" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HB17" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="HC17" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="HD17" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="HE17" s="15" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="HF17" s="15" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="HG17" s="15" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="HH17" s="15" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="HI17" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="HJ17" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="BO17" s="15" t="n">
-[...286 lines deleted...]
-      <c r="FF17" s="15" t="n">
+      <c r="HK17" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="HL17" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="HM17" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="HN17" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="HO17" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="HP17" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="HQ17" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="FG17" s="15" t="n">
-[...8 lines deleted...]
-      <c r="FJ17" s="15" t="n">
+      <c r="HR17" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="HS17" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="HT17" s="15" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="HU17" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="FK17" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    51 Transporte aéreo</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>214.87</v>
+        <v>225.345</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>239.002</v>
+        <v>220.119</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>251.446</v>
+        <v>241.926</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>238.063</v>
+        <v>253.095</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>259.135</v>
+        <v>237.548</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>249.307</v>
+        <v>258.542</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>247.879</v>
+        <v>249.164</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>218.966</v>
+        <v>248.235</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>222.99</v>
+        <v>218.841</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>206.531</v>
+        <v>222.987</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>236.954</v>
+        <v>206.499</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>237.787</v>
+        <v>236.957</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>197.953</v>
+        <v>237.652</v>
       </c>
       <c r="O18" s="14" t="n">
-        <v>249.083</v>
+        <v>197.918</v>
       </c>
       <c r="P18" s="14" t="n">
-        <v>250.281</v>
+        <v>249.273</v>
       </c>
       <c r="Q18" s="14" t="n">
-        <v>263.077</v>
+        <v>250.498</v>
       </c>
       <c r="R18" s="14" t="n">
-        <v>274.644</v>
+        <v>262.891</v>
       </c>
       <c r="S18" s="14" t="n">
-        <v>239.88</v>
+        <v>274.622</v>
       </c>
       <c r="T18" s="14" t="n">
-        <v>247.136</v>
+        <v>239.795</v>
       </c>
       <c r="U18" s="14" t="n">
-        <v>233.572</v>
+        <v>247.172</v>
       </c>
       <c r="V18" s="14" t="n">
-        <v>220.442</v>
+        <v>233.602</v>
       </c>
       <c r="W18" s="14" t="n">
-        <v>201.115</v>
+        <v>220.38</v>
       </c>
       <c r="X18" s="14" t="n">
-        <v>215.964</v>
+        <v>201.069</v>
       </c>
       <c r="Y18" s="14" t="n">
-        <v>233.196</v>
+        <v>216.114</v>
       </c>
       <c r="Z18" s="14" t="n">
+        <v>233.143</v>
+      </c>
+      <c r="AA18" s="14" t="n">
         <v>197.245</v>
       </c>
-      <c r="AA18" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AB18" s="14" t="n">
-        <v>236.105</v>
+        <v>234.111</v>
       </c>
       <c r="AC18" s="14" t="n">
-        <v>256.748</v>
+        <v>236.12</v>
       </c>
       <c r="AD18" s="14" t="n">
-        <v>257.028</v>
+        <v>256.637</v>
       </c>
       <c r="AE18" s="14" t="n">
-        <v>230.955</v>
+        <v>257.129</v>
       </c>
       <c r="AF18" s="14" t="n">
-        <v>216.282</v>
+        <v>230.952</v>
       </c>
       <c r="AG18" s="14" t="n">
-        <v>206.261</v>
+        <v>216.305</v>
       </c>
       <c r="AH18" s="14" t="n">
-        <v>200.372</v>
+        <v>206.279</v>
       </c>
       <c r="AI18" s="14" t="n">
-        <v>171.071</v>
+        <v>200.261</v>
       </c>
       <c r="AJ18" s="14" t="n">
-        <v>184.966</v>
+        <v>171.081</v>
       </c>
       <c r="AK18" s="14" t="n">
-        <v>207.586</v>
+        <v>185.036</v>
       </c>
       <c r="AL18" s="14" t="n">
-        <v>180.032</v>
+        <v>207.587</v>
       </c>
       <c r="AM18" s="14" t="n">
-        <v>217.189</v>
+        <v>179.938</v>
       </c>
       <c r="AN18" s="14" t="n">
-        <v>215.205</v>
+        <v>217.308</v>
       </c>
       <c r="AO18" s="14" t="n">
-        <v>225.493</v>
+        <v>215.3</v>
       </c>
       <c r="AP18" s="14" t="n">
-        <v>229.492</v>
+        <v>225.417</v>
       </c>
       <c r="AQ18" s="14" t="n">
-        <v>205.186</v>
+        <v>229.477</v>
       </c>
       <c r="AR18" s="14" t="n">
-        <v>181.253</v>
+        <v>205.227</v>
       </c>
       <c r="AS18" s="14" t="n">
-        <v>165.375</v>
+        <v>181.31</v>
       </c>
       <c r="AT18" s="14" t="n">
-        <v>147.122</v>
+        <v>165.318</v>
       </c>
       <c r="AU18" s="14" t="n">
-        <v>115.639</v>
+        <v>147.105</v>
       </c>
       <c r="AV18" s="14" t="n">
-        <v>117.682</v>
+        <v>115.627</v>
       </c>
       <c r="AW18" s="14" t="n">
-        <v>152.647</v>
+        <v>117.69</v>
       </c>
       <c r="AX18" s="14" t="n">
-        <v>130.63</v>
+        <v>152.595</v>
       </c>
       <c r="AY18" s="14" t="n">
-        <v>136.696</v>
+        <v>130.651</v>
       </c>
       <c r="AZ18" s="14" t="n">
-        <v>124.788</v>
+        <v>136.723</v>
       </c>
       <c r="BA18" s="14" t="n">
-        <v>145.349</v>
+        <v>124.815</v>
       </c>
       <c r="BB18" s="14" t="n">
-        <v>126.29</v>
+        <v>145.314</v>
       </c>
       <c r="BC18" s="14" t="n">
-        <v>95.077</v>
+        <v>126.296</v>
       </c>
       <c r="BD18" s="14" t="n">
-        <v>71.744</v>
+        <v>95.086</v>
       </c>
       <c r="BE18" s="14" t="n">
-        <v>58.95</v>
+        <v>71.752</v>
       </c>
       <c r="BF18" s="14" t="n">
-        <v>59.127</v>
+        <v>58.941</v>
       </c>
       <c r="BG18" s="14" t="n">
-        <v>48.863</v>
+        <v>59.128</v>
       </c>
       <c r="BH18" s="14" t="n">
-        <v>49.838</v>
-[...2 lines deleted...]
-        <v>-10.1</v>
+        <v>48.873</v>
+      </c>
+      <c r="BI18" s="14" t="n">
+        <v>49.826</v>
       </c>
       <c r="BJ18" s="15" t="n">
-        <v>-4.9</v>
+        <v>2.4</v>
       </c>
       <c r="BK18" s="15" t="n">
-        <v>5.6</v>
+        <v>-9.0</v>
       </c>
       <c r="BL18" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="BM18" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="BN18" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="BM18" s="15" t="n">
+      <c r="BO18" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="BP18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BQ18" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="BR18" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BS18" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="BT18" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="BU18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BV18" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="BW18" s="15" t="n">
+        <v>-20.6</v>
+      </c>
+      <c r="BX18" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="BY18" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="BZ18" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="CA18" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="CB18" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="CC18" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="CD18" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CE18" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="CF18" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="CG18" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="CH18" s="15" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="CI18" s="15" t="n">
+        <v>-15.7</v>
+      </c>
+      <c r="CJ18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CK18" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="CL18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CM18" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="CN18" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CO18" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="CP18" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="CQ18" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="CR18" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="CS18" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="CT18" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="CU18" s="15" t="n">
+        <v>-17.2</v>
+      </c>
+      <c r="CV18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CW18" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CX18" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CY18" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="CZ18" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="DA18" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="DB18" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="DC18" s="15" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="DD18" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DE18" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="DF18" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="DG18" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DH18" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DI18" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="DJ18" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="DK18" s="15" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="DL18" s="15" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="DM18" s="15" t="n">
+        <v>21.7</v>
+      </c>
+      <c r="DN18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DO18" s="15" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="DP18" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR18" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="DS18" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="DT18" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DU18" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DV18" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="DW18" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="DX18" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="BN18" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BO18" s="15" t="n">
+      <c r="DY18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DZ18" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="EA18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EB18" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EC18" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ED18" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EE18" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EF18" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EG18" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EH18" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EI18" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EJ18" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EK18" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="EL18" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="BP18" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BS18" s="15" t="n">
+      <c r="EM18" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="EN18" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="EO18" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="EP18" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="EQ18" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ER18" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="ES18" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="ET18" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="EU18" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="EV18" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="EW18" s="15" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="EX18" s="15" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="EY18" s="15" t="n">
+        <v>36.1</v>
+      </c>
+      <c r="EZ18" s="15" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="FA18" s="15" t="n">
+        <v>57.2</v>
+      </c>
+      <c r="FB18" s="15" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="FC18" s="15" t="n">
+        <v>37.7</v>
+      </c>
+      <c r="FD18" s="15" t="n">
+        <v>58.9</v>
+      </c>
+      <c r="FE18" s="15" t="n">
+        <v>72.5</v>
+      </c>
+      <c r="FF18" s="15" t="n">
+        <v>55.1</v>
+      </c>
+      <c r="FG18" s="15" t="n">
+        <v>81.7</v>
+      </c>
+      <c r="FH18" s="15" t="n">
+        <v>115.8</v>
+      </c>
+      <c r="FI18" s="15" t="n">
+        <v>152.7</v>
+      </c>
+      <c r="FJ18" s="15" t="n">
+        <v>180.5</v>
+      </c>
+      <c r="FK18" s="15" t="n">
+        <v>148.8</v>
+      </c>
+      <c r="FL18" s="15" t="n">
+        <v>136.6</v>
+      </c>
+      <c r="FM18" s="15" t="n">
+        <v>136.2</v>
+      </c>
+      <c r="FN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ18" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="BT18" s="15" t="n">
-[...26 lines deleted...]
-      <c r="CC18" s="15" t="n">
+      <c r="GA18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GB18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GC18" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GD18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GE18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GF18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GG18" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GH18" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GI18" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GJ18" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GK18" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="CD18" s="15" t="n">
-[...20 lines deleted...]
-      <c r="CK18" s="15" t="n">
+      <c r="GL18" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GM18" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GN18" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="GO18" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="GP18" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GQ18" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CL18" s="15" t="n">
-[...8 lines deleted...]
-      <c r="CO18" s="15" t="n">
+      <c r="GR18" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="GS18" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="GT18" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="GU18" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="GV18" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="CP18" s="15" t="n">
-[...145 lines deleted...]
-      <c r="EL18" s="15" t="n">
+      <c r="GW18" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="EM18" s="15" t="n">
-[...32 lines deleted...]
-      <c r="EX18" s="15" t="n">
+      <c r="GX18" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="GY18" s="15" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="GZ18" s="15" t="n">
+        <v>20.6</v>
+      </c>
+      <c r="HA18" s="15" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="HB18" s="15" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="HC18" s="15" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="HD18" s="15" t="n">
+        <v>29.8</v>
+      </c>
+      <c r="HE18" s="15" t="n">
+        <v>34.6</v>
+      </c>
+      <c r="HF18" s="15" t="n">
+        <v>39.7</v>
+      </c>
+      <c r="HG18" s="15" t="n">
+        <v>46.3</v>
+      </c>
+      <c r="HH18" s="15" t="n">
+        <v>52.6</v>
+      </c>
+      <c r="HI18" s="15" t="n">
         <v>57.2</v>
       </c>
-      <c r="EY18" s="15" t="n">
-[...200 lines deleted...]
-      <c r="HF18" s="15" t="n">
+      <c r="HJ18" s="15" t="n">
         <v>83.9</v>
       </c>
-      <c r="HG18" s="15" t="n">
+      <c r="HK18" s="15" t="n">
         <v>90.9</v>
       </c>
-      <c r="HH18" s="15" t="n">
+      <c r="HL18" s="15" t="n">
         <v>98.5</v>
       </c>
-      <c r="HI18" s="15" t="n">
+      <c r="HM18" s="15" t="n">
         <v>105.4</v>
       </c>
-      <c r="HJ18" s="15" t="n">
+      <c r="HN18" s="15" t="n">
         <v>111.7</v>
       </c>
-      <c r="HK18" s="15" t="n">
+      <c r="HO18" s="15" t="n">
         <v>127.8</v>
       </c>
-      <c r="HL18" s="15" t="n">
+      <c r="HP18" s="15" t="n">
         <v>143.0</v>
       </c>
-      <c r="HM18" s="15" t="n">
+      <c r="HQ18" s="15" t="n">
         <v>152.0</v>
       </c>
-      <c r="HN18" s="15" t="n">
+      <c r="HR18" s="15" t="n">
         <v>151.8</v>
       </c>
-      <c r="HO18" s="15" t="n">
+      <c r="HS18" s="15" t="n">
         <v>141.0</v>
       </c>
-      <c r="HP18" s="15" t="n">
+      <c r="HT18" s="15" t="n">
         <v>136.4</v>
       </c>
-      <c r="HQ18" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU18" s="15" t="n">
+        <v>136.2</v>
       </c>
       <c r="HV18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    52 Almacenamiento y actividades anexas al transporte</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>110.169</v>
+        <v>110.623</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>116.369</v>
+        <v>110.079</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>108.834</v>
+        <v>116.378</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>103.379</v>
+        <v>108.782</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>115.538</v>
+        <v>103.391</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>107.373</v>
+        <v>115.549</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>110.089</v>
+        <v>107.391</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>108.564</v>
+        <v>110.088</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>105.19</v>
+        <v>108.537</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>101.536</v>
+        <v>105.221</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>99.747</v>
+        <v>101.538</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>108.316</v>
+        <v>99.734</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>108.597</v>
+        <v>108.338</v>
       </c>
       <c r="O19" s="14" t="n">
-        <v>115.937</v>
+        <v>108.575</v>
       </c>
       <c r="P19" s="14" t="n">
-        <v>110.798</v>
+        <v>115.947</v>
       </c>
       <c r="Q19" s="14" t="n">
-        <v>100.842</v>
+        <v>110.816</v>
       </c>
       <c r="R19" s="14" t="n">
-        <v>112.773</v>
+        <v>100.841</v>
       </c>
       <c r="S19" s="14" t="n">
-        <v>107.151</v>
+        <v>112.736</v>
       </c>
       <c r="T19" s="14" t="n">
-        <v>107.141</v>
+        <v>107.19</v>
       </c>
       <c r="U19" s="14" t="n">
-        <v>104.24</v>
+        <v>107.127</v>
       </c>
       <c r="V19" s="14" t="n">
-        <v>102.607</v>
+        <v>104.233</v>
       </c>
       <c r="W19" s="14" t="n">
-        <v>95.934</v>
+        <v>102.613</v>
       </c>
       <c r="X19" s="14" t="n">
-        <v>93.106</v>
+        <v>95.954</v>
       </c>
       <c r="Y19" s="14" t="n">
-        <v>104.598</v>
+        <v>93.075</v>
       </c>
       <c r="Z19" s="14" t="n">
-        <v>102.706</v>
+        <v>104.616</v>
       </c>
       <c r="AA19" s="14" t="n">
-        <v>109.567</v>
+        <v>102.711</v>
       </c>
       <c r="AB19" s="14" t="n">
-        <v>104.769</v>
+        <v>109.589</v>
       </c>
       <c r="AC19" s="14" t="n">
-        <v>97.858</v>
+        <v>104.748</v>
       </c>
       <c r="AD19" s="14" t="n">
-        <v>109.651</v>
+        <v>97.867</v>
       </c>
       <c r="AE19" s="14" t="n">
-        <v>106.048</v>
+        <v>109.667</v>
       </c>
       <c r="AF19" s="14" t="n">
-        <v>110.733</v>
+        <v>106.05</v>
       </c>
       <c r="AG19" s="14" t="n">
-        <v>104.914</v>
+        <v>110.696</v>
       </c>
       <c r="AH19" s="14" t="n">
-        <v>106.507</v>
+        <v>104.936</v>
       </c>
       <c r="AI19" s="14" t="n">
-        <v>97.05</v>
+        <v>106.509</v>
       </c>
       <c r="AJ19" s="14" t="n">
-        <v>101.282</v>
+        <v>97.052</v>
       </c>
       <c r="AK19" s="14" t="n">
-        <v>116.386</v>
+        <v>101.302</v>
       </c>
       <c r="AL19" s="14" t="n">
-        <v>116.514</v>
+        <v>116.384</v>
       </c>
       <c r="AM19" s="14" t="n">
-        <v>124.556</v>
+        <v>116.502</v>
       </c>
       <c r="AN19" s="14" t="n">
-        <v>121.287</v>
+        <v>124.573</v>
       </c>
       <c r="AO19" s="14" t="n">
-        <v>114.925</v>
+        <v>121.289</v>
       </c>
       <c r="AP19" s="14" t="n">
-        <v>130.117</v>
+        <v>114.887</v>
       </c>
       <c r="AQ19" s="14" t="n">
-        <v>129.165</v>
+        <v>130.14</v>
       </c>
       <c r="AR19" s="14" t="n">
-        <v>126.899</v>
+        <v>129.172</v>
       </c>
       <c r="AS19" s="14" t="n">
-        <v>118.606</v>
+        <v>126.924</v>
       </c>
       <c r="AT19" s="14" t="n">
-        <v>107.314</v>
+        <v>118.564</v>
       </c>
       <c r="AU19" s="14" t="n">
-        <v>103.001</v>
+        <v>107.34</v>
       </c>
       <c r="AV19" s="14" t="n">
-        <v>104.171</v>
+        <v>103.003</v>
       </c>
       <c r="AW19" s="14" t="n">
-        <v>113.825</v>
+        <v>104.185</v>
       </c>
       <c r="AX19" s="14" t="n">
-        <v>113.796</v>
+        <v>113.81</v>
       </c>
       <c r="AY19" s="14" t="n">
-        <v>116.389</v>
+        <v>113.776</v>
       </c>
       <c r="AZ19" s="14" t="n">
-        <v>109.259</v>
+        <v>116.409</v>
       </c>
       <c r="BA19" s="14" t="n">
-        <v>100.16</v>
+        <v>109.266</v>
       </c>
       <c r="BB19" s="14" t="n">
-        <v>105.754</v>
+        <v>100.18</v>
       </c>
       <c r="BC19" s="14" t="n">
-        <v>99.69</v>
+        <v>105.753</v>
       </c>
       <c r="BD19" s="14" t="n">
-        <v>97.749</v>
+        <v>99.68</v>
       </c>
       <c r="BE19" s="14" t="n">
-        <v>89.247</v>
+        <v>97.763</v>
       </c>
       <c r="BF19" s="14" t="n">
-        <v>93.399</v>
+        <v>89.245</v>
       </c>
       <c r="BG19" s="14" t="n">
-        <v>82.001</v>
+        <v>93.372</v>
       </c>
       <c r="BH19" s="14" t="n">
-        <v>78.729</v>
-[...1 lines deleted...]
-      <c r="BI19" s="15" t="n">
+        <v>82.003</v>
+      </c>
+      <c r="BI19" s="14" t="n">
+        <v>78.743</v>
+      </c>
+      <c r="BJ19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BK19" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="BL19" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="BM19" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="BN19" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="BO19" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="BP19" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="BQ19" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="BR19" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="BS19" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="BT19" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="BU19" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="BV19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="BW19" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="BX19" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="BY19" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="BZ19" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="CA19" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CB19" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CC19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CD19" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CE19" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CF19" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="CG19" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="CH19" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="CI19" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="CJ19" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="CK19" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="CL19" s="15" t="n">
+        <v>-10.8</v>
+      </c>
+      <c r="CM19" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="CN19" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CO19" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="CP19" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="CQ19" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="CR19" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CS19" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="CT19" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CU19" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="CV19" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CW19" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CX19" s="15" t="n">
+        <v>-11.7</v>
+      </c>
+      <c r="CY19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CZ19" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="DA19" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="DB19" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="DC19" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DD19" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="DE19" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="DF19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG19" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="DH19" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="DI19" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="DJ19" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="BJ19" s="15" t="n">
-[...14 lines deleted...]
-      <c r="BO19" s="15" t="n">
+      <c r="DK19" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="DL19" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DM19" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DN19" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DO19" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="DP19" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="DQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR19" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="DS19" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="BP19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BQ19" s="15" t="n">
+      <c r="DT19" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DU19" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DV19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DW19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DX19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DY19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DZ19" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EA19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EB19" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EC19" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="ED19" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="BR19" s="15" t="n">
-[...26 lines deleted...]
-      <c r="CA19" s="15" t="n">
+      <c r="EE19" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EF19" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EG19" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EH19" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EI19" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="CB19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CC19" s="15" t="n">
+      <c r="EJ19" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EK19" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="EL19" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EM19" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="EN19" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EO19" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="EP19" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="EQ19" s="15" t="n">
+        <v>-11.8</v>
+      </c>
+      <c r="ER19" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="ES19" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="ET19" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="EU19" s="15" t="n">
+        <v>-15.7</v>
+      </c>
+      <c r="EV19" s="15" t="n">
+        <v>-17.9</v>
+      </c>
+      <c r="EW19" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="EX19" s="15" t="n">
+        <v>-11.5</v>
+      </c>
+      <c r="EY19" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EZ19" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="FA19" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="FB19" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="FC19" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FD19" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="CD19" s="15" t="n">
-[...20 lines deleted...]
-      <c r="CK19" s="15" t="n">
+      <c r="FE19" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="FF19" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="FG19" s="15" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="FH19" s="15" t="n">
+        <v>29.6</v>
+      </c>
+      <c r="FI19" s="15" t="n">
+        <v>29.8</v>
+      </c>
+      <c r="FJ19" s="15" t="n">
+        <v>32.9</v>
+      </c>
+      <c r="FK19" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="FL19" s="15" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="FM19" s="15" t="n">
+        <v>32.3</v>
+      </c>
+      <c r="FN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ19" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GA19" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GB19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GC19" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GD19" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CL19" s="15" t="n">
-[...32 lines deleted...]
-      <c r="CW19" s="15" t="n">
+      <c r="GE19" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GF19" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GG19" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GH19" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GI19" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GJ19" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GK19" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GL19" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GM19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CX19" s="15" t="n">
-[...61 lines deleted...]
-      <c r="DR19" s="15" t="n">
+      <c r="GN19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GO19" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GP19" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="GQ19" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="DS19" s="15" t="n">
-[...56 lines deleted...]
-      <c r="EL19" s="15" t="n">
+      <c r="GR19" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="GS19" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="GT19" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="GU19" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="GV19" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="GW19" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="EM19" s="15" t="n">
+      <c r="GX19" s="15" t="n">
+        <v>-11.1</v>
+      </c>
+      <c r="GY19" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="GZ19" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="HA19" s="15" t="n">
+        <v>-11.1</v>
+      </c>
+      <c r="HB19" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="HC19" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="EN19" s="15" t="n">
-[...29 lines deleted...]
-      <c r="EX19" s="15" t="n">
+      <c r="HD19" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="HE19" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="HF19" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="HG19" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="HH19" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="HI19" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="EY19" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FJ19" s="15" t="n">
+      <c r="HJ19" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="HK19" s="15" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="HL19" s="15" t="n">
+        <v>21.4</v>
+      </c>
+      <c r="HM19" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="HN19" s="15" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="HO19" s="15" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="HP19" s="15" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="HQ19" s="15" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="HR19" s="15" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="HS19" s="15" t="n">
+        <v>23.8</v>
+      </c>
+      <c r="HT19" s="15" t="n">
+        <v>28.9</v>
+      </c>
+      <c r="HU19" s="15" t="n">
         <v>32.3</v>
       </c>
-      <c r="FK19" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    53 Actividades postales y de correos</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>108.367</v>
+        <v>132.717</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>107.176</v>
+        <v>108.359</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>111.021</v>
+        <v>107.172</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>87.311</v>
+        <v>103.591</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>105.964</v>
+        <v>87.238</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>106.087</v>
+        <v>106.064</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>97.811</v>
+        <v>105.937</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>100.28</v>
+        <v>97.911</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>108.577</v>
+        <v>100.323</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>95.906</v>
+        <v>108.516</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>102.107</v>
+        <v>95.909</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>132.019</v>
+        <v>101.936</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>107.377</v>
+        <v>132.145</v>
       </c>
       <c r="O20" s="14" t="n">
-        <v>104.887</v>
+        <v>107.437</v>
       </c>
       <c r="P20" s="14" t="n">
-        <v>99.134</v>
+        <v>104.986</v>
       </c>
       <c r="Q20" s="14" t="n">
-        <v>85.807</v>
+        <v>98.994</v>
       </c>
       <c r="R20" s="14" t="n">
-        <v>102.767</v>
+        <v>85.894</v>
       </c>
       <c r="S20" s="14" t="n">
-        <v>101.146</v>
+        <v>102.85</v>
       </c>
       <c r="T20" s="14" t="n">
-        <v>99.382</v>
+        <v>101.05</v>
       </c>
       <c r="U20" s="14" t="n">
-        <v>96.145</v>
+        <v>99.216</v>
       </c>
       <c r="V20" s="14" t="n">
-        <v>101.882</v>
+        <v>96.411</v>
       </c>
       <c r="W20" s="14" t="n">
-        <v>97.127</v>
+        <v>101.755</v>
       </c>
       <c r="X20" s="14" t="n">
-        <v>108.099</v>
+        <v>97.175</v>
       </c>
       <c r="Y20" s="14" t="n">
-        <v>120.74</v>
+        <v>108.186</v>
       </c>
       <c r="Z20" s="14" t="n">
-        <v>112.534</v>
+        <v>120.595</v>
       </c>
       <c r="AA20" s="14" t="n">
-        <v>98.411</v>
+        <v>112.374</v>
       </c>
       <c r="AB20" s="14" t="n">
-        <v>94.947</v>
+        <v>98.505</v>
       </c>
       <c r="AC20" s="14" t="n">
-        <v>80.449</v>
+        <v>94.999</v>
       </c>
       <c r="AD20" s="14" t="n">
-        <v>102.672</v>
+        <v>80.525</v>
       </c>
       <c r="AE20" s="14" t="n">
-        <v>98.757</v>
+        <v>102.607</v>
       </c>
       <c r="AF20" s="14" t="n">
-        <v>93.305</v>
+        <v>98.781</v>
       </c>
       <c r="AG20" s="14" t="n">
-        <v>94.329</v>
+        <v>93.38</v>
       </c>
       <c r="AH20" s="14" t="n">
-        <v>99.322</v>
+        <v>94.233</v>
       </c>
       <c r="AI20" s="14" t="n">
-        <v>89.284</v>
+        <v>99.163</v>
       </c>
       <c r="AJ20" s="14" t="n">
-        <v>98.705</v>
+        <v>89.287</v>
       </c>
       <c r="AK20" s="14" t="n">
-        <v>111.759</v>
+        <v>98.799</v>
       </c>
       <c r="AL20" s="14" t="n">
-        <v>104.446</v>
+        <v>111.872</v>
       </c>
       <c r="AM20" s="14" t="n">
-        <v>94.411</v>
+        <v>104.497</v>
       </c>
       <c r="AN20" s="14" t="n">
-        <v>92.407</v>
+        <v>94.351</v>
       </c>
       <c r="AO20" s="14" t="n">
-        <v>84.081</v>
+        <v>92.429</v>
       </c>
       <c r="AP20" s="14" t="n">
-        <v>100.644</v>
+        <v>84.148</v>
       </c>
       <c r="AQ20" s="14" t="n">
-        <v>96.51</v>
+        <v>100.523</v>
       </c>
       <c r="AR20" s="14" t="n">
-        <v>95.9</v>
+        <v>96.374</v>
       </c>
       <c r="AS20" s="14" t="n">
-        <v>91.414</v>
+        <v>95.991</v>
       </c>
       <c r="AT20" s="14" t="n">
-        <v>93.73</v>
+        <v>91.459</v>
       </c>
       <c r="AU20" s="14" t="n">
-        <v>87.929</v>
+        <v>93.825</v>
       </c>
       <c r="AV20" s="14" t="n">
-        <v>98.024</v>
+        <v>87.932</v>
       </c>
       <c r="AW20" s="14" t="n">
-        <v>112.919</v>
+        <v>97.962</v>
       </c>
       <c r="AX20" s="14" t="n">
-        <v>107.931</v>
+        <v>112.73</v>
       </c>
       <c r="AY20" s="14" t="n">
-        <v>99.05</v>
+        <v>108.224</v>
       </c>
       <c r="AZ20" s="14" t="n">
-        <v>96.412</v>
+        <v>98.931</v>
       </c>
       <c r="BA20" s="14" t="n">
-        <v>83.062</v>
+        <v>96.275</v>
       </c>
       <c r="BB20" s="14" t="n">
-        <v>97.555</v>
+        <v>83.141</v>
       </c>
       <c r="BC20" s="14" t="n">
-        <v>98.434</v>
+        <v>97.655</v>
       </c>
       <c r="BD20" s="14" t="n">
-        <v>99.723</v>
+        <v>98.482</v>
       </c>
       <c r="BE20" s="14" t="n">
-        <v>96.844</v>
+        <v>99.66</v>
       </c>
       <c r="BF20" s="14" t="n">
-        <v>106.008</v>
+        <v>96.866</v>
       </c>
       <c r="BG20" s="14" t="n">
-        <v>98.996</v>
+        <v>106.095</v>
       </c>
       <c r="BH20" s="14" t="n">
-        <v>103.066</v>
-[...1 lines deleted...]
-      <c r="BI20" s="15" t="n">
+        <v>98.999</v>
+      </c>
+      <c r="BI20" s="14" t="n">
+        <v>102.942</v>
+      </c>
+      <c r="BJ20" s="15" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="BK20" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BJ20" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BL20" s="15" t="n">
-        <v>-17.6</v>
+        <v>3.5</v>
       </c>
       <c r="BM20" s="15" t="n">
-        <v>-0.1</v>
+        <v>18.7</v>
       </c>
       <c r="BN20" s="15" t="n">
-        <v>8.5</v>
+        <v>-17.7</v>
       </c>
       <c r="BO20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BP20" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="BQ20" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="BR20" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="BS20" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="BT20" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="BU20" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="BV20" s="15" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="BW20" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="BX20" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="BY20" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="BZ20" s="15" t="n">
+        <v>-16.5</v>
+      </c>
+      <c r="CA20" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CB20" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CC20" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="CD20" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="CE20" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="CF20" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="CG20" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="CH20" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="CI20" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="CJ20" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CK20" s="15" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="CL20" s="15" t="n">
+        <v>-21.5</v>
+      </c>
+      <c r="CM20" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CN20" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="CO20" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CP20" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="CQ20" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="CR20" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="CS20" s="15" t="n">
+        <v>-11.7</v>
+      </c>
+      <c r="CT20" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CU20" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="CV20" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CW20" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="CX20" s="15" t="n">
+        <v>-16.3</v>
+      </c>
+      <c r="CY20" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CZ20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DA20" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DB20" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="BP20" s="15" t="n">
-[...26 lines deleted...]
-      <c r="BY20" s="15" t="n">
+      <c r="DC20" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="DD20" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="DE20" s="15" t="n">
+        <v>-13.1</v>
+      </c>
+      <c r="DF20" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DG20" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="DH20" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DI20" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="DJ20" s="15" t="n">
+        <v>-14.9</v>
+      </c>
+      <c r="DK20" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="DL20" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="DM20" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="DN20" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="DO20" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DP20" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="DQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DS20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DT20" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="DU20" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DV20" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="BZ20" s="15" t="n">
-[...139 lines deleted...]
-      <c r="DT20" s="15" t="n">
+      <c r="DW20" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="DU20" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="DX20" s="15" t="n">
-        <v>6.6</v>
+        <v>4.8</v>
       </c>
       <c r="DY20" s="15" t="n">
         <v>-1.3</v>
       </c>
       <c r="DZ20" s="15" t="n">
-        <v>-5.5</v>
+        <v>4.1</v>
       </c>
       <c r="EA20" s="15" t="n">
-        <v>9.3</v>
+        <v>6.6</v>
       </c>
       <c r="EB20" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EC20" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="ED20" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="EE20" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="EF20" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="EG20" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EH20" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="EI20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EJ20" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EK20" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EL20" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EM20" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EN20" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="EO20" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="EP20" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="EQ20" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="ER20" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="ES20" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ET20" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="EU20" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EV20" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EW20" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="EX20" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EY20" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EZ20" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FA20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FB20" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="FC20" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="FD20" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="EC20" s="15" t="n">
-[...26 lines deleted...]
-      <c r="EL20" s="15" t="n">
+      <c r="FE20" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="FF20" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FG20" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FH20" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="FI20" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="FJ20" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="FK20" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="FL20" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="FM20" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="FN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ20" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GA20" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GB20" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GC20" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GD20" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GE20" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GF20" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GG20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="GH20" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="GI20" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GJ20" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="GK20" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="GL20" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GM20" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GN20" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GO20" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GP20" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GQ20" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GR20" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GS20" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GT20" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GU20" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GV20" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="GW20" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="EM20" s="15" t="n">
-[...8 lines deleted...]
-      <c r="EP20" s="15" t="n">
+      <c r="GX20" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GY20" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GZ20" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HA20" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="HB20" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="HC20" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HD20" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HE20" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HF20" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HG20" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EQ20" s="15" t="n">
-[...35 lines deleted...]
-      <c r="FC20" s="15" t="n">
+      <c r="HH20" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FD20" s="15" t="n">
-[...101 lines deleted...]
-      <c r="GD20" s="15" t="n">
+      <c r="HI20" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GE20" s="15" t="n">
-[...80 lines deleted...]
-      <c r="HF20" s="15" t="n">
+      <c r="HJ20" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="HG20" s="15" t="n">
+      <c r="HK20" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="HH20" s="15" t="n">
+      <c r="HL20" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="HI20" s="15" t="n">
+      <c r="HM20" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="HJ20" s="15" t="n">
+      <c r="HN20" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="HK20" s="15" t="n">
+      <c r="HO20" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="HL20" s="15" t="n">
+      <c r="HP20" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="HM20" s="15" t="n">
-[...5 lines deleted...]
-      <c r="HO20" s="15" t="n">
+      <c r="HQ20" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="HR20" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="HS20" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="HP20" s="15" t="n">
-[...23 lines deleted...]
-        </is>
+      <c r="HT20" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="HU20" s="15" t="n">
+        <v>-4.8</v>
       </c>
       <c r="HV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.2 Hostelería</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>110.981</v>
+        <v>118.063</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>140.157</v>
+        <v>111.009</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>150.902</v>
+        <v>140.091</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>173.389</v>
+        <v>150.904</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>172.213</v>
+        <v>173.378</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>149.994</v>
+        <v>172.209</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>132.014</v>
+        <v>149.981</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>131.938</v>
+        <v>132.016</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>121.622</v>
+        <v>131.948</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>105.822</v>
+        <v>121.612</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>103.734</v>
+        <v>105.821</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>120.271</v>
+        <v>103.748</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>112.543</v>
+        <v>120.251</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>141.295</v>
+        <v>112.556</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>150.685</v>
+        <v>141.292</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>177.452</v>
+        <v>150.672</v>
       </c>
       <c r="R21" s="14" t="n">
-        <v>172.32</v>
+        <v>177.454</v>
       </c>
       <c r="S21" s="14" t="n">
-        <v>147.359</v>
+        <v>172.339</v>
       </c>
       <c r="T21" s="14" t="n">
-        <v>129.93</v>
+        <v>147.341</v>
       </c>
       <c r="U21" s="14" t="n">
+        <v>129.943</v>
+      </c>
+      <c r="V21" s="14" t="n">
         <v>133.784</v>
       </c>
-      <c r="V21" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="W21" s="14" t="n">
-        <v>104.611</v>
+        <v>121.411</v>
       </c>
       <c r="X21" s="14" t="n">
-        <v>102.575</v>
+        <v>104.601</v>
       </c>
       <c r="Y21" s="14" t="n">
-        <v>118.052</v>
+        <v>102.594</v>
       </c>
       <c r="Z21" s="14" t="n">
-        <v>109.983</v>
+        <v>118.042</v>
       </c>
       <c r="AA21" s="14" t="n">
-        <v>137.718</v>
+        <v>109.989</v>
       </c>
       <c r="AB21" s="14" t="n">
-        <v>147.945</v>
+        <v>137.697</v>
       </c>
       <c r="AC21" s="14" t="n">
-        <v>173.187</v>
+        <v>147.958</v>
       </c>
       <c r="AD21" s="14" t="n">
-        <v>168.943</v>
+        <v>173.184</v>
       </c>
       <c r="AE21" s="14" t="n">
-        <v>145.53</v>
+        <v>168.937</v>
       </c>
       <c r="AF21" s="14" t="n">
-        <v>125.21</v>
+        <v>145.527</v>
       </c>
       <c r="AG21" s="14" t="n">
-        <v>129.413</v>
+        <v>125.229</v>
       </c>
       <c r="AH21" s="14" t="n">
-        <v>120.799</v>
+        <v>129.399</v>
       </c>
       <c r="AI21" s="14" t="n">
-        <v>101.509</v>
+        <v>120.808</v>
       </c>
       <c r="AJ21" s="14" t="n">
-        <v>99.613</v>
+        <v>101.508</v>
       </c>
       <c r="AK21" s="14" t="n">
-        <v>116.293</v>
+        <v>99.593</v>
       </c>
       <c r="AL21" s="14" t="n">
-        <v>108.134</v>
+        <v>116.296</v>
       </c>
       <c r="AM21" s="14" t="n">
-        <v>131.674</v>
+        <v>108.141</v>
       </c>
       <c r="AN21" s="14" t="n">
-        <v>142.337</v>
+        <v>131.667</v>
       </c>
       <c r="AO21" s="14" t="n">
-        <v>171.523</v>
+        <v>142.334</v>
       </c>
       <c r="AP21" s="14" t="n">
-        <v>165.6</v>
+        <v>171.541</v>
       </c>
       <c r="AQ21" s="14" t="n">
-        <v>141.158</v>
+        <v>165.589</v>
       </c>
       <c r="AR21" s="14" t="n">
-        <v>122.46</v>
+        <v>141.163</v>
       </c>
       <c r="AS21" s="14" t="n">
-        <v>125.562</v>
+        <v>122.439</v>
       </c>
       <c r="AT21" s="14" t="n">
-        <v>111.071</v>
+        <v>125.579</v>
       </c>
       <c r="AU21" s="14" t="n">
-        <v>93.348</v>
+        <v>111.065</v>
       </c>
       <c r="AV21" s="14" t="n">
-        <v>83.84</v>
+        <v>93.347</v>
       </c>
       <c r="AW21" s="14" t="n">
-        <v>100.983</v>
+        <v>83.834</v>
       </c>
       <c r="AX21" s="14" t="n">
-        <v>104.059</v>
+        <v>100.997</v>
       </c>
       <c r="AY21" s="14" t="n">
-        <v>135.747</v>
+        <v>104.062</v>
       </c>
       <c r="AZ21" s="14" t="n">
-        <v>147.22</v>
+        <v>135.737</v>
       </c>
       <c r="BA21" s="14" t="n">
-        <v>183.159</v>
+        <v>147.225</v>
       </c>
       <c r="BB21" s="14" t="n">
-        <v>153.84</v>
+        <v>183.138</v>
       </c>
       <c r="BC21" s="14" t="n">
-        <v>106.76</v>
+        <v>153.842</v>
       </c>
       <c r="BD21" s="14" t="n">
-        <v>74.993</v>
+        <v>106.767</v>
       </c>
       <c r="BE21" s="14" t="n">
-        <v>62.26</v>
+        <v>74.987</v>
       </c>
       <c r="BF21" s="14" t="n">
-        <v>55.813</v>
+        <v>62.258</v>
       </c>
       <c r="BG21" s="14" t="n">
+        <v>55.832</v>
+      </c>
+      <c r="BH21" s="14" t="n">
         <v>38.238</v>
       </c>
-      <c r="BH21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI21" s="15" t="n">
+      <c r="BI21" s="14" t="n">
+        <v>36.917</v>
+      </c>
+      <c r="BJ21" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="BK21" s="15" t="n">
         <v>-20.8</v>
       </c>
-      <c r="BJ21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BK21" s="15" t="n">
+      <c r="BL21" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="BM21" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="BL21" s="15" t="n">
+      <c r="BN21" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="BM21" s="15" t="n">
+      <c r="BO21" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="BN21" s="15" t="n">
+      <c r="BP21" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="BO21" s="15" t="n">
+      <c r="BQ21" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BP21" s="15" t="n">
+      <c r="BR21" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="BQ21" s="15" t="n">
+      <c r="BS21" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="BR21" s="15" t="n">
+      <c r="BT21" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="BS21" s="15" t="n">
+      <c r="BU21" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="BT21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BU21" s="15" t="n">
+      <c r="BV21" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="BW21" s="15" t="n">
         <v>-20.3</v>
       </c>
-      <c r="BV21" s="15" t="n">
+      <c r="BX21" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="BW21" s="15" t="n">
+      <c r="BY21" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="BX21" s="15" t="n">
+      <c r="BZ21" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="BY21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ21" s="15" t="n">
+      <c r="CA21" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="CB21" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="CA21" s="15" t="n">
+      <c r="CC21" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CB21" s="15" t="n">
+      <c r="CD21" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="CC21" s="15" t="n">
+      <c r="CE21" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="CD21" s="15" t="n">
+      <c r="CF21" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CE21" s="15" t="n">
+      <c r="CG21" s="15" t="n">
         <v>-13.1</v>
       </c>
-      <c r="CF21" s="15" t="n">
+      <c r="CH21" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="CG21" s="15" t="n">
+      <c r="CI21" s="15" t="n">
         <v>-20.1</v>
       </c>
-      <c r="CH21" s="15" t="n">
+      <c r="CJ21" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="CI21" s="15" t="n">
+      <c r="CK21" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="CJ21" s="15" t="n">
+      <c r="CL21" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CK21" s="15" t="n">
+      <c r="CM21" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="CL21" s="15" t="n">
+      <c r="CN21" s="15" t="n">
         <v>16.2</v>
       </c>
-      <c r="CM21" s="15" t="n">
+      <c r="CO21" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CN21" s="15" t="n">
+      <c r="CP21" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="CO21" s="15" t="n">
+      <c r="CQ21" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="CP21" s="15" t="n">
+      <c r="CR21" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CQ21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CR21" s="15" t="n">
+      <c r="CS21" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="CT21" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="CS21" s="15" t="n">
+      <c r="CU21" s="15" t="n">
         <v>-17.9</v>
       </c>
-      <c r="CT21" s="15" t="n">
+      <c r="CV21" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="CU21" s="15" t="n">
+      <c r="CW21" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="CV21" s="15" t="n">
+      <c r="CX21" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="CW21" s="15" t="n">
+      <c r="CY21" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="CX21" s="15" t="n">
+      <c r="CZ21" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="CY21" s="15" t="n">
+      <c r="DA21" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="CZ21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DA21" s="15" t="n">
+      <c r="DB21" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="DC21" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="DB21" s="15" t="n">
+      <c r="DD21" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="DC21" s="15" t="n">
+      <c r="DE21" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="DD21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DE21" s="15" t="n">
+      <c r="DF21" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DG21" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="DF21" s="15" t="n">
+      <c r="DH21" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="DG21" s="15" t="n">
+      <c r="DI21" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="DH21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DI21" s="15" t="n">
+      <c r="DJ21" s="15" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="DK21" s="15" t="n">
         <v>44.1</v>
       </c>
-      <c r="DJ21" s="15" t="n">
+      <c r="DL21" s="15" t="n">
         <v>42.4</v>
       </c>
-      <c r="DK21" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="DM21" s="15" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="DN21" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="DO21" s="15" t="n">
         <v>46.0</v>
       </c>
-      <c r="DN21" s="15" t="n">
+      <c r="DP21" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="DO21" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DP21" s="15" t="n">
+      <c r="DQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR21" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DS21" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DQ21" s="15" t="n">
+      <c r="DT21" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DR21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DS21" s="15" t="n">
+      <c r="DU21" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DV21" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="DT21" s="15" t="n">
+      <c r="DW21" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DU21" s="15" t="n">
+      <c r="DX21" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DV21" s="15" t="n">
+      <c r="DY21" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="DW21" s="15" t="n">
+      <c r="DZ21" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DX21" s="15" t="n">
+      <c r="EA21" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DY21" s="15" t="n">
+      <c r="EB21" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="DZ21" s="15" t="n">
+      <c r="EC21" s="15" t="n">
         <v>1.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="ED21" s="15" t="n">
         <v>1.9</v>
       </c>
       <c r="EE21" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EF21" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EG21" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EH21" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EF21" s="15" t="n">
+      <c r="EI21" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EG21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EH21" s="15" t="n">
+      <c r="EJ21" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EK21" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="EI21" s="15" t="n">
+      <c r="EL21" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="EJ21" s="15" t="n">
+      <c r="EM21" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EK21" s="15" t="n">
+      <c r="EN21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EO21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EP21" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EQ21" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="ER21" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="ES21" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="ET21" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EU21" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EV21" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EL21" s="15" t="n">
+      <c r="EW21" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EX21" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EM21" s="15" t="n">
-[...8 lines deleted...]
-      <c r="EP21" s="15" t="n">
+      <c r="EY21" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="EZ21" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="FA21" s="15" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="FB21" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="FC21" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EQ21" s="15" t="n">
-[...29 lines deleted...]
-      <c r="FA21" s="15" t="n">
+      <c r="FD21" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="FB21" s="15" t="n">
+      <c r="FE21" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="FC21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FD21" s="15" t="n">
+      <c r="FF21" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="FG21" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="FE21" s="15" t="n">
+      <c r="FH21" s="15" t="n">
         <v>32.2</v>
       </c>
-      <c r="FF21" s="15" t="n">
+      <c r="FI21" s="15" t="n">
         <v>63.3</v>
       </c>
-      <c r="FG21" s="15" t="n">
+      <c r="FJ21" s="15" t="n">
         <v>101.7</v>
       </c>
-      <c r="FH21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FI21" s="15" t="n">
+      <c r="FK21" s="15" t="n">
+        <v>98.9</v>
+      </c>
+      <c r="FL21" s="15" t="n">
         <v>144.1</v>
       </c>
-      <c r="FJ21" s="15" t="n">
-[...15 lines deleted...]
-        </is>
+      <c r="FM21" s="15" t="n">
+        <v>127.1</v>
       </c>
       <c r="FN21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FS21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FT21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FU21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FV21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FW21" s="15" t="n">
+      <c r="FW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ21" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GA21" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FX21" s="15" t="n">
+      <c r="GB21" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FY21" s="15" t="n">
+      <c r="GC21" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FZ21" s="15" t="n">
+      <c r="GD21" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GA21" s="15" t="n">
+      <c r="GE21" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GB21" s="15" t="n">
+      <c r="GF21" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GC21" s="15" t="n">
+      <c r="GG21" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GD21" s="15" t="n">
+      <c r="GH21" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GE21" s="15" t="n">
+      <c r="GI21" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GF21" s="15" t="n">
+      <c r="GJ21" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GG21" s="15" t="n">
+      <c r="GK21" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GH21" s="15" t="n">
+      <c r="GL21" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GI21" s="15" t="n">
+      <c r="GM21" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GJ21" s="15" t="n">
+      <c r="GN21" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GK21" s="15" t="n">
+      <c r="GO21" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.7</v>
       </c>
       <c r="GP21" s="15" t="n">
         <v>2.4</v>
       </c>
       <c r="GQ21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GR21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GS21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GT21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GU21" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GR21" s="15" t="n">
+      <c r="GV21" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GS21" s="15" t="n">
+      <c r="GW21" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GT21" s="15" t="n">
+      <c r="GX21" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GU21" s="15" t="n">
+      <c r="GY21" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GV21" s="15" t="n">
+      <c r="GZ21" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="GW21" s="15" t="n">
+      <c r="HA21" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="GX21" s="15" t="n">
+      <c r="HB21" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="GY21" s="15" t="n">
+      <c r="HC21" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="GZ21" s="15" t="n">
+      <c r="HD21" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="HA21" s="15" t="n">
+      <c r="HE21" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="HB21" s="15" t="n">
+      <c r="HF21" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="HC21" s="15" t="n">
+      <c r="HG21" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="HD21" s="15" t="n">
+      <c r="HH21" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="HE21" s="15" t="n">
+      <c r="HI21" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="HF21" s="15" t="n">
+      <c r="HJ21" s="15" t="n">
         <v>26.1</v>
       </c>
-      <c r="HG21" s="15" t="n">
+      <c r="HK21" s="15" t="n">
         <v>27.1</v>
       </c>
-      <c r="HH21" s="15" t="n">
+      <c r="HL21" s="15" t="n">
         <v>29.5</v>
       </c>
-      <c r="HI21" s="15" t="n">
+      <c r="HM21" s="15" t="n">
         <v>34.6</v>
       </c>
-      <c r="HJ21" s="15" t="n">
+      <c r="HN21" s="15" t="n">
         <v>42.5</v>
       </c>
-      <c r="HK21" s="15" t="n">
+      <c r="HO21" s="15" t="n">
         <v>59.4</v>
       </c>
-      <c r="HL21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HM21" s="15" t="n">
+      <c r="HP21" s="15" t="n">
+        <v>80.6</v>
+      </c>
+      <c r="HQ21" s="15" t="n">
         <v>99.9</v>
       </c>
-      <c r="HN21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HO21" s="15" t="n">
+      <c r="HR21" s="15" t="n">
+        <v>114.1</v>
+      </c>
+      <c r="HS21" s="15" t="n">
         <v>120.1</v>
       </c>
-      <c r="HP21" s="15" t="n">
-[...23 lines deleted...]
-        </is>
+      <c r="HT21" s="15" t="n">
+        <v>135.8</v>
+      </c>
+      <c r="HU21" s="15" t="n">
+        <v>127.1</v>
       </c>
       <c r="HV21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    55 Servicios de alojamiento</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>115.386</v>
+        <v>114.849</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>171.863</v>
+        <v>115.487</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>200.944</v>
+        <v>171.786</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>247.566</v>
+        <v>200.93</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>231.833</v>
+        <v>247.586</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>187.311</v>
+        <v>231.822</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>133.09</v>
+        <v>187.329</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>156.879</v>
+        <v>133.088</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>134.509</v>
+        <v>156.862</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>111.348</v>
+        <v>134.515</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>103.296</v>
+        <v>111.347</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>114.789</v>
+        <v>103.291</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>116.822</v>
+        <v>114.799</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>171.635</v>
+        <v>116.813</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>194.942</v>
+        <v>171.627</v>
       </c>
       <c r="Q22" s="14" t="n">
-        <v>244.97</v>
+        <v>194.96</v>
       </c>
       <c r="R22" s="14" t="n">
-        <v>230.936</v>
+        <v>244.965</v>
       </c>
       <c r="S22" s="14" t="n">
-        <v>175.624</v>
+        <v>230.9</v>
       </c>
       <c r="T22" s="14" t="n">
-        <v>132.19</v>
+        <v>175.641</v>
       </c>
       <c r="U22" s="14" t="n">
-        <v>159.615</v>
+        <v>132.183</v>
       </c>
       <c r="V22" s="14" t="n">
-        <v>131.829</v>
+        <v>159.605</v>
       </c>
       <c r="W22" s="14" t="n">
-        <v>111.465</v>
+        <v>131.838</v>
       </c>
       <c r="X22" s="14" t="n">
-        <v>98.147</v>
+        <v>111.471</v>
       </c>
       <c r="Y22" s="14" t="n">
-        <v>110.172</v>
+        <v>98.132</v>
       </c>
       <c r="Z22" s="14" t="n">
-        <v>112.089</v>
+        <v>110.181</v>
       </c>
       <c r="AA22" s="14" t="n">
-        <v>164.928</v>
+        <v>112.084</v>
       </c>
       <c r="AB22" s="14" t="n">
-        <v>189.095</v>
+        <v>164.942</v>
       </c>
       <c r="AC22" s="14" t="n">
-        <v>243.287</v>
+        <v>189.081</v>
       </c>
       <c r="AD22" s="14" t="n">
-        <v>227.428</v>
+        <v>243.276</v>
       </c>
       <c r="AE22" s="14" t="n">
-        <v>173.594</v>
+        <v>227.437</v>
       </c>
       <c r="AF22" s="14" t="n">
-        <v>126.934</v>
+        <v>173.6</v>
       </c>
       <c r="AG22" s="14" t="n">
-        <v>152.051</v>
+        <v>126.914</v>
       </c>
       <c r="AH22" s="14" t="n">
-        <v>128.8</v>
+        <v>152.064</v>
       </c>
       <c r="AI22" s="14" t="n">
-        <v>102.919</v>
+        <v>128.794</v>
       </c>
       <c r="AJ22" s="14" t="n">
-        <v>93.739</v>
+        <v>102.918</v>
       </c>
       <c r="AK22" s="14" t="n">
-        <v>109.071</v>
+        <v>93.747</v>
       </c>
       <c r="AL22" s="14" t="n">
-        <v>109.402</v>
+        <v>109.069</v>
       </c>
       <c r="AM22" s="14" t="n">
-        <v>152.651</v>
+        <v>109.391</v>
       </c>
       <c r="AN22" s="14" t="n">
-        <v>172.831</v>
+        <v>152.658</v>
       </c>
       <c r="AO22" s="14" t="n">
-        <v>231.211</v>
+        <v>172.837</v>
       </c>
       <c r="AP22" s="14" t="n">
-        <v>212.827</v>
+        <v>231.175</v>
       </c>
       <c r="AQ22" s="14" t="n">
-        <v>161.958</v>
+        <v>212.844</v>
       </c>
       <c r="AR22" s="14" t="n">
-        <v>117.851</v>
+        <v>161.952</v>
       </c>
       <c r="AS22" s="14" t="n">
-        <v>143.932</v>
+        <v>117.861</v>
       </c>
       <c r="AT22" s="14" t="n">
-        <v>113.443</v>
+        <v>143.92</v>
       </c>
       <c r="AU22" s="14" t="n">
-        <v>86.599</v>
+        <v>113.439</v>
       </c>
       <c r="AV22" s="14" t="n">
-        <v>71.234</v>
+        <v>86.598</v>
       </c>
       <c r="AW22" s="14" t="n">
-        <v>89.898</v>
+        <v>71.237</v>
       </c>
       <c r="AX22" s="14" t="n">
-        <v>99.053</v>
+        <v>89.893</v>
       </c>
       <c r="AY22" s="14" t="n">
-        <v>149.336</v>
+        <v>99.046</v>
       </c>
       <c r="AZ22" s="14" t="n">
-        <v>169.425</v>
+        <v>149.348</v>
       </c>
       <c r="BA22" s="14" t="n">
-        <v>230.255</v>
+        <v>169.418</v>
       </c>
       <c r="BB22" s="14" t="n">
-        <v>179.182</v>
+        <v>230.275</v>
       </c>
       <c r="BC22" s="14" t="n">
-        <v>103.924</v>
+        <v>179.178</v>
       </c>
       <c r="BD22" s="14" t="n">
-        <v>53.779</v>
+        <v>103.913</v>
       </c>
       <c r="BE22" s="14" t="n">
-        <v>46.796</v>
+        <v>53.781</v>
       </c>
       <c r="BF22" s="14" t="n">
-        <v>33.732</v>
+        <v>46.797</v>
       </c>
       <c r="BG22" s="14" t="n">
+        <v>33.727</v>
+      </c>
+      <c r="BH22" s="14" t="n">
         <v>22.961</v>
       </c>
-      <c r="BH22" s="14" t="n">
-[...3 lines deleted...]
-        <v>-32.9</v>
+      <c r="BI22" s="14" t="n">
+        <v>21.663</v>
       </c>
       <c r="BJ22" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="BK22" s="15" t="n">
+        <v>-32.8</v>
+      </c>
+      <c r="BL22" s="15" t="n">
         <v>-14.5</v>
       </c>
-      <c r="BK22" s="15" t="n">
+      <c r="BM22" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="BL22" s="15" t="n">
+      <c r="BN22" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="BM22" s="15" t="n">
+      <c r="BO22" s="15" t="n">
         <v>23.8</v>
       </c>
-      <c r="BN22" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BO22" s="15" t="n">
+      <c r="BP22" s="15" t="n">
+        <v>40.8</v>
+      </c>
+      <c r="BQ22" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="BP22" s="15" t="n">
+      <c r="BR22" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="BQ22" s="15" t="n">
+      <c r="BS22" s="15" t="n">
         <v>20.8</v>
       </c>
-      <c r="BR22" s="15" t="n">
+      <c r="BT22" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="BS22" s="15" t="n">
+      <c r="BU22" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="BT22" s="15" t="n">
+      <c r="BV22" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="BU22" s="15" t="n">
+      <c r="BW22" s="15" t="n">
         <v>-31.9</v>
       </c>
-      <c r="BV22" s="15" t="n">
+      <c r="BX22" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="BW22" s="15" t="n">
+      <c r="BY22" s="15" t="n">
         <v>-20.4</v>
       </c>
-      <c r="BX22" s="15" t="n">
+      <c r="BZ22" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="BY22" s="15" t="n">
+      <c r="CA22" s="15" t="n">
         <v>31.5</v>
       </c>
-      <c r="BZ22" s="15" t="n">
+      <c r="CB22" s="15" t="n">
         <v>32.9</v>
       </c>
-      <c r="CA22" s="15" t="n">
+      <c r="CC22" s="15" t="n">
         <v>-17.2</v>
       </c>
-      <c r="CB22" s="15" t="n">
+      <c r="CD22" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="CC22" s="15" t="n">
+      <c r="CE22" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="CD22" s="15" t="n">
+      <c r="CF22" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="CE22" s="15" t="n">
+      <c r="CG22" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="CF22" s="15" t="n">
+      <c r="CH22" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="CG22" s="15" t="n">
+      <c r="CI22" s="15" t="n">
         <v>-32.0</v>
       </c>
-      <c r="CH22" s="15" t="n">
+      <c r="CJ22" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="CI22" s="15" t="n">
+      <c r="CK22" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="CJ22" s="15" t="n">
+      <c r="CL22" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="CK22" s="15" t="n">
+      <c r="CM22" s="15" t="n">
         <v>31.0</v>
       </c>
-      <c r="CL22" s="15" t="n">
+      <c r="CN22" s="15" t="n">
         <v>36.8</v>
       </c>
-      <c r="CM22" s="15" t="n">
+      <c r="CO22" s="15" t="n">
         <v>-16.5</v>
       </c>
-      <c r="CN22" s="15" t="n">
+      <c r="CP22" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="CO22" s="15" t="n">
+      <c r="CQ22" s="15" t="n">
         <v>25.1</v>
       </c>
-      <c r="CP22" s="15" t="n">
+      <c r="CR22" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="CQ22" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CR22" s="15" t="n">
+      <c r="CS22" s="15" t="n">
+        <v>-14.0</v>
+      </c>
+      <c r="CT22" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CS22" s="15" t="n">
+      <c r="CU22" s="15" t="n">
         <v>-28.3</v>
       </c>
-      <c r="CT22" s="15" t="n">
+      <c r="CV22" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="CU22" s="15" t="n">
+      <c r="CW22" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="CV22" s="15" t="n">
+      <c r="CX22" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="CW22" s="15" t="n">
+      <c r="CY22" s="15" t="n">
         <v>31.4</v>
       </c>
-      <c r="CX22" s="15" t="n">
+      <c r="CZ22" s="15" t="n">
         <v>37.4</v>
       </c>
-      <c r="CY22" s="15" t="n">
+      <c r="DA22" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="CZ22" s="15" t="n">
+      <c r="DB22" s="15" t="n">
         <v>26.9</v>
       </c>
-      <c r="DA22" s="15" t="n">
+      <c r="DC22" s="15" t="n">
         <v>31.0</v>
       </c>
-      <c r="DB22" s="15" t="n">
+      <c r="DD22" s="15" t="n">
         <v>21.6</v>
       </c>
-      <c r="DC22" s="15" t="n">
+      <c r="DE22" s="15" t="n">
         <v>-20.8</v>
       </c>
-      <c r="DD22" s="15" t="n">
+      <c r="DF22" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="DE22" s="15" t="n">
+      <c r="DG22" s="15" t="n">
         <v>-33.7</v>
       </c>
-      <c r="DF22" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DG22" s="15" t="n">
+      <c r="DH22" s="15" t="n">
+        <v>-11.8</v>
+      </c>
+      <c r="DI22" s="15" t="n">
         <v>-26.4</v>
       </c>
-      <c r="DH22" s="15" t="n">
+      <c r="DJ22" s="15" t="n">
         <v>28.5</v>
       </c>
-      <c r="DI22" s="15" t="n">
+      <c r="DK22" s="15" t="n">
         <v>72.4</v>
       </c>
-      <c r="DJ22" s="15" t="n">
+      <c r="DL22" s="15" t="n">
         <v>93.2</v>
       </c>
-      <c r="DK22" s="15" t="n">
+      <c r="DM22" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="DL22" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DM22" s="15" t="n">
+      <c r="DN22" s="15" t="n">
+        <v>38.8</v>
+      </c>
+      <c r="DO22" s="15" t="n">
         <v>46.9</v>
       </c>
-      <c r="DN22" s="15" t="n">
+      <c r="DP22" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="DO22" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DQ22" s="15" t="n">
+      <c r="DQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DS22" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="DT22" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DR22" s="15" t="n">
+      <c r="DU22" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="DS22" s="15" t="n">
+      <c r="DV22" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DT22" s="15" t="n">
+      <c r="DW22" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DU22" s="15" t="n">
+      <c r="DX22" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="DV22" s="15" t="n">
+      <c r="DY22" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DW22" s="15" t="n">
+      <c r="DZ22" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="DX22" s="15" t="n">
+      <c r="EA22" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DY22" s="15" t="n">
+      <c r="EB22" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DZ22" s="15" t="n">
+      <c r="EC22" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="ED22" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EE22" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EF22" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EG22" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EH22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EI22" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EJ22" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EK22" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EL22" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EM22" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EN22" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="EO22" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EP22" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EQ22" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="ER22" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="ES22" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="ET22" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EA22" s="15" t="n">
-[...8 lines deleted...]
-      <c r="ED22" s="15" t="n">
+      <c r="EU22" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="EV22" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="EW22" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EX22" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EY22" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="EZ22" s="15" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="FA22" s="15" t="n">
+        <v>31.6</v>
+      </c>
+      <c r="FB22" s="15" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="FC22" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="FD22" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FE22" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FF22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FG22" s="15" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="FH22" s="15" t="n">
+        <v>55.9</v>
+      </c>
+      <c r="FI22" s="15" t="n">
+        <v>119.2</v>
+      </c>
+      <c r="FJ22" s="15" t="n">
+        <v>207.5</v>
+      </c>
+      <c r="FK22" s="15" t="n">
+        <v>236.3</v>
+      </c>
+      <c r="FL22" s="15" t="n">
+        <v>277.2</v>
+      </c>
+      <c r="FM22" s="15" t="n">
+        <v>228.8</v>
+      </c>
+      <c r="FN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ22" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GA22" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GB22" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GC22" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GD22" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GE22" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GF22" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GG22" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GH22" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GI22" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GJ22" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GK22" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GL22" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GM22" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EE22" s="15" t="n">
-[...20 lines deleted...]
-      <c r="EL22" s="15" t="n">
+      <c r="GN22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GO22" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GP22" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GQ22" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GR22" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GS22" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GT22" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GU22" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GV22" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="GW22" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EM22" s="15" t="n">
-[...8 lines deleted...]
-      <c r="EP22" s="15" t="n">
+      <c r="GX22" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="GY22" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="GZ22" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="EQ22" s="15" t="n">
-[...20 lines deleted...]
-      <c r="EX22" s="15" t="n">
+      <c r="HA22" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="HB22" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="HC22" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="HD22" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="HE22" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="HF22" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="HG22" s="15" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="HH22" s="15" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="HI22" s="15" t="n">
         <v>31.6</v>
       </c>
-      <c r="EY22" s="15" t="n">
-[...203 lines deleted...]
-      <c r="HG22" s="15" t="n">
+      <c r="HJ22" s="15" t="n">
+        <v>40.2</v>
+      </c>
+      <c r="HK22" s="15" t="n">
         <v>41.8</v>
       </c>
-      <c r="HH22" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HI22" s="15" t="n">
+      <c r="HL22" s="15" t="n">
+        <v>44.8</v>
+      </c>
+      <c r="HM22" s="15" t="n">
         <v>52.2</v>
       </c>
-      <c r="HJ22" s="15" t="n">
+      <c r="HN22" s="15" t="n">
         <v>64.5</v>
       </c>
-      <c r="HK22" s="15" t="n">
+      <c r="HO22" s="15" t="n">
         <v>96.5</v>
       </c>
-      <c r="HL22" s="15" t="n">
+      <c r="HP22" s="15" t="n">
         <v>145.7</v>
       </c>
-      <c r="HM22" s="15" t="n">
+      <c r="HQ22" s="15" t="n">
         <v>197.9</v>
       </c>
-      <c r="HN22" s="15" t="n">
+      <c r="HR22" s="15" t="n">
         <v>231.8</v>
       </c>
-      <c r="HO22" s="15" t="n">
+      <c r="HS22" s="15" t="n">
         <v>246.2</v>
       </c>
-      <c r="HP22" s="15" t="n">
+      <c r="HT22" s="15" t="n">
         <v>253.7</v>
       </c>
-      <c r="HQ22" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU22" s="15" t="n">
+        <v>228.8</v>
       </c>
       <c r="HV22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    56 Servicios de comidas y bebidas</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>115.887</v>
+        <v>126.738</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>131.762</v>
+        <v>115.896</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>132.34</v>
+        <v>131.717</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>144.781</v>
+        <v>132.347</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>150.162</v>
+        <v>144.758</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>139.36</v>
+        <v>150.165</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>136.918</v>
+        <v>139.336</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>126.755</v>
+        <v>136.948</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>120.395</v>
+        <v>126.822</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>106.98</v>
+        <v>120.357</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>109.425</v>
+        <v>106.982</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>128.962</v>
+        <v>109.412</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>115.971</v>
+        <v>128.9</v>
       </c>
       <c r="O23" s="14" t="n">
-        <v>132.805</v>
+        <v>115.972</v>
       </c>
       <c r="P23" s="14" t="n">
-        <v>135.371</v>
+        <v>132.81</v>
       </c>
       <c r="Q23" s="14" t="n">
-        <v>148.825</v>
+        <v>135.348</v>
       </c>
       <c r="R23" s="14" t="n">
-        <v>150.095</v>
+        <v>148.858</v>
       </c>
       <c r="S23" s="14" t="n">
-        <v>139.791</v>
+        <v>150.151</v>
       </c>
       <c r="T23" s="14" t="n">
-        <v>135.431</v>
+        <v>139.769</v>
       </c>
       <c r="U23" s="14" t="n">
-        <v>125.481</v>
+        <v>135.412</v>
       </c>
       <c r="V23" s="14" t="n">
-        <v>123.339</v>
+        <v>125.498</v>
       </c>
       <c r="W23" s="14" t="n">
-        <v>109.271</v>
+        <v>123.336</v>
       </c>
       <c r="X23" s="14" t="n">
-        <v>110.783</v>
+        <v>109.232</v>
       </c>
       <c r="Y23" s="14" t="n">
-        <v>128.765</v>
+        <v>110.83</v>
       </c>
       <c r="Z23" s="14" t="n">
-        <v>113.945</v>
+        <v>128.708</v>
       </c>
       <c r="AA23" s="14" t="n">
-        <v>130.374</v>
+        <v>113.904</v>
       </c>
       <c r="AB23" s="14" t="n">
-        <v>133.601</v>
+        <v>130.41</v>
       </c>
       <c r="AC23" s="14" t="n">
-        <v>143.722</v>
+        <v>133.63</v>
       </c>
       <c r="AD23" s="14" t="n">
-        <v>147.031</v>
+        <v>143.717</v>
       </c>
       <c r="AE23" s="14" t="n">
-        <v>137.681</v>
+        <v>147.004</v>
       </c>
       <c r="AF23" s="14" t="n">
-        <v>130.578</v>
+        <v>137.661</v>
       </c>
       <c r="AG23" s="14" t="n">
-        <v>124.802</v>
+        <v>130.63</v>
       </c>
       <c r="AH23" s="14" t="n">
-        <v>122.516</v>
+        <v>124.798</v>
       </c>
       <c r="AI23" s="14" t="n">
-        <v>104.466</v>
+        <v>122.521</v>
       </c>
       <c r="AJ23" s="14" t="n">
-        <v>107.693</v>
+        <v>104.468</v>
       </c>
       <c r="AK23" s="14" t="n">
-        <v>124.132</v>
+        <v>107.676</v>
       </c>
       <c r="AL23" s="14" t="n">
-        <v>112.383</v>
+        <v>124.173</v>
       </c>
       <c r="AM23" s="14" t="n">
-        <v>125.798</v>
+        <v>112.422</v>
       </c>
       <c r="AN23" s="14" t="n">
-        <v>131.363</v>
+        <v>125.735</v>
       </c>
       <c r="AO23" s="14" t="n">
-        <v>146.289</v>
+        <v>131.344</v>
       </c>
       <c r="AP23" s="14" t="n">
-        <v>147.189</v>
+        <v>146.348</v>
       </c>
       <c r="AQ23" s="14" t="n">
-        <v>136.167</v>
+        <v>147.198</v>
       </c>
       <c r="AR23" s="14" t="n">
-        <v>131.039</v>
+        <v>136.162</v>
       </c>
       <c r="AS23" s="14" t="n">
-        <v>121.661</v>
+        <v>131.046</v>
       </c>
       <c r="AT23" s="14" t="n">
-        <v>113.374</v>
+        <v>121.703</v>
       </c>
       <c r="AU23" s="14" t="n">
-        <v>100.175</v>
+        <v>113.362</v>
       </c>
       <c r="AV23" s="14" t="n">
-        <v>95.565</v>
+        <v>100.177</v>
       </c>
       <c r="AW23" s="14" t="n">
-        <v>113.358</v>
+        <v>95.585</v>
       </c>
       <c r="AX23" s="14" t="n">
-        <v>107.528</v>
+        <v>113.347</v>
       </c>
       <c r="AY23" s="14" t="n">
+        <v>107.537</v>
+      </c>
+      <c r="AZ23" s="14" t="n">
         <v>122.608</v>
       </c>
-      <c r="AZ23" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BA23" s="14" t="n">
-        <v>136.195</v>
+        <v>125.352</v>
       </c>
       <c r="BB23" s="14" t="n">
-        <v>127.448</v>
+        <v>136.202</v>
       </c>
       <c r="BC23" s="14" t="n">
-        <v>109.752</v>
+        <v>127.427</v>
       </c>
       <c r="BD23" s="14" t="n">
-        <v>97.047</v>
+        <v>109.796</v>
       </c>
       <c r="BE23" s="14" t="n">
-        <v>77.976</v>
+        <v>97.031</v>
       </c>
       <c r="BF23" s="14" t="n">
-        <v>76.145</v>
+        <v>77.96</v>
       </c>
       <c r="BG23" s="14" t="n">
-        <v>51.707</v>
+        <v>76.178</v>
       </c>
       <c r="BH23" s="14" t="n">
-        <v>54.879</v>
-[...1 lines deleted...]
-      <c r="BI23" s="15" t="n">
+        <v>51.709</v>
+      </c>
+      <c r="BI23" s="14" t="n">
+        <v>54.853</v>
+      </c>
+      <c r="BJ23" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="BK23" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="BJ23" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BK23" s="15" t="n">
+      <c r="BL23" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="BM23" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="BL23" s="15" t="n">
+      <c r="BN23" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="BM23" s="15" t="n">
+      <c r="BO23" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="BN23" s="15" t="n">
+      <c r="BP23" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="BQ23" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="BR23" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="BS23" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="BT23" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="BU23" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="BV23" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="BW23" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="BX23" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BY23" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="BZ23" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CA23" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CB23" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CC23" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="CD23" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="BO23" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BR23" s="15" t="n">
+      <c r="CE23" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="CF23" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="CG23" s="15" t="n">
+        <v>-13.9</v>
+      </c>
+      <c r="CH23" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="CI23" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="CJ23" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CK23" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="CL23" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="BS23" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BV23" s="15" t="n">
+      <c r="CM23" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CN23" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="CO23" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="CP23" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="CQ23" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="CR23" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="CS23" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="CT23" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="CU23" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="CV23" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="CW23" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="CX23" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="CY23" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CZ23" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DA23" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="DB23" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DC23" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="DD23" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DE23" s="15" t="n">
+        <v>-15.7</v>
+      </c>
+      <c r="DF23" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DG23" s="15" t="n">
+        <v>-12.3</v>
+      </c>
+      <c r="DH23" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="DI23" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="DJ23" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="DK23" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="DL23" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="DM23" s="15" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="DN23" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DO23" s="15" t="n">
+        <v>47.3</v>
+      </c>
+      <c r="DP23" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="DQ23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR23" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="DS23" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DT23" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="DU23" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="DV23" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DW23" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DX23" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DY23" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DZ23" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EA23" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="EB23" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="EC23" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="ED23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EE23" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EF23" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EG23" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EH23" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EI23" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EJ23" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EK23" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EL23" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EM23" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EN23" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EO23" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EP23" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EQ23" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="ER23" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="ES23" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="ET23" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="EU23" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EV23" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EW23" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EX23" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EY23" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="EZ23" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="FA23" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="FB23" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="FC23" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FD23" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FE23" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="FF23" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="FG23" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="FH23" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="FI23" s="15" t="n">
+        <v>35.1</v>
+      </c>
+      <c r="FJ23" s="15" t="n">
+        <v>56.1</v>
+      </c>
+      <c r="FK23" s="15" t="n">
+        <v>48.8</v>
+      </c>
+      <c r="FL23" s="15" t="n">
+        <v>93.7</v>
+      </c>
+      <c r="FM23" s="15" t="n">
+        <v>74.3</v>
+      </c>
+      <c r="FN23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ23" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GA23" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GB23" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GC23" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GD23" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GE23" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GF23" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GG23" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GH23" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="GI23" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="BW23" s="15" t="n">
-[...364 lines deleted...]
-      <c r="GF23" s="15" t="n">
+      <c r="GJ23" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="GG23" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GH23" s="15" t="n">
+      <c r="GK23" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="GL23" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.4</v>
       </c>
       <c r="GM23" s="15" t="n">
         <v>2.2</v>
       </c>
       <c r="GN23" s="15" t="n">
         <v>2.2</v>
       </c>
       <c r="GO23" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GP23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GP23" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="GQ23" s="15" t="n">
-        <v>2.6</v>
+        <v>2.2</v>
       </c>
       <c r="GR23" s="15" t="n">
-        <v>3.7</v>
+        <v>2.2</v>
       </c>
       <c r="GS23" s="15" t="n">
-        <v>2.9</v>
+        <v>2.4</v>
       </c>
       <c r="GT23" s="15" t="n">
-        <v>2.7</v>
+        <v>2.1</v>
       </c>
       <c r="GU23" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="GV23" s="15" t="n">
-        <v>2.7</v>
+        <v>3.7</v>
       </c>
       <c r="GW23" s="15" t="n">
-        <v>2.6</v>
+        <v>2.9</v>
       </c>
       <c r="GX23" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="GY23" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GZ23" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HA23" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="HB23" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HC23" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="GZ23" s="15" t="n">
+      <c r="HD23" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="HA23" s="15" t="n">
+      <c r="HE23" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="HB23" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HC23" s="15" t="n">
+      <c r="HF23" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="HG23" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="HD23" s="15" t="n">
+      <c r="HH23" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="HE23" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HF23" s="15" t="n">
+      <c r="HI23" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="HJ23" s="15" t="n">
         <v>23.8</v>
       </c>
-      <c r="HG23" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HH23" s="15" t="n">
+      <c r="HK23" s="15" t="n">
+        <v>25.3</v>
+      </c>
+      <c r="HL23" s="15" t="n">
         <v>27.5</v>
       </c>
-      <c r="HI23" s="15" t="n">
+      <c r="HM23" s="15" t="n">
         <v>31.1</v>
       </c>
-      <c r="HJ23" s="15" t="n">
+      <c r="HN23" s="15" t="n">
         <v>35.6</v>
       </c>
-      <c r="HK23" s="15" t="n">
+      <c r="HO23" s="15" t="n">
         <v>42.1</v>
       </c>
-      <c r="HL23" s="15" t="n">
+      <c r="HP23" s="15" t="n">
         <v>49.3</v>
       </c>
-      <c r="HM23" s="15" t="n">
-[...5 lines deleted...]
-      <c r="HO23" s="15" t="n">
+      <c r="HQ23" s="15" t="n">
+        <v>57.1</v>
+      </c>
+      <c r="HR23" s="15" t="n">
+        <v>65.3</v>
+      </c>
+      <c r="HS23" s="15" t="n">
         <v>69.2</v>
       </c>
-      <c r="HP23" s="15" t="n">
-[...23 lines deleted...]
-        </is>
+      <c r="HT23" s="15" t="n">
+        <v>83.7</v>
+      </c>
+      <c r="HU23" s="15" t="n">
+        <v>74.3</v>
       </c>
       <c r="HV23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.3 Información y comunicaciones</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>123.167</v>
+        <v>153.677</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>125.554</v>
+        <v>123.155</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>120.417</v>
+        <v>125.527</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>100.345</v>
+        <v>120.385</v>
       </c>
       <c r="F24" s="14" t="n">
+        <v>100.348</v>
+      </c>
+      <c r="G24" s="14" t="n">
         <v>122.804</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>121.417</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>114.502</v>
       </c>
-      <c r="I24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J24" s="14" t="n">
-        <v>115.756</v>
+        <v>116.107</v>
       </c>
       <c r="K24" s="14" t="n">
+        <v>115.771</v>
+      </c>
+      <c r="L24" s="14" t="n">
         <v>106.225</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>115.46</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>140.378</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>122.821</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>121.018</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>117.443</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>99.945</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>122.046</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>117.945</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="U24" s="14" t="n">
         <v>113.046</v>
       </c>
-      <c r="U24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="V24" s="14" t="n">
-        <v>116.453</v>
+        <v>113.834</v>
       </c>
       <c r="W24" s="14" t="n">
+        <v>116.441</v>
+      </c>
+      <c r="X24" s="14" t="n">
         <v>105.306</v>
       </c>
-      <c r="X24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>112.02</v>
       </c>
-      <c r="Y24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
         <v>135.719</v>
       </c>
-      <c r="Z24" s="14" t="n">
+      <c r="AA24" s="14" t="n">
         <v>119.785</v>
       </c>
-      <c r="AA24" s="14" t="n">
+      <c r="AB24" s="14" t="n">
         <v>115.273</v>
       </c>
-      <c r="AB24" s="14" t="n">
+      <c r="AC24" s="14" t="n">
         <v>114.887</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AD24" s="14" t="n">
         <v>94.912</v>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AE24" s="14" t="n">
         <v>115.355</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AF24" s="14" t="n">
         <v>120.172</v>
       </c>
-      <c r="AF24" s="14" t="n">
+      <c r="AG24" s="14" t="n">
         <v>108.219</v>
       </c>
-      <c r="AG24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AH24" s="14" t="n">
-        <v>113.151</v>
+        <v>109.011</v>
       </c>
       <c r="AI24" s="14" t="n">
+        <v>113.166</v>
+      </c>
+      <c r="AJ24" s="14" t="n">
         <v>100.338</v>
       </c>
-      <c r="AJ24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>106.203</v>
       </c>
-      <c r="AK24" s="14" t="n">
+      <c r="AL24" s="14" t="n">
         <v>133.592</v>
       </c>
-      <c r="AL24" s="14" t="n">
+      <c r="AM24" s="14" t="n">
         <v>114.801</v>
       </c>
-      <c r="AM24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>108.691</v>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>111.249</v>
       </c>
-      <c r="AO24" s="14" t="n">
+      <c r="AP24" s="14" t="n">
         <v>94.696</v>
       </c>
-      <c r="AP24" s="14" t="n">
+      <c r="AQ24" s="14" t="n">
         <v>104.112</v>
       </c>
-      <c r="AQ24" s="14" t="n">
+      <c r="AR24" s="14" t="n">
         <v>116.132</v>
       </c>
-      <c r="AR24" s="14" t="n">
+      <c r="AS24" s="14" t="n">
         <v>104.46</v>
       </c>
-      <c r="AS24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AT24" s="14" t="n">
-        <v>108.391</v>
+        <v>100.934</v>
       </c>
       <c r="AU24" s="14" t="n">
+        <v>108.405</v>
+      </c>
+      <c r="AV24" s="14" t="n">
         <v>95.432</v>
       </c>
-      <c r="AV24" s="14" t="n">
+      <c r="AW24" s="14" t="n">
         <v>99.527</v>
       </c>
-      <c r="AW24" s="14" t="n">
+      <c r="AX24" s="14" t="n">
         <v>125.705</v>
       </c>
-      <c r="AX24" s="14" t="n">
+      <c r="AY24" s="14" t="n">
         <v>111.197</v>
       </c>
-      <c r="AY24" s="14" t="n">
+      <c r="AZ24" s="14" t="n">
         <v>101.078</v>
       </c>
-      <c r="AZ24" s="14" t="n">
+      <c r="BA24" s="14" t="n">
         <v>102.104</v>
       </c>
-      <c r="BA24" s="14" t="n">
+      <c r="BB24" s="14" t="n">
         <v>85.048</v>
       </c>
-      <c r="BB24" s="14" t="n">
+      <c r="BC24" s="14" t="n">
         <v>98.365</v>
       </c>
-      <c r="BC24" s="14" t="n">
+      <c r="BD24" s="14" t="n">
         <v>106.103</v>
       </c>
-      <c r="BD24" s="14" t="n">
+      <c r="BE24" s="14" t="n">
         <v>94.006</v>
       </c>
-      <c r="BE24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BF24" s="14" t="n">
-        <v>100.98</v>
+        <v>95.526</v>
       </c>
       <c r="BG24" s="14" t="n">
+        <v>100.983</v>
+      </c>
+      <c r="BH24" s="14" t="n">
         <v>89.069</v>
       </c>
-      <c r="BH24" s="14" t="n">
+      <c r="BI24" s="14" t="n">
         <v>90.817</v>
       </c>
-      <c r="BI24" s="15" t="n">
+      <c r="BJ24" s="15" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="BK24" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="BJ24" s="15" t="n">
+      <c r="BL24" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="BK24" s="15" t="n">
+      <c r="BM24" s="15" t="n">
         <v>20.0</v>
       </c>
-      <c r="BL24" s="15" t="n">
+      <c r="BN24" s="15" t="n">
         <v>-18.3</v>
       </c>
-      <c r="BM24" s="15" t="n">
+      <c r="BO24" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BN24" s="15" t="n">
+      <c r="BP24" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="BO24" s="15" t="n">
+      <c r="BQ24" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="BP24" s="15" t="n">
+      <c r="BR24" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="BQ24" s="15" t="n">
+      <c r="BS24" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="BR24" s="15" t="n">
+      <c r="BT24" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="BS24" s="15" t="n">
+      <c r="BU24" s="15" t="n">
         <v>-17.8</v>
       </c>
-      <c r="BT24" s="15" t="n">
+      <c r="BV24" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="BU24" s="15" t="n">
+      <c r="BW24" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="BV24" s="15" t="n">
+      <c r="BX24" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="BW24" s="15" t="n">
+      <c r="BY24" s="15" t="n">
         <v>17.5</v>
       </c>
-      <c r="BX24" s="15" t="n">
+      <c r="BZ24" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="BY24" s="15" t="n">
+      <c r="CA24" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="BZ24" s="15" t="n">
+      <c r="CB24" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CA24" s="15" t="n">
+      <c r="CC24" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CB24" s="15" t="n">
+      <c r="CD24" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="CE24" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CF24" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CG24" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="CH24" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="CI24" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CJ24" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CK24" s="15" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="CL24" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="CM24" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="CN24" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="CO24" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="CP24" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="CQ24" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="CR24" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="CS24" s="15" t="n">
+        <v>-20.5</v>
+      </c>
+      <c r="CT24" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="CU24" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CV24" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CC24" s="15" t="n">
-[...14 lines deleted...]
-      <c r="CH24" s="15" t="n">
+      <c r="CW24" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="CX24" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="CY24" s="15" t="n">
+        <v>-10.4</v>
+      </c>
+      <c r="CZ24" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="DA24" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="DB24" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="DC24" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="DD24" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DE24" s="15" t="n">
+        <v>-20.8</v>
+      </c>
+      <c r="DF24" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="DG24" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="DH24" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DI24" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="DJ24" s="15" t="n">
+        <v>-13.5</v>
+      </c>
+      <c r="DK24" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="DL24" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="DM24" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DN24" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="DO24" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="DP24" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DQ24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR24" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DS24" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CI24" s="15" t="n">
-[...47 lines deleted...]
-      <c r="CY24" s="15" t="n">
+      <c r="DT24" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DU24" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DV24" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DW24" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DX24" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="DY24" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DZ24" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EA24" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="EB24" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EC24" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="ED24" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EE24" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EF24" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EG24" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EH24" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EI24" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EJ24" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EK24" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EL24" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EM24" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EN24" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EO24" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EP24" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EQ24" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ER24" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="ES24" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ET24" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EU24" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="EV24" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CZ24" s="15" t="n">
-[...97 lines deleted...]
-      <c r="EF24" s="15" t="n">
+      <c r="EW24" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EX24" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="EY24" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EZ24" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FA24" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="FB24" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FC24" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FD24" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="FE24" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="FF24" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="FG24" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="EG24" s="15" t="n">
-[...17 lines deleted...]
-      <c r="EM24" s="15" t="n">
+      <c r="FH24" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="FI24" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="FJ24" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="FK24" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="FL24" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="FM24" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="FN24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ24" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GA24" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EN24" s="15" t="n">
-[...131 lines deleted...]
-      <c r="FX24" s="15" t="n">
+      <c r="GB24" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FY24" s="15" t="n">
+      <c r="GC24" s="15" t="n">
         <v>1.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="GD24" s="15" t="n">
         <v>1.3</v>
       </c>
       <c r="GE24" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GF24" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GG24" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GH24" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GI24" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GF24" s="15" t="n">
+      <c r="GJ24" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GG24" s="15" t="n">
+      <c r="GK24" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GH24" s="15" t="n">
+      <c r="GL24" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GI24" s="15" t="n">
+      <c r="GM24" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="GJ24" s="15" t="n">
+      <c r="GN24" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GK24" s="15" t="n">
+      <c r="GO24" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GL24" s="15" t="n">
+      <c r="GP24" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GM24" s="15" t="n">
+      <c r="GQ24" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GN24" s="15" t="n">
+      <c r="GR24" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="GO24" s="15" t="n">
+      <c r="GS24" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="GP24" s="15" t="n">
+      <c r="GT24" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="GQ24" s="15" t="n">
+      <c r="GU24" s="15" t="n">
         <v>4.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>5.1</v>
       </c>
       <c r="GV24" s="15" t="n">
         <v>5.2</v>
       </c>
       <c r="GW24" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GX24" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GY24" s="15" t="n">
         <v>5.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.0</v>
       </c>
       <c r="GZ24" s="15" t="n">
         <v>5.2</v>
       </c>
       <c r="HA24" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="HB24" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="HC24" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="HD24" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HE24" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="HB24" s="15" t="n">
+      <c r="HF24" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="HC24" s="15" t="n">
+      <c r="HG24" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="HD24" s="15" t="n">
+      <c r="HH24" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="HE24" s="15" t="n">
+      <c r="HI24" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="HF24" s="15" t="n">
+      <c r="HJ24" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="HG24" s="15" t="n">
+      <c r="HK24" s="15" t="n">
         <v>7.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>8.0</v>
       </c>
       <c r="HL24" s="15" t="n">
         <v>8.4</v>
       </c>
       <c r="HM24" s="15" t="n">
-        <v>8.2</v>
+        <v>8.5</v>
       </c>
       <c r="HN24" s="15" t="n">
-        <v>7.4</v>
+        <v>8.4</v>
       </c>
       <c r="HO24" s="15" t="n">
         <v>8.0</v>
       </c>
       <c r="HP24" s="15" t="n">
         <v>8.4</v>
       </c>
       <c r="HQ24" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="HR24" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="HS24" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="HT24" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="HU24" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="HR24" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="HV24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    58 Edición</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>111.518</v>
+        <v>127.234</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>114.31</v>
+        <v>111.682</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>112.582</v>
+        <v>114.333</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>80.449</v>
+        <v>112.573</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>126.032</v>
+        <v>80.485</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>129.773</v>
+        <v>126.011</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>107.281</v>
+        <v>129.842</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>108.546</v>
+        <v>107.269</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>104.291</v>
+        <v>108.504</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>94.56</v>
+        <v>104.322</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>117.063</v>
+        <v>94.562</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>120.042</v>
+        <v>117.023</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>107.444</v>
+        <v>120.122</v>
       </c>
       <c r="O25" s="14" t="n">
-        <v>109.454</v>
+        <v>107.412</v>
       </c>
       <c r="P25" s="14" t="n">
-        <v>117.133</v>
+        <v>109.437</v>
       </c>
       <c r="Q25" s="14" t="n">
-        <v>82.669</v>
+        <v>117.196</v>
       </c>
       <c r="R25" s="14" t="n">
-        <v>124.504</v>
+        <v>82.66</v>
       </c>
       <c r="S25" s="14" t="n">
-        <v>129.743</v>
+        <v>124.431</v>
       </c>
       <c r="T25" s="14" t="n">
-        <v>108.272</v>
+        <v>129.808</v>
       </c>
       <c r="U25" s="14" t="n">
-        <v>109.987</v>
+        <v>108.235</v>
       </c>
       <c r="V25" s="14" t="n">
-        <v>101.357</v>
+        <v>109.981</v>
       </c>
       <c r="W25" s="14" t="n">
-        <v>93.542</v>
+        <v>101.399</v>
       </c>
       <c r="X25" s="14" t="n">
-        <v>108.46</v>
+        <v>93.561</v>
       </c>
       <c r="Y25" s="14" t="n">
-        <v>115.338</v>
+        <v>108.396</v>
       </c>
       <c r="Z25" s="14" t="n">
-        <v>107.63</v>
+        <v>115.39</v>
       </c>
       <c r="AA25" s="14" t="n">
-        <v>108.6</v>
+        <v>107.599</v>
       </c>
       <c r="AB25" s="14" t="n">
-        <v>120.727</v>
+        <v>108.672</v>
       </c>
       <c r="AC25" s="14" t="n">
-        <v>87.127</v>
+        <v>120.691</v>
       </c>
       <c r="AD25" s="14" t="n">
-        <v>114.975</v>
+        <v>87.113</v>
       </c>
       <c r="AE25" s="14" t="n">
-        <v>126.114</v>
+        <v>115.005</v>
       </c>
       <c r="AF25" s="14" t="n">
-        <v>104.154</v>
+        <v>126.134</v>
       </c>
       <c r="AG25" s="14" t="n">
-        <v>108.299</v>
+        <v>104.093</v>
       </c>
       <c r="AH25" s="14" t="n">
-        <v>102.807</v>
+        <v>108.349</v>
       </c>
       <c r="AI25" s="14" t="n">
-        <v>92.499</v>
+        <v>102.776</v>
       </c>
       <c r="AJ25" s="14" t="n">
-        <v>106.394</v>
+        <v>92.502</v>
       </c>
       <c r="AK25" s="14" t="n">
-        <v>121.783</v>
+        <v>106.464</v>
       </c>
       <c r="AL25" s="14" t="n">
-        <v>105.893</v>
+        <v>121.769</v>
       </c>
       <c r="AM25" s="14" t="n">
-        <v>108.224</v>
+        <v>105.856</v>
       </c>
       <c r="AN25" s="14" t="n">
-        <v>117.943</v>
+        <v>108.252</v>
       </c>
       <c r="AO25" s="14" t="n">
-        <v>89.368</v>
+        <v>117.962</v>
       </c>
       <c r="AP25" s="14" t="n">
-        <v>107.663</v>
+        <v>89.316</v>
       </c>
       <c r="AQ25" s="14" t="n">
-        <v>125.009</v>
+        <v>107.711</v>
       </c>
       <c r="AR25" s="14" t="n">
-        <v>102.403</v>
+        <v>124.974</v>
       </c>
       <c r="AS25" s="14" t="n">
-        <v>99.3</v>
+        <v>102.47</v>
       </c>
       <c r="AT25" s="14" t="n">
-        <v>94.302</v>
+        <v>99.267</v>
       </c>
       <c r="AU25" s="14" t="n">
-        <v>95.394</v>
+        <v>94.291</v>
       </c>
       <c r="AV25" s="14" t="n">
-        <v>105.665</v>
+        <v>95.397</v>
       </c>
       <c r="AW25" s="14" t="n">
-        <v>115.849</v>
+        <v>105.693</v>
       </c>
       <c r="AX25" s="14" t="n">
-        <v>100.04</v>
+        <v>115.81</v>
       </c>
       <c r="AY25" s="14" t="n">
-        <v>104.784</v>
+        <v>100.032</v>
       </c>
       <c r="AZ25" s="14" t="n">
-        <v>103.266</v>
+        <v>104.831</v>
       </c>
       <c r="BA25" s="14" t="n">
-        <v>80.449</v>
+        <v>103.237</v>
       </c>
       <c r="BB25" s="14" t="n">
-        <v>102.44</v>
+        <v>80.503</v>
       </c>
       <c r="BC25" s="14" t="n">
-        <v>125.785</v>
+        <v>102.429</v>
       </c>
       <c r="BD25" s="14" t="n">
-        <v>103.718</v>
+        <v>125.741</v>
       </c>
       <c r="BE25" s="14" t="n">
-        <v>96.721</v>
+        <v>103.746</v>
       </c>
       <c r="BF25" s="14" t="n">
-        <v>91.615</v>
+        <v>96.736</v>
       </c>
       <c r="BG25" s="14" t="n">
-        <v>83.543</v>
+        <v>91.562</v>
       </c>
       <c r="BH25" s="14" t="n">
-        <v>91.788</v>
-[...2 lines deleted...]
-        <v>-2.4</v>
+        <v>83.546</v>
+      </c>
+      <c r="BI25" s="14" t="n">
+        <v>91.829</v>
       </c>
       <c r="BJ25" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="BK25" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="BL25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="BM25" s="15" t="n">
+        <v>39.9</v>
+      </c>
+      <c r="BN25" s="15" t="n">
+        <v>-36.1</v>
+      </c>
+      <c r="BO25" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BP25" s="15" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="BQ25" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="BR25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="BS25" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="BT25" s="15" t="n">
+        <v>-19.2</v>
+      </c>
+      <c r="BU25" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="BV25" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="BW25" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="BX25" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="BY25" s="15" t="n">
+        <v>41.8</v>
+      </c>
+      <c r="BZ25" s="15" t="n">
+        <v>-33.6</v>
+      </c>
+      <c r="CA25" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="CB25" s="15" t="n">
+        <v>19.9</v>
+      </c>
+      <c r="CC25" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="CD25" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="CE25" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="CF25" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="CG25" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="CH25" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="CI25" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="CJ25" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="CK25" s="15" t="n">
+        <v>38.5</v>
+      </c>
+      <c r="CL25" s="15" t="n">
+        <v>-24.3</v>
+      </c>
+      <c r="CM25" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="CN25" s="15" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="CO25" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="CP25" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="CQ25" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="CR25" s="15" t="n">
+        <v>-13.1</v>
+      </c>
+      <c r="CS25" s="15" t="n">
+        <v>-12.6</v>
+      </c>
+      <c r="CT25" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="CU25" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="CV25" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="CW25" s="15" t="n">
+        <v>32.1</v>
+      </c>
+      <c r="CX25" s="15" t="n">
+        <v>-17.1</v>
+      </c>
+      <c r="CY25" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="CZ25" s="15" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="DA25" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="DB25" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DC25" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="DD25" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="DE25" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="DF25" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="DG25" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="DH25" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="BK25" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BM25" s="15" t="n">
+      <c r="DI25" s="15" t="n">
+        <v>28.2</v>
+      </c>
+      <c r="DJ25" s="15" t="n">
+        <v>-21.4</v>
+      </c>
+      <c r="DK25" s="15" t="n">
+        <v>-18.5</v>
+      </c>
+      <c r="DL25" s="15" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="DM25" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DN25" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DO25" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="DP25" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="DQ25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR25" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DS25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DT25" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="DU25" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="DV25" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="DW25" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DX25" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY25" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="DZ25" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EA25" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EB25" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EC25" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="ED25" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EE25" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EF25" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EG25" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="BN25" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BO25" s="15" t="n">
+      <c r="EH25" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="EI25" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="EJ25" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EK25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EL25" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EM25" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EN25" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EO25" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EP25" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="EQ25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ER25" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="ES25" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ET25" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="EU25" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EV25" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EW25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EX25" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="EY25" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="EZ25" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="FA25" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FB25" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FC25" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="FD25" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FE25" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="FF25" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="FG25" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="FH25" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FI25" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="BP25" s="15" t="n">
+      <c r="FJ25" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FK25" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FL25" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="FM25" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="FN25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GA25" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GB25" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GC25" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GD25" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GE25" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GF25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GG25" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="GH25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GI25" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="BQ25" s="15" t="n">
-[...32 lines deleted...]
-      <c r="CB25" s="15" t="n">
+      <c r="GJ25" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GK25" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GL25" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GM25" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GN25" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GO25" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GP25" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="GQ25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GR25" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GS25" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GT25" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="GU25" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GV25" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GW25" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GX25" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GY25" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GZ25" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HA25" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HB25" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HC25" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="HD25" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="HE25" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="HF25" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="HG25" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HH25" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="HI25" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="HJ25" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="HK25" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="HL25" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="HM25" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="HN25" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="HO25" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="HP25" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="HQ25" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="HR25" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="CC25" s="15" t="n">
-[...256 lines deleted...]
-      <c r="FJ25" s="15" t="n">
+      <c r="HS25" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="HT25" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="HU25" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="FK25" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    59 Actividades cinematográficas, de vídeo y de programas de televisión, grabación de sonido y edición musical</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>101.558</v>
+        <v>137.446</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>97.928</v>
+        <v>101.898</v>
       </c>
       <c r="D26" s="14" t="n">
+        <v>98.065</v>
+      </c>
+      <c r="E26" s="14" t="n">
         <v>107.031</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>79.349</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
         <v>92.387</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>103.826</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>102.028</v>
       </c>
-      <c r="I26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J26" s="14" t="n">
-        <v>104.809</v>
+        <v>93.927</v>
       </c>
       <c r="K26" s="14" t="n">
+        <v>104.812</v>
+      </c>
+      <c r="L26" s="14" t="n">
         <v>84.594</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>92.429</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>143.338</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>114.043</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>106.658</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>108.768</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>87.701</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>96.29</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="T26" s="14" t="n">
         <v>103.131</v>
       </c>
-      <c r="T26" s="14" t="n">
+      <c r="U26" s="14" t="n">
         <v>94.371</v>
       </c>
-      <c r="U26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="V26" s="14" t="n">
-        <v>109.161</v>
+        <v>94.271</v>
       </c>
       <c r="W26" s="14" t="n">
+        <v>109.159</v>
+      </c>
+      <c r="X26" s="14" t="n">
         <v>86.25</v>
       </c>
-      <c r="X26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>85.58</v>
       </c>
-      <c r="Y26" s="14" t="n">
+      <c r="Z26" s="14" t="n">
         <v>136.162</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AA26" s="14" t="n">
         <v>101.2</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>93.883</v>
       </c>
-      <c r="AB26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
         <v>102.136</v>
       </c>
-      <c r="AC26" s="14" t="n">
+      <c r="AD26" s="14" t="n">
         <v>90.622</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AE26" s="14" t="n">
         <v>96.698</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AF26" s="14" t="n">
         <v>102.692</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AG26" s="14" t="n">
         <v>95.248</v>
       </c>
-      <c r="AG26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AH26" s="14" t="n">
-        <v>109.41</v>
+        <v>97.721</v>
       </c>
       <c r="AI26" s="14" t="n">
+        <v>109.413</v>
+      </c>
+      <c r="AJ26" s="14" t="n">
         <v>87.145</v>
       </c>
-      <c r="AJ26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
         <v>89.909</v>
       </c>
-      <c r="AK26" s="14" t="n">
+      <c r="AL26" s="14" t="n">
         <v>156.271</v>
       </c>
-      <c r="AL26" s="14" t="n">
+      <c r="AM26" s="14" t="n">
         <v>107.578</v>
       </c>
-      <c r="AM26" s="14" t="n">
+      <c r="AN26" s="14" t="n">
         <v>93.644</v>
       </c>
-      <c r="AN26" s="14" t="n">
+      <c r="AO26" s="14" t="n">
         <v>87.074</v>
       </c>
-      <c r="AO26" s="14" t="n">
+      <c r="AP26" s="14" t="n">
         <v>78.751</v>
       </c>
-      <c r="AP26" s="14" t="n">
+      <c r="AQ26" s="14" t="n">
         <v>90.982</v>
       </c>
-      <c r="AQ26" s="14" t="n">
+      <c r="AR26" s="14" t="n">
         <v>139.304</v>
       </c>
-      <c r="AR26" s="14" t="n">
+      <c r="AS26" s="14" t="n">
         <v>101.181</v>
       </c>
-      <c r="AS26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AT26" s="14" t="n">
-        <v>125.107</v>
+        <v>101.587</v>
       </c>
       <c r="AU26" s="14" t="n">
+        <v>125.11</v>
+      </c>
+      <c r="AV26" s="14" t="n">
         <v>92.45</v>
       </c>
-      <c r="AV26" s="14" t="n">
+      <c r="AW26" s="14" t="n">
         <v>83.341</v>
       </c>
-      <c r="AW26" s="14" t="n">
+      <c r="AX26" s="14" t="n">
         <v>119.129</v>
       </c>
-      <c r="AX26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AY26" s="14" t="n">
+        <v>181.778</v>
+      </c>
+      <c r="AZ26" s="14" t="n">
         <v>95.493</v>
       </c>
-      <c r="AZ26" s="14" t="n">
+      <c r="BA26" s="14" t="n">
         <v>96.845</v>
       </c>
-      <c r="BA26" s="14" t="n">
+      <c r="BB26" s="14" t="n">
         <v>81.054</v>
       </c>
-      <c r="BB26" s="14" t="n">
+      <c r="BC26" s="14" t="n">
         <v>89.01</v>
       </c>
-      <c r="BC26" s="14" t="n">
+      <c r="BD26" s="14" t="n">
         <v>85.619</v>
       </c>
-      <c r="BD26" s="14" t="n">
+      <c r="BE26" s="14" t="n">
         <v>93.883</v>
       </c>
-      <c r="BE26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BF26" s="14" t="n">
+        <v>101.464</v>
+      </c>
+      <c r="BG26" s="14" t="n">
         <v>120.984</v>
       </c>
-      <c r="BG26" s="14" t="n">
+      <c r="BH26" s="14" t="n">
         <v>68.111</v>
       </c>
-      <c r="BH26" s="14" t="n">
+      <c r="BI26" s="14" t="n">
         <v>66.627</v>
       </c>
-      <c r="BI26" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BJ26" s="15" t="n">
+        <v>34.9</v>
+      </c>
+      <c r="BK26" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="BL26" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="BM26" s="15" t="n">
+        <v>34.9</v>
+      </c>
+      <c r="BN26" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="BO26" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="BP26" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="BQ26" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="BR26" s="15" t="n">
+        <v>-10.4</v>
+      </c>
+      <c r="BS26" s="15" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="BT26" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="BK26" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BN26" s="15" t="n">
+      <c r="BU26" s="15" t="n">
+        <v>-35.5</v>
+      </c>
+      <c r="BV26" s="15" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="BW26" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="BX26" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BY26" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="BZ26" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="CA26" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="CB26" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="CC26" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CD26" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="CE26" s="15" t="n">
+        <v>26.6</v>
+      </c>
+      <c r="CF26" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CG26" s="15" t="n">
+        <v>-37.1</v>
+      </c>
+      <c r="CH26" s="15" t="n">
+        <v>34.5</v>
+      </c>
+      <c r="CI26" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CJ26" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="CK26" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="CL26" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="CM26" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="CN26" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CO26" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CP26" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="CQ26" s="15" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="CR26" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="CS26" s="15" t="n">
+        <v>-42.5</v>
+      </c>
+      <c r="CT26" s="15" t="n">
+        <v>45.3</v>
+      </c>
+      <c r="CU26" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="CV26" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="CW26" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CX26" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="CY26" s="15" t="n">
+        <v>-34.7</v>
+      </c>
+      <c r="CZ26" s="15" t="n">
+        <v>37.7</v>
+      </c>
+      <c r="DA26" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DB26" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="DC26" s="15" t="n">
+        <v>35.3</v>
+      </c>
+      <c r="DD26" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="DE26" s="15" t="n">
+        <v>-30.0</v>
+      </c>
+      <c r="DF26" s="15" t="n">
+        <v>-34.5</v>
+      </c>
+      <c r="DG26" s="15" t="n">
+        <v>90.4</v>
+      </c>
+      <c r="DH26" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="DI26" s="15" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="DJ26" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="DK26" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DL26" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="DM26" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="DN26" s="15" t="n">
+        <v>-16.1</v>
+      </c>
+      <c r="DO26" s="15" t="n">
+        <v>77.6</v>
+      </c>
+      <c r="DP26" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DQ26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR26" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DS26" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="DT26" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="DU26" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DV26" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="DW26" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DX26" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DY26" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DZ26" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="EA26" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EB26" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EC26" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="ED26" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EE26" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="EF26" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="EG26" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EH26" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="EI26" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="EJ26" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EK26" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="EL26" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EM26" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EN26" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EO26" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="EP26" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="EQ26" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="ER26" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ES26" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="ET26" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="EU26" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EV26" s="15" t="n">
+        <v>-26.3</v>
+      </c>
+      <c r="EW26" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="EX26" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="EY26" s="15" t="n">
+        <v>-12.5</v>
+      </c>
+      <c r="EZ26" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FA26" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="FB26" s="15" t="n">
+        <v>31.2</v>
+      </c>
+      <c r="FC26" s="15" t="n">
+        <v>-40.8</v>
+      </c>
+      <c r="FD26" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="FE26" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="FF26" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="FG26" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FH26" s="15" t="n">
+        <v>62.7</v>
+      </c>
+      <c r="FI26" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="FJ26" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FK26" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FL26" s="15" t="n">
+        <v>35.7</v>
+      </c>
+      <c r="FM26" s="15" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="FN26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ26" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="GA26" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="GB26" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GC26" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GD26" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GE26" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GF26" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GG26" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GH26" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GI26" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="GJ26" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GK26" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GL26" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GM26" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="BO26" s="15" t="n">
-[...20 lines deleted...]
-      <c r="BV26" s="15" t="n">
+      <c r="GN26" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GO26" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GP26" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GQ26" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GR26" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="GS26" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GT26" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="GU26" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="BW26" s="15" t="n">
-[...35 lines deleted...]
-      <c r="CI26" s="15" t="n">
+      <c r="GV26" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="GW26" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="GX26" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="GY26" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="GZ26" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="HA26" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="HB26" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="HC26" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="HD26" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="HE26" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="HF26" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="HG26" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="HH26" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="HI26" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="HJ26" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="HK26" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="HL26" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="HM26" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="HN26" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="HO26" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="HP26" s="15" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="HQ26" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="HR26" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="CJ26" s="15" t="n">
-[...235 lines deleted...]
-      <c r="FJ26" s="15" t="n">
+      <c r="HS26" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="HT26" s="15" t="n">
+        <v>30.5</v>
+      </c>
+      <c r="HU26" s="15" t="n">
         <v>25.1</v>
       </c>
-      <c r="FK26" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    60 Actividades de programación y emisión de radio y televisión</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>106.447</v>
+        <v>109.714</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>105.457</v>
+        <v>106.673</v>
       </c>
       <c r="D27" s="14" t="n">
+        <v>106.154</v>
+      </c>
+      <c r="E27" s="14" t="n">
         <v>108.326</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>79.436</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
         <v>94.219</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="H27" s="14" t="n">
         <v>95.09</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>89.674</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>84.404</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>95.912</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="L27" s="14" t="n">
         <v>89.666</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>85.948</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>109.611</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>105.557</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>108.876</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
         <v>108.551</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="R27" s="14" t="n">
         <v>77.54</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>92.983</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="T27" s="14" t="n">
         <v>97.875</v>
       </c>
-      <c r="T27" s="14" t="n">
+      <c r="U27" s="14" t="n">
         <v>92.355</v>
       </c>
-      <c r="U27" s="14" t="n">
+      <c r="V27" s="14" t="n">
         <v>89.469</v>
       </c>
-      <c r="V27" s="14" t="n">
+      <c r="W27" s="14" t="n">
         <v>104.86</v>
       </c>
-      <c r="W27" s="14" t="n">
+      <c r="X27" s="14" t="n">
         <v>93.37</v>
       </c>
-      <c r="X27" s="14" t="n">
+      <c r="Y27" s="14" t="n">
         <v>89.281</v>
       </c>
-      <c r="Y27" s="14" t="n">
+      <c r="Z27" s="14" t="n">
         <v>121.845</v>
       </c>
-      <c r="Z27" s="14" t="n">
+      <c r="AA27" s="14" t="n">
         <v>114.138</v>
       </c>
-      <c r="AA27" s="14" t="n">
+      <c r="AB27" s="14" t="n">
         <v>110.122</v>
       </c>
-      <c r="AB27" s="14" t="n">
+      <c r="AC27" s="14" t="n">
         <v>104.715</v>
       </c>
-      <c r="AC27" s="14" t="n">
+      <c r="AD27" s="14" t="n">
         <v>74.775</v>
       </c>
-      <c r="AD27" s="14" t="n">
+      <c r="AE27" s="14" t="n">
         <v>98.815</v>
       </c>
-      <c r="AE27" s="14" t="n">
+      <c r="AF27" s="14" t="n">
         <v>104.24</v>
       </c>
-      <c r="AF27" s="14" t="n">
+      <c r="AG27" s="14" t="n">
         <v>97.241</v>
       </c>
-      <c r="AG27" s="14" t="n">
+      <c r="AH27" s="14" t="n">
         <v>92.245</v>
       </c>
-      <c r="AH27" s="14" t="n">
+      <c r="AI27" s="14" t="n">
         <v>95.311</v>
       </c>
-      <c r="AI27" s="14" t="n">
+      <c r="AJ27" s="14" t="n">
         <v>83.586</v>
       </c>
-      <c r="AJ27" s="14" t="n">
+      <c r="AK27" s="14" t="n">
         <v>84.475</v>
       </c>
-      <c r="AK27" s="14" t="n">
+      <c r="AL27" s="14" t="n">
         <v>109.003</v>
       </c>
-      <c r="AL27" s="14" t="n">
+      <c r="AM27" s="14" t="n">
         <v>106.209</v>
       </c>
-      <c r="AM27" s="14" t="n">
+      <c r="AN27" s="14" t="n">
         <v>99.582</v>
       </c>
-      <c r="AN27" s="14" t="n">
+      <c r="AO27" s="14" t="n">
         <v>99.681</v>
       </c>
-      <c r="AO27" s="14" t="n">
+      <c r="AP27" s="14" t="n">
         <v>77.112</v>
       </c>
-      <c r="AP27" s="14" t="n">
+      <c r="AQ27" s="14" t="n">
         <v>88.85</v>
       </c>
-      <c r="AQ27" s="14" t="n">
+      <c r="AR27" s="14" t="n">
         <v>103.764</v>
       </c>
-      <c r="AR27" s="14" t="n">
+      <c r="AS27" s="14" t="n">
         <v>96.821</v>
       </c>
-      <c r="AS27" s="14" t="n">
+      <c r="AT27" s="14" t="n">
         <v>89.505</v>
       </c>
-      <c r="AT27" s="14" t="n">
+      <c r="AU27" s="14" t="n">
         <v>93.343</v>
       </c>
-      <c r="AU27" s="14" t="n">
+      <c r="AV27" s="14" t="n">
         <v>84.083</v>
       </c>
-      <c r="AV27" s="14" t="n">
+      <c r="AW27" s="14" t="n">
         <v>85.498</v>
       </c>
-      <c r="AW27" s="14" t="n">
+      <c r="AX27" s="14" t="n">
         <v>110.856</v>
       </c>
-      <c r="AX27" s="14" t="n">
+      <c r="AY27" s="14" t="n">
         <v>112.875</v>
       </c>
-      <c r="AY27" s="14" t="n">
+      <c r="AZ27" s="14" t="n">
         <v>114.063</v>
       </c>
-      <c r="AZ27" s="14" t="n">
+      <c r="BA27" s="14" t="n">
         <v>114.561</v>
       </c>
-      <c r="BA27" s="14" t="n">
+      <c r="BB27" s="14" t="n">
         <v>88.472</v>
       </c>
-      <c r="BB27" s="14" t="n">
+      <c r="BC27" s="14" t="n">
         <v>102.882</v>
       </c>
-      <c r="BC27" s="14" t="n">
+      <c r="BD27" s="14" t="n">
         <v>112.121</v>
       </c>
-      <c r="BD27" s="14" t="n">
+      <c r="BE27" s="14" t="n">
         <v>97.429</v>
       </c>
-      <c r="BE27" s="14" t="n">
+      <c r="BF27" s="14" t="n">
         <v>90.705</v>
       </c>
-      <c r="BF27" s="14" t="n">
+      <c r="BG27" s="14" t="n">
         <v>89.301</v>
       </c>
-      <c r="BG27" s="14" t="n">
+      <c r="BH27" s="14" t="n">
         <v>83.998</v>
       </c>
-      <c r="BH27" s="14" t="n">
+      <c r="BI27" s="14" t="n">
         <v>82.737</v>
       </c>
-      <c r="BI27" s="15" t="n">
+      <c r="BJ27" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="BK27" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BL27" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="BM27" s="15" t="n">
+        <v>36.4</v>
+      </c>
+      <c r="BN27" s="15" t="n">
+        <v>-15.7</v>
+      </c>
+      <c r="BO27" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="BP27" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="BQ27" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="BR27" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="BS27" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="BT27" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="BU27" s="15" t="n">
+        <v>-21.6</v>
+      </c>
+      <c r="BV27" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="BW27" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BX27" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BY27" s="15" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="BZ27" s="15" t="n">
+        <v>-16.6</v>
+      </c>
+      <c r="CA27" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="CB27" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CC27" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CD27" s="15" t="n">
+        <v>-14.7</v>
+      </c>
+      <c r="CE27" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="CF27" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="CG27" s="15" t="n">
+        <v>-26.7</v>
+      </c>
+      <c r="CH27" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CI27" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="CJ27" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CK27" s="15" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="CL27" s="15" t="n">
+        <v>-24.3</v>
+      </c>
+      <c r="CM27" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="CN27" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="CO27" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="CP27" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CQ27" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="CR27" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CS27" s="15" t="n">
+        <v>-22.5</v>
+      </c>
+      <c r="CT27" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CU27" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CV27" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CW27" s="15" t="n">
+        <v>29.3</v>
+      </c>
+      <c r="CX27" s="15" t="n">
+        <v>-13.2</v>
+      </c>
+      <c r="CY27" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="CZ27" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DA27" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="DB27" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DC27" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="DD27" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="DE27" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="DF27" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DG27" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DH27" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DI27" s="15" t="n">
+        <v>29.5</v>
+      </c>
+      <c r="DJ27" s="15" t="n">
+        <v>-14.0</v>
+      </c>
+      <c r="DK27" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="DL27" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="DM27" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DN27" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="DO27" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DP27" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DQ27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR27" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DS27" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DT27" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DU27" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DV27" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DW27" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DX27" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DY27" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DZ27" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="EA27" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="EB27" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EC27" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="ED27" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="EE27" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="EF27" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EG27" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EH27" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EI27" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="EJ27" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="EK27" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="EL27" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="EM27" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="EN27" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="EO27" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EP27" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="EQ27" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="ER27" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="ES27" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="ET27" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="EU27" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="EV27" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EW27" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EX27" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EY27" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EZ27" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FA27" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="FB27" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FC27" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="FD27" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="FE27" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="FF27" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="FG27" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="FH27" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="FI27" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FJ27" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="FK27" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FL27" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FM27" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FN27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ27" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="GA27" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="GB27" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="GC27" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="GD27" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="GE27" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="GF27" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="GG27" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="GH27" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="GI27" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="GJ27" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="GK27" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="GL27" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GM27" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GN27" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GO27" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GP27" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GQ27" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GR27" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GS27" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GT27" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GU27" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="GV27" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GW27" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GX27" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GY27" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GZ27" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="HA27" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="HB27" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HC27" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HD27" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="HE27" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="HF27" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="BJ27" s="15" t="n">
+      <c r="HG27" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="HH27" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="HI27" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="HJ27" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="HK27" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="HL27" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="HM27" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="HN27" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="HO27" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="BK27" s="15" t="n">
-[...158 lines deleted...]
-      <c r="DL27" s="15" t="n">
+      <c r="HP27" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="HQ27" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="HR27" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="DM27" s="15" t="n">
-[...148 lines deleted...]
-      <c r="FJ27" s="15" t="n">
+      <c r="HS27" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HT27" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="HU27" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FK27" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    61 Telecomunicaciones</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>95.196</v>
+        <v>110.21</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>95.239</v>
+        <v>95.27</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>99.225</v>
+        <v>95.206</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>91.327</v>
+        <v>99.171</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>96.615</v>
+        <v>91.395</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>100.203</v>
+        <v>96.639</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>95.076</v>
+        <v>100.221</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>96.193</v>
+        <v>95.098</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>99.023</v>
+        <v>96.135</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>92.321</v>
+        <v>99.055</v>
       </c>
       <c r="L28" s="14" t="n">
-        <v>95.358</v>
+        <v>92.324</v>
       </c>
       <c r="M28" s="14" t="n">
-        <v>112.564</v>
+        <v>95.324</v>
       </c>
       <c r="N28" s="14" t="n">
-        <v>100.993</v>
+        <v>112.628</v>
       </c>
       <c r="O28" s="14" t="n">
-        <v>100.246</v>
+        <v>100.958</v>
       </c>
       <c r="P28" s="14" t="n">
-        <v>102.084</v>
+        <v>100.271</v>
       </c>
       <c r="Q28" s="14" t="n">
-        <v>97.038</v>
+        <v>102.103</v>
       </c>
       <c r="R28" s="14" t="n">
-        <v>100.411</v>
+        <v>97.06</v>
       </c>
       <c r="S28" s="14" t="n">
-        <v>98.928</v>
+        <v>100.282</v>
       </c>
       <c r="T28" s="14" t="n">
-        <v>94.455</v>
+        <v>99.026</v>
       </c>
       <c r="U28" s="14" t="n">
-        <v>97.336</v>
+        <v>94.421</v>
       </c>
       <c r="V28" s="14" t="n">
-        <v>99.026</v>
+        <v>97.304</v>
       </c>
       <c r="W28" s="14" t="n">
-        <v>91.998</v>
+        <v>99.08</v>
       </c>
       <c r="X28" s="14" t="n">
-        <v>95.34</v>
+        <v>92.054</v>
       </c>
       <c r="Y28" s="14" t="n">
-        <v>112.667</v>
+        <v>95.218</v>
       </c>
       <c r="Z28" s="14" t="n">
-        <v>101.563</v>
+        <v>112.752</v>
       </c>
       <c r="AA28" s="14" t="n">
-        <v>100.913</v>
+        <v>101.55</v>
       </c>
       <c r="AB28" s="14" t="n">
-        <v>102.319</v>
+        <v>100.97</v>
       </c>
       <c r="AC28" s="14" t="n">
-        <v>95.624</v>
+        <v>102.283</v>
       </c>
       <c r="AD28" s="14" t="n">
-        <v>101.0</v>
+        <v>95.648</v>
       </c>
       <c r="AE28" s="14" t="n">
-        <v>105.291</v>
+        <v>101.004</v>
       </c>
       <c r="AF28" s="14" t="n">
-        <v>98.434</v>
+        <v>105.33</v>
       </c>
       <c r="AG28" s="14" t="n">
-        <v>100.097</v>
+        <v>98.308</v>
       </c>
       <c r="AH28" s="14" t="n">
-        <v>102.489</v>
+        <v>100.168</v>
       </c>
       <c r="AI28" s="14" t="n">
-        <v>96.146</v>
+        <v>102.481</v>
       </c>
       <c r="AJ28" s="14" t="n">
-        <v>96.242</v>
+        <v>96.148</v>
       </c>
       <c r="AK28" s="14" t="n">
-        <v>111.667</v>
+        <v>96.296</v>
       </c>
       <c r="AL28" s="14" t="n">
-        <v>101.419</v>
+        <v>111.693</v>
       </c>
       <c r="AM28" s="14" t="n">
-        <v>102.235</v>
+        <v>101.385</v>
       </c>
       <c r="AN28" s="14" t="n">
-        <v>106.744</v>
+        <v>102.239</v>
       </c>
       <c r="AO28" s="14" t="n">
-        <v>100.159</v>
+        <v>106.784</v>
       </c>
       <c r="AP28" s="14" t="n">
-        <v>100.879</v>
+        <v>100.031</v>
       </c>
       <c r="AQ28" s="14" t="n">
-        <v>102.188</v>
+        <v>100.955</v>
       </c>
       <c r="AR28" s="14" t="n">
-        <v>99.571</v>
+        <v>102.175</v>
       </c>
       <c r="AS28" s="14" t="n">
-        <v>100.569</v>
+        <v>99.627</v>
       </c>
       <c r="AT28" s="14" t="n">
-        <v>101.201</v>
+        <v>100.505</v>
       </c>
       <c r="AU28" s="14" t="n">
-        <v>96.554</v>
+        <v>101.255</v>
       </c>
       <c r="AV28" s="14" t="n">
-        <v>98.343</v>
+        <v>96.557</v>
       </c>
       <c r="AW28" s="14" t="n">
-        <v>109.281</v>
+        <v>98.346</v>
       </c>
       <c r="AX28" s="14" t="n">
-        <v>100.148</v>
+        <v>109.241</v>
       </c>
       <c r="AY28" s="14" t="n">
-        <v>101.016</v>
+        <v>100.094</v>
       </c>
       <c r="AZ28" s="14" t="n">
-        <v>102.259</v>
+        <v>101.092</v>
       </c>
       <c r="BA28" s="14" t="n">
-        <v>97.569</v>
+        <v>102.246</v>
       </c>
       <c r="BB28" s="14" t="n">
-        <v>98.164</v>
+        <v>97.624</v>
       </c>
       <c r="BC28" s="14" t="n">
-        <v>101.419</v>
+        <v>98.187</v>
       </c>
       <c r="BD28" s="14" t="n">
-        <v>96.694</v>
+        <v>101.386</v>
       </c>
       <c r="BE28" s="14" t="n">
-        <v>96.4</v>
+        <v>96.698</v>
       </c>
       <c r="BF28" s="14" t="n">
-        <v>102.347</v>
+        <v>96.43</v>
       </c>
       <c r="BG28" s="14" t="n">
-        <v>96.837</v>
+        <v>102.223</v>
       </c>
       <c r="BH28" s="14" t="n">
-        <v>97.865</v>
-[...1 lines deleted...]
-      <c r="BI28" s="15" t="n">
+        <v>96.84</v>
+      </c>
+      <c r="BI28" s="14" t="n">
+        <v>97.939</v>
+      </c>
+      <c r="BJ28" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="BK28" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BL28" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="BM28" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="BN28" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="BO28" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="BP28" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="BQ28" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="BR28" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="BS28" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="BT28" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="BU28" s="15" t="n">
+        <v>-15.4</v>
+      </c>
+      <c r="BV28" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="BW28" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="BX28" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="BY28" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="BZ28" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CA28" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CB28" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="CC28" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="CD28" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CE28" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="CF28" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="CG28" s="15" t="n">
+        <v>-15.6</v>
+      </c>
+      <c r="CH28" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="CI28" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CJ28" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="CK28" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CL28" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="CM28" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="CN28" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CO28" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="CP28" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="CQ28" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="CR28" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CS28" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="CT28" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="CU28" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CV28" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="CW28" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CX28" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CY28" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CZ28" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="DA28" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="DB28" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DC28" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="DD28" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DE28" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="DF28" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="DG28" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DH28" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="DI28" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DJ28" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DK28" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="DL28" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DM28" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DN28" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="DO28" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="DP28" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="DQ28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR28" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DS28" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="DT28" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="DU28" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DV28" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="DW28" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DX28" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="DY28" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DZ28" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EA28" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="BJ28" s="15" t="n">
+      <c r="EB28" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EC28" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ED28" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EE28" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="EF28" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EG28" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EH28" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EI28" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EJ28" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="EK28" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="BK28" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BO28" s="15" t="n">
+      <c r="EL28" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="EM28" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="EN28" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="EO28" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EP28" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EQ28" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ER28" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="BP28" s="15" t="n">
-[...35 lines deleted...]
-      <c r="CB28" s="15" t="n">
+      <c r="ES28" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="ET28" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="EU28" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV28" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EW28" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EX28" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EY28" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EZ28" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="FA28" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="FB28" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FC28" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FD28" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FE28" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FF28" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FG28" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FH28" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FI28" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FJ28" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="FK28" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="FL28" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="FM28" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FN28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ28" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GA28" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GB28" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="CC28" s="15" t="n">
-[...59 lines deleted...]
-      <c r="CW28" s="15" t="n">
+      <c r="GC28" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CX28" s="15" t="n">
-[...47 lines deleted...]
-      <c r="DN28" s="15" t="n">
+      <c r="GD28" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="DO28" s="13" t="inlineStr">
-[...103 lines deleted...]
-      <c r="EW28" s="15" t="n">
+      <c r="GE28" s="15" t="n">
         <v>-0.4</v>
-      </c>
-[...124 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="GF28" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="GG28" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="GH28" s="15" t="n">
-        <v>-1.8</v>
+        <v>-0.2</v>
       </c>
       <c r="GI28" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GJ28" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GK28" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GL28" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GM28" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="GJ28" s="15" t="n">
+      <c r="GN28" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GK28" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GL28" s="15" t="n">
+      <c r="GO28" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="GP28" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="GM28" s="15" t="n">
+      <c r="GQ28" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="GN28" s="15" t="n">
+      <c r="GR28" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="GO28" s="15" t="n">
+      <c r="GS28" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="GP28" s="15" t="n">
+      <c r="GT28" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="GQ28" s="15" t="n">
+      <c r="GU28" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="GR28" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GS28" s="15" t="n">
+      <c r="GV28" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GW28" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="GX28" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GY28" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="GT28" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GU28" s="15" t="n">
+      <c r="GZ28" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="HA28" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="GV28" s="15" t="n">
-[...5 lines deleted...]
-      <c r="GX28" s="15" t="n">
+      <c r="HB28" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GY28" s="15" t="n">
+      <c r="HC28" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HD28" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HE28" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="HF28" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="HG28" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="HH28" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="HI28" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="HJ28" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HK28" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HL28" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HM28" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="HN28" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="HO28" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="HP28" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="HQ28" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="HR28" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="HS28" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="HT28" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GZ28" s="15" t="n">
-[...71 lines deleted...]
-        </is>
+      <c r="HU28" s="15" t="n">
+        <v>0.4</v>
       </c>
       <c r="HV28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    62 Programación, consultoría y otras actividades relacionadas con la informática</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>151.18</v>
+        <v>189.699</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>147.319</v>
+        <v>151.11</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>131.908</v>
+        <v>147.011</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>111.226</v>
+        <v>131.854</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>139.663</v>
+        <v>111.482</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>135.175</v>
+        <v>139.212</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>128.313</v>
+        <v>135.275</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>132.778</v>
+        <v>128.637</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>130.897</v>
+        <v>133.14</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>118.327</v>
+        <v>130.319</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>127.812</v>
+        <v>118.323</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>166.48</v>
+        <v>127.688</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>143.322</v>
+        <v>166.476</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>136.756</v>
+        <v>143.665</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>126.885</v>
+        <v>136.315</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>102.841</v>
+        <v>126.979</v>
       </c>
       <c r="R29" s="14" t="n">
-        <v>137.094</v>
+        <v>103.101</v>
       </c>
       <c r="S29" s="14" t="n">
-        <v>135.577</v>
+        <v>136.765</v>
       </c>
       <c r="T29" s="14" t="n">
-        <v>125.5</v>
+        <v>135.67</v>
       </c>
       <c r="U29" s="14" t="n">
-        <v>128.106</v>
+        <v>125.379</v>
       </c>
       <c r="V29" s="14" t="n">
-        <v>135.352</v>
+        <v>127.544</v>
       </c>
       <c r="W29" s="14" t="n">
-        <v>117.116</v>
+        <v>136.27</v>
       </c>
       <c r="X29" s="14" t="n">
-        <v>125.136</v>
+        <v>117.128</v>
       </c>
       <c r="Y29" s="14" t="n">
-        <v>160.704</v>
+        <v>124.835</v>
       </c>
       <c r="Z29" s="14" t="n">
-        <v>135.035</v>
+        <v>161.058</v>
       </c>
       <c r="AA29" s="14" t="n">
-        <v>128.3</v>
+        <v>134.701</v>
       </c>
       <c r="AB29" s="14" t="n">
-        <v>124.016</v>
+        <v>128.297</v>
       </c>
       <c r="AC29" s="14" t="n">
-        <v>92.974</v>
+        <v>124.313</v>
       </c>
       <c r="AD29" s="14" t="n">
-        <v>128.996</v>
+        <v>92.673</v>
       </c>
       <c r="AE29" s="14" t="n">
-        <v>128.82</v>
+        <v>129.21</v>
       </c>
       <c r="AF29" s="14" t="n">
-        <v>114.766</v>
+        <v>129.027</v>
       </c>
       <c r="AG29" s="14" t="n">
-        <v>120.998</v>
+        <v>114.49</v>
       </c>
       <c r="AH29" s="14" t="n">
-        <v>121.113</v>
+        <v>121.82</v>
       </c>
       <c r="AI29" s="14" t="n">
-        <v>105.193</v>
+        <v>120.261</v>
       </c>
       <c r="AJ29" s="14" t="n">
-        <v>115.399</v>
+        <v>105.189</v>
       </c>
       <c r="AK29" s="14" t="n">
-        <v>150.204</v>
+        <v>115.397</v>
       </c>
       <c r="AL29" s="14" t="n">
-        <v>126.233</v>
+        <v>150.584</v>
       </c>
       <c r="AM29" s="14" t="n">
-        <v>117.246</v>
+        <v>125.809</v>
       </c>
       <c r="AN29" s="14" t="n">
-        <v>114.049</v>
+        <v>117.441</v>
       </c>
       <c r="AO29" s="14" t="n">
-        <v>90.786</v>
+        <v>114.232</v>
       </c>
       <c r="AP29" s="14" t="n">
-        <v>110.507</v>
+        <v>90.568</v>
       </c>
       <c r="AQ29" s="14" t="n">
-        <v>119.658</v>
+        <v>110.75</v>
       </c>
       <c r="AR29" s="14" t="n">
-        <v>109.0</v>
+        <v>119.362</v>
       </c>
       <c r="AS29" s="14" t="n">
-        <v>101.632</v>
+        <v>108.998</v>
       </c>
       <c r="AT29" s="14" t="n">
-        <v>113.392</v>
+        <v>102.497</v>
       </c>
       <c r="AU29" s="14" t="n">
-        <v>94.114</v>
+        <v>112.34</v>
       </c>
       <c r="AV29" s="14" t="n">
-        <v>102.992</v>
+        <v>94.111</v>
       </c>
       <c r="AW29" s="14" t="n">
-        <v>137.568</v>
+        <v>103.163</v>
       </c>
       <c r="AX29" s="14" t="n">
-        <v>110.577</v>
+        <v>137.434</v>
       </c>
       <c r="AY29" s="14" t="n">
-        <v>102.946</v>
+        <v>110.596</v>
       </c>
       <c r="AZ29" s="14" t="n">
-        <v>100.276</v>
+        <v>103.172</v>
       </c>
       <c r="BA29" s="14" t="n">
-        <v>77.953</v>
+        <v>100.028</v>
       </c>
       <c r="BB29" s="14" t="n">
-        <v>98.675</v>
+        <v>77.952</v>
       </c>
       <c r="BC29" s="14" t="n">
-        <v>109.069</v>
+        <v>98.924</v>
       </c>
       <c r="BD29" s="14" t="n">
-        <v>91.773</v>
+        <v>108.703</v>
       </c>
       <c r="BE29" s="14" t="n">
-        <v>93.104</v>
+        <v>91.925</v>
       </c>
       <c r="BF29" s="14" t="n">
-        <v>99.058</v>
+        <v>93.395</v>
       </c>
       <c r="BG29" s="14" t="n">
-        <v>86.744</v>
+        <v>98.67</v>
       </c>
       <c r="BH29" s="14" t="n">
-        <v>92.256</v>
-[...2 lines deleted...]
-        <v>2.6</v>
+        <v>86.741</v>
+      </c>
+      <c r="BI29" s="14" t="n">
+        <v>92.459</v>
       </c>
       <c r="BJ29" s="15" t="n">
-        <v>11.7</v>
+        <v>25.5</v>
       </c>
       <c r="BK29" s="15" t="n">
-        <v>18.6</v>
+        <v>2.8</v>
       </c>
       <c r="BL29" s="15" t="n">
-        <v>-20.4</v>
+        <v>11.5</v>
       </c>
       <c r="BM29" s="15" t="n">
-        <v>3.3</v>
+        <v>18.3</v>
       </c>
       <c r="BN29" s="15" t="n">
-        <v>5.3</v>
+        <v>-19.9</v>
       </c>
       <c r="BO29" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="BP29" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="BQ29" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="BP29" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BR29" s="15" t="n">
-        <v>-7.4</v>
+        <v>2.2</v>
       </c>
       <c r="BS29" s="15" t="n">
-        <v>-23.2</v>
+        <v>10.1</v>
       </c>
       <c r="BT29" s="15" t="n">
-        <v>16.2</v>
+        <v>-7.3</v>
       </c>
       <c r="BU29" s="15" t="n">
-        <v>4.8</v>
+        <v>-23.3</v>
       </c>
       <c r="BV29" s="15" t="n">
-        <v>7.8</v>
+        <v>15.9</v>
       </c>
       <c r="BW29" s="15" t="n">
-        <v>23.4</v>
+        <v>5.4</v>
       </c>
       <c r="BX29" s="15" t="n">
-        <v>-25.0</v>
+        <v>7.4</v>
       </c>
       <c r="BY29" s="15" t="n">
-        <v>1.1</v>
+        <v>23.2</v>
       </c>
       <c r="BZ29" s="15" t="n">
-        <v>8.0</v>
+        <v>-24.6</v>
       </c>
       <c r="CA29" s="15" t="n">
-        <v>-2.0</v>
+        <v>0.8</v>
       </c>
       <c r="CB29" s="15" t="n">
-        <v>-5.4</v>
+        <v>8.2</v>
       </c>
       <c r="CC29" s="15" t="n">
-        <v>15.6</v>
+        <v>-1.7</v>
       </c>
       <c r="CD29" s="15" t="n">
         <v>-6.4</v>
       </c>
       <c r="CE29" s="15" t="n">
-        <v>-22.1</v>
+        <v>16.3</v>
       </c>
       <c r="CF29" s="15" t="n">
-        <v>19.0</v>
+        <v>-6.2</v>
       </c>
       <c r="CG29" s="15" t="n">
+        <v>-22.5</v>
+      </c>
+      <c r="CH29" s="15" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="CI29" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="CJ29" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CK29" s="15" t="n">
+        <v>34.1</v>
+      </c>
+      <c r="CL29" s="15" t="n">
+        <v>-28.3</v>
+      </c>
+      <c r="CM29" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CN29" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="CO29" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CP29" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CQ29" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="CR29" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="CS29" s="15" t="n">
+        <v>-23.4</v>
+      </c>
+      <c r="CT29" s="15" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="CU29" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CV29" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CW29" s="15" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="CX29" s="15" t="n">
+        <v>-18.2</v>
+      </c>
+      <c r="CY29" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="CZ29" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DA29" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DB29" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="DC29" s="15" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="DD29" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="DE29" s="15" t="n">
+        <v>-24.9</v>
+      </c>
+      <c r="DF29" s="15" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="DG29" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DH29" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DI29" s="15" t="n">
+        <v>28.3</v>
+      </c>
+      <c r="DJ29" s="15" t="n">
+        <v>-21.2</v>
+      </c>
+      <c r="DK29" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="DL29" s="15" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="DM29" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DN29" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="DO29" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="DP29" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="DQ29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR29" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="DS29" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="CH29" s="15" t="n">
-[...32 lines deleted...]
-      <c r="CS29" s="15" t="n">
+      <c r="DT29" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="DU29" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DV29" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DW29" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="DX29" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DY29" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="DZ29" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EA29" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="EB29" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EC29" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ED29" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EE29" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="EF29" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EG29" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EH29" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="EI29" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EJ29" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EK29" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="EL29" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EM29" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="EN29" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="EO29" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="EP29" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EQ29" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="ER29" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="ES29" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="ET29" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EU29" s="15" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="EV29" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="EW29" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EX29" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="EY29" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="EZ29" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="FA29" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="FB29" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="FC29" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="FD29" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="FE29" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="FF29" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="FG29" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="FH29" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="FI29" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="FJ29" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="FK29" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="FL29" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="FM29" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="FN29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ29" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GA29" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GB29" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GC29" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GD29" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GE29" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GF29" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GG29" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GH29" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GI29" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GJ29" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GK29" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GL29" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GM29" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="GN29" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="GO29" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="CT29" s="15" t="n">
-[...76 lines deleted...]
-      <c r="DS29" s="15" t="n">
+      <c r="GP29" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GQ29" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="DT29" s="15" t="n">
-[...41 lines deleted...]
-      <c r="EH29" s="15" t="n">
+      <c r="GR29" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="GS29" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="EI29" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EJ29" s="15" t="n">
+      <c r="GT29" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="GU29" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="GV29" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="GW29" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="GX29" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="GY29" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="GZ29" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="HA29" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="HB29" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="HC29" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="HD29" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="HE29" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="HF29" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="HG29" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="HH29" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="EK29" s="15" t="n">
-[...236 lines deleted...]
-      <c r="HD29" s="15" t="n">
+      <c r="HI29" s="15" t="n">
         <v>11.9</v>
-      </c>
-[...13 lines deleted...]
-        <v>12.6</v>
       </c>
       <c r="HJ29" s="15" t="n">
         <v>12.5</v>
       </c>
       <c r="HK29" s="15" t="n">
-        <v>12.0</v>
+        <v>12.9</v>
       </c>
       <c r="HL29" s="15" t="n">
-        <v>12.0</v>
+        <v>12.8</v>
       </c>
       <c r="HM29" s="15" t="n">
         <v>12.6</v>
       </c>
       <c r="HN29" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="HO29" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="HP29" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="HQ29" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="HR29" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="HO29" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HP29" s="15" t="n">
+      <c r="HS29" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="HT29" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="HQ29" s="15" t="n">
+      <c r="HU29" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="HR29" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="HV29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    63 Servicios de información</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>151.587</v>
+        <v>183.023</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>156.348</v>
+        <v>152.146</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>154.814</v>
+        <v>155.963</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>135.192</v>
+        <v>154.914</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>164.503</v>
+        <v>135.312</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>144.625</v>
+        <v>164.556</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>141.399</v>
+        <v>144.752</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>137.601</v>
+        <v>141.177</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>140.523</v>
+        <v>137.233</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>122.354</v>
+        <v>140.766</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>135.589</v>
+        <v>122.339</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>145.383</v>
+        <v>135.594</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>131.146</v>
+        <v>146.128</v>
       </c>
       <c r="O30" s="14" t="n">
-        <v>131.778</v>
+        <v>131.201</v>
       </c>
       <c r="P30" s="14" t="n">
-        <v>130.482</v>
+        <v>131.747</v>
       </c>
       <c r="Q30" s="14" t="n">
-        <v>119.847</v>
+        <v>130.596</v>
       </c>
       <c r="R30" s="14" t="n">
-        <v>136.814</v>
+        <v>119.659</v>
       </c>
       <c r="S30" s="14" t="n">
-        <v>125.966</v>
+        <v>136.563</v>
       </c>
       <c r="T30" s="14" t="n">
-        <v>125.085</v>
+        <v>126.077</v>
       </c>
       <c r="U30" s="14" t="n">
-        <v>113.766</v>
+        <v>125.157</v>
       </c>
       <c r="V30" s="14" t="n">
-        <v>120.99</v>
+        <v>113.736</v>
       </c>
       <c r="W30" s="14" t="n">
-        <v>107.985</v>
+        <v>120.967</v>
       </c>
       <c r="X30" s="14" t="n">
-        <v>118.201</v>
+        <v>108.262</v>
       </c>
       <c r="Y30" s="14" t="n">
-        <v>137.735</v>
+        <v>117.857</v>
       </c>
       <c r="Z30" s="14" t="n">
-        <v>113.62</v>
+        <v>138.126</v>
       </c>
       <c r="AA30" s="14" t="n">
-        <v>121.703</v>
+        <v>113.911</v>
       </c>
       <c r="AB30" s="14" t="n">
-        <v>119.593</v>
+        <v>121.511</v>
       </c>
       <c r="AC30" s="14" t="n">
-        <v>105.441</v>
+        <v>119.406</v>
       </c>
       <c r="AD30" s="14" t="n">
-        <v>123.981</v>
+        <v>105.449</v>
       </c>
       <c r="AE30" s="14" t="n">
-        <v>121.47</v>
+        <v>124.157</v>
       </c>
       <c r="AF30" s="14" t="n">
-        <v>105.259</v>
+        <v>121.539</v>
       </c>
       <c r="AG30" s="14" t="n">
-        <v>104.677</v>
+        <v>105.01</v>
       </c>
       <c r="AH30" s="14" t="n">
-        <v>108.5</v>
+        <v>104.737</v>
       </c>
       <c r="AI30" s="14" t="n">
-        <v>102.604</v>
+        <v>108.326</v>
       </c>
       <c r="AJ30" s="14" t="n">
-        <v>112.923</v>
+        <v>102.592</v>
       </c>
       <c r="AK30" s="14" t="n">
-        <v>131.376</v>
+        <v>113.221</v>
       </c>
       <c r="AL30" s="14" t="n">
-        <v>121.672</v>
+        <v>131.079</v>
       </c>
       <c r="AM30" s="14" t="n">
-        <v>109.462</v>
+        <v>121.355</v>
       </c>
       <c r="AN30" s="14" t="n">
-        <v>110.578</v>
+        <v>109.89</v>
       </c>
       <c r="AO30" s="14" t="n">
-        <v>102.534</v>
+        <v>110.642</v>
       </c>
       <c r="AP30" s="14" t="n">
-        <v>108.602</v>
+        <v>102.292</v>
       </c>
       <c r="AQ30" s="14" t="n">
-        <v>117.505</v>
+        <v>108.482</v>
       </c>
       <c r="AR30" s="14" t="n">
-        <v>106.263</v>
+        <v>117.515</v>
       </c>
       <c r="AS30" s="14" t="n">
-        <v>98.872</v>
+        <v>106.331</v>
       </c>
       <c r="AT30" s="14" t="n">
-        <v>109.158</v>
+        <v>98.686</v>
       </c>
       <c r="AU30" s="14" t="n">
-        <v>99.199</v>
+        <v>109.226</v>
       </c>
       <c r="AV30" s="14" t="n">
-        <v>101.675</v>
+        <v>99.186</v>
       </c>
       <c r="AW30" s="14" t="n">
-        <v>123.749</v>
+        <v>101.491</v>
       </c>
       <c r="AX30" s="14" t="n">
-        <v>111.782</v>
+        <v>123.686</v>
       </c>
       <c r="AY30" s="14" t="n">
-        <v>105.403</v>
+        <v>111.794</v>
       </c>
       <c r="AZ30" s="14" t="n">
-        <v>99.051</v>
+        <v>105.261</v>
       </c>
       <c r="BA30" s="14" t="n">
-        <v>88.182</v>
+        <v>99.059</v>
       </c>
       <c r="BB30" s="14" t="n">
-        <v>97.147</v>
+        <v>88.239</v>
       </c>
       <c r="BC30" s="14" t="n">
-        <v>100.641</v>
+        <v>97.256</v>
       </c>
       <c r="BD30" s="14" t="n">
-        <v>96.801</v>
+        <v>100.403</v>
       </c>
       <c r="BE30" s="14" t="n">
-        <v>91.617</v>
+        <v>96.885</v>
       </c>
       <c r="BF30" s="14" t="n">
-        <v>97.06</v>
+        <v>91.714</v>
       </c>
       <c r="BG30" s="14" t="n">
-        <v>96.268</v>
+        <v>96.835</v>
       </c>
       <c r="BH30" s="14" t="n">
-        <v>92.3</v>
-[...2 lines deleted...]
-        <v>-3.0</v>
+        <v>96.256</v>
+      </c>
+      <c r="BI30" s="14" t="n">
+        <v>92.611</v>
       </c>
       <c r="BJ30" s="15" t="n">
-        <v>1.0</v>
+        <v>20.3</v>
       </c>
       <c r="BK30" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="BL30" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="BM30" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="BL30" s="15" t="n">
+      <c r="BN30" s="15" t="n">
         <v>-17.8</v>
       </c>
-      <c r="BM30" s="15" t="n">
+      <c r="BO30" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="BN30" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BP30" s="15" t="n">
-        <v>-2.1</v>
+        <v>2.5</v>
       </c>
       <c r="BQ30" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="BR30" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="BS30" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="BT30" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="BU30" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="BV30" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="BW30" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="BX30" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="BY30" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="BZ30" s="15" t="n">
+        <v>-12.4</v>
+      </c>
+      <c r="CA30" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="CB30" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CC30" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="CD30" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CE30" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="CF30" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="CG30" s="15" t="n">
+        <v>-14.7</v>
+      </c>
+      <c r="CH30" s="15" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="CI30" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="CJ30" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CK30" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="CL30" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="CM30" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CN30" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="CO30" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CP30" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="CQ30" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CR30" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="CS30" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="CT30" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="CU30" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="CV30" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="CW30" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="CX30" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="CY30" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="CZ30" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="DA30" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="DB30" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="DC30" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DD30" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="DE30" s="15" t="n">
+        <v>-17.9</v>
+      </c>
+      <c r="DF30" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="DG30" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="DH30" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DI30" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="DJ30" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="DK30" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="DL30" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DM30" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="DN30" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="DO30" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DP30" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DQ30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR30" s="15" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="DS30" s="15" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="DT30" s="15" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="DU30" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="DV30" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="DW30" s="15" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="DX30" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="BR30" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BT30" s="15" t="n">
+      <c r="DY30" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="DZ30" s="15" t="n">
+        <v>20.7</v>
+      </c>
+      <c r="EA30" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="EB30" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="EC30" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="ED30" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EE30" s="15" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="EF30" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="EG30" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="EH30" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="EI30" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="EJ30" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EK30" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="EL30" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="EM30" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="EN30" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EO30" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EP30" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EQ30" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="ER30" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="ES30" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="ET30" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EU30" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="EV30" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EW30" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EX30" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EY30" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EZ30" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FA30" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="FB30" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FC30" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="FD30" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FE30" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="FF30" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="FG30" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="FH30" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="FI30" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="FJ30" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="FK30" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="FL30" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FM30" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="FN30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ30" s="15" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="GA30" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="GB30" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="GC30" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="GD30" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="GE30" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="GF30" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="GG30" s="15" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="GH30" s="15" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="GI30" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="GJ30" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="GK30" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="GL30" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="GM30" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="GN30" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="GO30" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="GP30" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="GQ30" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="GR30" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="GS30" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="GT30" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="GU30" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="GV30" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GW30" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GX30" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GY30" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GZ30" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="HA30" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="HB30" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="HC30" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HD30" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="HE30" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="HF30" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="HG30" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="HH30" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="HI30" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="HJ30" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="HK30" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="HL30" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="HM30" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="HN30" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="BU30" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BY30" s="15" t="n">
+      <c r="HO30" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="HP30" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="HQ30" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="BZ30" s="15" t="n">
-[...166 lines deleted...]
-      <c r="EC30" s="15" t="n">
+      <c r="HR30" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="ED30" s="15" t="n">
-[...290 lines deleted...]
-      <c r="HO30" s="15" t="n">
+      <c r="HS30" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="HP30" s="15" t="n">
-[...23 lines deleted...]
-        </is>
+      <c r="HT30" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="HU30" s="15" t="n">
+        <v>9.6</v>
       </c>
       <c r="HV30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.4 Actividades inmobiliarias</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>125.248</v>
+        <v>136.165</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>116.845</v>
+        <v>125.064</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>112.555</v>
+        <v>116.577</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>98.135</v>
+        <v>112.454</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>112.677</v>
+        <v>98.163</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>115.513</v>
+        <v>112.66</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>110.799</v>
+        <v>115.524</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>109.643</v>
+        <v>110.81</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>114.363</v>
+        <v>109.639</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>102.494</v>
+        <v>114.383</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>107.876</v>
+        <v>102.495</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>126.909</v>
+        <v>107.871</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>113.597</v>
+        <v>126.91</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>108.464</v>
+        <v>113.615</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>103.901</v>
+        <v>108.43</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>96.792</v>
+        <v>103.912</v>
       </c>
       <c r="R31" s="14" t="n">
-        <v>117.689</v>
+        <v>96.803</v>
       </c>
       <c r="S31" s="14" t="n">
-        <v>109.559</v>
+        <v>117.671</v>
       </c>
       <c r="T31" s="14" t="n">
-        <v>102.291</v>
+        <v>109.592</v>
       </c>
       <c r="U31" s="14" t="n">
-        <v>107.998</v>
+        <v>102.28</v>
       </c>
       <c r="V31" s="14" t="n">
-        <v>103.37</v>
+        <v>107.971</v>
       </c>
       <c r="W31" s="14" t="n">
-        <v>97.185</v>
+        <v>103.413</v>
       </c>
       <c r="X31" s="14" t="n">
-        <v>96.452</v>
+        <v>97.179</v>
       </c>
       <c r="Y31" s="14" t="n">
-        <v>124.302</v>
+        <v>96.425</v>
       </c>
       <c r="Z31" s="14" t="n">
-        <v>110.677</v>
+        <v>124.349</v>
       </c>
       <c r="AA31" s="14" t="n">
-        <v>119.601</v>
+        <v>110.672</v>
       </c>
       <c r="AB31" s="14" t="n">
-        <v>103.257</v>
+        <v>119.612</v>
       </c>
       <c r="AC31" s="14" t="n">
-        <v>93.869</v>
+        <v>103.268</v>
       </c>
       <c r="AD31" s="14" t="n">
-        <v>117.461</v>
+        <v>93.858</v>
       </c>
       <c r="AE31" s="14" t="n">
-        <v>109.008</v>
+        <v>117.488</v>
       </c>
       <c r="AF31" s="14" t="n">
-        <v>100.861</v>
+        <v>108.996</v>
       </c>
       <c r="AG31" s="14" t="n">
-        <v>111.953</v>
+        <v>100.85</v>
       </c>
       <c r="AH31" s="14" t="n">
-        <v>108.279</v>
+        <v>111.993</v>
       </c>
       <c r="AI31" s="14" t="n">
-        <v>95.644</v>
+        <v>108.254</v>
       </c>
       <c r="AJ31" s="14" t="n">
-        <v>94.405</v>
+        <v>95.645</v>
       </c>
       <c r="AK31" s="14" t="n">
-        <v>115.18</v>
+        <v>94.4</v>
       </c>
       <c r="AL31" s="14" t="n">
-        <v>106.53</v>
+        <v>115.182</v>
       </c>
       <c r="AM31" s="14" t="n">
-        <v>96.25</v>
+        <v>106.525</v>
       </c>
       <c r="AN31" s="14" t="n">
-        <v>100.868</v>
+        <v>96.283</v>
       </c>
       <c r="AO31" s="14" t="n">
-        <v>83.831</v>
+        <v>100.856</v>
       </c>
       <c r="AP31" s="14" t="n">
-        <v>102.834</v>
+        <v>83.819</v>
       </c>
       <c r="AQ31" s="14" t="n">
-        <v>105.612</v>
+        <v>102.861</v>
       </c>
       <c r="AR31" s="14" t="n">
-        <v>97.704</v>
+        <v>105.601</v>
       </c>
       <c r="AS31" s="14" t="n">
-        <v>100.711</v>
+        <v>97.693</v>
       </c>
       <c r="AT31" s="14" t="n">
-        <v>102.582</v>
+        <v>100.729</v>
       </c>
       <c r="AU31" s="14" t="n">
-        <v>88.77</v>
+        <v>102.557</v>
       </c>
       <c r="AV31" s="14" t="n">
-        <v>91.374</v>
+        <v>88.771</v>
       </c>
       <c r="AW31" s="14" t="n">
-        <v>121.17</v>
+        <v>91.391</v>
       </c>
       <c r="AX31" s="14" t="n">
-        <v>108.617</v>
+        <v>121.149</v>
       </c>
       <c r="AY31" s="14" t="n">
-        <v>101.963</v>
+        <v>108.612</v>
       </c>
       <c r="AZ31" s="14" t="n">
-        <v>96.479</v>
+        <v>101.996</v>
       </c>
       <c r="BA31" s="14" t="n">
-        <v>91.647</v>
+        <v>96.467</v>
       </c>
       <c r="BB31" s="14" t="n">
-        <v>103.954</v>
+        <v>91.636</v>
       </c>
       <c r="BC31" s="14" t="n">
-        <v>104.678</v>
+        <v>103.959</v>
       </c>
       <c r="BD31" s="14" t="n">
-        <v>97.352</v>
+        <v>104.667</v>
       </c>
       <c r="BE31" s="14" t="n">
-        <v>99.449</v>
+        <v>97.363</v>
       </c>
       <c r="BF31" s="14" t="n">
-        <v>94.573</v>
+        <v>99.444</v>
       </c>
       <c r="BG31" s="14" t="n">
-        <v>87.216</v>
+        <v>94.549</v>
       </c>
       <c r="BH31" s="14" t="n">
-        <v>92.901</v>
-[...2 lines deleted...]
-        <v>7.2</v>
+        <v>87.217</v>
+      </c>
+      <c r="BI31" s="14" t="n">
+        <v>92.941</v>
       </c>
       <c r="BJ31" s="15" t="n">
-        <v>3.8</v>
+        <v>8.9</v>
       </c>
       <c r="BK31" s="15" t="n">
-        <v>14.7</v>
+        <v>7.3</v>
       </c>
       <c r="BL31" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="BM31" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="BN31" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="BM31" s="15" t="n">
+      <c r="BO31" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="BN31" s="15" t="n">
+      <c r="BP31" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="BO31" s="15" t="n">
+      <c r="BQ31" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BP31" s="15" t="n">
+      <c r="BR31" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="BQ31" s="15" t="n">
+      <c r="BS31" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="BR31" s="15" t="n">
+      <c r="BT31" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="BS31" s="15" t="n">
+      <c r="BU31" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="BT31" s="15" t="n">
+      <c r="BV31" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="BU31" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BV31" s="15" t="n">
+      <c r="BW31" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BX31" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="BY31" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="BZ31" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="CA31" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CB31" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CC31" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="CD31" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="BW31" s="15" t="n">
+      <c r="CE31" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="CF31" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CG31" s="15" t="n">
+        <v>-22.5</v>
+      </c>
+      <c r="CH31" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="CI31" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="CJ31" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="CK31" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="CL31" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="CM31" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CN31" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CO31" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="CP31" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="CQ31" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="CR31" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CS31" s="15" t="n">
+        <v>-18.0</v>
+      </c>
+      <c r="CT31" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CU31" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CV31" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CW31" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="CX31" s="15" t="n">
+        <v>-18.5</v>
+      </c>
+      <c r="CY31" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="CZ31" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DA31" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="DB31" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DC31" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="DD31" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DE31" s="15" t="n">
+        <v>-24.6</v>
+      </c>
+      <c r="DF31" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="DG31" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="DH31" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DI31" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DJ31" s="15" t="n">
+        <v>-11.9</v>
+      </c>
+      <c r="DK31" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DL31" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DM31" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DN31" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DO31" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="DP31" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="DQ31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR31" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="BX31" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BZ31" s="15" t="n">
+      <c r="DS31" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DT31" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DU31" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="DV31" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DW31" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="DX31" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DY31" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="DZ31" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EA31" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="EB31" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EC31" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="ED31" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EE31" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EF31" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="EG31" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EH31" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EI31" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EJ31" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EK31" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EL31" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="EM31" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="EN31" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EO31" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EP31" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="EQ31" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ER31" s="15" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="ES31" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ET31" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="EU31" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="EV31" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EW31" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EX31" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="EY31" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EZ31" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="FA31" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FB31" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="FC31" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="FD31" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="FE31" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FF31" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="FG31" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="FH31" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FI31" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FJ31" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FK31" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="FL31" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FM31" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FN31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ31" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GA31" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GB31" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GC31" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GD31" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GE31" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GF31" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="CA31" s="15" t="n">
-[...101 lines deleted...]
-      <c r="DI31" s="15" t="n">
+      <c r="GG31" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="GH31" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GI31" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="GJ31" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GK31" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="GL31" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GM31" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DJ31" s="15" t="n">
-[...259 lines deleted...]
-      <c r="GJ31" s="15" t="n">
+      <c r="GN31" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GK31" s="15" t="n">
+      <c r="GO31" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GL31" s="15" t="n">
+      <c r="GP31" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-1.3</v>
       </c>
       <c r="GQ31" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="GR31" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GS31" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GT31" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="GU31" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GV31" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GS31" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GT31" s="15" t="n">
+      <c r="GW31" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GX31" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="GU31" s="15" t="n">
+      <c r="GY31" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="GV31" s="15" t="n">
+      <c r="GZ31" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="GW31" s="15" t="n">
+      <c r="HA31" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="GX31" s="15" t="n">
+      <c r="HB31" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="GY31" s="15" t="n">
+      <c r="HC31" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="GZ31" s="15" t="n">
+      <c r="HD31" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="HA31" s="15" t="n">
+      <c r="HE31" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="HB31" s="15" t="n">
+      <c r="HF31" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="HC31" s="15" t="n">
+      <c r="HG31" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="HD31" s="15" t="n">
+      <c r="HH31" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="HE31" s="15" t="n">
+      <c r="HI31" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HF31" s="15" t="n">
+      <c r="HJ31" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HG31" s="15" t="n">
+      <c r="HK31" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="HH31" s="15" t="n">
+      <c r="HL31" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HI31" s="15" t="n">
+      <c r="HM31" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="HJ31" s="15" t="n">
+      <c r="HN31" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HK31" s="15" t="n">
+      <c r="HO31" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="HL31" s="15" t="n">
+      <c r="HP31" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="HM31" s="15" t="n">
+      <c r="HQ31" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="HN31" s="15" t="n">
+      <c r="HR31" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HO31" s="15" t="n">
+      <c r="HS31" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HP31" s="15" t="n">
+      <c r="HT31" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HQ31" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU31" s="15" t="n">
+        <v>-1.7</v>
       </c>
       <c r="HV31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    68 Actividades inmobiliarias</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>125.248</v>
+        <v>136.165</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>116.845</v>
+        <v>125.064</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>112.555</v>
+        <v>116.577</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>98.135</v>
+        <v>112.454</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>112.677</v>
+        <v>98.163</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>115.513</v>
+        <v>112.66</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>110.799</v>
+        <v>115.524</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>109.643</v>
+        <v>110.81</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>114.363</v>
+        <v>109.639</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>102.494</v>
+        <v>114.383</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>107.876</v>
+        <v>102.495</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>126.909</v>
+        <v>107.871</v>
       </c>
       <c r="N32" s="14" t="n">
-        <v>113.597</v>
+        <v>126.91</v>
       </c>
       <c r="O32" s="14" t="n">
-        <v>108.464</v>
+        <v>113.615</v>
       </c>
       <c r="P32" s="14" t="n">
-        <v>103.901</v>
+        <v>108.43</v>
       </c>
       <c r="Q32" s="14" t="n">
-        <v>96.792</v>
+        <v>103.912</v>
       </c>
       <c r="R32" s="14" t="n">
-        <v>117.689</v>
+        <v>96.803</v>
       </c>
       <c r="S32" s="14" t="n">
-        <v>109.559</v>
+        <v>117.671</v>
       </c>
       <c r="T32" s="14" t="n">
-        <v>102.291</v>
+        <v>109.592</v>
       </c>
       <c r="U32" s="14" t="n">
-        <v>107.998</v>
+        <v>102.28</v>
       </c>
       <c r="V32" s="14" t="n">
-        <v>103.37</v>
+        <v>107.971</v>
       </c>
       <c r="W32" s="14" t="n">
-        <v>97.185</v>
+        <v>103.413</v>
       </c>
       <c r="X32" s="14" t="n">
-        <v>96.452</v>
+        <v>97.179</v>
       </c>
       <c r="Y32" s="14" t="n">
-        <v>124.302</v>
+        <v>96.425</v>
       </c>
       <c r="Z32" s="14" t="n">
-        <v>110.677</v>
+        <v>124.349</v>
       </c>
       <c r="AA32" s="14" t="n">
-        <v>119.601</v>
+        <v>110.672</v>
       </c>
       <c r="AB32" s="14" t="n">
-        <v>103.257</v>
+        <v>119.612</v>
       </c>
       <c r="AC32" s="14" t="n">
-        <v>93.869</v>
+        <v>103.268</v>
       </c>
       <c r="AD32" s="14" t="n">
-        <v>117.461</v>
+        <v>93.858</v>
       </c>
       <c r="AE32" s="14" t="n">
-        <v>109.008</v>
+        <v>117.488</v>
       </c>
       <c r="AF32" s="14" t="n">
-        <v>100.861</v>
+        <v>108.996</v>
       </c>
       <c r="AG32" s="14" t="n">
-        <v>111.953</v>
+        <v>100.85</v>
       </c>
       <c r="AH32" s="14" t="n">
-        <v>108.279</v>
+        <v>111.993</v>
       </c>
       <c r="AI32" s="14" t="n">
-        <v>95.644</v>
+        <v>108.254</v>
       </c>
       <c r="AJ32" s="14" t="n">
-        <v>94.405</v>
+        <v>95.645</v>
       </c>
       <c r="AK32" s="14" t="n">
-        <v>115.18</v>
+        <v>94.4</v>
       </c>
       <c r="AL32" s="14" t="n">
-        <v>106.53</v>
+        <v>115.182</v>
       </c>
       <c r="AM32" s="14" t="n">
-        <v>96.25</v>
+        <v>106.525</v>
       </c>
       <c r="AN32" s="14" t="n">
-        <v>100.868</v>
+        <v>96.283</v>
       </c>
       <c r="AO32" s="14" t="n">
-        <v>83.831</v>
+        <v>100.856</v>
       </c>
       <c r="AP32" s="14" t="n">
-        <v>102.834</v>
+        <v>83.819</v>
       </c>
       <c r="AQ32" s="14" t="n">
-        <v>105.612</v>
+        <v>102.861</v>
       </c>
       <c r="AR32" s="14" t="n">
-        <v>97.704</v>
+        <v>105.601</v>
       </c>
       <c r="AS32" s="14" t="n">
-        <v>100.711</v>
+        <v>97.693</v>
       </c>
       <c r="AT32" s="14" t="n">
-        <v>102.582</v>
+        <v>100.729</v>
       </c>
       <c r="AU32" s="14" t="n">
-        <v>88.77</v>
+        <v>102.557</v>
       </c>
       <c r="AV32" s="14" t="n">
-        <v>91.374</v>
+        <v>88.771</v>
       </c>
       <c r="AW32" s="14" t="n">
-        <v>121.17</v>
+        <v>91.391</v>
       </c>
       <c r="AX32" s="14" t="n">
-        <v>108.617</v>
+        <v>121.149</v>
       </c>
       <c r="AY32" s="14" t="n">
-        <v>101.963</v>
+        <v>108.612</v>
       </c>
       <c r="AZ32" s="14" t="n">
-        <v>96.479</v>
+        <v>101.996</v>
       </c>
       <c r="BA32" s="14" t="n">
-        <v>91.647</v>
+        <v>96.467</v>
       </c>
       <c r="BB32" s="14" t="n">
-        <v>103.954</v>
+        <v>91.636</v>
       </c>
       <c r="BC32" s="14" t="n">
-        <v>104.678</v>
+        <v>103.959</v>
       </c>
       <c r="BD32" s="14" t="n">
-        <v>97.352</v>
+        <v>104.667</v>
       </c>
       <c r="BE32" s="14" t="n">
-        <v>99.449</v>
+        <v>97.363</v>
       </c>
       <c r="BF32" s="14" t="n">
-        <v>94.573</v>
+        <v>99.444</v>
       </c>
       <c r="BG32" s="14" t="n">
-        <v>87.216</v>
+        <v>94.549</v>
       </c>
       <c r="BH32" s="14" t="n">
-        <v>92.901</v>
-[...2 lines deleted...]
-        <v>7.2</v>
+        <v>87.217</v>
+      </c>
+      <c r="BI32" s="14" t="n">
+        <v>92.941</v>
       </c>
       <c r="BJ32" s="15" t="n">
-        <v>3.8</v>
+        <v>8.9</v>
       </c>
       <c r="BK32" s="15" t="n">
-        <v>14.7</v>
+        <v>7.3</v>
       </c>
       <c r="BL32" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="BM32" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="BN32" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="BM32" s="15" t="n">
+      <c r="BO32" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="BN32" s="15" t="n">
+      <c r="BP32" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="BO32" s="15" t="n">
+      <c r="BQ32" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BP32" s="15" t="n">
+      <c r="BR32" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="BQ32" s="15" t="n">
+      <c r="BS32" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="BR32" s="15" t="n">
+      <c r="BT32" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="BS32" s="15" t="n">
+      <c r="BU32" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="BT32" s="15" t="n">
+      <c r="BV32" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="BU32" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BV32" s="15" t="n">
+      <c r="BW32" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BX32" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="BY32" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="BZ32" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="CA32" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CB32" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CC32" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="CD32" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="BW32" s="15" t="n">
+      <c r="CE32" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="CF32" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CG32" s="15" t="n">
+        <v>-22.5</v>
+      </c>
+      <c r="CH32" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="CI32" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="CJ32" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="CK32" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="CL32" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="CM32" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CN32" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CO32" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="CP32" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="CQ32" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="CR32" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CS32" s="15" t="n">
+        <v>-18.0</v>
+      </c>
+      <c r="CT32" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CU32" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CV32" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CW32" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="CX32" s="15" t="n">
+        <v>-18.5</v>
+      </c>
+      <c r="CY32" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="CZ32" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DA32" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="DB32" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DC32" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="DD32" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DE32" s="15" t="n">
+        <v>-24.6</v>
+      </c>
+      <c r="DF32" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="DG32" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="DH32" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DI32" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DJ32" s="15" t="n">
+        <v>-11.9</v>
+      </c>
+      <c r="DK32" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DL32" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DM32" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DN32" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DO32" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="DP32" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="DQ32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR32" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="BX32" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BZ32" s="15" t="n">
+      <c r="DS32" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DT32" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DU32" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="DV32" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DW32" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="DX32" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DY32" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="DZ32" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EA32" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="EB32" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EC32" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="ED32" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EE32" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EF32" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="EG32" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EH32" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EI32" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EJ32" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EK32" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EL32" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="EM32" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="EN32" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EO32" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EP32" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="EQ32" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ER32" s="15" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="ES32" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ET32" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="EU32" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="EV32" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EW32" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EX32" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="EY32" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EZ32" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="FA32" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FB32" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="FC32" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="FD32" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="FE32" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FF32" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="FG32" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="FH32" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FI32" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FJ32" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FK32" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="FL32" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FM32" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FN32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ32" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GA32" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GB32" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GC32" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GD32" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GE32" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GF32" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="CA32" s="15" t="n">
-[...101 lines deleted...]
-      <c r="DI32" s="15" t="n">
+      <c r="GG32" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="GH32" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GI32" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="GJ32" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GK32" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="GL32" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GM32" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DJ32" s="15" t="n">
-[...259 lines deleted...]
-      <c r="GJ32" s="15" t="n">
+      <c r="GN32" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GK32" s="15" t="n">
+      <c r="GO32" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GL32" s="15" t="n">
+      <c r="GP32" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-1.3</v>
       </c>
       <c r="GQ32" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="GR32" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GS32" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GT32" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="GU32" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GV32" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GS32" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GT32" s="15" t="n">
+      <c r="GW32" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GX32" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="GU32" s="15" t="n">
+      <c r="GY32" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="GV32" s="15" t="n">
+      <c r="GZ32" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="GW32" s="15" t="n">
+      <c r="HA32" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="GX32" s="15" t="n">
+      <c r="HB32" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="GY32" s="15" t="n">
+      <c r="HC32" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="GZ32" s="15" t="n">
+      <c r="HD32" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="HA32" s="15" t="n">
+      <c r="HE32" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="HB32" s="15" t="n">
+      <c r="HF32" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="HC32" s="15" t="n">
+      <c r="HG32" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="HD32" s="15" t="n">
+      <c r="HH32" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="HE32" s="15" t="n">
+      <c r="HI32" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HF32" s="15" t="n">
+      <c r="HJ32" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HG32" s="15" t="n">
+      <c r="HK32" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="HH32" s="15" t="n">
+      <c r="HL32" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HI32" s="15" t="n">
+      <c r="HM32" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="HJ32" s="15" t="n">
+      <c r="HN32" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HK32" s="15" t="n">
+      <c r="HO32" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="HL32" s="15" t="n">
+      <c r="HP32" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="HM32" s="15" t="n">
+      <c r="HQ32" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="HN32" s="15" t="n">
+      <c r="HR32" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HO32" s="15" t="n">
+      <c r="HS32" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HP32" s="15" t="n">
+      <c r="HT32" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HQ32" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU32" s="15" t="n">
+        <v>-1.7</v>
       </c>
       <c r="HV32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.5 Actividades profesionales, científicas y técnicas</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>124.575</v>
+        <v>153.629</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>129.861</v>
+        <v>123.923</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>121.946</v>
+        <v>129.305</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>88.834</v>
+        <v>121.69</v>
       </c>
       <c r="F33" s="14" t="n">
+        <v>88.701</v>
+      </c>
+      <c r="G33" s="14" t="n">
         <v>131.706</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="H33" s="14" t="n">
         <v>125.414</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="I33" s="14" t="n">
         <v>114.422</v>
       </c>
-      <c r="I33" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J33" s="14" t="n">
-        <v>120.139</v>
+        <v>116.679</v>
       </c>
       <c r="K33" s="14" t="n">
+        <v>120.14</v>
+      </c>
+      <c r="L33" s="14" t="n">
         <v>108.829</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="M33" s="14" t="n">
         <v>108.919</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="N33" s="14" t="n">
         <v>149.147</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="O33" s="14" t="n">
         <v>121.05</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="P33" s="14" t="n">
         <v>127.658</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="Q33" s="14" t="n">
         <v>117.443</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>91.237</v>
       </c>
-      <c r="R33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>127.905</v>
       </c>
-      <c r="S33" s="14" t="n">
+      <c r="T33" s="14" t="n">
         <v>119.899</v>
       </c>
-      <c r="T33" s="14" t="n">
+      <c r="U33" s="14" t="n">
         <v>113.194</v>
       </c>
-      <c r="U33" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="V33" s="14" t="n">
-        <v>114.008</v>
+        <v>114.923</v>
       </c>
       <c r="W33" s="14" t="n">
+        <v>114.007</v>
+      </c>
+      <c r="X33" s="14" t="n">
         <v>108.972</v>
       </c>
-      <c r="X33" s="14" t="n">
+      <c r="Y33" s="14" t="n">
         <v>106.385</v>
       </c>
-      <c r="Y33" s="14" t="n">
+      <c r="Z33" s="14" t="n">
         <v>148.762</v>
       </c>
-      <c r="Z33" s="14" t="n">
+      <c r="AA33" s="14" t="n">
         <v>120.301</v>
       </c>
-      <c r="AA33" s="14" t="n">
+      <c r="AB33" s="14" t="n">
         <v>114.896</v>
       </c>
-      <c r="AB33" s="14" t="n">
+      <c r="AC33" s="14" t="n">
         <v>108.079</v>
       </c>
-      <c r="AC33" s="14" t="n">
+      <c r="AD33" s="14" t="n">
         <v>86.18</v>
       </c>
-      <c r="AD33" s="14" t="n">
+      <c r="AE33" s="14" t="n">
         <v>119.146</v>
       </c>
-      <c r="AE33" s="14" t="n">
+      <c r="AF33" s="14" t="n">
         <v>121.086</v>
       </c>
-      <c r="AF33" s="14" t="n">
+      <c r="AG33" s="14" t="n">
         <v>109.488</v>
       </c>
-      <c r="AG33" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AH33" s="14" t="n">
-        <v>110.701</v>
+        <v>105.099</v>
       </c>
       <c r="AI33" s="14" t="n">
+        <v>110.702</v>
+      </c>
+      <c r="AJ33" s="14" t="n">
         <v>99.192</v>
       </c>
-      <c r="AJ33" s="14" t="n">
+      <c r="AK33" s="14" t="n">
         <v>96.602</v>
       </c>
-      <c r="AK33" s="14" t="n">
+      <c r="AL33" s="14" t="n">
         <v>142.316</v>
       </c>
-      <c r="AL33" s="14" t="n">
+      <c r="AM33" s="14" t="n">
         <v>114.313</v>
       </c>
-      <c r="AM33" s="14" t="n">
+      <c r="AN33" s="14" t="n">
         <v>113.667</v>
       </c>
-      <c r="AN33" s="14" t="n">
+      <c r="AO33" s="14" t="n">
         <v>111.147</v>
       </c>
-      <c r="AO33" s="14" t="n">
+      <c r="AP33" s="14" t="n">
         <v>88.142</v>
       </c>
-      <c r="AP33" s="14" t="n">
+      <c r="AQ33" s="14" t="n">
         <v>112.442</v>
       </c>
-      <c r="AQ33" s="14" t="n">
+      <c r="AR33" s="14" t="n">
         <v>118.578</v>
       </c>
-      <c r="AR33" s="14" t="n">
+      <c r="AS33" s="14" t="n">
         <v>104.088</v>
       </c>
-      <c r="AS33" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AT33" s="14" t="n">
-        <v>110.894</v>
+        <v>100.378</v>
       </c>
       <c r="AU33" s="14" t="n">
+        <v>110.895</v>
+      </c>
+      <c r="AV33" s="14" t="n">
         <v>93.622</v>
       </c>
-      <c r="AV33" s="14" t="n">
+      <c r="AW33" s="14" t="n">
         <v>89.482</v>
       </c>
-      <c r="AW33" s="14" t="n">
+      <c r="AX33" s="14" t="n">
         <v>134.223</v>
       </c>
-      <c r="AX33" s="14" t="n">
+      <c r="AY33" s="14" t="n">
         <v>107.166</v>
       </c>
-      <c r="AY33" s="14" t="n">
+      <c r="AZ33" s="14" t="n">
         <v>105.989</v>
       </c>
-      <c r="AZ33" s="14" t="n">
+      <c r="BA33" s="14" t="n">
         <v>100.761</v>
       </c>
-      <c r="BA33" s="14" t="n">
+      <c r="BB33" s="14" t="n">
         <v>77.1</v>
       </c>
-      <c r="BB33" s="14" t="n">
+      <c r="BC33" s="14" t="n">
         <v>106.844</v>
       </c>
-      <c r="BC33" s="14" t="n">
+      <c r="BD33" s="14" t="n">
         <v>105.454</v>
       </c>
-      <c r="BD33" s="14" t="n">
+      <c r="BE33" s="14" t="n">
         <v>95.607</v>
       </c>
-      <c r="BE33" s="14" t="n">
+      <c r="BF33" s="14" t="n">
         <v>98.339</v>
       </c>
-      <c r="BF33" s="14" t="n">
+      <c r="BG33" s="14" t="n">
         <v>99.019</v>
       </c>
-      <c r="BG33" s="14" t="n">
+      <c r="BH33" s="14" t="n">
         <v>86.982</v>
       </c>
-      <c r="BH33" s="14" t="n">
+      <c r="BI33" s="14" t="n">
         <v>82.516</v>
       </c>
-      <c r="BI33" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BJ33" s="15" t="n">
-        <v>6.5</v>
+        <v>24.0</v>
       </c>
       <c r="BK33" s="15" t="n">
-        <v>37.3</v>
+        <v>-4.2</v>
       </c>
       <c r="BL33" s="15" t="n">
-        <v>-32.6</v>
+        <v>6.3</v>
       </c>
       <c r="BM33" s="15" t="n">
+        <v>37.2</v>
+      </c>
+      <c r="BN33" s="15" t="n">
+        <v>-32.7</v>
+      </c>
+      <c r="BO33" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="BN33" s="15" t="n">
+      <c r="BP33" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="BO33" s="15" t="n">
+      <c r="BQ33" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="BP33" s="15" t="n">
+      <c r="BR33" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="BQ33" s="15" t="n">
+      <c r="BS33" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="BR33" s="15" t="n">
+      <c r="BT33" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="BS33" s="15" t="n">
+      <c r="BU33" s="15" t="n">
         <v>-27.0</v>
       </c>
-      <c r="BT33" s="15" t="n">
+      <c r="BV33" s="15" t="n">
         <v>23.2</v>
       </c>
-      <c r="BU33" s="15" t="n">
+      <c r="BW33" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="BV33" s="15" t="n">
+      <c r="BX33" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="BW33" s="15" t="n">
+      <c r="BY33" s="15" t="n">
         <v>28.7</v>
       </c>
-      <c r="BX33" s="15" t="n">
+      <c r="BZ33" s="15" t="n">
         <v>-28.7</v>
       </c>
-      <c r="BY33" s="15" t="n">
+      <c r="CA33" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="BZ33" s="15" t="n">
+      <c r="CB33" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="CA33" s="15" t="n">
+      <c r="CC33" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CB33" s="15" t="n">
+      <c r="CD33" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CC33" s="15" t="n">
+      <c r="CE33" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="CD33" s="15" t="n">
+      <c r="CF33" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CE33" s="15" t="n">
+      <c r="CG33" s="15" t="n">
         <v>-28.5</v>
       </c>
-      <c r="CF33" s="15" t="n">
+      <c r="CH33" s="15" t="n">
         <v>23.7</v>
       </c>
-      <c r="CG33" s="15" t="n">
+      <c r="CI33" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="CH33" s="15" t="n">
+      <c r="CJ33" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="CI33" s="15" t="n">
+      <c r="CK33" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="CJ33" s="15" t="n">
+      <c r="CL33" s="15" t="n">
         <v>-27.7</v>
       </c>
-      <c r="CK33" s="15" t="n">
+      <c r="CM33" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="CL33" s="15" t="n">
+      <c r="CN33" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="CM33" s="15" t="n">
+      <c r="CO33" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CN33" s="15" t="n">
+      <c r="CP33" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="CO33" s="15" t="n">
+      <c r="CQ33" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="CP33" s="15" t="n">
+      <c r="CR33" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CQ33" s="15" t="n">
+      <c r="CS33" s="15" t="n">
         <v>-32.1</v>
       </c>
-      <c r="CR33" s="15" t="n">
+      <c r="CT33" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="CS33" s="15" t="n">
+      <c r="CU33" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CT33" s="15" t="n">
+      <c r="CV33" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CU33" s="15" t="n">
+      <c r="CW33" s="15" t="n">
         <v>26.1</v>
       </c>
-      <c r="CV33" s="15" t="n">
+      <c r="CX33" s="15" t="n">
         <v>-21.6</v>
       </c>
-      <c r="CW33" s="15" t="n">
+      <c r="CY33" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="CX33" s="15" t="n">
+      <c r="CZ33" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="CY33" s="15" t="n">
+      <c r="DA33" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CZ33" s="15" t="n">
+      <c r="DB33" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="DA33" s="15" t="n">
+      <c r="DC33" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="DB33" s="15" t="n">
+      <c r="DD33" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="DC33" s="15" t="n">
+      <c r="DE33" s="15" t="n">
         <v>-33.3</v>
       </c>
-      <c r="DD33" s="15" t="n">
+      <c r="DF33" s="15" t="n">
         <v>25.2</v>
       </c>
-      <c r="DE33" s="15" t="n">
+      <c r="DG33" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DF33" s="15" t="n">
+      <c r="DH33" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="DG33" s="15" t="n">
+      <c r="DI33" s="15" t="n">
         <v>30.7</v>
       </c>
-      <c r="DH33" s="15" t="n">
+      <c r="DJ33" s="15" t="n">
         <v>-27.8</v>
       </c>
-      <c r="DI33" s="15" t="n">
+      <c r="DK33" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DJ33" s="15" t="n">
+      <c r="DL33" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="DK33" s="15" t="n">
+      <c r="DM33" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="DL33" s="15" t="n">
+      <c r="DN33" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DM33" s="15" t="n">
+      <c r="DO33" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="DN33" s="15" t="n">
+      <c r="DP33" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DO33" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>1.7</v>
+      <c r="DQ33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="DR33" s="15" t="n">
-        <v>3.8</v>
+        <v>3.0</v>
       </c>
       <c r="DS33" s="15" t="n">
-        <v>-2.6</v>
+        <v>2.4</v>
       </c>
       <c r="DT33" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DU33" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DV33" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DW33" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DU33" s="15" t="n">
+      <c r="DX33" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="DV33" s="15" t="n">
+      <c r="DY33" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DW33" s="15" t="n">
+      <c r="DZ33" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DX33" s="15" t="n">
+      <c r="EA33" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DY33" s="15" t="n">
+      <c r="EB33" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DZ33" s="15" t="n">
+      <c r="EC33" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EA33" s="15" t="n">
+      <c r="ED33" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EB33" s="15" t="n">
+      <c r="EE33" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EC33" s="15" t="n">
+      <c r="EF33" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ED33" s="15" t="n">
+      <c r="EG33" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="EE33" s="15" t="n">
+      <c r="EH33" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="EF33" s="15" t="n">
+      <c r="EI33" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="EG33" s="15" t="n">
+      <c r="EJ33" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="EH33" s="15" t="n">
+      <c r="EK33" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="EI33" s="15" t="n">
+      <c r="EL33" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="EJ33" s="15" t="n">
+      <c r="EM33" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EK33" s="15" t="n">
+      <c r="EN33" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="EL33" s="15" t="n">
+      <c r="EO33" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="EM33" s="15" t="n">
+      <c r="EP33" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="EN33" s="15" t="n">
+      <c r="EQ33" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EO33" s="15" t="n">
+      <c r="ER33" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EP33" s="15" t="n">
+      <c r="ES33" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="EQ33" s="15" t="n">
+      <c r="ET33" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ER33" s="15" t="n">
+      <c r="EU33" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ES33" s="15" t="n">
+      <c r="EV33" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ET33" s="15" t="n">
+      <c r="EW33" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EU33" s="15" t="n">
+      <c r="EX33" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EV33" s="15" t="n">
+      <c r="EY33" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EW33" s="15" t="n">
+      <c r="EZ33" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="EX33" s="15" t="n">
+      <c r="FA33" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="EY33" s="15" t="n">
+      <c r="FB33" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="EZ33" s="15" t="n">
+      <c r="FC33" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FA33" s="15" t="n">
+      <c r="FD33" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FB33" s="15" t="n">
+      <c r="FE33" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="FC33" s="15" t="n">
+      <c r="FF33" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="FD33" s="15" t="n">
+      <c r="FG33" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="FE33" s="15" t="n">
+      <c r="FH33" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="FF33" s="15" t="n">
+      <c r="FI33" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="FG33" s="15" t="n">
+      <c r="FJ33" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FH33" s="15" t="n">
+      <c r="FK33" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="FI33" s="15" t="n">
+      <c r="FL33" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="FJ33" s="15" t="n">
+      <c r="FM33" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="FK33" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FS33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FT33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FU33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FV33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FW33" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FX33" s="15" t="n">
+      <c r="FW33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ33" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FY33" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FZ33" s="15" t="n">
+      <c r="GA33" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GA33" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="GB33" s="15" t="n">
-        <v>2.5</v>
+        <v>2.1</v>
       </c>
       <c r="GC33" s="15" t="n">
-        <v>2.1</v>
+        <v>2.2</v>
       </c>
       <c r="GD33" s="15" t="n">
-        <v>2.3</v>
+        <v>2.0</v>
       </c>
       <c r="GE33" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="GF33" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GG33" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GH33" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GI33" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GJ33" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GG33" s="15" t="n">
+      <c r="GK33" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GH33" s="15" t="n">
+      <c r="GL33" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="GI33" s="15" t="n">
+      <c r="GM33" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="GJ33" s="15" t="n">
+      <c r="GN33" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="GK33" s="15" t="n">
+      <c r="GO33" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="GL33" s="15" t="n">
+      <c r="GP33" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="GM33" s="15" t="n">
+      <c r="GQ33" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="GN33" s="15" t="n">
+      <c r="GR33" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="GO33" s="15" t="n">
+      <c r="GS33" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="GP33" s="15" t="n">
+      <c r="GT33" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GQ33" s="15" t="n">
+      <c r="GU33" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="GR33" s="15" t="n">
+      <c r="GV33" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="GS33" s="15" t="n">
+      <c r="GW33" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="GT33" s="15" t="n">
+      <c r="GX33" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GU33" s="15" t="n">
+      <c r="GY33" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GV33" s="15" t="n">
+      <c r="GZ33" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GW33" s="15" t="n">
+      <c r="HA33" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GX33" s="15" t="n">
+      <c r="HB33" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="GY33" s="15" t="n">
+      <c r="HC33" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="GZ33" s="15" t="n">
+      <c r="HD33" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="HA33" s="15" t="n">
+      <c r="HE33" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="HB33" s="15" t="n">
+      <c r="HF33" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HC33" s="15" t="n">
+      <c r="HG33" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="HD33" s="15" t="n">
+      <c r="HH33" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="HE33" s="15" t="n">
+      <c r="HI33" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="HF33" s="15" t="n">
+      <c r="HJ33" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="HG33" s="15" t="n">
+      <c r="HK33" s="15" t="n">
         <v>8.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>8.1</v>
       </c>
       <c r="HL33" s="15" t="n">
         <v>8.7</v>
       </c>
       <c r="HM33" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="HN33" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HO33" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="HP33" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HQ33" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="HN33" s="15" t="n">
+      <c r="HR33" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="HO33" s="15" t="n">
+      <c r="HS33" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="HP33" s="15" t="n">
+      <c r="HT33" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="HQ33" s="15" t="n">
+      <c r="HU33" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="HR33" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="HV33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    69 Actividades jurídicas y de contabilidad</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>112.732</v>
+        <v>142.422</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>113.64</v>
+        <v>112.301</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>106.62</v>
+        <v>113.424</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>79.623</v>
+        <v>106.564</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>124.259</v>
+        <v>79.606</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>120.934</v>
+        <v>124.26</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>108.251</v>
+        <v>120.898</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>113.031</v>
+        <v>108.264</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>115.176</v>
+        <v>113.045</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>102.915</v>
+        <v>115.163</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>105.796</v>
+        <v>102.913</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>139.308</v>
+        <v>105.807</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>105.865</v>
+        <v>139.261</v>
       </c>
       <c r="O34" s="14" t="n">
+        <v>105.89</v>
+      </c>
+      <c r="P34" s="14" t="n">
         <v>111.974</v>
       </c>
-      <c r="P34" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q34" s="14" t="n">
-        <v>77.9</v>
+        <v>102.217</v>
       </c>
       <c r="R34" s="14" t="n">
-        <v>119.735</v>
+        <v>77.909</v>
       </c>
       <c r="S34" s="14" t="n">
-        <v>114.821</v>
+        <v>119.77</v>
       </c>
       <c r="T34" s="14" t="n">
-        <v>102.421</v>
+        <v>114.789</v>
       </c>
       <c r="U34" s="14" t="n">
-        <v>108.036</v>
+        <v>102.432</v>
       </c>
       <c r="V34" s="14" t="n">
-        <v>108.114</v>
+        <v>108.048</v>
       </c>
       <c r="W34" s="14" t="n">
-        <v>99.853</v>
+        <v>108.092</v>
       </c>
       <c r="X34" s="14" t="n">
-        <v>100.37</v>
+        <v>99.839</v>
       </c>
       <c r="Y34" s="14" t="n">
-        <v>143.078</v>
+        <v>100.399</v>
       </c>
       <c r="Z34" s="14" t="n">
-        <v>103.574</v>
+        <v>143.047</v>
       </c>
       <c r="AA34" s="14" t="n">
-        <v>102.734</v>
+        <v>103.578</v>
       </c>
       <c r="AB34" s="14" t="n">
-        <v>95.054</v>
+        <v>102.699</v>
       </c>
       <c r="AC34" s="14" t="n">
+        <v>95.077</v>
+      </c>
+      <c r="AD34" s="14" t="n">
         <v>72.932</v>
       </c>
-      <c r="AD34" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AE34" s="14" t="n">
-        <v>114.434</v>
+        <v>111.071</v>
       </c>
       <c r="AF34" s="14" t="n">
-        <v>97.169</v>
+        <v>114.426</v>
       </c>
       <c r="AG34" s="14" t="n">
-        <v>96.752</v>
+        <v>97.197</v>
       </c>
       <c r="AH34" s="14" t="n">
-        <v>101.026</v>
+        <v>96.726</v>
       </c>
       <c r="AI34" s="14" t="n">
-        <v>96.085</v>
+        <v>101.036</v>
       </c>
       <c r="AJ34" s="14" t="n">
-        <v>94.638</v>
+        <v>96.083</v>
       </c>
       <c r="AK34" s="14" t="n">
-        <v>129.704</v>
+        <v>94.606</v>
       </c>
       <c r="AL34" s="14" t="n">
-        <v>104.315</v>
+        <v>129.719</v>
       </c>
       <c r="AM34" s="14" t="n">
-        <v>106.181</v>
+        <v>104.327</v>
       </c>
       <c r="AN34" s="14" t="n">
-        <v>98.563</v>
+        <v>106.17</v>
       </c>
       <c r="AO34" s="14" t="n">
-        <v>77.536</v>
+        <v>98.557</v>
       </c>
       <c r="AP34" s="14" t="n">
-        <v>117.46</v>
+        <v>77.559</v>
       </c>
       <c r="AQ34" s="14" t="n">
-        <v>115.948</v>
+        <v>117.435</v>
       </c>
       <c r="AR34" s="14" t="n">
-        <v>102.534</v>
+        <v>115.953</v>
       </c>
       <c r="AS34" s="14" t="n">
-        <v>99.003</v>
+        <v>102.5</v>
       </c>
       <c r="AT34" s="14" t="n">
-        <v>112.352</v>
+        <v>99.027</v>
       </c>
       <c r="AU34" s="14" t="n">
-        <v>93.919</v>
+        <v>112.351</v>
       </c>
       <c r="AV34" s="14" t="n">
-        <v>94.628</v>
+        <v>93.917</v>
       </c>
       <c r="AW34" s="14" t="n">
-        <v>125.069</v>
+        <v>94.617</v>
       </c>
       <c r="AX34" s="14" t="n">
-        <v>101.007</v>
+        <v>125.083</v>
       </c>
       <c r="AY34" s="14" t="n">
-        <v>100.972</v>
+        <v>101.018</v>
       </c>
       <c r="AZ34" s="14" t="n">
-        <v>96.467</v>
+        <v>100.951</v>
       </c>
       <c r="BA34" s="14" t="n">
-        <v>73.932</v>
+        <v>96.471</v>
       </c>
       <c r="BB34" s="14" t="n">
-        <v>109.277</v>
+        <v>73.908</v>
       </c>
       <c r="BC34" s="14" t="n">
-        <v>110.695</v>
+        <v>109.29</v>
       </c>
       <c r="BD34" s="14" t="n">
-        <v>99.907</v>
+        <v>110.708</v>
       </c>
       <c r="BE34" s="14" t="n">
-        <v>103.194</v>
+        <v>99.896</v>
       </c>
       <c r="BF34" s="14" t="n">
-        <v>101.842</v>
+        <v>103.187</v>
       </c>
       <c r="BG34" s="14" t="n">
-        <v>88.533</v>
+        <v>101.872</v>
       </c>
       <c r="BH34" s="14" t="n">
-        <v>89.104</v>
-[...2 lines deleted...]
-        <v>-0.8</v>
+        <v>88.531</v>
+      </c>
+      <c r="BI34" s="14" t="n">
+        <v>89.085</v>
       </c>
       <c r="BJ34" s="15" t="n">
-        <v>6.6</v>
+        <v>26.8</v>
       </c>
       <c r="BK34" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="BL34" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="BM34" s="15" t="n">
         <v>33.9</v>
       </c>
-      <c r="BL34" s="15" t="n">
+      <c r="BN34" s="15" t="n">
         <v>-35.9</v>
       </c>
-      <c r="BM34" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BN34" s="15" t="n">
+      <c r="BO34" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="BP34" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="BO34" s="15" t="n">
+      <c r="BQ34" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="BP34" s="15" t="n">
+      <c r="BR34" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="BS34" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="BT34" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="BU34" s="15" t="n">
+        <v>-24.0</v>
+      </c>
+      <c r="BV34" s="15" t="n">
+        <v>31.5</v>
+      </c>
+      <c r="BW34" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="BX34" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="BY34" s="15" t="n">
+        <v>31.2</v>
+      </c>
+      <c r="BZ34" s="15" t="n">
+        <v>-35.0</v>
+      </c>
+      <c r="CA34" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CB34" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="CC34" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="CD34" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE34" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="CF34" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="CG34" s="15" t="n">
+        <v>-29.8</v>
+      </c>
+      <c r="CH34" s="15" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="CI34" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CJ34" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="CK34" s="15" t="n">
+        <v>30.4</v>
+      </c>
+      <c r="CL34" s="15" t="n">
+        <v>-34.3</v>
+      </c>
+      <c r="CM34" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="CN34" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="CO34" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CP34" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="CQ34" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CR34" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CS34" s="15" t="n">
+        <v>-27.1</v>
+      </c>
+      <c r="CT34" s="15" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="CU34" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="CV34" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="CW34" s="15" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="CX34" s="15" t="n">
+        <v>-34.0</v>
+      </c>
+      <c r="CY34" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CZ34" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="DA34" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="DB34" s="15" t="n">
+        <v>-11.9</v>
+      </c>
+      <c r="DC34" s="15" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="DD34" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DE34" s="15" t="n">
+        <v>-24.4</v>
+      </c>
+      <c r="DF34" s="15" t="n">
+        <v>23.8</v>
+      </c>
+      <c r="DG34" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DH34" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DI34" s="15" t="n">
+        <v>30.5</v>
+      </c>
+      <c r="DJ34" s="15" t="n">
+        <v>-32.4</v>
+      </c>
+      <c r="DK34" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DL34" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="DM34" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="DN34" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DO34" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="DP34" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DQ34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR34" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DS34" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="DT34" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DU34" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DV34" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DW34" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DX34" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DY34" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DZ34" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EA34" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EB34" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EC34" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="ED34" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="EE34" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EF34" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="EG34" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="EH34" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EI34" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="EJ34" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EK34" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EL34" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="EM34" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EN34" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EO34" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EP34" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="EQ34" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="ER34" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="ES34" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="ET34" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="EU34" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="EV34" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EW34" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="EX34" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="EY34" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="EZ34" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="FA34" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FB34" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FC34" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FD34" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="FE34" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FF34" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="FG34" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="FH34" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="FI34" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FJ34" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="FK34" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="FL34" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="FM34" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="FN34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ34" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GA34" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GB34" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GC34" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GD34" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GE34" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GF34" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GG34" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GH34" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GI34" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GJ34" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GK34" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GL34" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GM34" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GN34" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GO34" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GP34" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GQ34" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GR34" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GS34" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="GT34" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GU34" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GV34" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GW34" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GX34" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="BQ34" s="15" t="n">
-[...23 lines deleted...]
-      <c r="BY34" s="15" t="n">
+      <c r="GY34" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="GZ34" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="HA34" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="HB34" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="HC34" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="HD34" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="HE34" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="HF34" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="HG34" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="HH34" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="HI34" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HJ34" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="BZ34" s="15" t="n">
-[...59 lines deleted...]
-      <c r="CT34" s="15" t="n">
+      <c r="HK34" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HL34" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HM34" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HN34" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="HO34" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="HP34" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="HQ34" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="HR34" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HS34" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="CU34" s="15" t="n">
-[...130 lines deleted...]
-      <c r="EL34" s="15" t="n">
+      <c r="HT34" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="EM34" s="15" t="n">
-[...68 lines deleted...]
-      <c r="FJ34" s="15" t="n">
+      <c r="HU34" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="FK34" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    70.2 Actividades de consultoría de gestión empresarial</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>130.358</v>
+        <v>158.951</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>126.335</v>
+        <v>126.145</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>117.032</v>
+        <v>122.942</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>101.396</v>
+        <v>115.665</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>129.358</v>
+        <v>100.526</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>124.309</v>
+        <v>129.15</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>110.688</v>
+        <v>124.612</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>113.011</v>
+        <v>110.651</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>116.043</v>
+        <v>112.638</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>98.994</v>
+        <v>116.372</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>101.948</v>
+        <v>99.01</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>149.877</v>
+        <v>101.777</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>126.498</v>
+        <v>150.983</v>
       </c>
       <c r="O35" s="14" t="n">
-        <v>130.195</v>
+        <v>126.67</v>
       </c>
       <c r="P35" s="14" t="n">
-        <v>112.041</v>
+        <v>129.83</v>
       </c>
       <c r="Q35" s="14" t="n">
-        <v>98.324</v>
+        <v>112.315</v>
       </c>
       <c r="R35" s="14" t="n">
-        <v>128.324</v>
+        <v>98.292</v>
       </c>
       <c r="S35" s="14" t="n">
-        <v>123.763</v>
+        <v>128.136</v>
       </c>
       <c r="T35" s="14" t="n">
-        <v>107.915</v>
+        <v>123.886</v>
       </c>
       <c r="U35" s="14" t="n">
-        <v>108.512</v>
+        <v>108.02</v>
       </c>
       <c r="V35" s="14" t="n">
-        <v>108.762</v>
+        <v>108.607</v>
       </c>
       <c r="W35" s="14" t="n">
-        <v>100.45</v>
+        <v>108.819</v>
       </c>
       <c r="X35" s="14" t="n">
-        <v>100.975</v>
+        <v>100.718</v>
       </c>
       <c r="Y35" s="14" t="n">
-        <v>152.431</v>
+        <v>100.441</v>
       </c>
       <c r="Z35" s="14" t="n">
-        <v>123.163</v>
+        <v>152.724</v>
       </c>
       <c r="AA35" s="14" t="n">
-        <v>128.62</v>
+        <v>123.491</v>
       </c>
       <c r="AB35" s="14" t="n">
-        <v>116.184</v>
+        <v>128.522</v>
       </c>
       <c r="AC35" s="14" t="n">
-        <v>98.104</v>
+        <v>116.146</v>
       </c>
       <c r="AD35" s="14" t="n">
-        <v>132.127</v>
+        <v>98.015</v>
       </c>
       <c r="AE35" s="14" t="n">
-        <v>133.147</v>
+        <v>132.608</v>
       </c>
       <c r="AF35" s="14" t="n">
-        <v>111.52</v>
+        <v>133.276</v>
       </c>
       <c r="AG35" s="14" t="n">
-        <v>109.91</v>
+        <v>111.063</v>
       </c>
       <c r="AH35" s="14" t="n">
-        <v>109.025</v>
+        <v>110.108</v>
       </c>
       <c r="AI35" s="14" t="n">
-        <v>93.747</v>
+        <v>108.654</v>
       </c>
       <c r="AJ35" s="14" t="n">
-        <v>103.02</v>
+        <v>93.763</v>
       </c>
       <c r="AK35" s="14" t="n">
-        <v>150.239</v>
+        <v>103.411</v>
       </c>
       <c r="AL35" s="14" t="n">
-        <v>122.615</v>
+        <v>150.35</v>
       </c>
       <c r="AM35" s="14" t="n">
-        <v>125.83</v>
+        <v>122.198</v>
       </c>
       <c r="AN35" s="14" t="n">
-        <v>123.168</v>
+        <v>126.739</v>
       </c>
       <c r="AO35" s="14" t="n">
-        <v>103.366</v>
+        <v>123.287</v>
       </c>
       <c r="AP35" s="14" t="n">
-        <v>121.332</v>
+        <v>102.942</v>
       </c>
       <c r="AQ35" s="14" t="n">
-        <v>124.919</v>
+        <v>121.247</v>
       </c>
       <c r="AR35" s="14" t="n">
-        <v>108.043</v>
+        <v>124.806</v>
       </c>
       <c r="AS35" s="14" t="n">
-        <v>104.797</v>
+        <v>108.271</v>
       </c>
       <c r="AT35" s="14" t="n">
-        <v>106.189</v>
+        <v>104.846</v>
       </c>
       <c r="AU35" s="14" t="n">
-        <v>94.275</v>
+        <v>105.933</v>
       </c>
       <c r="AV35" s="14" t="n">
-        <v>95.611</v>
+        <v>94.291</v>
       </c>
       <c r="AW35" s="14" t="n">
-        <v>135.911</v>
+        <v>95.606</v>
       </c>
       <c r="AX35" s="14" t="n">
-        <v>117.632</v>
+        <v>135.521</v>
       </c>
       <c r="AY35" s="14" t="n">
-        <v>119.322</v>
+        <v>117.568</v>
       </c>
       <c r="AZ35" s="14" t="n">
-        <v>104.015</v>
+        <v>119.323</v>
       </c>
       <c r="BA35" s="14" t="n">
-        <v>83.302</v>
+        <v>103.921</v>
       </c>
       <c r="BB35" s="14" t="n">
-        <v>98.503</v>
+        <v>83.477</v>
       </c>
       <c r="BC35" s="14" t="n">
-        <v>98.001</v>
+        <v>98.716</v>
       </c>
       <c r="BD35" s="14" t="n">
-        <v>96.379</v>
+        <v>97.6</v>
       </c>
       <c r="BE35" s="14" t="n">
-        <v>87.097</v>
+        <v>96.614</v>
       </c>
       <c r="BF35" s="14" t="n">
-        <v>95.637</v>
+        <v>87.225</v>
       </c>
       <c r="BG35" s="14" t="n">
-        <v>83.209</v>
+        <v>95.449</v>
       </c>
       <c r="BH35" s="14" t="n">
-        <v>80.993</v>
-[...2 lines deleted...]
-        <v>3.2</v>
+        <v>83.222</v>
+      </c>
+      <c r="BI35" s="14" t="n">
+        <v>81.363</v>
       </c>
       <c r="BJ35" s="15" t="n">
-        <v>7.9</v>
+        <v>26.0</v>
       </c>
       <c r="BK35" s="15" t="n">
-        <v>15.4</v>
+        <v>2.6</v>
       </c>
       <c r="BL35" s="15" t="n">
-        <v>-21.6</v>
+        <v>6.3</v>
       </c>
       <c r="BM35" s="15" t="n">
-        <v>4.1</v>
+        <v>15.1</v>
       </c>
       <c r="BN35" s="15" t="n">
+        <v>-22.2</v>
+      </c>
+      <c r="BO35" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="BP35" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="BQ35" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="BR35" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="BS35" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="BT35" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="BU35" s="15" t="n">
+        <v>-32.6</v>
+      </c>
+      <c r="BV35" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="BW35" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="BX35" s="15" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="BY35" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="BZ35" s="15" t="n">
+        <v>-23.3</v>
+      </c>
+      <c r="CA35" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="CB35" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="CC35" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CD35" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CE35" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="CF35" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CG35" s="15" t="n">
+        <v>-34.2</v>
+      </c>
+      <c r="CH35" s="15" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="CI35" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="CJ35" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="CK35" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="CL35" s="15" t="n">
+        <v>-26.1</v>
+      </c>
+      <c r="CM35" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CN35" s="15" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="CO35" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CP35" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CQ35" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="CR35" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="CS35" s="15" t="n">
+        <v>-31.2</v>
+      </c>
+      <c r="CT35" s="15" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="CU35" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="CV35" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CW35" s="15" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="CX35" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="CY35" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="CZ35" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="DA35" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DB35" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DC35" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="BO35" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BR35" s="15" t="n">
+      <c r="DD35" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="DE35" s="15" t="n">
+        <v>-29.5</v>
+      </c>
+      <c r="DF35" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="DG35" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="DH35" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="DI35" s="15" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="DJ35" s="15" t="n">
+        <v>-15.4</v>
+      </c>
+      <c r="DK35" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DL35" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DM35" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="DN35" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="DO35" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="DP35" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DQ35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR35" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DS35" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DT35" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="DU35" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DV35" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DW35" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="DX35" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DY35" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DZ35" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EA35" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="EB35" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="EC35" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="ED35" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EE35" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EF35" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EG35" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="EH35" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EI35" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="EJ35" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="EK35" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="EL35" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="EM35" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EN35" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="EO35" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="BS35" s="15" t="n">
-[...26 lines deleted...]
-      <c r="CB35" s="15" t="n">
+      <c r="EP35" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EQ35" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ER35" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ES35" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="ET35" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="EU35" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="EV35" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EW35" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EX35" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EY35" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EZ35" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FA35" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="FB35" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="FC35" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="FD35" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="FE35" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="FF35" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="FG35" s="15" t="n">
+        <v>22.8</v>
+      </c>
+      <c r="FH35" s="15" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="FI35" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="FJ35" s="15" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="FK35" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="FL35" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="FM35" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="FN35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ35" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GA35" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GB35" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GC35" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GD35" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GE35" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GF35" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GG35" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GH35" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GI35" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GJ35" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CC35" s="15" t="n">
-[...352 lines deleted...]
-      <c r="GH35" s="15" t="n">
+      <c r="GK35" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GL35" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GI35" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="GM35" s="15" t="n">
-        <v>-1.7</v>
+        <v>-1.1</v>
       </c>
       <c r="GN35" s="15" t="n">
         <v>-1.5</v>
       </c>
       <c r="GO35" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GP35" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="GQ35" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GR35" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="GS35" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GP35" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GQ35" s="15" t="n">
+      <c r="GT35" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GU35" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GR35" s="15" t="n">
-[...8 lines deleted...]
-      <c r="GU35" s="15" t="n">
+      <c r="GV35" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GW35" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="GX35" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GV35" s="15" t="n">
+      <c r="GY35" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GZ35" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GW35" s="15" t="n">
+      <c r="HA35" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GX35" s="15" t="n">
-[...5 lines deleted...]
-      <c r="GZ35" s="15" t="n">
+      <c r="HB35" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HC35" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="HD35" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="HA35" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="HE35" s="15" t="n">
-        <v>7.7</v>
+        <v>3.5</v>
       </c>
       <c r="HF35" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HG35" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="HH35" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HI35" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="HJ35" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="HG35" s="15" t="n">
+      <c r="HK35" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="HH35" s="15" t="n">
+      <c r="HL35" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="HI35" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="HM35" s="15" t="n">
-        <v>14.8</v>
+        <v>18.6</v>
       </c>
       <c r="HN35" s="15" t="n">
-        <v>15.5</v>
+        <v>18.6</v>
       </c>
       <c r="HO35" s="15" t="n">
-        <v>13.9</v>
+        <v>17.9</v>
       </c>
       <c r="HP35" s="15" t="n">
-        <v>15.6</v>
+        <v>17.0</v>
       </c>
       <c r="HQ35" s="15" t="n">
-        <v>18.0</v>
-[...19 lines deleted...]
-        </is>
+        <v>14.7</v>
+      </c>
+      <c r="HR35" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="HS35" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="HT35" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="HU35" s="15" t="n">
+        <v>17.5</v>
       </c>
       <c r="HV35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    71 Servicios técnicos de arquitectura e ingeniería; ensayos y análisis técnicos</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>137.874</v>
+        <v>164.529</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>134.531</v>
+        <v>137.75</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>126.791</v>
+        <v>134.526</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>91.758</v>
+        <v>126.97</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>130.973</v>
+        <v>91.624</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>130.363</v>
+        <v>130.861</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>120.108</v>
+        <v>130.347</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>119.267</v>
+        <v>120.041</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>134.918</v>
+        <v>119.379</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>116.78</v>
+        <v>134.877</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>109.587</v>
+        <v>116.769</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>167.523</v>
+        <v>109.621</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>135.426</v>
+        <v>167.376</v>
       </c>
       <c r="O36" s="14" t="n">
-        <v>130.965</v>
+        <v>135.52</v>
       </c>
       <c r="P36" s="14" t="n">
-        <v>131.699</v>
+        <v>130.853</v>
       </c>
       <c r="Q36" s="14" t="n">
-        <v>99.961</v>
+        <v>131.683</v>
       </c>
       <c r="R36" s="14" t="n">
-        <v>126.362</v>
+        <v>99.905</v>
       </c>
       <c r="S36" s="14" t="n">
-        <v>127.794</v>
+        <v>126.691</v>
       </c>
       <c r="T36" s="14" t="n">
-        <v>114.651</v>
+        <v>127.542</v>
       </c>
       <c r="U36" s="14" t="n">
-        <v>115.934</v>
+        <v>114.687</v>
       </c>
       <c r="V36" s="14" t="n">
-        <v>123.79</v>
+        <v>116.045</v>
       </c>
       <c r="W36" s="14" t="n">
-        <v>111.445</v>
+        <v>123.649</v>
       </c>
       <c r="X36" s="14" t="n">
-        <v>102.062</v>
+        <v>111.296</v>
       </c>
       <c r="Y36" s="14" t="n">
-        <v>169.849</v>
+        <v>102.328</v>
       </c>
       <c r="Z36" s="14" t="n">
-        <v>130.862</v>
+        <v>169.585</v>
       </c>
       <c r="AA36" s="14" t="n">
-        <v>117.168</v>
+        <v>130.848</v>
       </c>
       <c r="AB36" s="14" t="n">
-        <v>114.766</v>
+        <v>117.065</v>
       </c>
       <c r="AC36" s="14" t="n">
-        <v>90.728</v>
+        <v>114.845</v>
       </c>
       <c r="AD36" s="14" t="n">
-        <v>120.49</v>
+        <v>90.65</v>
       </c>
       <c r="AE36" s="14" t="n">
-        <v>120.779</v>
+        <v>120.52</v>
       </c>
       <c r="AF36" s="14" t="n">
-        <v>118.034</v>
+        <v>120.668</v>
       </c>
       <c r="AG36" s="14" t="n">
-        <v>114.774</v>
+        <v>118.341</v>
       </c>
       <c r="AH36" s="14" t="n">
-        <v>114.658</v>
+        <v>114.61</v>
       </c>
       <c r="AI36" s="14" t="n">
-        <v>100.028</v>
+        <v>114.632</v>
       </c>
       <c r="AJ36" s="14" t="n">
-        <v>92.894</v>
+        <v>100.018</v>
       </c>
       <c r="AK36" s="14" t="n">
-        <v>155.041</v>
+        <v>92.813</v>
       </c>
       <c r="AL36" s="14" t="n">
-        <v>118.009</v>
+        <v>154.955</v>
       </c>
       <c r="AM36" s="14" t="n">
-        <v>113.102</v>
+        <v>118.055</v>
       </c>
       <c r="AN36" s="14" t="n">
-        <v>110.34</v>
+        <v>113.129</v>
       </c>
       <c r="AO36" s="14" t="n">
-        <v>87.776</v>
+        <v>110.238</v>
       </c>
       <c r="AP36" s="14" t="n">
-        <v>105.142</v>
+        <v>88.005</v>
       </c>
       <c r="AQ36" s="14" t="n">
-        <v>113.254</v>
+        <v>104.979</v>
       </c>
       <c r="AR36" s="14" t="n">
-        <v>99.782</v>
+        <v>113.241</v>
       </c>
       <c r="AS36" s="14" t="n">
-        <v>95.121</v>
+        <v>99.695</v>
       </c>
       <c r="AT36" s="14" t="n">
-        <v>102.654</v>
+        <v>95.239</v>
       </c>
       <c r="AU36" s="14" t="n">
-        <v>85.251</v>
+        <v>102.51</v>
       </c>
       <c r="AV36" s="14" t="n">
-        <v>80.191</v>
+        <v>85.243</v>
       </c>
       <c r="AW36" s="14" t="n">
-        <v>141.178</v>
+        <v>80.21</v>
       </c>
       <c r="AX36" s="14" t="n">
-        <v>107.863</v>
+        <v>141.222</v>
       </c>
       <c r="AY36" s="14" t="n">
-        <v>103.465</v>
+        <v>108.011</v>
       </c>
       <c r="AZ36" s="14" t="n">
-        <v>92.501</v>
+        <v>103.304</v>
       </c>
       <c r="BA36" s="14" t="n">
-        <v>78.425</v>
+        <v>92.491</v>
       </c>
       <c r="BB36" s="14" t="n">
-        <v>102.299</v>
+        <v>78.356</v>
       </c>
       <c r="BC36" s="14" t="n">
-        <v>108.198</v>
+        <v>102.242</v>
       </c>
       <c r="BD36" s="14" t="n">
-        <v>98.002</v>
+        <v>108.24</v>
       </c>
       <c r="BE36" s="14" t="n">
-        <v>97.28</v>
+        <v>98.025</v>
       </c>
       <c r="BF36" s="14" t="n">
-        <v>100.173</v>
+        <v>97.204</v>
       </c>
       <c r="BG36" s="14" t="n">
-        <v>90.822</v>
+        <v>100.42</v>
       </c>
       <c r="BH36" s="14" t="n">
-        <v>79.795</v>
-[...1 lines deleted...]
-      <c r="BI36" s="15" t="n">
+        <v>90.813</v>
+      </c>
+      <c r="BI36" s="14" t="n">
+        <v>79.671</v>
+      </c>
+      <c r="BJ36" s="15" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="BK36" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="BL36" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="BM36" s="15" t="n">
+        <v>38.6</v>
+      </c>
+      <c r="BN36" s="15" t="n">
+        <v>-30.0</v>
+      </c>
+      <c r="BO36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BP36" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="BQ36" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="BR36" s="15" t="n">
+        <v>-11.5</v>
+      </c>
+      <c r="BS36" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="BT36" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="BU36" s="15" t="n">
+        <v>-34.5</v>
+      </c>
+      <c r="BV36" s="15" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="BW36" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="BX36" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="BY36" s="15" t="n">
+        <v>31.8</v>
+      </c>
+      <c r="BZ36" s="15" t="n">
+        <v>-21.1</v>
+      </c>
+      <c r="CA36" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="CB36" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="CC36" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CD36" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="CE36" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="CF36" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="CG36" s="15" t="n">
+        <v>-39.7</v>
+      </c>
+      <c r="CH36" s="15" t="n">
+        <v>29.6</v>
+      </c>
+      <c r="CI36" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="CJ36" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="CK36" s="15" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="CL36" s="15" t="n">
+        <v>-24.8</v>
+      </c>
+      <c r="CM36" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CN36" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CO36" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="CP36" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CQ36" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="CR36" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CS36" s="15" t="n">
+        <v>-40.1</v>
+      </c>
+      <c r="CT36" s="15" t="n">
+        <v>31.3</v>
+      </c>
+      <c r="CU36" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="CV36" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CW36" s="15" t="n">
+        <v>25.3</v>
+      </c>
+      <c r="CX36" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="CY36" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="CZ36" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="DA36" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DB36" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="DC36" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="DD36" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DE36" s="15" t="n">
+        <v>-43.2</v>
+      </c>
+      <c r="DF36" s="15" t="n">
+        <v>30.7</v>
+      </c>
+      <c r="DG36" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DH36" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="DI36" s="15" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="DJ36" s="15" t="n">
+        <v>-23.4</v>
+      </c>
+      <c r="DK36" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="DL36" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="DM36" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="DN36" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="DO36" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="DP36" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="DQ36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR36" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="DS36" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="DT36" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DU36" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DV36" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="DW36" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DX36" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DY36" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DZ36" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EA36" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="EB36" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="EC36" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="ED36" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EE36" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EF36" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="EG36" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="EH36" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="EI36" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EJ36" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EK36" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="EL36" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EM36" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="EN36" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="EO36" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="EP36" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="EQ36" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="ER36" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ES36" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ET36" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EU36" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="EV36" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="EW36" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="EX36" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="EY36" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="EZ36" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="FA36" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="FB36" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="FC36" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="FD36" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="FE36" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="FF36" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="FG36" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FH36" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="FI36" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FJ36" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="FK36" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FL36" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="FM36" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FN36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ36" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GA36" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="BJ36" s="15" t="n">
-[...14 lines deleted...]
-      <c r="BO36" s="15" t="n">
+      <c r="GB36" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GC36" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GD36" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GE36" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GF36" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GG36" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GH36" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GI36" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="GJ36" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GK36" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="GL36" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GM36" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GN36" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GO36" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="GP36" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GQ36" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GR36" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GS36" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GT36" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="GU36" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="GV36" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="GW36" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="GX36" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="GY36" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="GZ36" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="HA36" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="HB36" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="HC36" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="HD36" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="HE36" s="15" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="HF36" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="HG36" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="HH36" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="HI36" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="HJ36" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="HK36" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="HL36" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HM36" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HN36" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="HO36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="BP36" s="15" t="n">
-[...26 lines deleted...]
-      <c r="BY36" s="15" t="n">
+      <c r="HP36" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="HQ36" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="HR36" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="HS36" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="BZ36" s="15" t="n">
-[...110 lines deleted...]
-      <c r="DK36" s="15" t="n">
+      <c r="HT36" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="HU36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DL36" s="15" t="n">
-[...374 lines deleted...]
-      </c>
       <c r="HV36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    73 Publicidad y estudios de mercado</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>122.427</v>
+        <v>136.925</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>128.328</v>
+        <v>122.301</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>128.738</v>
+        <v>128.341</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>88.855</v>
+        <v>128.76</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>123.392</v>
+        <v>88.823</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>116.754</v>
+        <v>123.381</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>100.675</v>
+        <v>116.738</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>98.235</v>
+        <v>100.681</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>105.377</v>
+        <v>98.246</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>100.618</v>
+        <v>105.364</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>97.292</v>
+        <v>100.616</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>139.916</v>
+        <v>97.305</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>125.443</v>
+        <v>139.879</v>
       </c>
       <c r="O37" s="14" t="n">
-        <v>126.443</v>
+        <v>125.465</v>
       </c>
       <c r="P37" s="14" t="n">
-        <v>120.357</v>
+        <v>126.432</v>
       </c>
       <c r="Q37" s="14" t="n">
-        <v>95.414</v>
+        <v>120.34</v>
       </c>
       <c r="R37" s="14" t="n">
-        <v>124.052</v>
+        <v>95.42</v>
       </c>
       <c r="S37" s="14" t="n">
-        <v>114.454</v>
+        <v>124.095</v>
       </c>
       <c r="T37" s="14" t="n">
-        <v>108.504</v>
+        <v>114.413</v>
       </c>
       <c r="U37" s="14" t="n">
-        <v>108.225</v>
+        <v>108.518</v>
       </c>
       <c r="V37" s="14" t="n">
-        <v>113.354</v>
+        <v>108.237</v>
       </c>
       <c r="W37" s="14" t="n">
-        <v>107.878</v>
+        <v>113.331</v>
       </c>
       <c r="X37" s="14" t="n">
-        <v>108.722</v>
+        <v>107.863</v>
       </c>
       <c r="Y37" s="14" t="n">
-        <v>146.786</v>
+        <v>108.759</v>
       </c>
       <c r="Z37" s="14" t="n">
-        <v>125.726</v>
+        <v>146.747</v>
       </c>
       <c r="AA37" s="14" t="n">
-        <v>128.021</v>
+        <v>125.73</v>
       </c>
       <c r="AB37" s="14" t="n">
-        <v>114.938</v>
+        <v>127.987</v>
       </c>
       <c r="AC37" s="14" t="n">
-        <v>88.11</v>
+        <v>114.958</v>
       </c>
       <c r="AD37" s="14" t="n">
-        <v>120.365</v>
+        <v>88.102</v>
       </c>
       <c r="AE37" s="14" t="n">
-        <v>112.667</v>
+        <v>120.36</v>
       </c>
       <c r="AF37" s="14" t="n">
-        <v>103.238</v>
+        <v>112.663</v>
       </c>
       <c r="AG37" s="14" t="n">
-        <v>101.173</v>
+        <v>103.274</v>
       </c>
       <c r="AH37" s="14" t="n">
-        <v>99.463</v>
+        <v>101.145</v>
       </c>
       <c r="AI37" s="14" t="n">
-        <v>92.475</v>
+        <v>99.468</v>
       </c>
       <c r="AJ37" s="14" t="n">
-        <v>92.259</v>
+        <v>92.474</v>
       </c>
       <c r="AK37" s="14" t="n">
-        <v>143.32</v>
+        <v>92.235</v>
       </c>
       <c r="AL37" s="14" t="n">
-        <v>125.96</v>
+        <v>143.329</v>
       </c>
       <c r="AM37" s="14" t="n">
-        <v>121.339</v>
+        <v>125.964</v>
       </c>
       <c r="AN37" s="14" t="n">
-        <v>119.63</v>
+        <v>121.334</v>
       </c>
       <c r="AO37" s="14" t="n">
-        <v>90.979</v>
+        <v>119.626</v>
       </c>
       <c r="AP37" s="14" t="n">
-        <v>119.454</v>
+        <v>91.01</v>
       </c>
       <c r="AQ37" s="14" t="n">
-        <v>116.309</v>
+        <v>119.422</v>
       </c>
       <c r="AR37" s="14" t="n">
-        <v>107.17</v>
+        <v>116.313</v>
       </c>
       <c r="AS37" s="14" t="n">
-        <v>98.59</v>
+        <v>107.142</v>
       </c>
       <c r="AT37" s="14" t="n">
-        <v>100.647</v>
+        <v>98.615</v>
       </c>
       <c r="AU37" s="14" t="n">
-        <v>98.504</v>
+        <v>100.63</v>
       </c>
       <c r="AV37" s="14" t="n">
-        <v>98.443</v>
+        <v>98.502</v>
       </c>
       <c r="AW37" s="14" t="n">
-        <v>141.434</v>
+        <v>98.438</v>
       </c>
       <c r="AX37" s="14" t="n">
-        <v>115.992</v>
+        <v>141.452</v>
       </c>
       <c r="AY37" s="14" t="n">
-        <v>117.593</v>
+        <v>116.012</v>
       </c>
       <c r="AZ37" s="14" t="n">
-        <v>114.71</v>
+        <v>117.562</v>
       </c>
       <c r="BA37" s="14" t="n">
-        <v>79.547</v>
+        <v>114.714</v>
       </c>
       <c r="BB37" s="14" t="n">
-        <v>105.082</v>
+        <v>79.526</v>
       </c>
       <c r="BC37" s="14" t="n">
-        <v>99.293</v>
+        <v>105.088</v>
       </c>
       <c r="BD37" s="14" t="n">
-        <v>88.97</v>
+        <v>99.295</v>
       </c>
       <c r="BE37" s="14" t="n">
-        <v>86.33</v>
+        <v>88.966</v>
       </c>
       <c r="BF37" s="14" t="n">
-        <v>90.167</v>
+        <v>86.328</v>
       </c>
       <c r="BG37" s="14" t="n">
-        <v>78.266</v>
+        <v>90.196</v>
       </c>
       <c r="BH37" s="14" t="n">
-        <v>82.616</v>
-[...2 lines deleted...]
-        <v>-4.6</v>
+        <v>78.265</v>
+      </c>
+      <c r="BI37" s="14" t="n">
+        <v>82.595</v>
       </c>
       <c r="BJ37" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="BK37" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="BL37" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="BK37" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL37" s="15" t="n">
+      <c r="BM37" s="15" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="BN37" s="15" t="n">
         <v>-28.0</v>
       </c>
-      <c r="BM37" s="15" t="n">
+      <c r="BO37" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="BN37" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BO37" s="15" t="n">
+      <c r="BP37" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="BQ37" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="BP37" s="15" t="n">
+      <c r="BR37" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="BQ37" s="15" t="n">
+      <c r="BS37" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="BR37" s="15" t="n">
+      <c r="BT37" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="BS37" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BT37" s="15" t="n">
+      <c r="BU37" s="15" t="n">
+        <v>-30.4</v>
+      </c>
+      <c r="BV37" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="BU37" s="15" t="n">
+      <c r="BW37" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="BV37" s="15" t="n">
+      <c r="BX37" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="BW37" s="15" t="n">
+      <c r="BY37" s="15" t="n">
         <v>26.1</v>
       </c>
-      <c r="BX37" s="15" t="n">
+      <c r="BZ37" s="15" t="n">
         <v>-23.1</v>
       </c>
-      <c r="BY37" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ37" s="15" t="n">
+      <c r="CA37" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="CB37" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="CC37" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CD37" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CE37" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="CF37" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CG37" s="15" t="n">
+        <v>-25.9</v>
+      </c>
+      <c r="CH37" s="15" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="CI37" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CJ37" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="CK37" s="15" t="n">
+        <v>30.5</v>
+      </c>
+      <c r="CL37" s="15" t="n">
+        <v>-26.8</v>
+      </c>
+      <c r="CM37" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CN37" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="CO37" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CP37" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="CQ37" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="CR37" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CS37" s="15" t="n">
+        <v>-35.6</v>
+      </c>
+      <c r="CT37" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="CU37" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="CV37" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CW37" s="15" t="n">
+        <v>31.4</v>
+      </c>
+      <c r="CX37" s="15" t="n">
+        <v>-23.8</v>
+      </c>
+      <c r="CY37" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CZ37" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="DA37" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="DB37" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="DC37" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DD37" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DE37" s="15" t="n">
+        <v>-30.4</v>
+      </c>
+      <c r="DF37" s="15" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="DG37" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DH37" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DI37" s="15" t="n">
+        <v>44.2</v>
+      </c>
+      <c r="DJ37" s="15" t="n">
+        <v>-24.3</v>
+      </c>
+      <c r="DK37" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DL37" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="DM37" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DN37" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="DO37" s="15" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="DP37" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="DQ37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR37" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DS37" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DT37" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DU37" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DV37" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="DW37" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DX37" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DY37" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="DZ37" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="EA37" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="EB37" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="EC37" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="ED37" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="EE37" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EF37" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EG37" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EH37" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="EI37" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EJ37" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EK37" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EL37" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EM37" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="EN37" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="EO37" s="15" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="EP37" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EQ37" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ER37" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="CA37" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CB37" s="15" t="n">
+      <c r="ES37" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="ET37" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="EU37" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="EV37" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="EW37" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="EX37" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EY37" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EZ37" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="FA37" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="FB37" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FC37" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="FD37" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FE37" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="FF37" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="FG37" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="FH37" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="FI37" s="15" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="FJ37" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="FK37" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="FL37" s="15" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="FM37" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="FN37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ37" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="GA37" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="GB37" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="GC37" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="GD37" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="GE37" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="GF37" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="GG37" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="GH37" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="GI37" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="GJ37" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="GK37" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="GL37" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GM37" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GN37" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="GO37" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="GP37" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="GQ37" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="GR37" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GS37" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="GT37" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="GU37" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="GV37" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="GW37" s="15" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="GX37" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="GY37" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="GZ37" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="HA37" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="HB37" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="HC37" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="HD37" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="HE37" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="HF37" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="HG37" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="CC37" s="15" t="n">
-[...220 lines deleted...]
-      <c r="EX37" s="15" t="n">
+      <c r="HH37" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="HI37" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="EY37" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FJ37" s="15" t="n">
+      <c r="HJ37" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="HK37" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HL37" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="HM37" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="HN37" s="15" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="HO37" s="15" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="HP37" s="15" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="HQ37" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="HR37" s="15" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="HS37" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="HT37" s="15" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="HU37" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="FK37" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    74 Otras actividades profesionales, científicas y técnicas</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>146.307</v>
+        <v>161.771</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>158.949</v>
+        <v>146.758</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>150.31</v>
+        <v>158.937</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>111.254</v>
+        <v>150.302</v>
       </c>
       <c r="F38" s="14" t="n">
+        <v>111.244</v>
+      </c>
+      <c r="G38" s="14" t="n">
         <v>153.907</v>
       </c>
-      <c r="G38" s="14" t="n">
+      <c r="H38" s="14" t="n">
         <v>143.379</v>
       </c>
-      <c r="H38" s="14" t="n">
+      <c r="I38" s="14" t="n">
         <v>140.145</v>
       </c>
-      <c r="I38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J38" s="14" t="n">
-        <v>133.754</v>
+        <v>144.416</v>
       </c>
       <c r="K38" s="14" t="n">
+        <v>133.635</v>
+      </c>
+      <c r="L38" s="14" t="n">
         <v>129.756</v>
       </c>
-      <c r="L38" s="14" t="n">
+      <c r="M38" s="14" t="n">
         <v>124.551</v>
       </c>
-      <c r="M38" s="14" t="n">
+      <c r="N38" s="14" t="n">
         <v>150.457</v>
       </c>
-      <c r="N38" s="14" t="n">
+      <c r="O38" s="14" t="n">
         <v>130.275</v>
       </c>
-      <c r="O38" s="14" t="n">
+      <c r="P38" s="14" t="n">
         <v>150.155</v>
       </c>
-      <c r="P38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q38" s="14" t="n">
+        <v>141.731</v>
+      </c>
+      <c r="R38" s="14" t="n">
         <v>99.856</v>
       </c>
-      <c r="R38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="S38" s="14" t="n">
+        <v>146.799</v>
+      </c>
+      <c r="T38" s="14" t="n">
         <v>139.014</v>
       </c>
-      <c r="T38" s="14" t="n">
+      <c r="U38" s="14" t="n">
         <v>140.545</v>
       </c>
-      <c r="U38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="V38" s="14" t="n">
-        <v>137.72</v>
+        <v>139.44</v>
       </c>
       <c r="W38" s="14" t="n">
-        <v>133.765</v>
+        <v>137.812</v>
       </c>
       <c r="X38" s="14" t="n">
+        <v>133.764</v>
+      </c>
+      <c r="Y38" s="14" t="n">
         <v>126.557</v>
       </c>
-      <c r="Y38" s="14" t="n">
+      <c r="Z38" s="14" t="n">
         <v>142.012</v>
       </c>
-      <c r="Z38" s="14" t="n">
+      <c r="AA38" s="14" t="n">
         <v>126.343</v>
       </c>
-      <c r="AA38" s="14" t="n">
+      <c r="AB38" s="14" t="n">
         <v>129.992</v>
       </c>
-      <c r="AB38" s="14" t="n">
+      <c r="AC38" s="14" t="n">
         <v>124.232</v>
       </c>
-      <c r="AC38" s="14" t="n">
+      <c r="AD38" s="14" t="n">
         <v>94.212</v>
       </c>
-      <c r="AD38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AE38" s="14" t="n">
+        <v>137.159</v>
+      </c>
+      <c r="AF38" s="14" t="n">
         <v>124.892</v>
       </c>
-      <c r="AF38" s="14" t="n">
+      <c r="AG38" s="14" t="n">
         <v>124.037</v>
       </c>
-      <c r="AG38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AH38" s="14" t="n">
-        <v>133.783</v>
+        <v>125.945</v>
       </c>
       <c r="AI38" s="14" t="n">
+        <v>133.664</v>
+      </c>
+      <c r="AJ38" s="14" t="n">
         <v>120.155</v>
       </c>
-      <c r="AJ38" s="14" t="n">
+      <c r="AK38" s="14" t="n">
         <v>110.246</v>
       </c>
-      <c r="AK38" s="14" t="n">
+      <c r="AL38" s="14" t="n">
         <v>141.35</v>
       </c>
-      <c r="AL38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AM38" s="14" t="n">
-        <v>126.643</v>
+        <v>115.283</v>
       </c>
       <c r="AN38" s="14" t="n">
-        <v>119.836</v>
+        <v>126.642</v>
       </c>
       <c r="AO38" s="14" t="n">
+        <v>119.835</v>
+      </c>
+      <c r="AP38" s="14" t="n">
         <v>93.686</v>
       </c>
-      <c r="AP38" s="14" t="n">
+      <c r="AQ38" s="14" t="n">
         <v>115.317</v>
       </c>
-      <c r="AQ38" s="14" t="n">
+      <c r="AR38" s="14" t="n">
         <v>119.535</v>
       </c>
-      <c r="AR38" s="14" t="n">
+      <c r="AS38" s="14" t="n">
         <v>114.139</v>
       </c>
-      <c r="AS38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AT38" s="14" t="n">
-        <v>127.994</v>
+        <v>115.842</v>
       </c>
       <c r="AU38" s="14" t="n">
-        <v>105.296</v>
+        <v>127.88</v>
       </c>
       <c r="AV38" s="14" t="n">
-        <v>88.571</v>
+        <v>105.295</v>
       </c>
       <c r="AW38" s="14" t="n">
-        <v>120.114</v>
+        <v>88.57</v>
       </c>
       <c r="AX38" s="14" t="n">
-        <v>95.821</v>
+        <v>120.113</v>
       </c>
       <c r="AY38" s="14" t="n">
-        <v>116.162</v>
+        <v>95.82</v>
       </c>
       <c r="AZ38" s="14" t="n">
+        <v>116.161</v>
+      </c>
+      <c r="BA38" s="14" t="n">
         <v>101.762</v>
       </c>
-      <c r="BA38" s="14" t="n">
+      <c r="BB38" s="14" t="n">
         <v>75.752</v>
       </c>
-      <c r="BB38" s="14" t="n">
+      <c r="BC38" s="14" t="n">
         <v>120.358</v>
       </c>
-      <c r="BC38" s="14" t="n">
+      <c r="BD38" s="14" t="n">
         <v>100.888</v>
       </c>
-      <c r="BD38" s="14" t="n">
+      <c r="BE38" s="14" t="n">
         <v>92.601</v>
       </c>
-      <c r="BE38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BF38" s="14" t="n">
-        <v>94.591</v>
+        <v>106.852</v>
       </c>
       <c r="BG38" s="14" t="n">
-        <v>89.456</v>
+        <v>94.569</v>
       </c>
       <c r="BH38" s="14" t="n">
+        <v>89.455</v>
+      </c>
+      <c r="BI38" s="14" t="n">
         <v>85.668</v>
       </c>
-      <c r="BI38" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BJ38" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="BK38" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="BL38" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="BK38" s="15" t="n">
+      <c r="BM38" s="15" t="n">
         <v>35.1</v>
       </c>
-      <c r="BL38" s="15" t="n">
+      <c r="BN38" s="15" t="n">
         <v>-27.7</v>
       </c>
-      <c r="BM38" s="15" t="n">
+      <c r="BO38" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="BN38" s="15" t="n">
+      <c r="BP38" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BO38" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BQ38" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BR38" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="BS38" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="BT38" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="BU38" s="15" t="n">
+        <v>-17.2</v>
+      </c>
+      <c r="BV38" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="BW38" s="15" t="n">
+        <v>-13.2</v>
+      </c>
+      <c r="BX38" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="BY38" s="15" t="n">
+        <v>41.9</v>
+      </c>
+      <c r="BZ38" s="15" t="n">
+        <v>-32.0</v>
+      </c>
+      <c r="CA38" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CB38" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CC38" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CD38" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CE38" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="CF38" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CG38" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="CH38" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="CI38" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="CJ38" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="CK38" s="15" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="CL38" s="15" t="n">
+        <v>-31.3</v>
+      </c>
+      <c r="CM38" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="CN38" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CO38" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="CP38" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="CQ38" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="CR38" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="CS38" s="15" t="n">
+        <v>-22.0</v>
+      </c>
+      <c r="CT38" s="15" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="CU38" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="CV38" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CW38" s="15" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="CX38" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="CY38" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="CZ38" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DA38" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="DB38" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="DC38" s="15" t="n">
+        <v>21.4</v>
+      </c>
+      <c r="DD38" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="DE38" s="15" t="n">
+        <v>-26.3</v>
+      </c>
+      <c r="DF38" s="15" t="n">
+        <v>25.4</v>
+      </c>
+      <c r="DG38" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="DH38" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="DI38" s="15" t="n">
+        <v>34.3</v>
+      </c>
+      <c r="DJ38" s="15" t="n">
+        <v>-37.1</v>
+      </c>
+      <c r="DK38" s="15" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="DL38" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="DM38" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="DN38" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="DO38" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DP38" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DQ38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR38" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DS38" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DT38" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DU38" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="DV38" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="DW38" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DX38" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="BR38" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BT38" s="15" t="n">
+      <c r="DY38" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DZ38" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EA38" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="EB38" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="EC38" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="ED38" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EE38" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EF38" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="BU38" s="15" t="n">
-[...59 lines deleted...]
-      <c r="CO38" s="15" t="n">
+      <c r="EG38" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="EH38" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EI38" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EJ38" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CP38" s="15" t="n">
-[...35 lines deleted...]
-      <c r="DB38" s="15" t="n">
+      <c r="EK38" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="EL38" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="EM38" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EN38" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="EO38" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="EP38" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EQ38" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ER38" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ES38" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="ET38" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EU38" s="15" t="n">
         <v>18.9</v>
-      </c>
-[...135 lines deleted...]
-        <v>8.7</v>
       </c>
       <c r="EV38" s="15" t="n">
         <v>4.5</v>
       </c>
       <c r="EW38" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="EX38" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="EY38" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EZ38" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="EX38" s="15" t="n">
+      <c r="FA38" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="EY38" s="15" t="n">
+      <c r="FB38" s="15" t="n">
         <v>17.7</v>
       </c>
-      <c r="EZ38" s="15" t="n">
+      <c r="FC38" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="FA38" s="15" t="n">
+      <c r="FD38" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="FB38" s="15" t="n">
+      <c r="FE38" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="FC38" s="15" t="n">
+      <c r="FF38" s="15" t="n">
         <v>23.7</v>
       </c>
-      <c r="FD38" s="15" t="n">
+      <c r="FG38" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="FE38" s="15" t="n">
+      <c r="FH38" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="FF38" s="15" t="n">
+      <c r="FI38" s="15" t="n">
         <v>23.3</v>
       </c>
-      <c r="FG38" s="15" t="n">
-[...5 lines deleted...]
-      <c r="FI38" s="15" t="n">
+      <c r="FJ38" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="FK38" s="15" t="n">
+        <v>35.2</v>
+      </c>
+      <c r="FL38" s="15" t="n">
         <v>17.7</v>
       </c>
-      <c r="FJ38" s="15" t="n">
+      <c r="FM38" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FK38" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FS38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FT38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FU38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FV38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FW38" s="15" t="n">
+      <c r="FW38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ38" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GA38" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FX38" s="15" t="n">
+      <c r="GB38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FY38" s="15" t="n">
+      <c r="GC38" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FZ38" s="15" t="n">
+      <c r="GD38" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GA38" s="15" t="n">
+      <c r="GE38" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GB38" s="15" t="n">
+      <c r="GF38" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GC38" s="15" t="n">
+      <c r="GG38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GD38" s="15" t="n">
+      <c r="GH38" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GE38" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GF38" s="15" t="n">
+      <c r="GI38" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="GJ38" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GG38" s="15" t="n">
+      <c r="GK38" s="15" t="n">
         <v>-1.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>10.1</v>
       </c>
       <c r="GL38" s="15" t="n">
         <v>9.6</v>
       </c>
       <c r="GM38" s="15" t="n">
         <v>10.0</v>
       </c>
       <c r="GN38" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="GO38" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="GP38" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="GQ38" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GR38" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="GO38" s="15" t="n">
+      <c r="GS38" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="GP38" s="15" t="n">
+      <c r="GT38" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="GQ38" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GR38" s="15" t="n">
+      <c r="GU38" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="GV38" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="GS38" s="15" t="n">
+      <c r="GW38" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="GT38" s="15" t="n">
+      <c r="GX38" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GU38" s="15" t="n">
+      <c r="GY38" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="GV38" s="15" t="n">
+      <c r="GZ38" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="GW38" s="15" t="n">
+      <c r="HA38" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="GX38" s="15" t="n">
+      <c r="HB38" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="GY38" s="15" t="n">
+      <c r="HC38" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="GZ38" s="15" t="n">
+      <c r="HD38" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="HA38" s="15" t="n">
+      <c r="HE38" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="HB38" s="15" t="n">
+      <c r="HF38" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="HC38" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HD38" s="15" t="n">
+      <c r="HG38" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="HH38" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="HE38" s="15" t="n">
+      <c r="HI38" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="HF38" s="15" t="n">
+      <c r="HJ38" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="HG38" s="15" t="n">
+      <c r="HK38" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="HH38" s="15" t="n">
+      <c r="HL38" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="HI38" s="15" t="n">
+      <c r="HM38" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="HJ38" s="15" t="n">
+      <c r="HN38" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="HK38" s="15" t="n">
+      <c r="HO38" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="HL38" s="15" t="n">
+      <c r="HP38" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="HM38" s="15" t="n">
+      <c r="HQ38" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="HN38" s="15" t="n">
+      <c r="HR38" s="15" t="n">
         <v>16.2</v>
       </c>
-      <c r="HO38" s="15" t="n">
+      <c r="HS38" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="HP38" s="15" t="n">
+      <c r="HT38" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="HQ38" s="15" t="n">
+      <c r="HU38" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="HR38" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="HV38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.6 Actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>130.603</v>
+        <v>134.707</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>133.598</v>
+        <v>130.637</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>128.531</v>
+        <v>133.588</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>116.676</v>
+        <v>128.534</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>133.649</v>
+        <v>116.693</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>129.916</v>
+        <v>133.639</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>124.282</v>
+        <v>129.922</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>121.471</v>
+        <v>124.288</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>122.62</v>
+        <v>121.469</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>112.739</v>
+        <v>122.631</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>119.478</v>
+        <v>112.74</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>125.34</v>
+        <v>119.475</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>124.179</v>
+        <v>125.341</v>
       </c>
       <c r="O39" s="14" t="n">
-        <v>127.285</v>
+        <v>124.189</v>
       </c>
       <c r="P39" s="14" t="n">
-        <v>120.378</v>
+        <v>127.267</v>
       </c>
       <c r="Q39" s="14" t="n">
-        <v>111.496</v>
+        <v>120.384</v>
       </c>
       <c r="R39" s="14" t="n">
-        <v>127.196</v>
+        <v>111.502</v>
       </c>
       <c r="S39" s="14" t="n">
-        <v>125.071</v>
+        <v>127.186</v>
       </c>
       <c r="T39" s="14" t="n">
-        <v>121.468</v>
+        <v>125.089</v>
       </c>
       <c r="U39" s="14" t="n">
-        <v>117.815</v>
+        <v>121.462</v>
       </c>
       <c r="V39" s="14" t="n">
-        <v>117.445</v>
+        <v>117.8</v>
       </c>
       <c r="W39" s="14" t="n">
-        <v>109.261</v>
+        <v>117.469</v>
       </c>
       <c r="X39" s="14" t="n">
-        <v>113.804</v>
+        <v>109.258</v>
       </c>
       <c r="Y39" s="14" t="n">
-        <v>122.071</v>
+        <v>113.789</v>
       </c>
       <c r="Z39" s="14" t="n">
-        <v>120.025</v>
+        <v>122.097</v>
       </c>
       <c r="AA39" s="14" t="n">
-        <v>120.943</v>
+        <v>120.022</v>
       </c>
       <c r="AB39" s="14" t="n">
-        <v>115.071</v>
+        <v>120.949</v>
       </c>
       <c r="AC39" s="14" t="n">
-        <v>108.312</v>
+        <v>115.077</v>
       </c>
       <c r="AD39" s="14" t="n">
-        <v>122.304</v>
+        <v>108.306</v>
       </c>
       <c r="AE39" s="14" t="n">
-        <v>121.03</v>
+        <v>122.319</v>
       </c>
       <c r="AF39" s="14" t="n">
-        <v>115.877</v>
+        <v>121.024</v>
       </c>
       <c r="AG39" s="14" t="n">
-        <v>110.35</v>
+        <v>115.871</v>
       </c>
       <c r="AH39" s="14" t="n">
-        <v>113.166</v>
+        <v>110.373</v>
       </c>
       <c r="AI39" s="14" t="n">
-        <v>102.481</v>
+        <v>113.153</v>
       </c>
       <c r="AJ39" s="14" t="n">
-        <v>107.008</v>
+        <v>102.482</v>
       </c>
       <c r="AK39" s="14" t="n">
+        <v>107.005</v>
+      </c>
+      <c r="AL39" s="14" t="n">
         <v>118.982</v>
       </c>
-      <c r="AL39" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AM39" s="14" t="n">
-        <v>116.851</v>
+        <v>114.104</v>
       </c>
       <c r="AN39" s="14" t="n">
-        <v>113.334</v>
+        <v>116.869</v>
       </c>
       <c r="AO39" s="14" t="n">
-        <v>105.318</v>
+        <v>113.328</v>
       </c>
       <c r="AP39" s="14" t="n">
-        <v>116.941</v>
+        <v>105.312</v>
       </c>
       <c r="AQ39" s="14" t="n">
-        <v>113.848</v>
+        <v>116.956</v>
       </c>
       <c r="AR39" s="14" t="n">
-        <v>110.806</v>
+        <v>113.841</v>
       </c>
       <c r="AS39" s="14" t="n">
-        <v>106.57</v>
+        <v>110.8</v>
       </c>
       <c r="AT39" s="14" t="n">
-        <v>110.888</v>
+        <v>106.58</v>
       </c>
       <c r="AU39" s="14" t="n">
-        <v>101.314</v>
+        <v>110.875</v>
       </c>
       <c r="AV39" s="14" t="n">
-        <v>101.265</v>
+        <v>101.315</v>
       </c>
       <c r="AW39" s="14" t="n">
-        <v>114.719</v>
+        <v>101.275</v>
       </c>
       <c r="AX39" s="14" t="n">
-        <v>110.505</v>
+        <v>114.708</v>
       </c>
       <c r="AY39" s="14" t="n">
-        <v>113.389</v>
+        <v>110.502</v>
       </c>
       <c r="AZ39" s="14" t="n">
-        <v>106.874</v>
+        <v>113.408</v>
       </c>
       <c r="BA39" s="14" t="n">
-        <v>101.709</v>
+        <v>106.868</v>
       </c>
       <c r="BB39" s="14" t="n">
-        <v>109.576</v>
+        <v>101.702</v>
       </c>
       <c r="BC39" s="14" t="n">
-        <v>102.068</v>
+        <v>109.578</v>
       </c>
       <c r="BD39" s="14" t="n">
-        <v>93.148</v>
+        <v>102.062</v>
       </c>
       <c r="BE39" s="14" t="n">
-        <v>89.085</v>
+        <v>93.154</v>
       </c>
       <c r="BF39" s="14" t="n">
-        <v>90.659</v>
+        <v>89.082</v>
       </c>
       <c r="BG39" s="14" t="n">
-        <v>83.293</v>
+        <v>90.646</v>
       </c>
       <c r="BH39" s="14" t="n">
-        <v>84.975</v>
-[...1 lines deleted...]
-      <c r="BI39" s="15" t="n">
+        <v>83.294</v>
+      </c>
+      <c r="BI39" s="14" t="n">
+        <v>84.996</v>
+      </c>
+      <c r="BJ39" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="BK39" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="BJ39" s="15" t="n">
+      <c r="BL39" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="BK39" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL39" s="15" t="n">
+      <c r="BM39" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="BN39" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="BM39" s="15" t="n">
+      <c r="BO39" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="BN39" s="15" t="n">
+      <c r="BP39" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="BO39" s="15" t="n">
+      <c r="BQ39" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BP39" s="15" t="n">
+      <c r="BR39" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="BQ39" s="15" t="n">
+      <c r="BS39" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="BR39" s="15" t="n">
+      <c r="BT39" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="BS39" s="15" t="n">
+      <c r="BU39" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="BT39" s="15" t="n">
+      <c r="BV39" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="BU39" s="15" t="n">
+      <c r="BW39" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="BV39" s="15" t="n">
+      <c r="BX39" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="BW39" s="15" t="n">
+      <c r="BY39" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="BX39" s="15" t="n">
+      <c r="BZ39" s="15" t="n">
         <v>-12.3</v>
       </c>
-      <c r="BY39" s="15" t="n">
+      <c r="CA39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="BZ39" s="15" t="n">
+      <c r="CB39" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CA39" s="15" t="n">
+      <c r="CC39" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CB39" s="15" t="n">
+      <c r="CD39" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CC39" s="15" t="n">
+      <c r="CE39" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="CD39" s="15" t="n">
+      <c r="CF39" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="CE39" s="15" t="n">
+      <c r="CG39" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="CF39" s="15" t="n">
+      <c r="CH39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CG39" s="15" t="n">
+      <c r="CI39" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CH39" s="15" t="n">
+      <c r="CJ39" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CI39" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="CK39" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CL39" s="15" t="n">
+        <v>-11.5</v>
+      </c>
+      <c r="CM39" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CL39" s="15" t="n">
+      <c r="CN39" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CM39" s="15" t="n">
+      <c r="CO39" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CN39" s="15" t="n">
+      <c r="CP39" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="CO39" s="15" t="n">
+      <c r="CQ39" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="CP39" s="15" t="n">
+      <c r="CR39" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="CQ39" s="15" t="n">
+      <c r="CS39" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="CR39" s="15" t="n">
+      <c r="CT39" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CS39" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CT39" s="15" t="n">
+      <c r="CU39" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CV39" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CU39" s="15" t="n">
+      <c r="CW39" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="CV39" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CW39" s="15" t="n">
+      <c r="CX39" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="CY39" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CX39" s="15" t="n">
+      <c r="CZ39" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CY39" s="15" t="n">
+      <c r="DA39" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CZ39" s="15" t="n">
+      <c r="DB39" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="DA39" s="15" t="n">
+      <c r="DC39" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="DB39" s="15" t="n">
+      <c r="DD39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DC39" s="15" t="n">
+      <c r="DE39" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="DD39" s="15" t="n">
+      <c r="DF39" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DE39" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DF39" s="15" t="n">
+      <c r="DG39" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="DH39" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="DG39" s="15" t="n">
+      <c r="DI39" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="DH39" s="15" t="n">
+      <c r="DJ39" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="DI39" s="15" t="n">
+      <c r="DK39" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="DJ39" s="15" t="n">
+      <c r="DL39" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="DK39" s="15" t="n">
+      <c r="DM39" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="DL39" s="15" t="n">
+      <c r="DN39" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="DM39" s="15" t="n">
+      <c r="DO39" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="DN39" s="15" t="n">
+      <c r="DP39" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="DO39" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DP39" s="15" t="n">
+      <c r="DQ39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR39" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DS39" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="DQ39" s="15" t="n">
+      <c r="DT39" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="DR39" s="15" t="n">
+      <c r="DU39" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="DS39" s="15" t="n">
+      <c r="DV39" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DW39" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DX39" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DY39" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DZ39" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EA39" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EB39" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EC39" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="ED39" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EE39" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EF39" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="EG39" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="DT39" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DU39" s="15" t="n">
+      <c r="EH39" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EI39" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EJ39" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EK39" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="EL39" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="EM39" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EN39" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="EO39" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EP39" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EQ39" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="ER39" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ES39" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ET39" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EU39" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EV39" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EW39" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EX39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EY39" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EZ39" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FA39" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="FB39" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FC39" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FD39" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FE39" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FF39" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FG39" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="FH39" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="FI39" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="FJ39" s="15" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="FK39" s="15" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="FL39" s="15" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="FM39" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="FN39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ39" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GA39" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GB39" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GC39" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GD39" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GE39" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="DV39" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DW39" s="15" t="n">
+      <c r="GF39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GG39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GH39" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GI39" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GJ39" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GK39" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GL39" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GM39" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GN39" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GO39" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GP39" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GQ39" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GR39" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GS39" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GT39" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GU39" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GV39" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GW39" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GX39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GY39" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GZ39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="HA39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="HB39" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="HC39" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="HD39" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="HE39" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="HF39" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="DX39" s="15" t="n">
-[...20 lines deleted...]
-      <c r="EE39" s="15" t="n">
+      <c r="HG39" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EF39" s="15" t="n">
-[...53 lines deleted...]
-      <c r="EX39" s="15" t="n">
+      <c r="HH39" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="HI39" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="EY39" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FJ39" s="15" t="n">
+      <c r="HJ39" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="HK39" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="HL39" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="HM39" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="HN39" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="HO39" s="15" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="HP39" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="HQ39" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="HR39" s="15" t="n">
+        <v>20.7</v>
+      </c>
+      <c r="HS39" s="15" t="n">
+        <v>21.1</v>
+      </c>
+      <c r="HT39" s="15" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="HU39" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="FK39" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    77 Actividades de alquiler</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>174.359</v>
+        <v>152.972</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>171.373</v>
+        <v>173.857</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>156.615</v>
+        <v>171.661</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>145.905</v>
+        <v>156.818</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>151.333</v>
+        <v>145.647</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>150.017</v>
+        <v>151.189</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>139.223</v>
+        <v>149.943</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>137.9</v>
+        <v>139.174</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>146.276</v>
+        <v>138.061</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>136.412</v>
+        <v>146.093</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>138.389</v>
+        <v>136.395</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>138.733</v>
+        <v>138.56</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>154.041</v>
+        <v>138.535</v>
       </c>
       <c r="O40" s="14" t="n">
-        <v>159.107</v>
+        <v>154.205</v>
       </c>
       <c r="P40" s="14" t="n">
-        <v>144.898</v>
+        <v>158.957</v>
       </c>
       <c r="Q40" s="14" t="n">
-        <v>129.816</v>
+        <v>144.826</v>
       </c>
       <c r="R40" s="14" t="n">
-        <v>141.101</v>
+        <v>129.771</v>
       </c>
       <c r="S40" s="14" t="n">
-        <v>141.696</v>
+        <v>141.508</v>
       </c>
       <c r="T40" s="14" t="n">
-        <v>137.391</v>
+        <v>141.278</v>
       </c>
       <c r="U40" s="14" t="n">
-        <v>131.59</v>
+        <v>137.561</v>
       </c>
       <c r="V40" s="14" t="n">
-        <v>137.627</v>
+        <v>131.698</v>
       </c>
       <c r="W40" s="14" t="n">
-        <v>122.69</v>
+        <v>137.464</v>
       </c>
       <c r="X40" s="14" t="n">
-        <v>128.018</v>
+        <v>122.502</v>
       </c>
       <c r="Y40" s="14" t="n">
-        <v>133.357</v>
+        <v>128.387</v>
       </c>
       <c r="Z40" s="14" t="n">
-        <v>141.354</v>
+        <v>133.129</v>
       </c>
       <c r="AA40" s="14" t="n">
-        <v>143.3</v>
+        <v>141.352</v>
       </c>
       <c r="AB40" s="14" t="n">
-        <v>135.353</v>
+        <v>143.096</v>
       </c>
       <c r="AC40" s="14" t="n">
-        <v>126.538</v>
+        <v>135.497</v>
       </c>
       <c r="AD40" s="14" t="n">
-        <v>134.888</v>
+        <v>126.419</v>
       </c>
       <c r="AE40" s="14" t="n">
-        <v>132.691</v>
+        <v>134.814</v>
       </c>
       <c r="AF40" s="14" t="n">
-        <v>122.568</v>
+        <v>132.652</v>
       </c>
       <c r="AG40" s="14" t="n">
-        <v>118.914</v>
+        <v>122.921</v>
       </c>
       <c r="AH40" s="14" t="n">
-        <v>123.847</v>
+        <v>118.646</v>
       </c>
       <c r="AI40" s="14" t="n">
-        <v>107.85</v>
+        <v>123.913</v>
       </c>
       <c r="AJ40" s="14" t="n">
-        <v>120.151</v>
+        <v>107.837</v>
       </c>
       <c r="AK40" s="14" t="n">
-        <v>126.151</v>
+        <v>119.98</v>
       </c>
       <c r="AL40" s="14" t="n">
-        <v>126.552</v>
+        <v>126.107</v>
       </c>
       <c r="AM40" s="14" t="n">
-        <v>129.402</v>
+        <v>126.611</v>
       </c>
       <c r="AN40" s="14" t="n">
-        <v>114.74</v>
+        <v>129.33</v>
       </c>
       <c r="AO40" s="14" t="n">
-        <v>109.6</v>
+        <v>114.706</v>
       </c>
       <c r="AP40" s="14" t="n">
-        <v>113.639</v>
+        <v>109.916</v>
       </c>
       <c r="AQ40" s="14" t="n">
-        <v>110.839</v>
+        <v>113.445</v>
       </c>
       <c r="AR40" s="14" t="n">
-        <v>106.01</v>
+        <v>110.837</v>
       </c>
       <c r="AS40" s="14" t="n">
-        <v>104.539</v>
+        <v>105.859</v>
       </c>
       <c r="AT40" s="14" t="n">
-        <v>114.724</v>
+        <v>104.724</v>
       </c>
       <c r="AU40" s="14" t="n">
-        <v>102.302</v>
+        <v>114.535</v>
       </c>
       <c r="AV40" s="14" t="n">
-        <v>103.081</v>
+        <v>102.289</v>
       </c>
       <c r="AW40" s="14" t="n">
-        <v>114.599</v>
+        <v>103.024</v>
       </c>
       <c r="AX40" s="14" t="n">
-        <v>116.829</v>
+        <v>114.741</v>
       </c>
       <c r="AY40" s="14" t="n">
-        <v>114.435</v>
+        <v>116.987</v>
       </c>
       <c r="AZ40" s="14" t="n">
-        <v>103.432</v>
+        <v>114.239</v>
       </c>
       <c r="BA40" s="14" t="n">
-        <v>102.508</v>
+        <v>103.43</v>
       </c>
       <c r="BB40" s="14" t="n">
-        <v>108.569</v>
+        <v>102.361</v>
       </c>
       <c r="BC40" s="14" t="n">
-        <v>102.034</v>
+        <v>108.531</v>
       </c>
       <c r="BD40" s="14" t="n">
-        <v>94.25</v>
+        <v>102.082</v>
       </c>
       <c r="BE40" s="14" t="n">
-        <v>86.133</v>
+        <v>94.198</v>
       </c>
       <c r="BF40" s="14" t="n">
-        <v>91.592</v>
+        <v>86.123</v>
       </c>
       <c r="BG40" s="14" t="n">
-        <v>82.403</v>
+        <v>91.84</v>
       </c>
       <c r="BH40" s="14" t="n">
-        <v>83.217</v>
-[...2 lines deleted...]
-        <v>1.7</v>
+        <v>82.392</v>
+      </c>
+      <c r="BI40" s="14" t="n">
+        <v>83.075</v>
       </c>
       <c r="BJ40" s="15" t="n">
-        <v>9.4</v>
+        <v>-12.0</v>
       </c>
       <c r="BK40" s="15" t="n">
-        <v>7.3</v>
+        <v>1.3</v>
       </c>
       <c r="BL40" s="15" t="n">
-        <v>-3.6</v>
+        <v>9.5</v>
       </c>
       <c r="BM40" s="15" t="n">
-        <v>0.9</v>
+        <v>7.7</v>
       </c>
       <c r="BN40" s="15" t="n">
-        <v>7.8</v>
+        <v>-3.7</v>
       </c>
       <c r="BO40" s="15" t="n">
-        <v>1.0</v>
+        <v>0.8</v>
       </c>
       <c r="BP40" s="15" t="n">
-        <v>-5.7</v>
+        <v>7.7</v>
       </c>
       <c r="BQ40" s="15" t="n">
-        <v>7.2</v>
+        <v>0.8</v>
       </c>
       <c r="BR40" s="15" t="n">
-        <v>-1.4</v>
+        <v>-5.5</v>
       </c>
       <c r="BS40" s="15" t="n">
-        <v>-0.2</v>
+        <v>7.1</v>
       </c>
       <c r="BT40" s="15" t="n">
-        <v>-9.9</v>
+        <v>-1.6</v>
       </c>
       <c r="BU40" s="15" t="n">
-        <v>-3.2</v>
+        <v>0.0</v>
       </c>
       <c r="BV40" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="BW40" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BX40" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="BW40" s="15" t="n">
+      <c r="BY40" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="BX40" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BZ40" s="15" t="n">
-        <v>3.1</v>
+        <v>-8.3</v>
       </c>
       <c r="CA40" s="15" t="n">
-        <v>4.4</v>
+        <v>0.2</v>
       </c>
       <c r="CB40" s="15" t="n">
-        <v>-4.4</v>
+        <v>2.7</v>
       </c>
       <c r="CC40" s="15" t="n">
-        <v>12.2</v>
+        <v>4.5</v>
       </c>
       <c r="CD40" s="15" t="n">
         <v>-4.2</v>
       </c>
       <c r="CE40" s="15" t="n">
-        <v>-4.0</v>
+        <v>12.2</v>
       </c>
       <c r="CF40" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="CG40" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="CH40" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="CI40" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CJ40" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CK40" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="CL40" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="CM40" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CN40" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="CO40" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="CP40" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="CQ40" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="CR40" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="CS40" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="CT40" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CU40" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="CV40" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="CW40" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="CX40" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="CY40" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CZ40" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DA40" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DB40" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="DC40" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="DD40" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DE40" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="DF40" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DG40" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DH40" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="DI40" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DJ40" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="CG40" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CI40" s="15" t="n">
+      <c r="DK40" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DL40" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="DM40" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="DN40" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="DO40" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="DP40" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="DQ40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR40" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="DS40" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DT40" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="DU40" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="DV40" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="DW40" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="DX40" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="DY40" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="DZ40" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="EA40" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EB40" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="EC40" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="ED40" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EE40" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="EF40" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="EG40" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="EH40" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EI40" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EJ40" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EK40" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="EL40" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="EM40" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="EN40" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="EO40" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="CJ40" s="15" t="n">
-[...65 lines deleted...]
-      <c r="DF40" s="15" t="n">
+      <c r="EP40" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EQ40" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="ER40" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="DG40" s="15" t="n">
-[...28 lines deleted...]
-      <c r="DP40" s="15" t="n">
+      <c r="ES40" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="ET40" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="EU40" s="15" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="EV40" s="15" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="EW40" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="EX40" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="EY40" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="EZ40" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="FA40" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="FB40" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="FC40" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="FD40" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="DQ40" s="15" t="n">
-[...5 lines deleted...]
-      <c r="DS40" s="15" t="n">
+      <c r="FE40" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="FF40" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="FG40" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FH40" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="FI40" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="DT40" s="15" t="n">
-[...11 lines deleted...]
-      <c r="DX40" s="15" t="n">
+      <c r="FJ40" s="15" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="FK40" s="15" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="FL40" s="15" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="FM40" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="FN40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ40" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GA40" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="GB40" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GC40" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GD40" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GE40" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="DY40" s="15" t="n">
-[...95 lines deleted...]
-      <c r="FE40" s="15" t="n">
+      <c r="GF40" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GG40" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GH40" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="GI40" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="GJ40" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="GK40" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GL40" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="GM40" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="FF40" s="15" t="n">
-[...98 lines deleted...]
-      <c r="GE40" s="15" t="n">
+      <c r="GN40" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GO40" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="GP40" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="GF40" s="15" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="GQ40" s="15" t="n">
-        <v>10.4</v>
+        <v>9.3</v>
       </c>
       <c r="GR40" s="15" t="n">
         <v>10.0</v>
       </c>
       <c r="GS40" s="15" t="n">
-        <v>6.5</v>
+        <v>10.8</v>
       </c>
       <c r="GT40" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="GU40" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="GV40" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="GW40" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GX40" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="GY40" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="GZ40" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="HA40" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="HB40" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="HC40" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="HD40" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="GU40" s="15" t="n">
-[...26 lines deleted...]
-      <c r="HD40" s="15" t="n">
+      <c r="HE40" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="HF40" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="HG40" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="HH40" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="HE40" s="15" t="n">
-[...5 lines deleted...]
-      <c r="HG40" s="15" t="n">
+      <c r="HI40" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="HJ40" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="HK40" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="HH40" s="15" t="n">
+      <c r="HL40" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="HI40" s="15" t="n">
+      <c r="HM40" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="HJ40" s="15" t="n">
+      <c r="HN40" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="HK40" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="HO40" s="15" t="n">
-        <v>24.5</v>
+        <v>16.4</v>
       </c>
       <c r="HP40" s="15" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="HQ40" s="15" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="HR40" s="15" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="HS40" s="15" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="HT40" s="15" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="HU40" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="HQ40" s="15" t="n">
-[...21 lines deleted...]
-      </c>
       <c r="HV40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    78 Actividades relacionadas con el empleo</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>117.192</v>
+        <v>118.549</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>116.267</v>
+        <v>117.257</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>110.385</v>
+        <v>116.275</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>100.948</v>
+        <v>110.376</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>120.458</v>
+        <v>100.959</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>113.807</v>
+        <v>120.461</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>109.466</v>
+        <v>113.811</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>105.135</v>
+        <v>109.463</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>98.936</v>
+        <v>105.133</v>
       </c>
       <c r="K41" s="14" t="n">
+        <v>98.938</v>
+      </c>
+      <c r="L41" s="14" t="n">
         <v>92.199</v>
       </c>
-      <c r="L41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M41" s="14" t="n">
-        <v>109.063</v>
+        <v>98.71</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>109.386</v>
+        <v>109.072</v>
       </c>
       <c r="O41" s="14" t="n">
-        <v>106.933</v>
+        <v>109.381</v>
       </c>
       <c r="P41" s="14" t="n">
-        <v>103.171</v>
+        <v>106.935</v>
       </c>
       <c r="Q41" s="14" t="n">
-        <v>94.624</v>
+        <v>103.175</v>
       </c>
       <c r="R41" s="14" t="n">
-        <v>114.97</v>
+        <v>94.622</v>
       </c>
       <c r="S41" s="14" t="n">
-        <v>107.798</v>
+        <v>114.955</v>
       </c>
       <c r="T41" s="14" t="n">
-        <v>103.954</v>
+        <v>107.812</v>
       </c>
       <c r="U41" s="14" t="n">
-        <v>95.003</v>
+        <v>103.95</v>
       </c>
       <c r="V41" s="14" t="n">
-        <v>93.978</v>
+        <v>94.997</v>
       </c>
       <c r="W41" s="14" t="n">
-        <v>89.756</v>
+        <v>93.987</v>
       </c>
       <c r="X41" s="14" t="n">
-        <v>97.176</v>
+        <v>89.758</v>
       </c>
       <c r="Y41" s="14" t="n">
-        <v>103.194</v>
+        <v>97.164</v>
       </c>
       <c r="Z41" s="14" t="n">
-        <v>101.991</v>
+        <v>103.205</v>
       </c>
       <c r="AA41" s="14" t="n">
-        <v>98.114</v>
+        <v>101.989</v>
       </c>
       <c r="AB41" s="14" t="n">
-        <v>94.456</v>
+        <v>98.122</v>
       </c>
       <c r="AC41" s="14" t="n">
-        <v>86.302</v>
+        <v>94.451</v>
       </c>
       <c r="AD41" s="14" t="n">
+        <v>86.304</v>
+      </c>
+      <c r="AE41" s="14" t="n">
         <v>109.325</v>
       </c>
-      <c r="AE41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AF41" s="14" t="n">
-        <v>96.848</v>
+        <v>102.865</v>
       </c>
       <c r="AG41" s="14" t="n">
-        <v>88.533</v>
+        <v>96.835</v>
       </c>
       <c r="AH41" s="14" t="n">
-        <v>87.369</v>
+        <v>88.542</v>
       </c>
       <c r="AI41" s="14" t="n">
+        <v>87.368</v>
+      </c>
+      <c r="AJ41" s="14" t="n">
         <v>85.0</v>
       </c>
-      <c r="AJ41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AK41" s="14" t="n">
-        <v>102.812</v>
+        <v>92.95</v>
       </c>
       <c r="AL41" s="14" t="n">
+        <v>102.809</v>
+      </c>
+      <c r="AM41" s="14" t="n">
         <v>103.898</v>
       </c>
-      <c r="AM41" s="14" t="n">
+      <c r="AN41" s="14" t="n">
         <v>101.214</v>
       </c>
-      <c r="AN41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AO41" s="14" t="n">
-        <v>93.502</v>
+        <v>100.774</v>
       </c>
       <c r="AP41" s="14" t="n">
-        <v>116.399</v>
+        <v>93.49</v>
       </c>
       <c r="AQ41" s="14" t="n">
-        <v>109.253</v>
+        <v>116.412</v>
       </c>
       <c r="AR41" s="14" t="n">
-        <v>107.625</v>
+        <v>109.251</v>
       </c>
       <c r="AS41" s="14" t="n">
-        <v>95.204</v>
+        <v>107.633</v>
       </c>
       <c r="AT41" s="14" t="n">
-        <v>99.251</v>
+        <v>95.197</v>
       </c>
       <c r="AU41" s="14" t="n">
+        <v>99.256</v>
+      </c>
+      <c r="AV41" s="14" t="n">
         <v>100.102</v>
       </c>
-      <c r="AV41" s="14" t="n">
+      <c r="AW41" s="14" t="n">
         <v>105.763</v>
       </c>
-      <c r="AW41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AX41" s="14" t="n">
-        <v>110.163</v>
+        <v>107.027</v>
       </c>
       <c r="AY41" s="14" t="n">
-        <v>107.067</v>
+        <v>110.154</v>
       </c>
       <c r="AZ41" s="14" t="n">
-        <v>103.485</v>
+        <v>107.078</v>
       </c>
       <c r="BA41" s="14" t="n">
-        <v>94.312</v>
+        <v>103.483</v>
       </c>
       <c r="BB41" s="14" t="n">
-        <v>111.963</v>
+        <v>94.319</v>
       </c>
       <c r="BC41" s="14" t="n">
+        <v>111.96</v>
+      </c>
+      <c r="BD41" s="14" t="n">
         <v>104.648</v>
       </c>
-      <c r="BD41" s="14" t="n">
+      <c r="BE41" s="14" t="n">
         <v>101.013</v>
       </c>
-      <c r="BE41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BF41" s="14" t="n">
-        <v>90.669</v>
+        <v>92.012</v>
       </c>
       <c r="BG41" s="14" t="n">
+        <v>90.657</v>
+      </c>
+      <c r="BH41" s="14" t="n">
         <v>84.725</v>
       </c>
-      <c r="BH41" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI41" s="15" t="n">
+      <c r="BI41" s="14" t="n">
+        <v>92.925</v>
+      </c>
+      <c r="BJ41" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="BK41" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="BJ41" s="15" t="n">
+      <c r="BL41" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="BK41" s="15" t="n">
+      <c r="BM41" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="BL41" s="15" t="n">
+      <c r="BN41" s="15" t="n">
         <v>-16.2</v>
       </c>
-      <c r="BM41" s="15" t="n">
+      <c r="BO41" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="BN41" s="15" t="n">
+      <c r="BP41" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="BO41" s="15" t="n">
+      <c r="BQ41" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="BP41" s="15" t="n">
+      <c r="BR41" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="BQ41" s="15" t="n">
+      <c r="BS41" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="BR41" s="15" t="n">
+      <c r="BT41" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="BS41" s="15" t="n">
+      <c r="BU41" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="BT41" s="15" t="n">
+      <c r="BV41" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="BU41" s="15" t="n">
+      <c r="BW41" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BV41" s="15" t="n">
+      <c r="BX41" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="BW41" s="15" t="n">
+      <c r="BY41" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="BX41" s="15" t="n">
+      <c r="BZ41" s="15" t="n">
         <v>-17.7</v>
       </c>
-      <c r="BY41" s="15" t="n">
+      <c r="CA41" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="CB41" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CC41" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="CD41" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CE41" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="CF41" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="CG41" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="CH41" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CI41" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CJ41" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CK41" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="CL41" s="15" t="n">
+        <v>-21.1</v>
+      </c>
+      <c r="CM41" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CN41" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="CO41" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="CP41" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CQ41" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CR41" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="CS41" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="CT41" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="CU41" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CV41" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CW41" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CX41" s="15" t="n">
+        <v>-19.7</v>
+      </c>
+      <c r="CY41" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="CZ41" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DA41" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="DB41" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DC41" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="DD41" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="DE41" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="DF41" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DG41" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="DH41" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="DI41" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="DJ41" s="15" t="n">
+        <v>-15.8</v>
+      </c>
+      <c r="DK41" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DL41" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DM41" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="DN41" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DO41" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DP41" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="DQ41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR41" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="DS41" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DT41" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="DU41" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DV41" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="BZ41" s="15" t="n">
+      <c r="DW41" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DX41" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="DY41" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DZ41" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="EA41" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EB41" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EC41" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ED41" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EE41" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="EF41" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="EG41" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="EH41" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="EI41" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EJ41" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="EK41" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="EL41" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="EM41" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="EN41" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EO41" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EP41" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EQ41" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="ER41" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="ES41" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="ET41" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="EU41" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="EV41" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="EW41" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="EX41" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="EY41" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="EZ41" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="FA41" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="FB41" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="FC41" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FD41" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="FE41" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="FF41" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="FG41" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FH41" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FI41" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="FJ41" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FK41" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="FL41" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="FM41" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="FN41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ41" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GA41" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GB41" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GC41" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GD41" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GE41" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GF41" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GG41" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GH41" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GI41" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GJ41" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GK41" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GL41" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GM41" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GN41" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GO41" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="GP41" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="GQ41" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GR41" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GS41" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GT41" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GU41" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GV41" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GW41" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GX41" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="GY41" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="GZ41" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="HA41" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="HB41" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="HC41" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="HD41" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="HE41" s="15" t="n">
+        <v>-11.3</v>
+      </c>
+      <c r="HF41" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="HG41" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="HH41" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="HI41" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="HJ41" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="HK41" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CA41" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CC41" s="15" t="n">
+      <c r="HL41" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="CD41" s="15" t="n">
-[...115 lines deleted...]
-      <c r="DP41" s="15" t="n">
+      <c r="HM41" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="HN41" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="DQ41" s="15" t="n">
-[...134 lines deleted...]
-      <c r="FJ41" s="15" t="n">
+      <c r="HO41" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="HP41" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="HQ41" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="HR41" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="HS41" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="HT41" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="HU41" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="FK41" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    79 Actividades de agencias de viajes, operadores turísticos, servicios de reservas y actividades relacionadas con los mismos</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>243.174</v>
+        <v>247.464</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>314.3</v>
+        <v>243.238</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>323.05</v>
+        <v>314.291</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>343.855</v>
+        <v>323.014</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>349.691</v>
+        <v>343.889</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>316.908</v>
+        <v>349.703</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>296.615</v>
+        <v>316.932</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>262.042</v>
+        <v>296.613</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>250.001</v>
+        <v>262.012</v>
       </c>
       <c r="K42" s="14" t="n">
+        <v>250.036</v>
+      </c>
+      <c r="L42" s="14" t="n">
         <v>200.534</v>
       </c>
-      <c r="L42" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M42" s="14" t="n">
-        <v>211.969</v>
+        <v>188.725</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>209.506</v>
+        <v>211.987</v>
       </c>
       <c r="O42" s="14" t="n">
-        <v>290.053</v>
+        <v>209.484</v>
       </c>
       <c r="P42" s="14" t="n">
-        <v>310.346</v>
+        <v>290.063</v>
       </c>
       <c r="Q42" s="14" t="n">
-        <v>329.395</v>
+        <v>310.37</v>
       </c>
       <c r="R42" s="14" t="n">
-        <v>349.227</v>
+        <v>329.393</v>
       </c>
       <c r="S42" s="14" t="n">
-        <v>320.689</v>
+        <v>349.162</v>
       </c>
       <c r="T42" s="14" t="n">
-        <v>284.962</v>
+        <v>320.756</v>
       </c>
       <c r="U42" s="14" t="n">
-        <v>256.048</v>
+        <v>284.936</v>
       </c>
       <c r="V42" s="14" t="n">
-        <v>236.911</v>
+        <v>256.03</v>
       </c>
       <c r="W42" s="14" t="n">
-        <v>189.964</v>
+        <v>236.924</v>
       </c>
       <c r="X42" s="14" t="n">
-        <v>168.688</v>
+        <v>189.983</v>
       </c>
       <c r="Y42" s="14" t="n">
-        <v>214.566</v>
+        <v>168.657</v>
       </c>
       <c r="Z42" s="14" t="n">
-        <v>214.155</v>
+        <v>214.585</v>
       </c>
       <c r="AA42" s="14" t="n">
-        <v>268.156</v>
+        <v>214.161</v>
       </c>
       <c r="AB42" s="14" t="n">
-        <v>309.322</v>
+        <v>268.178</v>
       </c>
       <c r="AC42" s="14" t="n">
-        <v>345.627</v>
+        <v>309.289</v>
       </c>
       <c r="AD42" s="14" t="n">
-        <v>349.441</v>
+        <v>345.639</v>
       </c>
       <c r="AE42" s="14" t="n">
-        <v>303.943</v>
+        <v>349.472</v>
       </c>
       <c r="AF42" s="14" t="n">
-        <v>267.81</v>
+        <v>303.937</v>
       </c>
       <c r="AG42" s="14" t="n">
-        <v>234.394</v>
+        <v>267.761</v>
       </c>
       <c r="AH42" s="14" t="n">
-        <v>235.7</v>
+        <v>234.431</v>
       </c>
       <c r="AI42" s="14" t="n">
-        <v>196.972</v>
+        <v>235.69</v>
       </c>
       <c r="AJ42" s="14" t="n">
-        <v>172.177</v>
+        <v>196.973</v>
       </c>
       <c r="AK42" s="14" t="n">
-        <v>216.279</v>
+        <v>172.191</v>
       </c>
       <c r="AL42" s="14" t="n">
-        <v>211.791</v>
+        <v>216.278</v>
       </c>
       <c r="AM42" s="14" t="n">
-        <v>250.055</v>
+        <v>211.778</v>
       </c>
       <c r="AN42" s="14" t="n">
-        <v>253.255</v>
+        <v>250.077</v>
       </c>
       <c r="AO42" s="14" t="n">
-        <v>284.604</v>
+        <v>253.25</v>
       </c>
       <c r="AP42" s="14" t="n">
-        <v>287.632</v>
+        <v>284.551</v>
       </c>
       <c r="AQ42" s="14" t="n">
-        <v>254.565</v>
+        <v>287.658</v>
       </c>
       <c r="AR42" s="14" t="n">
-        <v>210.667</v>
+        <v>254.572</v>
       </c>
       <c r="AS42" s="14" t="n">
-        <v>182.127</v>
+        <v>210.685</v>
       </c>
       <c r="AT42" s="14" t="n">
-        <v>163.389</v>
+        <v>182.099</v>
       </c>
       <c r="AU42" s="14" t="n">
+        <v>163.404</v>
+      </c>
+      <c r="AV42" s="14" t="n">
         <v>126.142</v>
       </c>
-      <c r="AV42" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AW42" s="14" t="n">
-        <v>139.443</v>
+        <v>95.39</v>
       </c>
       <c r="AX42" s="14" t="n">
-        <v>140.388</v>
+        <v>139.43</v>
       </c>
       <c r="AY42" s="14" t="n">
-        <v>166.284</v>
+        <v>140.372</v>
       </c>
       <c r="AZ42" s="14" t="n">
-        <v>158.079</v>
+        <v>166.299</v>
       </c>
       <c r="BA42" s="14" t="n">
-        <v>186.181</v>
+        <v>158.084</v>
       </c>
       <c r="BB42" s="14" t="n">
-        <v>149.302</v>
+        <v>186.197</v>
       </c>
       <c r="BC42" s="14" t="n">
-        <v>98.367</v>
+        <v>149.301</v>
       </c>
       <c r="BD42" s="14" t="n">
-        <v>54.029</v>
+        <v>98.361</v>
       </c>
       <c r="BE42" s="14" t="n">
-        <v>35.079</v>
+        <v>54.034</v>
       </c>
       <c r="BF42" s="14" t="n">
-        <v>29.339</v>
+        <v>35.078</v>
       </c>
       <c r="BG42" s="14" t="n">
+        <v>29.334</v>
+      </c>
+      <c r="BH42" s="14" t="n">
         <v>20.3</v>
       </c>
-      <c r="BH42" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI42" s="15" t="n">
+      <c r="BI42" s="14" t="n">
+        <v>23.21</v>
+      </c>
+      <c r="BJ42" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="BK42" s="15" t="n">
         <v>-22.6</v>
       </c>
-      <c r="BJ42" s="15" t="n">
+      <c r="BL42" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="BK42" s="15" t="n">
+      <c r="BM42" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="BL42" s="15" t="n">
+      <c r="BN42" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="BM42" s="15" t="n">
+      <c r="BO42" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="BN42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BO42" s="15" t="n">
+      <c r="BP42" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="BQ42" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="BP42" s="15" t="n">
+      <c r="BR42" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="BQ42" s="15" t="n">
+      <c r="BS42" s="15" t="n">
         <v>24.7</v>
       </c>
-      <c r="BR42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BS42" s="15" t="n">
+      <c r="BT42" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BU42" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="BT42" s="15" t="n">
+      <c r="BV42" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="BU42" s="15" t="n">
+      <c r="BW42" s="15" t="n">
         <v>-27.8</v>
       </c>
-      <c r="BV42" s="15" t="n">
+      <c r="BX42" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="BW42" s="15" t="n">
+      <c r="BY42" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="BX42" s="15" t="n">
+      <c r="BZ42" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="BY42" s="15" t="n">
+      <c r="CA42" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="BZ42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CA42" s="15" t="n">
+      <c r="CB42" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="CC42" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CB42" s="15" t="n">
+      <c r="CD42" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="CC42" s="15" t="n">
+      <c r="CE42" s="15" t="n">
         <v>24.7</v>
       </c>
-      <c r="CD42" s="15" t="n">
+      <c r="CF42" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="CE42" s="15" t="n">
+      <c r="CG42" s="15" t="n">
         <v>-21.4</v>
       </c>
-      <c r="CF42" s="15" t="n">
+      <c r="CH42" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CG42" s="15" t="n">
+      <c r="CI42" s="15" t="n">
         <v>-20.1</v>
       </c>
-      <c r="CH42" s="15" t="n">
+      <c r="CJ42" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="CI42" s="15" t="n">
+      <c r="CK42" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="CJ42" s="15" t="n">
+      <c r="CL42" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CK42" s="15" t="n">
+      <c r="CM42" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="CL42" s="15" t="n">
+      <c r="CN42" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="CM42" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="CO42" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="CP42" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CQ42" s="15" t="n">
         <v>19.7</v>
       </c>
-      <c r="CP42" s="15" t="n">
+      <c r="CR42" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="CQ42" s="15" t="n">
+      <c r="CS42" s="15" t="n">
         <v>-20.4</v>
       </c>
-      <c r="CR42" s="15" t="n">
+      <c r="CT42" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CS42" s="15" t="n">
+      <c r="CU42" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="CT42" s="15" t="n">
+      <c r="CV42" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CU42" s="15" t="n">
+      <c r="CW42" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="CV42" s="15" t="n">
+      <c r="CX42" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CW42" s="15" t="n">
+      <c r="CY42" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="CX42" s="15" t="n">
+      <c r="CZ42" s="15" t="n">
         <v>20.8</v>
       </c>
-      <c r="CY42" s="15" t="n">
+      <c r="DA42" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="CZ42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DA42" s="15" t="n">
+      <c r="DB42" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="DC42" s="15" t="n">
         <v>29.5</v>
       </c>
-      <c r="DB42" s="15" t="n">
+      <c r="DD42" s="15" t="n">
         <v>32.2</v>
       </c>
-      <c r="DC42" s="15" t="n">
+      <c r="DE42" s="15" t="n">
         <v>-31.6</v>
       </c>
-      <c r="DD42" s="15" t="n">
+      <c r="DF42" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DE42" s="15" t="n">
+      <c r="DG42" s="15" t="n">
         <v>-15.6</v>
       </c>
-      <c r="DF42" s="15" t="n">
+      <c r="DH42" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="DG42" s="15" t="n">
+      <c r="DI42" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="DH42" s="15" t="n">
+      <c r="DJ42" s="15" t="n">
         <v>24.7</v>
       </c>
-      <c r="DI42" s="15" t="n">
+      <c r="DK42" s="15" t="n">
         <v>51.8</v>
       </c>
-      <c r="DJ42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DK42" s="15" t="n">
+      <c r="DL42" s="15" t="n">
+        <v>82.0</v>
+      </c>
+      <c r="DM42" s="15" t="n">
         <v>54.0</v>
       </c>
-      <c r="DL42" s="15" t="n">
+      <c r="DN42" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="DM42" s="15" t="n">
+      <c r="DO42" s="15" t="n">
         <v>44.5</v>
       </c>
-      <c r="DN42" s="15" t="n">
+      <c r="DP42" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="DO42" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DP42" s="15" t="n">
+      <c r="DQ42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR42" s="15" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="DS42" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="DQ42" s="15" t="n">
+      <c r="DT42" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="DR42" s="15" t="n">
+      <c r="DU42" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="DS42" s="15" t="n">
+      <c r="DV42" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="DT42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DU42" s="15" t="n">
+      <c r="DW42" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DX42" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DV42" s="15" t="n">
+      <c r="DY42" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="DW42" s="15" t="n">
+      <c r="DZ42" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DX42" s="15" t="n">
+      <c r="EA42" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="DY42" s="15" t="n">
+      <c r="EB42" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="DZ42" s="15" t="n">
+      <c r="EC42" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="EA42" s="15" t="n">
+      <c r="ED42" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="EB42" s="15" t="n">
+      <c r="EE42" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="EC42" s="15" t="n">
+      <c r="EF42" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ED42" s="15" t="n">
+      <c r="EG42" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EE42" s="15" t="n">
+      <c r="EH42" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="EF42" s="15" t="n">
+      <c r="EI42" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EG42" s="15" t="n">
+      <c r="EJ42" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EH42" s="15" t="n">
+      <c r="EK42" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="EI42" s="15" t="n">
+      <c r="EL42" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="EJ42" s="15" t="n">
+      <c r="EM42" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EK42" s="15" t="n">
-[...5 lines deleted...]
-      <c r="EM42" s="15" t="n">
+      <c r="EN42" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EO42" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="EP42" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="EN42" s="15" t="n">
+      <c r="EQ42" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EO42" s="15" t="n">
+      <c r="ER42" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="EP42" s="15" t="n">
+      <c r="ES42" s="15" t="n">
         <v>22.1</v>
       </c>
-      <c r="EQ42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ER42" s="15" t="n">
+      <c r="ET42" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="ES42" s="15" t="n">
+      <c r="EU42" s="15" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="EV42" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="ET42" s="15" t="n">
+      <c r="EW42" s="15" t="n">
         <v>27.1</v>
       </c>
-      <c r="EU42" s="15" t="n">
+      <c r="EX42" s="15" t="n">
         <v>28.7</v>
       </c>
-      <c r="EV42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW42" s="15" t="n">
+      <c r="EY42" s="15" t="n">
+        <v>44.2</v>
+      </c>
+      <c r="EZ42" s="15" t="n">
         <v>56.2</v>
       </c>
-      <c r="EX42" s="15" t="n">
+      <c r="FA42" s="15" t="n">
         <v>80.5</v>
       </c>
-      <c r="EY42" s="15" t="n">
+      <c r="FB42" s="15" t="n">
         <v>55.1</v>
       </c>
-      <c r="EZ42" s="15" t="n">
+      <c r="FC42" s="15" t="n">
         <v>50.9</v>
       </c>
-      <c r="FA42" s="15" t="n">
+      <c r="FD42" s="15" t="n">
         <v>50.4</v>
       </c>
-      <c r="FB42" s="15" t="n">
+      <c r="FE42" s="15" t="n">
         <v>60.2</v>
       </c>
-      <c r="FC42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FD42" s="15" t="n">
+      <c r="FF42" s="15" t="n">
+        <v>52.8</v>
+      </c>
+      <c r="FG42" s="15" t="n">
         <v>92.7</v>
       </c>
-      <c r="FE42" s="15" t="n">
+      <c r="FH42" s="15" t="n">
         <v>158.8</v>
       </c>
-      <c r="FF42" s="15" t="n">
+      <c r="FI42" s="15" t="n">
         <v>289.9</v>
       </c>
-      <c r="FG42" s="15" t="n">
-[...5 lines deleted...]
-      <c r="FI42" s="15" t="n">
+      <c r="FJ42" s="15" t="n">
+        <v>419.1</v>
+      </c>
+      <c r="FK42" s="15" t="n">
+        <v>457.0</v>
+      </c>
+      <c r="FL42" s="15" t="n">
         <v>521.4</v>
       </c>
-      <c r="FJ42" s="15" t="n">
+      <c r="FM42" s="15" t="n">
         <v>311.0</v>
       </c>
-      <c r="FK42" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FS42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FT42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FU42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FV42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FW42" s="15" t="n">
+      <c r="FW42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ42" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GA42" s="15" t="n">
         <v>4.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.2</v>
       </c>
       <c r="GB42" s="15" t="n">
         <v>4.0</v>
       </c>
       <c r="GC42" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GD42" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GE42" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GF42" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GG42" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="GD42" s="15" t="n">
+      <c r="GH42" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="GE42" s="15" t="n">
+      <c r="GI42" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="GF42" s="15" t="n">
+      <c r="GJ42" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="GG42" s="15" t="n">
+      <c r="GK42" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="GH42" s="15" t="n">
+      <c r="GL42" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GI42" s="15" t="n">
+      <c r="GM42" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GJ42" s="15" t="n">
+      <c r="GN42" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GK42" s="15" t="n">
+      <c r="GO42" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GL42" s="15" t="n">
+      <c r="GP42" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GM42" s="15" t="n">
+      <c r="GQ42" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GN42" s="15" t="n">
+      <c r="GR42" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="GO42" s="15" t="n">
+      <c r="GS42" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GP42" s="15" t="n">
+      <c r="GT42" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GQ42" s="15" t="n">
+      <c r="GU42" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="GR42" s="15" t="n">
-[...5 lines deleted...]
-      <c r="GT42" s="15" t="n">
+      <c r="GV42" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="GW42" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="GX42" s="15" t="n">
         <v>22.7</v>
       </c>
-      <c r="GU42" s="15" t="n">
+      <c r="GY42" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="GV42" s="15" t="n">
+      <c r="GZ42" s="15" t="n">
         <v>27.3</v>
       </c>
-      <c r="GW42" s="15" t="n">
+      <c r="HA42" s="15" t="n">
         <v>30.0</v>
       </c>
-      <c r="GX42" s="15" t="n">
+      <c r="HB42" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="GY42" s="15" t="n">
+      <c r="HC42" s="15" t="n">
         <v>33.4</v>
       </c>
-      <c r="GZ42" s="15" t="n">
+      <c r="HD42" s="15" t="n">
         <v>36.7</v>
       </c>
-      <c r="HA42" s="15" t="n">
+      <c r="HE42" s="15" t="n">
         <v>42.3</v>
       </c>
-      <c r="HB42" s="15" t="n">
+      <c r="HF42" s="15" t="n">
         <v>48.0</v>
       </c>
-      <c r="HC42" s="15" t="n">
+      <c r="HG42" s="15" t="n">
         <v>57.1</v>
       </c>
-      <c r="HD42" s="15" t="n">
+      <c r="HH42" s="15" t="n">
         <v>66.6</v>
       </c>
-      <c r="HE42" s="15" t="n">
+      <c r="HI42" s="15" t="n">
         <v>80.5</v>
       </c>
-      <c r="HF42" s="15" t="n">
+      <c r="HJ42" s="15" t="n">
         <v>111.3</v>
       </c>
-      <c r="HG42" s="15" t="n">
+      <c r="HK42" s="15" t="n">
         <v>118.7</v>
       </c>
-      <c r="HH42" s="15" t="n">
+      <c r="HL42" s="15" t="n">
         <v>129.1</v>
       </c>
-      <c r="HI42" s="15" t="n">
+      <c r="HM42" s="15" t="n">
         <v>146.4</v>
       </c>
-      <c r="HJ42" s="15" t="n">
+      <c r="HN42" s="15" t="n">
         <v>169.3</v>
       </c>
-      <c r="HK42" s="15" t="n">
+      <c r="HO42" s="15" t="n">
         <v>222.2</v>
       </c>
-      <c r="HL42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HM42" s="15" t="n">
+      <c r="HP42" s="15" t="n">
+        <v>296.6</v>
+      </c>
+      <c r="HQ42" s="15" t="n">
         <v>380.2</v>
       </c>
-      <c r="HN42" s="15" t="n">
+      <c r="HR42" s="15" t="n">
         <v>425.4</v>
       </c>
-      <c r="HO42" s="15" t="n">
+      <c r="HS42" s="15" t="n">
         <v>428.4</v>
       </c>
-      <c r="HP42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HQ42" s="15" t="n">
+      <c r="HT42" s="15" t="n">
+        <v>409.1</v>
+      </c>
+      <c r="HU42" s="15" t="n">
         <v>311.0</v>
       </c>
-      <c r="HR42" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="HV42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    80 Actividades de seguridad e investigación</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>127.786</v>
+        <v>136.742</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>131.043</v>
+        <v>127.817</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>128.817</v>
+        <v>131.021</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>120.335</v>
+        <v>128.811</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>140.797</v>
+        <v>120.349</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>132.162</v>
+        <v>140.796</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>125.404</v>
+        <v>132.182</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>121.518</v>
+        <v>125.399</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>126.242</v>
+        <v>121.505</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>111.376</v>
+        <v>126.255</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>117.65</v>
+        <v>111.377</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>127.108</v>
+        <v>117.637</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>120.412</v>
+        <v>127.132</v>
       </c>
       <c r="O43" s="14" t="n">
+        <v>120.397</v>
+      </c>
+      <c r="P43" s="14" t="n">
         <v>122.919</v>
       </c>
-      <c r="P43" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q43" s="14" t="n">
-        <v>114.147</v>
+        <v>121.871</v>
       </c>
       <c r="R43" s="14" t="n">
-        <v>120.351</v>
+        <v>114.142</v>
       </c>
       <c r="S43" s="14" t="n">
-        <v>123.611</v>
+        <v>120.328</v>
       </c>
       <c r="T43" s="14" t="n">
-        <v>123.672</v>
+        <v>123.634</v>
       </c>
       <c r="U43" s="14" t="n">
-        <v>116.693</v>
+        <v>123.659</v>
       </c>
       <c r="V43" s="14" t="n">
-        <v>120.086</v>
+        <v>116.689</v>
       </c>
       <c r="W43" s="14" t="n">
-        <v>108.355</v>
+        <v>120.098</v>
       </c>
       <c r="X43" s="14" t="n">
-        <v>115.692</v>
+        <v>108.365</v>
       </c>
       <c r="Y43" s="14" t="n">
-        <v>119.11</v>
+        <v>115.67</v>
       </c>
       <c r="Z43" s="14" t="n">
-        <v>111.694</v>
+        <v>119.124</v>
       </c>
       <c r="AA43" s="14" t="n">
-        <v>114.0</v>
+        <v>111.688</v>
       </c>
       <c r="AB43" s="14" t="n">
-        <v>114.963</v>
+        <v>114.022</v>
       </c>
       <c r="AC43" s="14" t="n">
+        <v>114.948</v>
+      </c>
+      <c r="AD43" s="14" t="n">
         <v>111.202</v>
       </c>
-      <c r="AD43" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AE43" s="14" t="n">
-        <v>118.885</v>
+        <v>119.484</v>
       </c>
       <c r="AF43" s="14" t="n">
-        <v>114.023</v>
+        <v>118.889</v>
       </c>
       <c r="AG43" s="14" t="n">
-        <v>111.623</v>
+        <v>114.001</v>
       </c>
       <c r="AH43" s="14" t="n">
-        <v>110.901</v>
+        <v>111.64</v>
       </c>
       <c r="AI43" s="14" t="n">
-        <v>100.453</v>
+        <v>110.892</v>
       </c>
       <c r="AJ43" s="14" t="n">
-        <v>106.27</v>
+        <v>100.454</v>
       </c>
       <c r="AK43" s="14" t="n">
-        <v>113.901</v>
+        <v>106.291</v>
       </c>
       <c r="AL43" s="14" t="n">
-        <v>106.316</v>
+        <v>113.896</v>
       </c>
       <c r="AM43" s="14" t="n">
-        <v>110.127</v>
+        <v>106.307</v>
       </c>
       <c r="AN43" s="14" t="n">
-        <v>108.633</v>
+        <v>110.135</v>
       </c>
       <c r="AO43" s="14" t="n">
-        <v>106.997</v>
+        <v>108.636</v>
       </c>
       <c r="AP43" s="14" t="n">
-        <v>110.393</v>
+        <v>106.977</v>
       </c>
       <c r="AQ43" s="14" t="n">
-        <v>109.117</v>
+        <v>110.406</v>
       </c>
       <c r="AR43" s="14" t="n">
-        <v>109.863</v>
+        <v>109.112</v>
       </c>
       <c r="AS43" s="14" t="n">
-        <v>107.699</v>
+        <v>109.884</v>
       </c>
       <c r="AT43" s="14" t="n">
-        <v>108.724</v>
+        <v>107.682</v>
       </c>
       <c r="AU43" s="14" t="n">
-        <v>97.032</v>
+        <v>108.727</v>
       </c>
       <c r="AV43" s="14" t="n">
-        <v>105.457</v>
+        <v>97.033</v>
       </c>
       <c r="AW43" s="14" t="n">
-        <v>112.084</v>
+        <v>105.466</v>
       </c>
       <c r="AX43" s="14" t="n">
-        <v>101.499</v>
+        <v>112.072</v>
       </c>
       <c r="AY43" s="14" t="n">
-        <v>102.816</v>
+        <v>101.494</v>
       </c>
       <c r="AZ43" s="14" t="n">
-        <v>99.427</v>
+        <v>102.828</v>
       </c>
       <c r="BA43" s="14" t="n">
-        <v>100.003</v>
+        <v>99.422</v>
       </c>
       <c r="BB43" s="14" t="n">
-        <v>101.399</v>
+        <v>100.022</v>
       </c>
       <c r="BC43" s="14" t="n">
-        <v>100.076</v>
+        <v>101.394</v>
       </c>
       <c r="BD43" s="14" t="n">
-        <v>97.524</v>
+        <v>100.067</v>
       </c>
       <c r="BE43" s="14" t="n">
-        <v>97.699</v>
+        <v>97.532</v>
       </c>
       <c r="BF43" s="14" t="n">
-        <v>100.322</v>
+        <v>97.701</v>
       </c>
       <c r="BG43" s="14" t="n">
+        <v>100.304</v>
+      </c>
+      <c r="BH43" s="14" t="n">
         <v>92.531</v>
       </c>
-      <c r="BH43" s="14" t="n">
-[...3 lines deleted...]
-        <v>-2.5</v>
+      <c r="BI43" s="14" t="n">
+        <v>94.632</v>
       </c>
       <c r="BJ43" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="BK43" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="BL43" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="BK43" s="15" t="n">
+      <c r="BM43" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="BL43" s="15" t="n">
+      <c r="BN43" s="15" t="n">
         <v>-14.5</v>
       </c>
-      <c r="BM43" s="15" t="n">
+      <c r="BO43" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="BN43" s="15" t="n">
+      <c r="BP43" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="BO43" s="15" t="n">
+      <c r="BQ43" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="BP43" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="BR43" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="BS43" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="BT43" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="BS43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BT43" s="15" t="n">
+      <c r="BU43" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="BV43" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="BU43" s="15" t="n">
+      <c r="BW43" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="BX43" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="BY43" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="BZ43" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="CA43" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="CB43" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC43" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CD43" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="CE43" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="CF43" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="CG43" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="CH43" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CI43" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="BV43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BW43" s="15" t="n">
+      <c r="CJ43" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CK43" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="CL43" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="CM43" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CN43" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CO43" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CP43" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CQ43" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="CR43" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="CS43" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="CT43" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CU43" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="CV43" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CW43" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CX43" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="CY43" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CZ43" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DA43" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DB43" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DC43" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="DD43" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="DE43" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="DF43" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="DG43" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DH43" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DI43" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DJ43" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="DK43" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DL43" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="DM43" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DN43" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="DO43" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="DP43" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="DQ43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR43" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="DS43" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="DT43" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="DU43" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DV43" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DW43" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="DX43" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="DY43" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DZ43" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EA43" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EB43" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EC43" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="ED43" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="BX43" s="15" t="n">
-[...8 lines deleted...]
-      <c r="CA43" s="15" t="n">
+      <c r="EE43" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="EF43" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="EG43" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="CB43" s="15" t="n">
-[...32 lines deleted...]
-      <c r="CM43" s="15" t="n">
+      <c r="EH43" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EI43" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EJ43" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EK43" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="EL43" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EM43" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="EN43" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="EO43" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="EP43" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EQ43" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="ER43" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ES43" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="ET43" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EU43" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="EV43" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="EW43" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EX43" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EY43" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EZ43" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FA43" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FB43" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FC43" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="FD43" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="FE43" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="FF43" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="FG43" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="FH43" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="FI43" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="FJ43" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="FK43" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="FL43" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="FM43" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="FN43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ43" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GA43" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GB43" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GC43" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GD43" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GE43" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GF43" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GG43" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GH43" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GI43" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GJ43" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CN43" s="15" t="n">
-[...85 lines deleted...]
-      <c r="DP43" s="15" t="n">
+      <c r="GK43" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GL43" s="15" t="n">
         <v>6.1</v>
-      </c>
-[...244 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="GM43" s="15" t="n">
         <v>6.0</v>
       </c>
       <c r="GN43" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GO43" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GP43" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GQ43" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GR43" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="GO43" s="15" t="n">
+      <c r="GS43" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="GP43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GQ43" s="15" t="n">
+      <c r="GT43" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GU43" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="GR43" s="15" t="n">
+      <c r="GV43" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="GS43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GT43" s="15" t="n">
+      <c r="GW43" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="GX43" s="15" t="n">
         <v>4.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.4</v>
       </c>
       <c r="GY43" s="15" t="n">
         <v>4.5</v>
       </c>
       <c r="GZ43" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HA43" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="HB43" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HC43" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HD43" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="HA43" s="15" t="n">
+      <c r="HE43" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="HB43" s="15" t="n">
+      <c r="HF43" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HC43" s="15" t="n">
+      <c r="HG43" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HD43" s="15" t="n">
+      <c r="HH43" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HE43" s="15" t="n">
+      <c r="HI43" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="HF43" s="15" t="n">
+      <c r="HJ43" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="HG43" s="15" t="n">
+      <c r="HK43" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="HH43" s="15" t="n">
+      <c r="HL43" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="HI43" s="15" t="n">
+      <c r="HM43" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="HJ43" s="15" t="n">
+      <c r="HN43" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="HK43" s="15" t="n">
+      <c r="HO43" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="HL43" s="15" t="n">
+      <c r="HP43" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="HM43" s="15" t="n">
+      <c r="HQ43" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="HN43" s="15" t="n">
+      <c r="HR43" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="HO43" s="15" t="n">
+      <c r="HS43" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="HP43" s="15" t="n">
+      <c r="HT43" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="HQ43" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU43" s="15" t="n">
+        <v>11.4</v>
       </c>
       <c r="HV43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    81 Servicios a edificios y actividades de jardinería</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>123.056</v>
+        <v>125.321</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>120.155</v>
+        <v>123.109</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>118.522</v>
+        <v>120.171</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>112.563</v>
+        <v>118.501</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>120.899</v>
+        <v>112.596</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>123.159</v>
+        <v>120.884</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>116.835</v>
+        <v>123.183</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>116.558</v>
+        <v>116.838</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>115.074</v>
+        <v>116.536</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>106.517</v>
+        <v>115.057</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>111.55</v>
+        <v>106.515</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>117.215</v>
+        <v>111.56</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>114.885</v>
+        <v>117.235</v>
       </c>
       <c r="O44" s="14" t="n">
-        <v>117.036</v>
+        <v>114.871</v>
       </c>
       <c r="P44" s="14" t="n">
-        <v>109.961</v>
+        <v>117.023</v>
       </c>
       <c r="Q44" s="14" t="n">
-        <v>106.863</v>
+        <v>109.983</v>
       </c>
       <c r="R44" s="14" t="n">
-        <v>114.461</v>
+        <v>106.865</v>
       </c>
       <c r="S44" s="14" t="n">
-        <v>118.032</v>
+        <v>114.408</v>
       </c>
       <c r="T44" s="14" t="n">
-        <v>111.729</v>
+        <v>118.047</v>
       </c>
       <c r="U44" s="14" t="n">
-        <v>111.328</v>
+        <v>111.739</v>
       </c>
       <c r="V44" s="14" t="n">
-        <v>108.736</v>
+        <v>111.295</v>
       </c>
       <c r="W44" s="14" t="n">
-        <v>102.383</v>
+        <v>108.774</v>
       </c>
       <c r="X44" s="14" t="n">
-        <v>106.167</v>
+        <v>102.396</v>
       </c>
       <c r="Y44" s="14" t="n">
-        <v>112.738</v>
+        <v>106.118</v>
       </c>
       <c r="Z44" s="14" t="n">
-        <v>112.582</v>
+        <v>112.772</v>
       </c>
       <c r="AA44" s="14" t="n">
-        <v>112.4</v>
+        <v>112.571</v>
       </c>
       <c r="AB44" s="14" t="n">
-        <v>105.719</v>
+        <v>112.419</v>
       </c>
       <c r="AC44" s="14" t="n">
-        <v>103.475</v>
+        <v>105.706</v>
       </c>
       <c r="AD44" s="14" t="n">
-        <v>111.425</v>
+        <v>103.463</v>
       </c>
       <c r="AE44" s="14" t="n">
-        <v>113.895</v>
+        <v>111.415</v>
       </c>
       <c r="AF44" s="14" t="n">
-        <v>110.757</v>
+        <v>113.929</v>
       </c>
       <c r="AG44" s="14" t="n">
-        <v>108.031</v>
+        <v>110.705</v>
       </c>
       <c r="AH44" s="14" t="n">
-        <v>107.674</v>
+        <v>108.051</v>
       </c>
       <c r="AI44" s="14" t="n">
-        <v>98.969</v>
+        <v>107.677</v>
       </c>
       <c r="AJ44" s="14" t="n">
-        <v>100.628</v>
+        <v>98.968</v>
       </c>
       <c r="AK44" s="14" t="n">
-        <v>107.699</v>
+        <v>100.645</v>
       </c>
       <c r="AL44" s="14" t="n">
-        <v>103.542</v>
+        <v>107.701</v>
       </c>
       <c r="AM44" s="14" t="n">
-        <v>105.286</v>
+        <v>103.516</v>
       </c>
       <c r="AN44" s="14" t="n">
-        <v>103.39</v>
+        <v>105.277</v>
       </c>
       <c r="AO44" s="14" t="n">
-        <v>99.315</v>
+        <v>103.421</v>
       </c>
       <c r="AP44" s="14" t="n">
-        <v>104.248</v>
+        <v>99.269</v>
       </c>
       <c r="AQ44" s="14" t="n">
-        <v>103.914</v>
+        <v>104.28</v>
       </c>
       <c r="AR44" s="14" t="n">
-        <v>107.192</v>
+        <v>103.905</v>
       </c>
       <c r="AS44" s="14" t="n">
-        <v>104.95</v>
+        <v>107.211</v>
       </c>
       <c r="AT44" s="14" t="n">
-        <v>103.542</v>
+        <v>104.944</v>
       </c>
       <c r="AU44" s="14" t="n">
-        <v>94.215</v>
+        <v>103.523</v>
       </c>
       <c r="AV44" s="14" t="n">
-        <v>94.706</v>
+        <v>94.214</v>
       </c>
       <c r="AW44" s="14" t="n">
-        <v>106.018</v>
+        <v>94.698</v>
       </c>
       <c r="AX44" s="14" t="n">
-        <v>100.051</v>
+        <v>106.027</v>
       </c>
       <c r="AY44" s="14" t="n">
-        <v>104.583</v>
+        <v>100.026</v>
       </c>
       <c r="AZ44" s="14" t="n">
-        <v>100.561</v>
+        <v>104.615</v>
       </c>
       <c r="BA44" s="14" t="n">
-        <v>97.319</v>
+        <v>100.552</v>
       </c>
       <c r="BB44" s="14" t="n">
-        <v>102.677</v>
+        <v>97.336</v>
       </c>
       <c r="BC44" s="14" t="n">
-        <v>104.669</v>
+        <v>102.679</v>
       </c>
       <c r="BD44" s="14" t="n">
-        <v>101.463</v>
+        <v>104.642</v>
       </c>
       <c r="BE44" s="14" t="n">
-        <v>98.458</v>
+        <v>101.454</v>
       </c>
       <c r="BF44" s="14" t="n">
-        <v>99.735</v>
+        <v>98.489</v>
       </c>
       <c r="BG44" s="14" t="n">
-        <v>92.68</v>
+        <v>99.687</v>
       </c>
       <c r="BH44" s="14" t="n">
-        <v>91.786</v>
-[...1 lines deleted...]
-      <c r="BI44" s="15" t="n">
+        <v>92.679</v>
+      </c>
+      <c r="BI44" s="14" t="n">
+        <v>91.814</v>
+      </c>
+      <c r="BJ44" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="BK44" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="BJ44" s="15" t="n">
+      <c r="BL44" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="BK44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL44" s="15" t="n">
+      <c r="BM44" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="BN44" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="BM44" s="15" t="n">
+      <c r="BO44" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BP44" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="BQ44" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BR44" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="BS44" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="BT44" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="BU44" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="BV44" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="BW44" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="BN44" s="15" t="n">
+      <c r="BX44" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="BY44" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="BZ44" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="CA44" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="CB44" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CC44" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CD44" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CE44" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="CF44" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="CG44" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="CH44" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CI44" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CJ44" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="CK44" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CL44" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="CM44" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="CN44" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="CO44" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CP44" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CQ44" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="CR44" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="CS44" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="CT44" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="CU44" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="CV44" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CW44" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CX44" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="CY44" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CZ44" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="DA44" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DB44" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DC44" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="DD44" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="DE44" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="DF44" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="DG44" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DH44" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DI44" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DJ44" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="DK44" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DL44" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DM44" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DN44" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="DO44" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="DP44" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DQ44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR44" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="DS44" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DT44" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DU44" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="DV44" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="BO44" s="15" t="n">
-[...86 lines deleted...]
-      <c r="CR44" s="15" t="n">
+      <c r="DW44" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DX44" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DY44" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DZ44" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EA44" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EB44" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CS44" s="15" t="n">
-[...100 lines deleted...]
-      <c r="DZ44" s="15" t="n">
+      <c r="EC44" s="15" t="n">
         <v>5.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.1</v>
       </c>
       <c r="ED44" s="15" t="n">
         <v>4.0</v>
       </c>
       <c r="EE44" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EF44" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EG44" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EH44" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EF44" s="15" t="n">
+      <c r="EI44" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EG44" s="15" t="n">
+      <c r="EJ44" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="EH44" s="15" t="n">
+      <c r="EK44" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EI44" s="15" t="n">
+      <c r="EL44" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EM44" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EN44" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EO44" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EP44" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EQ44" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="ER44" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="ES44" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ET44" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EU44" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EV44" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="EW44" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EX44" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EY44" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EZ44" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="FA44" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FB44" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FC44" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FD44" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="FE44" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FF44" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FG44" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FH44" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="FI44" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="FJ44" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="FK44" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FL44" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FM44" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EJ44" s="15" t="n">
-[...38 lines deleted...]
-      <c r="EW44" s="15" t="n">
+      <c r="FN44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ44" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GA44" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GB44" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EX44" s="15" t="n">
-[...104 lines deleted...]
-      <c r="FY44" s="15" t="n">
+      <c r="GC44" s="15" t="n">
         <v>5.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.8</v>
       </c>
       <c r="GD44" s="15" t="n">
         <v>4.9</v>
       </c>
       <c r="GE44" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GF44" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GG44" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GH44" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GI44" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GF44" s="15" t="n">
+      <c r="GJ44" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="GG44" s="15" t="n">
+      <c r="GK44" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="GH44" s="15" t="n">
+      <c r="GL44" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GI44" s="15" t="n">
+      <c r="GM44" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GJ44" s="15" t="n">
+      <c r="GN44" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GK44" s="15" t="n">
+      <c r="GO44" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GL44" s="15" t="n">
+      <c r="GP44" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GM44" s="15" t="n">
+      <c r="GQ44" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GR44" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GN44" s="15" t="n">
+      <c r="GS44" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GT44" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GU44" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GV44" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GW44" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GX44" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GY44" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GZ44" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="HA44" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="HB44" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="HC44" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="HD44" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HE44" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="HF44" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HG44" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="HH44" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="HI44" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="HJ44" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HK44" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HL44" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HM44" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GO44" s="15" t="n">
-[...59 lines deleted...]
-      <c r="HI44" s="15" t="n">
+      <c r="HN44" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HJ44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HK44" s="15" t="n">
+      <c r="HO44" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="HL44" s="15" t="n">
+      <c r="HP44" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="HM44" s="15" t="n">
+      <c r="HQ44" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="HN44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HO44" s="15" t="n">
+      <c r="HR44" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HS44" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HP44" s="15" t="n">
+      <c r="HT44" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="HQ44" s="15" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="HU44" s="15" t="n">
+        <v>3.1</v>
       </c>
       <c r="HV44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    82 Actividades administrativas de oficina y otras actividades auxiliares a las empresas</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>110.944</v>
+        <v>124.037</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>118.319</v>
+        <v>110.95</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>109.331</v>
+        <v>118.286</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>88.131</v>
+        <v>109.359</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>115.526</v>
+        <v>88.136</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>112.939</v>
+        <v>115.525</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>108.468</v>
+        <v>112.945</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>111.114</v>
+        <v>108.466</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>110.888</v>
+        <v>111.11</v>
       </c>
       <c r="K45" s="14" t="n">
+        <v>110.891</v>
+      </c>
+      <c r="L45" s="14" t="n">
         <v>104.817</v>
       </c>
-      <c r="L45" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M45" s="14" t="n">
-        <v>122.454</v>
+        <v>113.768</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>110.12</v>
+        <v>122.46</v>
       </c>
       <c r="O45" s="14" t="n">
-        <v>115.684</v>
+        <v>110.116</v>
       </c>
       <c r="P45" s="14" t="n">
-        <v>106.924</v>
+        <v>115.682</v>
       </c>
       <c r="Q45" s="14" t="n">
-        <v>88.668</v>
+        <v>106.929</v>
       </c>
       <c r="R45" s="14" t="n">
-        <v>117.865</v>
+        <v>88.667</v>
       </c>
       <c r="S45" s="14" t="n">
-        <v>114.816</v>
+        <v>117.857</v>
       </c>
       <c r="T45" s="14" t="n">
-        <v>110.631</v>
+        <v>114.822</v>
       </c>
       <c r="U45" s="14" t="n">
-        <v>113.396</v>
+        <v>110.629</v>
       </c>
       <c r="V45" s="14" t="n">
-        <v>115.83</v>
+        <v>113.392</v>
       </c>
       <c r="W45" s="14" t="n">
-        <v>107.424</v>
+        <v>115.835</v>
       </c>
       <c r="X45" s="14" t="n">
-        <v>112.258</v>
+        <v>107.426</v>
       </c>
       <c r="Y45" s="14" t="n">
-        <v>123.242</v>
+        <v>112.251</v>
       </c>
       <c r="Z45" s="14" t="n">
-        <v>111.438</v>
+        <v>123.248</v>
       </c>
       <c r="AA45" s="14" t="n">
-        <v>115.994</v>
+        <v>111.437</v>
       </c>
       <c r="AB45" s="14" t="n">
-        <v>105.747</v>
+        <v>115.999</v>
       </c>
       <c r="AC45" s="14" t="n">
-        <v>88.085</v>
+        <v>105.744</v>
       </c>
       <c r="AD45" s="14" t="n">
-        <v>113.504</v>
+        <v>88.084</v>
       </c>
       <c r="AE45" s="14" t="n">
-        <v>112.271</v>
+        <v>113.506</v>
       </c>
       <c r="AF45" s="14" t="n">
-        <v>108.776</v>
+        <v>112.273</v>
       </c>
       <c r="AG45" s="14" t="n">
-        <v>108.49</v>
+        <v>108.769</v>
       </c>
       <c r="AH45" s="14" t="n">
-        <v>111.637</v>
+        <v>108.495</v>
       </c>
       <c r="AI45" s="14" t="n">
-        <v>101.357</v>
+        <v>111.636</v>
       </c>
       <c r="AJ45" s="14" t="n">
-        <v>105.896</v>
+        <v>101.358</v>
       </c>
       <c r="AK45" s="14" t="n">
-        <v>126.211</v>
+        <v>105.9</v>
       </c>
       <c r="AL45" s="14" t="n">
-        <v>111.806</v>
+        <v>126.21</v>
       </c>
       <c r="AM45" s="14" t="n">
-        <v>116.752</v>
+        <v>111.803</v>
       </c>
       <c r="AN45" s="14" t="n">
-        <v>115.673</v>
+        <v>116.755</v>
       </c>
       <c r="AO45" s="14" t="n">
-        <v>90.16</v>
+        <v>115.675</v>
       </c>
       <c r="AP45" s="14" t="n">
-        <v>118.742</v>
+        <v>90.155</v>
       </c>
       <c r="AQ45" s="14" t="n">
-        <v>112.456</v>
+        <v>118.748</v>
       </c>
       <c r="AR45" s="14" t="n">
-        <v>109.306</v>
+        <v>112.455</v>
       </c>
       <c r="AS45" s="14" t="n">
-        <v>105.703</v>
+        <v>109.311</v>
       </c>
       <c r="AT45" s="14" t="n">
+        <v>105.699</v>
+      </c>
+      <c r="AU45" s="14" t="n">
         <v>110.712</v>
       </c>
-      <c r="AU45" s="14" t="n">
+      <c r="AV45" s="14" t="n">
         <v>103.647</v>
       </c>
-      <c r="AV45" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AW45" s="14" t="n">
-        <v>123.753</v>
+        <v>98.57</v>
       </c>
       <c r="AX45" s="14" t="n">
-        <v>108.48</v>
+        <v>123.751</v>
       </c>
       <c r="AY45" s="14" t="n">
-        <v>112.931</v>
+        <v>108.476</v>
       </c>
       <c r="AZ45" s="14" t="n">
+        <v>112.936</v>
+      </c>
+      <c r="BA45" s="14" t="n">
         <v>101.705</v>
       </c>
-      <c r="BA45" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BB45" s="14" t="n">
-        <v>103.989</v>
+        <v>81.971</v>
       </c>
       <c r="BC45" s="14" t="n">
-        <v>99.287</v>
+        <v>103.988</v>
       </c>
       <c r="BD45" s="14" t="n">
-        <v>92.868</v>
+        <v>99.284</v>
       </c>
       <c r="BE45" s="14" t="n">
-        <v>94.182</v>
+        <v>92.869</v>
       </c>
       <c r="BF45" s="14" t="n">
-        <v>99.631</v>
+        <v>94.184</v>
       </c>
       <c r="BG45" s="14" t="n">
-        <v>92.228</v>
+        <v>99.625</v>
       </c>
       <c r="BH45" s="14" t="n">
-        <v>88.977</v>
-[...1 lines deleted...]
-      <c r="BI45" s="15" t="n">
+        <v>92.229</v>
+      </c>
+      <c r="BI45" s="14" t="n">
+        <v>88.982</v>
+      </c>
+      <c r="BJ45" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="BK45" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="BJ45" s="15" t="n">
+      <c r="BL45" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="BK45" s="15" t="n">
+      <c r="BM45" s="15" t="n">
         <v>24.1</v>
       </c>
-      <c r="BL45" s="15" t="n">
+      <c r="BN45" s="15" t="n">
         <v>-23.7</v>
       </c>
-      <c r="BM45" s="15" t="n">
+      <c r="BO45" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BN45" s="15" t="n">
+      <c r="BP45" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="BO45" s="15" t="n">
+      <c r="BQ45" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="BP45" s="15" t="n">
+      <c r="BR45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BQ45" s="15" t="n">
+      <c r="BS45" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="BR45" s="15" t="n">
+      <c r="BT45" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="BS45" s="15" t="n">
+      <c r="BU45" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="BT45" s="15" t="n">
+      <c r="BV45" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="BU45" s="15" t="n">
+      <c r="BW45" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="BV45" s="15" t="n">
+      <c r="BX45" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="BW45" s="15" t="n">
+      <c r="BY45" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="BX45" s="15" t="n">
+      <c r="BZ45" s="15" t="n">
         <v>-24.8</v>
       </c>
-      <c r="BY45" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ45" s="15" t="n">
+      <c r="CA45" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CB45" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="CA45" s="15" t="n">
+      <c r="CC45" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CB45" s="15" t="n">
+      <c r="CD45" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CC45" s="15" t="n">
+      <c r="CE45" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="CD45" s="15" t="n">
+      <c r="CF45" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="CE45" s="15" t="n">
+      <c r="CG45" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="CF45" s="15" t="n">
+      <c r="CH45" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="CG45" s="15" t="n">
+      <c r="CI45" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="CH45" s="15" t="n">
+      <c r="CJ45" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="CI45" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CJ45" s="15" t="n">
+      <c r="CK45" s="15" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="CL45" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="CK45" s="15" t="n">
+      <c r="CM45" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CL45" s="15" t="n">
+      <c r="CN45" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="CM45" s="15" t="n">
+      <c r="CO45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CN45" s="15" t="n">
+      <c r="CP45" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="CO45" s="15" t="n">
+      <c r="CQ45" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="CP45" s="15" t="n">
+      <c r="CR45" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="CQ45" s="15" t="n">
+      <c r="CS45" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="CR45" s="15" t="n">
+      <c r="CT45" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="CS45" s="15" t="n">
+      <c r="CU45" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="CT45" s="15" t="n">
+      <c r="CV45" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CU45" s="15" t="n">
+      <c r="CW45" s="15" t="n">
         <v>28.3</v>
       </c>
-      <c r="CV45" s="15" t="n">
+      <c r="CX45" s="15" t="n">
         <v>-24.1</v>
       </c>
-      <c r="CW45" s="15" t="n">
+      <c r="CY45" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="CX45" s="15" t="n">
+      <c r="CZ45" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CY45" s="15" t="n">
+      <c r="DA45" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CZ45" s="15" t="n">
+      <c r="DB45" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="DA45" s="15" t="n">
+      <c r="DC45" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="DB45" s="15" t="n">
+      <c r="DD45" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="DC45" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DD45" s="15" t="n">
+      <c r="DE45" s="15" t="n">
+        <v>-20.3</v>
+      </c>
+      <c r="DF45" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="DE45" s="15" t="n">
+      <c r="DG45" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="DF45" s="15" t="n">
+      <c r="DH45" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="DG45" s="15" t="n">
+      <c r="DI45" s="15" t="n">
         <v>24.1</v>
       </c>
-      <c r="DH45" s="15" t="n">
+      <c r="DJ45" s="15" t="n">
         <v>-21.2</v>
       </c>
-      <c r="DI45" s="15" t="n">
+      <c r="DK45" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="DJ45" s="15" t="n">
+      <c r="DL45" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="DK45" s="15" t="n">
+      <c r="DM45" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DL45" s="15" t="n">
+      <c r="DN45" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="DM45" s="15" t="n">
+      <c r="DO45" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="DN45" s="15" t="n">
-[...6 lines deleted...]
-      </c>
       <c r="DP45" s="15" t="n">
-        <v>0.7</v>
-[...1 lines deleted...]
-      <c r="DQ45" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DQ45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR45" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DS45" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="DT45" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DR45" s="15" t="n">
+      <c r="DU45" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DS45" s="15" t="n">
+      <c r="DV45" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>-2.0</v>
       </c>
       <c r="DW45" s="15" t="n">
         <v>-2.0</v>
       </c>
       <c r="DX45" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DY45" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="DZ45" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="EA45" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="DY45" s="15" t="n">
+      <c r="EB45" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="DZ45" s="15" t="n">
+      <c r="EC45" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ED45" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="EE45" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EF45" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EG45" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EH45" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EI45" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EJ45" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EK45" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EL45" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EM45" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EN45" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EO45" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EP45" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="EQ45" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ER45" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="ES45" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="ET45" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="EU45" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="EV45" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EW45" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EX45" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EY45" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="EZ45" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="FA45" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="FB45" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FC45" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FD45" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FE45" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="FF45" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="FG45" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="FH45" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="FI45" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="FJ45" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="FK45" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="FL45" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="FM45" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="FN45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ45" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GA45" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GB45" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GC45" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="GD45" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GE45" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GF45" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GG45" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GH45" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GI45" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GJ45" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GK45" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GL45" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GM45" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GN45" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GO45" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GP45" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GQ45" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GR45" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GS45" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GT45" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GU45" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GV45" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GW45" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GX45" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GY45" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GZ45" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="HA45" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="HB45" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="HC45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="HD45" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EA45" s="15" t="n">
-[...68 lines deleted...]
-      <c r="EX45" s="15" t="n">
+      <c r="HE45" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HF45" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="HG45" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="HH45" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HI45" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="EY45" s="15" t="n">
-[...11 lines deleted...]
-      <c r="FC45" s="15" t="n">
+      <c r="HJ45" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="FD45" s="15" t="n">
-[...17 lines deleted...]
-      <c r="FJ45" s="15" t="n">
+      <c r="HK45" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="HL45" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="HM45" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="HN45" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="HO45" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HP45" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="HQ45" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="HR45" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="HS45" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="HT45" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="HU45" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="FK45" s="13" t="inlineStr">
-[...219 lines deleted...]
-      </c>
       <c r="HV45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HW45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HX45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HY45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HZ45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IA45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IB45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IC45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Actualizada a 9 de abril de 2024</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:BH7"/>
-[...2 lines deleted...]
-    <mergeCell ref="FW7:IC7"/>
+    <mergeCell ref="B7:BI7"/>
+    <mergeCell ref="BJ7:DQ7"/>
+    <mergeCell ref="DR7:FY7"/>
+    <mergeCell ref="FZ7:IG7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>