--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BC22"/>
+  <dimension ref="A1:BF22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -305,50 +305,53 @@
     <col min="31" max="31" width="19.53125" customWidth="true"/>
     <col min="32" max="32" width="19.53125" customWidth="true"/>
     <col min="33" max="33" width="19.53125" customWidth="true"/>
     <col min="34" max="34" width="19.53125" customWidth="true"/>
     <col min="35" max="35" width="19.53125" customWidth="true"/>
     <col min="36" max="36" width="19.53125" customWidth="true"/>
     <col min="37" max="37" width="19.53125" customWidth="true"/>
     <col min="38" max="38" width="19.53125" customWidth="true"/>
     <col min="39" max="39" width="19.53125" customWidth="true"/>
     <col min="40" max="40" width="19.53125" customWidth="true"/>
     <col min="41" max="41" width="19.53125" customWidth="true"/>
     <col min="42" max="42" width="19.53125" customWidth="true"/>
     <col min="43" max="43" width="19.53125" customWidth="true"/>
     <col min="44" max="44" width="19.53125" customWidth="true"/>
     <col min="45" max="45" width="19.53125" customWidth="true"/>
     <col min="46" max="46" width="19.53125" customWidth="true"/>
     <col min="47" max="47" width="19.53125" customWidth="true"/>
     <col min="48" max="48" width="19.53125" customWidth="true"/>
     <col min="49" max="49" width="19.53125" customWidth="true"/>
     <col min="50" max="50" width="19.53125" customWidth="true"/>
     <col min="51" max="51" width="19.53125" customWidth="true"/>
     <col min="52" max="52" width="19.53125" customWidth="true"/>
     <col min="53" max="53" width="19.53125" customWidth="true"/>
     <col min="54" max="54" width="19.53125" customWidth="true"/>
     <col min="55" max="55" width="19.53125" customWidth="true"/>
+    <col min="56" max="56" width="19.53125" customWidth="true"/>
+    <col min="57" max="57" width="19.53125" customWidth="true"/>
+    <col min="58" max="58" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Empleo</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Trimestral</t>
         </is>
       </c>
@@ -437,1748 +440,1838 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Ambos sexos</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="T7" s="6"/>
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Hombres</t>
         </is>
       </c>
-      <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
-      <c r="AL7" s="6" t="inlineStr">
+      <c r="AL7" s="6"/>
+      <c r="AM7" s="6"/>
+      <c r="AN7" s="6" t="inlineStr">
         <is>
           <t>Mujeres</t>
         </is>
       </c>
-      <c r="AM7" s="6"/>
-      <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
+      <c r="BD7" s="6"/>
+      <c r="BE7" s="6"/>
+      <c r="BF7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025T3</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
+        <is>
+          <t>2025T3</t>
+        </is>
+      </c>
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
+        <is>
+          <t>2025T3</t>
+        </is>
+      </c>
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>De 20 a 24 años</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>45.97</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>44.28</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>40.85</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>42.37</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>44.99</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>42.62</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>40.35</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>40.74</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>43.97</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>41.14</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>38.46</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>38.89</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>41.7</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>41.34</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>37.86</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>37.39</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>40.17</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>34.87</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>32.07</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
+        <v>47.51</v>
+      </c>
+      <c r="V9" s="14" t="n">
         <v>47.39</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>44.06</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>45.24</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>48.52</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>45.68</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>42.19</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>42.11</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>45.95</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>44.18</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>40.8</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>41.47</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>46.12</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>44.2</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>39.82</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>39.19</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>42.64</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>36.83</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>34.79</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
+        <v>44.33</v>
+      </c>
+      <c r="AO9" s="14" t="n">
         <v>40.97</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>37.43</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>39.33</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>41.25</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>39.38</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>38.41</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>39.3</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>41.87</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>37.93</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>35.98</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>36.16</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>37.02</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>38.31</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>35.79</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>35.47</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>37.55</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>32.81</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>29.21</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>De 25 a 29 años</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>73.21</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>72.2</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>71.85</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>71.09</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>71.05</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>71.94</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>70.2</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>71.67</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>71.02</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>72.9</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>69.5</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>69.31</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>69.62</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>72.27</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>68.67</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>68.58</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>67.35</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>65.89</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>62.62</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
+        <v>76.52</v>
+      </c>
+      <c r="V10" s="14" t="n">
         <v>73.71</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>72.55</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>72.13</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>73.61</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>73.95</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>71.37</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>74.09</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>74.06</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>74.66</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>71.68</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>72.36</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>74.4</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>74.94</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>69.72</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>69.16</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>67.73</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>67.02</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>64.29</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
+        <v>69.73</v>
+      </c>
+      <c r="AO10" s="14" t="n">
         <v>70.62</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>71.13</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>70.0</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>68.37</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>69.86</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>68.98</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>69.16</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>67.88</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>71.09</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>67.26</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>66.16</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>64.7</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>69.53</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>67.57</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>67.97</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>66.96</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>64.72</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>60.9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>De 30 a 34 años</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>80.04</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>80.56</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>79.3</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>79.02</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>78.15</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>78.65</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>78.36</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>78.53</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>78.99</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>79.63</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>76.57</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>76.47</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>77.48</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>77.38</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>76.12</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>75.19</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>74.94</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>74.09</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>72.45</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
+        <v>84.52</v>
+      </c>
+      <c r="V11" s="14" t="n">
         <v>83.28</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>83.07</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>83.73</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>82.83</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>82.08</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>82.2</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>82.23</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>83.81</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>83.77</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>80.85</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>80.23</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>81.62</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>80.39</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>79.77</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>77.51</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>78.79</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>78.18</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>75.86</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
+        <v>75.41</v>
+      </c>
+      <c r="AO11" s="14" t="n">
         <v>77.75</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>75.44</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>74.2</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>73.37</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>75.15</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>74.46</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>74.78</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>74.1</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>75.45</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>72.25</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>72.66</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>73.31</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>74.34</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>72.43</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>72.86</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>71.07</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>69.98</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>69.02</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>De 35 a 39 años</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>80.16</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>81.54</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>80.6</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>81.27</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>81.53</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>81.11</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>78.92</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>80.13</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>80.92</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>79.93</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>78.09</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>78.73</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>77.97</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>77.68</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>79.56</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>78.03</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>76.02</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>74.65</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
+        <v>84.64</v>
+      </c>
+      <c r="V12" s="14" t="n">
         <v>86.8</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>86.33</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>86.91</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>87.32</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>86.52</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>85.04</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>86.08</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>86.43</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>85.13</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>83.3</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>84.07</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>84.61</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>82.99</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>83.26</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>84.66</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>83.66</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>81.04</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
+        <v>75.66</v>
+      </c>
+      <c r="AO12" s="14" t="n">
         <v>76.27</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>74.86</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>75.64</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>75.75</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>75.71</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>72.83</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>74.21</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>75.46</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>74.77</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>72.91</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>73.22</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>72.9</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>72.98</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>72.12</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>74.48</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>72.4</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>71.0</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>68.3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>De 40 a 44 años</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>82.59</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>80.43</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>81.17</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>81.57</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>81.37</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>80.34</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>81.6</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>81.26</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>80.98</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>79.95</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>80.96</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>80.35</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>80.09</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>79.41</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>80.5</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>79.81</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>79.74</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>76.96</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="U13" s="14" t="n">
+        <v>87.88</v>
+      </c>
+      <c r="V13" s="14" t="n">
         <v>87.62</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>85.33</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>86.36</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>86.71</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>86.6</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>85.76</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>86.89</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>86.47</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>86.75</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>85.32</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>86.65</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>86.6</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>86.21</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>85.56</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>85.86</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>84.52</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
         <v>85.18</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>82.89</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
+        <v>77.33</v>
+      </c>
+      <c r="AO13" s="14" t="n">
         <v>77.07</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>75.56</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>76.0</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>76.43</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>76.15</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>74.93</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>76.3</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>76.03</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>75.19</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>74.55</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>75.25</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="AZ13" s="14" t="n">
         <v>74.04</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="BA13" s="14" t="n">
         <v>73.89</v>
       </c>
-      <c r="AY13" s="14" t="n">
+      <c r="BB13" s="14" t="n">
         <v>73.17</v>
       </c>
-      <c r="AZ13" s="14" t="n">
+      <c r="BC13" s="14" t="n">
         <v>75.05</v>
       </c>
-      <c r="BA13" s="14" t="n">
+      <c r="BD13" s="14" t="n">
         <v>75.01</v>
       </c>
-      <c r="BB13" s="14" t="n">
+      <c r="BE13" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="BC13" s="14" t="n">
+      <c r="BF13" s="14" t="n">
         <v>70.91</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>De 45 a 49 años</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>82.29</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>81.94</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>80.66</v>
-      </c>
-[...1 lines deleted...]
-        <v>81.58</v>
       </c>
       <c r="E14" s="14" t="n">
         <v>81.58</v>
       </c>
       <c r="F14" s="14" t="n">
+        <v>81.58</v>
+      </c>
+      <c r="G14" s="14" t="n">
         <v>80.7</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>79.48</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>80.5</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>79.9</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>80.55</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>79.19</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>79.6</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>79.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>78.95</v>
       </c>
       <c r="P14" s="14" t="n">
         <v>78.95</v>
       </c>
       <c r="Q14" s="14" t="n">
+        <v>78.95</v>
+      </c>
+      <c r="R14" s="14" t="n">
         <v>77.59</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>76.9</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>75.92</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="U14" s="14" t="n">
+        <v>87.57</v>
+      </c>
+      <c r="V14" s="14" t="n">
         <v>86.97</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>85.88</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>86.25</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>85.92</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>84.69</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>84.29</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>85.77</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>85.12</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>86.34</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>84.37</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>84.77</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>85.71</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>86.23</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>85.75</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>86.14</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>84.65</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>83.54</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>82.34</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
+        <v>76.97</v>
+      </c>
+      <c r="AO14" s="14" t="n">
         <v>76.86</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>75.38</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>76.86</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>77.19</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>76.65</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>74.6</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>75.16</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>74.6</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>74.68</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>72.79</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>73.51</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>73.39</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>72.7</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>72.02</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>71.61</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
         <v>70.37</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BE14" s="14" t="n">
         <v>70.11</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>69.37</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>De 50 a 54 años</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>79.5</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>79.6</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>78.41</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>79.04</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>77.7</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>77.72</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>76.83</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>76.75</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>76.65</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>76.4</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>74.72</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>74.06</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>73.34</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>74.31</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>73.59</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>72.62</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>71.56</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="U15" s="14" t="n">
+        <v>85.45</v>
+      </c>
+      <c r="V15" s="14" t="n">
         <v>84.75</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>83.08</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>83.72</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>83.01</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>82.84</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>82.75</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>82.71</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>82.86</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>82.55</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>81.25</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>80.89</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>81.53</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>81.02</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>80.07</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>81.23</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>81.17</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>80.83</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>79.06</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
+        <v>73.56</v>
+      </c>
+      <c r="AO15" s="14" t="n">
         <v>74.45</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>73.74</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>74.37</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>72.39</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>72.59</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>70.91</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>70.79</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>70.44</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>70.27</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>68.19</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="AY15" s="14" t="n">
         <v>67.49</v>
       </c>
-      <c r="AW15" s="14" t="n">
+      <c r="AZ15" s="14" t="n">
         <v>66.59</v>
       </c>
-      <c r="AX15" s="14" t="n">
+      <c r="BA15" s="14" t="n">
         <v>67.37</v>
       </c>
-      <c r="AY15" s="14" t="n">
+      <c r="BB15" s="14" t="n">
         <v>66.63</v>
       </c>
-      <c r="AZ15" s="14" t="n">
+      <c r="BC15" s="14" t="n">
         <v>67.4</v>
       </c>
-      <c r="BA15" s="14" t="n">
+      <c r="BD15" s="14" t="n">
         <v>66.02</v>
       </c>
-      <c r="BB15" s="14" t="n">
+      <c r="BE15" s="14" t="n">
         <v>64.43</v>
       </c>
-      <c r="BC15" s="14" t="n">
+      <c r="BF15" s="14" t="n">
         <v>64.08</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>De 55 a 64 años</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>62.48</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>62.52</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>61.47</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>61.5</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>61.0</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>61.43</v>
-      </c>
-[...1 lines deleted...]
-        <v>60.49</v>
       </c>
       <c r="H16" s="14" t="n">
         <v>60.49</v>
       </c>
       <c r="I16" s="14" t="n">
+        <v>60.49</v>
+      </c>
+      <c r="J16" s="14" t="n">
         <v>60.03</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>59.2</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>58.19</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>58.0</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>58.42</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>57.48</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>56.75</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>57.1</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>55.73</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>55.44</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>54.85</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="U16" s="14" t="n">
+        <v>68.59</v>
+      </c>
+      <c r="V16" s="14" t="n">
         <v>69.04</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>67.71</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>68.46</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>67.94</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>68.19</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>67.42</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>66.8</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>67.53</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>66.07</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>64.7</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>65.22</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>65.82</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>64.37</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>63.35</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>64.45</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>61.95</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>61.37</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
+        <v>56.62</v>
+      </c>
+      <c r="AO16" s="14" t="n">
         <v>56.28</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>55.51</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>54.84</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>54.36</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>54.98</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>53.89</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
         <v>54.47</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AV16" s="14" t="n">
         <v>52.87</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AW16" s="14" t="n">
         <v>52.64</v>
       </c>
-      <c r="AU16" s="14" t="n">
+      <c r="AX16" s="14" t="n">
         <v>51.99</v>
       </c>
-      <c r="AV16" s="14" t="n">
+      <c r="AY16" s="14" t="n">
         <v>51.11</v>
       </c>
-      <c r="AW16" s="14" t="n">
+      <c r="AZ16" s="14" t="n">
         <v>51.35</v>
       </c>
-      <c r="AX16" s="14" t="n">
+      <c r="BA16" s="14" t="n">
         <v>50.9</v>
       </c>
-      <c r="AY16" s="14" t="n">
+      <c r="BB16" s="14" t="n">
         <v>50.44</v>
       </c>
-      <c r="AZ16" s="14" t="n">
+      <c r="BC16" s="14" t="n">
         <v>50.08</v>
       </c>
-      <c r="BA16" s="14" t="n">
+      <c r="BD16" s="14" t="n">
         <v>48.78</v>
       </c>
-      <c r="BB16" s="14" t="n">
+      <c r="BE16" s="14" t="n">
         <v>49.22</v>
       </c>
-      <c r="BC16" s="14" t="n">
+      <c r="BF16" s="14" t="n">
         <v>48.63</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:S7"/>
-[...1 lines deleted...]
-    <mergeCell ref="AL7:BC7"/>
+    <mergeCell ref="B7:T7"/>
+    <mergeCell ref="U7:AM7"/>
+    <mergeCell ref="AN7:BF7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>