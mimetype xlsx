--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BF22"/>
+  <dimension ref="A1:BI22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -308,50 +308,53 @@
     <col min="34" max="34" width="19.53125" customWidth="true"/>
     <col min="35" max="35" width="19.53125" customWidth="true"/>
     <col min="36" max="36" width="19.53125" customWidth="true"/>
     <col min="37" max="37" width="19.53125" customWidth="true"/>
     <col min="38" max="38" width="19.53125" customWidth="true"/>
     <col min="39" max="39" width="19.53125" customWidth="true"/>
     <col min="40" max="40" width="19.53125" customWidth="true"/>
     <col min="41" max="41" width="19.53125" customWidth="true"/>
     <col min="42" max="42" width="19.53125" customWidth="true"/>
     <col min="43" max="43" width="19.53125" customWidth="true"/>
     <col min="44" max="44" width="19.53125" customWidth="true"/>
     <col min="45" max="45" width="19.53125" customWidth="true"/>
     <col min="46" max="46" width="19.53125" customWidth="true"/>
     <col min="47" max="47" width="19.53125" customWidth="true"/>
     <col min="48" max="48" width="19.53125" customWidth="true"/>
     <col min="49" max="49" width="19.53125" customWidth="true"/>
     <col min="50" max="50" width="19.53125" customWidth="true"/>
     <col min="51" max="51" width="19.53125" customWidth="true"/>
     <col min="52" max="52" width="19.53125" customWidth="true"/>
     <col min="53" max="53" width="19.53125" customWidth="true"/>
     <col min="54" max="54" width="19.53125" customWidth="true"/>
     <col min="55" max="55" width="19.53125" customWidth="true"/>
     <col min="56" max="56" width="19.53125" customWidth="true"/>
     <col min="57" max="57" width="19.53125" customWidth="true"/>
     <col min="58" max="58" width="19.53125" customWidth="true"/>
+    <col min="59" max="59" width="19.53125" customWidth="true"/>
+    <col min="60" max="60" width="19.53125" customWidth="true"/>
+    <col min="61" max="61" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Empleo</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Trimestral</t>
         </is>
       </c>
@@ -441,1837 +444,1927 @@
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Ambos sexos</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="U7" s="6"/>
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>Hombres</t>
         </is>
       </c>
-      <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
-      <c r="AN7" s="6" t="inlineStr">
+      <c r="AN7" s="6"/>
+      <c r="AO7" s="6"/>
+      <c r="AP7" s="6" t="inlineStr">
         <is>
           <t>Mujeres</t>
         </is>
       </c>
-      <c r="AO7" s="6"/>
-      <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
+      <c r="BG7" s="6"/>
+      <c r="BH7" s="6"/>
+      <c r="BI7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025T4</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025T3</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2025T4</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2025T3</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
+        <is>
+          <t>2025T4</t>
+        </is>
+      </c>
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2025T3</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>De 20 a 24 años</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>43.51</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>45.97</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>44.28</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>40.85</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>42.37</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>44.99</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>42.62</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>40.35</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>40.74</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>43.97</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>41.14</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>38.46</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>38.89</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>41.7</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>41.34</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>37.86</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>37.39</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>40.17</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>34.87</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>32.07</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="V9" s="14" t="n">
+        <v>45.59</v>
+      </c>
+      <c r="W9" s="14" t="n">
         <v>47.51</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>47.39</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>44.06</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>45.24</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>48.52</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>45.68</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>42.19</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>42.11</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>45.95</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>44.18</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>40.8</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>41.47</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>46.12</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>44.2</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>39.82</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>39.19</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>42.64</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>36.83</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>34.79</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
+        <v>41.28</v>
+      </c>
+      <c r="AQ9" s="14" t="n">
         <v>44.33</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>40.97</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>37.43</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>39.33</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>41.25</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>39.38</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>38.41</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>39.3</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>41.87</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>37.93</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>35.98</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>36.16</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>37.02</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>38.31</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>35.79</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>35.47</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>37.55</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>32.81</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>29.21</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>De 25 a 29 años</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>73.68</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>73.21</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>72.2</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>71.85</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>71.09</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>71.05</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>71.94</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>70.2</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>71.67</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>71.02</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>72.9</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>69.5</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>69.31</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>69.62</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>72.27</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>68.67</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>68.58</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>67.35</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>65.89</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>62.62</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="V10" s="14" t="n">
+        <v>75.27</v>
+      </c>
+      <c r="W10" s="14" t="n">
         <v>76.52</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>73.71</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>72.55</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>72.13</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>73.61</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>73.95</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>71.37</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>74.09</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>74.06</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>74.66</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>71.68</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>72.36</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>74.4</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>74.94</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>69.72</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>69.16</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>67.73</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>67.02</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>64.29</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
+        <v>72.01</v>
+      </c>
+      <c r="AQ10" s="14" t="n">
         <v>69.73</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>70.62</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>71.13</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>70.0</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>68.37</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>69.86</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>68.98</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>69.16</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>67.88</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>71.09</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>67.26</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>66.16</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>64.7</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>69.53</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>67.57</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>67.97</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>66.96</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>64.72</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>60.9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>De 30 a 34 años</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>80.57</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>80.04</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>80.56</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>79.3</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>79.02</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>78.15</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>78.65</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>78.36</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>78.53</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>78.99</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>79.63</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>76.57</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>76.47</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>77.48</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>77.38</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>76.12</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>75.19</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>74.94</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>74.09</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>72.45</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
+        <v>84.6</v>
+      </c>
+      <c r="W11" s="14" t="n">
         <v>84.52</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>83.28</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>83.07</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>83.73</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>82.83</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>82.08</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>82.2</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>82.23</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>83.81</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>83.77</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>80.85</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>80.23</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>81.62</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>80.39</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>79.77</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>77.51</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>78.79</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>78.18</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>75.86</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
+        <v>76.39</v>
+      </c>
+      <c r="AQ11" s="14" t="n">
         <v>75.41</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>77.75</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>75.44</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>74.2</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>73.37</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>75.15</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>74.46</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>74.78</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>74.1</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>75.45</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>72.25</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>72.66</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>73.31</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>74.34</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>72.43</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>72.86</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>71.07</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>69.98</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>69.02</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>De 35 a 39 años</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>81.42</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>80.16</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>81.54</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>80.6</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>81.27</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>81.53</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>81.11</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>78.92</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>80.13</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>80.92</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>79.93</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>78.09</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>78.73</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>77.97</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>77.68</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>79.56</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>78.03</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>76.02</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>74.65</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="V12" s="14" t="n">
+        <v>86.67</v>
+      </c>
+      <c r="W12" s="14" t="n">
         <v>84.64</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>86.8</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>86.33</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>86.91</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>87.32</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>86.52</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>85.04</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>86.08</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>86.43</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>85.13</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>83.3</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>84.07</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>84.61</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>82.99</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>83.26</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>84.66</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>83.66</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>81.04</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
+        <v>76.13</v>
+      </c>
+      <c r="AQ12" s="14" t="n">
         <v>75.66</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>76.27</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>74.86</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>75.64</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>75.75</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>75.71</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>72.83</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>74.21</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>75.46</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>74.77</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>72.91</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>73.22</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>72.9</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>72.98</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>72.12</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>74.48</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>72.4</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>71.0</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>68.3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>De 40 a 44 años</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>82.93</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>82.59</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>80.43</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>81.17</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>81.57</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>81.37</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>80.34</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>81.6</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>81.26</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>80.98</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>79.95</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>80.96</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>80.35</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>80.09</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>79.41</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>80.5</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>79.81</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>79.74</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>76.96</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="V13" s="14" t="n">
+        <v>87.96</v>
+      </c>
+      <c r="W13" s="14" t="n">
         <v>87.88</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>87.62</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>85.33</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>86.36</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>86.71</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>86.6</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>85.76</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>86.89</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>86.47</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>86.75</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>85.32</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>86.65</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>86.6</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>86.21</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>85.56</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
         <v>85.86</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>84.52</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>85.18</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>82.89</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
+        <v>77.93</v>
+      </c>
+      <c r="AQ13" s="14" t="n">
         <v>77.33</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>77.07</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>75.56</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>76.0</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>76.43</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>76.15</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>74.93</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>76.3</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>76.03</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="AZ13" s="14" t="n">
         <v>75.19</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="BA13" s="14" t="n">
         <v>74.55</v>
       </c>
-      <c r="AY13" s="14" t="n">
+      <c r="BB13" s="14" t="n">
         <v>75.25</v>
       </c>
-      <c r="AZ13" s="14" t="n">
+      <c r="BC13" s="14" t="n">
         <v>74.04</v>
       </c>
-      <c r="BA13" s="14" t="n">
+      <c r="BD13" s="14" t="n">
         <v>73.89</v>
       </c>
-      <c r="BB13" s="14" t="n">
+      <c r="BE13" s="14" t="n">
         <v>73.17</v>
       </c>
-      <c r="BC13" s="14" t="n">
+      <c r="BF13" s="14" t="n">
         <v>75.05</v>
       </c>
-      <c r="BD13" s="14" t="n">
+      <c r="BG13" s="14" t="n">
         <v>75.01</v>
       </c>
-      <c r="BE13" s="14" t="n">
+      <c r="BH13" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="BF13" s="14" t="n">
+      <c r="BI13" s="14" t="n">
         <v>70.91</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>De 45 a 49 años</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>81.43</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>82.29</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>81.94</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>80.66</v>
-      </c>
-[...1 lines deleted...]
-        <v>81.58</v>
       </c>
       <c r="F14" s="14" t="n">
         <v>81.58</v>
       </c>
       <c r="G14" s="14" t="n">
+        <v>81.58</v>
+      </c>
+      <c r="H14" s="14" t="n">
         <v>80.7</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>79.48</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>80.5</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>79.9</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>80.55</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>79.19</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>79.6</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>79.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>78.95</v>
       </c>
       <c r="Q14" s="14" t="n">
         <v>78.95</v>
       </c>
       <c r="R14" s="14" t="n">
+        <v>78.95</v>
+      </c>
+      <c r="S14" s="14" t="n">
         <v>77.59</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>76.9</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>75.92</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="V14" s="14" t="n">
+        <v>87.35</v>
+      </c>
+      <c r="W14" s="14" t="n">
         <v>87.57</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>86.97</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>85.88</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>86.25</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>85.92</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>84.69</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>84.29</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>85.77</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>85.12</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>86.34</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>84.37</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>84.77</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>85.71</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>86.23</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>85.75</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>86.14</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>84.65</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>83.54</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>82.34</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
+        <v>75.48</v>
+      </c>
+      <c r="AQ14" s="14" t="n">
         <v>76.97</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>76.86</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>75.38</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>76.86</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>77.19</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>76.65</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>74.6</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>75.16</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>74.6</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>74.68</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>72.79</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>73.51</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>73.39</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
         <v>72.7</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BE14" s="14" t="n">
         <v>72.02</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>71.61</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BG14" s="14" t="n">
         <v>70.37</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>70.11</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>69.37</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>De 50 a 54 años</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>80.13</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>79.5</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>79.6</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>78.41</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>79.04</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>77.7</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>77.72</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>76.83</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>76.75</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>76.65</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>76.4</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>74.72</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>74.06</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>73.34</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>74.31</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>73.59</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>72.62</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>71.56</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="V15" s="14" t="n">
+        <v>85.9</v>
+      </c>
+      <c r="W15" s="14" t="n">
         <v>85.45</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>84.75</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>83.08</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>83.72</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>83.01</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>82.84</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>82.75</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>82.71</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>82.86</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>82.55</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>81.25</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>80.89</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>81.53</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>81.02</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>80.07</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>81.23</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>81.17</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>80.83</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>79.06</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
+        <v>74.36</v>
+      </c>
+      <c r="AQ15" s="14" t="n">
         <v>73.56</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>74.45</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>73.74</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>74.37</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>72.39</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>72.59</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>70.91</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>70.79</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="AY15" s="14" t="n">
         <v>70.44</v>
       </c>
-      <c r="AW15" s="14" t="n">
+      <c r="AZ15" s="14" t="n">
         <v>70.27</v>
       </c>
-      <c r="AX15" s="14" t="n">
+      <c r="BA15" s="14" t="n">
         <v>68.19</v>
       </c>
-      <c r="AY15" s="14" t="n">
+      <c r="BB15" s="14" t="n">
         <v>67.49</v>
       </c>
-      <c r="AZ15" s="14" t="n">
+      <c r="BC15" s="14" t="n">
         <v>66.59</v>
       </c>
-      <c r="BA15" s="14" t="n">
+      <c r="BD15" s="14" t="n">
         <v>67.37</v>
       </c>
-      <c r="BB15" s="14" t="n">
+      <c r="BE15" s="14" t="n">
         <v>66.63</v>
       </c>
-      <c r="BC15" s="14" t="n">
+      <c r="BF15" s="14" t="n">
         <v>67.4</v>
       </c>
-      <c r="BD15" s="14" t="n">
+      <c r="BG15" s="14" t="n">
         <v>66.02</v>
       </c>
-      <c r="BE15" s="14" t="n">
+      <c r="BH15" s="14" t="n">
         <v>64.43</v>
       </c>
-      <c r="BF15" s="14" t="n">
+      <c r="BI15" s="14" t="n">
         <v>64.08</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>De 55 a 64 años</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>63.18</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>62.48</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>62.52</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>61.47</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>61.5</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>61.0</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>61.43</v>
-      </c>
-[...1 lines deleted...]
-        <v>60.49</v>
       </c>
       <c r="I16" s="14" t="n">
         <v>60.49</v>
       </c>
       <c r="J16" s="14" t="n">
+        <v>60.49</v>
+      </c>
+      <c r="K16" s="14" t="n">
         <v>60.03</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>59.2</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>58.19</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>58.0</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>58.42</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>57.48</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>56.75</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>57.1</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>55.73</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>55.44</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>54.85</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="V16" s="14" t="n">
+        <v>69.32</v>
+      </c>
+      <c r="W16" s="14" t="n">
         <v>68.59</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>69.04</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>67.71</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>68.46</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>67.94</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>68.19</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>67.42</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>66.8</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>67.53</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>66.07</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>64.7</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>65.22</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>65.82</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>64.37</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>63.35</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>64.45</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>61.95</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>61.37</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
+        <v>57.29</v>
+      </c>
+      <c r="AQ16" s="14" t="n">
         <v>56.62</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>56.28</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>55.51</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>54.84</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
         <v>54.36</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AV16" s="14" t="n">
         <v>54.98</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AW16" s="14" t="n">
         <v>53.89</v>
       </c>
-      <c r="AU16" s="14" t="n">
+      <c r="AX16" s="14" t="n">
         <v>54.47</v>
       </c>
-      <c r="AV16" s="14" t="n">
+      <c r="AY16" s="14" t="n">
         <v>52.87</v>
       </c>
-      <c r="AW16" s="14" t="n">
+      <c r="AZ16" s="14" t="n">
         <v>52.64</v>
       </c>
-      <c r="AX16" s="14" t="n">
+      <c r="BA16" s="14" t="n">
         <v>51.99</v>
       </c>
-      <c r="AY16" s="14" t="n">
+      <c r="BB16" s="14" t="n">
         <v>51.11</v>
       </c>
-      <c r="AZ16" s="14" t="n">
+      <c r="BC16" s="14" t="n">
         <v>51.35</v>
       </c>
-      <c r="BA16" s="14" t="n">
+      <c r="BD16" s="14" t="n">
         <v>50.9</v>
       </c>
-      <c r="BB16" s="14" t="n">
+      <c r="BE16" s="14" t="n">
         <v>50.44</v>
       </c>
-      <c r="BC16" s="14" t="n">
+      <c r="BF16" s="14" t="n">
         <v>50.08</v>
       </c>
-      <c r="BD16" s="14" t="n">
+      <c r="BG16" s="14" t="n">
         <v>48.78</v>
       </c>
-      <c r="BE16" s="14" t="n">
+      <c r="BH16" s="14" t="n">
         <v>49.22</v>
       </c>
-      <c r="BF16" s="14" t="n">
+      <c r="BI16" s="14" t="n">
         <v>48.63</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:T7"/>
-[...1 lines deleted...]
-    <mergeCell ref="AN7:BF7"/>
+    <mergeCell ref="B7:U7"/>
+    <mergeCell ref="V7:AO7"/>
+    <mergeCell ref="AP7:BI7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>