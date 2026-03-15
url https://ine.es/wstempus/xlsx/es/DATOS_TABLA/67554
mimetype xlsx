--- v0 (2025-10-23)
+++ v1 (2026-03-15)
@@ -244,69 +244,72 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
+    <col min="14" max="14" width="19.53125" customWidth="true"/>
+    <col min="15" max="15" width="19.53125" customWidth="true"/>
+    <col min="16" max="16" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Empleo</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Anual</t>
         </is>
       </c>
@@ -381,330 +384,384 @@
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Ambos sexos</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="F7" s="6"/>
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>Hombres</t>
         </is>
       </c>
-      <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Mujeres</t>
         </is>
       </c>
-      <c r="K7" s="6"/>
-      <c r="L7" s="6"/>
       <c r="M7" s="6"/>
+      <c r="N7" s="6"/>
+      <c r="O7" s="6"/>
+      <c r="P7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Menos que primaria (nivel 0)</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>37.05</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>33.89</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>36.02</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>36.32</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>33.59</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
+        <v>49.82</v>
+      </c>
+      <c r="H9" s="14" t="n">
         <v>44.17</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>46.29</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>48.01</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>43.83</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="L9" s="14" t="n">
+        <v>24.66</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>23.37</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>25.81</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>23.35</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>22.19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Educación primaria y primera etapa de educación secundaria  (niveles 1 y 2)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>64.39</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>63.04</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>62.04</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>60.37</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>58.38</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
+        <v>72.84</v>
+      </c>
+      <c r="H10" s="14" t="n">
         <v>71.52</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>70.78</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>69.73</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>67.55</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="L10" s="14" t="n">
+        <v>53.73</v>
+      </c>
+      <c r="M10" s="14" t="n">
         <v>52.64</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>51.33</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>49.03</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>47.16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Segunda etapa de educación secundaria y educación postsecundaria no superior (niveles 3 y 4)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>67.48</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>66.87</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>66.12</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>65.1</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>63.35</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
+        <v>72.42</v>
+      </c>
+      <c r="H11" s="14" t="n">
         <v>72.09</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>71.51</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>71.3</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>69.11</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="L11" s="14" t="n">
+        <v>62.52</v>
+      </c>
+      <c r="M11" s="14" t="n">
         <v>61.59</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>60.63</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>58.74</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>57.64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Educación superior (terciaria)(niveles 5 a 8)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>83.21</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>82.43</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>81.95</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>81.17</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>79.62</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
+        <v>85.74</v>
+      </c>
+      <c r="H12" s="14" t="n">
         <v>85.25</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>85.1</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>84.27</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>82.66</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="L12" s="14" t="n">
+        <v>81.07</v>
+      </c>
+      <c r="M12" s="14" t="n">
         <v>80.04</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>79.31</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>78.59</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>77.05</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:E7"/>
-[...1 lines deleted...]
-    <mergeCell ref="J7:M7"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="G7:K7"/>
+    <mergeCell ref="L7:P7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>