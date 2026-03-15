--- v0 (2025-10-23)
+++ v1 (2026-03-15)
@@ -244,69 +244,72 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
+    <col min="14" max="14" width="19.53125" customWidth="true"/>
+    <col min="15" max="15" width="19.53125" customWidth="true"/>
+    <col min="16" max="16" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Desempleo</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Anual</t>
         </is>
       </c>
@@ -381,1025 +384,1223 @@
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>De 16 a 24 años</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="F7" s="6"/>
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>De 25 a 54 años</t>
         </is>
       </c>
-      <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>De 55 a 74 años</t>
         </is>
       </c>
-      <c r="K7" s="6"/>
-      <c r="L7" s="6"/>
       <c r="M7" s="6"/>
+      <c r="N7" s="6"/>
+      <c r="O7" s="6"/>
+      <c r="P7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total Nacional</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>24.87</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>26.52</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>28.67</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>29.67</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
+        <v>9.27</v>
+      </c>
+      <c r="H9" s="14" t="n">
         <v>10.12</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>11.93</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>13.69</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="L9" s="14" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>10.28</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>11.09</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>11.42</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>12.91</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Andalucía</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>32.67</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>36.88</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>39.78</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>35.27</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>44.21</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
+        <v>13.83</v>
+      </c>
+      <c r="H10" s="14" t="n">
         <v>14.92</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>16.35</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>17.83</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>20.33</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="L10" s="14" t="n">
+        <v>14.25</v>
+      </c>
+      <c r="M10" s="14" t="n">
         <v>14.87</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>17.58</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>18.43</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>19.92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Aragón</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>24.13</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>23.38</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>22.24</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>24.6</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>25.25</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
+        <v>6.86</v>
+      </c>
+      <c r="H11" s="14" t="n">
         <v>6.82</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>8.86</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>9.48</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="L11" s="14" t="n">
+        <v>6.44</v>
+      </c>
+      <c r="M11" s="14" t="n">
         <v>7.26</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>7.06</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>7.46</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>8.71</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Asturias, Principado de</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>27.89</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>32.88</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>29.16</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
+        <v>6.89</v>
+      </c>
+      <c r="H12" s="14" t="n">
         <v>8.48</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>11.61</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>11.74</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>12.38</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="L12" s="14" t="n">
+        <v>9.83</v>
+      </c>
+      <c r="M12" s="14" t="n">
         <v>9.96</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>10.25</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>9.69</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>9.23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Balears, Illes</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>17.12</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>23.51</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>20.27</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>22.91</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>33.13</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
+        <v>8.24</v>
+      </c>
+      <c r="H13" s="14" t="n">
         <v>7.98</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>9.44</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>9.85</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>13.56</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="L13" s="14" t="n">
+        <v>7.65</v>
+      </c>
+      <c r="M13" s="14" t="n">
         <v>8.23</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>9.88</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>9.06</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>11.18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>Canarias</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>29.45</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>32.83</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>42.66</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>57.02</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
+        <v>12.04</v>
+      </c>
+      <c r="H14" s="14" t="n">
         <v>12.42</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>14.48</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>15.98</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>21.21</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="L14" s="14" t="n">
+        <v>13.23</v>
+      </c>
+      <c r="M14" s="14" t="n">
         <v>13.54</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>16.19</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>16.3</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>22.16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>Cantabria</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>19.84</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>21.73</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>19.89</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>26.97</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
+        <v>6.43</v>
+      </c>
+      <c r="H15" s="14" t="n">
         <v>7.06</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>7.44</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>8.94</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>11.11</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="L15" s="14" t="n">
+        <v>6.64</v>
+      </c>
+      <c r="M15" s="14" t="n">
         <v>6.94</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>7.75</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>7.88</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>8.72</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>Castilla y León</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>27.6</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>28.95</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>29.74</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>33.81</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>34.86</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
+        <v>11.24</v>
+      </c>
+      <c r="H16" s="14" t="n">
         <v>12.17</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>11.72</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>13.02</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>14.15</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="L16" s="14" t="n">
+        <v>12.57</v>
+      </c>
+      <c r="M16" s="14" t="n">
         <v>11.8</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>12.71</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>13.76</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>14.8</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>24.67</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>27.66</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>28.01</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>27.95</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>30.18</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
+        <v>7.69</v>
+      </c>
+      <c r="H17" s="14" t="n">
         <v>8.13</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>8.8</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>9.03</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>11.19</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="L17" s="14" t="n">
+        <v>6.94</v>
+      </c>
+      <c r="M17" s="14" t="n">
         <v>8.66</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>8.24</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>8.53</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>8.83</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>Cataluña</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>19.07</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>22.06</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>22.4</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>24.49</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>28.86</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
+        <v>7.61</v>
+      </c>
+      <c r="H18" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>7.99</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>8.75</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>10.61</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="L18" s="14" t="n">
+        <v>6.26</v>
+      </c>
+      <c r="M18" s="14" t="n">
         <v>8.01</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>8.49</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>8.14</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>8.83</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>30.51</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>25.62</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>28.32</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>28.56</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>37.26</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
+        <v>9.51</v>
+      </c>
+      <c r="H19" s="14" t="n">
         <v>11.43</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>11.49</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>12.03</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>14.39</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="L19" s="14" t="n">
+        <v>11.62</v>
+      </c>
+      <c r="M19" s="14" t="n">
         <v>11.87</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>11.87</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>12.56</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>15.05</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>Extremadura</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>37.36</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>35.38</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>37.2</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>40.28</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>47.62</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
+        <v>12.94</v>
+      </c>
+      <c r="H20" s="14" t="n">
         <v>13.83</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>15.97</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>16.12</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>18.22</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="L20" s="14" t="n">
+        <v>13.65</v>
+      </c>
+      <c r="M20" s="14" t="n">
         <v>15.85</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>16.82</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>14.89</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>18.56</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>Galicia</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>24.73</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>25.68</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>24.62</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>32.68</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>31.98</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
+        <v>7.59</v>
+      </c>
+      <c r="H21" s="14" t="n">
         <v>8.57</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>9.16</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>10.23</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="K21" s="14" t="n">
         <v>10.92</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="L21" s="14" t="n">
+        <v>7.03</v>
+      </c>
+      <c r="M21" s="14" t="n">
         <v>8.18</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>8.27</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>9.22</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>9.8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>19.29</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>20.41</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>27.43</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>27.84</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>29.52</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
+        <v>6.65</v>
+      </c>
+      <c r="H22" s="14" t="n">
         <v>7.92</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>8.63</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>10.07</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>10.29</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="L22" s="14" t="n">
+        <v>8.74</v>
+      </c>
+      <c r="M22" s="14" t="n">
         <v>8.86</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>9.01</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>9.81</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>11.12</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>Murcia, Región de</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>25.39</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>27.22</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>28.61</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>29.12</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>31.63</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
+        <v>10.87</v>
+      </c>
+      <c r="H23" s="14" t="n">
         <v>11.67</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>12.11</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>12.93</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="L23" s="14" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="M23" s="14" t="n">
         <v>10.07</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>8.74</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>9.75</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>11.69</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>20.86</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>22.86</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>25.77</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>22.53</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>21.94</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
+        <v>7.11</v>
+      </c>
+      <c r="H24" s="14" t="n">
         <v>6.83</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>9.29</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>10.45</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="L24" s="14" t="n">
+        <v>5.37</v>
+      </c>
+      <c r="M24" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>6.86</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>6.58</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>7.88</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>País Vasco</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
+        <v>18.58</v>
+      </c>
+      <c r="C25" s="14" t="n">
         <v>23.2</v>
       </c>
-      <c r="C25" s="14" t="n">
+      <c r="D25" s="14" t="n">
         <v>23.83</v>
       </c>
-      <c r="D25" s="14" t="n">
+      <c r="E25" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="E25" s="14" t="n">
+      <c r="F25" s="14" t="n">
         <v>34.01</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="G25" s="14" t="n">
+        <v>6.37</v>
+      </c>
+      <c r="H25" s="14" t="n">
         <v>7.43</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>6.14</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>8.87</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="L25" s="14" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="M25" s="14" t="n">
         <v>6.43</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>8.21</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>7.28</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>8.43</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>Rioja, La</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
+        <v>25.53</v>
+      </c>
+      <c r="C26" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="C26" s="14" t="n">
+      <c r="D26" s="14" t="n">
         <v>27.59</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>25.88</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>30.59</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
+        <v>6.37</v>
+      </c>
+      <c r="H26" s="14" t="n">
         <v>8.75</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>8.47</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>8.59</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>10.13</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="L26" s="14" t="n">
+        <v>7.68</v>
+      </c>
+      <c r="M26" s="14" t="n">
         <v>6.28</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>7.14</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>8.21</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>10.97</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>Ceuta</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
+        <v>57.55</v>
+      </c>
+      <c r="C27" s="14" t="n">
         <v>66.55</v>
       </c>
-      <c r="C27" s="14" t="n">
+      <c r="D27" s="14" t="n">
         <v>59.82</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>51.37</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>67.24</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
+        <v>24.34</v>
+      </c>
+      <c r="H27" s="14" t="n">
         <v>26.64</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>32.11</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>32.83</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>34.13</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="L27" s="14" t="n">
+        <v>11.87</v>
+      </c>
+      <c r="M27" s="14" t="n">
         <v>16.21</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>5.88</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>10.91</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>Melilla</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>60.2</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>62.62</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>47.28</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>60.67</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>57.72</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
+        <v>25.16</v>
+      </c>
+      <c r="H28" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>25.67</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>23.99</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>24.65</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="L28" s="14" t="n">
+        <v>15.03</v>
+      </c>
+      <c r="M28" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>20.24</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>17.46</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>14.23</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Los indicadores de datos de alto valor asociados a la EPA se calculan para la población a partir de 16 años porque los de 15 años quedan fuera del mercado laboral</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:E7"/>
-[...1 lines deleted...]
-    <mergeCell ref="J7:M7"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="G7:K7"/>
+    <mergeCell ref="L7:P7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>