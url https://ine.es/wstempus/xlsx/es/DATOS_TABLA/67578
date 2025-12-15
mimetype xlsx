--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BC20"/>
+  <dimension ref="A1:BF20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -305,50 +305,53 @@
     <col min="31" max="31" width="19.53125" customWidth="true"/>
     <col min="32" max="32" width="19.53125" customWidth="true"/>
     <col min="33" max="33" width="19.53125" customWidth="true"/>
     <col min="34" max="34" width="19.53125" customWidth="true"/>
     <col min="35" max="35" width="19.53125" customWidth="true"/>
     <col min="36" max="36" width="19.53125" customWidth="true"/>
     <col min="37" max="37" width="19.53125" customWidth="true"/>
     <col min="38" max="38" width="19.53125" customWidth="true"/>
     <col min="39" max="39" width="19.53125" customWidth="true"/>
     <col min="40" max="40" width="19.53125" customWidth="true"/>
     <col min="41" max="41" width="19.53125" customWidth="true"/>
     <col min="42" max="42" width="19.53125" customWidth="true"/>
     <col min="43" max="43" width="19.53125" customWidth="true"/>
     <col min="44" max="44" width="19.53125" customWidth="true"/>
     <col min="45" max="45" width="19.53125" customWidth="true"/>
     <col min="46" max="46" width="19.53125" customWidth="true"/>
     <col min="47" max="47" width="19.53125" customWidth="true"/>
     <col min="48" max="48" width="19.53125" customWidth="true"/>
     <col min="49" max="49" width="19.53125" customWidth="true"/>
     <col min="50" max="50" width="19.53125" customWidth="true"/>
     <col min="51" max="51" width="19.53125" customWidth="true"/>
     <col min="52" max="52" width="19.53125" customWidth="true"/>
     <col min="53" max="53" width="19.53125" customWidth="true"/>
     <col min="54" max="54" width="19.53125" customWidth="true"/>
     <col min="55" max="55" width="19.53125" customWidth="true"/>
+    <col min="56" max="56" width="19.53125" customWidth="true"/>
+    <col min="57" max="57" width="19.53125" customWidth="true"/>
+    <col min="58" max="58" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Desempleo</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Trimestral</t>
         </is>
       </c>
@@ -437,1086 +440,1140 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Ambos sexos</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="T7" s="6"/>
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Mujeres</t>
         </is>
       </c>
-      <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
-      <c r="AL7" s="6" t="inlineStr">
+      <c r="AL7" s="6"/>
+      <c r="AM7" s="6"/>
+      <c r="AN7" s="6" t="inlineStr">
         <is>
           <t>Hombres</t>
         </is>
       </c>
-      <c r="AM7" s="6"/>
-      <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
+      <c r="BD7" s="6"/>
+      <c r="BE7" s="6"/>
+      <c r="BF7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025T3</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
+        <is>
+          <t>2025T3</t>
+        </is>
+      </c>
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
+        <is>
+          <t>2025T3</t>
+        </is>
+      </c>
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menos que primaria (nivel 0)</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>8.75</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>11.84</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>10.37</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>11.79</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>9.31</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>13.88</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>14.48</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>10.64</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>8.84</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>8.03</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>12.55</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>10.68</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>11.32</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>13.54</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>13.01</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>12.62</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>17.77</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>13.06</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>15.11</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
+        <v>13.91</v>
+      </c>
+      <c r="V9" s="14" t="n">
         <v>16.95</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>12.73</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>17.15</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>14.86</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>21.82</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>19.17</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>14.97</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>13.01</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>14.03</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>17.09</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>19.39</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>21.39</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>20.93</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>24.1</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>21.29</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>21.01</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
+        <v>5.79</v>
+      </c>
+      <c r="AO9" s="14" t="n">
         <v>9.15</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>8.98</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>8.54</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>5.57</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>9.23</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>11.52</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>7.86</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>6.09</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>11.6</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>6.97</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>9.39</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>9.11</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>6.74</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>7.77</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>11.25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Educación primaria y primera etapa de educación secundaria  (niveles 1 y 2)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>5.02</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>5.56</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>5.99</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>5.78</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>5.96</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>6.33</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>6.52</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>6.37</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>6.54</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>7.51</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>7.63</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>7.64</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>8.21</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>9.07</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>9.37</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>9.91</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>9.65</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
+        <v>6.73</v>
+      </c>
+      <c r="V10" s="14" t="n">
         <v>7.62</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>7.52</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>7.94</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>7.83</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>8.62</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>8.96</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>8.33</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>8.25</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>8.66</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>9.93</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>10.11</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>10.07</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>11.32</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>11.84</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>12.25</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>12.41</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>13.44</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>13.38</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
+        <v>3.91</v>
+      </c>
+      <c r="AO10" s="14" t="n">
         <v>4.24</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>5.01</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>4.37</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>4.74</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>4.82</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>4.94</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>5.32</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>5.13</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>5.15</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>5.94</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>6.03</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>6.19</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>6.97</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>7.03</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>7.41</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>7.64</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>7.3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Segunda etapa de educación secundaria y educación postsecundaria no superior (niveles 3 y 4)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>3.27</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>3.59</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>4.11</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>3.74</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>3.93</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>3.62</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>4.15</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>4.45</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>4.17</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>4.08</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>4.81</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>4.73</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>5.31</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>6.01</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>6.15</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>6.38</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>4.19</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
+        <v>4.19</v>
+      </c>
+      <c r="W11" s="14" t="n">
         <v>5.21</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>4.54</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>4.48</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>4.25</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>5.02</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.13</v>
       </c>
       <c r="AB11" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="AC11" s="14" t="n">
+        <v>5.13</v>
+      </c>
+      <c r="AD11" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AE11" s="14" t="n">
         <v>5.89</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>6.11</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>5.93</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>7.02</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>7.68</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>7.71</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>8.67</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>7.86</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
+        <v>2.45</v>
+      </c>
+      <c r="AO11" s="14" t="n">
         <v>3.05</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>3.05</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>3.46</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>3.06</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>3.38</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>3.87</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>3.34</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>3.18</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>3.65</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>3.86</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>4.55</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>4.75</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>4.96</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>6.05</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>4.69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Educación superior (terciaria)(niveles 5 a 8)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>1.73</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>1.92</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.83</v>
       </c>
       <c r="E12" s="14" t="n">
         <v>1.83</v>
       </c>
       <c r="F12" s="14" t="n">
+        <v>1.83</v>
+      </c>
+      <c r="G12" s="14" t="n">
         <v>2.07</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>2.13</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>2.29</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>2.37</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>2.23</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>2.53</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>2.44</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>2.76</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>2.86</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>2.96</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>3.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.78</v>
       </c>
       <c r="S12" s="14" t="n">
         <v>3.78</v>
       </c>
       <c r="T12" s="14" t="n">
+        <v>3.78</v>
+      </c>
+      <c r="U12" s="14" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="V12" s="14" t="n">
         <v>2.08</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>2.42</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>2.24</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>2.22</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>2.57</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>2.64</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>2.78</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>2.86</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>2.71</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>3.13</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>3.09</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>3.02</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>3.36</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>3.41</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>3.68</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>4.27</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>4.49</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
+        <v>1.27</v>
+      </c>
+      <c r="AO12" s="14" t="n">
         <v>1.32</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>1.34</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>1.37</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>1.57</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>1.74</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>1.81</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>1.69</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>1.84</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>2.04</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>1.78</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>2.25</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>2.45</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>3.06</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>3.23</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>2.99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Las tasas de paro de larga duración se calculan como el cociente entre parados que llevan 12 meses o más en esa situación y el total de activos.</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Los indicadores de datos de alto valor asociados a la EPA se calculan para la población a partir de 16 años porque los de 15 años quedan fuera del mercado laboral</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:S7"/>
-[...1 lines deleted...]
-    <mergeCell ref="AL7:BC7"/>
+    <mergeCell ref="B7:T7"/>
+    <mergeCell ref="U7:AM7"/>
+    <mergeCell ref="AN7:BF7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>