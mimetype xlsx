--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BF20"/>
+  <dimension ref="A1:BI20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -308,50 +308,53 @@
     <col min="34" max="34" width="19.53125" customWidth="true"/>
     <col min="35" max="35" width="19.53125" customWidth="true"/>
     <col min="36" max="36" width="19.53125" customWidth="true"/>
     <col min="37" max="37" width="19.53125" customWidth="true"/>
     <col min="38" max="38" width="19.53125" customWidth="true"/>
     <col min="39" max="39" width="19.53125" customWidth="true"/>
     <col min="40" max="40" width="19.53125" customWidth="true"/>
     <col min="41" max="41" width="19.53125" customWidth="true"/>
     <col min="42" max="42" width="19.53125" customWidth="true"/>
     <col min="43" max="43" width="19.53125" customWidth="true"/>
     <col min="44" max="44" width="19.53125" customWidth="true"/>
     <col min="45" max="45" width="19.53125" customWidth="true"/>
     <col min="46" max="46" width="19.53125" customWidth="true"/>
     <col min="47" max="47" width="19.53125" customWidth="true"/>
     <col min="48" max="48" width="19.53125" customWidth="true"/>
     <col min="49" max="49" width="19.53125" customWidth="true"/>
     <col min="50" max="50" width="19.53125" customWidth="true"/>
     <col min="51" max="51" width="19.53125" customWidth="true"/>
     <col min="52" max="52" width="19.53125" customWidth="true"/>
     <col min="53" max="53" width="19.53125" customWidth="true"/>
     <col min="54" max="54" width="19.53125" customWidth="true"/>
     <col min="55" max="55" width="19.53125" customWidth="true"/>
     <col min="56" max="56" width="19.53125" customWidth="true"/>
     <col min="57" max="57" width="19.53125" customWidth="true"/>
     <col min="58" max="58" width="19.53125" customWidth="true"/>
+    <col min="59" max="59" width="19.53125" customWidth="true"/>
+    <col min="60" max="60" width="19.53125" customWidth="true"/>
+    <col min="61" max="61" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Desempleo</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Trimestral</t>
         </is>
       </c>
@@ -441,1139 +444,1193 @@
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Ambos sexos</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="U7" s="6"/>
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>Mujeres</t>
         </is>
       </c>
-      <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
-      <c r="AN7" s="6" t="inlineStr">
+      <c r="AN7" s="6"/>
+      <c r="AO7" s="6"/>
+      <c r="AP7" s="6" t="inlineStr">
         <is>
           <t>Hombres</t>
         </is>
       </c>
-      <c r="AO7" s="6"/>
-      <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
+      <c r="BG7" s="6"/>
+      <c r="BH7" s="6"/>
+      <c r="BI7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025T4</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025T3</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2025T4</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2025T3</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
+        <is>
+          <t>2025T4</t>
+        </is>
+      </c>
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2025T3</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2025T2</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2025T1</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2024T4</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2024T3</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2024T2</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2024T1</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2023T4</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2023T3</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2023T2</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2023T1</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2022T4</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2022T3</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2022T2</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2022T1</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021T4</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021T3</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021T2</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021T1</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menos que primaria (nivel 0)</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>8.75</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>11.84</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>10.37</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>11.79</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>9.31</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>13.88</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>14.48</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>10.64</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>8.84</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>8.03</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>12.55</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>10.68</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>11.32</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>13.54</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>13.01</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>12.62</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>17.77</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>13.06</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>15.11</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="V9" s="14" t="n">
+        <v>14.67</v>
+      </c>
+      <c r="W9" s="14" t="n">
         <v>13.91</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>16.95</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>12.73</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>17.15</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>14.86</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>21.82</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>19.17</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>14.97</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>13.01</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>14.03</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>17.09</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>19.39</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>21.39</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>20.93</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>24.1</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>21.29</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>21.01</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
+        <v>7.73</v>
+      </c>
+      <c r="AQ9" s="14" t="n">
         <v>5.79</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>9.15</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>8.98</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>8.54</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>5.57</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>9.23</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>11.52</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>7.86</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>6.09</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>11.6</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>6.97</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>9.39</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>9.11</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>6.74</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>7.77</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>11.25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Educación primaria y primera etapa de educación secundaria  (niveles 1 y 2)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>5.09</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>5.02</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>5.56</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>5.99</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>5.78</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>5.96</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>6.33</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>6.52</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>6.37</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>6.54</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>7.51</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>7.63</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>7.64</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>8.21</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>9.07</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>9.37</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>9.91</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>9.65</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="V10" s="14" t="n">
+        <v>7.21</v>
+      </c>
+      <c r="W10" s="14" t="n">
         <v>6.73</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>7.62</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>7.52</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>7.94</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>7.83</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>8.62</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>8.96</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>8.33</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>8.25</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>8.66</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>9.93</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>10.11</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>10.07</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>11.32</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>11.84</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>12.25</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>12.41</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>13.44</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>13.38</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
+        <v>3.76</v>
+      </c>
+      <c r="AQ10" s="14" t="n">
         <v>3.91</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>4.24</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>5.01</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>4.37</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>4.74</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>4.82</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>4.94</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>5.32</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>5.13</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>5.15</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>5.94</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>6.03</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>6.19</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>6.97</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>7.03</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>7.41</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>7.64</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>7.3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Segunda etapa de educación secundaria y educación postsecundaria no superior (niveles 3 y 4)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>3.46</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>3.27</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>3.59</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>4.11</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>3.74</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>3.93</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>3.62</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>4.15</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>4.45</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>4.17</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>4.08</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>4.81</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>4.73</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>5.31</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>6.01</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>6.15</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>6.38</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="W11" s="14" t="n">
         <v>4.19</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>4.19</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>5.21</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>4.54</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>4.48</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>4.25</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>5.02</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.13</v>
       </c>
       <c r="AD11" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="AE11" s="14" t="n">
+        <v>5.13</v>
+      </c>
+      <c r="AF11" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AG11" s="14" t="n">
         <v>5.89</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>6.11</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>5.93</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>7.02</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>7.68</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>7.71</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>8.67</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>7.86</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
+        <v>2.62</v>
+      </c>
+      <c r="AQ11" s="14" t="n">
         <v>2.45</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>3.05</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>3.05</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>3.46</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>3.06</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>3.38</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>3.87</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>3.34</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>3.18</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>3.65</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>3.86</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>4.55</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>4.75</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>4.96</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>6.05</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>4.69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Educación superior (terciaria)(niveles 5 a 8)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>1.66</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>1.73</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>1.92</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.83</v>
       </c>
       <c r="F12" s="14" t="n">
         <v>1.83</v>
       </c>
       <c r="G12" s="14" t="n">
+        <v>1.83</v>
+      </c>
+      <c r="H12" s="14" t="n">
         <v>2.07</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>2.13</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>2.29</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>2.37</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>2.23</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>2.53</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>2.44</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>2.76</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>2.86</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>2.96</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>3.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.78</v>
       </c>
       <c r="T12" s="14" t="n">
         <v>3.78</v>
       </c>
       <c r="U12" s="14" t="n">
+        <v>3.78</v>
+      </c>
+      <c r="V12" s="14" t="n">
+        <v>1.75</v>
+      </c>
+      <c r="W12" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>2.08</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>2.42</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>2.24</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>2.22</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>2.57</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>2.64</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>2.78</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>2.86</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>2.71</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>3.13</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>3.09</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>3.02</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>3.36</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>3.41</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>3.68</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>4.27</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>4.49</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
+        <v>1.43</v>
+      </c>
+      <c r="AQ12" s="14" t="n">
         <v>1.27</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>1.32</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>1.34</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>1.37</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>1.57</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>1.74</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>1.81</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>1.69</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>1.84</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>2.04</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>1.78</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>2.25</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>2.45</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>3.06</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>3.23</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>2.99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Las tasas de paro de larga duración se calculan como el cociente entre parados que llevan 12 meses o más en esa situación y el total de activos.</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Los indicadores de datos de alto valor asociados a la EPA se calculan para la población a partir de 16 años porque los de 15 años quedan fuera del mercado laboral</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:T7"/>
-[...1 lines deleted...]
-    <mergeCell ref="AN7:BF7"/>
+    <mergeCell ref="B7:U7"/>
+    <mergeCell ref="V7:AO7"/>
+    <mergeCell ref="AP7:BI7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>