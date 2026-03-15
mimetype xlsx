--- v0 (2025-10-23)
+++ v1 (2026-03-15)
@@ -246,101 +246,105 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AS25"/>
+  <dimension ref="A1:AW25"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
     <col min="24" max="24" width="19.53125" customWidth="true"/>
     <col min="25" max="25" width="19.53125" customWidth="true"/>
     <col min="26" max="26" width="19.53125" customWidth="true"/>
     <col min="27" max="27" width="19.53125" customWidth="true"/>
     <col min="28" max="28" width="19.53125" customWidth="true"/>
     <col min="29" max="29" width="19.53125" customWidth="true"/>
     <col min="30" max="30" width="19.53125" customWidth="true"/>
     <col min="31" max="31" width="19.53125" customWidth="true"/>
     <col min="32" max="32" width="19.53125" customWidth="true"/>
     <col min="33" max="33" width="19.53125" customWidth="true"/>
     <col min="34" max="34" width="19.53125" customWidth="true"/>
     <col min="35" max="35" width="19.53125" customWidth="true"/>
     <col min="36" max="36" width="19.53125" customWidth="true"/>
     <col min="37" max="37" width="19.53125" customWidth="true"/>
     <col min="38" max="38" width="19.53125" customWidth="true"/>
     <col min="39" max="39" width="19.53125" customWidth="true"/>
     <col min="40" max="40" width="19.53125" customWidth="true"/>
     <col min="41" max="41" width="19.53125" customWidth="true"/>
     <col min="42" max="42" width="19.53125" customWidth="true"/>
     <col min="43" max="43" width="19.53125" customWidth="true"/>
     <col min="44" max="44" width="19.53125" customWidth="true"/>
     <col min="45" max="45" width="19.53125" customWidth="true"/>
+    <col min="46" max="46" width="19.53125" customWidth="true"/>
+    <col min="47" max="47" width="19.53125" customWidth="true"/>
+    <col min="48" max="48" width="19.53125" customWidth="true"/>
+    <col min="49" max="49" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Pobreza</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Riesgo de pobreza o exclusión social (objetivo Europa 2030)  (renta año anterior a la entrevista)</t>
         </is>
       </c>
@@ -422,1293 +426,1401 @@
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Tasa de riesgo de pobreza o exclusión social (indicador AROPE)</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="M7" s="6"/>
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>En riesgo de pobreza (renta año anterior a la entrevista)</t>
         </is>
       </c>
-      <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
-      <c r="X7" s="6" t="inlineStr">
+      <c r="X7" s="6"/>
+      <c r="Y7" s="6"/>
+      <c r="Z7" s="6" t="inlineStr">
         <is>
           <t>Con carencia material y social severa</t>
         </is>
       </c>
-      <c r="Y7" s="6"/>
-      <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
-      <c r="AI7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
-      <c r="AL7" s="6"/>
+      <c r="AL7" s="6" t="inlineStr">
+        <is>
+          <t>Viviendo en hogares con baja intensidad en el trabajo (de 0 a 64 años)</t>
+        </is>
+      </c>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
+      <c r="AT7" s="6"/>
+      <c r="AU7" s="6"/>
+      <c r="AV7" s="6"/>
+      <c r="AW7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Ocupados</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>15.9</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>15.7</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>15.1</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>15.4</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="P9" s="14" t="n">
         <v>11.3</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>11.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>11.8</v>
       </c>
       <c r="R9" s="14" t="n">
         <v>12.7</v>
       </c>
       <c r="S9" s="14" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="T9" s="14" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="U9" s="14" t="n">
         <v>13.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>13.1</v>
       </c>
       <c r="V9" s="14" t="n">
         <v>13.1</v>
       </c>
       <c r="W9" s="14" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="X9" s="14" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="Y9" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="AA9" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AO9" s="14" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="AP9" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="AQ9" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AR9" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AS9" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AT9" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AU9" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Asalariados</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>13.5</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>13.2</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>12.6</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>13.2</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="O10" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>11.4</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="AA10" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJ10" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AM10" s="14" t="n">
-        <v>0.6</v>
+        <v>0.4</v>
       </c>
       <c r="AN10" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="AO10" s="14" t="n">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="AP10" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="AQ10" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AR10" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AS10" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AT10" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AU10" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>1.2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Ocupados no asalariados</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>26.4</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>28.6</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>24.5</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>23.1</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>28.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>27.3</v>
       </c>
       <c r="L11" s="14" t="n">
         <v>27.3</v>
       </c>
       <c r="M11" s="14" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="N11" s="14" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="O11" s="14" t="n">
         <v>25.1</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>22.8</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>20.7</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>23.7</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>21.6</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>26.2</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="AA11" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>2.8</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>2.8</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJ11" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AM11" s="14" t="n">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="AN11" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="AO11" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AP11" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AQ11" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AR11" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AS11" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>0.2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>No ocupados</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>33.7</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>34.9</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>34.8</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>37.1</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>36.9</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>35.7</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>37.2</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>38.7</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>38.2</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>39.5</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
+        <v>25.3</v>
+      </c>
+      <c r="O12" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>25.8</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>27.1</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="AA12" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>9.3</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>13.5</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="AM12" s="14" t="n">
         <v>25.8</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>33.1</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>31.3</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>33.3</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>33.8</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>36.7</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>38.6</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>38.7</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>39.8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Parados</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>62.6</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>61.9</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>62.7</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>61.9</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>64.3</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>65.2</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>66.7</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>62.8</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>66.9</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>65.4</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>66.9</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="O13" s="14" t="n">
         <v>43.6</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>46.3</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>45.6</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>45.1</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>46.3</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>46.8</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>50.8</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>46.4</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>49.4</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>46.5</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="AA13" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>23.5</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>22.7</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>23.8</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>24.3</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>23.5</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>21.7</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>22.6</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>19.5</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>25.2</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
+        <v>40.5</v>
+      </c>
+      <c r="AM13" s="14" t="n">
         <v>39.6</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>40.0</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>40.4</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>45.6</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>42.1</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>45.8</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>45.5</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>48.3</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>48.5</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>48.2</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>49.8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>Jubilados</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>17.2</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>17.3</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>15.4</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>16.1</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>13.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>12.5</v>
       </c>
       <c r="L14" s="14" t="n">
         <v>12.5</v>
       </c>
       <c r="M14" s="14" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="N14" s="14" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="O14" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>13.1</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>12.4</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>13.1</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>10.2</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="AA14" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
+        <v>57.3</v>
+      </c>
+      <c r="AM14" s="14" t="n">
         <v>54.0</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>81.2</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>45.5</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>68.8</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>100.0</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>100.0</v>
       </c>
       <c r="AS14" s="14" t="n">
         <v>100.0</v>
       </c>
+      <c r="AT14" s="14" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="AU14" s="14" t="n">
+        <v>76.4</v>
+      </c>
+      <c r="AV14" s="14" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="AW14" s="14" t="n">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>Otros inactivos</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>37.9</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>37.4</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>38.4</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>38.2</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>40.2</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>39.6</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>38.5</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>40.1</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>37.4</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>36.8</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>37.5</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
+        <v>28.6</v>
+      </c>
+      <c r="O15" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>25.7</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>25.1</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>23.8</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="AB15" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>9.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>10.9</v>
       </c>
       <c r="AE15" s="14" t="n">
         <v>9.8</v>
       </c>
       <c r="AF15" s="14" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="AG15" s="14" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="AH15" s="14" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="AI15" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="AM15" s="14" t="n">
         <v>18.8</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>19.4</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>20.1</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>25.1</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>25.1</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>25.4</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>26.4</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>29.5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Relación con la actividad más frecuente en el año natural anterior a la entrevista.</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>En la Encuesta de Condiciones de Vida, los ingresos que se utilizan en el cálculo de variables como rentas y tasa de riesgo de pobreza corresponden siempre al año anterior.</t>
         </is>
       </c>
     </row>
     <row r="21">
@@ -1725,46 +1837,46 @@
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:L7"/>
-[...2 lines deleted...]
-    <mergeCell ref="AI7:AS7"/>
+    <mergeCell ref="B7:M7"/>
+    <mergeCell ref="N7:Y7"/>
+    <mergeCell ref="Z7:AK7"/>
+    <mergeCell ref="AL7:AW7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>