--- v0 (2025-10-23)
+++ v1 (2026-03-15)
@@ -246,79 +246,81 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W43"/>
+  <dimension ref="A1:Y43"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
+    <col min="24" max="24" width="19.53125" customWidth="true"/>
+    <col min="25" max="25" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Pobreza</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Carencia material y social (objetivo Europa 2030)</t>
         </is>
       </c>
@@ -400,2019 +402,2181 @@
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Carencia material y social</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="M7" s="6"/>
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>Con carencia material y social severa</t>
         </is>
       </c>
-      <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
+      <c r="X7" s="6"/>
+      <c r="Y7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Ambos sexos</t>
         </is>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
       <c r="T9" s="6"/>
       <c r="U9" s="6"/>
       <c r="V9" s="6"/>
       <c r="W9" s="6"/>
+      <c r="X9" s="6"/>
+      <c r="Y9" s="6"/>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>17.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>15.4</v>
       </c>
       <c r="E10" s="14" t="n">
         <v>15.4</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>15.4</v>
       </c>
       <c r="G10" s="14" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="H10" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>15.1</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>14.7</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>17.4</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>16.2</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>20.3</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="O10" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>8.5</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>8.5</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>10.7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menores de 16 años</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>19.9</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>19.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>18.2</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>18.2</v>
       </c>
       <c r="G11" s="14" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="H11" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>21.5</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>25.8</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="O11" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>10.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11.1</v>
       </c>
       <c r="R11" s="14" t="n">
         <v>11.0</v>
       </c>
       <c r="S11" s="14" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="T11" s="14" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="U11" s="14" t="n">
         <v>10.2</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>15.2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 16 a 29 años</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
         <v>16.2</v>
       </c>
       <c r="C12" s="14" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="D12" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>14.1</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>11.9</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>14.3</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>13.6</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>17.9</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="O12" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>9.1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 30 a 44 años</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>18.7</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>16.2</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>13.7</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>13.2</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>16.6</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="O13" s="14" t="n">
         <v>9.3</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>9.7</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>11.1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 45 a 64 años</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>16.8</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>16.1</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>16.3</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>16.3</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>16.4</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>17.9</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>21.6</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="P14" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>11.7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    65 y más años</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
         <v>10.2</v>
       </c>
       <c r="C15" s="14" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="D15" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>11.3</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>11.9</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>15.1</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>12.9</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>11.9</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>9.8</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>13.2</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="O15" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>6.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menos de 18 años</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>19.6</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>18.8</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>16.6</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>21.1</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>20.4</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>25.3</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="O16" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>11.6</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>14.7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 18 a 64 años</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>17.9</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>15.9</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>14.6</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>17.9</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="L17" s="14" t="n">
         <v>16.7</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>20.8</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="O17" s="14" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="P17" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>8.5</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="V17" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="W17" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>10.9</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>Hombres</t>
         </is>
       </c>
       <c r="B18" s="6"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="6"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
       <c r="V18" s="6"/>
       <c r="W18" s="6"/>
+      <c r="X18" s="6"/>
+      <c r="Y18" s="6"/>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>15.4</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>16.7</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>14.6</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>13.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>14.0</v>
       </c>
       <c r="I19" s="14" t="n">
         <v>14.0</v>
       </c>
       <c r="J19" s="14" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="K19" s="14" t="n">
         <v>16.4</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>15.9</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>19.8</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="O19" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>10.4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menores de 16 años</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>19.3</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>22.7</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>19.6</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>18.6</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>18.2</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>16.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>15.4</v>
       </c>
       <c r="I20" s="14" t="n">
         <v>15.4</v>
       </c>
       <c r="J20" s="14" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="K20" s="14" t="n">
         <v>20.6</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="L20" s="14" t="n">
         <v>21.8</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="M20" s="14" t="n">
         <v>26.2</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="N20" s="14" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="O20" s="14" t="n">
         <v>12.1</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="R20" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="R20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>9.8</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="V20" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="W20" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>15.3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 16 a 29 años</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>17.5</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>15.7</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="H21" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="K21" s="14" t="n">
         <v>16.6</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="L21" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="M21" s="14" t="n">
         <v>16.7</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="N21" s="14" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="O21" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="O21" s="14" t="n">
+      <c r="Q21" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="P21" s="14" t="n">
+      <c r="R21" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="Q21" s="14" t="n">
+      <c r="S21" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="R21" s="14" t="n">
+      <c r="T21" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="S21" s="14" t="n">
+      <c r="U21" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="T21" s="14" t="n">
+      <c r="V21" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="U21" s="14" t="n">
+      <c r="W21" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="V21" s="14" t="n">
+      <c r="X21" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="W21" s="14" t="n">
+      <c r="Y21" s="14" t="n">
         <v>8.1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 30 a 44 años</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>14.6</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
         <v>13.1</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="H22" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>12.4</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>12.6</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>15.3</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="L22" s="14" t="n">
         <v>14.7</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>21.5</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="N22" s="14" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="O22" s="14" t="n">
         <v>8.5</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="R22" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="T22" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="S22" s="14" t="n">
+      <c r="U22" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="T22" s="14" t="n">
+      <c r="V22" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="U22" s="14" t="n">
+      <c r="W22" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="V22" s="14" t="n">
+      <c r="X22" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="W22" s="14" t="n">
+      <c r="Y22" s="14" t="n">
         <v>11.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 45 a 64 años</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>15.7</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>16.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>14.6</v>
       </c>
       <c r="E23" s="14" t="n">
         <v>14.6</v>
       </c>
       <c r="F23" s="14" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="G23" s="14" t="n">
         <v>14.9</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>13.7</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>16.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>18.3</v>
       </c>
       <c r="K23" s="14" t="n">
         <v>18.3</v>
       </c>
       <c r="L23" s="14" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="M23" s="14" t="n">
         <v>20.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.4</v>
       </c>
       <c r="N23" s="14" t="n">
         <v>8.4</v>
       </c>
       <c r="O23" s="14" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="P23" s="14" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="Q23" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>7.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>9.0</v>
       </c>
       <c r="U23" s="14" t="n">
         <v>9.7</v>
       </c>
       <c r="V23" s="14" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="W23" s="14" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="X23" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>11.3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    65 y más años</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="O24" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="U24" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="V24" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="U24" s="14" t="n">
+      <c r="W24" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="V24" s="14" t="n">
+      <c r="X24" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="W24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>4.4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menos de 18 años</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="C25" s="14" t="n">
         <v>19.3</v>
       </c>
-      <c r="C25" s="14" t="n">
+      <c r="D25" s="14" t="n">
         <v>22.3</v>
       </c>
-      <c r="D25" s="14" t="n">
+      <c r="E25" s="14" t="n">
         <v>18.7</v>
       </c>
-      <c r="E25" s="14" t="n">
+      <c r="F25" s="14" t="n">
         <v>18.6</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="G25" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="H25" s="14" t="n">
         <v>16.4</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>20.1</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="L25" s="14" t="n">
         <v>21.1</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="M25" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="N25" s="14" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="O25" s="14" t="n">
         <v>11.9</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>12.2</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="R25" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="S25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="T25" s="14" t="n">
+      <c r="V25" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="W25" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="X25" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>15.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 18 a 64 años</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="C26" s="14" t="n">
         <v>15.9</v>
       </c>
-      <c r="C26" s="14" t="n">
+      <c r="D26" s="14" t="n">
         <v>16.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>14.5</v>
       </c>
       <c r="E26" s="14" t="n">
         <v>14.5</v>
       </c>
       <c r="F26" s="14" t="n">
         <v>14.5</v>
       </c>
       <c r="G26" s="14" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="H26" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>16.8</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="L26" s="14" t="n">
         <v>16.5</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>20.0</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="O26" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>7.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.8</v>
       </c>
       <c r="S26" s="14" t="n">
         <v>8.0</v>
       </c>
       <c r="T26" s="14" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="U26" s="14" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="V26" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="U26" s="14" t="n">
+      <c r="W26" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="V26" s="14" t="n">
+      <c r="X26" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="W26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>10.5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>Mujeres</t>
         </is>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="6"/>
       <c r="J27" s="6"/>
       <c r="K27" s="6"/>
       <c r="L27" s="6"/>
       <c r="M27" s="6"/>
       <c r="N27" s="6"/>
       <c r="O27" s="6"/>
       <c r="P27" s="6"/>
       <c r="Q27" s="6"/>
       <c r="R27" s="6"/>
       <c r="S27" s="6"/>
       <c r="T27" s="6"/>
       <c r="U27" s="6"/>
       <c r="V27" s="6"/>
       <c r="W27" s="6"/>
+      <c r="X27" s="6"/>
+      <c r="Y27" s="6"/>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>16.7</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>16.3</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>16.1</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
         <v>16.3</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="H28" s="14" t="n">
         <v>14.9</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>16.2</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>15.4</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>18.4</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="L28" s="14" t="n">
         <v>16.4</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="M28" s="14" t="n">
         <v>20.8</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="O28" s="14" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="P28" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="R28" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="T28" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="U28" s="14" t="n">
         <v>9.3</v>
       </c>
-      <c r="T28" s="14" t="n">
+      <c r="V28" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="U28" s="14" t="n">
+      <c r="W28" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>11.1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menores de 16 años</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="C29" s="14" t="n">
         <v>20.4</v>
       </c>
-      <c r="C29" s="14" t="n">
+      <c r="D29" s="14" t="n">
         <v>21.2</v>
       </c>
-      <c r="D29" s="14" t="n">
+      <c r="E29" s="14" t="n">
         <v>19.5</v>
       </c>
-      <c r="E29" s="14" t="n">
+      <c r="F29" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="F29" s="14" t="n">
+      <c r="G29" s="14" t="n">
         <v>18.3</v>
       </c>
-      <c r="G29" s="14" t="n">
+      <c r="H29" s="14" t="n">
         <v>17.6</v>
       </c>
-      <c r="H29" s="14" t="n">
+      <c r="I29" s="14" t="n">
         <v>16.7</v>
       </c>
-      <c r="I29" s="14" t="n">
+      <c r="J29" s="14" t="n">
         <v>18.8</v>
       </c>
-      <c r="J29" s="14" t="n">
+      <c r="K29" s="14" t="n">
         <v>22.5</v>
       </c>
-      <c r="K29" s="14" t="n">
+      <c r="L29" s="14" t="n">
         <v>20.2</v>
       </c>
-      <c r="L29" s="14" t="n">
+      <c r="M29" s="14" t="n">
         <v>25.4</v>
       </c>
-      <c r="M29" s="14" t="n">
+      <c r="N29" s="14" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="O29" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="N29" s="14" t="n">
+      <c r="P29" s="14" t="n">
         <v>12.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11.1</v>
       </c>
       <c r="Q29" s="14" t="n">
         <v>11.2</v>
       </c>
       <c r="R29" s="14" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="S29" s="14" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="T29" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="S29" s="14" t="n">
+      <c r="U29" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="T29" s="14" t="n">
+      <c r="V29" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="U29" s="14" t="n">
+      <c r="W29" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="V29" s="14" t="n">
+      <c r="X29" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="W29" s="14" t="n">
+      <c r="Y29" s="14" t="n">
         <v>15.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 16 a 29 años</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="C30" s="14" t="n">
         <v>16.7</v>
       </c>
-      <c r="C30" s="14" t="n">
+      <c r="D30" s="14" t="n">
         <v>16.4</v>
       </c>
-      <c r="D30" s="14" t="n">
+      <c r="E30" s="14" t="n">
         <v>14.2</v>
       </c>
-      <c r="E30" s="14" t="n">
+      <c r="F30" s="14" t="n">
         <v>15.5</v>
       </c>
-      <c r="F30" s="14" t="n">
+      <c r="G30" s="14" t="n">
         <v>14.1</v>
       </c>
-      <c r="G30" s="14" t="n">
+      <c r="H30" s="14" t="n">
         <v>12.6</v>
       </c>
-      <c r="H30" s="14" t="n">
+      <c r="I30" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="I30" s="14" t="n">
+      <c r="J30" s="14" t="n">
         <v>13.3</v>
       </c>
-      <c r="J30" s="14" t="n">
+      <c r="K30" s="14" t="n">
         <v>19.3</v>
       </c>
-      <c r="K30" s="14" t="n">
+      <c r="L30" s="14" t="n">
         <v>15.7</v>
       </c>
-      <c r="L30" s="14" t="n">
+      <c r="M30" s="14" t="n">
         <v>21.2</v>
       </c>
-      <c r="M30" s="14" t="n">
+      <c r="N30" s="14" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="O30" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="N30" s="14" t="n">
+      <c r="P30" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="O30" s="14" t="n">
+      <c r="Q30" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="P30" s="14" t="n">
+      <c r="R30" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="Q30" s="14" t="n">
+      <c r="S30" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="R30" s="14" t="n">
+      <c r="T30" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="S30" s="14" t="n">
+      <c r="U30" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="T30" s="14" t="n">
+      <c r="V30" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="U30" s="14" t="n">
+      <c r="W30" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="V30" s="14" t="n">
+      <c r="X30" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="W30" s="14" t="n">
+      <c r="Y30" s="14" t="n">
         <v>10.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 30 a 44 años</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="C31" s="14" t="n">
         <v>18.8</v>
       </c>
-      <c r="C31" s="14" t="n">
+      <c r="D31" s="14" t="n">
         <v>20.2</v>
       </c>
-      <c r="D31" s="14" t="n">
+      <c r="E31" s="14" t="n">
         <v>17.7</v>
       </c>
-      <c r="E31" s="14" t="n">
+      <c r="F31" s="14" t="n">
         <v>16.4</v>
       </c>
-      <c r="F31" s="14" t="n">
+      <c r="G31" s="14" t="n">
         <v>18.4</v>
       </c>
-      <c r="G31" s="14" t="n">
+      <c r="H31" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="H31" s="14" t="n">
+      <c r="I31" s="14" t="n">
         <v>14.3</v>
       </c>
-      <c r="I31" s="14" t="n">
+      <c r="J31" s="14" t="n">
         <v>13.7</v>
       </c>
-      <c r="J31" s="14" t="n">
+      <c r="K31" s="14" t="n">
         <v>17.9</v>
       </c>
-      <c r="K31" s="14" t="n">
+      <c r="L31" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="L31" s="14" t="n">
+      <c r="M31" s="14" t="n">
         <v>20.4</v>
       </c>
-      <c r="M31" s="14" t="n">
+      <c r="N31" s="14" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="O31" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="N31" s="14" t="n">
+      <c r="P31" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="O31" s="14" t="n">
+      <c r="Q31" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="P31" s="14" t="n">
+      <c r="R31" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="Q31" s="14" t="n">
+      <c r="S31" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="R31" s="14" t="n">
+      <c r="T31" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="S31" s="14" t="n">
+      <c r="U31" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="T31" s="14" t="n">
+      <c r="V31" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="U31" s="14" t="n">
+      <c r="W31" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="V31" s="14" t="n">
+      <c r="X31" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="W31" s="14" t="n">
+      <c r="Y31" s="14" t="n">
         <v>11.2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 45 a 64 años</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="C32" s="14" t="n">
         <v>17.9</v>
       </c>
-      <c r="C32" s="14" t="n">
+      <c r="D32" s="14" t="n">
         <v>19.3</v>
       </c>
-      <c r="D32" s="14" t="n">
+      <c r="E32" s="14" t="n">
         <v>17.6</v>
       </c>
-      <c r="E32" s="14" t="n">
+      <c r="F32" s="14" t="n">
         <v>17.4</v>
       </c>
-      <c r="F32" s="14" t="n">
+      <c r="G32" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="G32" s="14" t="n">
+      <c r="H32" s="14" t="n">
         <v>16.2</v>
       </c>
-      <c r="H32" s="14" t="n">
+      <c r="I32" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="I32" s="14" t="n">
+      <c r="J32" s="14" t="n">
         <v>16.3</v>
       </c>
-      <c r="J32" s="14" t="n">
+      <c r="K32" s="14" t="n">
         <v>19.6</v>
       </c>
-      <c r="K32" s="14" t="n">
+      <c r="L32" s="14" t="n">
         <v>17.5</v>
       </c>
-      <c r="L32" s="14" t="n">
+      <c r="M32" s="14" t="n">
         <v>22.5</v>
       </c>
-      <c r="M32" s="14" t="n">
+      <c r="N32" s="14" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="O32" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="N32" s="14" t="n">
+      <c r="P32" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="O32" s="14" t="n">
+      <c r="Q32" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="P32" s="14" t="n">
+      <c r="R32" s="14" t="n">
         <v>9.7</v>
       </c>
-      <c r="Q32" s="14" t="n">
+      <c r="S32" s="14" t="n">
         <v>10.2</v>
       </c>
-      <c r="R32" s="14" t="n">
+      <c r="T32" s="14" t="n">
         <v>8.8</v>
       </c>
-      <c r="S32" s="14" t="n">
+      <c r="U32" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="T32" s="14" t="n">
+      <c r="V32" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="U32" s="14" t="n">
+      <c r="W32" s="14" t="n">
         <v>10.2</v>
       </c>
-      <c r="V32" s="14" t="n">
+      <c r="X32" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="W32" s="14" t="n">
+      <c r="Y32" s="14" t="n">
         <v>12.1</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    65 y más años</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="C33" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="C33" s="14" t="n">
+      <c r="D33" s="14" t="n">
         <v>12.1</v>
       </c>
-      <c r="D33" s="14" t="n">
+      <c r="E33" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="E33" s="14" t="n">
+      <c r="F33" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="F33" s="14" t="n">
+      <c r="G33" s="14" t="n">
         <v>12.2</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="H33" s="14" t="n">
         <v>12.9</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="I33" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="I33" s="14" t="n">
+      <c r="J33" s="14" t="n">
         <v>14.7</v>
       </c>
-      <c r="J33" s="14" t="n">
+      <c r="K33" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="K33" s="14" t="n">
+      <c r="L33" s="14" t="n">
         <v>11.7</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="M33" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="N33" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="O33" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="P33" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="Q33" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="R33" s="14" t="n">
+      <c r="T33" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="S33" s="14" t="n">
+      <c r="U33" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="T33" s="14" t="n">
+      <c r="V33" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="U33" s="14" t="n">
+      <c r="W33" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="V33" s="14" t="n">
+      <c r="X33" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="W33" s="14" t="n">
+      <c r="Y33" s="14" t="n">
         <v>7.2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menos de 18 años</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="C34" s="14" t="n">
         <v>19.9</v>
       </c>
-      <c r="C34" s="14" t="n">
+      <c r="D34" s="14" t="n">
         <v>20.5</v>
       </c>
-      <c r="D34" s="14" t="n">
+      <c r="E34" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="E34" s="14" t="n">
+      <c r="F34" s="14" t="n">
         <v>17.3</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="G34" s="14" t="n">
         <v>17.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>16.8</v>
       </c>
       <c r="H34" s="14" t="n">
         <v>16.8</v>
       </c>
       <c r="I34" s="14" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="J34" s="14" t="n">
         <v>18.3</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="K34" s="14" t="n">
         <v>22.2</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="L34" s="14" t="n">
         <v>19.7</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="M34" s="14" t="n">
         <v>24.7</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="N34" s="14" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="O34" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>10.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>10.7</v>
       </c>
       <c r="R34" s="14" t="n">
         <v>10.7</v>
       </c>
       <c r="S34" s="14" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="T34" s="14" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="U34" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="T34" s="14" t="n">
+      <c r="V34" s="14" t="n">
         <v>11.9</v>
       </c>
-      <c r="U34" s="14" t="n">
+      <c r="W34" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="V34" s="14" t="n">
+      <c r="X34" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="W34" s="14" t="n">
+      <c r="Y34" s="14" t="n">
         <v>14.3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    De 18 a 64 años</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="C35" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="C35" s="14" t="n">
+      <c r="D35" s="14" t="n">
         <v>19.1</v>
       </c>
-      <c r="D35" s="14" t="n">
+      <c r="E35" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="E35" s="14" t="n">
+      <c r="F35" s="14" t="n">
         <v>16.8</v>
       </c>
-      <c r="F35" s="14" t="n">
+      <c r="G35" s="14" t="n">
         <v>17.3</v>
       </c>
-      <c r="G35" s="14" t="n">
+      <c r="H35" s="14" t="n">
         <v>15.1</v>
       </c>
-      <c r="H35" s="14" t="n">
+      <c r="I35" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="I35" s="14" t="n">
+      <c r="J35" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="J35" s="14" t="n">
+      <c r="K35" s="14" t="n">
         <v>18.9</v>
       </c>
-      <c r="K35" s="14" t="n">
+      <c r="L35" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="L35" s="14" t="n">
+      <c r="M35" s="14" t="n">
         <v>21.5</v>
       </c>
-      <c r="M35" s="14" t="n">
+      <c r="N35" s="14" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="O35" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="N35" s="14" t="n">
+      <c r="P35" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="O35" s="14" t="n">
+      <c r="Q35" s="14" t="n">
         <v>8.5</v>
       </c>
-      <c r="P35" s="14" t="n">
+      <c r="R35" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="Q35" s="14" t="n">
+      <c r="S35" s="14" t="n">
         <v>9.8</v>
       </c>
-      <c r="R35" s="14" t="n">
+      <c r="T35" s="14" t="n">
         <v>8.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>8.4</v>
       </c>
       <c r="U35" s="14" t="n">
         <v>9.0</v>
       </c>
       <c r="V35" s="14" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="W35" s="14" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="X35" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="W35" s="14" t="n">
+      <c r="Y35" s="14" t="n">
         <v>11.4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t xml:space="preserve">Para determinar si una persona presenta carencia material y social se define la siguiente lista de trece conceptos, siete de ellos a nivel de hogar y seis a nivel de persona.
 </t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t xml:space="preserve">
 &lt;ul&gt;&lt;li&gt;A nivel de hogar:&lt;ul&gt;&lt;li&gt;- No puede permitirse ir de vacaciones al menos una semana al año. 
 &lt;/li&gt;&lt;li&gt;- No puede permitirse una comida de carne, pollo o pescado al menos cada dos días. 
 &lt;/li&gt;&lt;li&gt;- No puede permitirse mantener la vivienda con una temperatura adecuada.
@@ -2433,47 +2597,47 @@
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:L7"/>
-[...3 lines deleted...]
-    <mergeCell ref="A27:W27"/>
+    <mergeCell ref="B7:M7"/>
+    <mergeCell ref="N7:Y7"/>
+    <mergeCell ref="A9:Y9"/>
+    <mergeCell ref="A18:Y18"/>
+    <mergeCell ref="A27:Y27"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>