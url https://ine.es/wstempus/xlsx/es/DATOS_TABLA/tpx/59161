--- v0 (2025-10-23)
+++ v1 (2026-01-29)
@@ -429,1077 +429,1077 @@
         </is>
       </c>
       <c r="I7" s="6" t="inlineStr">
         <is>
           <t>Total estrellas de plata</t>
         </is>
       </c>
       <c r="J7" s="6" t="inlineStr">
         <is>
           <t>Dos y tres estrellas de plata</t>
         </is>
       </c>
       <c r="K7" s="6" t="inlineStr">
         <is>
           <t>Una estrella de plata</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B8" s="14" t="n">
-        <v>3.46514836E8</v>
+        <v>3.63065079E8</v>
       </c>
       <c r="C8" s="14" t="n">
-        <v>3.23737696E8</v>
+        <v>3.39488959E8</v>
       </c>
       <c r="D8" s="14" t="n">
-        <v>2.3873299E7</v>
+        <v>2.5944076E7</v>
       </c>
       <c r="E8" s="14" t="n">
-        <v>1.83803468E8</v>
+        <v>1.94387172E8</v>
       </c>
       <c r="F8" s="14" t="n">
-        <v>8.8765532E7</v>
+        <v>9.0332628E7</v>
       </c>
       <c r="G8" s="14" t="n">
-        <v>1.9271178E7</v>
+        <v>1.9931554E7</v>
       </c>
       <c r="H8" s="14" t="n">
-        <v>8024219.0</v>
+        <v>8893528.0</v>
       </c>
       <c r="I8" s="14" t="n">
-        <v>2.277714E7</v>
+        <v>2.357612E7</v>
       </c>
       <c r="J8" s="14" t="n">
-        <v>1.1596131E7</v>
+        <v>1.1876895E7</v>
       </c>
       <c r="K8" s="14" t="n">
-        <v>1.1181009E7</v>
+        <v>1.1699226E7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Residentes en España</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1.21724866E8</v>
+        <v>1.22022962E8</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>1.07638241E8</v>
+        <v>1.08164535E8</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>4310881.0</v>
+        <v>4351787.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>5.7039049E7</v>
+        <v>5.7570975E7</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>3.1607863E7</v>
+        <v>3.1167996E7</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>1.045573E7</v>
+        <v>1.0295061E7</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>4224717.0</v>
+        <v>4778716.0</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>1.4086625E7</v>
+        <v>1.3858427E7</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>7104460.0</v>
+        <v>7033335.0</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>6982165.0</v>
+        <v>6825092.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>No residentes en España</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>2.2478997E8</v>
+        <v>2.41042117E8</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>2.16099455E8</v>
+        <v>2.31324424E8</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>1.9562418E7</v>
+        <v>2.159229E7</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>1.26764418E8</v>
+        <v>1.36816197E8</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>5.7157669E7</v>
+        <v>5.9164632E7</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>8815448.0</v>
+        <v>9636493.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>3799501.0</v>
+        <v>4114812.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>8690515.0</v>
+        <v>9717693.0</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>4491671.0</v>
+        <v>4843559.0</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>4198843.0</v>
+        <v>4874134.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Unión Europea27 (sin España)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>1.22372914E8</v>
+        <v>1.31240511E8</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>1.174571E8</v>
+        <v>1.25806226E8</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>8054410.0</v>
+        <v>8884116.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>6.9996324E7</v>
+        <v>7.4709442E7</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>3.1937665E7</v>
+        <v>3.3993458E7</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>5180213.0</v>
+        <v>5855148.0</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>2288488.0</v>
+        <v>2364062.0</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>4915814.0</v>
+        <v>5434285.0</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>2516999.0</v>
+        <v>2640397.0</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>2398816.0</v>
+        <v>2793888.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Alemania</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>3.9408371E7</v>
+        <v>4.2105076E7</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>3.8420781E7</v>
+        <v>4.1112802E7</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>2700885.0</v>
+        <v>3010628.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>2.4361911E7</v>
+        <v>2.5748065E7</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>9579473.0</v>
+        <v>1.0474355E7</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>1198604.0</v>
+        <v>1313993.0</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>579909.0</v>
+        <v>565762.0</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>987590.0</v>
+        <v>992274.0</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>459808.0</v>
+        <v>406636.0</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>527782.0</v>
+        <v>585638.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Austria</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>2273848.0</v>
+        <v>2357390.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>2206511.0</v>
+        <v>2271186.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>214167.0</v>
+        <v>240579.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>1356707.0</v>
+        <v>1369497.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>506370.0</v>
+        <v>533565.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>72778.0</v>
+        <v>82255.0</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>56490.0</v>
+        <v>45289.0</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>67336.0</v>
+        <v>86204.0</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>32839.0</v>
+        <v>41775.0</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>34498.0</v>
+        <v>44429.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>Bélgica</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>6314099.0</v>
+        <v>6781527.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>6148373.0</v>
+        <v>6583807.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>662361.0</v>
+        <v>759638.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>3899170.0</v>
+        <v>4155713.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>1294346.0</v>
+        <v>1340469.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>211681.0</v>
+        <v>240268.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>80815.0</v>
+        <v>87719.0</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>165725.0</v>
+        <v>197720.0</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>86976.0</v>
+        <v>90617.0</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>78749.0</v>
+        <v>107103.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>Dinamarca</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>2985062.0</v>
+        <v>3051418.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>2926765.0</v>
+        <v>2989985.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>196637.0</v>
+        <v>184487.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>1757801.0</v>
+        <v>1845421.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>807825.0</v>
+        <v>791269.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>84108.0</v>
+        <v>85276.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>80393.0</v>
+        <v>83533.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>58297.0</v>
+        <v>61433.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>29297.0</v>
+        <v>31401.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>29000.0</v>
+        <v>30032.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>Finlandia</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>1815218.0</v>
+        <v>2013112.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>1774740.0</v>
+        <v>1977035.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>144988.0</v>
+        <v>153156.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>986110.0</v>
+        <v>1038708.0</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>562570.0</v>
+        <v>697047.0</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>55896.0</v>
+        <v>65565.0</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>25176.0</v>
+        <v>22560.0</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>40477.0</v>
+        <v>36077.0</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>22647.0</v>
+        <v>17932.0</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>17830.0</v>
+        <v>18145.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>Francia</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>1.9087662E7</v>
+        <v>1.9946997E7</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>1.7944881E7</v>
+        <v>1.8696386E7</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>1005612.0</v>
+        <v>1071674.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>1.0229374E7</v>
+        <v>1.0569127E7</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>5192949.0</v>
+        <v>5312862.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>1075125.0</v>
+        <v>1281695.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>441821.0</v>
+        <v>461028.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>1142780.0</v>
+        <v>1250611.0</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>586183.0</v>
+        <v>652390.0</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>556597.0</v>
+        <v>598221.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>Grecia</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>478278.0</v>
+        <v>497045.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>442503.0</v>
+        <v>456652.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>30542.0</v>
+        <v>32632.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>253439.0</v>
+        <v>263736.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>106172.0</v>
+        <v>95368.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>36477.0</v>
+        <v>48867.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>15873.0</v>
+        <v>16048.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>35776.0</v>
+        <v>40393.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>20590.0</v>
+        <v>20100.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>15185.0</v>
+        <v>20293.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>Irlanda</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>6553253.0</v>
+        <v>7367687.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>6419272.0</v>
+        <v>7188366.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>634176.0</v>
+        <v>732320.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>3856595.0</v>
+        <v>4355440.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>1626246.0</v>
+        <v>1803506.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>241508.0</v>
+        <v>235300.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>60747.0</v>
+        <v>61801.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>133981.0</v>
+        <v>179320.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>70136.0</v>
+        <v>107678.0</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>63845.0</v>
+        <v>71643.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>Italia</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>1.0028657E7</v>
+        <v>1.064813E7</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>9023838.0</v>
+        <v>9497788.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>477391.0</v>
+        <v>547929.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>4628974.0</v>
+        <v>4919338.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>2861590.0</v>
+        <v>2857380.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>714480.0</v>
+        <v>818733.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>341404.0</v>
+        <v>354409.0</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>1004818.0</v>
+        <v>1150342.0</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>561163.0</v>
+        <v>566122.0</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>443655.0</v>
+        <v>584220.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>Luxemburgo</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>479071.0</v>
+        <v>500239.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>468149.0</v>
+        <v>489204.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>95579.0</v>
+        <v>109215.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>290123.0</v>
+        <v>306128.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>65651.0</v>
+        <v>56157.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>10872.0</v>
+        <v>11356.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>5925.0</v>
+        <v>6349.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>10922.0</v>
+        <v>11036.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>5100.0</v>
+        <v>4559.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>5822.0</v>
+        <v>6477.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>Países Bajos</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>1.0368524E7</v>
+        <v>1.1342892E7</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>1.004977E7</v>
+        <v>1.0950799E7</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>736497.0</v>
+        <v>810617.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>5748245.0</v>
+        <v>6288647.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>2977492.0</v>
+        <v>3217445.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>410897.0</v>
+        <v>435356.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>176639.0</v>
+        <v>198734.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>318754.0</v>
+        <v>392093.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>177148.0</v>
+        <v>210667.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>141606.0</v>
+        <v>181426.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>Polonia</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>5473521.0</v>
+        <v>6457854.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>5311753.0</v>
+        <v>6260172.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>197851.0</v>
+        <v>230595.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>3184675.0</v>
+        <v>3784699.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>1683079.0</v>
+        <v>1922336.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>170887.0</v>
+        <v>241350.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>75260.0</v>
+        <v>81191.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>161768.0</v>
+        <v>197682.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>78452.0</v>
+        <v>89372.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>83315.0</v>
+        <v>108310.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>Portugal</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>5533127.0</v>
+        <v>5898572.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>5191098.0</v>
+        <v>5520397.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>219337.0</v>
+        <v>224757.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>2946225.0</v>
+        <v>3173489.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>1519155.0</v>
+        <v>1559494.0</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>363324.0</v>
+        <v>403763.0</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>143057.0</v>
+        <v>158894.0</v>
       </c>
       <c r="I24" s="14" t="n">
-        <v>342029.0</v>
+        <v>378175.0</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>180453.0</v>
+        <v>186679.0</v>
       </c>
       <c r="K24" s="14" t="n">
-        <v>161576.0</v>
+        <v>191495.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>República Checa</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>1688426.0</v>
+        <v>1760786.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>1632445.0</v>
+        <v>1694682.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>80158.0</v>
+        <v>81427.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>967616.0</v>
+        <v>983742.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>498363.0</v>
+        <v>529057.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>52999.0</v>
+        <v>70603.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>33309.0</v>
+        <v>29854.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>55981.0</v>
+        <v>66103.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>23893.0</v>
+        <v>30181.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>32088.0</v>
+        <v>35922.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>Suecia</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>4064230.0</v>
+        <v>4144127.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>3990544.0</v>
+        <v>4066133.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>325227.0</v>
+        <v>314814.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>2426163.0</v>
+        <v>2498163.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>1031876.0</v>
+        <v>1084438.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>157060.0</v>
+        <v>113523.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>50217.0</v>
+        <v>55194.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>73686.0</v>
+        <v>77995.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>34230.0</v>
+        <v>42356.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>39457.0</v>
+        <v>35639.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>Noruega</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>3043029.0</v>
+        <v>3042648.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>2997728.0</v>
+        <v>2978723.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>283458.0</v>
+        <v>284999.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>1708840.0</v>
+        <v>1798052.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>855588.0</v>
+        <v>776848.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>105370.0</v>
+        <v>73636.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>44471.0</v>
+        <v>45187.0</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>45301.0</v>
+        <v>63924.0</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>24094.0</v>
+        <v>27951.0</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>21207.0</v>
+        <v>35973.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>Reino Unido</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>5.7837438E7</v>
+        <v>6.0825739E7</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>5.7156518E7</v>
+        <v>6.0072417E7</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>5772759.0</v>
+        <v>6188291.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>3.3613638E7</v>
+        <v>3.6598902E7</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>1.5802389E7</v>
+        <v>1.5556101E7</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>1517853.0</v>
+        <v>1284273.0</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>449880.0</v>
+        <v>444850.0</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>680920.0</v>
+        <v>753322.0</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>322232.0</v>
+        <v>368154.0</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>358687.0</v>
+        <v>385168.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
           <t>Suiza</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>4240928.0</v>
+        <v>4357287.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>4120971.0</v>
+        <v>4210719.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>576358.0</v>
+        <v>612101.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>2481682.0</v>
+        <v>2562802.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>852106.0</v>
+        <v>788897.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>129324.0</v>
+        <v>157921.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>81501.0</v>
+        <v>88998.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>119957.0</v>
+        <v>146569.0</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>61935.0</v>
+        <v>71851.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>58022.0</v>
+        <v>74718.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>5718915.0</v>
+        <v>6424513.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>5395393.0</v>
+        <v>6055327.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>485505.0</v>
+        <v>516492.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>2939290.0</v>
+        <v>3348094.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>1575899.0</v>
+        <v>1706068.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>285729.0</v>
+        <v>376065.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>108970.0</v>
+        <v>108609.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>323522.0</v>
+        <v>369186.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>156162.0</v>
+        <v>176556.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>167360.0</v>
+        <v>192630.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
           <t>Japón</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>624323.0</v>
+        <v>803429.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>579197.0</v>
+        <v>740015.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>75407.0</v>
+        <v>93213.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>341481.0</v>
+        <v>444682.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>96929.0</v>
+        <v>131361.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>44205.0</v>
+        <v>44313.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>21175.0</v>
+        <v>26446.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>45126.0</v>
+        <v>63414.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>24209.0</v>
+        <v>41022.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>20917.0</v>
+        <v>22392.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>República China</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>1342469.0</v>
+        <v>2065729.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>1266787.0</v>
+        <v>1941772.0</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>172490.0</v>
+        <v>259640.0</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>778061.0</v>
+        <v>1259875.0</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>201412.0</v>
+        <v>292442.0</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>82432.0</v>
+        <v>89382.0</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>32393.0</v>
+        <v>40433.0</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>75681.0</v>
+        <v>123958.0</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>45717.0</v>
+        <v>65083.0</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>29964.0</v>
+        <v>58875.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="inlineStr">
         <is>
           <t>Estados Unidos</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>9467669.0</v>
+        <v>1.0761368E7</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>9014443.0</v>
+        <v>1.0217455E7</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>2067548.0</v>
+        <v>2444147.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>4960707.0</v>
+        <v>5555812.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>1521159.0</v>
+        <v>1572701.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>303555.0</v>
+        <v>423848.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>161474.0</v>
+        <v>220946.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>453226.0</v>
+        <v>543914.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>288145.0</v>
+        <v>301547.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>165081.0</v>
+        <v>242367.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
           <t>Resto de América</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>1.0422966E7</v>
+        <v>1.1204558E7</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>9188586.0</v>
+        <v>9843094.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>893692.0</v>
+        <v>1017794.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>4966915.0</v>
+        <v>5329957.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>2359927.0</v>
+        <v>2338598.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>624212.0</v>
+        <v>696843.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>343839.0</v>
+        <v>459902.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>1234380.0</v>
+        <v>1361464.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>669351.0</v>
+        <v>761230.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>565029.0</v>
+        <v>600234.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
           <t>Países africanos</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>2035455.0</v>
+        <v>2371293.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>1760543.0</v>
+        <v>2068797.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>136810.0</v>
+        <v>165228.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>847023.0</v>
+        <v>980476.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>506613.0</v>
+        <v>612454.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>169817.0</v>
+        <v>205406.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>100280.0</v>
+        <v>105233.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>274912.0</v>
+        <v>302496.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>118106.0</v>
+        <v>132841.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>156806.0</v>
+        <v>169654.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">