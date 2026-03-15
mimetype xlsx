--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -334,51 +334,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Pernoctaciones de los viajeros por país de residencia y categoría. </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: número</t>
+          <t>Units: número</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -1461,58 +1461,58 @@
       <c r="E35" s="14" t="n">
         <v>980476.0</v>
       </c>
       <c r="F35" s="14" t="n">
         <v>612454.0</v>
       </c>
       <c r="G35" s="14" t="n">
         <v>205406.0</v>
       </c>
       <c r="H35" s="14" t="n">
         <v>105233.0</v>
       </c>
       <c r="I35" s="14" t="n">
         <v>302496.0</v>
       </c>
       <c r="J35" s="14" t="n">
         <v>132841.0</v>
       </c>
       <c r="K35" s="14" t="n">
         <v>169654.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">