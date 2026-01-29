--- v0 (2025-10-23)
+++ v1 (2026-01-29)
@@ -426,141 +426,141 @@
         </is>
       </c>
       <c r="E8" s="7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F8" s="7" t="inlineStr">
         <is>
           <t>Residentes en España</t>
         </is>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t>Residentes en el extranjero</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>4754543.0</v>
+        <v>4342625.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>2149467.0</v>
+        <v>2074084.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>2605075.0</v>
+        <v>2268541.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>8630443.0</v>
+        <v>8226197.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>4322042.0</v>
+        <v>4144582.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>4308401.0</v>
+        <v>4081615.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Albergue Juvenil</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>960929.0</v>
+        <v>960116.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>661693.0</v>
+        <v>571979.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>299236.0</v>
+        <v>388137.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>2641584.0</v>
+        <v>2734771.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>1896537.0</v>
+        <v>1705269.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>745046.0</v>
+        <v>1029502.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Peregrinos del Camino de Santiago</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>508376.0</v>
+        <v>383797.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>159140.0</v>
+        <v>119606.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>349236.0</v>
+        <v>264192.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>508442.0</v>
+        <v>383856.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>159156.0</v>
+        <v>119652.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>349286.0</v>
+        <v>264204.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Albergue turístico</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>3285238.0</v>
+        <v>2998711.0</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>1328634.0</v>
+        <v>1382499.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>1956604.0</v>
+        <v>1616212.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>5480417.0</v>
+        <v>5107570.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>2266349.0</v>
+        <v>2319660.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>3214068.0</v>
+        <v>2787909.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">