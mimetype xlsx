--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -443,25885 +443,25881 @@
       </c>
       <c r="K7" s="6" t="inlineStr">
         <is>
           <t>Septiembre</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Octubre</t>
         </is>
       </c>
       <c r="M7" s="6" t="inlineStr">
         <is>
           <t>Noviembre</t>
         </is>
       </c>
       <c r="N7" s="6" t="inlineStr">
         <is>
           <t>Diciembre</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Total nacional</t>
+          <t>Total Nacional</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>3.46514836E8</v>
+        <v>3.63065079E8</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>1.5472477E7</v>
+        <v>1.6491597E7</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>1.6816547E7</v>
+        <v>1.8581766E7</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>2.0597741E7</v>
+        <v>2.4520234E7</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>2.8046754E7</v>
+        <v>2.7099375E7</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>3.2187667E7</v>
+        <v>3.570108E7</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>3.6255025E7</v>
+        <v>3.8185201E7</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>4.3109417E7</v>
+        <v>4.3918939E7</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>4.6695607E7</v>
+        <v>4.77606E7</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>3.7980229E7</v>
+        <v>3.8965938E7</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>3.2415687E7</v>
+        <v>3.3836772E7</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>1.9023828E7</v>
+        <v>1.9978052E7</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>1.7913857E7</v>
+        <v>1.8025526E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>1.21724866E8</v>
+        <v>1.22022962E8</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>5810812.0</v>
+        <v>5762176.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>6508332.0</v>
+        <v>6774732.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>8037671.0</v>
+        <v>9421644.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>1.074939E7</v>
+        <v>8884448.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>9784069.0</v>
+        <v>1.0623796E7</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>1.221607E7</v>
+        <v>1.2347782E7</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>1.5303797E7</v>
+        <v>1.4743902E7</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>1.7548462E7</v>
+        <v>1.7310199E7</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>1.1783151E7</v>
+        <v>1.1754777E7</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>9662174.0</v>
+        <v>9614409.0</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>6957475.0</v>
+        <v>7578414.0</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>7363463.0</v>
+        <v>7206683.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>2.2478997E8</v>
+        <v>2.41042117E8</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>9661665.0</v>
+        <v>1.0729421E7</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>1.0308214E7</v>
+        <v>1.1807033E7</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>1.2560069E7</v>
+        <v>1.5098591E7</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>1.7297363E7</v>
+        <v>1.8214927E7</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>2.2403599E7</v>
+        <v>2.5077285E7</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>2.4038955E7</v>
+        <v>2.5837418E7</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>2.780562E7</v>
+        <v>2.9175038E7</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>2.9147145E7</v>
+        <v>3.0450401E7</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>2.6197078E7</v>
+        <v>2.7211161E7</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>2.2753513E7</v>
+        <v>2.4222363E7</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>1.2066353E7</v>
+        <v>1.2399638E7</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>1.0550395E7</v>
+        <v>1.0818842E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>1.22372914E8</v>
+        <v>1.31240511E8</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>5300164.0</v>
+        <v>5768507.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>5724077.0</v>
+        <v>6418360.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>6716417.0</v>
+        <v>8279948.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>9865714.0</v>
+        <v>1.0110329E7</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>1.1917742E7</v>
+        <v>1.3564072E7</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>1.239711E7</v>
+        <v>1.33222E7</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>1.5088168E7</v>
+        <v>1.5912194E7</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>1.7061542E7</v>
+        <v>1.7885634E7</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>1.4214031E7</v>
+        <v>1.468677E7</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>1.2112928E7</v>
+        <v>1.3127641E7</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>6410179.0</v>
+        <v>6464159.0</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>5564842.0</v>
+        <v>5700696.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>3.9408371E7</v>
+        <v>4.2105076E7</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>1527076.0</v>
+        <v>1619813.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>1653987.0</v>
+        <v>1877629.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>2266807.0</v>
+        <v>2988329.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>3143902.0</v>
+        <v>3173927.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>4113960.0</v>
+        <v>4679079.0</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>4451013.0</v>
+        <v>4495932.0</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>4461214.0</v>
+        <v>4634009.0</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>4553050.0</v>
+        <v>4762987.0</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>5054810.0</v>
+        <v>5060994.0</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>4543616.0</v>
+        <v>4990492.0</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>2004674.0</v>
+        <v>2059727.0</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>1634262.0</v>
+        <v>1762158.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>2273848.0</v>
+        <v>2357390.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>95171.0</v>
+        <v>92645.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>109134.0</v>
+        <v>120959.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>112131.0</v>
+        <v>175027.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>194998.0</v>
+        <v>180398.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>260933.0</v>
+        <v>275395.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>230713.0</v>
+        <v>239892.0</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>289721.0</v>
+        <v>287432.0</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>299893.0</v>
+        <v>288816.0</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>260577.0</v>
+        <v>252528.0</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>212340.0</v>
+        <v>228695.0</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>121654.0</v>
+        <v>120820.0</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>86582.0</v>
+        <v>94783.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>6314099.0</v>
+        <v>6781527.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>293555.0</v>
+        <v>299887.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>311754.0</v>
+        <v>337289.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>335966.0</v>
+        <v>397927.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>475320.0</v>
+        <v>567835.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>674756.0</v>
+        <v>669474.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>522825.0</v>
+        <v>593618.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>981631.0</v>
+        <v>1002153.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>724555.0</v>
+        <v>779611.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>727586.0</v>
+        <v>765868.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>582917.0</v>
+        <v>667351.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>357727.0</v>
+        <v>354049.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>325506.0</v>
+        <v>346465.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>2985062.0</v>
+        <v>3051418.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>208137.0</v>
+        <v>212932.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>243113.0</v>
+        <v>253438.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>258925.0</v>
+        <v>312051.0</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>250101.0</v>
+        <v>211984.0</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>206370.0</v>
+        <v>224753.0</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>195181.0</v>
+        <v>183623.0</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>411921.0</v>
+        <v>418355.0</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>261526.0</v>
+        <v>242740.0</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>234939.0</v>
+        <v>265161.0</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>323420.0</v>
+        <v>342420.0</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>213538.0</v>
+        <v>214629.0</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>177892.0</v>
+        <v>169332.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>1815218.0</v>
+        <v>2013112.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>175225.0</v>
+        <v>226174.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>179528.0</v>
+        <v>227853.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>196226.0</v>
+        <v>259651.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>139428.0</v>
+        <v>153349.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>85167.0</v>
+        <v>119642.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>84245.0</v>
+        <v>94121.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>87327.0</v>
+        <v>84936.0</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>55414.0</v>
+        <v>48713.0</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>94416.0</v>
+        <v>103152.0</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>219136.0</v>
+        <v>229977.0</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>274594.0</v>
+        <v>256344.0</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>224511.0</v>
+        <v>209200.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>1.9087662E7</v>
+        <v>1.9946997E7</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>634540.0</v>
+        <v>672760.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>830127.0</v>
+        <v>822411.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>840882.0</v>
+        <v>947890.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>1737664.0</v>
+        <v>1810575.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>2214128.0</v>
+        <v>2408540.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>1665248.0</v>
+        <v>1738308.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>2378675.0</v>
+        <v>2434299.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>3530465.0</v>
+        <v>3672995.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>1963100.0</v>
+        <v>2025526.0</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>1847246.0</v>
+        <v>1974407.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>741958.0</v>
+        <v>739763.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>703630.0</v>
+        <v>699522.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>478278.0</v>
+        <v>497045.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>26684.0</v>
+        <v>29472.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>35046.0</v>
+        <v>43229.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>39390.0</v>
+        <v>47870.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>51925.0</v>
+        <v>39844.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>35980.0</v>
+        <v>45805.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>38133.0</v>
+        <v>44327.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>44515.0</v>
+        <v>46679.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>50242.0</v>
+        <v>47355.0</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>37638.0</v>
+        <v>39821.0</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>41673.0</v>
+        <v>40204.0</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>38322.0</v>
+        <v>37005.0</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>38730.0</v>
+        <v>35434.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>6553253.0</v>
+        <v>7367687.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>267148.0</v>
+        <v>342315.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>270757.0</v>
+        <v>331926.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>309428.0</v>
+        <v>403321.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>526043.0</v>
+        <v>555977.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>681894.0</v>
+        <v>834469.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>805595.0</v>
+        <v>924775.0</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>843580.0</v>
+        <v>928180.0</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>781883.0</v>
+        <v>841733.0</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>797076.0</v>
+        <v>887047.0</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>667551.0</v>
+        <v>721429.0</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>334179.0</v>
+        <v>326619.0</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>268118.0</v>
+        <v>269896.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>1.0028657E7</v>
+        <v>1.064813E7</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>541879.0</v>
+        <v>580111.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>481940.0</v>
+        <v>547433.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>575925.0</v>
+        <v>689604.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>739851.0</v>
+        <v>815504.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>773655.0</v>
+        <v>870893.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>966271.0</v>
+        <v>1006385.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>1240864.0</v>
+        <v>1292013.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>1903428.0</v>
+        <v>1976847.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>1013267.0</v>
+        <v>1033443.0</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>714811.0</v>
+        <v>756382.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>543701.0</v>
+        <v>546979.0</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>533064.0</v>
+        <v>532534.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>479071.0</v>
+        <v>500239.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>25938.0</v>
+        <v>24692.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>24972.0</v>
+        <v>25070.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>26364.0</v>
+        <v>28907.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>43066.0</v>
+        <v>51774.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>41755.0</v>
+        <v>52960.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>43178.0</v>
+        <v>40071.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>46482.0</v>
+        <v>41968.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>69858.0</v>
+        <v>71971.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>63599.0</v>
+        <v>65117.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>41327.0</v>
+        <v>41671.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>25420.0</v>
+        <v>28405.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>27113.0</v>
+        <v>27633.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>1.0368524E7</v>
+        <v>1.1342892E7</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>432709.0</v>
+        <v>490405.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>424906.0</v>
+        <v>535759.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>502268.0</v>
+        <v>548953.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>829492.0</v>
+        <v>800419.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>1041196.0</v>
+        <v>1317658.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>1055908.0</v>
+        <v>1192836.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>1329781.0</v>
+        <v>1531236.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>1620348.0</v>
+        <v>1595899.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>1266504.0</v>
+        <v>1322227.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>1013787.0</v>
+        <v>1073474.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>453594.0</v>
+        <v>509889.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>398031.0</v>
+        <v>424135.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>5473521.0</v>
+        <v>6457854.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>239561.0</v>
+        <v>324211.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>269603.0</v>
+        <v>345291.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>254447.0</v>
+        <v>337971.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>353756.0</v>
+        <v>415012.0</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>506833.0</v>
+        <v>635901.0</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>637338.0</v>
+        <v>817385.0</v>
       </c>
       <c r="I24" s="14" t="n">
-        <v>782672.0</v>
+        <v>867696.0</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>704398.0</v>
+        <v>854384.0</v>
       </c>
       <c r="K24" s="14" t="n">
-        <v>718880.0</v>
+        <v>806570.0</v>
       </c>
       <c r="L24" s="14" t="n">
-        <v>498379.0</v>
+        <v>519815.0</v>
       </c>
       <c r="M24" s="14" t="n">
-        <v>271071.0</v>
+        <v>280421.0</v>
       </c>
       <c r="N24" s="14" t="n">
-        <v>236583.0</v>
+        <v>253198.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>5533127.0</v>
+        <v>5898572.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>163786.0</v>
+        <v>173563.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>229762.0</v>
+        <v>225585.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>208726.0</v>
+        <v>252192.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>462595.0</v>
+        <v>414060.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>326122.0</v>
+        <v>368470.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>570429.0</v>
+        <v>673196.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>775471.0</v>
+        <v>857672.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>1227651.0</v>
+        <v>1340439.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>777119.0</v>
+        <v>791923.0</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>344079.0</v>
+        <v>352814.0</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>193958.0</v>
+        <v>217299.0</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>253428.0</v>
+        <v>231359.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>1688426.0</v>
+        <v>1760786.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>41228.0</v>
+        <v>45007.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>60120.0</v>
+        <v>80508.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>78385.0</v>
+        <v>91955.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>115556.0</v>
+        <v>103079.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>155442.0</v>
+        <v>143096.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>210186.0</v>
+        <v>246586.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>285777.0</v>
+        <v>284236.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>233771.0</v>
+        <v>226512.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>234488.0</v>
+        <v>249027.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>148694.0</v>
+        <v>169577.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>75003.0</v>
+        <v>67874.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>49777.0</v>
+        <v>53328.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>4064230.0</v>
+        <v>4144127.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>356138.0</v>
+        <v>348892.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>311636.0</v>
+        <v>331212.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>371908.0</v>
+        <v>386929.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>323088.0</v>
+        <v>319171.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>300940.0</v>
+        <v>313346.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>299690.0</v>
+        <v>336816.0</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>366800.0</v>
+        <v>388025.0</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>289605.0</v>
+        <v>292734.0</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>315575.0</v>
+        <v>289411.0</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>378622.0</v>
+        <v>429052.0</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>426545.0</v>
+        <v>389653.0</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>323683.0</v>
+        <v>318886.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>3043029.0</v>
+        <v>3042648.0</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>216925.0</v>
+        <v>233547.0</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>257487.0</v>
+        <v>295299.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>296387.0</v>
+        <v>321027.0</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>237343.0</v>
+        <v>206647.0</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>197613.0</v>
+        <v>195409.0</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>237382.0</v>
+        <v>224055.0</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>389425.0</v>
+        <v>371003.0</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>196179.0</v>
+        <v>169840.0</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>219403.0</v>
+        <v>225980.0</v>
       </c>
       <c r="L28" s="14" t="n">
-        <v>323588.0</v>
+        <v>334131.0</v>
       </c>
       <c r="M28" s="14" t="n">
-        <v>278288.0</v>
+        <v>273069.0</v>
       </c>
       <c r="N28" s="14" t="n">
-        <v>193009.0</v>
+        <v>192640.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>5.7837438E7</v>
+        <v>6.0825739E7</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>2120727.0</v>
+        <v>2453646.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>2358247.0</v>
+        <v>2669132.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>2958064.0</v>
+        <v>3429706.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>3816795.0</v>
+        <v>4205971.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>6286436.0</v>
+        <v>6727915.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>7098445.0</v>
+        <v>7538958.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>7244055.0</v>
+        <v>7466689.0</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>7488102.0</v>
+        <v>7664524.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>7237750.0</v>
+        <v>7272079.0</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>6003348.0</v>
+        <v>6112425.0</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>2749562.0</v>
+        <v>2800713.0</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>2475906.0</v>
+        <v>2483982.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>4240928.0</v>
+        <v>4357287.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>133371.0</v>
+        <v>136162.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>167744.0</v>
+        <v>173917.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>189149.0</v>
+        <v>236051.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>377899.0</v>
+        <v>377703.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>418745.0</v>
+        <v>416899.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>403316.0</v>
+        <v>417611.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>677205.0</v>
+        <v>689153.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>466034.0</v>
+        <v>441191.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>498617.0</v>
+        <v>544148.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>556985.0</v>
+        <v>576866.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>197897.0</v>
+        <v>189233.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>153965.0</v>
+        <v>158354.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>5718915.0</v>
+        <v>6424513.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>358726.0</v>
+        <v>317735.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>311507.0</v>
+        <v>354319.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>367971.0</v>
+        <v>417999.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>458938.0</v>
+        <v>453193.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>455061.0</v>
+        <v>573307.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>619570.0</v>
+        <v>694017.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>771119.0</v>
+        <v>848980.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>678895.0</v>
+        <v>768201.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>583423.0</v>
+        <v>769960.0</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>481729.0</v>
+        <v>580408.0</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>324109.0</v>
+        <v>338473.0</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>307868.0</v>
+        <v>307922.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>624323.0</v>
+        <v>803429.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>28375.0</v>
+        <v>48896.0</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>41741.0</v>
+        <v>67149.0</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>43846.0</v>
+        <v>70076.0</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>46060.0</v>
+        <v>65484.0</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>52327.0</v>
+        <v>73489.0</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>50878.0</v>
+        <v>71862.0</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>48075.0</v>
+        <v>56999.0</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>57167.0</v>
+        <v>67038.0</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>74408.0</v>
+        <v>80798.0</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>68240.0</v>
+        <v>72687.0</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>58834.0</v>
+        <v>62103.0</v>
       </c>
       <c r="N32" s="14" t="n">
-        <v>54371.0</v>
+        <v>66849.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>1342469.0</v>
+        <v>2065729.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>62453.0</v>
+        <v>104750.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>73328.0</v>
+        <v>190743.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>91083.0</v>
+        <v>147944.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>101631.0</v>
+        <v>173283.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>93948.0</v>
+        <v>195573.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>123938.0</v>
+        <v>186780.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>126401.0</v>
+        <v>187217.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>116192.0</v>
+        <v>167018.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>133744.0</v>
+        <v>186865.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>163138.0</v>
+        <v>211087.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>118889.0</v>
+        <v>159147.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>137722.0</v>
+        <v>155322.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>9467669.0</v>
+        <v>1.0761368E7</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>324555.0</v>
+        <v>388082.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>348808.0</v>
+        <v>428198.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>666163.0</v>
+        <v>799937.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>808101.0</v>
+        <v>962398.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>1027692.0</v>
+        <v>1235243.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>1155467.0</v>
+        <v>1334877.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>1101227.0</v>
+        <v>1204142.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>814906.0</v>
+        <v>936141.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>1075129.0</v>
+        <v>1176953.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>1044392.0</v>
+        <v>1126877.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>628841.0</v>
+        <v>679941.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>472389.0</v>
+        <v>488580.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>1.0422966E7</v>
+        <v>1.1204558E7</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>572576.0</v>
+        <v>651403.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>508716.0</v>
+        <v>598121.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>628363.0</v>
+        <v>795450.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>859247.0</v>
+        <v>869388.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>1080435.0</v>
+        <v>1154750.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>1020623.0</v>
+        <v>1078862.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>1153428.0</v>
+        <v>1239501.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>1085803.0</v>
+        <v>1110025.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>1151327.0</v>
+        <v>1231176.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>1088466.0</v>
+        <v>1151690.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>689288.0</v>
+        <v>726792.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>584694.0</v>
+        <v>597401.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>2035455.0</v>
+        <v>2371293.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>136874.0</v>
+        <v>156419.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>119220.0</v>
+        <v>140255.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>129576.0</v>
+        <v>111547.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>110000.0</v>
+        <v>152146.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>152833.0</v>
+        <v>175594.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>152289.0</v>
+        <v>185544.0</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>251678.0</v>
+        <v>294009.0</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>321296.0</v>
+        <v>402719.0</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>187205.0</v>
+        <v>221882.0</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>188778.0</v>
+        <v>187527.0</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>140759.0</v>
+        <v>158898.0</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>144946.0</v>
+        <v>184751.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
       <c r="G37" s="6"/>
       <c r="H37" s="6"/>
       <c r="I37" s="6"/>
       <c r="J37" s="6"/>
       <c r="K37" s="6"/>
       <c r="L37" s="6"/>
       <c r="M37" s="6"/>
       <c r="N37" s="6"/>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>5.4208694E7</v>
+        <v>5.660339E7</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>2093794.0</v>
+        <v>2326205.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>2551524.0</v>
+        <v>2998691.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>3361190.0</v>
+        <v>4211220.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>4825981.0</v>
+        <v>4820554.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>5089138.0</v>
+        <v>5654996.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>5606917.0</v>
+        <v>5821636.0</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>6589030.0</v>
+        <v>6596411.0</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>7427401.0</v>
+        <v>7371761.0</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>5995077.0</v>
+        <v>6077011.0</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>5094430.0</v>
+        <v>5141230.0</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>2939322.0</v>
+        <v>3068171.0</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>2634889.0</v>
+        <v>2515502.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>2.5559395E7</v>
+        <v>2.5272273E7</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>1052987.0</v>
+        <v>1017475.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>1313951.0</v>
+        <v>1373288.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>1583785.0</v>
+        <v>1938428.0</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>2140172.0</v>
+        <v>1898961.0</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>1978466.0</v>
+        <v>2253979.0</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>2649406.0</v>
+        <v>2645841.0</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>3610922.0</v>
+        <v>3441439.0</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>4158487.0</v>
+        <v>3985472.0</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>2586139.0</v>
+        <v>2512737.0</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>1817115.0</v>
+        <v>1665690.0</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>1279040.0</v>
+        <v>1294175.0</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>1388925.0</v>
+        <v>1244788.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>2.8649299E7</v>
+        <v>3.1331116E7</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>1040807.0</v>
+        <v>1308731.0</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>1237573.0</v>
+        <v>1625402.0</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>1777406.0</v>
+        <v>2272792.0</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>2685809.0</v>
+        <v>2921593.0</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>3110671.0</v>
+        <v>3401017.0</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>2957511.0</v>
+        <v>3175795.0</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>2978108.0</v>
+        <v>3154973.0</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>3268914.0</v>
+        <v>3386289.0</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>3408937.0</v>
+        <v>3564274.0</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>3277315.0</v>
+        <v>3475540.0</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>1660282.0</v>
+        <v>1773996.0</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>1245964.0</v>
+        <v>1270713.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>1.5757861E7</v>
+        <v>1.7144009E7</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>561917.0</v>
+        <v>684110.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>686853.0</v>
+        <v>850024.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>945504.0</v>
+        <v>1216110.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>1492138.0</v>
+        <v>1621654.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>1695525.0</v>
+        <v>1843043.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>1586173.0</v>
+        <v>1713031.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>1624488.0</v>
+        <v>1757016.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>1917765.0</v>
+        <v>2006615.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>1898896.0</v>
+        <v>1972822.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>1796649.0</v>
+        <v>1889484.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>899265.0</v>
+        <v>940809.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>652686.0</v>
+        <v>649291.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>3186981.0</v>
+        <v>3475718.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>85843.0</v>
+        <v>97203.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>105273.0</v>
+        <v>136886.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>210251.0</v>
+        <v>266086.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>318381.0</v>
+        <v>318194.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>400587.0</v>
+        <v>461550.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>357028.0</v>
+        <v>388006.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>272721.0</v>
+        <v>282040.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>272538.0</v>
+        <v>284584.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>460094.0</v>
+        <v>478986.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>468247.0</v>
+        <v>505803.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>146879.0</v>
+        <v>158310.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>89140.0</v>
+        <v>98070.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>210343.0</v>
+        <v>240782.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>7803.0</v>
+        <v>8957.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>10332.0</v>
+        <v>15041.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>13930.0</v>
+        <v>23873.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>23877.0</v>
+        <v>27343.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>24741.0</v>
+        <v>24287.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>17352.0</v>
+        <v>19786.0</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>17185.0</v>
+        <v>19094.0</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>16533.0</v>
+        <v>18798.0</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>24534.0</v>
+        <v>23149.0</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>28248.0</v>
+        <v>33477.0</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>16240.0</v>
+        <v>15804.0</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>9567.0</v>
+        <v>11175.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>1045841.0</v>
+        <v>1100558.0</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>38660.0</v>
+        <v>42685.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>48424.0</v>
+        <v>59067.0</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>67132.0</v>
+        <v>73293.0</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>91035.0</v>
+        <v>101090.0</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>122901.0</v>
+        <v>114936.0</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>91658.0</v>
+        <v>99727.0</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>133174.0</v>
+        <v>132890.0</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>110158.0</v>
+        <v>111216.0</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>119138.0</v>
+        <v>123515.0</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>113335.0</v>
+        <v>119787.0</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>64254.0</v>
+        <v>67783.0</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>45972.0</v>
+        <v>54569.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>515015.0</v>
+        <v>492161.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>20972.0</v>
+        <v>22987.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>33081.0</v>
+        <v>36586.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>49083.0</v>
+        <v>62891.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>49442.0</v>
+        <v>42351.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>46126.0</v>
+        <v>36873.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>37646.0</v>
+        <v>28815.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>64210.0</v>
+        <v>59111.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>47966.0</v>
+        <v>40138.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>50410.0</v>
+        <v>45477.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>63441.0</v>
+        <v>59193.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>32687.0</v>
+        <v>42146.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>19951.0</v>
+        <v>15595.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>465334.0</v>
+        <v>575294.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>21654.0</v>
+        <v>54326.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>28008.0</v>
+        <v>55748.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>35718.0</v>
+        <v>73009.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>39079.0</v>
+        <v>57912.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>25727.0</v>
+        <v>37220.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>19392.0</v>
+        <v>20776.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>23658.0</v>
+        <v>20665.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>16118.0</v>
+        <v>15325.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>35684.0</v>
+        <v>38926.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>69233.0</v>
+        <v>73026.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>92523.0</v>
+        <v>77687.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>58539.0</v>
+        <v>50676.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>2596020.0</v>
+        <v>2490163.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>70495.0</v>
+        <v>82780.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>106297.0</v>
+        <v>114813.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>126488.0</v>
+        <v>142508.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>282108.0</v>
+        <v>278842.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>337812.0</v>
+        <v>304757.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>243771.0</v>
+        <v>212973.0</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>276783.0</v>
+        <v>250630.0</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>405814.0</v>
+        <v>383029.0</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>276986.0</v>
+        <v>259525.0</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>275884.0</v>
+        <v>270334.0</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>103663.0</v>
+        <v>105177.0</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>89918.0</v>
+        <v>84794.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>51492.0</v>
+        <v>56831.0</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>2076.0</v>
+        <v>3145.0</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>3047.0</v>
+        <v>3485.0</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>3691.0</v>
+        <v>4003.0</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>4342.0</v>
+        <v>4765.0</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>5609.0</v>
+        <v>7093.0</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>5204.0</v>
+        <v>5651.0</v>
       </c>
       <c r="I48" s="14" t="n">
-        <v>5065.0</v>
+        <v>5582.0</v>
       </c>
       <c r="J48" s="14" t="n">
-        <v>6537.0</v>
+        <v>6066.0</v>
       </c>
       <c r="K48" s="14" t="n">
-        <v>4331.0</v>
+        <v>4672.0</v>
       </c>
       <c r="L48" s="14" t="n">
-        <v>3529.0</v>
+        <v>5054.0</v>
       </c>
       <c r="M48" s="14" t="n">
-        <v>3909.0</v>
+        <v>4617.0</v>
       </c>
       <c r="N48" s="14" t="n">
-        <v>4151.0</v>
+        <v>2698.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>1340527.0</v>
+        <v>1524229.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>29548.0</v>
+        <v>49058.0</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>43948.0</v>
+        <v>58126.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>56323.0</v>
+        <v>93841.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>117552.0</v>
+        <v>146384.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>158171.0</v>
+        <v>189262.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>175123.0</v>
+        <v>180148.0</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>164315.0</v>
+        <v>176829.0</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>149254.0</v>
+        <v>163123.0</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>173969.0</v>
+        <v>196015.0</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>158080.0</v>
+        <v>163915.0</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>69451.0</v>
+        <v>64057.0</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>44793.0</v>
+        <v>43471.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>1232944.0</v>
+        <v>1397283.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>81323.0</v>
+        <v>93660.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>61595.0</v>
+        <v>73144.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>79916.0</v>
+        <v>97782.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>118879.0</v>
+        <v>138308.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>113900.0</v>
+        <v>135189.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>101385.0</v>
+        <v>118032.0</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>108271.0</v>
+        <v>121812.0</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>179530.0</v>
+        <v>190510.0</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>112787.0</v>
+        <v>118785.0</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>110065.0</v>
+        <v>131252.0</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>78066.0</v>
+        <v>94976.0</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>87228.0</v>
+        <v>83833.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>78150.0</v>
+        <v>90118.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>3107.0</v>
+        <v>3263.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>2593.0</v>
+        <v>4072.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>4273.0</v>
+        <v>5947.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>8621.0</v>
+        <v>9646.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>7109.0</v>
+        <v>9583.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>8379.0</v>
+        <v>8723.0</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>7375.0</v>
+        <v>7755.0</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>11447.0</v>
+        <v>11520.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>11129.0</v>
+        <v>12438.0</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>5957.0</v>
+        <v>8043.0</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>3533.0</v>
+        <v>4928.0</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>4627.0</v>
+        <v>4199.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>1627511.0</v>
+        <v>1792496.0</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>78949.0</v>
+        <v>87742.0</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>83877.0</v>
+        <v>100124.0</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>108210.0</v>
+        <v>118907.0</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>143422.0</v>
+        <v>155807.0</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>190693.0</v>
+        <v>207156.0</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>172378.0</v>
+        <v>186549.0</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>146822.0</v>
+        <v>180245.0</v>
       </c>
       <c r="J52" s="14" t="n">
-        <v>188522.0</v>
+        <v>196172.0</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>193160.0</v>
+        <v>205103.0</v>
       </c>
       <c r="L52" s="14" t="n">
-        <v>171061.0</v>
+        <v>186935.0</v>
       </c>
       <c r="M52" s="14" t="n">
-        <v>89839.0</v>
+        <v>95210.0</v>
       </c>
       <c r="N52" s="14" t="n">
-        <v>60576.0</v>
+        <v>72545.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>678697.0</v>
+        <v>785013.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>25075.0</v>
+        <v>29014.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>25413.0</v>
+        <v>42191.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>26088.0</v>
+        <v>49909.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>37946.0</v>
+        <v>51612.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>67572.0</v>
+        <v>86307.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>93201.0</v>
+        <v>102098.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>88338.0</v>
+        <v>101177.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>86466.0</v>
+        <v>97601.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>93744.0</v>
+        <v>96607.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>73984.0</v>
+        <v>70264.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>37112.0</v>
+        <v>36563.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>23759.0</v>
+        <v>21669.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>1146423.0</v>
+        <v>1343072.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>23584.0</v>
+        <v>26944.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>43514.0</v>
+        <v>40653.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>33458.0</v>
+        <v>42147.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>107778.0</v>
+        <v>123624.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>54402.0</v>
+        <v>65074.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>133161.0</v>
+        <v>173161.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>157465.0</v>
+        <v>219299.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>276733.0</v>
+        <v>341013.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>180511.0</v>
+        <v>191424.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>67919.0</v>
+        <v>56373.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>28048.0</v>
+        <v>31121.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>39849.0</v>
+        <v>32239.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>227583.0</v>
+        <v>259311.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>5855.0</v>
+        <v>6294.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>10351.0</v>
+        <v>17287.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>10006.0</v>
+        <v>14546.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>20724.0</v>
+        <v>16677.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>18809.0</v>
+        <v>19852.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>24987.0</v>
+        <v>38075.0</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>36571.0</v>
+        <v>43959.0</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>36785.0</v>
+        <v>32673.0</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>31104.0</v>
+        <v>33223.0</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>15569.0</v>
+        <v>22194.0</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>10797.0</v>
+        <v>9158.0</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>6025.0</v>
+        <v>5374.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>613897.0</v>
+        <v>657085.0</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>34491.0</v>
+        <v>36065.0</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>46792.0</v>
+        <v>53947.0</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>77387.0</v>
+        <v>84246.0</v>
       </c>
       <c r="F56" s="14" t="n">
-        <v>56599.0</v>
+        <v>64895.0</v>
       </c>
       <c r="G56" s="14" t="n">
-        <v>48404.0</v>
+        <v>51430.0</v>
       </c>
       <c r="H56" s="14" t="n">
-        <v>33871.0</v>
+        <v>36542.0</v>
       </c>
       <c r="I56" s="14" t="n">
-        <v>43097.0</v>
+        <v>47539.0</v>
       </c>
       <c r="J56" s="14" t="n">
-        <v>35528.0</v>
+        <v>27401.0</v>
       </c>
       <c r="K56" s="14" t="n">
-        <v>46264.0</v>
+        <v>49989.0</v>
       </c>
       <c r="L56" s="14" t="n">
-        <v>82812.0</v>
+        <v>85729.0</v>
       </c>
       <c r="M56" s="14" t="n">
-        <v>75120.0</v>
+        <v>84357.0</v>
       </c>
       <c r="N56" s="14" t="n">
-        <v>33531.0</v>
+        <v>34942.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>380517.0</v>
+        <v>356974.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>15361.0</v>
+        <v>16539.0</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>28540.0</v>
+        <v>34697.0</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>50980.0</v>
+        <v>45734.0</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>39038.0</v>
+        <v>33773.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>31729.0</v>
+        <v>31442.0</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>24485.0</v>
+        <v>23950.0</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>29243.0</v>
+        <v>32783.0</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>18681.0</v>
+        <v>15426.0</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>31473.0</v>
+        <v>29320.0</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>54977.0</v>
+        <v>47415.0</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>40843.0</v>
+        <v>32639.0</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>15167.0</v>
+        <v>13255.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>6558492.0</v>
+        <v>6827936.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>162236.0</v>
+        <v>218558.0</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>232900.0</v>
+        <v>329577.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>353651.0</v>
+        <v>484910.0</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>583881.0</v>
+        <v>618672.0</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>801016.0</v>
+        <v>839815.0</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>795254.0</v>
+        <v>793636.0</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>720096.0</v>
+        <v>674145.0</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>752191.0</v>
+        <v>689149.0</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>868600.0</v>
+        <v>873786.0</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>766898.0</v>
+        <v>766957.0</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>303109.0</v>
+        <v>317111.0</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>218661.0</v>
+        <v>221622.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>460995.0</v>
+        <v>491270.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>16206.0</v>
+        <v>17521.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>20173.0</v>
+        <v>26343.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>29488.0</v>
+        <v>38065.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>51800.0</v>
+        <v>58943.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>52265.0</v>
+        <v>51566.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>37489.0</v>
+        <v>41727.0</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>47559.0</v>
+        <v>46377.0</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>40298.0</v>
+        <v>33698.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>51571.0</v>
+        <v>56674.0</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>69914.0</v>
+        <v>76371.0</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>25551.0</v>
+        <v>24528.0</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>18683.0</v>
+        <v>19457.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>593199.0</v>
+        <v>721376.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>32498.0</v>
+        <v>31992.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>30142.0</v>
+        <v>37539.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>43511.0</v>
+        <v>49962.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>72560.0</v>
+        <v>76272.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>57665.0</v>
+        <v>62390.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>50585.0</v>
+        <v>63023.0</v>
       </c>
       <c r="I60" s="14" t="n">
-        <v>62027.0</v>
+        <v>80227.0</v>
       </c>
       <c r="J60" s="14" t="n">
-        <v>58444.0</v>
+        <v>69609.0</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>56932.0</v>
+        <v>73449.0</v>
       </c>
       <c r="L60" s="14" t="n">
-        <v>61722.0</v>
+        <v>81803.0</v>
       </c>
       <c r="M60" s="14" t="n">
-        <v>35078.0</v>
+        <v>58272.0</v>
       </c>
       <c r="N60" s="14" t="n">
-        <v>32034.0</v>
+        <v>36837.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>94006.0</v>
+        <v>117295.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>5424.0</v>
+        <v>7274.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>5644.0</v>
+        <v>9258.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>6320.0</v>
+        <v>9736.0</v>
       </c>
       <c r="F61" s="14" t="n">
+        <v>10621.0</v>
+      </c>
+      <c r="G61" s="14" t="n">
+        <v>10334.0</v>
+      </c>
+      <c r="H61" s="14" t="n">
+        <v>11637.0</v>
+      </c>
+      <c r="I61" s="14" t="n">
         <v>6933.0</v>
       </c>
-      <c r="G61" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="J61" s="14" t="n">
-        <v>7082.0</v>
+        <v>9239.0</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>10723.0</v>
+        <v>10015.0</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>10099.0</v>
+        <v>11440.0</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>9542.0</v>
+        <v>11719.0</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>8179.0</v>
+        <v>9088.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>189982.0</v>
+        <v>355468.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>8029.0</v>
+        <v>17262.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>5390.0</v>
+        <v>34034.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>9177.0</v>
+        <v>23263.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>11952.0</v>
+        <v>27629.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>13398.0</v>
+        <v>35246.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>17414.0</v>
+        <v>32536.0</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>15866.0</v>
+        <v>29506.0</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>15638.0</v>
+        <v>24566.0</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>21316.0</v>
+        <v>31837.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>27622.0</v>
+        <v>45903.0</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>21281.0</v>
+        <v>28719.0</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>22897.0</v>
+        <v>24966.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>1468590.0</v>
+        <v>1694687.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>59930.0</v>
+        <v>73755.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>63938.0</v>
+        <v>76337.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>125318.0</v>
+        <v>139930.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>148996.0</v>
+        <v>173029.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>158810.0</v>
+        <v>195712.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>161523.0</v>
+        <v>188300.0</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>130997.0</v>
+        <v>156937.0</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>99803.0</v>
+        <v>112046.0</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>157983.0</v>
+        <v>164491.0</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>172296.0</v>
+        <v>203129.0</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>102731.0</v>
+        <v>122081.0</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>86266.0</v>
+        <v>88941.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>1435135.0</v>
+        <v>1649254.0</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>79292.0</v>
+        <v>100534.0</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>83340.0</v>
+        <v>115852.0</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>106821.0</v>
+        <v>153569.0</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>144929.0</v>
+        <v>157306.0</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>150955.0</v>
+        <v>166555.0</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>125141.0</v>
+        <v>143361.0</v>
       </c>
       <c r="I64" s="14" t="n">
-        <v>125993.0</v>
+        <v>135577.0</v>
       </c>
       <c r="J64" s="14" t="n">
-        <v>122931.0</v>
+        <v>129160.0</v>
       </c>
       <c r="K64" s="14" t="n">
-        <v>149903.0</v>
+        <v>167936.0</v>
       </c>
       <c r="L64" s="14" t="n">
-        <v>168705.0</v>
+        <v>189030.0</v>
       </c>
       <c r="M64" s="14" t="n">
-        <v>103672.0</v>
+        <v>110505.0</v>
       </c>
       <c r="N64" s="14" t="n">
-        <v>73452.0</v>
+        <v>79869.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>492284.0</v>
+        <v>638037.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>31771.0</v>
+        <v>47717.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>24104.0</v>
+        <v>33057.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>26720.0</v>
+        <v>22941.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>24972.0</v>
+        <v>40695.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>34715.0</v>
+        <v>41953.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>33985.0</v>
+        <v>43230.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>71886.0</v>
+        <v>87893.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>101385.0</v>
+        <v>147140.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>44051.0</v>
+        <v>51688.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>31886.0</v>
+        <v>39424.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>31601.0</v>
+        <v>33143.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>35207.0</v>
+        <v>49154.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="6" t="inlineStr">
         <is>
-          <t>Aragón</t>
+          <t>02 Aragón</t>
         </is>
       </c>
       <c r="B66" s="6"/>
       <c r="C66" s="6"/>
       <c r="D66" s="6"/>
       <c r="E66" s="6"/>
       <c r="F66" s="6"/>
       <c r="G66" s="6"/>
       <c r="H66" s="6"/>
       <c r="I66" s="6"/>
       <c r="J66" s="6"/>
       <c r="K66" s="6"/>
       <c r="L66" s="6"/>
       <c r="M66" s="6"/>
       <c r="N66" s="6"/>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>5617761.0</v>
+        <v>5847628.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>351386.0</v>
+        <v>368859.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>429848.0</v>
+        <v>430297.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>446323.0</v>
+        <v>534966.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>496459.0</v>
+        <v>407798.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>410077.0</v>
+        <v>482872.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>461109.0</v>
+        <v>493063.0</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>579478.0</v>
+        <v>594237.0</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>703435.0</v>
+        <v>735470.0</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>508972.0</v>
+        <v>520809.0</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>493302.0</v>
+        <v>502538.0</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>355638.0</v>
+        <v>391826.0</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>381735.0</v>
+        <v>384892.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
-        <v>4466351.0</v>
+        <v>4578367.0</v>
       </c>
       <c r="C68" s="14" t="n">
-        <v>298673.0</v>
+        <v>307278.0</v>
       </c>
       <c r="D68" s="14" t="n">
-        <v>359031.0</v>
+        <v>347543.0</v>
       </c>
       <c r="E68" s="14" t="n">
-        <v>371136.0</v>
+        <v>452442.0</v>
       </c>
       <c r="F68" s="14" t="n">
-        <v>407635.0</v>
+        <v>307044.0</v>
       </c>
       <c r="G68" s="14" t="n">
-        <v>293627.0</v>
+        <v>358106.0</v>
       </c>
       <c r="H68" s="14" t="n">
-        <v>352130.0</v>
+        <v>376307.0</v>
       </c>
       <c r="I68" s="14" t="n">
-        <v>446206.0</v>
+        <v>462006.0</v>
       </c>
       <c r="J68" s="14" t="n">
-        <v>558243.0</v>
+        <v>583309.0</v>
       </c>
       <c r="K68" s="14" t="n">
-        <v>392578.0</v>
+        <v>384476.0</v>
       </c>
       <c r="L68" s="14" t="n">
-        <v>388461.0</v>
+        <v>377799.0</v>
       </c>
       <c r="M68" s="14" t="n">
-        <v>281042.0</v>
+        <v>303940.0</v>
       </c>
       <c r="N68" s="14" t="n">
-        <v>317589.0</v>
+        <v>318115.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>1151410.0</v>
+        <v>1269261.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>52713.0</v>
+        <v>61581.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>70817.0</v>
+        <v>82755.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>75187.0</v>
+        <v>82523.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>88824.0</v>
+        <v>100754.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>116450.0</v>
+        <v>124766.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>108979.0</v>
+        <v>116756.0</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>133272.0</v>
+        <v>132232.0</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>145191.0</v>
+        <v>152160.0</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>116394.0</v>
+        <v>136333.0</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>104840.0</v>
+        <v>124739.0</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>74596.0</v>
+        <v>87886.0</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>64146.0</v>
+        <v>66777.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>682189.0</v>
+        <v>725687.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>26035.0</v>
+        <v>32903.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>43973.0</v>
+        <v>50657.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>44887.0</v>
+        <v>48577.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>53921.0</v>
+        <v>55564.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>67811.0</v>
+        <v>71711.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>63058.0</v>
+        <v>64041.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>83909.0</v>
+        <v>81963.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>100148.0</v>
+        <v>104417.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>68418.0</v>
+        <v>76202.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>57695.0</v>
+        <v>66223.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>40102.0</v>
+        <v>41195.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>32234.0</v>
+        <v>32235.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>68473.0</v>
+        <v>71212.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>2018.0</v>
+        <v>3084.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>4655.0</v>
+        <v>5561.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>5354.0</v>
+        <v>5736.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>5398.0</v>
+        <v>4730.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>6090.0</v>
+        <v>7936.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>7471.0</v>
+        <v>6775.0</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>7442.0</v>
+        <v>7080.0</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>7859.0</v>
+        <v>6847.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>9087.0</v>
+        <v>10038.0</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>6328.0</v>
+        <v>6351.0</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>4243.0</v>
+        <v>4292.0</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>2530.0</v>
+        <v>2784.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>6718.0</v>
+        <v>6414.0</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>252.0</v>
+        <v>204.0</v>
       </c>
       <c r="D72" s="14" t="n">
-        <v>424.0</v>
+        <v>215.0</v>
       </c>
       <c r="E72" s="14" t="n">
-        <v>355.0</v>
+        <v>300.0</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>624.0</v>
+        <v>373.0</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>851.0</v>
+        <v>823.0</v>
       </c>
       <c r="H72" s="14" t="n">
-        <v>702.0</v>
+        <v>820.0</v>
       </c>
       <c r="I72" s="14" t="n">
-        <v>746.0</v>
+        <v>1012.0</v>
       </c>
       <c r="J72" s="14" t="n">
-        <v>525.0</v>
+        <v>422.0</v>
       </c>
       <c r="K72" s="14" t="n">
-        <v>781.0</v>
+        <v>807.0</v>
       </c>
       <c r="L72" s="14" t="n">
-        <v>639.0</v>
+        <v>615.0</v>
       </c>
       <c r="M72" s="14" t="n">
-        <v>688.0</v>
+        <v>514.0</v>
       </c>
       <c r="N72" s="14" t="n">
-        <v>133.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>35929.0</v>
+        <v>35278.0</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>741.0</v>
+        <v>603.0</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>1009.0</v>
+        <v>1199.0</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>1223.0</v>
+        <v>2137.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>1911.0</v>
+        <v>3236.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>4118.0</v>
+        <v>3409.0</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>2701.0</v>
+        <v>2647.0</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>7642.0</v>
+        <v>7222.0</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>5624.0</v>
+        <v>5145.0</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>5265.0</v>
+        <v>3558.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>2938.0</v>
+        <v>3118.0</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>1784.0</v>
+        <v>2062.0</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>971.0</v>
+        <v>942.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>5038.0</v>
+        <v>7102.0</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>168.0</v>
+        <v>614.0</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>403.0</v>
+        <v>314.0</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>586.0</v>
+        <v>640.0</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>282.0</v>
+        <v>506.0</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>484.0</v>
+        <v>758.0</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>703.0</v>
+        <v>489.0</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>854.0</v>
+        <v>1081.0</v>
       </c>
       <c r="J74" s="14" t="n">
-        <v>375.0</v>
+        <v>514.0</v>
       </c>
       <c r="K74" s="14" t="n">
-        <v>377.0</v>
+        <v>701.0</v>
       </c>
       <c r="L74" s="14" t="n">
-        <v>273.0</v>
+        <v>542.0</v>
       </c>
       <c r="M74" s="14" t="n">
-        <v>246.0</v>
+        <v>794.0</v>
       </c>
       <c r="N74" s="14" t="n">
-        <v>288.0</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>4110.0</v>
+        <v>5087.0</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>210.0</v>
+        <v>142.0</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>103.0</v>
+        <v>273.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>318.0</v>
+        <v>343.0</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>340.0</v>
+        <v>372.0</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>303.0</v>
+        <v>882.0</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>329.0</v>
+        <v>383.0</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>325.0</v>
+        <v>485.0</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>197.0</v>
+        <v>118.0</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>257.0</v>
+        <v>546.0</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>537.0</v>
+        <v>657.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>958.0</v>
+        <v>781.0</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>232.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>260358.0</v>
+        <v>278138.0</v>
       </c>
       <c r="C76" s="14" t="n">
-        <v>6884.0</v>
+        <v>8168.0</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>14573.0</v>
+        <v>17372.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>13067.0</v>
+        <v>15215.0</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>22687.0</v>
+        <v>22026.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>30704.0</v>
+        <v>29387.0</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>25533.0</v>
+        <v>25834.0</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>34623.0</v>
+        <v>31900.0</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>47421.0</v>
+        <v>50076.0</v>
       </c>
       <c r="K76" s="14" t="n">
-        <v>23670.0</v>
+        <v>28223.0</v>
       </c>
       <c r="L76" s="14" t="n">
-        <v>20248.0</v>
+        <v>26824.0</v>
       </c>
       <c r="M76" s="14" t="n">
-        <v>10092.0</v>
+        <v>12216.0</v>
       </c>
       <c r="N76" s="14" t="n">
-        <v>10857.0</v>
+        <v>10895.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>3285.0</v>
+        <v>3387.0</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>128.0</v>
+        <v>152.0</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>107.0</v>
+        <v>221.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>280.0</v>
+        <v>243.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>165.0</v>
+        <v>430.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>408.0</v>
+        <v>454.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>258.0</v>
+        <v>175.0</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>476.0</v>
+        <v>282.0</v>
       </c>
       <c r="J77" s="14" t="n">
-        <v>134.0</v>
+        <v>254.0</v>
       </c>
       <c r="K77" s="14" t="n">
-        <v>566.0</v>
+        <v>294.0</v>
       </c>
       <c r="L77" s="14" t="n">
-        <v>336.0</v>
+        <v>244.0</v>
       </c>
       <c r="M77" s="14" t="n">
-        <v>224.0</v>
+        <v>338.0</v>
       </c>
       <c r="N77" s="14" t="n">
-        <v>203.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>12112.0</v>
+        <v>15724.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>590.0</v>
+        <v>539.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>593.0</v>
+        <v>743.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>828.0</v>
+        <v>781.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>867.0</v>
+        <v>1468.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>1398.0</v>
+        <v>1770.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>1230.0</v>
+        <v>1355.0</v>
       </c>
       <c r="I78" s="14" t="n">
-        <v>1154.0</v>
+        <v>1499.0</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>1699.0</v>
+        <v>1582.0</v>
       </c>
       <c r="K78" s="14" t="n">
-        <v>1557.0</v>
+        <v>2753.0</v>
       </c>
       <c r="L78" s="14" t="n">
-        <v>965.0</v>
+        <v>1542.0</v>
       </c>
       <c r="M78" s="14" t="n">
-        <v>792.0</v>
+        <v>1021.0</v>
       </c>
       <c r="N78" s="14" t="n">
-        <v>440.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>90495.0</v>
+        <v>100854.0</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>5285.0</v>
+        <v>6291.0</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>6290.0</v>
+        <v>6772.0</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>6054.0</v>
+        <v>6868.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>5755.0</v>
+        <v>8183.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>6942.0</v>
+        <v>8020.0</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>7267.0</v>
+        <v>9155.0</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>10038.0</v>
+        <v>9747.0</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>14632.0</v>
+        <v>17533.0</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>8000.0</v>
+        <v>8929.0</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>9466.0</v>
+        <v>7434.0</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>6316.0</v>
+        <v>6703.0</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>4448.0</v>
+        <v>5218.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
-        <v>1056.0</v>
-[...5 lines deleted...]
-        <v>27.0</v>
+        <v>1381.0</v>
+      </c>
+      <c r="C80" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D80" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E80" s="14" t="n">
-        <v>68.0</v>
+        <v>41.0</v>
       </c>
       <c r="F80" s="14" t="n">
-        <v>78.0</v>
+        <v>278.0</v>
       </c>
       <c r="G80" s="14" t="n">
-        <v>127.0</v>
+        <v>59.0</v>
       </c>
       <c r="H80" s="14" t="n">
-        <v>145.0</v>
+        <v>235.0</v>
       </c>
       <c r="I80" s="14" t="n">
-        <v>82.0</v>
+        <v>182.0</v>
       </c>
       <c r="J80" s="14" t="n">
-        <v>276.0</v>
+        <v>209.0</v>
       </c>
       <c r="K80" s="14" t="n">
-        <v>47.0</v>
+        <v>70.0</v>
       </c>
       <c r="L80" s="14" t="n">
-        <v>70.0</v>
+        <v>62.0</v>
       </c>
       <c r="M80" s="14" t="n">
-        <v>65.0</v>
+        <v>130.0</v>
       </c>
       <c r="N80" s="14" t="n">
-        <v>43.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>41188.0</v>
+        <v>45069.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>1027.0</v>
+        <v>1497.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>1430.0</v>
+        <v>1411.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>2523.0</v>
+        <v>1867.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>2977.0</v>
+        <v>3075.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>4170.0</v>
+        <v>5059.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>4513.0</v>
+        <v>4927.0</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>6626.0</v>
+        <v>6802.0</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>6147.0</v>
+        <v>6761.0</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>5494.0</v>
+        <v>6742.0</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>3135.0</v>
+        <v>3591.0</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>1827.0</v>
+        <v>2054.0</v>
       </c>
       <c r="N81" s="14" t="n">
-        <v>1318.0</v>
+        <v>1281.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>17797.0</v>
+        <v>17507.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>740.0</v>
+        <v>1326.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>817.0</v>
+        <v>1022.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>1337.0</v>
+        <v>990.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>1403.0</v>
+        <v>1592.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>3334.0</v>
+        <v>1955.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>991.0</v>
+        <v>1281.0</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>1360.0</v>
+        <v>1883.0</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>1831.0</v>
+        <v>1222.0</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>2372.0</v>
+        <v>2145.0</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>1413.0</v>
+        <v>1219.0</v>
       </c>
       <c r="M82" s="14" t="n">
-        <v>1342.0</v>
+        <v>1772.0</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>858.0</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>68412.0</v>
+        <v>67081.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>3772.0</v>
+        <v>5505.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>9015.0</v>
+        <v>9668.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>7957.0</v>
+        <v>7462.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>6213.0</v>
+        <v>3872.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>4206.0</v>
+        <v>4760.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>6813.0</v>
+        <v>4618.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>6342.0</v>
+        <v>5172.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>7856.0</v>
+        <v>7311.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>5176.0</v>
+        <v>4732.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>3171.0</v>
+        <v>6437.0</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>3426.0</v>
+        <v>3570.0</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>4463.0</v>
+        <v>3975.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>4735.0</v>
+        <v>6021.0</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>265.0</v>
+        <v>210.0</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>183.0</v>
+        <v>274.0</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>474.0</v>
+        <v>352.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>434.0</v>
+        <v>424.0</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>373.0</v>
+        <v>945.0</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>449.0</v>
+        <v>415.0</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>444.0</v>
+        <v>1788.0</v>
       </c>
       <c r="J84" s="14" t="n">
-        <v>437.0</v>
+        <v>307.0</v>
       </c>
       <c r="K84" s="14" t="n">
-        <v>378.0</v>
+        <v>409.0</v>
       </c>
       <c r="L84" s="14" t="n">
-        <v>609.0</v>
+        <v>427.0</v>
       </c>
       <c r="M84" s="14" t="n">
-        <v>442.0</v>
+        <v>200.0</v>
       </c>
       <c r="N84" s="14" t="n">
-        <v>248.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>6241.0</v>
+        <v>7082.0</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>250.0</v>
+        <v>705.0</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>389.0</v>
+        <v>699.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>459.0</v>
+        <v>375.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>924.0</v>
+        <v>427.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>567.0</v>
+        <v>398.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>418.0</v>
+        <v>572.0</v>
       </c>
       <c r="I85" s="14" t="n">
-        <v>623.0</v>
+        <v>1032.0</v>
       </c>
       <c r="J85" s="14" t="n">
-        <v>473.0</v>
+        <v>301.0</v>
       </c>
       <c r="K85" s="14" t="n">
-        <v>776.0</v>
+        <v>944.0</v>
       </c>
       <c r="L85" s="14" t="n">
-        <v>645.0</v>
+        <v>701.0</v>
       </c>
       <c r="M85" s="14" t="n">
-        <v>445.0</v>
+        <v>500.0</v>
       </c>
       <c r="N85" s="14" t="n">
-        <v>273.0</v>
+        <v>429.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>4991.0</v>
+        <v>5000.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>273.0</v>
+        <v>190.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>188.0</v>
+        <v>173.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>305.0</v>
+        <v>872.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>256.0</v>
+        <v>347.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>402.0</v>
+        <v>283.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>466.0</v>
+        <v>428.0</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>737.0</v>
+        <v>646.0</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>350.0</v>
+        <v>287.0</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>514.0</v>
+        <v>599.0</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>579.0</v>
+        <v>521.0</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>740.0</v>
+        <v>462.0</v>
       </c>
       <c r="N86" s="14" t="n">
-        <v>180.0</v>
+        <v>193.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>87742.0</v>
+        <v>94061.0</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>2473.0</v>
+        <v>2419.0</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>6070.0</v>
+        <v>7190.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>4640.0</v>
+        <v>5859.0</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>5805.0</v>
+        <v>6601.0</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>12135.0</v>
+        <v>9748.0</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>10978.0</v>
+        <v>10082.0</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>8899.0</v>
+        <v>12502.0</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>8135.0</v>
+        <v>8225.0</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>10875.0</v>
+        <v>13488.0</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>10855.0</v>
+        <v>8840.0</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>4004.0</v>
+        <v>5975.0</v>
       </c>
       <c r="N87" s="14" t="n">
-        <v>2872.0</v>
+        <v>3132.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B88" s="14" t="n">
-        <v>13388.0</v>
+        <v>14481.0</v>
       </c>
       <c r="C88" s="14" t="n">
-        <v>233.0</v>
+        <v>328.0</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>425.0</v>
+        <v>424.0</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>669.0</v>
+        <v>975.0</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>1164.0</v>
+        <v>1216.0</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>1880.0</v>
+        <v>1493.0</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>1635.0</v>
+        <v>1347.0</v>
       </c>
       <c r="I88" s="14" t="n">
-        <v>1819.0</v>
+        <v>1874.0</v>
       </c>
       <c r="J88" s="14" t="n">
-        <v>1189.0</v>
+        <v>971.0</v>
       </c>
       <c r="K88" s="14" t="n">
-        <v>1464.0</v>
+        <v>1830.0</v>
       </c>
       <c r="L88" s="14" t="n">
-        <v>1714.0</v>
+        <v>2088.0</v>
       </c>
       <c r="M88" s="14" t="n">
-        <v>638.0</v>
+        <v>901.0</v>
       </c>
       <c r="N88" s="14" t="n">
-        <v>558.0</v>
+        <v>1035.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>38064.0</v>
+        <v>39529.0</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>4211.0</v>
+        <v>2704.0</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>2972.0</v>
+        <v>2451.0</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>2592.0</v>
+        <v>3473.0</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>3163.0</v>
+        <v>3723.0</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>2972.0</v>
+        <v>3728.0</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>3356.0</v>
+        <v>3195.0</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>3524.0</v>
+        <v>4089.0</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>3962.0</v>
+        <v>3847.0</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>3792.0</v>
+        <v>2593.0</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>2846.0</v>
+        <v>3472.0</v>
       </c>
       <c r="M89" s="14" t="n">
-        <v>2411.0</v>
+        <v>3280.0</v>
       </c>
       <c r="N89" s="14" t="n">
-        <v>2263.0</v>
+        <v>2976.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>4545.0</v>
+        <v>6669.0</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>262.0</v>
+        <v>330.0</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>297.0</v>
+        <v>283.0</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>317.0</v>
+        <v>385.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>386.0</v>
+        <v>429.0</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>350.0</v>
+        <v>723.0</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>781.0</v>
+        <v>927.0</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>424.0</v>
+        <v>906.0</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>271.0</v>
+        <v>685.0</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>570.0</v>
+        <v>450.0</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>566.0</v>
+        <v>496.0</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>151.0</v>
+        <v>664.0</v>
       </c>
       <c r="N90" s="14" t="n">
-        <v>171.0</v>
+        <v>391.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>22141.0</v>
+        <v>32053.0</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>470.0</v>
+        <v>1884.0</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>565.0</v>
+        <v>2084.0</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>1331.0</v>
+        <v>1945.0</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>1368.0</v>
+        <v>4009.0</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>1908.0</v>
+        <v>4056.0</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>2202.0</v>
+        <v>2690.0</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>2195.0</v>
+        <v>1593.0</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>2477.0</v>
+        <v>1479.0</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>2133.0</v>
+        <v>2537.0</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>1995.0</v>
+        <v>4048.0</v>
       </c>
       <c r="M91" s="14" t="n">
-        <v>3350.0</v>
+        <v>4065.0</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>2147.0</v>
+        <v>1664.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>64602.0</v>
+        <v>75017.0</v>
       </c>
       <c r="C92" s="14" t="n">
-        <v>3213.0</v>
+        <v>3015.0</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>2469.0</v>
+        <v>2867.0</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>3533.0</v>
+        <v>4315.0</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>4032.0</v>
+        <v>6999.0</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>9140.0</v>
+        <v>7938.0</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>7378.0</v>
+        <v>8612.0</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>5782.0</v>
+        <v>6801.0</v>
       </c>
       <c r="J92" s="14" t="n">
-        <v>5466.0</v>
+        <v>6202.0</v>
       </c>
       <c r="K92" s="14" t="n">
-        <v>6937.0</v>
+        <v>9065.0</v>
       </c>
       <c r="L92" s="14" t="n">
-        <v>7726.0</v>
+        <v>8882.0</v>
       </c>
       <c r="M92" s="14" t="n">
-        <v>4664.0</v>
+        <v>5804.0</v>
       </c>
       <c r="N92" s="14" t="n">
-        <v>4261.0</v>
+        <v>4515.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>129836.0</v>
+        <v>130993.0</v>
       </c>
       <c r="C93" s="14" t="n">
-        <v>9343.0</v>
+        <v>7970.0</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>8047.0</v>
+        <v>8621.0</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>10096.0</v>
+        <v>9098.0</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>11962.0</v>
+        <v>10262.0</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>12396.0</v>
+        <v>12358.0</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>10532.0</v>
+        <v>13019.0</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>15140.0</v>
+        <v>10488.0</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>11290.0</v>
+        <v>12056.0</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>11630.0</v>
+        <v>13157.0</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>11234.0</v>
+        <v>13063.0</v>
       </c>
       <c r="M93" s="14" t="n">
-        <v>8579.0</v>
+        <v>9956.0</v>
       </c>
       <c r="N93" s="14" t="n">
-        <v>9587.0</v>
+        <v>10942.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>23854.0</v>
+        <v>44274.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>1982.0</v>
+        <v>2361.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>2680.0</v>
+        <v>2380.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>2132.0</v>
+        <v>2212.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>1123.0</v>
+        <v>2432.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>1710.0</v>
+        <v>2658.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>1562.0</v>
+        <v>3385.0</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>2575.0</v>
+        <v>3941.0</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>2247.0</v>
+        <v>3507.0</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>1572.0</v>
+        <v>6278.0</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>1528.0</v>
+        <v>6381.0</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>2733.0</v>
+        <v>5998.0</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>2008.0</v>
+        <v>2741.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="6" t="inlineStr">
         <is>
-          <t>Asturias, Principado de</t>
+          <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B95" s="6"/>
       <c r="C95" s="6"/>
       <c r="D95" s="6"/>
       <c r="E95" s="6"/>
       <c r="F95" s="6"/>
       <c r="G95" s="6"/>
       <c r="H95" s="6"/>
       <c r="I95" s="6"/>
       <c r="J95" s="6"/>
       <c r="K95" s="6"/>
       <c r="L95" s="6"/>
       <c r="M95" s="6"/>
       <c r="N95" s="6"/>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>4007995.0</v>
+        <v>4056638.0</v>
       </c>
       <c r="C96" s="14" t="n">
-        <v>129908.0</v>
+        <v>152091.0</v>
       </c>
       <c r="D96" s="14" t="n">
-        <v>151137.0</v>
+        <v>159474.0</v>
       </c>
       <c r="E96" s="14" t="n">
-        <v>202551.0</v>
+        <v>273705.0</v>
       </c>
       <c r="F96" s="14" t="n">
-        <v>346887.0</v>
+        <v>268607.0</v>
       </c>
       <c r="G96" s="14" t="n">
-        <v>303196.0</v>
+        <v>333059.0</v>
       </c>
       <c r="H96" s="14" t="n">
-        <v>401535.0</v>
+        <v>398451.0</v>
       </c>
       <c r="I96" s="14" t="n">
-        <v>575891.0</v>
+        <v>555140.0</v>
       </c>
       <c r="J96" s="14" t="n">
-        <v>673828.0</v>
+        <v>690386.0</v>
       </c>
       <c r="K96" s="14" t="n">
-        <v>471988.0</v>
+        <v>475669.0</v>
       </c>
       <c r="L96" s="14" t="n">
-        <v>355879.0</v>
+        <v>333175.0</v>
       </c>
       <c r="M96" s="14" t="n">
-        <v>198943.0</v>
+        <v>224474.0</v>
       </c>
       <c r="N96" s="14" t="n">
-        <v>196251.0</v>
+        <v>192408.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>3262839.0</v>
+        <v>3302084.0</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>109756.0</v>
+        <v>123419.0</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>128762.0</v>
+        <v>135722.0</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>168454.0</v>
+        <v>235322.0</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>293621.0</v>
+        <v>213113.0</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>219341.0</v>
+        <v>252457.0</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>304186.0</v>
+        <v>312030.0</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>480679.0</v>
+        <v>457010.0</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>567528.0</v>
+        <v>584340.0</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>364664.0</v>
+        <v>365295.0</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>286221.0</v>
+        <v>264773.0</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>166971.0</v>
+        <v>192813.0</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>172656.0</v>
+        <v>165790.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>745156.0</v>
+        <v>754554.0</v>
       </c>
       <c r="C98" s="14" t="n">
-        <v>20152.0</v>
+        <v>28671.0</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>22375.0</v>
+        <v>23753.0</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>34098.0</v>
+        <v>38383.0</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>53266.0</v>
+        <v>55494.0</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>83855.0</v>
+        <v>80602.0</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>97349.0</v>
+        <v>86421.0</v>
       </c>
       <c r="I98" s="14" t="n">
-        <v>95212.0</v>
+        <v>98130.0</v>
       </c>
       <c r="J98" s="14" t="n">
-        <v>106300.0</v>
+        <v>106045.0</v>
       </c>
       <c r="K98" s="14" t="n">
-        <v>107324.0</v>
+        <v>110375.0</v>
       </c>
       <c r="L98" s="14" t="n">
-        <v>69659.0</v>
+        <v>68402.0</v>
       </c>
       <c r="M98" s="14" t="n">
-        <v>31972.0</v>
+        <v>31661.0</v>
       </c>
       <c r="N98" s="14" t="n">
-        <v>23594.0</v>
+        <v>26618.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>402531.0</v>
+        <v>400547.0</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>9027.0</v>
+        <v>12566.0</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>11140.0</v>
+        <v>10256.0</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>17427.0</v>
+        <v>15912.0</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>30350.0</v>
+        <v>29544.0</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>45398.0</v>
+        <v>41811.0</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>54190.0</v>
+        <v>45957.0</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>54557.0</v>
+        <v>53420.0</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>67029.0</v>
+        <v>70018.0</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>55917.0</v>
+        <v>61031.0</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>34347.0</v>
+        <v>34528.0</v>
       </c>
       <c r="M99" s="14" t="n">
-        <v>12893.0</v>
+        <v>15396.0</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>10253.0</v>
+        <v>10108.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>66478.0</v>
+        <v>65669.0</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>1086.0</v>
+        <v>1215.0</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>1020.0</v>
+        <v>1496.0</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>2352.0</v>
+        <v>1994.0</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>4779.0</v>
+        <v>5077.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>9944.0</v>
+        <v>8526.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>8905.0</v>
+        <v>10017.0</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>9348.0</v>
+        <v>7896.0</v>
       </c>
       <c r="J100" s="14" t="n">
-        <v>7968.0</v>
+        <v>8652.0</v>
       </c>
       <c r="K100" s="14" t="n">
-        <v>12598.0</v>
+        <v>12396.0</v>
       </c>
       <c r="L100" s="14" t="n">
-        <v>6197.0</v>
+        <v>5333.0</v>
       </c>
       <c r="M100" s="14" t="n">
-        <v>1431.0</v>
+        <v>1773.0</v>
       </c>
       <c r="N100" s="14" t="n">
-        <v>850.0</v>
+        <v>1296.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>6375.0</v>
+        <v>6963.0</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>155.0</v>
+        <v>185.0</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>194.0</v>
+        <v>114.0</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>176.0</v>
+        <v>225.0</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>264.0</v>
+        <v>611.0</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>773.0</v>
+        <v>779.0</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>940.0</v>
+        <v>1721.0</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>1160.0</v>
+        <v>867.0</v>
       </c>
       <c r="J101" s="14" t="n">
-        <v>813.0</v>
+        <v>1142.0</v>
       </c>
       <c r="K101" s="14" t="n">
-        <v>1034.0</v>
+        <v>659.0</v>
       </c>
       <c r="L101" s="14" t="n">
-        <v>479.0</v>
+        <v>432.0</v>
       </c>
       <c r="M101" s="14" t="n">
-        <v>225.0</v>
+        <v>183.0</v>
       </c>
       <c r="N101" s="14" t="n">
-        <v>162.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>21016.0</v>
+        <v>21764.0</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>345.0</v>
+        <v>887.0</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>559.0</v>
+        <v>375.0</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>903.0</v>
+        <v>898.0</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>1189.0</v>
+        <v>1435.0</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>2831.0</v>
+        <v>1713.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>1567.0</v>
+        <v>2304.0</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>4073.0</v>
+        <v>4664.0</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>3793.0</v>
+        <v>3764.0</v>
       </c>
       <c r="K102" s="14" t="n">
-        <v>3468.0</v>
+        <v>3227.0</v>
       </c>
       <c r="L102" s="14" t="n">
-        <v>1185.0</v>
+        <v>1310.0</v>
       </c>
       <c r="M102" s="14" t="n">
-        <v>516.0</v>
+        <v>757.0</v>
       </c>
       <c r="N102" s="14" t="n">
-        <v>589.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>4879.0</v>
+        <v>4603.0</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>65.0</v>
+        <v>255.0</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>75.0</v>
+        <v>102.0</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>99.0</v>
+        <v>187.0</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>237.0</v>
+        <v>278.0</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>573.0</v>
+        <v>649.0</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>437.0</v>
+        <v>677.0</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>1324.0</v>
+        <v>987.0</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>388.0</v>
+        <v>553.0</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>957.0</v>
+        <v>329.0</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>614.0</v>
+        <v>371.0</v>
       </c>
       <c r="M103" s="14" t="n">
+        <v>137.0</v>
+      </c>
+      <c r="N103" s="14" t="n">
         <v>78.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>33.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B104" s="14" t="n">
-        <v>3304.0</v>
+        <v>1965.0</v>
       </c>
       <c r="C104" s="14" t="n">
-        <v>38.0</v>
+        <v>181.0</v>
       </c>
       <c r="D104" s="14" t="n">
-        <v>39.0</v>
+        <v>64.0</v>
       </c>
       <c r="E104" s="14" t="n">
-        <v>204.0</v>
+        <v>110.0</v>
       </c>
       <c r="F104" s="14" t="n">
-        <v>273.0</v>
+        <v>330.0</v>
       </c>
       <c r="G104" s="14" t="n">
-        <v>442.0</v>
+        <v>180.0</v>
       </c>
       <c r="H104" s="14" t="n">
-        <v>230.0</v>
+        <v>363.0</v>
       </c>
       <c r="I104" s="14" t="n">
-        <v>341.0</v>
+        <v>145.0</v>
       </c>
       <c r="J104" s="14" t="n">
-        <v>173.0</v>
+        <v>64.0</v>
       </c>
       <c r="K104" s="14" t="n">
-        <v>175.0</v>
+        <v>196.0</v>
       </c>
       <c r="L104" s="14" t="n">
-        <v>293.0</v>
+        <v>198.0</v>
       </c>
       <c r="M104" s="14" t="n">
-        <v>953.0</v>
+        <v>79.0</v>
       </c>
       <c r="N104" s="14" t="n">
-        <v>142.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>68918.0</v>
+        <v>69208.0</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>1788.0</v>
+        <v>2366.0</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>2304.0</v>
+        <v>1559.0</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>2647.0</v>
+        <v>2253.0</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>4682.0</v>
+        <v>5538.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>7631.0</v>
+        <v>8195.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>8373.0</v>
+        <v>6825.0</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>9734.0</v>
+        <v>9830.0</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>14567.0</v>
+        <v>14127.0</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>8611.0</v>
+        <v>10006.0</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>4925.0</v>
+        <v>4848.0</v>
       </c>
       <c r="M105" s="14" t="n">
-        <v>1957.0</v>
+        <v>2213.0</v>
       </c>
       <c r="N105" s="14" t="n">
-        <v>1699.0</v>
+        <v>1449.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>2930.0</v>
+        <v>2564.0</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>69.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>38.0</v>
+      </c>
+      <c r="D106" s="14" t="n">
+        <v>143.0</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>85.0</v>
+        <v>163.0</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>389.0</v>
+        <v>377.0</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>442.0</v>
+        <v>368.0</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>165.0</v>
+        <v>159.0</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>197.0</v>
+        <v>359.0</v>
       </c>
       <c r="J106" s="14" t="n">
-        <v>575.0</v>
+        <v>292.0</v>
       </c>
       <c r="K106" s="14" t="n">
-        <v>451.0</v>
+        <v>444.0</v>
       </c>
       <c r="L106" s="14" t="n">
-        <v>349.0</v>
+        <v>74.0</v>
       </c>
       <c r="M106" s="14" t="n">
-        <v>140.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>53.0</v>
+      </c>
+      <c r="N106" s="14" t="n">
+        <v>93.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>17967.0</v>
+        <v>14309.0</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>379.0</v>
+        <v>583.0</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>417.0</v>
+        <v>271.0</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>466.0</v>
+        <v>656.0</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>1092.0</v>
+        <v>652.0</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>1702.0</v>
+        <v>1803.0</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>2694.0</v>
+        <v>2478.0</v>
       </c>
       <c r="I107" s="14" t="n">
-        <v>2888.0</v>
+        <v>1724.0</v>
       </c>
       <c r="J107" s="14" t="n">
-        <v>2065.0</v>
+        <v>1638.0</v>
       </c>
       <c r="K107" s="14" t="n">
-        <v>3959.0</v>
+        <v>2472.0</v>
       </c>
       <c r="L107" s="14" t="n">
-        <v>1700.0</v>
+        <v>1512.0</v>
       </c>
       <c r="M107" s="14" t="n">
-        <v>295.0</v>
+        <v>258.0</v>
       </c>
       <c r="N107" s="14" t="n">
-        <v>310.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>51937.0</v>
+        <v>55756.0</v>
       </c>
       <c r="C108" s="14" t="n">
-        <v>1352.0</v>
+        <v>1912.0</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>1056.0</v>
+        <v>1243.0</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>1426.0</v>
+        <v>2271.0</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>3837.0</v>
+        <v>4300.0</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>4411.0</v>
+        <v>4550.0</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>7606.0</v>
+        <v>4550.0</v>
       </c>
       <c r="I108" s="14" t="n">
-        <v>7924.0</v>
+        <v>8010.0</v>
       </c>
       <c r="J108" s="14" t="n">
-        <v>13105.0</v>
+        <v>16366.0</v>
       </c>
       <c r="K108" s="14" t="n">
-        <v>5344.0</v>
+        <v>5443.0</v>
       </c>
       <c r="L108" s="14" t="n">
-        <v>2584.0</v>
+        <v>2705.0</v>
       </c>
       <c r="M108" s="14" t="n">
-        <v>1724.0</v>
+        <v>2954.0</v>
       </c>
       <c r="N108" s="14" t="n">
-        <v>1567.0</v>
+        <v>1452.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>1167.0</v>
-[...12 lines deleted...]
-        <v>48.0</v>
+        <v>637.0</v>
+      </c>
+      <c r="C109" s="14" t="n">
+        <v>97.0</v>
+      </c>
+      <c r="D109" s="14" t="n">
+        <v>79.0</v>
+      </c>
+      <c r="E109" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F109" s="14" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="G109" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="G109" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H109" s="14" t="n">
-        <v>308.0</v>
+        <v>91.0</v>
       </c>
       <c r="I109" s="14" t="n">
-        <v>322.0</v>
+        <v>22.0</v>
       </c>
       <c r="J109" s="14" t="n">
-        <v>218.0</v>
+        <v>77.0</v>
       </c>
       <c r="K109" s="14" t="n">
-        <v>97.0</v>
+        <v>131.0</v>
       </c>
       <c r="L109" s="14" t="n">
-        <v>55.0</v>
+        <v>27.0</v>
       </c>
       <c r="M109" s="14" t="n">
-        <v>33.0</v>
+        <v>26.0</v>
       </c>
       <c r="N109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>35371.0</v>
+        <v>34153.0</v>
       </c>
       <c r="C110" s="14" t="n">
-        <v>537.0</v>
+        <v>693.0</v>
       </c>
       <c r="D110" s="14" t="n">
-        <v>585.0</v>
+        <v>806.0</v>
       </c>
       <c r="E110" s="14" t="n">
-        <v>1370.0</v>
+        <v>857.0</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>2295.0</v>
+        <v>2007.0</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>3759.0</v>
+        <v>4127.0</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>5876.0</v>
+        <v>5003.0</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>5112.0</v>
+        <v>4910.0</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>5332.0</v>
+        <v>5808.0</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>6278.0</v>
+        <v>6270.0</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>2758.0</v>
+        <v>2063.0</v>
       </c>
       <c r="M110" s="14" t="n">
-        <v>1134.0</v>
+        <v>1138.0</v>
       </c>
       <c r="N110" s="14" t="n">
-        <v>335.0</v>
+        <v>473.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>8518.0</v>
+        <v>12412.0</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>290.0</v>
+        <v>890.0</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>97.0</v>
+        <v>205.0</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>146.0</v>
+        <v>398.0</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>483.0</v>
+        <v>956.0</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>799.0</v>
+        <v>1935.0</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>1132.0</v>
+        <v>863.0</v>
       </c>
       <c r="I111" s="14" t="n">
-        <v>1016.0</v>
+        <v>2062.0</v>
       </c>
       <c r="J111" s="14" t="n">
-        <v>1388.0</v>
+        <v>1403.0</v>
       </c>
       <c r="K111" s="14" t="n">
-        <v>1795.0</v>
+        <v>1232.0</v>
       </c>
       <c r="L111" s="14" t="n">
-        <v>965.0</v>
+        <v>1443.0</v>
       </c>
       <c r="M111" s="14" t="n">
-        <v>237.0</v>
+        <v>857.0</v>
       </c>
       <c r="N111" s="14" t="n">
-        <v>170.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>80113.0</v>
+        <v>75305.0</v>
       </c>
       <c r="C112" s="14" t="n">
-        <v>1841.0</v>
+        <v>1698.0</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>3687.0</v>
+        <v>2728.0</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>4184.0</v>
+        <v>4458.0</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>8312.0</v>
+        <v>4785.0</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>7929.0</v>
+        <v>5137.0</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>11423.0</v>
+        <v>6701.0</v>
       </c>
       <c r="I112" s="14" t="n">
-        <v>7350.0</v>
+        <v>6865.0</v>
       </c>
       <c r="J112" s="14" t="n">
-        <v>12485.0</v>
+        <v>11838.0</v>
       </c>
       <c r="K112" s="14" t="n">
-        <v>7221.0</v>
+        <v>13102.0</v>
       </c>
       <c r="L112" s="14" t="n">
-        <v>9606.0</v>
+        <v>11373.0</v>
       </c>
       <c r="M112" s="14" t="n">
-        <v>2942.0</v>
+        <v>3353.0</v>
       </c>
       <c r="N112" s="14" t="n">
-        <v>3133.0</v>
+        <v>3268.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>3311.0</v>
+        <v>4762.0</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>129.0</v>
-[...5 lines deleted...]
-        <v>150.0</v>
+        <v>359.0</v>
+      </c>
+      <c r="D113" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E113" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F113" s="14" t="n">
-        <v>259.0</v>
+        <v>686.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>389.0</v>
+        <v>358.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>872.0</v>
+        <v>457.0</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>374.0</v>
+        <v>1085.0</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>266.0</v>
+        <v>397.0</v>
       </c>
       <c r="K113" s="14" t="n">
-        <v>480.0</v>
+        <v>653.0</v>
       </c>
       <c r="L113" s="14" t="n">
-        <v>140.0</v>
+        <v>304.0</v>
       </c>
       <c r="M113" s="14" t="n">
-        <v>47.0</v>
+        <v>45.0</v>
       </c>
       <c r="N113" s="14" t="n">
-        <v>104.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>4047.0</v>
+        <v>3913.0</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>267.0</v>
-[...5 lines deleted...]
-        <v>282.0</v>
+        <v>246.0</v>
+      </c>
+      <c r="D114" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E114" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F114" s="14" t="n">
-        <v>263.0</v>
+        <v>269.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>442.0</v>
+        <v>231.0</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>316.0</v>
+        <v>900.0</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>607.0</v>
+        <v>548.0</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>522.0</v>
+        <v>471.0</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>328.0</v>
+        <v>579.0</v>
       </c>
       <c r="L114" s="14" t="n">
-        <v>731.0</v>
+        <v>355.0</v>
       </c>
       <c r="M114" s="14" t="n">
-        <v>138.0</v>
+        <v>223.0</v>
       </c>
       <c r="N114" s="14" t="n">
-        <v>91.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>4107.0</v>
+        <v>5068.0</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>442.0</v>
+        <v>582.0</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>213.0</v>
+        <v>193.0</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>208.0</v>
+        <v>342.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>68.0</v>
+        <v>173.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>402.0</v>
+        <v>492.0</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>350.0</v>
+        <v>736.0</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>471.0</v>
+        <v>791.0</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>619.0</v>
+        <v>296.0</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>651.0</v>
+        <v>571.0</v>
       </c>
       <c r="L115" s="14" t="n">
-        <v>376.0</v>
+        <v>365.0</v>
       </c>
       <c r="M115" s="14" t="n">
-        <v>208.0</v>
+        <v>286.0</v>
       </c>
       <c r="N115" s="14" t="n">
-        <v>99.0</v>
+        <v>239.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B116" s="14" t="n">
-        <v>63025.0</v>
+        <v>62764.0</v>
       </c>
       <c r="C116" s="14" t="n">
-        <v>704.0</v>
+        <v>4311.0</v>
       </c>
       <c r="D116" s="14" t="n">
+        <v>1140.0</v>
+      </c>
+      <c r="E116" s="14" t="n">
+        <v>1750.0</v>
+      </c>
+      <c r="F116" s="14" t="n">
+        <v>4551.0</v>
+      </c>
+      <c r="G116" s="14" t="n">
+        <v>6401.0</v>
+      </c>
+      <c r="H116" s="14" t="n">
+        <v>9162.0</v>
+      </c>
+      <c r="I116" s="14" t="n">
+        <v>7626.0</v>
+      </c>
+      <c r="J116" s="14" t="n">
+        <v>7749.0</v>
+      </c>
+      <c r="K116" s="14" t="n">
+        <v>10691.0</v>
+      </c>
+      <c r="L116" s="14" t="n">
+        <v>5719.0</v>
+      </c>
+      <c r="M116" s="14" t="n">
+        <v>2437.0</v>
+      </c>
+      <c r="N116" s="14" t="n">
         <v>1227.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>823.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>11321.0</v>
+        <v>11104.0</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>259.0</v>
+        <v>411.0</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>165.0</v>
+        <v>314.0</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>187.0</v>
+        <v>297.0</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>790.0</v>
+        <v>883.0</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>1253.0</v>
+        <v>1588.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>1134.0</v>
+        <v>1406.0</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>2060.0</v>
+        <v>1815.0</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>1632.0</v>
+        <v>1244.0</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>2129.0</v>
+        <v>1566.0</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>995.0</v>
+        <v>859.0</v>
       </c>
       <c r="M117" s="14" t="n">
-        <v>245.0</v>
+        <v>261.0</v>
       </c>
       <c r="N117" s="14" t="n">
-        <v>471.0</v>
+        <v>459.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>32794.0</v>
+        <v>27643.0</v>
       </c>
       <c r="C118" s="14" t="n">
-        <v>2168.0</v>
+        <v>1294.0</v>
       </c>
       <c r="D118" s="14" t="n">
-        <v>1755.0</v>
+        <v>1447.0</v>
       </c>
       <c r="E118" s="14" t="n">
-        <v>2370.0</v>
+        <v>2322.0</v>
       </c>
       <c r="F118" s="14" t="n">
-        <v>2081.0</v>
+        <v>2465.0</v>
       </c>
       <c r="G118" s="14" t="n">
-        <v>3030.0</v>
+        <v>2580.0</v>
       </c>
       <c r="H118" s="14" t="n">
-        <v>2655.0</v>
+        <v>3797.0</v>
       </c>
       <c r="I118" s="14" t="n">
-        <v>4108.0</v>
+        <v>3337.0</v>
       </c>
       <c r="J118" s="14" t="n">
-        <v>3066.0</v>
+        <v>3270.0</v>
       </c>
       <c r="K118" s="14" t="n">
-        <v>3626.0</v>
+        <v>2861.0</v>
       </c>
       <c r="L118" s="14" t="n">
-        <v>2971.0</v>
+        <v>2297.0</v>
       </c>
       <c r="M118" s="14" t="n">
-        <v>2794.0</v>
+        <v>987.0</v>
       </c>
       <c r="N118" s="14" t="n">
-        <v>2168.0</v>
+        <v>985.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>1450.0</v>
+        <v>2456.0</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>59.0</v>
+        <v>79.0</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>57.0</v>
+        <v>106.0</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>72.0</v>
+        <v>290.0</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>132.0</v>
+        <v>187.0</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>139.0</v>
+        <v>403.0</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>234.0</v>
+        <v>266.0</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>127.0</v>
+        <v>129.0</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>170.0</v>
+        <v>381.0</v>
       </c>
       <c r="K119" s="14" t="n">
-        <v>159.0</v>
+        <v>246.0</v>
       </c>
       <c r="L119" s="14" t="n">
-        <v>229.0</v>
+        <v>147.0</v>
       </c>
       <c r="M119" s="14" t="n">
-        <v>50.0</v>
+        <v>154.0</v>
       </c>
       <c r="N119" s="14" t="n">
-        <v>22.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>4555.0</v>
+        <v>6479.0</v>
       </c>
       <c r="C120" s="14" t="n">
-        <v>134.0</v>
+        <v>368.0</v>
       </c>
       <c r="D120" s="14" t="n">
-        <v>135.0</v>
+        <v>486.0</v>
       </c>
       <c r="E120" s="14" t="n">
-        <v>311.0</v>
+        <v>682.0</v>
       </c>
       <c r="F120" s="14" t="n">
-        <v>603.0</v>
+        <v>460.0</v>
       </c>
       <c r="G120" s="14" t="n">
-        <v>135.0</v>
+        <v>324.0</v>
       </c>
       <c r="H120" s="14" t="n">
-        <v>542.0</v>
+        <v>388.0</v>
       </c>
       <c r="I120" s="14" t="n">
-        <v>479.0</v>
+        <v>1227.0</v>
       </c>
       <c r="J120" s="14" t="n">
-        <v>507.0</v>
+        <v>799.0</v>
       </c>
       <c r="K120" s="14" t="n">
+        <v>519.0</v>
+      </c>
+      <c r="L120" s="14" t="n">
         <v>588.0</v>
       </c>
-      <c r="L120" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M120" s="14" t="n">
-        <v>234.0</v>
+        <v>275.0</v>
       </c>
       <c r="N120" s="14" t="n">
-        <v>393.0</v>
+        <v>363.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>59236.0</v>
+        <v>73119.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>779.0</v>
+        <v>1543.0</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>953.0</v>
+        <v>2078.0</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>2062.0</v>
+        <v>3550.0</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>3868.0</v>
+        <v>4458.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>9051.0</v>
+        <v>7909.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>8888.0</v>
+        <v>8842.0</v>
       </c>
       <c r="I121" s="14" t="n">
-        <v>7772.0</v>
+        <v>10846.0</v>
       </c>
       <c r="J121" s="14" t="n">
-        <v>5409.0</v>
+        <v>6971.0</v>
       </c>
       <c r="K121" s="14" t="n">
-        <v>9287.0</v>
+        <v>12555.0</v>
       </c>
       <c r="L121" s="14" t="n">
-        <v>6158.0</v>
+        <v>6921.0</v>
       </c>
       <c r="M121" s="14" t="n">
-        <v>2261.0</v>
+        <v>3102.0</v>
       </c>
       <c r="N121" s="14" t="n">
-        <v>2749.0</v>
+        <v>4345.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>117347.0</v>
+        <v>120469.0</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>4972.0</v>
+        <v>4833.0</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>4702.0</v>
+        <v>5440.0</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>6632.0</v>
+        <v>10441.0</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>8656.0</v>
+        <v>9385.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>12638.0</v>
+        <v>14689.0</v>
       </c>
       <c r="H122" s="14" t="n">
-        <v>13404.0</v>
+        <v>11812.0</v>
       </c>
       <c r="I122" s="14" t="n">
-        <v>12036.0</v>
+        <v>12652.0</v>
       </c>
       <c r="J122" s="14" t="n">
-        <v>15490.0</v>
+        <v>11649.0</v>
       </c>
       <c r="K122" s="14" t="n">
-        <v>16518.0</v>
+        <v>15427.0</v>
       </c>
       <c r="L122" s="14" t="n">
-        <v>12137.0</v>
+        <v>12570.0</v>
       </c>
       <c r="M122" s="14" t="n">
-        <v>6726.0</v>
+        <v>5965.0</v>
       </c>
       <c r="N122" s="14" t="n">
-        <v>3435.0</v>
+        <v>5607.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>15058.0</v>
+        <v>12534.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>623.0</v>
+        <v>1370.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>939.0</v>
+        <v>1093.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>1296.0</v>
+        <v>661.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>906.0</v>
+        <v>805.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>639.0</v>
+        <v>831.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>843.0</v>
+        <v>1482.0</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>960.0</v>
+        <v>882.0</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>875.0</v>
+        <v>903.0</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>828.0</v>
+        <v>1077.0</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>1630.0</v>
+        <v>921.0</v>
       </c>
       <c r="M123" s="14" t="n">
-        <v>3424.0</v>
+        <v>762.0</v>
       </c>
       <c r="N123" s="14" t="n">
-        <v>2095.0</v>
+        <v>1746.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="6" t="inlineStr">
         <is>
-          <t>Balears, Illes</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B124" s="6"/>
       <c r="C124" s="6"/>
       <c r="D124" s="6"/>
       <c r="E124" s="6"/>
       <c r="F124" s="6"/>
       <c r="G124" s="6"/>
       <c r="H124" s="6"/>
       <c r="I124" s="6"/>
       <c r="J124" s="6"/>
       <c r="K124" s="6"/>
       <c r="L124" s="6"/>
       <c r="M124" s="6"/>
       <c r="N124" s="6"/>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>5.9042373E7</v>
+        <v>6.3040601E7</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>237815.0</v>
+        <v>226867.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>466420.0</v>
+        <v>585313.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>944911.0</v>
+        <v>1677443.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>3350022.0</v>
+        <v>3417164.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>7258921.0</v>
+        <v>8199175.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>8993003.0</v>
+        <v>9474122.0</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>1.0613015E7</v>
+        <v>1.0920167E7</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>1.1054556E7</v>
+        <v>1.1414856E7</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>9058858.0</v>
+        <v>9364391.0</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>6381337.0</v>
+        <v>7041981.0</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>413377.0</v>
+        <v>407673.0</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>270138.0</v>
+        <v>311450.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>5498529.0</v>
+        <v>5451107.0</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>85942.0</v>
+        <v>61386.0</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>140170.0</v>
+        <v>170008.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>173879.0</v>
+        <v>304250.0</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>297000.0</v>
+        <v>355710.0</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>644969.0</v>
+        <v>563225.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>889859.0</v>
+        <v>857430.0</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>974544.0</v>
+        <v>812025.0</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>1043279.0</v>
+        <v>999650.0</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>652248.0</v>
+        <v>652181.0</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>442356.0</v>
+        <v>511919.0</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>82054.0</v>
+        <v>78504.0</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>72231.0</v>
+        <v>84821.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
-        <v>5.3543843E7</v>
+        <v>5.7589494E7</v>
       </c>
       <c r="C127" s="14" t="n">
-        <v>151873.0</v>
+        <v>165481.0</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>326250.0</v>
+        <v>415305.0</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>771032.0</v>
+        <v>1373193.0</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>3053023.0</v>
+        <v>3061453.0</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>6613952.0</v>
+        <v>7635950.0</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>8103144.0</v>
+        <v>8616693.0</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>9638472.0</v>
+        <v>1.0108141E7</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>1.0011278E7</v>
+        <v>1.0415206E7</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>8406610.0</v>
+        <v>8712210.0</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>5938981.0</v>
+        <v>6530063.0</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>331322.0</v>
+        <v>329169.0</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>197907.0</v>
+        <v>226629.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B128" s="14" t="n">
-        <v>3.2895439E7</v>
+        <v>3.6225747E7</v>
       </c>
       <c r="C128" s="14" t="n">
-        <v>106528.0</v>
+        <v>132377.0</v>
       </c>
       <c r="D128" s="14" t="n">
-        <v>275972.0</v>
+        <v>348147.0</v>
       </c>
       <c r="E128" s="14" t="n">
-        <v>593968.0</v>
+        <v>1094635.0</v>
       </c>
       <c r="F128" s="14" t="n">
-        <v>2203069.0</v>
+        <v>2204330.0</v>
       </c>
       <c r="G128" s="14" t="n">
-        <v>3889458.0</v>
+        <v>4778543.0</v>
       </c>
       <c r="H128" s="14" t="n">
-        <v>4717142.0</v>
+        <v>5089007.0</v>
       </c>
       <c r="I128" s="14" t="n">
-        <v>5714832.0</v>
+        <v>6047223.0</v>
       </c>
       <c r="J128" s="14" t="n">
-        <v>6130294.0</v>
+        <v>6491622.0</v>
       </c>
       <c r="K128" s="14" t="n">
-        <v>5161202.0</v>
+        <v>5412549.0</v>
       </c>
       <c r="L128" s="14" t="n">
-        <v>3684110.0</v>
+        <v>4189414.0</v>
       </c>
       <c r="M128" s="14" t="n">
-        <v>266894.0</v>
+        <v>263650.0</v>
       </c>
       <c r="N128" s="14" t="n">
-        <v>151971.0</v>
+        <v>174251.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>1.7370463E7</v>
+        <v>1.8748275E7</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>72157.0</v>
+        <v>96948.0</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>226486.0</v>
+        <v>274379.0</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>471406.0</v>
+        <v>859636.0</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>1286961.0</v>
+        <v>1335034.0</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>2207875.0</v>
+        <v>2542469.0</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>2507937.0</v>
+        <v>2581937.0</v>
       </c>
       <c r="I129" s="14" t="n">
-        <v>2606504.0</v>
+        <v>2630588.0</v>
       </c>
       <c r="J129" s="14" t="n">
-        <v>2611202.0</v>
+        <v>2694295.0</v>
       </c>
       <c r="K129" s="14" t="n">
-        <v>2764446.0</v>
+        <v>2808414.0</v>
       </c>
       <c r="L129" s="14" t="n">
-        <v>2309272.0</v>
+        <v>2604806.0</v>
       </c>
       <c r="M129" s="14" t="n">
-        <v>196209.0</v>
+        <v>193466.0</v>
       </c>
       <c r="N129" s="14" t="n">
-        <v>110009.0</v>
+        <v>126304.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>935020.0</v>
+        <v>951151.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>4760.0</v>
+        <v>3394.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>8289.0</v>
+        <v>12372.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>18673.0</v>
+        <v>34330.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>63564.0</v>
+        <v>58484.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>140536.0</v>
+        <v>154410.0</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>126992.0</v>
+        <v>130982.0</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>167537.0</v>
+        <v>163366.0</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>177833.0</v>
+        <v>161138.0</v>
       </c>
       <c r="K130" s="14" t="n">
-        <v>140138.0</v>
+        <v>131996.0</v>
       </c>
       <c r="L130" s="14" t="n">
-        <v>74390.0</v>
+        <v>85748.0</v>
       </c>
       <c r="M130" s="14" t="n">
-        <v>6670.0</v>
+        <v>8163.0</v>
       </c>
       <c r="N130" s="14" t="n">
-        <v>5639.0</v>
+        <v>6766.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>740737.0</v>
+        <v>880993.0</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>1996.0</v>
+        <v>2098.0</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>3476.0</v>
+        <v>4782.0</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>6956.0</v>
+        <v>13434.0</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>44405.0</v>
+        <v>57885.0</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>116625.0</v>
+        <v>124468.0</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>87021.0</v>
+        <v>107998.0</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>165469.0</v>
+        <v>182778.0</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>124672.0</v>
+        <v>152086.0</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>123785.0</v>
+        <v>146443.0</v>
       </c>
       <c r="L131" s="14" t="n">
-        <v>60219.0</v>
+        <v>82913.0</v>
       </c>
       <c r="M131" s="14" t="n">
-        <v>3881.0</v>
+        <v>3692.0</v>
       </c>
       <c r="N131" s="14" t="n">
-        <v>2231.0</v>
+        <v>2415.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>701432.0</v>
+        <v>747001.0</v>
       </c>
       <c r="C132" s="14" t="n">
-        <v>539.0</v>
+        <v>1389.0</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>1325.0</v>
+        <v>2431.0</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>8367.0</v>
+        <v>12409.0</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>57647.0</v>
+        <v>40414.0</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>78306.0</v>
+        <v>91566.0</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>82128.0</v>
+        <v>79139.0</v>
       </c>
       <c r="I132" s="14" t="n">
-        <v>192119.0</v>
+        <v>195210.0</v>
       </c>
       <c r="J132" s="14" t="n">
-        <v>115156.0</v>
+        <v>111036.0</v>
       </c>
       <c r="K132" s="14" t="n">
-        <v>79156.0</v>
+        <v>114599.0</v>
       </c>
       <c r="L132" s="14" t="n">
-        <v>82134.0</v>
+        <v>94947.0</v>
       </c>
       <c r="M132" s="14" t="n">
-        <v>2982.0</v>
+        <v>2561.0</v>
       </c>
       <c r="N132" s="14" t="n">
-        <v>1573.0</v>
+        <v>1298.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>154427.0</v>
+        <v>174448.0</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>365.0</v>
+        <v>347.0</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>598.0</v>
+        <v>874.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>2266.0</v>
+        <v>7498.0</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>19802.0</v>
+        <v>17799.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>20813.0</v>
+        <v>32076.0</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>21716.0</v>
+        <v>25696.0</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>25898.0</v>
+        <v>23573.0</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>16183.0</v>
+        <v>12926.0</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>19094.0</v>
+        <v>20957.0</v>
       </c>
       <c r="L133" s="14" t="n">
-        <v>26575.0</v>
+        <v>28791.0</v>
       </c>
       <c r="M133" s="14" t="n">
-        <v>686.0</v>
+        <v>3446.0</v>
       </c>
       <c r="N133" s="14" t="n">
-        <v>433.0</v>
+        <v>466.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>3031321.0</v>
+        <v>3809453.0</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>7038.0</v>
+        <v>7419.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>12159.0</v>
+        <v>13401.0</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>18642.0</v>
+        <v>48763.0</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>224037.0</v>
+        <v>229784.0</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>360071.0</v>
+        <v>571935.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>375778.0</v>
+        <v>472810.0</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>538034.0</v>
+        <v>668551.0</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>730554.0</v>
+        <v>889510.0</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>415510.0</v>
+        <v>487176.0</v>
       </c>
       <c r="L134" s="14" t="n">
-        <v>324894.0</v>
+        <v>398386.0</v>
       </c>
       <c r="M134" s="14" t="n">
-        <v>15770.0</v>
+        <v>11837.0</v>
       </c>
       <c r="N134" s="14" t="n">
-        <v>8834.0</v>
+        <v>9880.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>38500.0</v>
+        <v>41373.0</v>
       </c>
       <c r="C135" s="14" t="n">
-        <v>441.0</v>
+        <v>243.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>304.0</v>
+        <v>365.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>803.0</v>
+        <v>1482.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>2541.0</v>
+        <v>1719.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>3814.0</v>
+        <v>4311.0</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>4449.0</v>
+        <v>4443.0</v>
       </c>
       <c r="I135" s="14" t="n">
-        <v>8530.0</v>
+        <v>9269.0</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>8205.0</v>
+        <v>10279.0</v>
       </c>
       <c r="K135" s="14" t="n">
-        <v>4369.0</v>
+        <v>5948.0</v>
       </c>
       <c r="L135" s="14" t="n">
-        <v>4430.0</v>
+        <v>2585.0</v>
       </c>
       <c r="M135" s="14" t="n">
-        <v>360.0</v>
+        <v>532.0</v>
       </c>
       <c r="N135" s="14" t="n">
-        <v>255.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B136" s="14" t="n">
-        <v>829804.0</v>
+        <v>973779.0</v>
       </c>
       <c r="C136" s="14" t="n">
-        <v>669.0</v>
+        <v>1171.0</v>
       </c>
       <c r="D136" s="14" t="n">
-        <v>907.0</v>
+        <v>1893.0</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>4282.0</v>
+        <v>7618.0</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>52561.0</v>
+        <v>43861.0</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>108270.0</v>
+        <v>127808.0</v>
       </c>
       <c r="H136" s="14" t="n">
-        <v>147539.0</v>
+        <v>175939.0</v>
       </c>
       <c r="I136" s="14" t="n">
-        <v>163719.0</v>
+        <v>191251.0</v>
       </c>
       <c r="J136" s="14" t="n">
-        <v>149776.0</v>
+        <v>168736.0</v>
       </c>
       <c r="K136" s="14" t="n">
-        <v>120919.0</v>
+        <v>155714.0</v>
       </c>
       <c r="L136" s="14" t="n">
-        <v>76848.0</v>
+        <v>96706.0</v>
       </c>
       <c r="M136" s="14" t="n">
-        <v>2852.0</v>
+        <v>2111.0</v>
       </c>
       <c r="N136" s="14" t="n">
-        <v>1463.0</v>
+        <v>970.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>2365203.0</v>
+        <v>2412927.0</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>5303.0</v>
+        <v>5391.0</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>4271.0</v>
+        <v>4768.0</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>9416.0</v>
+        <v>14765.0</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>60171.0</v>
+        <v>61397.0</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>159684.0</v>
+        <v>172476.0</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>356110.0</v>
+        <v>353120.0</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>535977.0</v>
+        <v>541215.0</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>746017.0</v>
+        <v>783986.0</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>357423.0</v>
+        <v>342413.0</v>
       </c>
       <c r="L137" s="14" t="n">
-        <v>120257.0</v>
+        <v>122212.0</v>
       </c>
       <c r="M137" s="14" t="n">
-        <v>6670.0</v>
+        <v>5626.0</v>
       </c>
       <c r="N137" s="14" t="n">
-        <v>3904.0</v>
+        <v>5556.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
-        <v>139023.0</v>
+        <v>138629.0</v>
       </c>
       <c r="C138" s="14" t="n">
-        <v>809.0</v>
+        <v>608.0</v>
       </c>
       <c r="D138" s="14" t="n">
-        <v>1230.0</v>
+        <v>2167.0</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>2290.0</v>
+        <v>3210.0</v>
       </c>
       <c r="F138" s="14" t="n">
-        <v>10980.0</v>
+        <v>12583.0</v>
       </c>
       <c r="G138" s="14" t="n">
-        <v>14536.0</v>
+        <v>21117.0</v>
       </c>
       <c r="H138" s="14" t="n">
-        <v>15217.0</v>
+        <v>12198.0</v>
       </c>
       <c r="I138" s="14" t="n">
-        <v>21686.0</v>
+        <v>16370.0</v>
       </c>
       <c r="J138" s="14" t="n">
-        <v>28450.0</v>
+        <v>30384.0</v>
       </c>
       <c r="K138" s="14" t="n">
-        <v>25183.0</v>
+        <v>24703.0</v>
       </c>
       <c r="L138" s="14" t="n">
-        <v>14913.0</v>
+        <v>11575.0</v>
       </c>
       <c r="M138" s="14" t="n">
-        <v>2494.0</v>
+        <v>2100.0</v>
       </c>
       <c r="N138" s="14" t="n">
-        <v>1234.0</v>
+        <v>1614.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>2169262.0</v>
+        <v>2409104.0</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>3448.0</v>
+        <v>2866.0</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>4471.0</v>
+        <v>10642.0</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>10287.0</v>
+        <v>17135.0</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>162125.0</v>
+        <v>114141.0</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>236283.0</v>
+        <v>379818.0</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>304612.0</v>
+        <v>356427.0</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>385565.0</v>
+        <v>448948.0</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>515512.0</v>
+        <v>486860.0</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>350841.0</v>
+        <v>380188.0</v>
       </c>
       <c r="L139" s="14" t="n">
-        <v>185987.0</v>
+        <v>200200.0</v>
       </c>
       <c r="M139" s="14" t="n">
-        <v>6121.0</v>
+        <v>7252.0</v>
       </c>
       <c r="N139" s="14" t="n">
-        <v>4009.0</v>
+        <v>4627.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>1037879.0</v>
+        <v>1346288.0</v>
       </c>
       <c r="C140" s="14" t="n">
-        <v>2102.0</v>
+        <v>4416.0</v>
       </c>
       <c r="D140" s="14" t="n">
-        <v>3054.0</v>
+        <v>5919.0</v>
       </c>
       <c r="E140" s="14" t="n">
-        <v>10496.0</v>
+        <v>16948.0</v>
       </c>
       <c r="F140" s="14" t="n">
-        <v>52596.0</v>
+        <v>60354.0</v>
       </c>
       <c r="G140" s="14" t="n">
-        <v>126878.0</v>
+        <v>177116.0</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>154842.0</v>
+        <v>207028.0</v>
       </c>
       <c r="I140" s="14" t="n">
-        <v>184993.0</v>
+        <v>239239.0</v>
       </c>
       <c r="J140" s="14" t="n">
-        <v>195194.0</v>
+        <v>260891.0</v>
       </c>
       <c r="K140" s="14" t="n">
-        <v>183878.0</v>
+        <v>235145.0</v>
       </c>
       <c r="L140" s="14" t="n">
-        <v>116610.0</v>
+        <v>131486.0</v>
       </c>
       <c r="M140" s="14" t="n">
-        <v>4414.0</v>
+        <v>4851.0</v>
       </c>
       <c r="N140" s="14" t="n">
-        <v>2822.0</v>
+        <v>2894.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>886030.0</v>
+        <v>829862.0</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>673.0</v>
+        <v>571.0</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>1000.0</v>
+        <v>1481.0</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>3929.0</v>
+        <v>4217.0</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>24600.0</v>
+        <v>17346.0</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>60940.0</v>
+        <v>68749.0</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>128661.0</v>
+        <v>131774.0</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>185031.0</v>
+        <v>172471.0</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>252000.0</v>
+        <v>231727.0</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>176962.0</v>
+        <v>145235.0</v>
       </c>
       <c r="L141" s="14" t="n">
-        <v>49536.0</v>
+        <v>54110.0</v>
       </c>
       <c r="M141" s="14" t="n">
-        <v>1910.0</v>
+        <v>1315.0</v>
       </c>
       <c r="N141" s="14" t="n">
-        <v>787.0</v>
+        <v>866.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>473107.0</v>
+        <v>500912.0</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>1137.0</v>
+        <v>819.0</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>2034.0</v>
+        <v>3202.0</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>5353.0</v>
+        <v>14346.0</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>17700.0</v>
+        <v>23529.0</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>29670.0</v>
+        <v>36436.0</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>82217.0</v>
+        <v>85169.0</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>111800.0</v>
+        <v>111823.0</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>94144.0</v>
+        <v>93415.0</v>
       </c>
       <c r="K142" s="14" t="n">
-        <v>84981.0</v>
+        <v>89462.0</v>
       </c>
       <c r="L142" s="14" t="n">
-        <v>38547.0</v>
+        <v>37740.0</v>
       </c>
       <c r="M142" s="14" t="n">
-        <v>2965.0</v>
+        <v>2837.0</v>
       </c>
       <c r="N142" s="14" t="n">
-        <v>2561.0</v>
+        <v>2134.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>941870.0</v>
+        <v>1049951.0</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>2407.0</v>
+        <v>1996.0</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>3197.0</v>
+        <v>4435.0</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>7842.0</v>
+        <v>14435.0</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>69658.0</v>
+        <v>69048.0</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>134306.0</v>
+        <v>148955.0</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>147036.0</v>
+        <v>178248.0</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>180696.0</v>
+        <v>203672.0</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>147615.0</v>
+        <v>173196.0</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>142144.0</v>
+        <v>123668.0</v>
       </c>
       <c r="L143" s="14" t="n">
-        <v>97390.0</v>
+        <v>119522.0</v>
       </c>
       <c r="M143" s="14" t="n">
-        <v>6858.0</v>
+        <v>8455.0</v>
       </c>
       <c r="N143" s="14" t="n">
-        <v>2721.0</v>
+        <v>4320.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B144" s="14" t="n">
-        <v>662110.0</v>
+        <v>632835.0</v>
       </c>
       <c r="C144" s="14" t="n">
-        <v>413.0</v>
+        <v>342.0</v>
       </c>
       <c r="D144" s="14" t="n">
-        <v>670.0</v>
+        <v>1031.0</v>
       </c>
       <c r="E144" s="14" t="n">
-        <v>2995.0</v>
+        <v>8163.0</v>
       </c>
       <c r="F144" s="14" t="n">
-        <v>40311.0</v>
+        <v>32582.0</v>
       </c>
       <c r="G144" s="14" t="n">
-        <v>78547.0</v>
+        <v>73052.0</v>
       </c>
       <c r="H144" s="14" t="n">
-        <v>120317.0</v>
+        <v>109216.0</v>
       </c>
       <c r="I144" s="14" t="n">
-        <v>193165.0</v>
+        <v>162200.0</v>
       </c>
       <c r="J144" s="14" t="n">
-        <v>90896.0</v>
+        <v>84333.0</v>
       </c>
       <c r="K144" s="14" t="n">
-        <v>78900.0</v>
+        <v>91811.0</v>
       </c>
       <c r="L144" s="14" t="n">
-        <v>54358.0</v>
+        <v>66649.0</v>
       </c>
       <c r="M144" s="14" t="n">
-        <v>1182.0</v>
+        <v>2626.0</v>
       </c>
       <c r="N144" s="14" t="n">
-        <v>357.0</v>
+        <v>832.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>1.5671674E7</v>
+        <v>1.5925076E7</v>
       </c>
       <c r="C145" s="14" t="n">
-        <v>12125.0</v>
+        <v>12789.0</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>22318.0</v>
+        <v>31681.0</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>106424.0</v>
+        <v>176108.0</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>568931.0</v>
+        <v>598529.0</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>2213463.0</v>
+        <v>2304009.0</v>
       </c>
       <c r="H145" s="14" t="n">
-        <v>2664976.0</v>
+        <v>2738055.0</v>
       </c>
       <c r="I145" s="14" t="n">
-        <v>2784136.0</v>
+        <v>2844218.0</v>
       </c>
       <c r="J145" s="14" t="n">
-        <v>2981116.0</v>
+        <v>2975510.0</v>
       </c>
       <c r="K145" s="14" t="n">
-        <v>2514128.0</v>
+        <v>2462810.0</v>
       </c>
       <c r="L145" s="14" t="n">
-        <v>1757929.0</v>
+        <v>1741111.0</v>
       </c>
       <c r="M145" s="14" t="n">
-        <v>29022.0</v>
+        <v>22196.0</v>
       </c>
       <c r="N145" s="14" t="n">
-        <v>17107.0</v>
+        <v>18060.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>1479747.0</v>
+        <v>1519576.0</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>5264.0</v>
+        <v>4251.0</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>8045.0</v>
+        <v>10816.0</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>19034.0</v>
+        <v>32829.0</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>104676.0</v>
+        <v>99428.0</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>153137.0</v>
+        <v>165258.0</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>192159.0</v>
+        <v>189837.0</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>332233.0</v>
+        <v>334085.0</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>225095.0</v>
+        <v>200499.0</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>223020.0</v>
+        <v>248706.0</v>
       </c>
       <c r="L146" s="14" t="n">
-        <v>200624.0</v>
+        <v>216433.0</v>
       </c>
       <c r="M146" s="14" t="n">
-        <v>8744.0</v>
+        <v>8969.0</v>
       </c>
       <c r="N146" s="14" t="n">
-        <v>7717.0</v>
+        <v>8464.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>708169.0</v>
+        <v>920576.0</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>5701.0</v>
+        <v>3936.0</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>4315.0</v>
+        <v>5228.0</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>10665.0</v>
+        <v>10505.0</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>30144.0</v>
+        <v>26735.0</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>66154.0</v>
+        <v>80673.0</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>95800.0</v>
+        <v>129145.0</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>167506.0</v>
+        <v>221026.0</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>156354.0</v>
+        <v>193889.0</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>99912.0</v>
+        <v>149767.0</v>
       </c>
       <c r="L147" s="14" t="n">
-        <v>63580.0</v>
+        <v>89154.0</v>
       </c>
       <c r="M147" s="14" t="n">
-        <v>5003.0</v>
+        <v>5306.0</v>
       </c>
       <c r="N147" s="14" t="n">
-        <v>3035.0</v>
+        <v>5212.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B148" s="14" t="n">
-        <v>19735.0</v>
+        <v>22715.0</v>
       </c>
       <c r="C148" s="14" t="n">
-        <v>231.0</v>
+        <v>175.0</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>122.0</v>
+        <v>192.0</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>718.0</v>
+        <v>3060.0</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>1558.0</v>
+        <v>859.0</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>1951.0</v>
+        <v>2187.0</v>
       </c>
       <c r="H148" s="14" t="n">
-        <v>2139.0</v>
+        <v>2402.0</v>
       </c>
       <c r="I148" s="14" t="n">
-        <v>2971.0</v>
+        <v>3936.0</v>
       </c>
       <c r="J148" s="14" t="n">
-        <v>4319.0</v>
+        <v>3930.0</v>
       </c>
       <c r="K148" s="14" t="n">
-        <v>2895.0</v>
+        <v>2951.0</v>
       </c>
       <c r="L148" s="14" t="n">
-        <v>2181.0</v>
+        <v>2256.0</v>
       </c>
       <c r="M148" s="14" t="n">
-        <v>266.0</v>
+        <v>369.0</v>
       </c>
       <c r="N148" s="14" t="n">
-        <v>384.0</v>
+        <v>398.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>57689.0</v>
+        <v>78557.0</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>854.0</v>
+        <v>605.0</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>611.0</v>
+        <v>1149.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>1635.0</v>
+        <v>6771.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>8072.0</v>
+        <v>5429.0</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>5049.0</v>
+        <v>8889.0</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>7164.0</v>
+        <v>11588.0</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>9986.0</v>
+        <v>12182.0</v>
       </c>
       <c r="J149" s="14" t="n">
-        <v>8946.0</v>
+        <v>10655.0</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>6365.0</v>
+        <v>7809.0</v>
       </c>
       <c r="L149" s="14" t="n">
-        <v>5961.0</v>
+        <v>10530.0</v>
       </c>
       <c r="M149" s="14" t="n">
-        <v>1042.0</v>
+        <v>1160.0</v>
       </c>
       <c r="N149" s="14" t="n">
-        <v>2002.0</v>
+        <v>1790.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>619664.0</v>
+        <v>750964.0</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>3784.0</v>
+        <v>3323.0</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>3707.0</v>
+        <v>4990.0</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>11501.0</v>
+        <v>17508.0</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>32093.0</v>
+        <v>36584.0</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>68003.0</v>
+        <v>84907.0</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>99646.0</v>
+        <v>123978.0</v>
       </c>
       <c r="I150" s="14" t="n">
-        <v>133582.0</v>
+        <v>146400.0</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>101990.0</v>
+        <v>135430.0</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>91539.0</v>
+        <v>112327.0</v>
       </c>
       <c r="L150" s="14" t="n">
-        <v>61678.0</v>
+        <v>72366.0</v>
       </c>
       <c r="M150" s="14" t="n">
-        <v>7312.0</v>
+        <v>7637.0</v>
       </c>
       <c r="N150" s="14" t="n">
-        <v>4831.0</v>
+        <v>5515.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>591392.0</v>
+        <v>673669.0</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>4200.0</v>
+        <v>3519.0</v>
       </c>
       <c r="D151" s="14" t="n">
-        <v>4411.0</v>
+        <v>4291.0</v>
       </c>
       <c r="E151" s="14" t="n">
-        <v>8627.0</v>
+        <v>10541.0</v>
       </c>
       <c r="F151" s="14" t="n">
-        <v>28439.0</v>
+        <v>26760.0</v>
       </c>
       <c r="G151" s="14" t="n">
-        <v>62506.0</v>
+        <v>71678.0</v>
       </c>
       <c r="H151" s="14" t="n">
-        <v>90701.0</v>
+        <v>96368.0</v>
       </c>
       <c r="I151" s="14" t="n">
-        <v>123561.0</v>
+        <v>153594.0</v>
       </c>
       <c r="J151" s="14" t="n">
-        <v>118562.0</v>
+        <v>129517.0</v>
       </c>
       <c r="K151" s="14" t="n">
-        <v>92525.0</v>
+        <v>103646.0</v>
       </c>
       <c r="L151" s="14" t="n">
-        <v>47683.0</v>
+        <v>62098.0</v>
       </c>
       <c r="M151" s="14" t="n">
-        <v>5790.0</v>
+        <v>6040.0</v>
       </c>
       <c r="N151" s="14" t="n">
-        <v>4387.0</v>
+        <v>5617.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B152" s="14" t="n">
-        <v>114521.0</v>
+        <v>150788.0</v>
       </c>
       <c r="C152" s="14" t="n">
-        <v>782.0</v>
+        <v>712.0</v>
       </c>
       <c r="D152" s="14" t="n">
-        <v>1036.0</v>
+        <v>1494.0</v>
       </c>
       <c r="E152" s="14" t="n">
-        <v>1244.0</v>
+        <v>2920.0</v>
       </c>
       <c r="F152" s="14" t="n">
-        <v>5011.0</v>
+        <v>3912.0</v>
       </c>
       <c r="G152" s="14" t="n">
-        <v>10364.0</v>
+        <v>13132.0</v>
       </c>
       <c r="H152" s="14" t="n">
-        <v>13660.0</v>
+        <v>20916.0</v>
       </c>
       <c r="I152" s="14" t="n">
-        <v>24705.0</v>
+        <v>29552.0</v>
       </c>
       <c r="J152" s="14" t="n">
-        <v>31855.0</v>
+        <v>43256.0</v>
       </c>
       <c r="K152" s="14" t="n">
-        <v>14707.0</v>
+        <v>20500.0</v>
       </c>
       <c r="L152" s="14" t="n">
-        <v>8270.0</v>
+        <v>11334.0</v>
       </c>
       <c r="M152" s="14" t="n">
-        <v>1481.0</v>
+        <v>1657.0</v>
       </c>
       <c r="N152" s="14" t="n">
-        <v>1406.0</v>
+        <v>1404.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="6" t="inlineStr">
         <is>
-          <t>Canarias</t>
+          <t>05 Canarias</t>
         </is>
       </c>
       <c r="B153" s="6"/>
       <c r="C153" s="6"/>
       <c r="D153" s="6"/>
       <c r="E153" s="6"/>
       <c r="F153" s="6"/>
       <c r="G153" s="6"/>
       <c r="H153" s="6"/>
       <c r="I153" s="6"/>
       <c r="J153" s="6"/>
       <c r="K153" s="6"/>
       <c r="L153" s="6"/>
       <c r="M153" s="6"/>
       <c r="N153" s="6"/>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>6.9754174E7</v>
+        <v>7.2894506E7</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>5705808.0</v>
+        <v>6128443.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>5483287.0</v>
+        <v>5955648.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>5800802.0</v>
+        <v>6382046.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>5539132.0</v>
+        <v>5589807.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>5146775.0</v>
+        <v>5419971.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>5445601.0</v>
+        <v>5694371.0</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>6291686.0</v>
+        <v>6394760.0</v>
       </c>
       <c r="J154" s="14" t="n">
-        <v>6528461.0</v>
+        <v>6875312.0</v>
       </c>
       <c r="K154" s="14" t="n">
-        <v>5848227.0</v>
+        <v>5974213.0</v>
       </c>
       <c r="L154" s="14" t="n">
-        <v>6196320.0</v>
+        <v>6440956.0</v>
       </c>
       <c r="M154" s="14" t="n">
-        <v>5940879.0</v>
+        <v>6072981.0</v>
       </c>
       <c r="N154" s="14" t="n">
-        <v>5827194.0</v>
+        <v>5966000.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>9120321.0</v>
+        <v>9261271.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>550612.0</v>
+        <v>557008.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>466900.0</v>
+        <v>470284.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>539108.0</v>
+        <v>572800.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>762520.0</v>
+        <v>579991.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>721934.0</v>
+        <v>771235.0</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>865338.0</v>
+        <v>926379.0</v>
       </c>
       <c r="I155" s="14" t="n">
-        <v>1147950.0</v>
+        <v>1112345.0</v>
       </c>
       <c r="J155" s="14" t="n">
-        <v>1327435.0</v>
+        <v>1368540.0</v>
       </c>
       <c r="K155" s="14" t="n">
-        <v>927473.0</v>
+        <v>980202.0</v>
       </c>
       <c r="L155" s="14" t="n">
-        <v>726785.0</v>
+        <v>759636.0</v>
       </c>
       <c r="M155" s="14" t="n">
-        <v>501620.0</v>
+        <v>548693.0</v>
       </c>
       <c r="N155" s="14" t="n">
-        <v>582647.0</v>
+        <v>614159.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>6.0633853E7</v>
+        <v>6.3633236E7</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>5155197.0</v>
+        <v>5571435.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>5016387.0</v>
+        <v>5485364.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>5261695.0</v>
+        <v>5809246.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>4776612.0</v>
+        <v>5009817.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>4424842.0</v>
+        <v>4648736.0</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>4580264.0</v>
+        <v>4767991.0</v>
       </c>
       <c r="I156" s="14" t="n">
-        <v>5143737.0</v>
+        <v>5282415.0</v>
       </c>
       <c r="J156" s="14" t="n">
-        <v>5201026.0</v>
+        <v>5506772.0</v>
       </c>
       <c r="K156" s="14" t="n">
-        <v>4920754.0</v>
+        <v>4994011.0</v>
       </c>
       <c r="L156" s="14" t="n">
-        <v>5469535.0</v>
+        <v>5681320.0</v>
       </c>
       <c r="M156" s="14" t="n">
-        <v>5439259.0</v>
+        <v>5524287.0</v>
       </c>
       <c r="N156" s="14" t="n">
-        <v>5244547.0</v>
+        <v>5351841.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>3.388347E7</v>
+        <v>3.5473127E7</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>3150716.0</v>
+        <v>3344129.0</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>2963800.0</v>
+        <v>3273168.0</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>3029948.0</v>
+        <v>3386987.0</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>2707914.0</v>
+        <v>2772577.0</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>2355715.0</v>
+        <v>2481581.0</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>2366753.0</v>
+        <v>2406040.0</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>2689951.0</v>
+        <v>2695937.0</v>
       </c>
       <c r="J157" s="14" t="n">
-        <v>2742984.0</v>
+        <v>2891697.0</v>
       </c>
       <c r="K157" s="14" t="n">
-        <v>2622064.0</v>
+        <v>2649633.0</v>
       </c>
       <c r="L157" s="14" t="n">
-        <v>2933671.0</v>
+        <v>3088789.0</v>
       </c>
       <c r="M157" s="14" t="n">
-        <v>3255385.0</v>
+        <v>3303685.0</v>
       </c>
       <c r="N157" s="14" t="n">
-        <v>3064568.0</v>
+        <v>3178905.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>1.3597071E7</v>
+        <v>1.4054742E7</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>1191352.0</v>
+        <v>1236946.0</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>1117602.0</v>
+        <v>1231577.0</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>1264593.0</v>
+        <v>1440464.0</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>1063909.0</v>
+        <v>1070453.0</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>963168.0</v>
+        <v>1003674.0</v>
       </c>
       <c r="H158" s="14" t="n">
-        <v>1023136.0</v>
+        <v>947306.0</v>
       </c>
       <c r="I158" s="14" t="n">
-        <v>963653.0</v>
+        <v>932251.0</v>
       </c>
       <c r="J158" s="14" t="n">
-        <v>994737.0</v>
+        <v>1001076.0</v>
       </c>
       <c r="K158" s="14" t="n">
-        <v>1141074.0</v>
+        <v>1116845.0</v>
       </c>
       <c r="L158" s="14" t="n">
-        <v>1212113.0</v>
+        <v>1263478.0</v>
       </c>
       <c r="M158" s="14" t="n">
-        <v>1404774.0</v>
+        <v>1463867.0</v>
       </c>
       <c r="N158" s="14" t="n">
-        <v>1256959.0</v>
+        <v>1346805.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>510889.0</v>
+        <v>535084.0</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>58915.0</v>
+        <v>56966.0</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>57470.0</v>
+        <v>58469.0</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>43427.0</v>
+        <v>55001.0</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>37293.0</v>
+        <v>39816.0</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>23824.0</v>
+        <v>25241.0</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>25646.0</v>
+        <v>26425.0</v>
       </c>
       <c r="I159" s="14" t="n">
-        <v>38961.0</v>
+        <v>40808.0</v>
       </c>
       <c r="J159" s="14" t="n">
-        <v>37347.0</v>
+        <v>39830.0</v>
       </c>
       <c r="K159" s="14" t="n">
-        <v>32104.0</v>
+        <v>32964.0</v>
       </c>
       <c r="L159" s="14" t="n">
-        <v>46485.0</v>
+        <v>44573.0</v>
       </c>
       <c r="M159" s="14" t="n">
-        <v>62156.0</v>
+        <v>63410.0</v>
       </c>
       <c r="N159" s="14" t="n">
-        <v>47262.0</v>
+        <v>51581.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>1934870.0</v>
+        <v>2012507.0</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>166080.0</v>
+        <v>160848.0</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>152742.0</v>
+        <v>159230.0</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>137740.0</v>
+        <v>152505.0</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>152423.0</v>
+        <v>180521.0</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>152138.0</v>
+        <v>146978.0</v>
       </c>
       <c r="H160" s="14" t="n">
-        <v>137521.0</v>
+        <v>142223.0</v>
       </c>
       <c r="I160" s="14" t="n">
-        <v>215671.0</v>
+        <v>201591.0</v>
       </c>
       <c r="J160" s="14" t="n">
-        <v>153062.0</v>
+        <v>175487.0</v>
       </c>
       <c r="K160" s="14" t="n">
-        <v>153953.0</v>
+        <v>163688.0</v>
       </c>
       <c r="L160" s="14" t="n">
-        <v>177349.0</v>
+        <v>187285.0</v>
       </c>
       <c r="M160" s="14" t="n">
-        <v>159722.0</v>
+        <v>158761.0</v>
       </c>
       <c r="N160" s="14" t="n">
-        <v>176468.0</v>
+        <v>183390.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>1181348.0</v>
+        <v>1180730.0</v>
       </c>
       <c r="C161" s="14" t="n">
-        <v>164423.0</v>
+        <v>167692.0</v>
       </c>
       <c r="D161" s="14" t="n">
-        <v>176968.0</v>
+        <v>185361.0</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>161590.0</v>
+        <v>181720.0</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>89003.0</v>
+        <v>77391.0</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>35265.0</v>
+        <v>37113.0</v>
       </c>
       <c r="H161" s="14" t="n">
-        <v>28412.0</v>
+        <v>26553.0</v>
       </c>
       <c r="I161" s="14" t="n">
-        <v>56605.0</v>
+        <v>54283.0</v>
       </c>
       <c r="J161" s="14" t="n">
-        <v>40653.0</v>
+        <v>35759.0</v>
       </c>
       <c r="K161" s="14" t="n">
-        <v>38924.0</v>
+        <v>36158.0</v>
       </c>
       <c r="L161" s="14" t="n">
-        <v>110296.0</v>
+        <v>113337.0</v>
       </c>
       <c r="M161" s="14" t="n">
-        <v>142352.0</v>
+        <v>136776.0</v>
       </c>
       <c r="N161" s="14" t="n">
-        <v>136857.0</v>
+        <v>128587.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>819032.0</v>
+        <v>856105.0</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>140387.0</v>
+        <v>155514.0</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>127633.0</v>
+        <v>145813.0</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>126799.0</v>
+        <v>145137.0</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>41785.0</v>
+        <v>35735.0</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>2562.0</v>
+        <v>5769.0</v>
       </c>
       <c r="H162" s="14" t="n">
-        <v>1641.0</v>
+        <v>2557.0</v>
       </c>
       <c r="I162" s="14" t="n">
-        <v>1907.0</v>
+        <v>1959.0</v>
       </c>
       <c r="J162" s="14" t="n">
-        <v>1346.0</v>
+        <v>2892.0</v>
       </c>
       <c r="K162" s="14" t="n">
-        <v>2119.0</v>
+        <v>3728.0</v>
       </c>
       <c r="L162" s="14" t="n">
-        <v>75183.0</v>
+        <v>72455.0</v>
       </c>
       <c r="M162" s="14" t="n">
-        <v>149243.0</v>
+        <v>144120.0</v>
       </c>
       <c r="N162" s="14" t="n">
-        <v>148428.0</v>
+        <v>140427.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>3107748.0</v>
+        <v>3203225.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>234505.0</v>
+        <v>236286.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>275767.0</v>
+        <v>252223.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>252210.0</v>
+        <v>264324.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>304618.0</v>
+        <v>345986.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>251255.0</v>
+        <v>257907.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>207283.0</v>
+        <v>217086.0</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>295157.0</v>
+        <v>291999.0</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>358343.0</v>
+        <v>372481.0</v>
       </c>
       <c r="K163" s="14" t="n">
-        <v>245557.0</v>
+        <v>244928.0</v>
       </c>
       <c r="L163" s="14" t="n">
-        <v>281736.0</v>
+        <v>299247.0</v>
       </c>
       <c r="M163" s="14" t="n">
-        <v>207310.0</v>
+        <v>207341.0</v>
       </c>
       <c r="N163" s="14" t="n">
-        <v>194008.0</v>
+        <v>213416.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B164" s="14" t="n">
-        <v>34309.0</v>
+        <v>25754.0</v>
       </c>
       <c r="C164" s="14" t="n">
-        <v>2850.0</v>
+        <v>3020.0</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>2853.0</v>
+        <v>2244.0</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>2936.0</v>
+        <v>2475.0</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>2386.0</v>
+        <v>2445.0</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>2618.0</v>
+        <v>2317.0</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>2716.0</v>
+        <v>1840.0</v>
       </c>
       <c r="I164" s="14" t="n">
-        <v>2949.0</v>
+        <v>1994.0</v>
       </c>
       <c r="J164" s="14" t="n">
-        <v>5346.0</v>
+        <v>2726.0</v>
       </c>
       <c r="K164" s="14" t="n">
-        <v>2507.0</v>
+        <v>1476.0</v>
       </c>
       <c r="L164" s="14" t="n">
-        <v>2824.0</v>
+        <v>1666.0</v>
       </c>
       <c r="M164" s="14" t="n">
-        <v>1955.0</v>
+        <v>1700.0</v>
       </c>
       <c r="N164" s="14" t="n">
-        <v>2370.0</v>
+        <v>1849.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>2400390.0</v>
+        <v>2658114.0</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>194119.0</v>
+        <v>241604.0</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>170885.0</v>
+        <v>209197.0</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>173552.0</v>
+        <v>214048.0</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>187052.0</v>
+        <v>186933.0</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>193987.0</v>
+        <v>228370.0</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>234797.0</v>
+        <v>259831.0</v>
       </c>
       <c r="I165" s="14" t="n">
-        <v>260696.0</v>
+        <v>277507.0</v>
       </c>
       <c r="J165" s="14" t="n">
-        <v>217237.0</v>
+        <v>242177.0</v>
       </c>
       <c r="K165" s="14" t="n">
-        <v>202527.0</v>
+        <v>205406.0</v>
       </c>
       <c r="L165" s="14" t="n">
-        <v>192140.0</v>
+        <v>218732.0</v>
       </c>
       <c r="M165" s="14" t="n">
-        <v>196519.0</v>
+        <v>192778.0</v>
       </c>
       <c r="N165" s="14" t="n">
-        <v>176879.0</v>
+        <v>181531.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>1595318.0</v>
+        <v>1709993.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>175779.0</v>
+        <v>181347.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>142146.0</v>
+        <v>155903.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>123175.0</v>
+        <v>149281.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>122474.0</v>
+        <v>136184.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>111275.0</v>
+        <v>123680.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>120320.0</v>
+        <v>132397.0</v>
       </c>
       <c r="I166" s="14" t="n">
-        <v>128395.0</v>
+        <v>124722.0</v>
       </c>
       <c r="J166" s="14" t="n">
-        <v>163478.0</v>
+        <v>167206.0</v>
       </c>
       <c r="K166" s="14" t="n">
-        <v>113506.0</v>
+        <v>130948.0</v>
       </c>
       <c r="L166" s="14" t="n">
-        <v>119246.0</v>
+        <v>128892.0</v>
       </c>
       <c r="M166" s="14" t="n">
-        <v>145371.0</v>
+        <v>144823.0</v>
       </c>
       <c r="N166" s="14" t="n">
-        <v>130154.0</v>
+        <v>134610.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>167392.0</v>
+        <v>169923.0</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>18292.0</v>
+        <v>16625.0</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>16289.0</v>
+        <v>14546.0</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>15382.0</v>
+        <v>13295.0</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>14668.0</v>
+        <v>20382.0</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>10481.0</v>
+        <v>11750.0</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>8569.0</v>
+        <v>8277.0</v>
       </c>
       <c r="I167" s="14" t="n">
-        <v>8435.0</v>
+        <v>7271.0</v>
       </c>
       <c r="J167" s="14" t="n">
-        <v>14475.0</v>
+        <v>14051.0</v>
       </c>
       <c r="K167" s="14" t="n">
-        <v>17259.0</v>
+        <v>16126.0</v>
       </c>
       <c r="L167" s="14" t="n">
-        <v>12489.0</v>
+        <v>14582.0</v>
       </c>
       <c r="M167" s="14" t="n">
-        <v>14424.0</v>
+        <v>15550.0</v>
       </c>
       <c r="N167" s="14" t="n">
-        <v>16629.0</v>
+        <v>17469.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B168" s="14" t="n">
-        <v>2938420.0</v>
+        <v>3172586.0</v>
       </c>
       <c r="C168" s="14" t="n">
-        <v>229297.0</v>
+        <v>259169.0</v>
       </c>
       <c r="D168" s="14" t="n">
-        <v>206423.0</v>
+        <v>267719.0</v>
       </c>
       <c r="E168" s="14" t="n">
-        <v>219569.0</v>
+        <v>219701.0</v>
       </c>
       <c r="F168" s="14" t="n">
-        <v>266199.0</v>
+        <v>261498.0</v>
       </c>
       <c r="G168" s="14" t="n">
-        <v>251726.0</v>
+        <v>292184.0</v>
       </c>
       <c r="H168" s="14" t="n">
-        <v>208854.0</v>
+        <v>237513.0</v>
       </c>
       <c r="I168" s="14" t="n">
-        <v>243982.0</v>
+        <v>269499.0</v>
       </c>
       <c r="J168" s="14" t="n">
-        <v>325164.0</v>
+        <v>319902.0</v>
       </c>
       <c r="K168" s="14" t="n">
-        <v>270338.0</v>
+        <v>268755.0</v>
       </c>
       <c r="L168" s="14" t="n">
-        <v>293628.0</v>
+        <v>312300.0</v>
       </c>
       <c r="M168" s="14" t="n">
-        <v>204449.0</v>
+        <v>242397.0</v>
       </c>
       <c r="N168" s="14" t="n">
-        <v>218792.0</v>
+        <v>221948.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>1906404.0</v>
+        <v>2220559.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>145388.0</v>
+        <v>204077.0</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>151553.0</v>
+        <v>200067.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>130026.0</v>
+        <v>160885.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>136310.0</v>
+        <v>157550.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>136552.0</v>
+        <v>156002.0</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>164834.0</v>
+        <v>194856.0</v>
       </c>
       <c r="I169" s="14" t="n">
-        <v>217765.0</v>
+        <v>236906.0</v>
       </c>
       <c r="J169" s="14" t="n">
-        <v>196614.0</v>
+        <v>246030.0</v>
       </c>
       <c r="K169" s="14" t="n">
-        <v>195895.0</v>
+        <v>209927.0</v>
       </c>
       <c r="L169" s="14" t="n">
-        <v>145974.0</v>
+        <v>144860.0</v>
       </c>
       <c r="M169" s="14" t="n">
-        <v>135832.0</v>
+        <v>146360.0</v>
       </c>
       <c r="N169" s="14" t="n">
-        <v>149661.0</v>
+        <v>163041.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>400292.0</v>
+        <v>398197.0</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>13012.0</v>
+        <v>11567.0</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>16800.0</v>
+        <v>11510.0</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>17240.0</v>
+        <v>17906.0</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>28361.0</v>
+        <v>29629.0</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>28797.0</v>
+        <v>30201.0</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>43894.0</v>
+        <v>48042.0</v>
       </c>
       <c r="I170" s="14" t="n">
-        <v>68022.0</v>
+        <v>65655.0</v>
       </c>
       <c r="J170" s="14" t="n">
-        <v>76389.0</v>
+        <v>86706.0</v>
       </c>
       <c r="K170" s="14" t="n">
-        <v>53100.0</v>
+        <v>51818.0</v>
       </c>
       <c r="L170" s="14" t="n">
-        <v>26922.0</v>
+        <v>24090.0</v>
       </c>
       <c r="M170" s="14" t="n">
-        <v>13491.0</v>
+        <v>12395.0</v>
       </c>
       <c r="N170" s="14" t="n">
-        <v>14263.0</v>
+        <v>8677.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>452853.0</v>
+        <v>471568.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>19678.0</v>
+        <v>22195.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>26655.0</v>
+        <v>35204.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>33115.0</v>
+        <v>33674.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>35514.0</v>
+        <v>27925.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>55705.0</v>
+        <v>38094.0</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>37688.0</v>
+        <v>39250.0</v>
       </c>
       <c r="I171" s="14" t="n">
-        <v>53435.0</v>
+        <v>56425.0</v>
       </c>
       <c r="J171" s="14" t="n">
-        <v>39056.0</v>
+        <v>48012.0</v>
       </c>
       <c r="K171" s="14" t="n">
-        <v>42849.0</v>
+        <v>53136.0</v>
       </c>
       <c r="L171" s="14" t="n">
-        <v>47792.0</v>
+        <v>52446.0</v>
       </c>
       <c r="M171" s="14" t="n">
-        <v>34496.0</v>
+        <v>33916.0</v>
       </c>
       <c r="N171" s="14" t="n">
-        <v>26870.0</v>
+        <v>31291.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>1676690.0</v>
+        <v>1616703.0</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>287199.0</v>
+        <v>279837.0</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>219001.0</v>
+        <v>232344.0</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>226276.0</v>
+        <v>225908.0</v>
       </c>
       <c r="F172" s="14" t="n">
-        <v>120141.0</v>
+        <v>100069.0</v>
       </c>
       <c r="G172" s="14" t="n">
-        <v>40389.0</v>
+        <v>34105.0</v>
       </c>
       <c r="H172" s="14" t="n">
-        <v>36337.0</v>
+        <v>37024.0</v>
       </c>
       <c r="I172" s="14" t="n">
-        <v>40040.0</v>
+        <v>33340.0</v>
       </c>
       <c r="J172" s="14" t="n">
-        <v>35389.0</v>
+        <v>32623.0</v>
       </c>
       <c r="K172" s="14" t="n">
-        <v>30207.0</v>
+        <v>28303.0</v>
       </c>
       <c r="L172" s="14" t="n">
-        <v>99080.0</v>
+        <v>117295.0</v>
       </c>
       <c r="M172" s="14" t="n">
-        <v>282130.0</v>
+        <v>242780.0</v>
       </c>
       <c r="N172" s="14" t="n">
-        <v>260500.0</v>
+        <v>253076.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>1303326.0</v>
+        <v>1337690.0</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>181511.0</v>
+        <v>194179.0</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>188654.0</v>
+        <v>218967.0</v>
       </c>
       <c r="E173" s="14" t="n">
-        <v>184927.0</v>
+        <v>198339.0</v>
       </c>
       <c r="F173" s="14" t="n">
-        <v>90097.0</v>
+        <v>72388.0</v>
       </c>
       <c r="G173" s="14" t="n">
-        <v>24899.0</v>
+        <v>31058.0</v>
       </c>
       <c r="H173" s="14" t="n">
-        <v>25292.0</v>
+        <v>26522.0</v>
       </c>
       <c r="I173" s="14" t="n">
-        <v>69141.0</v>
+        <v>68214.0</v>
       </c>
       <c r="J173" s="14" t="n">
-        <v>34796.0</v>
+        <v>29170.0</v>
       </c>
       <c r="K173" s="14" t="n">
-        <v>30368.0</v>
+        <v>28621.0</v>
       </c>
       <c r="L173" s="14" t="n">
-        <v>122510.0</v>
+        <v>119657.0</v>
       </c>
       <c r="M173" s="14" t="n">
-        <v>192945.0</v>
+        <v>191015.0</v>
       </c>
       <c r="N173" s="14" t="n">
-        <v>158186.0</v>
+        <v>159559.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>2.2445165E7</v>
+        <v>2.366979E7</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>1568948.0</v>
+        <v>1754676.0</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>1600565.0</v>
+        <v>1711265.0</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>1797281.0</v>
+        <v>1941221.0</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>1710145.0</v>
+        <v>1912736.0</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>1837347.0</v>
+        <v>1884722.0</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>1984409.0</v>
+        <v>2113323.0</v>
       </c>
       <c r="I174" s="14" t="n">
-        <v>2105807.0</v>
+        <v>2239907.0</v>
       </c>
       <c r="J174" s="14" t="n">
-        <v>2190264.0</v>
+        <v>2332033.0</v>
       </c>
       <c r="K174" s="14" t="n">
-        <v>2063678.0</v>
+        <v>2088558.0</v>
       </c>
       <c r="L174" s="14" t="n">
-        <v>2106963.0</v>
+        <v>2187021.0</v>
       </c>
       <c r="M174" s="14" t="n">
-        <v>1723506.0</v>
+        <v>1756299.0</v>
       </c>
       <c r="N174" s="14" t="n">
-        <v>1756253.0</v>
+        <v>1748029.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>937223.0</v>
+        <v>926438.0</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>65959.0</v>
+        <v>67863.0</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>76649.0</v>
+        <v>70728.0</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>67540.0</v>
+        <v>76943.0</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>82299.0</v>
+        <v>86036.0</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>68690.0</v>
+        <v>65593.0</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>52742.0</v>
+        <v>54533.0</v>
       </c>
       <c r="I175" s="14" t="n">
-        <v>89181.0</v>
+        <v>88138.0</v>
       </c>
       <c r="J175" s="14" t="n">
-        <v>62023.0</v>
+        <v>59268.0</v>
       </c>
       <c r="K175" s="14" t="n">
-        <v>72891.0</v>
+        <v>72346.0</v>
       </c>
       <c r="L175" s="14" t="n">
-        <v>129786.0</v>
+        <v>118964.0</v>
       </c>
       <c r="M175" s="14" t="n">
-        <v>101978.0</v>
+        <v>96778.0</v>
       </c>
       <c r="N175" s="14" t="n">
-        <v>67485.0</v>
+        <v>69248.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>1090207.0</v>
+        <v>1196310.0</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>110220.0</v>
+        <v>114730.0</v>
       </c>
       <c r="D176" s="14" t="n">
-        <v>95854.0</v>
+        <v>120088.0</v>
       </c>
       <c r="E176" s="14" t="n">
-        <v>104713.0</v>
+        <v>125890.0</v>
       </c>
       <c r="F176" s="14" t="n">
-        <v>95537.0</v>
+        <v>81823.0</v>
       </c>
       <c r="G176" s="14" t="n">
-        <v>67294.0</v>
+        <v>108555.0</v>
       </c>
       <c r="H176" s="14" t="n">
-        <v>85547.0</v>
+        <v>92017.0</v>
       </c>
       <c r="I176" s="14" t="n">
-        <v>102525.0</v>
+        <v>96945.0</v>
       </c>
       <c r="J176" s="14" t="n">
-        <v>82219.0</v>
+        <v>87426.0</v>
       </c>
       <c r="K176" s="14" t="n">
-        <v>64919.0</v>
+        <v>79171.0</v>
       </c>
       <c r="L176" s="14" t="n">
-        <v>91761.0</v>
+        <v>92518.0</v>
       </c>
       <c r="M176" s="14" t="n">
-        <v>91716.0</v>
+        <v>91056.0</v>
       </c>
       <c r="N176" s="14" t="n">
-        <v>97901.0</v>
+        <v>106092.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>15545.0</v>
+        <v>15515.0</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>1474.0</v>
+        <v>1514.0</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>1231.0</v>
+        <v>1188.0</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>1084.0</v>
+        <v>1479.0</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>1536.0</v>
+        <v>1258.0</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>1373.0</v>
+        <v>1216.0</v>
       </c>
       <c r="H177" s="14" t="n">
-        <v>667.0</v>
+        <v>1194.0</v>
       </c>
       <c r="I177" s="14" t="n">
-        <v>1064.0</v>
+        <v>1127.0</v>
       </c>
       <c r="J177" s="14" t="n">
-        <v>1286.0</v>
+        <v>1538.0</v>
       </c>
       <c r="K177" s="14" t="n">
-        <v>1028.0</v>
+        <v>1072.0</v>
       </c>
       <c r="L177" s="14" t="n">
-        <v>1255.0</v>
+        <v>1017.0</v>
       </c>
       <c r="M177" s="14" t="n">
-        <v>1313.0</v>
+        <v>1208.0</v>
       </c>
       <c r="N177" s="14" t="n">
-        <v>2236.0</v>
+        <v>1704.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B178" s="14" t="n">
-        <v>42169.0</v>
+        <v>44608.0</v>
       </c>
       <c r="C178" s="14" t="n">
-        <v>4885.0</v>
+        <v>4358.0</v>
       </c>
       <c r="D178" s="14" t="n">
-        <v>3442.0</v>
+        <v>4050.0</v>
       </c>
       <c r="E178" s="14" t="n">
-        <v>3894.0</v>
+        <v>3206.0</v>
       </c>
       <c r="F178" s="14" t="n">
-        <v>3886.0</v>
+        <v>3038.0</v>
       </c>
       <c r="G178" s="14" t="n">
-        <v>3196.0</v>
+        <v>3704.0</v>
       </c>
       <c r="H178" s="14" t="n">
-        <v>2672.0</v>
+        <v>3482.0</v>
       </c>
       <c r="I178" s="14" t="n">
-        <v>3014.0</v>
+        <v>3352.0</v>
       </c>
       <c r="J178" s="14" t="n">
-        <v>2155.0</v>
+        <v>3408.0</v>
       </c>
       <c r="K178" s="14" t="n">
-        <v>1879.0</v>
+        <v>1551.0</v>
       </c>
       <c r="L178" s="14" t="n">
-        <v>1974.0</v>
+        <v>2461.0</v>
       </c>
       <c r="M178" s="14" t="n">
-        <v>1792.0</v>
+        <v>3732.0</v>
       </c>
       <c r="N178" s="14" t="n">
-        <v>9378.0</v>
+        <v>8267.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>209734.0</v>
+        <v>236342.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>15549.0</v>
+        <v>17207.0</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>18982.0</v>
+        <v>21133.0</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>18720.0</v>
+        <v>21155.0</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>17802.0</v>
+        <v>19216.0</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>15604.0</v>
+        <v>20450.0</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>15300.0</v>
+        <v>19861.0</v>
       </c>
       <c r="I179" s="14" t="n">
-        <v>21834.0</v>
+        <v>19890.0</v>
       </c>
       <c r="J179" s="14" t="n">
-        <v>17722.0</v>
+        <v>17083.0</v>
       </c>
       <c r="K179" s="14" t="n">
-        <v>14067.0</v>
+        <v>17926.0</v>
       </c>
       <c r="L179" s="14" t="n">
-        <v>16768.0</v>
+        <v>19035.0</v>
       </c>
       <c r="M179" s="14" t="n">
-        <v>17891.0</v>
+        <v>21911.0</v>
       </c>
       <c r="N179" s="14" t="n">
-        <v>19496.0</v>
+        <v>21475.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>204483.0</v>
+        <v>207200.0</v>
       </c>
       <c r="C180" s="14" t="n">
-        <v>16400.0</v>
+        <v>15974.0</v>
       </c>
       <c r="D180" s="14" t="n">
-        <v>15437.0</v>
+        <v>18236.0</v>
       </c>
       <c r="E180" s="14" t="n">
-        <v>17033.0</v>
+        <v>17986.0</v>
       </c>
       <c r="F180" s="14" t="n">
-        <v>17567.0</v>
+        <v>14620.0</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>18656.0</v>
+        <v>15837.0</v>
       </c>
       <c r="H180" s="14" t="n">
-        <v>15256.0</v>
+        <v>16273.0</v>
       </c>
       <c r="I180" s="14" t="n">
-        <v>18958.0</v>
+        <v>19632.0</v>
       </c>
       <c r="J180" s="14" t="n">
-        <v>19883.0</v>
+        <v>19725.0</v>
       </c>
       <c r="K180" s="14" t="n">
-        <v>17147.0</v>
+        <v>19042.0</v>
       </c>
       <c r="L180" s="14" t="n">
-        <v>16521.0</v>
+        <v>16784.0</v>
       </c>
       <c r="M180" s="14" t="n">
-        <v>15866.0</v>
+        <v>17882.0</v>
       </c>
       <c r="N180" s="14" t="n">
-        <v>15758.0</v>
+        <v>15208.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>115286.0</v>
+        <v>132280.0</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>6079.0</v>
+        <v>7166.0</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>7571.0</v>
+        <v>6890.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>7035.0</v>
+        <v>6519.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>8269.0</v>
+        <v>7367.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>9098.0</v>
+        <v>8630.0</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>7801.0</v>
+        <v>9702.0</v>
       </c>
       <c r="I181" s="14" t="n">
-        <v>13575.0</v>
+        <v>13399.0</v>
       </c>
       <c r="J181" s="14" t="n">
-        <v>20218.0</v>
+        <v>27442.0</v>
       </c>
       <c r="K181" s="14" t="n">
-        <v>11119.0</v>
+        <v>12814.0</v>
       </c>
       <c r="L181" s="14" t="n">
-        <v>9858.0</v>
+        <v>10615.0</v>
       </c>
       <c r="M181" s="14" t="n">
-        <v>5497.0</v>
+        <v>10531.0</v>
       </c>
       <c r="N181" s="14" t="n">
-        <v>9167.0</v>
+        <v>11204.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B182" s="6"/>
       <c r="C182" s="6"/>
       <c r="D182" s="6"/>
       <c r="E182" s="6"/>
       <c r="F182" s="6"/>
       <c r="G182" s="6"/>
       <c r="H182" s="6"/>
       <c r="I182" s="6"/>
       <c r="J182" s="6"/>
       <c r="K182" s="6"/>
       <c r="L182" s="6"/>
       <c r="M182" s="6"/>
       <c r="N182" s="6"/>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>2935740.0</v>
+        <v>2978301.0</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>68106.0</v>
+        <v>82073.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>86254.0</v>
+        <v>92815.0</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>137625.0</v>
+        <v>199998.0</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>257542.0</v>
+        <v>217231.0</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>228503.0</v>
+        <v>264242.0</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>304963.0</v>
+        <v>298294.0</v>
       </c>
       <c r="I183" s="14" t="n">
-        <v>472633.0</v>
+        <v>467453.0</v>
       </c>
       <c r="J183" s="14" t="n">
-        <v>555123.0</v>
+        <v>569558.0</v>
       </c>
       <c r="K183" s="14" t="n">
-        <v>340843.0</v>
+        <v>324605.0</v>
       </c>
       <c r="L183" s="14" t="n">
-        <v>246412.0</v>
+        <v>218582.0</v>
       </c>
       <c r="M183" s="14" t="n">
-        <v>130017.0</v>
+        <v>143214.0</v>
       </c>
       <c r="N183" s="14" t="n">
-        <v>107719.0</v>
+        <v>100233.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B184" s="14" t="n">
-        <v>2322283.0</v>
+        <v>2312959.0</v>
       </c>
       <c r="C184" s="14" t="n">
-        <v>54226.0</v>
+        <v>65352.0</v>
       </c>
       <c r="D184" s="14" t="n">
-        <v>70187.0</v>
+        <v>71232.0</v>
       </c>
       <c r="E184" s="14" t="n">
-        <v>110182.0</v>
+        <v>164910.0</v>
       </c>
       <c r="F184" s="14" t="n">
-        <v>208732.0</v>
+        <v>161873.0</v>
       </c>
       <c r="G184" s="14" t="n">
-        <v>158253.0</v>
+        <v>185454.0</v>
       </c>
       <c r="H184" s="14" t="n">
-        <v>229447.0</v>
+        <v>217648.0</v>
       </c>
       <c r="I184" s="14" t="n">
-        <v>390434.0</v>
+        <v>375366.0</v>
       </c>
       <c r="J184" s="14" t="n">
-        <v>469320.0</v>
+        <v>475266.0</v>
       </c>
       <c r="K184" s="14" t="n">
-        <v>250635.0</v>
+        <v>233655.0</v>
       </c>
       <c r="L184" s="14" t="n">
-        <v>184243.0</v>
+        <v>157566.0</v>
       </c>
       <c r="M184" s="14" t="n">
-        <v>106124.0</v>
+        <v>120368.0</v>
       </c>
       <c r="N184" s="14" t="n">
-        <v>90499.0</v>
+        <v>84268.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>613457.0</v>
+        <v>665341.0</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>13880.0</v>
+        <v>16722.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>16067.0</v>
+        <v>21582.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>27443.0</v>
+        <v>35088.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>48809.0</v>
+        <v>55358.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>70250.0</v>
+        <v>78788.0</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>75516.0</v>
+        <v>80647.0</v>
       </c>
       <c r="I185" s="14" t="n">
-        <v>82200.0</v>
+        <v>92087.0</v>
       </c>
       <c r="J185" s="14" t="n">
-        <v>85803.0</v>
+        <v>94292.0</v>
       </c>
       <c r="K185" s="14" t="n">
-        <v>90208.0</v>
+        <v>90950.0</v>
       </c>
       <c r="L185" s="14" t="n">
-        <v>62169.0</v>
+        <v>61016.0</v>
       </c>
       <c r="M185" s="14" t="n">
-        <v>23893.0</v>
+        <v>22846.0</v>
       </c>
       <c r="N185" s="14" t="n">
-        <v>17220.0</v>
+        <v>15965.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>313747.0</v>
+        <v>360542.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>5408.0</v>
+        <v>8486.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>7503.0</v>
+        <v>11025.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>13551.0</v>
+        <v>17603.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>24884.0</v>
+        <v>32927.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>35099.0</v>
+        <v>43335.0</v>
       </c>
       <c r="H186" s="14" t="n">
-        <v>39348.0</v>
+        <v>38921.0</v>
       </c>
       <c r="I186" s="14" t="n">
-        <v>42271.0</v>
+        <v>49895.0</v>
       </c>
       <c r="J186" s="14" t="n">
-        <v>53218.0</v>
+        <v>62035.0</v>
       </c>
       <c r="K186" s="14" t="n">
-        <v>46094.0</v>
+        <v>47622.0</v>
       </c>
       <c r="L186" s="14" t="n">
-        <v>28738.0</v>
+        <v>29546.0</v>
       </c>
       <c r="M186" s="14" t="n">
-        <v>10148.0</v>
+        <v>11337.0</v>
       </c>
       <c r="N186" s="14" t="n">
-        <v>7487.0</v>
+        <v>7810.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>43491.0</v>
+        <v>49936.0</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>667.0</v>
+        <v>1898.0</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>526.0</v>
+        <v>943.0</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>1548.0</v>
+        <v>2499.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>2622.0</v>
+        <v>3236.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>6027.0</v>
+        <v>7765.0</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>7317.0</v>
+        <v>5737.0</v>
       </c>
       <c r="I187" s="14" t="n">
-        <v>6125.0</v>
+        <v>6761.0</v>
       </c>
       <c r="J187" s="14" t="n">
-        <v>6609.0</v>
+        <v>7206.0</v>
       </c>
       <c r="K187" s="14" t="n">
-        <v>7668.0</v>
+        <v>8918.0</v>
       </c>
       <c r="L187" s="14" t="n">
-        <v>3052.0</v>
+        <v>3119.0</v>
       </c>
       <c r="M187" s="14" t="n">
-        <v>830.0</v>
+        <v>1328.0</v>
       </c>
       <c r="N187" s="14" t="n">
-        <v>501.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B188" s="14" t="n">
-        <v>5232.0</v>
+        <v>6904.0</v>
       </c>
       <c r="C188" s="14" t="n">
-        <v>23.0</v>
+        <v>100.0</v>
       </c>
       <c r="D188" s="14" t="n">
-        <v>213.0</v>
+        <v>141.0</v>
       </c>
       <c r="E188" s="14" t="n">
-        <v>127.0</v>
+        <v>287.0</v>
       </c>
       <c r="F188" s="14" t="n">
-        <v>375.0</v>
+        <v>438.0</v>
       </c>
       <c r="G188" s="14" t="n">
-        <v>830.0</v>
+        <v>812.0</v>
       </c>
       <c r="H188" s="14" t="n">
-        <v>1111.0</v>
+        <v>533.0</v>
       </c>
       <c r="I188" s="14" t="n">
-        <v>768.0</v>
+        <v>1198.0</v>
       </c>
       <c r="J188" s="14" t="n">
-        <v>498.0</v>
+        <v>1232.0</v>
       </c>
       <c r="K188" s="14" t="n">
-        <v>696.0</v>
+        <v>1198.0</v>
       </c>
       <c r="L188" s="14" t="n">
-        <v>282.0</v>
+        <v>596.0</v>
       </c>
       <c r="M188" s="14" t="n">
-        <v>172.0</v>
+        <v>79.0</v>
       </c>
       <c r="N188" s="14" t="n">
-        <v>136.0</v>
+        <v>291.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>18456.0</v>
+        <v>18608.0</v>
       </c>
       <c r="C189" s="14" t="n">
-        <v>381.0</v>
+        <v>200.0</v>
       </c>
       <c r="D189" s="14" t="n">
-        <v>380.0</v>
+        <v>689.0</v>
       </c>
       <c r="E189" s="14" t="n">
-        <v>483.0</v>
+        <v>923.0</v>
       </c>
       <c r="F189" s="14" t="n">
-        <v>3633.0</v>
+        <v>2721.0</v>
       </c>
       <c r="G189" s="14" t="n">
-        <v>2645.0</v>
+        <v>1494.0</v>
       </c>
       <c r="H189" s="14" t="n">
-        <v>1582.0</v>
+        <v>1405.0</v>
       </c>
       <c r="I189" s="14" t="n">
-        <v>3492.0</v>
+        <v>4448.0</v>
       </c>
       <c r="J189" s="14" t="n">
-        <v>2448.0</v>
+        <v>2825.0</v>
       </c>
       <c r="K189" s="14" t="n">
-        <v>1857.0</v>
+        <v>1994.0</v>
       </c>
       <c r="L189" s="14" t="n">
-        <v>952.0</v>
+        <v>1473.0</v>
       </c>
       <c r="M189" s="14" t="n">
-        <v>386.0</v>
+        <v>273.0</v>
       </c>
       <c r="N189" s="14" t="n">
-        <v>216.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>3042.0</v>
+        <v>3731.0</v>
       </c>
       <c r="C190" s="14" t="n">
-        <v>56.0</v>
+        <v>54.0</v>
       </c>
       <c r="D190" s="14" t="n">
-        <v>64.0</v>
+        <v>69.0</v>
       </c>
       <c r="E190" s="14" t="n">
-        <v>113.0</v>
+        <v>245.0</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>100.0</v>
+        <v>240.0</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>388.0</v>
+        <v>112.0</v>
       </c>
       <c r="H190" s="14" t="n">
-        <v>205.0</v>
+        <v>238.0</v>
       </c>
       <c r="I190" s="14" t="n">
-        <v>682.0</v>
+        <v>1300.0</v>
       </c>
       <c r="J190" s="14" t="n">
-        <v>442.0</v>
+        <v>576.0</v>
       </c>
       <c r="K190" s="14" t="n">
-        <v>484.0</v>
+        <v>675.0</v>
       </c>
       <c r="L190" s="14" t="n">
-        <v>386.0</v>
-[...5 lines deleted...]
-        <v>50.0</v>
+        <v>174.0</v>
+      </c>
+      <c r="M190" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="N190" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>3889.0</v>
+        <v>2707.0</v>
       </c>
       <c r="C191" s="14" t="n">
-        <v>54.0</v>
-[...1 lines deleted...]
-      <c r="D191" s="14" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="D191" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E191" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F191" s="14" t="n">
+        <v>175.0</v>
+      </c>
+      <c r="G191" s="14" t="n">
+        <v>392.0</v>
+      </c>
+      <c r="H191" s="14" t="n">
+        <v>233.0</v>
+      </c>
+      <c r="I191" s="14" t="n">
+        <v>315.0</v>
+      </c>
+      <c r="J191" s="14" t="n">
+        <v>302.0</v>
+      </c>
+      <c r="K191" s="14" t="n">
+        <v>473.0</v>
+      </c>
+      <c r="L191" s="14" t="n">
+        <v>478.0</v>
+      </c>
+      <c r="M191" s="14" t="n">
+        <v>70.0</v>
+      </c>
+      <c r="N191" s="14" t="n">
         <v>36.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>128.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>87819.0</v>
+        <v>101904.0</v>
       </c>
       <c r="C192" s="14" t="n">
-        <v>1232.0</v>
+        <v>1911.0</v>
       </c>
       <c r="D192" s="14" t="n">
-        <v>2387.0</v>
+        <v>2545.0</v>
       </c>
       <c r="E192" s="14" t="n">
-        <v>4523.0</v>
+        <v>3353.0</v>
       </c>
       <c r="F192" s="14" t="n">
-        <v>7292.0</v>
+        <v>13613.0</v>
       </c>
       <c r="G192" s="14" t="n">
-        <v>10658.0</v>
+        <v>13340.0</v>
       </c>
       <c r="H192" s="14" t="n">
-        <v>9924.0</v>
+        <v>9319.0</v>
       </c>
       <c r="I192" s="14" t="n">
-        <v>10674.0</v>
+        <v>11339.0</v>
       </c>
       <c r="J192" s="14" t="n">
-        <v>15259.0</v>
+        <v>20488.0</v>
       </c>
       <c r="K192" s="14" t="n">
-        <v>13326.0</v>
+        <v>12015.0</v>
       </c>
       <c r="L192" s="14" t="n">
-        <v>7745.0</v>
+        <v>8461.0</v>
       </c>
       <c r="M192" s="14" t="n">
-        <v>1962.0</v>
+        <v>3175.0</v>
       </c>
       <c r="N192" s="14" t="n">
-        <v>2835.0</v>
+        <v>2343.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B193" s="14" t="n">
-        <v>892.0</v>
-[...5 lines deleted...]
-        <v>76.0</v>
+        <v>1464.0</v>
+      </c>
+      <c r="C193" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D193" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E193" s="14" t="n">
-        <v>61.0</v>
+        <v>147.0</v>
       </c>
       <c r="F193" s="14" t="n">
-        <v>75.0</v>
+        <v>148.0</v>
       </c>
       <c r="G193" s="14" t="n">
-        <v>96.0</v>
+        <v>140.0</v>
       </c>
       <c r="H193" s="14" t="n">
-        <v>133.0</v>
+        <v>36.0</v>
       </c>
       <c r="I193" s="14" t="n">
-        <v>141.0</v>
+        <v>207.0</v>
       </c>
       <c r="J193" s="14" t="n">
-        <v>43.0</v>
+        <v>80.0</v>
       </c>
       <c r="K193" s="14" t="n">
-        <v>97.0</v>
+        <v>199.0</v>
       </c>
       <c r="L193" s="14" t="n">
-        <v>87.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>98.0</v>
+      </c>
+      <c r="M193" s="14" t="n">
+        <v>250.0</v>
+      </c>
+      <c r="N193" s="14" t="n">
+        <v>47.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>22091.0</v>
+        <v>29275.0</v>
       </c>
       <c r="C194" s="14" t="n">
-        <v>342.0</v>
+        <v>448.0</v>
       </c>
       <c r="D194" s="14" t="n">
-        <v>758.0</v>
+        <v>806.0</v>
       </c>
       <c r="E194" s="14" t="n">
-        <v>930.0</v>
+        <v>1087.0</v>
       </c>
       <c r="F194" s="14" t="n">
-        <v>1202.0</v>
+        <v>1876.0</v>
       </c>
       <c r="G194" s="14" t="n">
-        <v>2205.0</v>
+        <v>3962.0</v>
       </c>
       <c r="H194" s="14" t="n">
-        <v>3460.0</v>
+        <v>3390.0</v>
       </c>
       <c r="I194" s="14" t="n">
-        <v>2999.0</v>
+        <v>4185.0</v>
       </c>
       <c r="J194" s="14" t="n">
-        <v>2569.0</v>
+        <v>2790.0</v>
       </c>
       <c r="K194" s="14" t="n">
-        <v>3986.0</v>
+        <v>4189.0</v>
       </c>
       <c r="L194" s="14" t="n">
-        <v>2500.0</v>
+        <v>4360.0</v>
       </c>
       <c r="M194" s="14" t="n">
-        <v>853.0</v>
+        <v>847.0</v>
       </c>
       <c r="N194" s="14" t="n">
-        <v>286.0</v>
+        <v>1335.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B195" s="14" t="n">
-        <v>46945.0</v>
+        <v>49620.0</v>
       </c>
       <c r="C195" s="14" t="n">
-        <v>598.0</v>
+        <v>1168.0</v>
       </c>
       <c r="D195" s="14" t="n">
-        <v>890.0</v>
+        <v>1884.0</v>
       </c>
       <c r="E195" s="14" t="n">
-        <v>1928.0</v>
+        <v>2454.0</v>
       </c>
       <c r="F195" s="14" t="n">
-        <v>3377.0</v>
+        <v>3335.0</v>
       </c>
       <c r="G195" s="14" t="n">
-        <v>4562.0</v>
+        <v>3544.0</v>
       </c>
       <c r="H195" s="14" t="n">
-        <v>4972.0</v>
+        <v>5709.0</v>
       </c>
       <c r="I195" s="14" t="n">
-        <v>5652.0</v>
+        <v>6015.0</v>
       </c>
       <c r="J195" s="14" t="n">
-        <v>14004.0</v>
+        <v>14227.0</v>
       </c>
       <c r="K195" s="14" t="n">
-        <v>5032.0</v>
+        <v>5404.0</v>
       </c>
       <c r="L195" s="14" t="n">
-        <v>2991.0</v>
+        <v>3071.0</v>
       </c>
       <c r="M195" s="14" t="n">
-        <v>1583.0</v>
+        <v>1863.0</v>
       </c>
       <c r="N195" s="14" t="n">
-        <v>1355.0</v>
+        <v>946.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B196" s="14" t="n">
-        <v>1040.0</v>
-[...2 lines deleted...]
-        <v>30.0</v>
+        <v>573.0</v>
+      </c>
+      <c r="C196" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F196" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>26.0</v>
+      <c r="F196" s="14" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="G196" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H196" s="14" t="n">
-        <v>406.0</v>
+        <v>54.0</v>
       </c>
       <c r="I196" s="14" t="n">
-        <v>40.0</v>
+        <v>102.0</v>
       </c>
       <c r="J196" s="14" t="n">
-        <v>329.0</v>
+        <v>146.0</v>
       </c>
       <c r="K196" s="14" t="n">
-        <v>64.0</v>
+        <v>84.0</v>
       </c>
       <c r="L196" s="14" t="n">
-        <v>66.0</v>
-[...5 lines deleted...]
-        <v>33.0</v>
+        <v>45.0</v>
+      </c>
+      <c r="M196" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N196" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>25461.0</v>
+        <v>30641.0</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>268.0</v>
+        <v>398.0</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>176.0</v>
+        <v>934.0</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>525.0</v>
+        <v>1286.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>1550.0</v>
+        <v>1875.0</v>
       </c>
       <c r="G197" s="14" t="n">
-        <v>2791.0</v>
+        <v>5074.0</v>
       </c>
       <c r="H197" s="14" t="n">
-        <v>4081.0</v>
+        <v>4622.0</v>
       </c>
       <c r="I197" s="14" t="n">
-        <v>3687.0</v>
+        <v>5720.0</v>
       </c>
       <c r="J197" s="14" t="n">
-        <v>4539.0</v>
+        <v>3824.0</v>
       </c>
       <c r="K197" s="14" t="n">
-        <v>4700.0</v>
+        <v>4498.0</v>
       </c>
       <c r="L197" s="14" t="n">
-        <v>1931.0</v>
+        <v>1714.0</v>
       </c>
       <c r="M197" s="14" t="n">
-        <v>971.0</v>
+        <v>464.0</v>
       </c>
       <c r="N197" s="14" t="n">
-        <v>241.0</v>
+        <v>233.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>6608.0</v>
+        <v>8526.0</v>
       </c>
       <c r="C198" s="14" t="n">
-        <v>158.0</v>
+        <v>339.0</v>
       </c>
       <c r="D198" s="14" t="n">
-        <v>211.0</v>
+        <v>278.0</v>
       </c>
       <c r="E198" s="14" t="n">
-        <v>542.0</v>
+        <v>1248.0</v>
       </c>
       <c r="F198" s="14" t="n">
-        <v>343.0</v>
+        <v>610.0</v>
       </c>
       <c r="G198" s="14" t="n">
-        <v>633.0</v>
+        <v>593.0</v>
       </c>
       <c r="H198" s="14" t="n">
-        <v>663.0</v>
+        <v>726.0</v>
       </c>
       <c r="I198" s="14" t="n">
-        <v>493.0</v>
+        <v>1376.0</v>
       </c>
       <c r="J198" s="14" t="n">
-        <v>977.0</v>
+        <v>1505.0</v>
       </c>
       <c r="K198" s="14" t="n">
-        <v>1214.0</v>
+        <v>739.0</v>
       </c>
       <c r="L198" s="14" t="n">
-        <v>912.0</v>
+        <v>627.0</v>
       </c>
       <c r="M198" s="14" t="n">
-        <v>295.0</v>
+        <v>380.0</v>
       </c>
       <c r="N198" s="14" t="n">
-        <v>167.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>22606.0</v>
+        <v>25397.0</v>
       </c>
       <c r="C199" s="14" t="n">
-        <v>523.0</v>
+        <v>631.0</v>
       </c>
       <c r="D199" s="14" t="n">
-        <v>734.0</v>
+        <v>786.0</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>786.0</v>
+        <v>1682.0</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>2494.0</v>
+        <v>2392.0</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>2211.0</v>
+        <v>2395.0</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>1957.0</v>
+        <v>3157.0</v>
       </c>
       <c r="I199" s="14" t="n">
-        <v>3255.0</v>
+        <v>2357.0</v>
       </c>
       <c r="J199" s="14" t="n">
-        <v>2861.0</v>
+        <v>3442.0</v>
       </c>
       <c r="K199" s="14" t="n">
-        <v>2685.0</v>
+        <v>4172.0</v>
       </c>
       <c r="L199" s="14" t="n">
-        <v>3089.0</v>
+        <v>2229.0</v>
       </c>
       <c r="M199" s="14" t="n">
-        <v>1289.0</v>
+        <v>1163.0</v>
       </c>
       <c r="N199" s="14" t="n">
-        <v>723.0</v>
+        <v>989.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B200" s="14" t="n">
-        <v>3493.0</v>
+        <v>3630.0</v>
       </c>
       <c r="C200" s="14" t="n">
-        <v>50.0</v>
+        <v>76.0</v>
       </c>
       <c r="D200" s="14" t="n">
-        <v>108.0</v>
+        <v>104.0</v>
       </c>
       <c r="E200" s="14" t="n">
-        <v>88.0</v>
+        <v>140.0</v>
       </c>
       <c r="F200" s="14" t="n">
-        <v>142.0</v>
+        <v>331.0</v>
       </c>
       <c r="G200" s="14" t="n">
-        <v>166.0</v>
+        <v>479.0</v>
       </c>
       <c r="H200" s="14" t="n">
-        <v>688.0</v>
+        <v>1090.0</v>
       </c>
       <c r="I200" s="14" t="n">
-        <v>1159.0</v>
+        <v>564.0</v>
       </c>
       <c r="J200" s="14" t="n">
-        <v>318.0</v>
+        <v>263.0</v>
       </c>
       <c r="K200" s="14" t="n">
-        <v>520.0</v>
+        <v>258.0</v>
       </c>
       <c r="L200" s="14" t="n">
-        <v>164.0</v>
+        <v>151.0</v>
       </c>
       <c r="M200" s="14" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="N200" s="14" t="n">
         <v>23.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>69.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>2635.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>4068.0</v>
+      </c>
+      <c r="C201" s="14" t="n">
+        <v>42.0</v>
       </c>
       <c r="D201" s="14" t="n">
-        <v>24.0</v>
+        <v>123.0</v>
       </c>
       <c r="E201" s="14" t="n">
-        <v>33.0</v>
+        <v>265.0</v>
       </c>
       <c r="F201" s="14" t="n">
-        <v>282.0</v>
+        <v>544.0</v>
       </c>
       <c r="G201" s="14" t="n">
-        <v>239.0</v>
+        <v>358.0</v>
       </c>
       <c r="H201" s="14" t="n">
-        <v>169.0</v>
+        <v>403.0</v>
       </c>
       <c r="I201" s="14" t="n">
-        <v>553.0</v>
+        <v>833.0</v>
       </c>
       <c r="J201" s="14" t="n">
-        <v>212.0</v>
+        <v>197.0</v>
       </c>
       <c r="K201" s="14" t="n">
-        <v>493.0</v>
+        <v>550.0</v>
       </c>
       <c r="L201" s="14" t="n">
-        <v>333.0</v>
+        <v>457.0</v>
       </c>
       <c r="M201" s="14" t="n">
-        <v>228.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>108.0</v>
+      </c>
+      <c r="N201" s="14" t="n">
+        <v>189.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>1657.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>3163.0</v>
+      </c>
+      <c r="C202" s="14" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="D202" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E202" s="14" t="n">
+        <v>444.0</v>
       </c>
       <c r="F202" s="14" t="n">
-        <v>64.0</v>
+        <v>81.0</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>119.0</v>
+        <v>229.0</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>198.0</v>
+        <v>465.0</v>
       </c>
       <c r="I202" s="14" t="n">
-        <v>306.0</v>
+        <v>523.0</v>
       </c>
       <c r="J202" s="14" t="n">
-        <v>179.0</v>
+        <v>477.0</v>
       </c>
       <c r="K202" s="14" t="n">
-        <v>110.0</v>
+        <v>693.0</v>
       </c>
       <c r="L202" s="14" t="n">
-        <v>370.0</v>
+        <v>94.0</v>
       </c>
       <c r="M202" s="14" t="n">
-        <v>138.0</v>
+        <v>105.0</v>
       </c>
       <c r="N202" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>91579.0</v>
+        <v>98864.0</v>
       </c>
       <c r="C203" s="14" t="n">
-        <v>1944.0</v>
+        <v>1892.0</v>
       </c>
       <c r="D203" s="14" t="n">
-        <v>1967.0</v>
+        <v>3824.0</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>3751.0</v>
+        <v>4339.0</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>7491.0</v>
+        <v>6645.0</v>
       </c>
       <c r="G203" s="14" t="n">
-        <v>11428.0</v>
+        <v>12355.0</v>
       </c>
       <c r="H203" s="14" t="n">
-        <v>11896.0</v>
+        <v>15028.0</v>
       </c>
       <c r="I203" s="14" t="n">
-        <v>11316.0</v>
+        <v>12442.0</v>
       </c>
       <c r="J203" s="14" t="n">
-        <v>8099.0</v>
+        <v>8316.0</v>
       </c>
       <c r="K203" s="14" t="n">
-        <v>16152.0</v>
+        <v>17871.0</v>
       </c>
       <c r="L203" s="14" t="n">
-        <v>12530.0</v>
+        <v>12643.0</v>
       </c>
       <c r="M203" s="14" t="n">
-        <v>3091.0</v>
+        <v>2384.0</v>
       </c>
       <c r="N203" s="14" t="n">
-        <v>1915.0</v>
+        <v>1123.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>9479.0</v>
+        <v>12832.0</v>
       </c>
       <c r="C204" s="14" t="n">
-        <v>33.0</v>
+        <v>175.0</v>
       </c>
       <c r="D204" s="14" t="n">
-        <v>174.0</v>
+        <v>137.0</v>
       </c>
       <c r="E204" s="14" t="n">
-        <v>287.0</v>
+        <v>392.0</v>
       </c>
       <c r="F204" s="14" t="n">
-        <v>684.0</v>
+        <v>848.0</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>1167.0</v>
+        <v>976.0</v>
       </c>
       <c r="H204" s="14" t="n">
-        <v>1028.0</v>
+        <v>2237.0</v>
       </c>
       <c r="I204" s="14" t="n">
-        <v>1498.0</v>
+        <v>4062.0</v>
       </c>
       <c r="J204" s="14" t="n">
-        <v>1791.0</v>
+        <v>1201.0</v>
       </c>
       <c r="K204" s="14" t="n">
-        <v>1593.0</v>
+        <v>1648.0</v>
       </c>
       <c r="L204" s="14" t="n">
-        <v>832.0</v>
+        <v>759.0</v>
       </c>
       <c r="M204" s="14" t="n">
-        <v>308.0</v>
+        <v>210.0</v>
       </c>
       <c r="N204" s="14" t="n">
-        <v>84.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>15619.0</v>
+        <v>14345.0</v>
       </c>
       <c r="C205" s="14" t="n">
-        <v>1022.0</v>
+        <v>553.0</v>
       </c>
       <c r="D205" s="14" t="n">
-        <v>913.0</v>
+        <v>652.0</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>637.0</v>
+        <v>1107.0</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>720.0</v>
+        <v>1050.0</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>2365.0</v>
+        <v>1931.0</v>
       </c>
       <c r="H205" s="14" t="n">
-        <v>1395.0</v>
+        <v>1037.0</v>
       </c>
       <c r="I205" s="14" t="n">
-        <v>1828.0</v>
+        <v>1884.0</v>
       </c>
       <c r="J205" s="14" t="n">
-        <v>1605.0</v>
+        <v>2193.0</v>
       </c>
       <c r="K205" s="14" t="n">
-        <v>1401.0</v>
+        <v>1569.0</v>
       </c>
       <c r="L205" s="14" t="n">
-        <v>1739.0</v>
+        <v>1187.0</v>
       </c>
       <c r="M205" s="14" t="n">
-        <v>1309.0</v>
+        <v>610.0</v>
       </c>
       <c r="N205" s="14" t="n">
-        <v>686.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>1767.0</v>
+        <v>2284.0</v>
       </c>
       <c r="C206" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...8 lines deleted...]
-        </is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D206" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E206" s="14" t="n">
+        <v>635.0</v>
       </c>
       <c r="F206" s="14" t="n">
-        <v>44.0</v>
+        <v>136.0</v>
       </c>
       <c r="G206" s="14" t="n">
-        <v>65.0</v>
+        <v>82.0</v>
       </c>
       <c r="H206" s="14" t="n">
-        <v>188.0</v>
+        <v>232.0</v>
       </c>
       <c r="I206" s="14" t="n">
-        <v>108.0</v>
+        <v>118.0</v>
       </c>
       <c r="J206" s="14" t="n">
-        <v>90.0</v>
+        <v>357.0</v>
       </c>
       <c r="K206" s="14" t="n">
-        <v>161.0</v>
+        <v>193.0</v>
       </c>
       <c r="L206" s="14" t="n">
-        <v>262.0</v>
+        <v>192.0</v>
       </c>
       <c r="M206" s="14" t="n">
-        <v>575.0</v>
+        <v>157.0</v>
       </c>
       <c r="N206" s="14" t="n">
-        <v>164.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>3812.0</v>
+        <v>4307.0</v>
       </c>
       <c r="C207" s="14" t="n">
-        <v>60.0</v>
+        <v>124.0</v>
       </c>
       <c r="D207" s="14" t="n">
-        <v>105.0</v>
+        <v>209.0</v>
       </c>
       <c r="E207" s="14" t="n">
-        <v>260.0</v>
+        <v>286.0</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>523.0</v>
+        <v>489.0</v>
       </c>
       <c r="G207" s="14" t="n">
-        <v>160.0</v>
+        <v>723.0</v>
       </c>
       <c r="H207" s="14" t="n">
-        <v>303.0</v>
+        <v>386.0</v>
       </c>
       <c r="I207" s="14" t="n">
-        <v>1375.0</v>
+        <v>354.0</v>
       </c>
       <c r="J207" s="14" t="n">
-        <v>275.0</v>
+        <v>615.0</v>
       </c>
       <c r="K207" s="14" t="n">
-        <v>369.0</v>
+        <v>403.0</v>
       </c>
       <c r="L207" s="14" t="n">
-        <v>159.0</v>
+        <v>294.0</v>
       </c>
       <c r="M207" s="14" t="n">
-        <v>126.0</v>
+        <v>183.0</v>
       </c>
       <c r="N207" s="14" t="n">
-        <v>97.0</v>
+        <v>242.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B208" s="14" t="n">
-        <v>35728.0</v>
+        <v>42110.0</v>
       </c>
       <c r="C208" s="14" t="n">
-        <v>477.0</v>
+        <v>601.0</v>
       </c>
       <c r="D208" s="14" t="n">
-        <v>429.0</v>
+        <v>1040.0</v>
       </c>
       <c r="E208" s="14" t="n">
-        <v>1144.0</v>
+        <v>1886.0</v>
       </c>
       <c r="F208" s="14" t="n">
-        <v>1952.0</v>
+        <v>3459.0</v>
       </c>
       <c r="G208" s="14" t="n">
-        <v>3975.0</v>
+        <v>4898.0</v>
       </c>
       <c r="H208" s="14" t="n">
-        <v>5047.0</v>
+        <v>6644.0</v>
       </c>
       <c r="I208" s="14" t="n">
-        <v>5620.0</v>
+        <v>6119.0</v>
       </c>
       <c r="J208" s="14" t="n">
-        <v>4830.0</v>
+        <v>4334.0</v>
       </c>
       <c r="K208" s="14" t="n">
-        <v>6606.0</v>
+        <v>5299.0</v>
       </c>
       <c r="L208" s="14" t="n">
-        <v>3852.0</v>
+        <v>5329.0</v>
       </c>
       <c r="M208" s="14" t="n">
-        <v>1140.0</v>
+        <v>1410.0</v>
       </c>
       <c r="N208" s="14" t="n">
-        <v>654.0</v>
+        <v>1090.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B209" s="14" t="n">
-        <v>84262.0</v>
+        <v>74799.0</v>
       </c>
       <c r="C209" s="14" t="n">
-        <v>3190.0</v>
+        <v>3052.0</v>
       </c>
       <c r="D209" s="14" t="n">
-        <v>3142.0</v>
+        <v>2635.0</v>
       </c>
       <c r="E209" s="14" t="n">
-        <v>4149.0</v>
+        <v>4156.0</v>
       </c>
       <c r="F209" s="14" t="n">
-        <v>6518.0</v>
+        <v>5694.0</v>
       </c>
       <c r="G209" s="14" t="n">
-        <v>9865.0</v>
+        <v>9131.0</v>
       </c>
       <c r="H209" s="14" t="n">
-        <v>9372.0</v>
+        <v>8041.0</v>
       </c>
       <c r="I209" s="14" t="n">
-        <v>12226.0</v>
+        <v>10941.0</v>
       </c>
       <c r="J209" s="14" t="n">
-        <v>7539.0</v>
+        <v>6971.0</v>
       </c>
       <c r="K209" s="14" t="n">
-        <v>10659.0</v>
+        <v>9783.0</v>
       </c>
       <c r="L209" s="14" t="n">
-        <v>8801.0</v>
+        <v>6654.0</v>
       </c>
       <c r="M209" s="14" t="n">
-        <v>4762.0</v>
+        <v>4365.0</v>
       </c>
       <c r="N209" s="14" t="n">
-        <v>4039.0</v>
+        <v>3377.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B210" s="14" t="n">
-        <v>3784.0</v>
+        <v>5287.0</v>
       </c>
       <c r="C210" s="14" t="n">
-        <v>231.0</v>
+        <v>282.0</v>
       </c>
       <c r="D210" s="14" t="n">
-        <v>92.0</v>
+        <v>310.0</v>
       </c>
       <c r="E210" s="14" t="n">
-        <v>215.0</v>
+        <v>793.0</v>
       </c>
       <c r="F210" s="14" t="n">
-        <v>355.0</v>
+        <v>346.0</v>
       </c>
       <c r="G210" s="14" t="n">
-        <v>341.0</v>
+        <v>317.0</v>
       </c>
       <c r="H210" s="14" t="n">
-        <v>346.0</v>
+        <v>532.0</v>
       </c>
       <c r="I210" s="14" t="n">
-        <v>257.0</v>
+        <v>485.0</v>
       </c>
       <c r="J210" s="14" t="n">
-        <v>657.0</v>
+        <v>689.0</v>
       </c>
       <c r="K210" s="14" t="n">
-        <v>443.0</v>
+        <v>482.0</v>
       </c>
       <c r="L210" s="14" t="n">
-        <v>354.0</v>
+        <v>377.0</v>
       </c>
       <c r="M210" s="14" t="n">
-        <v>351.0</v>
+        <v>439.0</v>
       </c>
       <c r="N210" s="14" t="n">
-        <v>142.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="6" t="inlineStr">
         <is>
-          <t>Castilla y León</t>
+          <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B211" s="6"/>
       <c r="C211" s="6"/>
       <c r="D211" s="6"/>
       <c r="E211" s="6"/>
       <c r="F211" s="6"/>
       <c r="G211" s="6"/>
       <c r="H211" s="6"/>
       <c r="I211" s="6"/>
       <c r="J211" s="6"/>
       <c r="K211" s="6"/>
       <c r="L211" s="6"/>
       <c r="M211" s="6"/>
       <c r="N211" s="6"/>
     </row>
     <row r="212">
       <c r="A212" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B212" s="14" t="n">
-        <v>8559170.0</v>
+        <v>8784309.0</v>
       </c>
       <c r="C212" s="14" t="n">
-        <v>411376.0</v>
+        <v>424994.0</v>
       </c>
       <c r="D212" s="14" t="n">
-        <v>482785.0</v>
+        <v>499780.0</v>
       </c>
       <c r="E212" s="14" t="n">
-        <v>602211.0</v>
+        <v>681579.0</v>
       </c>
       <c r="F212" s="14" t="n">
-        <v>819943.0</v>
+        <v>692360.0</v>
       </c>
       <c r="G212" s="14" t="n">
-        <v>737067.0</v>
+        <v>823304.0</v>
       </c>
       <c r="H212" s="14" t="n">
-        <v>748545.0</v>
+        <v>798302.0</v>
       </c>
       <c r="I212" s="14" t="n">
-        <v>850723.0</v>
+        <v>866407.0</v>
       </c>
       <c r="J212" s="14" t="n">
-        <v>1050260.0</v>
+        <v>1042018.0</v>
       </c>
       <c r="K212" s="14" t="n">
-        <v>871359.0</v>
+        <v>877115.0</v>
       </c>
       <c r="L212" s="14" t="n">
-        <v>809677.0</v>
+        <v>836332.0</v>
       </c>
       <c r="M212" s="14" t="n">
-        <v>601726.0</v>
+        <v>672536.0</v>
       </c>
       <c r="N212" s="14" t="n">
-        <v>573498.0</v>
+        <v>569583.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B213" s="14" t="n">
-        <v>6702777.0</v>
+        <v>6751753.0</v>
       </c>
       <c r="C213" s="14" t="n">
-        <v>337703.0</v>
+        <v>351120.0</v>
       </c>
       <c r="D213" s="14" t="n">
-        <v>399182.0</v>
+        <v>412918.0</v>
       </c>
       <c r="E213" s="14" t="n">
-        <v>505505.0</v>
+        <v>562023.0</v>
       </c>
       <c r="F213" s="14" t="n">
-        <v>663485.0</v>
+        <v>508591.0</v>
       </c>
       <c r="G213" s="14" t="n">
-        <v>534300.0</v>
+        <v>581417.0</v>
       </c>
       <c r="H213" s="14" t="n">
-        <v>569202.0</v>
+        <v>597249.0</v>
       </c>
       <c r="I213" s="14" t="n">
-        <v>632094.0</v>
+        <v>643713.0</v>
       </c>
       <c r="J213" s="14" t="n">
-        <v>820135.0</v>
+        <v>811053.0</v>
       </c>
       <c r="K213" s="14" t="n">
-        <v>638482.0</v>
+        <v>629097.0</v>
       </c>
       <c r="L213" s="14" t="n">
-        <v>616428.0</v>
+        <v>628197.0</v>
       </c>
       <c r="M213" s="14" t="n">
-        <v>499308.0</v>
+        <v>554679.0</v>
       </c>
       <c r="N213" s="14" t="n">
-        <v>486952.0</v>
+        <v>471697.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B214" s="14" t="n">
-        <v>1856393.0</v>
+        <v>2032555.0</v>
       </c>
       <c r="C214" s="14" t="n">
-        <v>73672.0</v>
+        <v>73874.0</v>
       </c>
       <c r="D214" s="14" t="n">
-        <v>83603.0</v>
+        <v>86862.0</v>
       </c>
       <c r="E214" s="14" t="n">
-        <v>96707.0</v>
+        <v>119555.0</v>
       </c>
       <c r="F214" s="14" t="n">
-        <v>156457.0</v>
+        <v>183769.0</v>
       </c>
       <c r="G214" s="14" t="n">
-        <v>202767.0</v>
+        <v>241887.0</v>
       </c>
       <c r="H214" s="14" t="n">
-        <v>179343.0</v>
+        <v>201053.0</v>
       </c>
       <c r="I214" s="14" t="n">
-        <v>218629.0</v>
+        <v>222695.0</v>
       </c>
       <c r="J214" s="14" t="n">
-        <v>230125.0</v>
+        <v>230964.0</v>
       </c>
       <c r="K214" s="14" t="n">
-        <v>232877.0</v>
+        <v>248019.0</v>
       </c>
       <c r="L214" s="14" t="n">
-        <v>193249.0</v>
+        <v>208135.0</v>
       </c>
       <c r="M214" s="14" t="n">
-        <v>102418.0</v>
+        <v>117857.0</v>
       </c>
       <c r="N214" s="14" t="n">
-        <v>86546.0</v>
+        <v>97886.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B215" s="14" t="n">
-        <v>1001986.0</v>
+        <v>1077440.0</v>
       </c>
       <c r="C215" s="14" t="n">
-        <v>34969.0</v>
+        <v>36923.0</v>
       </c>
       <c r="D215" s="14" t="n">
-        <v>46405.0</v>
+        <v>46812.0</v>
       </c>
       <c r="E215" s="14" t="n">
-        <v>47888.0</v>
+        <v>61570.0</v>
       </c>
       <c r="F215" s="14" t="n">
-        <v>87023.0</v>
+        <v>97661.0</v>
       </c>
       <c r="G215" s="14" t="n">
-        <v>101084.0</v>
+        <v>119014.0</v>
       </c>
       <c r="H215" s="14" t="n">
-        <v>88607.0</v>
+        <v>96538.0</v>
       </c>
       <c r="I215" s="14" t="n">
-        <v>132186.0</v>
+        <v>134184.0</v>
       </c>
       <c r="J215" s="14" t="n">
-        <v>161941.0</v>
+        <v>161255.0</v>
       </c>
       <c r="K215" s="14" t="n">
-        <v>115129.0</v>
+        <v>123825.0</v>
       </c>
       <c r="L215" s="14" t="n">
-        <v>92744.0</v>
+        <v>91071.0</v>
       </c>
       <c r="M215" s="14" t="n">
-        <v>48077.0</v>
+        <v>55949.0</v>
       </c>
       <c r="N215" s="14" t="n">
-        <v>45933.0</v>
+        <v>52638.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B216" s="14" t="n">
-        <v>108376.0</v>
+        <v>113005.0</v>
       </c>
       <c r="C216" s="14" t="n">
-        <v>3359.0</v>
+        <v>2790.0</v>
       </c>
       <c r="D216" s="14" t="n">
-        <v>3454.0</v>
+        <v>3257.0</v>
       </c>
       <c r="E216" s="14" t="n">
-        <v>5528.0</v>
+        <v>7832.0</v>
       </c>
       <c r="F216" s="14" t="n">
-        <v>10680.0</v>
+        <v>12014.0</v>
       </c>
       <c r="G216" s="14" t="n">
-        <v>16092.0</v>
+        <v>17401.0</v>
       </c>
       <c r="H216" s="14" t="n">
-        <v>12195.0</v>
+        <v>12254.0</v>
       </c>
       <c r="I216" s="14" t="n">
-        <v>8013.0</v>
+        <v>9574.0</v>
       </c>
       <c r="J216" s="14" t="n">
-        <v>10238.0</v>
+        <v>9496.0</v>
       </c>
       <c r="K216" s="14" t="n">
-        <v>17117.0</v>
+        <v>16357.0</v>
       </c>
       <c r="L216" s="14" t="n">
-        <v>13544.0</v>
+        <v>12408.0</v>
       </c>
       <c r="M216" s="14" t="n">
-        <v>5407.0</v>
+        <v>5578.0</v>
       </c>
       <c r="N216" s="14" t="n">
-        <v>2749.0</v>
+        <v>4044.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B217" s="14" t="n">
-        <v>10316.0</v>
+        <v>16198.0</v>
       </c>
       <c r="C217" s="14" t="n">
-        <v>332.0</v>
+        <v>183.0</v>
       </c>
       <c r="D217" s="14" t="n">
-        <v>300.0</v>
+        <v>408.0</v>
       </c>
       <c r="E217" s="14" t="n">
-        <v>596.0</v>
+        <v>801.0</v>
       </c>
       <c r="F217" s="14" t="n">
-        <v>1425.0</v>
+        <v>4513.0</v>
       </c>
       <c r="G217" s="14" t="n">
-        <v>1924.0</v>
+        <v>2567.0</v>
       </c>
       <c r="H217" s="14" t="n">
-        <v>971.0</v>
+        <v>1211.0</v>
       </c>
       <c r="I217" s="14" t="n">
-        <v>789.0</v>
+        <v>1423.0</v>
       </c>
       <c r="J217" s="14" t="n">
-        <v>643.0</v>
+        <v>822.0</v>
       </c>
       <c r="K217" s="14" t="n">
-        <v>1729.0</v>
+        <v>1633.0</v>
       </c>
       <c r="L217" s="14" t="n">
-        <v>1111.0</v>
+        <v>1819.0</v>
       </c>
       <c r="M217" s="14" t="n">
-        <v>363.0</v>
+        <v>366.0</v>
       </c>
       <c r="N217" s="14" t="n">
-        <v>134.0</v>
+        <v>453.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B218" s="14" t="n">
-        <v>61054.0</v>
+        <v>63392.0</v>
       </c>
       <c r="C218" s="14" t="n">
-        <v>1549.0</v>
+        <v>1462.0</v>
       </c>
       <c r="D218" s="14" t="n">
-        <v>1684.0</v>
+        <v>1286.0</v>
       </c>
       <c r="E218" s="14" t="n">
-        <v>2330.0</v>
+        <v>1847.0</v>
       </c>
       <c r="F218" s="14" t="n">
-        <v>3502.0</v>
+        <v>3896.0</v>
       </c>
       <c r="G218" s="14" t="n">
-        <v>5871.0</v>
+        <v>6914.0</v>
       </c>
       <c r="H218" s="14" t="n">
-        <v>4590.0</v>
+        <v>5554.0</v>
       </c>
       <c r="I218" s="14" t="n">
-        <v>16030.0</v>
+        <v>16207.0</v>
       </c>
       <c r="J218" s="14" t="n">
-        <v>10588.0</v>
+        <v>9721.0</v>
       </c>
       <c r="K218" s="14" t="n">
-        <v>7603.0</v>
+        <v>7678.0</v>
       </c>
       <c r="L218" s="14" t="n">
-        <v>3844.0</v>
+        <v>3674.0</v>
       </c>
       <c r="M218" s="14" t="n">
-        <v>1933.0</v>
+        <v>2651.0</v>
       </c>
       <c r="N218" s="14" t="n">
-        <v>1530.0</v>
+        <v>2503.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B219" s="14" t="n">
-        <v>10172.0</v>
+        <v>11797.0</v>
       </c>
       <c r="C219" s="14" t="n">
-        <v>380.0</v>
+        <v>299.0</v>
       </c>
       <c r="D219" s="14" t="n">
-        <v>332.0</v>
+        <v>293.0</v>
       </c>
       <c r="E219" s="14" t="n">
-        <v>472.0</v>
+        <v>1163.0</v>
       </c>
       <c r="F219" s="14" t="n">
-        <v>837.0</v>
+        <v>986.0</v>
       </c>
       <c r="G219" s="14" t="n">
-        <v>1474.0</v>
+        <v>1509.0</v>
       </c>
       <c r="H219" s="14" t="n">
-        <v>789.0</v>
+        <v>691.0</v>
       </c>
       <c r="I219" s="14" t="n">
-        <v>1292.0</v>
+        <v>1520.0</v>
       </c>
       <c r="J219" s="14" t="n">
-        <v>1015.0</v>
+        <v>1113.0</v>
       </c>
       <c r="K219" s="14" t="n">
-        <v>1834.0</v>
+        <v>1870.0</v>
       </c>
       <c r="L219" s="14" t="n">
-        <v>900.0</v>
+        <v>1403.0</v>
       </c>
       <c r="M219" s="14" t="n">
-        <v>501.0</v>
+        <v>666.0</v>
       </c>
       <c r="N219" s="14" t="n">
-        <v>346.0</v>
+        <v>284.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B220" s="14" t="n">
-        <v>6368.0</v>
+        <v>6038.0</v>
       </c>
       <c r="C220" s="14" t="n">
-        <v>212.0</v>
+        <v>174.0</v>
       </c>
       <c r="D220" s="14" t="n">
-        <v>99.0</v>
+        <v>596.0</v>
       </c>
       <c r="E220" s="14" t="n">
-        <v>237.0</v>
+        <v>352.0</v>
       </c>
       <c r="F220" s="14" t="n">
-        <v>1057.0</v>
+        <v>573.0</v>
       </c>
       <c r="G220" s="14" t="n">
-        <v>754.0</v>
+        <v>693.0</v>
       </c>
       <c r="H220" s="14" t="n">
-        <v>635.0</v>
+        <v>535.0</v>
       </c>
       <c r="I220" s="14" t="n">
-        <v>668.0</v>
+        <v>383.0</v>
       </c>
       <c r="J220" s="14" t="n">
-        <v>735.0</v>
+        <v>216.0</v>
       </c>
       <c r="K220" s="14" t="n">
-        <v>771.0</v>
+        <v>1040.0</v>
       </c>
       <c r="L220" s="14" t="n">
-        <v>697.0</v>
+        <v>904.0</v>
       </c>
       <c r="M220" s="14" t="n">
-        <v>352.0</v>
+        <v>307.0</v>
       </c>
       <c r="N220" s="14" t="n">
-        <v>151.0</v>
+        <v>266.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B221" s="14" t="n">
-        <v>287469.0</v>
+        <v>307836.0</v>
       </c>
       <c r="C221" s="14" t="n">
-        <v>8444.0</v>
+        <v>9175.0</v>
       </c>
       <c r="D221" s="14" t="n">
-        <v>10946.0</v>
+        <v>11910.0</v>
       </c>
       <c r="E221" s="14" t="n">
-        <v>10866.0</v>
+        <v>13427.0</v>
       </c>
       <c r="F221" s="14" t="n">
-        <v>22001.0</v>
+        <v>24499.0</v>
       </c>
       <c r="G221" s="14" t="n">
-        <v>27427.0</v>
+        <v>33812.0</v>
       </c>
       <c r="H221" s="14" t="n">
-        <v>22013.0</v>
+        <v>25876.0</v>
       </c>
       <c r="I221" s="14" t="n">
-        <v>44662.0</v>
+        <v>43666.0</v>
       </c>
       <c r="J221" s="14" t="n">
-        <v>63604.0</v>
+        <v>64565.0</v>
       </c>
       <c r="K221" s="14" t="n">
-        <v>31889.0</v>
+        <v>32779.0</v>
       </c>
       <c r="L221" s="14" t="n">
-        <v>25365.0</v>
+        <v>25757.0</v>
       </c>
       <c r="M221" s="14" t="n">
-        <v>10684.0</v>
+        <v>10837.0</v>
       </c>
       <c r="N221" s="14" t="n">
-        <v>9567.0</v>
+        <v>11534.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B222" s="14" t="n">
-        <v>4366.0</v>
+        <v>5382.0</v>
       </c>
       <c r="C222" s="14" t="n">
-        <v>244.0</v>
+        <v>139.0</v>
       </c>
       <c r="D222" s="14" t="n">
-        <v>211.0</v>
+        <v>148.0</v>
       </c>
       <c r="E222" s="14" t="n">
-        <v>438.0</v>
+        <v>196.0</v>
       </c>
       <c r="F222" s="14" t="n">
-        <v>384.0</v>
+        <v>317.0</v>
       </c>
       <c r="G222" s="14" t="n">
-        <v>253.0</v>
+        <v>257.0</v>
       </c>
       <c r="H222" s="14" t="n">
-        <v>577.0</v>
+        <v>703.0</v>
       </c>
       <c r="I222" s="14" t="n">
-        <v>582.0</v>
+        <v>534.0</v>
       </c>
       <c r="J222" s="14" t="n">
-        <v>461.0</v>
+        <v>649.0</v>
       </c>
       <c r="K222" s="14" t="n">
-        <v>377.0</v>
+        <v>1024.0</v>
       </c>
       <c r="L222" s="14" t="n">
-        <v>311.0</v>
+        <v>480.0</v>
       </c>
       <c r="M222" s="14" t="n">
-        <v>300.0</v>
+        <v>509.0</v>
       </c>
       <c r="N222" s="14" t="n">
-        <v>228.0</v>
+        <v>426.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B223" s="14" t="n">
-        <v>27989.0</v>
+        <v>29292.0</v>
       </c>
       <c r="C223" s="14" t="n">
-        <v>890.0</v>
+        <v>603.0</v>
       </c>
       <c r="D223" s="14" t="n">
-        <v>961.0</v>
+        <v>736.0</v>
       </c>
       <c r="E223" s="14" t="n">
-        <v>1303.0</v>
+        <v>1234.0</v>
       </c>
       <c r="F223" s="14" t="n">
-        <v>2947.0</v>
+        <v>3095.0</v>
       </c>
       <c r="G223" s="14" t="n">
-        <v>4083.0</v>
+        <v>4638.0</v>
       </c>
       <c r="H223" s="14" t="n">
-        <v>3896.0</v>
+        <v>2744.0</v>
       </c>
       <c r="I223" s="14" t="n">
-        <v>2517.0</v>
+        <v>2745.0</v>
       </c>
       <c r="J223" s="14" t="n">
-        <v>2396.0</v>
+        <v>2272.0</v>
       </c>
       <c r="K223" s="14" t="n">
-        <v>3940.0</v>
+        <v>4909.0</v>
       </c>
       <c r="L223" s="14" t="n">
-        <v>2862.0</v>
+        <v>3963.0</v>
       </c>
       <c r="M223" s="14" t="n">
-        <v>1138.0</v>
+        <v>1238.0</v>
       </c>
       <c r="N223" s="14" t="n">
-        <v>1056.0</v>
+        <v>1113.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B224" s="14" t="n">
-        <v>114857.0</v>
+        <v>121571.0</v>
       </c>
       <c r="C224" s="14" t="n">
-        <v>4068.0</v>
+        <v>5321.0</v>
       </c>
       <c r="D224" s="14" t="n">
-        <v>6546.0</v>
+        <v>7565.0</v>
       </c>
       <c r="E224" s="14" t="n">
-        <v>6356.0</v>
+        <v>9483.0</v>
       </c>
       <c r="F224" s="14" t="n">
-        <v>8025.0</v>
+        <v>10113.0</v>
       </c>
       <c r="G224" s="14" t="n">
-        <v>9711.0</v>
+        <v>13042.0</v>
       </c>
       <c r="H224" s="14" t="n">
-        <v>9747.0</v>
+        <v>9797.0</v>
       </c>
       <c r="I224" s="14" t="n">
-        <v>13707.0</v>
+        <v>11468.0</v>
       </c>
       <c r="J224" s="14" t="n">
-        <v>21069.0</v>
+        <v>19373.0</v>
       </c>
       <c r="K224" s="14" t="n">
-        <v>11088.0</v>
+        <v>12422.0</v>
       </c>
       <c r="L224" s="14" t="n">
-        <v>11059.0</v>
+        <v>9040.0</v>
       </c>
       <c r="M224" s="14" t="n">
-        <v>6604.0</v>
+        <v>8126.0</v>
       </c>
       <c r="N224" s="14" t="n">
-        <v>6876.0</v>
+        <v>5820.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B225" s="14" t="n">
-        <v>2530.0</v>
+        <v>3998.0</v>
       </c>
       <c r="C225" s="14" t="n">
-        <v>115.0</v>
+        <v>119.0</v>
       </c>
       <c r="D225" s="14" t="n">
-        <v>58.0</v>
+        <v>196.0</v>
       </c>
       <c r="E225" s="14" t="n">
-        <v>118.0</v>
+        <v>422.0</v>
       </c>
       <c r="F225" s="14" t="n">
-        <v>137.0</v>
+        <v>884.0</v>
       </c>
       <c r="G225" s="14" t="n">
-        <v>247.0</v>
+        <v>364.0</v>
       </c>
       <c r="H225" s="14" t="n">
-        <v>162.0</v>
+        <v>259.0</v>
       </c>
       <c r="I225" s="14" t="n">
-        <v>299.0</v>
+        <v>426.0</v>
       </c>
       <c r="J225" s="14" t="n">
-        <v>294.0</v>
+        <v>598.0</v>
       </c>
       <c r="K225" s="14" t="n">
-        <v>310.0</v>
+        <v>343.0</v>
       </c>
       <c r="L225" s="14" t="n">
-        <v>350.0</v>
+        <v>149.0</v>
       </c>
       <c r="M225" s="14" t="n">
-        <v>325.0</v>
+        <v>79.0</v>
       </c>
       <c r="N225" s="14" t="n">
-        <v>115.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B226" s="14" t="n">
-        <v>84691.0</v>
+        <v>87792.0</v>
       </c>
       <c r="C226" s="14" t="n">
-        <v>2466.0</v>
+        <v>2006.0</v>
       </c>
       <c r="D226" s="14" t="n">
-        <v>2915.0</v>
+        <v>2524.0</v>
       </c>
       <c r="E226" s="14" t="n">
-        <v>3418.0</v>
+        <v>3922.0</v>
       </c>
       <c r="F226" s="14" t="n">
-        <v>6300.0</v>
+        <v>6888.0</v>
       </c>
       <c r="G226" s="14" t="n">
-        <v>11004.0</v>
+        <v>10997.0</v>
       </c>
       <c r="H226" s="14" t="n">
-        <v>7010.0</v>
+        <v>9055.0</v>
       </c>
       <c r="I226" s="14" t="n">
-        <v>14007.0</v>
+        <v>13677.0</v>
       </c>
       <c r="J226" s="14" t="n">
-        <v>12558.0</v>
+        <v>12372.0</v>
       </c>
       <c r="K226" s="14" t="n">
-        <v>11216.0</v>
+        <v>12527.0</v>
       </c>
       <c r="L226" s="14" t="n">
-        <v>8077.0</v>
+        <v>7225.0</v>
       </c>
       <c r="M226" s="14" t="n">
-        <v>3622.0</v>
+        <v>3605.0</v>
       </c>
       <c r="N226" s="14" t="n">
-        <v>2097.0</v>
+        <v>2995.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B227" s="14" t="n">
-        <v>18465.0</v>
+        <v>20892.0</v>
       </c>
       <c r="C227" s="14" t="n">
-        <v>669.0</v>
+        <v>956.0</v>
       </c>
       <c r="D227" s="14" t="n">
-        <v>679.0</v>
+        <v>931.0</v>
       </c>
       <c r="E227" s="14" t="n">
-        <v>1161.0</v>
+        <v>937.0</v>
       </c>
       <c r="F227" s="14" t="n">
-        <v>1355.0</v>
+        <v>1928.0</v>
       </c>
       <c r="G227" s="14" t="n">
-        <v>1808.0</v>
+        <v>1861.0</v>
       </c>
       <c r="H227" s="14" t="n">
-        <v>2460.0</v>
+        <v>2001.0</v>
       </c>
       <c r="I227" s="14" t="n">
-        <v>2267.0</v>
+        <v>2503.0</v>
       </c>
       <c r="J227" s="14" t="n">
-        <v>1726.0</v>
+        <v>1856.0</v>
       </c>
       <c r="K227" s="14" t="n">
-        <v>1921.0</v>
+        <v>2622.0</v>
       </c>
       <c r="L227" s="14" t="n">
-        <v>2229.0</v>
+        <v>2225.0</v>
       </c>
       <c r="M227" s="14" t="n">
-        <v>1615.0</v>
+        <v>2095.0</v>
       </c>
       <c r="N227" s="14" t="n">
-        <v>576.0</v>
+        <v>978.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B228" s="14" t="n">
-        <v>200904.0</v>
+        <v>216718.0</v>
       </c>
       <c r="C228" s="14" t="n">
-        <v>9204.0</v>
+        <v>10395.0</v>
       </c>
       <c r="D228" s="14" t="n">
-        <v>14476.0</v>
+        <v>13471.0</v>
       </c>
       <c r="E228" s="14" t="n">
-        <v>10495.0</v>
+        <v>14876.0</v>
       </c>
       <c r="F228" s="14" t="n">
-        <v>22031.0</v>
+        <v>21400.0</v>
       </c>
       <c r="G228" s="14" t="n">
-        <v>14073.0</v>
+        <v>17636.0</v>
       </c>
       <c r="H228" s="14" t="n">
-        <v>17175.0</v>
+        <v>19111.0</v>
       </c>
       <c r="I228" s="14" t="n">
-        <v>20148.0</v>
+        <v>22826.0</v>
       </c>
       <c r="J228" s="14" t="n">
-        <v>31636.0</v>
+        <v>30239.0</v>
       </c>
       <c r="K228" s="14" t="n">
-        <v>18166.0</v>
+        <v>20577.0</v>
       </c>
       <c r="L228" s="14" t="n">
-        <v>16282.0</v>
+        <v>14322.0</v>
       </c>
       <c r="M228" s="14" t="n">
-        <v>10602.0</v>
+        <v>14297.0</v>
       </c>
       <c r="N228" s="14" t="n">
-        <v>16617.0</v>
+        <v>17567.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B229" s="14" t="n">
-        <v>5923.0</v>
+        <v>7362.0</v>
       </c>
       <c r="C229" s="14" t="n">
-        <v>302.0</v>
+        <v>140.0</v>
       </c>
       <c r="D229" s="14" t="n">
-        <v>413.0</v>
+        <v>141.0</v>
       </c>
       <c r="E229" s="14" t="n">
-        <v>323.0</v>
+        <v>446.0</v>
       </c>
       <c r="F229" s="14" t="n">
-        <v>389.0</v>
+        <v>676.0</v>
       </c>
       <c r="G229" s="14" t="n">
-        <v>611.0</v>
+        <v>889.0</v>
       </c>
       <c r="H229" s="14" t="n">
-        <v>612.0</v>
+        <v>750.0</v>
       </c>
       <c r="I229" s="14" t="n">
-        <v>553.0</v>
+        <v>449.0</v>
       </c>
       <c r="J229" s="14" t="n">
-        <v>569.0</v>
+        <v>1971.0</v>
       </c>
       <c r="K229" s="14" t="n">
-        <v>926.0</v>
+        <v>1003.0</v>
       </c>
       <c r="L229" s="14" t="n">
-        <v>713.0</v>
+        <v>522.0</v>
       </c>
       <c r="M229" s="14" t="n">
-        <v>331.0</v>
+        <v>210.0</v>
       </c>
       <c r="N229" s="14" t="n">
-        <v>182.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B230" s="14" t="n">
-        <v>10346.0</v>
+        <v>9476.0</v>
       </c>
       <c r="C230" s="14" t="n">
-        <v>243.0</v>
+        <v>225.0</v>
       </c>
       <c r="D230" s="14" t="n">
-        <v>560.0</v>
+        <v>452.0</v>
       </c>
       <c r="E230" s="14" t="n">
-        <v>515.0</v>
+        <v>516.0</v>
       </c>
       <c r="F230" s="14" t="n">
-        <v>1051.0</v>
+        <v>810.0</v>
       </c>
       <c r="G230" s="14" t="n">
-        <v>1210.0</v>
+        <v>891.0</v>
       </c>
       <c r="H230" s="14" t="n">
-        <v>781.0</v>
+        <v>742.0</v>
       </c>
       <c r="I230" s="14" t="n">
-        <v>971.0</v>
+        <v>1194.0</v>
       </c>
       <c r="J230" s="14" t="n">
-        <v>670.0</v>
+        <v>622.0</v>
       </c>
       <c r="K230" s="14" t="n">
-        <v>1601.0</v>
+        <v>1484.0</v>
       </c>
       <c r="L230" s="14" t="n">
-        <v>1160.0</v>
+        <v>1129.0</v>
       </c>
       <c r="M230" s="14" t="n">
-        <v>1051.0</v>
+        <v>974.0</v>
       </c>
       <c r="N230" s="14" t="n">
-        <v>534.0</v>
+        <v>437.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B231" s="14" t="n">
-        <v>8455.0</v>
+        <v>8744.0</v>
       </c>
       <c r="C231" s="14" t="n">
-        <v>212.0</v>
+        <v>144.0</v>
       </c>
       <c r="D231" s="14" t="n">
-        <v>752.0</v>
+        <v>323.0</v>
       </c>
       <c r="E231" s="14" t="n">
-        <v>436.0</v>
+        <v>971.0</v>
       </c>
       <c r="F231" s="14" t="n">
-        <v>1079.0</v>
+        <v>1049.0</v>
       </c>
       <c r="G231" s="14" t="n">
-        <v>841.0</v>
+        <v>1311.0</v>
       </c>
       <c r="H231" s="14" t="n">
-        <v>459.0</v>
+        <v>494.0</v>
       </c>
       <c r="I231" s="14" t="n">
-        <v>591.0</v>
+        <v>872.0</v>
       </c>
       <c r="J231" s="14" t="n">
-        <v>282.0</v>
+        <v>451.0</v>
       </c>
       <c r="K231" s="14" t="n">
-        <v>1650.0</v>
+        <v>1717.0</v>
       </c>
       <c r="L231" s="14" t="n">
-        <v>1289.0</v>
+        <v>933.0</v>
       </c>
       <c r="M231" s="14" t="n">
-        <v>596.0</v>
+        <v>276.0</v>
       </c>
       <c r="N231" s="14" t="n">
-        <v>266.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B232" s="14" t="n">
-        <v>140054.0</v>
+        <v>161088.0</v>
       </c>
       <c r="C232" s="14" t="n">
-        <v>4281.0</v>
+        <v>4317.0</v>
       </c>
       <c r="D232" s="14" t="n">
-        <v>4320.0</v>
+        <v>4613.0</v>
       </c>
       <c r="E232" s="14" t="n">
-        <v>7780.0</v>
+        <v>8098.0</v>
       </c>
       <c r="F232" s="14" t="n">
-        <v>12377.0</v>
+        <v>15541.0</v>
       </c>
       <c r="G232" s="14" t="n">
-        <v>17746.0</v>
+        <v>20307.0</v>
       </c>
       <c r="H232" s="14" t="n">
-        <v>16259.0</v>
+        <v>19198.0</v>
       </c>
       <c r="I232" s="14" t="n">
-        <v>16727.0</v>
+        <v>15744.0</v>
       </c>
       <c r="J232" s="14" t="n">
-        <v>12275.0</v>
+        <v>12537.0</v>
       </c>
       <c r="K232" s="14" t="n">
-        <v>22269.0</v>
+        <v>27231.0</v>
       </c>
       <c r="L232" s="14" t="n">
-        <v>16635.0</v>
+        <v>21841.0</v>
       </c>
       <c r="M232" s="14" t="n">
-        <v>5420.0</v>
+        <v>6828.0</v>
       </c>
       <c r="N232" s="14" t="n">
-        <v>3965.0</v>
+        <v>4833.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B233" s="14" t="n">
-        <v>24338.0</v>
+        <v>28302.0</v>
       </c>
       <c r="C233" s="14" t="n">
-        <v>662.0</v>
+        <v>634.0</v>
       </c>
       <c r="D233" s="14" t="n">
-        <v>586.0</v>
+        <v>737.0</v>
       </c>
       <c r="E233" s="14" t="n">
-        <v>1059.0</v>
+        <v>1192.0</v>
       </c>
       <c r="F233" s="14" t="n">
-        <v>2393.0</v>
+        <v>2958.0</v>
       </c>
       <c r="G233" s="14" t="n">
-        <v>3128.0</v>
+        <v>3493.0</v>
       </c>
       <c r="H233" s="14" t="n">
-        <v>2624.0</v>
+        <v>3305.0</v>
       </c>
       <c r="I233" s="14" t="n">
-        <v>2972.0</v>
+        <v>3434.0</v>
       </c>
       <c r="J233" s="14" t="n">
-        <v>1825.0</v>
+        <v>2653.0</v>
       </c>
       <c r="K233" s="14" t="n">
-        <v>3591.0</v>
+        <v>3392.0</v>
       </c>
       <c r="L233" s="14" t="n">
-        <v>3607.0</v>
+        <v>4056.0</v>
       </c>
       <c r="M233" s="14" t="n">
-        <v>958.0</v>
+        <v>1062.0</v>
       </c>
       <c r="N233" s="14" t="n">
-        <v>934.0</v>
+        <v>1387.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B234" s="14" t="n">
-        <v>48119.0</v>
+        <v>50630.0</v>
       </c>
       <c r="C234" s="14" t="n">
-        <v>2642.0</v>
+        <v>2506.0</v>
       </c>
       <c r="D234" s="14" t="n">
-        <v>3170.0</v>
+        <v>2083.0</v>
       </c>
       <c r="E234" s="14" t="n">
-        <v>3868.0</v>
+        <v>2390.0</v>
       </c>
       <c r="F234" s="14" t="n">
-        <v>3794.0</v>
+        <v>3652.0</v>
       </c>
       <c r="G234" s="14" t="n">
-        <v>3839.0</v>
+        <v>6158.0</v>
       </c>
       <c r="H234" s="14" t="n">
-        <v>5213.0</v>
+        <v>6506.0</v>
       </c>
       <c r="I234" s="14" t="n">
-        <v>5707.0</v>
+        <v>5301.0</v>
       </c>
       <c r="J234" s="14" t="n">
-        <v>4203.0</v>
+        <v>6178.0</v>
       </c>
       <c r="K234" s="14" t="n">
-        <v>4373.0</v>
+        <v>5117.0</v>
       </c>
       <c r="L234" s="14" t="n">
-        <v>4253.0</v>
+        <v>4471.0</v>
       </c>
       <c r="M234" s="14" t="n">
-        <v>2740.0</v>
+        <v>3523.0</v>
       </c>
       <c r="N234" s="14" t="n">
-        <v>4318.0</v>
+        <v>2744.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B235" s="14" t="n">
-        <v>9005.0</v>
+        <v>10866.0</v>
       </c>
       <c r="C235" s="14" t="n">
-        <v>147.0</v>
+        <v>281.0</v>
       </c>
       <c r="D235" s="14" t="n">
-        <v>337.0</v>
+        <v>658.0</v>
       </c>
       <c r="E235" s="14" t="n">
-        <v>452.0</v>
+        <v>624.0</v>
       </c>
       <c r="F235" s="14" t="n">
-        <v>497.0</v>
+        <v>792.0</v>
       </c>
       <c r="G235" s="14" t="n">
-        <v>1166.0</v>
+        <v>2115.0</v>
       </c>
       <c r="H235" s="14" t="n">
-        <v>1203.0</v>
+        <v>1244.0</v>
       </c>
       <c r="I235" s="14" t="n">
-        <v>442.0</v>
+        <v>895.0</v>
       </c>
       <c r="J235" s="14" t="n">
-        <v>1049.0</v>
+        <v>657.0</v>
       </c>
       <c r="K235" s="14" t="n">
-        <v>1064.0</v>
+        <v>1404.0</v>
       </c>
       <c r="L235" s="14" t="n">
-        <v>1813.0</v>
+        <v>1067.0</v>
       </c>
       <c r="M235" s="14" t="n">
-        <v>447.0</v>
+        <v>730.0</v>
       </c>
       <c r="N235" s="14" t="n">
-        <v>389.0</v>
+        <v>401.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B236" s="14" t="n">
-        <v>31358.0</v>
+        <v>44798.0</v>
       </c>
       <c r="C236" s="14" t="n">
-        <v>1142.0</v>
+        <v>1521.0</v>
       </c>
       <c r="D236" s="14" t="n">
-        <v>980.0</v>
+        <v>3268.0</v>
       </c>
       <c r="E236" s="14" t="n">
-        <v>1274.0</v>
+        <v>3859.0</v>
       </c>
       <c r="F236" s="14" t="n">
-        <v>1721.0</v>
+        <v>4416.0</v>
       </c>
       <c r="G236" s="14" t="n">
-        <v>2711.0</v>
+        <v>4384.0</v>
       </c>
       <c r="H236" s="14" t="n">
-        <v>3198.0</v>
+        <v>4532.0</v>
       </c>
       <c r="I236" s="14" t="n">
-        <v>3831.0</v>
+        <v>3399.0</v>
       </c>
       <c r="J236" s="14" t="n">
-        <v>2421.0</v>
+        <v>2649.0</v>
       </c>
       <c r="K236" s="14" t="n">
-        <v>4074.0</v>
+        <v>3859.0</v>
       </c>
       <c r="L236" s="14" t="n">
-        <v>4249.0</v>
+        <v>5761.0</v>
       </c>
       <c r="M236" s="14" t="n">
-        <v>3318.0</v>
+        <v>4496.0</v>
       </c>
       <c r="N236" s="14" t="n">
-        <v>2438.0</v>
+        <v>2656.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B237" s="14" t="n">
-        <v>174335.0</v>
+        <v>197808.0</v>
       </c>
       <c r="C237" s="14" t="n">
-        <v>3885.0</v>
+        <v>4652.0</v>
       </c>
       <c r="D237" s="14" t="n">
-        <v>3319.0</v>
+        <v>4601.0</v>
       </c>
       <c r="E237" s="14" t="n">
-        <v>7446.0</v>
+        <v>10371.0</v>
       </c>
       <c r="F237" s="14" t="n">
-        <v>13935.0</v>
+        <v>20084.0</v>
       </c>
       <c r="G237" s="14" t="n">
-        <v>25609.0</v>
+        <v>29794.0</v>
       </c>
       <c r="H237" s="14" t="n">
-        <v>24421.0</v>
+        <v>24924.0</v>
       </c>
       <c r="I237" s="14" t="n">
-        <v>15875.0</v>
+        <v>16089.0</v>
       </c>
       <c r="J237" s="14" t="n">
-        <v>11573.0</v>
+        <v>11255.0</v>
       </c>
       <c r="K237" s="14" t="n">
-        <v>29349.0</v>
+        <v>30985.0</v>
       </c>
       <c r="L237" s="14" t="n">
-        <v>24204.0</v>
+        <v>28825.0</v>
       </c>
       <c r="M237" s="14" t="n">
-        <v>9546.0</v>
+        <v>10587.0</v>
       </c>
       <c r="N237" s="14" t="n">
-        <v>5174.0</v>
+        <v>5641.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B238" s="14" t="n">
-        <v>251890.0</v>
+        <v>272228.0</v>
       </c>
       <c r="C238" s="14" t="n">
-        <v>16209.0</v>
+        <v>15991.0</v>
       </c>
       <c r="D238" s="14" t="n">
-        <v>15357.0</v>
+        <v>16131.0</v>
       </c>
       <c r="E238" s="14" t="n">
-        <v>17012.0</v>
+        <v>20649.0</v>
       </c>
       <c r="F238" s="14" t="n">
-        <v>20779.0</v>
+        <v>21885.0</v>
       </c>
       <c r="G238" s="14" t="n">
-        <v>26601.0</v>
+        <v>30937.0</v>
       </c>
       <c r="H238" s="14" t="n">
-        <v>23281.0</v>
+        <v>26368.0</v>
       </c>
       <c r="I238" s="14" t="n">
-        <v>22621.0</v>
+        <v>26758.0</v>
       </c>
       <c r="J238" s="14" t="n">
-        <v>19255.0</v>
+        <v>18862.0</v>
       </c>
       <c r="K238" s="14" t="n">
-        <v>30917.0</v>
+        <v>29841.0</v>
       </c>
       <c r="L238" s="14" t="n">
-        <v>26618.0</v>
+        <v>29402.0</v>
       </c>
       <c r="M238" s="14" t="n">
-        <v>19124.0</v>
+        <v>19992.0</v>
       </c>
       <c r="N238" s="14" t="n">
-        <v>14115.0</v>
+        <v>15414.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B239" s="14" t="n">
-        <v>33582.0</v>
+        <v>50785.0</v>
       </c>
       <c r="C239" s="14" t="n">
-        <v>1182.0</v>
+        <v>1553.0</v>
       </c>
       <c r="D239" s="14" t="n">
-        <v>1254.0</v>
+        <v>1684.0</v>
       </c>
       <c r="E239" s="14" t="n">
-        <v>1681.0</v>
+        <v>2385.0</v>
       </c>
       <c r="F239" s="14" t="n">
-        <v>1427.0</v>
+        <v>2743.0</v>
       </c>
       <c r="G239" s="14" t="n">
-        <v>2361.0</v>
+        <v>4030.0</v>
       </c>
       <c r="H239" s="14" t="n">
-        <v>2370.0</v>
+        <v>3761.0</v>
       </c>
       <c r="I239" s="14" t="n">
-        <v>4490.0</v>
+        <v>6418.0</v>
       </c>
       <c r="J239" s="14" t="n">
-        <v>5956.0</v>
+        <v>5927.0</v>
       </c>
       <c r="K239" s="14" t="n">
-        <v>3461.0</v>
+        <v>3928.0</v>
       </c>
       <c r="L239" s="14" t="n">
-        <v>2436.0</v>
+        <v>6608.0</v>
       </c>
       <c r="M239" s="14" t="n">
-        <v>5465.0</v>
+        <v>6132.0</v>
       </c>
       <c r="N239" s="14" t="n">
-        <v>1499.0</v>
+        <v>5615.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="6" t="inlineStr">
         <is>
-          <t>Castilla - La Mancha</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B240" s="6"/>
       <c r="C240" s="6"/>
       <c r="D240" s="6"/>
       <c r="E240" s="6"/>
       <c r="F240" s="6"/>
       <c r="G240" s="6"/>
       <c r="H240" s="6"/>
       <c r="I240" s="6"/>
       <c r="J240" s="6"/>
       <c r="K240" s="6"/>
       <c r="L240" s="6"/>
       <c r="M240" s="6"/>
       <c r="N240" s="6"/>
     </row>
     <row r="241">
       <c r="A241" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B241" s="14" t="n">
-        <v>3932007.0</v>
+        <v>4079238.0</v>
       </c>
       <c r="C241" s="14" t="n">
-        <v>215464.0</v>
+        <v>210232.0</v>
       </c>
       <c r="D241" s="14" t="n">
-        <v>243131.0</v>
+        <v>250740.0</v>
       </c>
       <c r="E241" s="14" t="n">
-        <v>299952.0</v>
+        <v>325046.0</v>
       </c>
       <c r="F241" s="14" t="n">
-        <v>389410.0</v>
+        <v>362975.0</v>
       </c>
       <c r="G241" s="14" t="n">
-        <v>357108.0</v>
+        <v>405596.0</v>
       </c>
       <c r="H241" s="14" t="n">
-        <v>353655.0</v>
+        <v>368509.0</v>
       </c>
       <c r="I241" s="14" t="n">
-        <v>337337.0</v>
+        <v>366093.0</v>
       </c>
       <c r="J241" s="14" t="n">
-        <v>384848.0</v>
+        <v>382423.0</v>
       </c>
       <c r="K241" s="14" t="n">
-        <v>379394.0</v>
+        <v>375190.0</v>
       </c>
       <c r="L241" s="14" t="n">
-        <v>388361.0</v>
+        <v>435670.0</v>
       </c>
       <c r="M241" s="14" t="n">
-        <v>307644.0</v>
+        <v>330830.0</v>
       </c>
       <c r="N241" s="14" t="n">
-        <v>275704.0</v>
+        <v>265933.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B242" s="14" t="n">
-        <v>3254379.0</v>
+        <v>3409166.0</v>
       </c>
       <c r="C242" s="14" t="n">
-        <v>174284.0</v>
+        <v>173143.0</v>
       </c>
       <c r="D242" s="14" t="n">
-        <v>203048.0</v>
+        <v>209249.0</v>
       </c>
       <c r="E242" s="14" t="n">
-        <v>249504.0</v>
+        <v>272148.0</v>
       </c>
       <c r="F242" s="14" t="n">
-        <v>330554.0</v>
+        <v>304815.0</v>
       </c>
       <c r="G242" s="14" t="n">
-        <v>270975.0</v>
+        <v>332383.0</v>
       </c>
       <c r="H242" s="14" t="n">
-        <v>293337.0</v>
+        <v>308890.0</v>
       </c>
       <c r="I242" s="14" t="n">
-        <v>278581.0</v>
+        <v>309898.0</v>
       </c>
       <c r="J242" s="14" t="n">
-        <v>323463.0</v>
+        <v>323930.0</v>
       </c>
       <c r="K242" s="14" t="n">
-        <v>311703.0</v>
+        <v>307390.0</v>
       </c>
       <c r="L242" s="14" t="n">
-        <v>322090.0</v>
+        <v>364030.0</v>
       </c>
       <c r="M242" s="14" t="n">
-        <v>257411.0</v>
+        <v>272496.0</v>
       </c>
       <c r="N242" s="14" t="n">
-        <v>239428.0</v>
+        <v>230793.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B243" s="14" t="n">
-        <v>677628.0</v>
+        <v>670072.0</v>
       </c>
       <c r="C243" s="14" t="n">
-        <v>41181.0</v>
+        <v>37088.0</v>
       </c>
       <c r="D243" s="14" t="n">
-        <v>40083.0</v>
+        <v>41491.0</v>
       </c>
       <c r="E243" s="14" t="n">
-        <v>50447.0</v>
+        <v>52898.0</v>
       </c>
       <c r="F243" s="14" t="n">
-        <v>58856.0</v>
+        <v>58160.0</v>
       </c>
       <c r="G243" s="14" t="n">
-        <v>86133.0</v>
+        <v>73214.0</v>
       </c>
       <c r="H243" s="14" t="n">
-        <v>60317.0</v>
+        <v>59619.0</v>
       </c>
       <c r="I243" s="14" t="n">
-        <v>58756.0</v>
+        <v>56195.0</v>
       </c>
       <c r="J243" s="14" t="n">
-        <v>61385.0</v>
+        <v>58493.0</v>
       </c>
       <c r="K243" s="14" t="n">
-        <v>67691.0</v>
+        <v>67799.0</v>
       </c>
       <c r="L243" s="14" t="n">
-        <v>66271.0</v>
+        <v>71640.0</v>
       </c>
       <c r="M243" s="14" t="n">
-        <v>50233.0</v>
+        <v>58334.0</v>
       </c>
       <c r="N243" s="14" t="n">
-        <v>36275.0</v>
+        <v>35141.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B244" s="14" t="n">
-        <v>295886.0</v>
+        <v>297109.0</v>
       </c>
       <c r="C244" s="14" t="n">
-        <v>16472.0</v>
+        <v>17302.0</v>
       </c>
       <c r="D244" s="14" t="n">
-        <v>18095.0</v>
+        <v>18493.0</v>
       </c>
       <c r="E244" s="14" t="n">
-        <v>21998.0</v>
+        <v>21290.0</v>
       </c>
       <c r="F244" s="14" t="n">
-        <v>27118.0</v>
+        <v>26533.0</v>
       </c>
       <c r="G244" s="14" t="n">
-        <v>31715.0</v>
+        <v>33955.0</v>
       </c>
       <c r="H244" s="14" t="n">
-        <v>26792.0</v>
+        <v>24351.0</v>
       </c>
       <c r="I244" s="14" t="n">
-        <v>27471.0</v>
+        <v>26188.0</v>
       </c>
       <c r="J244" s="14" t="n">
-        <v>32478.0</v>
+        <v>31530.0</v>
       </c>
       <c r="K244" s="14" t="n">
-        <v>30859.0</v>
+        <v>29033.0</v>
       </c>
       <c r="L244" s="14" t="n">
-        <v>27340.0</v>
+        <v>30336.0</v>
       </c>
       <c r="M244" s="14" t="n">
-        <v>21303.0</v>
+        <v>23845.0</v>
       </c>
       <c r="N244" s="14" t="n">
-        <v>14245.0</v>
+        <v>14254.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B245" s="14" t="n">
-        <v>36932.0</v>
+        <v>38520.0</v>
       </c>
       <c r="C245" s="14" t="n">
-        <v>1671.0</v>
+        <v>1844.0</v>
       </c>
       <c r="D245" s="14" t="n">
-        <v>2462.0</v>
+        <v>2135.0</v>
       </c>
       <c r="E245" s="14" t="n">
-        <v>3157.0</v>
+        <v>2939.0</v>
       </c>
       <c r="F245" s="14" t="n">
-        <v>3826.0</v>
+        <v>4229.0</v>
       </c>
       <c r="G245" s="14" t="n">
-        <v>4701.0</v>
+        <v>5550.0</v>
       </c>
       <c r="H245" s="14" t="n">
-        <v>4210.0</v>
+        <v>2518.0</v>
       </c>
       <c r="I245" s="14" t="n">
-        <v>2349.0</v>
+        <v>2364.0</v>
       </c>
       <c r="J245" s="14" t="n">
-        <v>2543.0</v>
+        <v>2348.0</v>
       </c>
       <c r="K245" s="14" t="n">
-        <v>4115.0</v>
+        <v>3396.0</v>
       </c>
       <c r="L245" s="14" t="n">
-        <v>3622.0</v>
+        <v>5176.0</v>
       </c>
       <c r="M245" s="14" t="n">
-        <v>2712.0</v>
+        <v>4462.0</v>
       </c>
       <c r="N245" s="14" t="n">
-        <v>1565.0</v>
+        <v>1560.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B246" s="14" t="n">
-        <v>3088.0</v>
+        <v>3708.0</v>
       </c>
       <c r="C246" s="14" t="n">
-        <v>98.0</v>
+        <v>285.0</v>
       </c>
       <c r="D246" s="14" t="n">
-        <v>139.0</v>
+        <v>267.0</v>
       </c>
       <c r="E246" s="14" t="n">
-        <v>232.0</v>
+        <v>368.0</v>
       </c>
       <c r="F246" s="14" t="n">
-        <v>375.0</v>
+        <v>386.0</v>
       </c>
       <c r="G246" s="14" t="n">
-        <v>431.0</v>
+        <v>478.0</v>
       </c>
       <c r="H246" s="14" t="n">
-        <v>194.0</v>
+        <v>252.0</v>
       </c>
       <c r="I246" s="14" t="n">
-        <v>270.0</v>
+        <v>269.0</v>
       </c>
       <c r="J246" s="14" t="n">
-        <v>287.0</v>
+        <v>185.0</v>
       </c>
       <c r="K246" s="14" t="n">
-        <v>290.0</v>
+        <v>260.0</v>
       </c>
       <c r="L246" s="14" t="n">
-        <v>321.0</v>
+        <v>637.0</v>
       </c>
       <c r="M246" s="14" t="n">
-        <v>328.0</v>
+        <v>214.0</v>
       </c>
       <c r="N246" s="14" t="n">
-        <v>125.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B247" s="14" t="n">
-        <v>16335.0</v>
+        <v>16071.0</v>
       </c>
       <c r="C247" s="14" t="n">
-        <v>556.0</v>
+        <v>662.0</v>
       </c>
       <c r="D247" s="14" t="n">
-        <v>635.0</v>
+        <v>621.0</v>
       </c>
       <c r="E247" s="14" t="n">
-        <v>668.0</v>
+        <v>758.0</v>
       </c>
       <c r="F247" s="14" t="n">
-        <v>1580.0</v>
+        <v>1864.0</v>
       </c>
       <c r="G247" s="14" t="n">
-        <v>2829.0</v>
+        <v>1861.0</v>
       </c>
       <c r="H247" s="14" t="n">
-        <v>1332.0</v>
+        <v>1306.0</v>
       </c>
       <c r="I247" s="14" t="n">
-        <v>2300.0</v>
+        <v>2026.0</v>
       </c>
       <c r="J247" s="14" t="n">
-        <v>1582.0</v>
+        <v>1817.0</v>
       </c>
       <c r="K247" s="14" t="n">
-        <v>2366.0</v>
+        <v>1822.0</v>
       </c>
       <c r="L247" s="14" t="n">
-        <v>1494.0</v>
+        <v>1608.0</v>
       </c>
       <c r="M247" s="14" t="n">
-        <v>630.0</v>
+        <v>1152.0</v>
       </c>
       <c r="N247" s="14" t="n">
-        <v>365.0</v>
+        <v>573.0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B248" s="14" t="n">
-        <v>3458.0</v>
+        <v>2626.0</v>
       </c>
       <c r="C248" s="14" t="n">
-        <v>71.0</v>
+        <v>175.0</v>
       </c>
       <c r="D248" s="14" t="n">
-        <v>333.0</v>
+        <v>202.0</v>
       </c>
       <c r="E248" s="14" t="n">
-        <v>629.0</v>
+        <v>122.0</v>
       </c>
       <c r="F248" s="14" t="n">
-        <v>224.0</v>
+        <v>230.0</v>
       </c>
       <c r="G248" s="14" t="n">
-        <v>148.0</v>
+        <v>420.0</v>
       </c>
       <c r="H248" s="14" t="n">
-        <v>232.0</v>
+        <v>149.0</v>
       </c>
       <c r="I248" s="14" t="n">
-        <v>754.0</v>
+        <v>187.0</v>
       </c>
       <c r="J248" s="14" t="n">
-        <v>238.0</v>
+        <v>152.0</v>
       </c>
       <c r="K248" s="14" t="n">
-        <v>329.0</v>
+        <v>334.0</v>
       </c>
       <c r="L248" s="14" t="n">
-        <v>327.0</v>
+        <v>290.0</v>
       </c>
       <c r="M248" s="14" t="n">
-        <v>115.0</v>
+        <v>269.0</v>
       </c>
       <c r="N248" s="14" t="n">
-        <v>58.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B249" s="14" t="n">
-        <v>2390.0</v>
+        <v>1891.0</v>
       </c>
       <c r="C249" s="14" t="n">
-        <v>95.0</v>
+        <v>124.0</v>
       </c>
       <c r="D249" s="14" t="n">
-        <v>244.0</v>
+        <v>141.0</v>
       </c>
       <c r="E249" s="14" t="n">
-        <v>143.0</v>
+        <v>139.0</v>
       </c>
       <c r="F249" s="14" t="n">
-        <v>260.0</v>
+        <v>380.0</v>
       </c>
       <c r="G249" s="14" t="n">
-        <v>245.0</v>
+        <v>235.0</v>
       </c>
       <c r="H249" s="14" t="n">
-        <v>304.0</v>
+        <v>77.0</v>
       </c>
       <c r="I249" s="14" t="n">
-        <v>277.0</v>
+        <v>86.0</v>
       </c>
       <c r="J249" s="14" t="n">
-        <v>143.0</v>
+        <v>86.0</v>
       </c>
       <c r="K249" s="14" t="n">
-        <v>142.0</v>
+        <v>148.0</v>
       </c>
       <c r="L249" s="14" t="n">
-        <v>272.0</v>
+        <v>123.0</v>
       </c>
       <c r="M249" s="14" t="n">
-        <v>168.0</v>
+        <v>248.0</v>
       </c>
       <c r="N249" s="14" t="n">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B250" s="14" t="n">
-        <v>71398.0</v>
+        <v>70258.0</v>
       </c>
       <c r="C250" s="14" t="n">
-        <v>3979.0</v>
+        <v>3504.0</v>
       </c>
       <c r="D250" s="14" t="n">
-        <v>4209.0</v>
+        <v>4278.0</v>
       </c>
       <c r="E250" s="14" t="n">
-        <v>4239.0</v>
+        <v>3741.0</v>
       </c>
       <c r="F250" s="14" t="n">
-        <v>5739.0</v>
+        <v>6475.0</v>
       </c>
       <c r="G250" s="14" t="n">
-        <v>7706.0</v>
+        <v>8200.0</v>
       </c>
       <c r="H250" s="14" t="n">
-        <v>6426.0</v>
+        <v>5000.0</v>
       </c>
       <c r="I250" s="14" t="n">
-        <v>7111.0</v>
+        <v>6311.0</v>
       </c>
       <c r="J250" s="14" t="n">
-        <v>9032.0</v>
+        <v>9464.0</v>
       </c>
       <c r="K250" s="14" t="n">
-        <v>7582.0</v>
+        <v>7139.0</v>
       </c>
       <c r="L250" s="14" t="n">
-        <v>7881.0</v>
+        <v>7871.0</v>
       </c>
       <c r="M250" s="14" t="n">
-        <v>4580.0</v>
+        <v>5145.0</v>
       </c>
       <c r="N250" s="14" t="n">
-        <v>2913.0</v>
+        <v>3130.0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B251" s="14" t="n">
-        <v>1747.0</v>
+        <v>1872.0</v>
       </c>
       <c r="C251" s="14" t="n">
-        <v>105.0</v>
+        <v>141.0</v>
       </c>
       <c r="D251" s="14" t="n">
-        <v>147.0</v>
+        <v>188.0</v>
       </c>
       <c r="E251" s="14" t="n">
-        <v>169.0</v>
+        <v>190.0</v>
       </c>
       <c r="F251" s="14" t="n">
-        <v>93.0</v>
+        <v>77.0</v>
       </c>
       <c r="G251" s="14" t="n">
-        <v>176.0</v>
+        <v>408.0</v>
       </c>
       <c r="H251" s="14" t="n">
-        <v>157.0</v>
+        <v>110.0</v>
       </c>
       <c r="I251" s="14" t="n">
-        <v>53.0</v>
+        <v>168.0</v>
       </c>
       <c r="J251" s="14" t="n">
-        <v>188.0</v>
+        <v>180.0</v>
       </c>
       <c r="K251" s="14" t="n">
-        <v>257.0</v>
+        <v>51.0</v>
       </c>
       <c r="L251" s="14" t="n">
-        <v>189.0</v>
+        <v>71.0</v>
       </c>
       <c r="M251" s="14" t="n">
-        <v>133.0</v>
+        <v>190.0</v>
       </c>
       <c r="N251" s="14" t="n">
-        <v>81.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B252" s="14" t="n">
-        <v>9753.0</v>
+        <v>9266.0</v>
       </c>
       <c r="C252" s="14" t="n">
-        <v>601.0</v>
+        <v>354.0</v>
       </c>
       <c r="D252" s="14" t="n">
-        <v>354.0</v>
+        <v>446.0</v>
       </c>
       <c r="E252" s="14" t="n">
-        <v>894.0</v>
+        <v>619.0</v>
       </c>
       <c r="F252" s="14" t="n">
-        <v>670.0</v>
+        <v>1008.0</v>
       </c>
       <c r="G252" s="14" t="n">
-        <v>923.0</v>
+        <v>861.0</v>
       </c>
       <c r="H252" s="14" t="n">
-        <v>910.0</v>
+        <v>982.0</v>
       </c>
       <c r="I252" s="14" t="n">
-        <v>693.0</v>
+        <v>1001.0</v>
       </c>
       <c r="J252" s="14" t="n">
-        <v>869.0</v>
+        <v>598.0</v>
       </c>
       <c r="K252" s="14" t="n">
-        <v>1792.0</v>
+        <v>1294.0</v>
       </c>
       <c r="L252" s="14" t="n">
-        <v>792.0</v>
+        <v>1252.0</v>
       </c>
       <c r="M252" s="14" t="n">
-        <v>951.0</v>
+        <v>595.0</v>
       </c>
       <c r="N252" s="14" t="n">
-        <v>304.0</v>
+        <v>257.0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B253" s="14" t="n">
-        <v>45497.0</v>
+        <v>40800.0</v>
       </c>
       <c r="C253" s="14" t="n">
-        <v>3663.0</v>
+        <v>2696.0</v>
       </c>
       <c r="D253" s="14" t="n">
-        <v>3046.0</v>
+        <v>3253.0</v>
       </c>
       <c r="E253" s="14" t="n">
-        <v>2795.0</v>
+        <v>3384.0</v>
       </c>
       <c r="F253" s="14" t="n">
-        <v>3688.0</v>
+        <v>3614.0</v>
       </c>
       <c r="G253" s="14" t="n">
-        <v>4263.0</v>
+        <v>4361.0</v>
       </c>
       <c r="H253" s="14" t="n">
-        <v>2991.0</v>
+        <v>3112.0</v>
       </c>
       <c r="I253" s="14" t="n">
-        <v>3132.0</v>
+        <v>2866.0</v>
       </c>
       <c r="J253" s="14" t="n">
-        <v>6487.0</v>
+        <v>4047.0</v>
       </c>
       <c r="K253" s="14" t="n">
-        <v>4520.0</v>
+        <v>3884.0</v>
       </c>
       <c r="L253" s="14" t="n">
-        <v>3655.0</v>
+        <v>3224.0</v>
       </c>
       <c r="M253" s="14" t="n">
-        <v>4510.0</v>
+        <v>4209.0</v>
       </c>
       <c r="N253" s="14" t="n">
-        <v>2746.0</v>
+        <v>2149.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B254" s="14" t="n">
-        <v>811.0</v>
-[...4 lines deleted...]
-      <c r="D254" s="14" t="n">
+        <v>461.0</v>
+      </c>
+      <c r="C254" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D254" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E254" s="14" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="F254" s="14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="G254" s="14" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="H254" s="14" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="I254" s="14" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="J254" s="14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="K254" s="14" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="L254" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M254" s="14" t="n">
         <v>70.0</v>
       </c>
-      <c r="E254" s="14" t="n">
-[...31 lines deleted...]
-        </is>
+      <c r="N254" s="14" t="n">
+        <v>33.0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B255" s="14" t="n">
-        <v>22881.0</v>
+        <v>26168.0</v>
       </c>
       <c r="C255" s="14" t="n">
-        <v>561.0</v>
+        <v>1828.0</v>
       </c>
       <c r="D255" s="14" t="n">
-        <v>978.0</v>
+        <v>1203.0</v>
       </c>
       <c r="E255" s="14" t="n">
-        <v>1430.0</v>
+        <v>1507.0</v>
       </c>
       <c r="F255" s="14" t="n">
-        <v>1952.0</v>
+        <v>2020.0</v>
       </c>
       <c r="G255" s="14" t="n">
-        <v>4065.0</v>
+        <v>4095.0</v>
       </c>
       <c r="H255" s="14" t="n">
-        <v>2776.0</v>
+        <v>2987.0</v>
       </c>
       <c r="I255" s="14" t="n">
-        <v>2764.0</v>
+        <v>2303.0</v>
       </c>
       <c r="J255" s="14" t="n">
-        <v>1642.0</v>
+        <v>2110.0</v>
       </c>
       <c r="K255" s="14" t="n">
-        <v>2488.0</v>
+        <v>2848.0</v>
       </c>
       <c r="L255" s="14" t="n">
-        <v>2304.0</v>
+        <v>3158.0</v>
       </c>
       <c r="M255" s="14" t="n">
-        <v>1074.0</v>
+        <v>1242.0</v>
       </c>
       <c r="N255" s="14" t="n">
-        <v>846.0</v>
+        <v>866.0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B256" s="14" t="n">
-        <v>7326.0</v>
+        <v>9658.0</v>
       </c>
       <c r="C256" s="14" t="n">
-        <v>696.0</v>
+        <v>531.0</v>
       </c>
       <c r="D256" s="14" t="n">
-        <v>626.0</v>
+        <v>639.0</v>
       </c>
       <c r="E256" s="14" t="n">
-        <v>403.0</v>
+        <v>1209.0</v>
       </c>
       <c r="F256" s="14" t="n">
-        <v>724.0</v>
+        <v>722.0</v>
       </c>
       <c r="G256" s="14" t="n">
-        <v>706.0</v>
+        <v>699.0</v>
       </c>
       <c r="H256" s="14" t="n">
-        <v>568.0</v>
+        <v>994.0</v>
       </c>
       <c r="I256" s="14" t="n">
-        <v>744.0</v>
+        <v>670.0</v>
       </c>
       <c r="J256" s="14" t="n">
-        <v>840.0</v>
+        <v>492.0</v>
       </c>
       <c r="K256" s="14" t="n">
-        <v>505.0</v>
+        <v>1582.0</v>
       </c>
       <c r="L256" s="14" t="n">
-        <v>652.0</v>
+        <v>839.0</v>
       </c>
       <c r="M256" s="14" t="n">
-        <v>504.0</v>
+        <v>996.0</v>
       </c>
       <c r="N256" s="14" t="n">
-        <v>358.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B257" s="14" t="n">
-        <v>40883.0</v>
+        <v>44955.0</v>
       </c>
       <c r="C257" s="14" t="n">
-        <v>2384.0</v>
+        <v>2931.0</v>
       </c>
       <c r="D257" s="14" t="n">
-        <v>2213.0</v>
+        <v>2615.0</v>
       </c>
       <c r="E257" s="14" t="n">
-        <v>3537.0</v>
+        <v>3976.0</v>
       </c>
       <c r="F257" s="14" t="n">
-        <v>4430.0</v>
+        <v>3009.0</v>
       </c>
       <c r="G257" s="14" t="n">
-        <v>2429.0</v>
+        <v>3443.0</v>
       </c>
       <c r="H257" s="14" t="n">
-        <v>3824.0</v>
+        <v>4255.0</v>
       </c>
       <c r="I257" s="14" t="n">
-        <v>4373.0</v>
+        <v>5311.0</v>
       </c>
       <c r="J257" s="14" t="n">
-        <v>6219.0</v>
+        <v>7593.0</v>
       </c>
       <c r="K257" s="14" t="n">
-        <v>3901.0</v>
+        <v>3770.0</v>
       </c>
       <c r="L257" s="14" t="n">
-        <v>2572.0</v>
+        <v>2860.0</v>
       </c>
       <c r="M257" s="14" t="n">
-        <v>2384.0</v>
+        <v>2369.0</v>
       </c>
       <c r="N257" s="14" t="n">
-        <v>2618.0</v>
+        <v>2824.0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B258" s="14" t="n">
-        <v>3447.0</v>
+        <v>2349.0</v>
       </c>
       <c r="C258" s="14" t="n">
-        <v>228.0</v>
+        <v>345.0</v>
       </c>
       <c r="D258" s="14" t="n">
-        <v>153.0</v>
+        <v>445.0</v>
       </c>
       <c r="E258" s="14" t="n">
-        <v>254.0</v>
+        <v>176.0</v>
       </c>
       <c r="F258" s="14" t="n">
-        <v>498.0</v>
+        <v>197.0</v>
       </c>
       <c r="G258" s="14" t="n">
-        <v>160.0</v>
+        <v>238.0</v>
       </c>
       <c r="H258" s="14" t="n">
-        <v>384.0</v>
+        <v>137.0</v>
       </c>
       <c r="I258" s="14" t="n">
-        <v>188.0</v>
+        <v>111.0</v>
       </c>
       <c r="J258" s="14" t="n">
-        <v>119.0</v>
+        <v>98.0</v>
       </c>
       <c r="K258" s="14" t="n">
-        <v>296.0</v>
+        <v>101.0</v>
       </c>
       <c r="L258" s="14" t="n">
-        <v>254.0</v>
+        <v>215.0</v>
       </c>
       <c r="M258" s="14" t="n">
-        <v>673.0</v>
+        <v>158.0</v>
       </c>
       <c r="N258" s="14" t="n">
-        <v>241.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B259" s="14" t="n">
-        <v>5612.0</v>
+        <v>3821.0</v>
       </c>
       <c r="C259" s="14" t="n">
-        <v>308.0</v>
+        <v>221.0</v>
       </c>
       <c r="D259" s="14" t="n">
-        <v>528.0</v>
+        <v>293.0</v>
       </c>
       <c r="E259" s="14" t="n">
-        <v>622.0</v>
+        <v>326.0</v>
       </c>
       <c r="F259" s="14" t="n">
-        <v>493.0</v>
+        <v>385.0</v>
       </c>
       <c r="G259" s="14" t="n">
-        <v>503.0</v>
+        <v>317.0</v>
       </c>
       <c r="H259" s="14" t="n">
-        <v>689.0</v>
+        <v>281.0</v>
       </c>
       <c r="I259" s="14" t="n">
-        <v>335.0</v>
+        <v>365.0</v>
       </c>
       <c r="J259" s="14" t="n">
-        <v>324.0</v>
+        <v>211.0</v>
       </c>
       <c r="K259" s="14" t="n">
-        <v>409.0</v>
+        <v>262.0</v>
       </c>
       <c r="L259" s="14" t="n">
-        <v>588.0</v>
+        <v>474.0</v>
       </c>
       <c r="M259" s="14" t="n">
-        <v>452.0</v>
+        <v>571.0</v>
       </c>
       <c r="N259" s="14" t="n">
-        <v>363.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B260" s="14" t="n">
-        <v>3401.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>3077.0</v>
+      </c>
+      <c r="C260" s="14" t="n">
+        <v>103.0</v>
       </c>
       <c r="D260" s="14" t="n">
-        <v>99.0</v>
+        <v>326.0</v>
       </c>
       <c r="E260" s="14" t="n">
-        <v>246.0</v>
+        <v>177.0</v>
       </c>
       <c r="F260" s="14" t="n">
-        <v>269.0</v>
+        <v>274.0</v>
       </c>
       <c r="G260" s="14" t="n">
-        <v>480.0</v>
+        <v>220.0</v>
       </c>
       <c r="H260" s="14" t="n">
-        <v>191.0</v>
+        <v>196.0</v>
       </c>
       <c r="I260" s="14" t="n">
-        <v>234.0</v>
+        <v>152.0</v>
       </c>
       <c r="J260" s="14" t="n">
-        <v>269.0</v>
+        <v>106.0</v>
       </c>
       <c r="K260" s="14" t="n">
-        <v>761.0</v>
+        <v>655.0</v>
       </c>
       <c r="L260" s="14" t="n">
-        <v>416.0</v>
+        <v>434.0</v>
       </c>
       <c r="M260" s="14" t="n">
-        <v>278.0</v>
+        <v>341.0</v>
       </c>
       <c r="N260" s="14" t="n">
-        <v>33.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B261" s="14" t="n">
-        <v>44141.0</v>
+        <v>50314.0</v>
       </c>
       <c r="C261" s="14" t="n">
-        <v>1618.0</v>
+        <v>1555.0</v>
       </c>
       <c r="D261" s="14" t="n">
-        <v>2141.0</v>
+        <v>1981.0</v>
       </c>
       <c r="E261" s="14" t="n">
-        <v>2492.0</v>
+        <v>2512.0</v>
       </c>
       <c r="F261" s="14" t="n">
-        <v>3327.0</v>
+        <v>4649.0</v>
       </c>
       <c r="G261" s="14" t="n">
-        <v>5627.0</v>
+        <v>5781.0</v>
       </c>
       <c r="H261" s="14" t="n">
-        <v>5182.0</v>
+        <v>4484.0</v>
       </c>
       <c r="I261" s="14" t="n">
-        <v>3252.0</v>
+        <v>4920.0</v>
       </c>
       <c r="J261" s="14" t="n">
-        <v>4248.0</v>
+        <v>4352.0</v>
       </c>
       <c r="K261" s="14" t="n">
-        <v>7268.0</v>
+        <v>7727.0</v>
       </c>
       <c r="L261" s="14" t="n">
-        <v>4603.0</v>
+        <v>6295.0</v>
       </c>
       <c r="M261" s="14" t="n">
-        <v>2836.0</v>
+        <v>4551.0</v>
       </c>
       <c r="N261" s="14" t="n">
-        <v>1548.0</v>
+        <v>1506.0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B262" s="14" t="n">
-        <v>11061.0</v>
+        <v>9235.0</v>
       </c>
       <c r="C262" s="14" t="n">
-        <v>374.0</v>
+        <v>413.0</v>
       </c>
       <c r="D262" s="14" t="n">
-        <v>331.0</v>
+        <v>492.0</v>
       </c>
       <c r="E262" s="14" t="n">
-        <v>1055.0</v>
+        <v>647.0</v>
       </c>
       <c r="F262" s="14" t="n">
-        <v>1180.0</v>
+        <v>792.0</v>
       </c>
       <c r="G262" s="14" t="n">
-        <v>1260.0</v>
+        <v>1169.0</v>
       </c>
       <c r="H262" s="14" t="n">
-        <v>957.0</v>
+        <v>1154.0</v>
       </c>
       <c r="I262" s="14" t="n">
-        <v>926.0</v>
+        <v>845.0</v>
       </c>
       <c r="J262" s="14" t="n">
-        <v>1280.0</v>
+        <v>532.0</v>
       </c>
       <c r="K262" s="14" t="n">
-        <v>1226.0</v>
+        <v>1039.0</v>
       </c>
       <c r="L262" s="14" t="n">
-        <v>1253.0</v>
+        <v>1047.0</v>
       </c>
       <c r="M262" s="14" t="n">
-        <v>498.0</v>
+        <v>603.0</v>
       </c>
       <c r="N262" s="14" t="n">
-        <v>722.0</v>
+        <v>504.0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B263" s="14" t="n">
-        <v>38770.0</v>
+        <v>27217.0</v>
       </c>
       <c r="C263" s="14" t="n">
-        <v>4378.0</v>
+        <v>1441.0</v>
       </c>
       <c r="D263" s="14" t="n">
-        <v>4240.0</v>
+        <v>1838.0</v>
       </c>
       <c r="E263" s="14" t="n">
-        <v>4531.0</v>
+        <v>3092.0</v>
       </c>
       <c r="F263" s="14" t="n">
-        <v>3854.0</v>
+        <v>2607.0</v>
       </c>
       <c r="G263" s="14" t="n">
-        <v>4002.0</v>
+        <v>2944.0</v>
       </c>
       <c r="H263" s="14" t="n">
-        <v>3339.0</v>
+        <v>2311.0</v>
       </c>
       <c r="I263" s="14" t="n">
-        <v>2813.0</v>
+        <v>2622.0</v>
       </c>
       <c r="J263" s="14" t="n">
-        <v>3044.0</v>
+        <v>2103.0</v>
       </c>
       <c r="K263" s="14" t="n">
-        <v>2361.0</v>
+        <v>1973.0</v>
       </c>
       <c r="L263" s="14" t="n">
-        <v>2348.0</v>
+        <v>2124.0</v>
       </c>
       <c r="M263" s="14" t="n">
-        <v>2068.0</v>
+        <v>2282.0</v>
       </c>
       <c r="N263" s="14" t="n">
-        <v>1791.0</v>
+        <v>1879.0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B264" s="14" t="n">
-        <v>5520.0</v>
+        <v>6362.0</v>
       </c>
       <c r="C264" s="14" t="n">
-        <v>448.0</v>
+        <v>587.0</v>
       </c>
       <c r="D264" s="14" t="n">
-        <v>408.0</v>
+        <v>838.0</v>
       </c>
       <c r="E264" s="14" t="n">
-        <v>281.0</v>
+        <v>674.0</v>
       </c>
       <c r="F264" s="14" t="n">
-        <v>434.0</v>
+        <v>496.0</v>
       </c>
       <c r="G264" s="14" t="n">
-        <v>567.0</v>
+        <v>555.0</v>
       </c>
       <c r="H264" s="14" t="n">
-        <v>405.0</v>
+        <v>583.0</v>
       </c>
       <c r="I264" s="14" t="n">
-        <v>349.0</v>
+        <v>424.0</v>
       </c>
       <c r="J264" s="14" t="n">
-        <v>425.0</v>
+        <v>535.0</v>
       </c>
       <c r="K264" s="14" t="n">
-        <v>378.0</v>
+        <v>409.0</v>
       </c>
       <c r="L264" s="14" t="n">
-        <v>419.0</v>
+        <v>323.0</v>
       </c>
       <c r="M264" s="14" t="n">
-        <v>945.0</v>
+        <v>401.0</v>
       </c>
       <c r="N264" s="14" t="n">
-        <v>461.0</v>
+        <v>538.0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B265" s="14" t="n">
-        <v>14613.0</v>
+        <v>21649.0</v>
       </c>
       <c r="C265" s="14" t="n">
-        <v>412.0</v>
+        <v>849.0</v>
       </c>
       <c r="D265" s="14" t="n">
-        <v>862.0</v>
+        <v>2398.0</v>
       </c>
       <c r="E265" s="14" t="n">
-        <v>666.0</v>
+        <v>2086.0</v>
       </c>
       <c r="F265" s="14" t="n">
-        <v>1026.0</v>
+        <v>1752.0</v>
       </c>
       <c r="G265" s="14" t="n">
-        <v>1976.0</v>
+        <v>2097.0</v>
       </c>
       <c r="H265" s="14" t="n">
-        <v>1062.0</v>
+        <v>2173.0</v>
       </c>
       <c r="I265" s="14" t="n">
-        <v>1156.0</v>
+        <v>1600.0</v>
       </c>
       <c r="J265" s="14" t="n">
-        <v>1419.0</v>
+        <v>1400.0</v>
       </c>
       <c r="K265" s="14" t="n">
-        <v>1495.0</v>
+        <v>1812.0</v>
       </c>
       <c r="L265" s="14" t="n">
-        <v>1700.0</v>
+        <v>2295.0</v>
       </c>
       <c r="M265" s="14" t="n">
-        <v>1554.0</v>
+        <v>2038.0</v>
       </c>
       <c r="N265" s="14" t="n">
-        <v>1286.0</v>
+        <v>1147.0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B266" s="14" t="n">
-        <v>57379.0</v>
+        <v>66774.0</v>
       </c>
       <c r="C266" s="14" t="n">
-        <v>3567.0</v>
+        <v>2719.0</v>
       </c>
       <c r="D266" s="14" t="n">
-        <v>2206.0</v>
+        <v>2314.0</v>
       </c>
       <c r="E266" s="14" t="n">
-        <v>4561.0</v>
+        <v>4350.0</v>
       </c>
       <c r="F266" s="14" t="n">
-        <v>4727.0</v>
+        <v>5734.0</v>
       </c>
       <c r="G266" s="14" t="n">
-        <v>5794.0</v>
+        <v>8172.0</v>
       </c>
       <c r="H266" s="14" t="n">
-        <v>6226.0</v>
+        <v>8256.0</v>
       </c>
       <c r="I266" s="14" t="n">
-        <v>5247.0</v>
+        <v>4769.0</v>
       </c>
       <c r="J266" s="14" t="n">
-        <v>3032.0</v>
+        <v>4271.0</v>
       </c>
       <c r="K266" s="14" t="n">
-        <v>5433.0</v>
+        <v>8878.0</v>
       </c>
       <c r="L266" s="14" t="n">
-        <v>8711.0</v>
+        <v>8247.0</v>
       </c>
       <c r="M266" s="14" t="n">
-        <v>4404.0</v>
+        <v>5743.0</v>
       </c>
       <c r="N266" s="14" t="n">
-        <v>3470.0</v>
+        <v>3321.0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B267" s="14" t="n">
-        <v>108619.0</v>
+        <v>96333.0</v>
       </c>
       <c r="C267" s="14" t="n">
-        <v>8440.0</v>
+        <v>7319.0</v>
       </c>
       <c r="D267" s="14" t="n">
-        <v>5927.0</v>
+        <v>6585.0</v>
       </c>
       <c r="E267" s="14" t="n">
-        <v>9074.0</v>
+        <v>7350.0</v>
       </c>
       <c r="F267" s="14" t="n">
-        <v>10259.0</v>
+        <v>7544.0</v>
       </c>
       <c r="G267" s="14" t="n">
-        <v>11573.0</v>
+        <v>9415.0</v>
       </c>
       <c r="H267" s="14" t="n">
-        <v>9395.0</v>
+        <v>8494.0</v>
       </c>
       <c r="I267" s="14" t="n">
-        <v>9221.0</v>
+        <v>8416.0</v>
       </c>
       <c r="J267" s="14" t="n">
-        <v>7956.0</v>
+        <v>7151.0</v>
       </c>
       <c r="K267" s="14" t="n">
-        <v>10650.0</v>
+        <v>8428.0</v>
       </c>
       <c r="L267" s="14" t="n">
-        <v>9843.0</v>
+        <v>11356.0</v>
       </c>
       <c r="M267" s="14" t="n">
-        <v>9095.0</v>
+        <v>8557.0</v>
       </c>
       <c r="N267" s="14" t="n">
-        <v>7187.0</v>
+        <v>5717.0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B268" s="14" t="n">
-        <v>16868.0</v>
+        <v>20623.0</v>
       </c>
       <c r="C268" s="14" t="n">
-        <v>1108.0</v>
+        <v>986.0</v>
       </c>
       <c r="D268" s="14" t="n">
-        <v>1248.0</v>
+        <v>1129.0</v>
       </c>
       <c r="E268" s="14" t="n">
-        <v>1099.0</v>
+        <v>1383.0</v>
       </c>
       <c r="F268" s="14" t="n">
-        <v>1176.0</v>
+        <v>1627.0</v>
       </c>
       <c r="G268" s="14" t="n">
-        <v>1552.0</v>
+        <v>1755.0</v>
       </c>
       <c r="H268" s="14" t="n">
-        <v>1353.0</v>
+        <v>2073.0</v>
       </c>
       <c r="I268" s="14" t="n">
-        <v>1997.0</v>
+        <v>2034.0</v>
       </c>
       <c r="J268" s="14" t="n">
-        <v>1365.0</v>
+        <v>2052.0</v>
       </c>
       <c r="K268" s="14" t="n">
-        <v>1116.0</v>
+        <v>1612.0</v>
       </c>
       <c r="L268" s="14" t="n">
-        <v>1344.0</v>
+        <v>2086.0</v>
       </c>
       <c r="M268" s="14" t="n">
-        <v>1930.0</v>
+        <v>2220.0</v>
       </c>
       <c r="N268" s="14" t="n">
-        <v>1582.0</v>
+        <v>1666.0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="6" t="inlineStr">
         <is>
-          <t>Cataluña</t>
+          <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B269" s="6"/>
       <c r="C269" s="6"/>
       <c r="D269" s="6"/>
       <c r="E269" s="6"/>
       <c r="F269" s="6"/>
       <c r="G269" s="6"/>
       <c r="H269" s="6"/>
       <c r="I269" s="6"/>
       <c r="J269" s="6"/>
       <c r="K269" s="6"/>
       <c r="L269" s="6"/>
       <c r="M269" s="6"/>
       <c r="N269" s="6"/>
     </row>
     <row r="270">
       <c r="A270" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B270" s="14" t="n">
-        <v>5.8690207E7</v>
+        <v>6.0427152E7</v>
       </c>
       <c r="C270" s="14" t="n">
-        <v>2234578.0</v>
+        <v>2296616.0</v>
       </c>
       <c r="D270" s="14" t="n">
-        <v>2563698.0</v>
+        <v>2695070.0</v>
       </c>
       <c r="E270" s="14" t="n">
-        <v>3110751.0</v>
+        <v>3660904.0</v>
       </c>
       <c r="F270" s="14" t="n">
-        <v>4848783.0</v>
+        <v>4444874.0</v>
       </c>
       <c r="G270" s="14" t="n">
-        <v>5609283.0</v>
+        <v>6243413.0</v>
       </c>
       <c r="H270" s="14" t="n">
-        <v>6385416.0</v>
+        <v>6906829.0</v>
       </c>
       <c r="I270" s="14" t="n">
-        <v>8111031.0</v>
+        <v>8201186.0</v>
       </c>
       <c r="J270" s="14" t="n">
-        <v>8833042.0</v>
+        <v>8900068.0</v>
       </c>
       <c r="K270" s="14" t="n">
-        <v>6592490.0</v>
+        <v>6650004.0</v>
       </c>
       <c r="L270" s="14" t="n">
-        <v>5209170.0</v>
+        <v>5221686.0</v>
       </c>
       <c r="M270" s="14" t="n">
-        <v>2675765.0</v>
+        <v>2723985.0</v>
       </c>
       <c r="N270" s="14" t="n">
-        <v>2516200.0</v>
+        <v>2482516.0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B271" s="14" t="n">
-        <v>1.7279556E7</v>
+        <v>1.6552687E7</v>
       </c>
       <c r="C271" s="14" t="n">
-        <v>827185.0</v>
+        <v>796248.0</v>
       </c>
       <c r="D271" s="14" t="n">
-        <v>865261.0</v>
+        <v>853424.0</v>
       </c>
       <c r="E271" s="14" t="n">
-        <v>1058452.0</v>
+        <v>1265848.0</v>
       </c>
       <c r="F271" s="14" t="n">
-        <v>1592789.0</v>
+        <v>1179348.0</v>
       </c>
       <c r="G271" s="14" t="n">
-        <v>1433915.0</v>
+        <v>1489336.0</v>
       </c>
       <c r="H271" s="14" t="n">
-        <v>1958296.0</v>
+        <v>1902268.0</v>
       </c>
       <c r="I271" s="14" t="n">
-        <v>2354479.0</v>
+        <v>2107573.0</v>
       </c>
       <c r="J271" s="14" t="n">
-        <v>2633145.0</v>
+        <v>2503794.0</v>
       </c>
       <c r="K271" s="14" t="n">
-        <v>1590625.0</v>
+        <v>1520153.0</v>
       </c>
       <c r="L271" s="14" t="n">
-        <v>1238824.0</v>
+        <v>1173598.0</v>
       </c>
       <c r="M271" s="14" t="n">
-        <v>788361.0</v>
+        <v>858002.0</v>
       </c>
       <c r="N271" s="14" t="n">
-        <v>938225.0</v>
+        <v>903095.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B272" s="14" t="n">
-        <v>4.1410651E7</v>
+        <v>4.3874465E7</v>
       </c>
       <c r="C272" s="14" t="n">
-        <v>1407393.0</v>
+        <v>1500369.0</v>
       </c>
       <c r="D272" s="14" t="n">
-        <v>1698437.0</v>
+        <v>1841646.0</v>
       </c>
       <c r="E272" s="14" t="n">
-        <v>2052299.0</v>
+        <v>2395056.0</v>
       </c>
       <c r="F272" s="14" t="n">
-        <v>3255995.0</v>
+        <v>3265526.0</v>
       </c>
       <c r="G272" s="14" t="n">
-        <v>4175368.0</v>
+        <v>4754076.0</v>
       </c>
       <c r="H272" s="14" t="n">
-        <v>4427120.0</v>
+        <v>5004561.0</v>
       </c>
       <c r="I272" s="14" t="n">
-        <v>5756551.0</v>
+        <v>6093614.0</v>
       </c>
       <c r="J272" s="14" t="n">
-        <v>6199898.0</v>
+        <v>6396274.0</v>
       </c>
       <c r="K272" s="14" t="n">
-        <v>5001865.0</v>
+        <v>5129851.0</v>
       </c>
       <c r="L272" s="14" t="n">
-        <v>3970346.0</v>
+        <v>4048088.0</v>
       </c>
       <c r="M272" s="14" t="n">
-        <v>1887404.0</v>
+        <v>1865983.0</v>
       </c>
       <c r="N272" s="14" t="n">
-        <v>1577975.0</v>
+        <v>1579421.0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B273" s="14" t="n">
-        <v>2.2222694E7</v>
+        <v>2.3226485E7</v>
       </c>
       <c r="C273" s="14" t="n">
-        <v>673035.0</v>
+        <v>710985.0</v>
       </c>
       <c r="D273" s="14" t="n">
-        <v>866188.0</v>
+        <v>883144.0</v>
       </c>
       <c r="E273" s="14" t="n">
-        <v>1028068.0</v>
+        <v>1213910.0</v>
       </c>
       <c r="F273" s="14" t="n">
-        <v>1866997.0</v>
+        <v>1782044.0</v>
       </c>
       <c r="G273" s="14" t="n">
-        <v>2301468.0</v>
+        <v>2549469.0</v>
       </c>
       <c r="H273" s="14" t="n">
-        <v>2133769.0</v>
+        <v>2410608.0</v>
       </c>
       <c r="I273" s="14" t="n">
-        <v>3192247.0</v>
+        <v>3439240.0</v>
       </c>
       <c r="J273" s="14" t="n">
-        <v>3881511.0</v>
+        <v>3929508.0</v>
       </c>
       <c r="K273" s="14" t="n">
-        <v>2623592.0</v>
+        <v>2631046.0</v>
       </c>
       <c r="L273" s="14" t="n">
-        <v>2028976.0</v>
+        <v>2111216.0</v>
       </c>
       <c r="M273" s="14" t="n">
-        <v>876625.0</v>
+        <v>839674.0</v>
       </c>
       <c r="N273" s="14" t="n">
-        <v>750218.0</v>
+        <v>725641.0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B274" s="14" t="n">
-        <v>3183133.0</v>
+        <v>3566797.0</v>
       </c>
       <c r="C274" s="14" t="n">
-        <v>95373.0</v>
+        <v>95702.0</v>
       </c>
       <c r="D274" s="14" t="n">
-        <v>113399.0</v>
+        <v>118241.0</v>
       </c>
       <c r="E274" s="14" t="n">
-        <v>178038.0</v>
+        <v>231567.0</v>
       </c>
       <c r="F274" s="14" t="n">
-        <v>271616.0</v>
+        <v>224869.0</v>
       </c>
       <c r="G274" s="14" t="n">
-        <v>296840.0</v>
+        <v>394821.0</v>
       </c>
       <c r="H274" s="14" t="n">
-        <v>355410.0</v>
+        <v>365554.0</v>
       </c>
       <c r="I274" s="14" t="n">
-        <v>434532.0</v>
+        <v>595854.0</v>
       </c>
       <c r="J274" s="14" t="n">
-        <v>477446.0</v>
+        <v>578973.0</v>
       </c>
       <c r="K274" s="14" t="n">
-        <v>414181.0</v>
+        <v>381538.0</v>
       </c>
       <c r="L274" s="14" t="n">
-        <v>321484.0</v>
+        <v>357582.0</v>
       </c>
       <c r="M274" s="14" t="n">
-        <v>132127.0</v>
+        <v>124726.0</v>
       </c>
       <c r="N274" s="14" t="n">
-        <v>92686.0</v>
+        <v>97371.0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B275" s="14" t="n">
-        <v>348457.0</v>
+        <v>326299.0</v>
       </c>
       <c r="C275" s="14" t="n">
-        <v>13935.0</v>
+        <v>12167.0</v>
       </c>
       <c r="D275" s="14" t="n">
-        <v>20757.0</v>
+        <v>19789.0</v>
       </c>
       <c r="E275" s="14" t="n">
-        <v>19991.0</v>
+        <v>28720.0</v>
       </c>
       <c r="F275" s="14" t="n">
-        <v>38855.0</v>
+        <v>23997.0</v>
       </c>
       <c r="G275" s="14" t="n">
-        <v>37119.0</v>
+        <v>34326.0</v>
       </c>
       <c r="H275" s="14" t="n">
-        <v>32855.0</v>
+        <v>34439.0</v>
       </c>
       <c r="I275" s="14" t="n">
-        <v>38984.0</v>
+        <v>37406.0</v>
       </c>
       <c r="J275" s="14" t="n">
-        <v>45663.0</v>
+        <v>42532.0</v>
       </c>
       <c r="K275" s="14" t="n">
-        <v>34452.0</v>
+        <v>30410.0</v>
       </c>
       <c r="L275" s="14" t="n">
-        <v>32012.0</v>
+        <v>33119.0</v>
       </c>
       <c r="M275" s="14" t="n">
-        <v>19123.0</v>
+        <v>17393.0</v>
       </c>
       <c r="N275" s="14" t="n">
-        <v>14710.0</v>
+        <v>12002.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B276" s="14" t="n">
-        <v>1318617.0</v>
+        <v>1418119.0</v>
       </c>
       <c r="C276" s="14" t="n">
-        <v>22167.0</v>
+        <v>26019.0</v>
       </c>
       <c r="D276" s="14" t="n">
-        <v>30809.0</v>
+        <v>35320.0</v>
       </c>
       <c r="E276" s="14" t="n">
-        <v>38037.0</v>
+        <v>57982.0</v>
       </c>
       <c r="F276" s="14" t="n">
-        <v>84240.0</v>
+        <v>100934.0</v>
       </c>
       <c r="G276" s="14" t="n">
-        <v>152334.0</v>
+        <v>150530.0</v>
       </c>
       <c r="H276" s="14" t="n">
-        <v>107826.0</v>
+        <v>135579.0</v>
       </c>
       <c r="I276" s="14" t="n">
-        <v>312404.0</v>
+        <v>320117.0</v>
       </c>
       <c r="J276" s="14" t="n">
-        <v>210633.0</v>
+        <v>208347.0</v>
       </c>
       <c r="K276" s="14" t="n">
-        <v>186141.0</v>
+        <v>194703.0</v>
       </c>
       <c r="L276" s="14" t="n">
-        <v>103241.0</v>
+        <v>129149.0</v>
       </c>
       <c r="M276" s="14" t="n">
-        <v>39525.0</v>
+        <v>32012.0</v>
       </c>
       <c r="N276" s="14" t="n">
-        <v>31259.0</v>
+        <v>27426.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B277" s="14" t="n">
-        <v>316782.0</v>
+        <v>339008.0</v>
       </c>
       <c r="C277" s="14" t="n">
-        <v>10392.0</v>
+        <v>10922.0</v>
       </c>
       <c r="D277" s="14" t="n">
-        <v>14287.0</v>
+        <v>13472.0</v>
       </c>
       <c r="E277" s="14" t="n">
-        <v>15969.0</v>
+        <v>25941.0</v>
       </c>
       <c r="F277" s="14" t="n">
-        <v>30845.0</v>
+        <v>26791.0</v>
       </c>
       <c r="G277" s="14" t="n">
-        <v>22758.0</v>
+        <v>30889.0</v>
       </c>
       <c r="H277" s="14" t="n">
-        <v>26232.0</v>
+        <v>30169.0</v>
       </c>
       <c r="I277" s="14" t="n">
-        <v>62542.0</v>
+        <v>69943.0</v>
       </c>
       <c r="J277" s="14" t="n">
-        <v>34892.0</v>
+        <v>31773.0</v>
       </c>
       <c r="K277" s="14" t="n">
-        <v>32083.0</v>
+        <v>32955.0</v>
       </c>
       <c r="L277" s="14" t="n">
-        <v>39646.0</v>
+        <v>40253.0</v>
       </c>
       <c r="M277" s="14" t="n">
-        <v>17365.0</v>
+        <v>15952.0</v>
       </c>
       <c r="N277" s="14" t="n">
-        <v>9770.0</v>
+        <v>9948.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B278" s="14" t="n">
-        <v>194156.0</v>
+        <v>198341.0</v>
       </c>
       <c r="C278" s="14" t="n">
-        <v>5370.0</v>
+        <v>7538.0</v>
       </c>
       <c r="D278" s="14" t="n">
-        <v>11762.0</v>
+        <v>12976.0</v>
       </c>
       <c r="E278" s="14" t="n">
-        <v>14440.0</v>
+        <v>13160.0</v>
       </c>
       <c r="F278" s="14" t="n">
-        <v>18978.0</v>
+        <v>19679.0</v>
       </c>
       <c r="G278" s="14" t="n">
-        <v>19969.0</v>
+        <v>22497.0</v>
       </c>
       <c r="H278" s="14" t="n">
-        <v>25257.0</v>
+        <v>27597.0</v>
       </c>
       <c r="I278" s="14" t="n">
-        <v>21699.0</v>
+        <v>20343.0</v>
       </c>
       <c r="J278" s="14" t="n">
-        <v>11525.0</v>
+        <v>10008.0</v>
       </c>
       <c r="K278" s="14" t="n">
-        <v>22353.0</v>
+        <v>21045.0</v>
       </c>
       <c r="L278" s="14" t="n">
-        <v>22614.0</v>
+        <v>26291.0</v>
       </c>
       <c r="M278" s="14" t="n">
-        <v>11806.0</v>
+        <v>12160.0</v>
       </c>
       <c r="N278" s="14" t="n">
-        <v>8384.0</v>
+        <v>5047.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B279" s="14" t="n">
-        <v>6927837.0</v>
+        <v>6823217.0</v>
       </c>
       <c r="C279" s="14" t="n">
-        <v>177449.0</v>
+        <v>186721.0</v>
       </c>
       <c r="D279" s="14" t="n">
-        <v>254428.0</v>
+        <v>240922.0</v>
       </c>
       <c r="E279" s="14" t="n">
-        <v>248743.0</v>
+        <v>269919.0</v>
       </c>
       <c r="F279" s="14" t="n">
-        <v>635976.0</v>
+        <v>632665.0</v>
       </c>
       <c r="G279" s="14" t="n">
-        <v>908244.0</v>
+        <v>894328.0</v>
       </c>
       <c r="H279" s="14" t="n">
-        <v>545136.0</v>
+        <v>553217.0</v>
       </c>
       <c r="I279" s="14" t="n">
-        <v>882750.0</v>
+        <v>850602.0</v>
       </c>
       <c r="J279" s="14" t="n">
-        <v>1454628.0</v>
+        <v>1406818.0</v>
       </c>
       <c r="K279" s="14" t="n">
-        <v>700236.0</v>
+        <v>695147.0</v>
       </c>
       <c r="L279" s="14" t="n">
-        <v>652473.0</v>
+        <v>660395.0</v>
       </c>
       <c r="M279" s="14" t="n">
-        <v>230278.0</v>
+        <v>222781.0</v>
       </c>
       <c r="N279" s="14" t="n">
-        <v>237496.0</v>
+        <v>209700.0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B280" s="14" t="n">
-        <v>193914.0</v>
+        <v>200028.0</v>
       </c>
       <c r="C280" s="14" t="n">
-        <v>10979.0</v>
+        <v>11795.0</v>
       </c>
       <c r="D280" s="14" t="n">
-        <v>19770.0</v>
+        <v>22153.0</v>
       </c>
       <c r="E280" s="14" t="n">
-        <v>20780.0</v>
+        <v>25886.0</v>
       </c>
       <c r="F280" s="14" t="n">
-        <v>26925.0</v>
+        <v>13713.0</v>
       </c>
       <c r="G280" s="14" t="n">
-        <v>13100.0</v>
+        <v>16738.0</v>
       </c>
       <c r="H280" s="14" t="n">
-        <v>12030.0</v>
+        <v>17196.0</v>
       </c>
       <c r="I280" s="14" t="n">
-        <v>14766.0</v>
+        <v>16099.0</v>
       </c>
       <c r="J280" s="14" t="n">
-        <v>15808.0</v>
+        <v>14026.0</v>
       </c>
       <c r="K280" s="14" t="n">
-        <v>12856.0</v>
+        <v>13521.0</v>
       </c>
       <c r="L280" s="14" t="n">
-        <v>13533.0</v>
+        <v>14798.0</v>
       </c>
       <c r="M280" s="14" t="n">
-        <v>17219.0</v>
+        <v>17027.0</v>
       </c>
       <c r="N280" s="14" t="n">
-        <v>16148.0</v>
+        <v>17076.0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B281" s="14" t="n">
-        <v>1130069.0</v>
+        <v>1252369.0</v>
       </c>
       <c r="C281" s="14" t="n">
-        <v>14123.0</v>
+        <v>17773.0</v>
       </c>
       <c r="D281" s="14" t="n">
-        <v>22282.0</v>
+        <v>23040.0</v>
       </c>
       <c r="E281" s="14" t="n">
-        <v>25282.0</v>
+        <v>27652.0</v>
       </c>
       <c r="F281" s="14" t="n">
-        <v>90076.0</v>
+        <v>79444.0</v>
       </c>
       <c r="G281" s="14" t="n">
-        <v>122059.0</v>
+        <v>167507.0</v>
       </c>
       <c r="H281" s="14" t="n">
-        <v>154745.0</v>
+        <v>204668.0</v>
       </c>
       <c r="I281" s="14" t="n">
-        <v>163389.0</v>
+        <v>186509.0</v>
       </c>
       <c r="J281" s="14" t="n">
-        <v>183414.0</v>
+        <v>180878.0</v>
       </c>
       <c r="K281" s="14" t="n">
-        <v>177771.0</v>
+        <v>198863.0</v>
       </c>
       <c r="L281" s="14" t="n">
-        <v>141058.0</v>
+        <v>131339.0</v>
       </c>
       <c r="M281" s="14" t="n">
-        <v>21736.0</v>
+        <v>21245.0</v>
       </c>
       <c r="N281" s="14" t="n">
-        <v>14134.0</v>
+        <v>13450.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B282" s="14" t="n">
-        <v>2232230.0</v>
+        <v>2320703.0</v>
       </c>
       <c r="C282" s="14" t="n">
-        <v>126310.0</v>
+        <v>131007.0</v>
       </c>
       <c r="D282" s="14" t="n">
-        <v>120441.0</v>
+        <v>138712.0</v>
       </c>
       <c r="E282" s="14" t="n">
-        <v>188959.0</v>
+        <v>217884.0</v>
       </c>
       <c r="F282" s="14" t="n">
-        <v>222851.0</v>
+        <v>220364.0</v>
       </c>
       <c r="G282" s="14" t="n">
-        <v>171682.0</v>
+        <v>188183.0</v>
       </c>
       <c r="H282" s="14" t="n">
-        <v>172796.0</v>
+        <v>175600.0</v>
       </c>
       <c r="I282" s="14" t="n">
-        <v>219106.0</v>
+        <v>242083.0</v>
       </c>
       <c r="J282" s="14" t="n">
-        <v>392367.0</v>
+        <v>388919.0</v>
       </c>
       <c r="K282" s="14" t="n">
-        <v>193765.0</v>
+        <v>196490.0</v>
       </c>
       <c r="L282" s="14" t="n">
-        <v>148953.0</v>
+        <v>148384.0</v>
       </c>
       <c r="M282" s="14" t="n">
-        <v>133632.0</v>
+        <v>130308.0</v>
       </c>
       <c r="N282" s="14" t="n">
-        <v>141368.0</v>
+        <v>142768.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B283" s="14" t="n">
-        <v>51724.0</v>
+        <v>55534.0</v>
       </c>
       <c r="C283" s="14" t="n">
-        <v>1736.0</v>
+        <v>1869.0</v>
       </c>
       <c r="D283" s="14" t="n">
-        <v>3019.0</v>
+        <v>2210.0</v>
       </c>
       <c r="E283" s="14" t="n">
-        <v>1971.0</v>
+        <v>3587.0</v>
       </c>
       <c r="F283" s="14" t="n">
-        <v>4628.0</v>
+        <v>3553.0</v>
       </c>
       <c r="G283" s="14" t="n">
         <v>6195.0</v>
       </c>
       <c r="H283" s="14" t="n">
-        <v>5714.0</v>
+        <v>6957.0</v>
       </c>
       <c r="I283" s="14" t="n">
-        <v>4781.0</v>
+        <v>5860.0</v>
       </c>
       <c r="J283" s="14" t="n">
-        <v>9560.0</v>
+        <v>9949.0</v>
       </c>
       <c r="K283" s="14" t="n">
-        <v>5576.0</v>
+        <v>6771.0</v>
       </c>
       <c r="L283" s="14" t="n">
-        <v>4225.0</v>
+        <v>3965.0</v>
       </c>
       <c r="M283" s="14" t="n">
-        <v>1706.0</v>
+        <v>3096.0</v>
       </c>
       <c r="N283" s="14" t="n">
-        <v>2614.0</v>
+        <v>1521.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B284" s="14" t="n">
-        <v>1955125.0</v>
+        <v>2127674.0</v>
       </c>
       <c r="C284" s="14" t="n">
-        <v>44024.0</v>
+        <v>49464.0</v>
       </c>
       <c r="D284" s="14" t="n">
-        <v>47292.0</v>
+        <v>57413.0</v>
       </c>
       <c r="E284" s="14" t="n">
-        <v>54796.0</v>
+        <v>62364.0</v>
       </c>
       <c r="F284" s="14" t="n">
-        <v>113429.0</v>
+        <v>112307.0</v>
       </c>
       <c r="G284" s="14" t="n">
-        <v>182331.0</v>
+        <v>229161.0</v>
       </c>
       <c r="H284" s="14" t="n">
-        <v>209103.0</v>
+        <v>234264.0</v>
       </c>
       <c r="I284" s="14" t="n">
-        <v>373396.0</v>
+        <v>446065.0</v>
       </c>
       <c r="J284" s="14" t="n">
-        <v>384909.0</v>
+        <v>385807.0</v>
       </c>
       <c r="K284" s="14" t="n">
-        <v>258979.0</v>
+        <v>260013.0</v>
       </c>
       <c r="L284" s="14" t="n">
-        <v>190976.0</v>
+        <v>188780.0</v>
       </c>
       <c r="M284" s="14" t="n">
-        <v>54905.0</v>
+        <v>55128.0</v>
       </c>
       <c r="N284" s="14" t="n">
-        <v>40985.0</v>
+        <v>46907.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B285" s="14" t="n">
-        <v>1327604.0</v>
+        <v>1414131.0</v>
       </c>
       <c r="C285" s="14" t="n">
-        <v>39028.0</v>
+        <v>41432.0</v>
       </c>
       <c r="D285" s="14" t="n">
-        <v>55234.0</v>
+        <v>47916.0</v>
       </c>
       <c r="E285" s="14" t="n">
-        <v>49852.0</v>
+        <v>54561.0</v>
       </c>
       <c r="F285" s="14" t="n">
-        <v>81681.0</v>
+        <v>82136.0</v>
       </c>
       <c r="G285" s="14" t="n">
-        <v>122015.0</v>
+        <v>139343.0</v>
       </c>
       <c r="H285" s="14" t="n">
-        <v>179553.0</v>
+        <v>250627.0</v>
       </c>
       <c r="I285" s="14" t="n">
-        <v>246510.0</v>
+        <v>231310.0</v>
       </c>
       <c r="J285" s="14" t="n">
-        <v>177561.0</v>
+        <v>194717.0</v>
       </c>
       <c r="K285" s="14" t="n">
-        <v>196906.0</v>
+        <v>199889.0</v>
       </c>
       <c r="L285" s="14" t="n">
-        <v>108813.0</v>
+        <v>98008.0</v>
       </c>
       <c r="M285" s="14" t="n">
-        <v>42316.0</v>
+        <v>43440.0</v>
       </c>
       <c r="N285" s="14" t="n">
-        <v>28135.0</v>
+        <v>30751.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B286" s="14" t="n">
-        <v>740422.0</v>
+        <v>797685.0</v>
       </c>
       <c r="C286" s="14" t="n">
-        <v>31027.0</v>
+        <v>31852.0</v>
       </c>
       <c r="D286" s="14" t="n">
-        <v>49023.0</v>
+        <v>49237.0</v>
       </c>
       <c r="E286" s="14" t="n">
-        <v>41101.0</v>
+        <v>50346.0</v>
       </c>
       <c r="F286" s="14" t="n">
-        <v>49678.0</v>
+        <v>56454.0</v>
       </c>
       <c r="G286" s="14" t="n">
-        <v>46594.0</v>
+        <v>50794.0</v>
       </c>
       <c r="H286" s="14" t="n">
-        <v>53366.0</v>
+        <v>76031.0</v>
       </c>
       <c r="I286" s="14" t="n">
-        <v>92803.0</v>
+        <v>97949.0</v>
       </c>
       <c r="J286" s="14" t="n">
-        <v>159761.0</v>
+        <v>157050.0</v>
       </c>
       <c r="K286" s="14" t="n">
-        <v>99743.0</v>
+        <v>104028.0</v>
       </c>
       <c r="L286" s="14" t="n">
-        <v>44023.0</v>
+        <v>50555.0</v>
       </c>
       <c r="M286" s="14" t="n">
-        <v>38317.0</v>
+        <v>37919.0</v>
       </c>
       <c r="N286" s="14" t="n">
-        <v>34987.0</v>
+        <v>35468.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B287" s="14" t="n">
-        <v>327405.0</v>
+        <v>316548.0</v>
       </c>
       <c r="C287" s="14" t="n">
-        <v>8745.0</v>
+        <v>8047.0</v>
       </c>
       <c r="D287" s="14" t="n">
-        <v>12357.0</v>
+        <v>12583.0</v>
       </c>
       <c r="E287" s="14" t="n">
-        <v>16783.0</v>
+        <v>16950.0</v>
       </c>
       <c r="F287" s="14" t="n">
-        <v>28517.0</v>
+        <v>17708.0</v>
       </c>
       <c r="G287" s="14" t="n">
-        <v>30821.0</v>
+        <v>26023.0</v>
       </c>
       <c r="H287" s="14" t="n">
-        <v>38480.0</v>
+        <v>55335.0</v>
       </c>
       <c r="I287" s="14" t="n">
-        <v>55439.0</v>
+        <v>44155.0</v>
       </c>
       <c r="J287" s="14" t="n">
-        <v>41724.0</v>
+        <v>30920.0</v>
       </c>
       <c r="K287" s="14" t="n">
-        <v>43447.0</v>
+        <v>44241.0</v>
       </c>
       <c r="L287" s="14" t="n">
-        <v>26625.0</v>
+        <v>40118.0</v>
       </c>
       <c r="M287" s="14" t="n">
-        <v>15685.0</v>
+        <v>13173.0</v>
       </c>
       <c r="N287" s="14" t="n">
-        <v>8783.0</v>
+        <v>7294.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B288" s="14" t="n">
-        <v>443314.0</v>
+        <v>400517.0</v>
       </c>
       <c r="C288" s="14" t="n">
-        <v>14346.0</v>
+        <v>14004.0</v>
       </c>
       <c r="D288" s="14" t="n">
-        <v>22998.0</v>
+        <v>19516.0</v>
       </c>
       <c r="E288" s="14" t="n">
-        <v>29030.0</v>
+        <v>26142.0</v>
       </c>
       <c r="F288" s="14" t="n">
-        <v>39211.0</v>
+        <v>38834.0</v>
       </c>
       <c r="G288" s="14" t="n">
-        <v>39511.0</v>
+        <v>40854.0</v>
       </c>
       <c r="H288" s="14" t="n">
-        <v>49368.0</v>
+        <v>46249.0</v>
       </c>
       <c r="I288" s="14" t="n">
-        <v>65271.0</v>
+        <v>59222.0</v>
       </c>
       <c r="J288" s="14" t="n">
-        <v>44282.0</v>
+        <v>33811.0</v>
       </c>
       <c r="K288" s="14" t="n">
-        <v>51982.0</v>
+        <v>41833.0</v>
       </c>
       <c r="L288" s="14" t="n">
-        <v>50271.0</v>
+        <v>48439.0</v>
       </c>
       <c r="M288" s="14" t="n">
-        <v>24734.0</v>
+        <v>21079.0</v>
       </c>
       <c r="N288" s="14" t="n">
-        <v>12310.0</v>
+        <v>10533.0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B289" s="14" t="n">
-        <v>298836.0</v>
+        <v>295838.0</v>
       </c>
       <c r="C289" s="14" t="n">
-        <v>5140.0</v>
+        <v>6937.0</v>
       </c>
       <c r="D289" s="14" t="n">
-        <v>12119.0</v>
+        <v>9855.0</v>
       </c>
       <c r="E289" s="14" t="n">
-        <v>19027.0</v>
+        <v>23833.0</v>
       </c>
       <c r="F289" s="14" t="n">
-        <v>29262.0</v>
+        <v>26899.0</v>
       </c>
       <c r="G289" s="14" t="n">
-        <v>26133.0</v>
+        <v>21889.0</v>
       </c>
       <c r="H289" s="14" t="n">
-        <v>39860.0</v>
+        <v>34397.0</v>
       </c>
       <c r="I289" s="14" t="n">
-        <v>52719.0</v>
+        <v>57796.0</v>
       </c>
       <c r="J289" s="14" t="n">
-        <v>23467.0</v>
+        <v>17793.0</v>
       </c>
       <c r="K289" s="14" t="n">
-        <v>34685.0</v>
+        <v>35940.0</v>
       </c>
       <c r="L289" s="14" t="n">
-        <v>35986.0</v>
+        <v>40767.0</v>
       </c>
       <c r="M289" s="14" t="n">
-        <v>14158.0</v>
+        <v>13842.0</v>
       </c>
       <c r="N289" s="14" t="n">
-        <v>6280.0</v>
+        <v>5889.0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B290" s="14" t="n">
-        <v>5636948.0</v>
+        <v>6129720.0</v>
       </c>
       <c r="C290" s="14" t="n">
-        <v>96821.0</v>
+        <v>111711.0</v>
       </c>
       <c r="D290" s="14" t="n">
-        <v>159121.0</v>
+        <v>159773.0</v>
       </c>
       <c r="E290" s="14" t="n">
-        <v>173909.0</v>
+        <v>202681.0</v>
       </c>
       <c r="F290" s="14" t="n">
-        <v>297588.0</v>
+        <v>332451.0</v>
       </c>
       <c r="G290" s="14" t="n">
-        <v>600241.0</v>
+        <v>766336.0</v>
       </c>
       <c r="H290" s="14" t="n">
-        <v>825923.0</v>
+        <v>1002897.0</v>
       </c>
       <c r="I290" s="14" t="n">
-        <v>853922.0</v>
+        <v>879464.0</v>
       </c>
       <c r="J290" s="14" t="n">
-        <v>889703.0</v>
+        <v>955582.0</v>
       </c>
       <c r="K290" s="14" t="n">
-        <v>922122.0</v>
+        <v>896340.0</v>
       </c>
       <c r="L290" s="14" t="n">
-        <v>565614.0</v>
+        <v>584144.0</v>
       </c>
       <c r="M290" s="14" t="n">
-        <v>150899.0</v>
+        <v>131887.0</v>
       </c>
       <c r="N290" s="14" t="n">
-        <v>101085.0</v>
+        <v>106455.0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B291" s="14" t="n">
-        <v>774725.0</v>
+        <v>768694.0</v>
       </c>
       <c r="C291" s="14" t="n">
-        <v>24470.0</v>
+        <v>23582.0</v>
       </c>
       <c r="D291" s="14" t="n">
-        <v>37408.0</v>
+        <v>33919.0</v>
       </c>
       <c r="E291" s="14" t="n">
-        <v>37991.0</v>
+        <v>41111.0</v>
       </c>
       <c r="F291" s="14" t="n">
-        <v>75917.0</v>
+        <v>68007.0</v>
       </c>
       <c r="G291" s="14" t="n">
-        <v>70047.0</v>
+        <v>65525.0</v>
       </c>
       <c r="H291" s="14" t="n">
-        <v>70297.0</v>
+        <v>70139.0</v>
       </c>
       <c r="I291" s="14" t="n">
-        <v>137528.0</v>
+        <v>136529.0</v>
       </c>
       <c r="J291" s="14" t="n">
-        <v>86015.0</v>
+        <v>91110.0</v>
       </c>
       <c r="K291" s="14" t="n">
-        <v>86464.0</v>
+        <v>93327.0</v>
       </c>
       <c r="L291" s="14" t="n">
-        <v>90345.0</v>
+        <v>89157.0</v>
       </c>
       <c r="M291" s="14" t="n">
-        <v>28746.0</v>
+        <v>28083.0</v>
       </c>
       <c r="N291" s="14" t="n">
-        <v>29495.0</v>
+        <v>28205.0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B292" s="14" t="n">
-        <v>2049416.0</v>
+        <v>2230004.0</v>
       </c>
       <c r="C292" s="14" t="n">
-        <v>122063.0</v>
+        <v>87612.0</v>
       </c>
       <c r="D292" s="14" t="n">
-        <v>104995.0</v>
+        <v>105569.0</v>
       </c>
       <c r="E292" s="14" t="n">
-        <v>108279.0</v>
+        <v>123839.0</v>
       </c>
       <c r="F292" s="14" t="n">
-        <v>144605.0</v>
+        <v>147254.0</v>
       </c>
       <c r="G292" s="14" t="n">
-        <v>157717.0</v>
+        <v>194352.0</v>
       </c>
       <c r="H292" s="14" t="n">
-        <v>257487.0</v>
+        <v>283538.0</v>
       </c>
       <c r="I292" s="14" t="n">
-        <v>306136.0</v>
+        <v>316892.0</v>
       </c>
       <c r="J292" s="14" t="n">
-        <v>257096.0</v>
+        <v>279503.0</v>
       </c>
       <c r="K292" s="14" t="n">
-        <v>243915.0</v>
+        <v>340528.0</v>
       </c>
       <c r="L292" s="14" t="n">
-        <v>151232.0</v>
+        <v>184588.0</v>
       </c>
       <c r="M292" s="14" t="n">
-        <v>105804.0</v>
+        <v>87078.0</v>
       </c>
       <c r="N292" s="14" t="n">
-        <v>90088.0</v>
+        <v>79251.0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B293" s="14" t="n">
-        <v>273152.0</v>
+        <v>357572.0</v>
       </c>
       <c r="C293" s="14" t="n">
-        <v>10968.0</v>
+        <v>22711.0</v>
       </c>
       <c r="D293" s="14" t="n">
-        <v>22443.0</v>
+        <v>32556.0</v>
       </c>
       <c r="E293" s="14" t="n">
-        <v>19147.0</v>
+        <v>30249.0</v>
       </c>
       <c r="F293" s="14" t="n">
-        <v>21741.0</v>
+        <v>27261.0</v>
       </c>
       <c r="G293" s="14" t="n">
-        <v>21315.0</v>
+        <v>30318.0</v>
       </c>
       <c r="H293" s="14" t="n">
-        <v>20097.0</v>
+        <v>30168.0</v>
       </c>
       <c r="I293" s="14" t="n">
-        <v>20730.0</v>
+        <v>24023.0</v>
       </c>
       <c r="J293" s="14" t="n">
-        <v>25276.0</v>
+        <v>31395.0</v>
       </c>
       <c r="K293" s="14" t="n">
-        <v>31576.0</v>
+        <v>36547.0</v>
       </c>
       <c r="L293" s="14" t="n">
-        <v>27896.0</v>
+        <v>30354.0</v>
       </c>
       <c r="M293" s="14" t="n">
-        <v>25966.0</v>
+        <v>27706.0</v>
       </c>
       <c r="N293" s="14" t="n">
-        <v>25998.0</v>
+        <v>34286.0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B294" s="14" t="n">
-        <v>514814.0</v>
+        <v>745522.0</v>
       </c>
       <c r="C294" s="14" t="n">
-        <v>24925.0</v>
+        <v>40302.0</v>
       </c>
       <c r="D294" s="14" t="n">
-        <v>40594.0</v>
+        <v>88457.0</v>
       </c>
       <c r="E294" s="14" t="n">
-        <v>42154.0</v>
+        <v>51138.0</v>
       </c>
       <c r="F294" s="14" t="n">
-        <v>41752.0</v>
+        <v>63326.0</v>
       </c>
       <c r="G294" s="14" t="n">
-        <v>32634.0</v>
+        <v>63921.0</v>
       </c>
       <c r="H294" s="14" t="n">
-        <v>43692.0</v>
+        <v>62829.0</v>
       </c>
       <c r="I294" s="14" t="n">
-        <v>45527.0</v>
+        <v>68229.0</v>
       </c>
       <c r="J294" s="14" t="n">
-        <v>42485.0</v>
+        <v>66529.0</v>
       </c>
       <c r="K294" s="14" t="n">
-        <v>43483.0</v>
+        <v>64279.0</v>
       </c>
       <c r="L294" s="14" t="n">
-        <v>64409.0</v>
+        <v>71358.0</v>
       </c>
       <c r="M294" s="14" t="n">
-        <v>38785.0</v>
+        <v>49106.0</v>
       </c>
       <c r="N294" s="14" t="n">
-        <v>54372.0</v>
+        <v>56047.0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B295" s="14" t="n">
-        <v>3537515.0</v>
+        <v>3870827.0</v>
       </c>
       <c r="C295" s="14" t="n">
-        <v>108999.0</v>
+        <v>128420.0</v>
       </c>
       <c r="D295" s="14" t="n">
-        <v>132501.0</v>
+        <v>152977.0</v>
       </c>
       <c r="E295" s="14" t="n">
-        <v>252232.0</v>
+        <v>297383.0</v>
       </c>
       <c r="F295" s="14" t="n">
-        <v>302801.0</v>
+        <v>339132.0</v>
       </c>
       <c r="G295" s="14" t="n">
-        <v>399867.0</v>
+        <v>449202.0</v>
       </c>
       <c r="H295" s="14" t="n">
-        <v>454314.0</v>
+        <v>507555.0</v>
       </c>
       <c r="I295" s="14" t="n">
-        <v>416491.0</v>
+        <v>451873.0</v>
       </c>
       <c r="J295" s="14" t="n">
-        <v>314793.0</v>
+        <v>368600.0</v>
       </c>
       <c r="K295" s="14" t="n">
-        <v>378148.0</v>
+        <v>400398.0</v>
       </c>
       <c r="L295" s="14" t="n">
-        <v>369137.0</v>
+        <v>370849.0</v>
       </c>
       <c r="M295" s="14" t="n">
-        <v>246893.0</v>
+        <v>249651.0</v>
       </c>
       <c r="N295" s="14" t="n">
-        <v>161339.0</v>
+        <v>154786.0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B296" s="14" t="n">
-        <v>2620928.0</v>
+        <v>2715526.0</v>
       </c>
       <c r="C296" s="14" t="n">
-        <v>138064.0</v>
+        <v>152898.0</v>
       </c>
       <c r="D296" s="14" t="n">
-        <v>123174.0</v>
+        <v>143122.0</v>
       </c>
       <c r="E296" s="14" t="n">
-        <v>144387.0</v>
+        <v>194971.0</v>
       </c>
       <c r="F296" s="14" t="n">
-        <v>215955.0</v>
+        <v>205182.0</v>
       </c>
       <c r="G296" s="14" t="n">
-        <v>274301.0</v>
+        <v>285564.0</v>
       </c>
       <c r="H296" s="14" t="n">
-        <v>253833.0</v>
+        <v>269993.0</v>
       </c>
       <c r="I296" s="14" t="n">
-        <v>298447.0</v>
+        <v>320174.0</v>
       </c>
       <c r="J296" s="14" t="n">
-        <v>281959.0</v>
+        <v>284352.0</v>
       </c>
       <c r="K296" s="14" t="n">
-        <v>292985.0</v>
+        <v>298868.0</v>
       </c>
       <c r="L296" s="14" t="n">
-        <v>287655.0</v>
+        <v>253149.0</v>
       </c>
       <c r="M296" s="14" t="n">
-        <v>170524.0</v>
+        <v>172783.0</v>
       </c>
       <c r="N296" s="14" t="n">
-        <v>139644.0</v>
+        <v>134471.0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B297" s="14" t="n">
-        <v>603533.0</v>
+        <v>589503.0</v>
       </c>
       <c r="C297" s="14" t="n">
-        <v>42433.0</v>
+        <v>40099.0</v>
       </c>
       <c r="D297" s="14" t="n">
-        <v>36761.0</v>
+        <v>37287.0</v>
       </c>
       <c r="E297" s="14" t="n">
-        <v>44426.0</v>
+        <v>31088.0</v>
       </c>
       <c r="F297" s="14" t="n">
-        <v>33267.0</v>
+        <v>42193.0</v>
       </c>
       <c r="G297" s="14" t="n">
-        <v>44880.0</v>
+        <v>47023.0</v>
       </c>
       <c r="H297" s="14" t="n">
-        <v>42857.0</v>
+        <v>48097.0</v>
       </c>
       <c r="I297" s="14" t="n">
-        <v>69139.0</v>
+        <v>73766.0</v>
       </c>
       <c r="J297" s="14" t="n">
-        <v>82792.0</v>
+        <v>75822.0</v>
       </c>
       <c r="K297" s="14" t="n">
-        <v>55838.0</v>
+        <v>51410.0</v>
       </c>
       <c r="L297" s="14" t="n">
-        <v>70136.0</v>
+        <v>44635.0</v>
       </c>
       <c r="M297" s="14" t="n">
-        <v>38544.0</v>
+        <v>44859.0</v>
       </c>
       <c r="N297" s="14" t="n">
-        <v>42459.0</v>
+        <v>53225.0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="6" t="inlineStr">
         <is>
-          <t>Comunitat Valenciana</t>
+          <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B298" s="6"/>
       <c r="C298" s="6"/>
       <c r="D298" s="6"/>
       <c r="E298" s="6"/>
       <c r="F298" s="6"/>
       <c r="G298" s="6"/>
       <c r="H298" s="6"/>
       <c r="I298" s="6"/>
       <c r="J298" s="6"/>
       <c r="K298" s="6"/>
       <c r="L298" s="6"/>
       <c r="M298" s="6"/>
       <c r="N298" s="6"/>
     </row>
     <row r="299">
       <c r="A299" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B299" s="14" t="n">
-        <v>2.9072513E7</v>
+        <v>3.1050682E7</v>
       </c>
       <c r="C299" s="14" t="n">
-        <v>1233531.0</v>
+        <v>1375199.0</v>
       </c>
       <c r="D299" s="14" t="n">
-        <v>1419112.0</v>
+        <v>1685677.0</v>
       </c>
       <c r="E299" s="14" t="n">
-        <v>2059518.0</v>
+        <v>2433132.0</v>
       </c>
       <c r="F299" s="14" t="n">
-        <v>2668749.0</v>
+        <v>2526943.0</v>
       </c>
       <c r="G299" s="14" t="n">
-        <v>2581432.0</v>
+        <v>2930269.0</v>
       </c>
       <c r="H299" s="14" t="n">
-        <v>2934185.0</v>
+        <v>3106623.0</v>
       </c>
       <c r="I299" s="14" t="n">
-        <v>3503305.0</v>
+        <v>3623837.0</v>
       </c>
       <c r="J299" s="14" t="n">
-        <v>3909722.0</v>
+        <v>4033379.0</v>
       </c>
       <c r="K299" s="14" t="n">
-        <v>2896001.0</v>
+        <v>3177788.0</v>
       </c>
       <c r="L299" s="14" t="n">
-        <v>2561163.0</v>
+        <v>2691347.0</v>
       </c>
       <c r="M299" s="14" t="n">
-        <v>1751215.0</v>
+        <v>1899397.0</v>
       </c>
       <c r="N299" s="14" t="n">
-        <v>1554581.0</v>
+        <v>1567092.0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B300" s="14" t="n">
-        <v>1.4856537E7</v>
+        <v>1.5242125E7</v>
       </c>
       <c r="C300" s="14" t="n">
-        <v>603564.0</v>
+        <v>637457.0</v>
       </c>
       <c r="D300" s="14" t="n">
-        <v>712722.0</v>
+        <v>802889.0</v>
       </c>
       <c r="E300" s="14" t="n">
-        <v>1090358.0</v>
+        <v>1206339.0</v>
       </c>
       <c r="F300" s="14" t="n">
-        <v>1425074.0</v>
+        <v>1131162.0</v>
       </c>
       <c r="G300" s="14" t="n">
-        <v>1204838.0</v>
+        <v>1325240.0</v>
       </c>
       <c r="H300" s="14" t="n">
-        <v>1552458.0</v>
+        <v>1585990.0</v>
       </c>
       <c r="I300" s="14" t="n">
-        <v>1965819.0</v>
+        <v>1949694.0</v>
       </c>
       <c r="J300" s="14" t="n">
-        <v>2237798.0</v>
+        <v>2238819.0</v>
       </c>
       <c r="K300" s="14" t="n">
-        <v>1384859.0</v>
+        <v>1481862.0</v>
       </c>
       <c r="L300" s="14" t="n">
-        <v>1114995.0</v>
+        <v>1114650.0</v>
       </c>
       <c r="M300" s="14" t="n">
-        <v>764570.0</v>
+        <v>954450.0</v>
       </c>
       <c r="N300" s="14" t="n">
-        <v>799483.0</v>
+        <v>813574.0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B301" s="14" t="n">
-        <v>1.4215976E7</v>
+        <v>1.5808556E7</v>
       </c>
       <c r="C301" s="14" t="n">
-        <v>629968.0</v>
+        <v>737742.0</v>
       </c>
       <c r="D301" s="14" t="n">
-        <v>706390.0</v>
+        <v>882788.0</v>
       </c>
       <c r="E301" s="14" t="n">
-        <v>969159.0</v>
+        <v>1226793.0</v>
       </c>
       <c r="F301" s="14" t="n">
-        <v>1243675.0</v>
+        <v>1395781.0</v>
       </c>
       <c r="G301" s="14" t="n">
-        <v>1376594.0</v>
+        <v>1605029.0</v>
       </c>
       <c r="H301" s="14" t="n">
-        <v>1381727.0</v>
+        <v>1520632.0</v>
       </c>
       <c r="I301" s="14" t="n">
-        <v>1537486.0</v>
+        <v>1674143.0</v>
       </c>
       <c r="J301" s="14" t="n">
-        <v>1671923.0</v>
+        <v>1794561.0</v>
       </c>
       <c r="K301" s="14" t="n">
-        <v>1511142.0</v>
+        <v>1695926.0</v>
       </c>
       <c r="L301" s="14" t="n">
-        <v>1446168.0</v>
+        <v>1576697.0</v>
       </c>
       <c r="M301" s="14" t="n">
-        <v>986645.0</v>
+        <v>944947.0</v>
       </c>
       <c r="N301" s="14" t="n">
-        <v>755098.0</v>
+        <v>753518.0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B302" s="14" t="n">
-        <v>6131440.0</v>
+        <v>6888629.0</v>
       </c>
       <c r="C302" s="14" t="n">
-        <v>291779.0</v>
+        <v>329411.0</v>
       </c>
       <c r="D302" s="14" t="n">
-        <v>314090.0</v>
+        <v>381044.0</v>
       </c>
       <c r="E302" s="14" t="n">
-        <v>388463.0</v>
+        <v>506848.0</v>
       </c>
       <c r="F302" s="14" t="n">
-        <v>548673.0</v>
+        <v>605060.0</v>
       </c>
       <c r="G302" s="14" t="n">
-        <v>537893.0</v>
+        <v>653349.0</v>
       </c>
       <c r="H302" s="14" t="n">
-        <v>524976.0</v>
+        <v>604810.0</v>
       </c>
       <c r="I302" s="14" t="n">
-        <v>658285.0</v>
+        <v>741776.0</v>
       </c>
       <c r="J302" s="14" t="n">
-        <v>905901.0</v>
+        <v>986006.0</v>
       </c>
       <c r="K302" s="14" t="n">
-        <v>656443.0</v>
+        <v>742595.0</v>
       </c>
       <c r="L302" s="14" t="n">
-        <v>596590.0</v>
+        <v>683886.0</v>
       </c>
       <c r="M302" s="14" t="n">
-        <v>401829.0</v>
+        <v>340566.0</v>
       </c>
       <c r="N302" s="14" t="n">
-        <v>306519.0</v>
+        <v>313278.0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B303" s="14" t="n">
-        <v>588500.0</v>
+        <v>685735.0</v>
       </c>
       <c r="C303" s="14" t="n">
-        <v>28427.0</v>
+        <v>34587.0</v>
       </c>
       <c r="D303" s="14" t="n">
-        <v>27594.0</v>
+        <v>40563.0</v>
       </c>
       <c r="E303" s="14" t="n">
-        <v>44243.0</v>
+        <v>65048.0</v>
       </c>
       <c r="F303" s="14" t="n">
-        <v>56929.0</v>
+        <v>69215.0</v>
       </c>
       <c r="G303" s="14" t="n">
-        <v>58246.0</v>
+        <v>72257.0</v>
       </c>
       <c r="H303" s="14" t="n">
-        <v>49702.0</v>
+        <v>53406.0</v>
       </c>
       <c r="I303" s="14" t="n">
-        <v>48537.0</v>
+        <v>54936.0</v>
       </c>
       <c r="J303" s="14" t="n">
-        <v>57919.0</v>
+        <v>64504.0</v>
       </c>
       <c r="K303" s="14" t="n">
-        <v>74150.0</v>
+        <v>76789.0</v>
       </c>
       <c r="L303" s="14" t="n">
-        <v>73158.0</v>
+        <v>90662.0</v>
       </c>
       <c r="M303" s="14" t="n">
-        <v>38873.0</v>
+        <v>31783.0</v>
       </c>
       <c r="N303" s="14" t="n">
-        <v>30721.0</v>
+        <v>31985.0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B304" s="14" t="n">
-        <v>88738.0</v>
+        <v>92142.0</v>
       </c>
       <c r="C304" s="14" t="n">
-        <v>3870.0</v>
+        <v>3571.0</v>
       </c>
       <c r="D304" s="14" t="n">
-        <v>3402.0</v>
+        <v>4590.0</v>
       </c>
       <c r="E304" s="14" t="n">
-        <v>4866.0</v>
+        <v>8671.0</v>
       </c>
       <c r="F304" s="14" t="n">
-        <v>9956.0</v>
+        <v>7982.0</v>
       </c>
       <c r="G304" s="14" t="n">
-        <v>11103.0</v>
+        <v>10653.0</v>
       </c>
       <c r="H304" s="14" t="n">
-        <v>8684.0</v>
+        <v>8365.0</v>
       </c>
       <c r="I304" s="14" t="n">
-        <v>7977.0</v>
+        <v>8232.0</v>
       </c>
       <c r="J304" s="14" t="n">
-        <v>7939.0</v>
+        <v>8974.0</v>
       </c>
       <c r="K304" s="14" t="n">
-        <v>9318.0</v>
+        <v>11767.0</v>
       </c>
       <c r="L304" s="14" t="n">
-        <v>12204.0</v>
+        <v>10028.0</v>
       </c>
       <c r="M304" s="14" t="n">
-        <v>6014.0</v>
+        <v>4573.0</v>
       </c>
       <c r="N304" s="14" t="n">
-        <v>3405.0</v>
+        <v>4737.0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B305" s="14" t="n">
-        <v>724635.0</v>
+        <v>808761.0</v>
       </c>
       <c r="C305" s="14" t="n">
-        <v>46840.0</v>
+        <v>49526.0</v>
       </c>
       <c r="D305" s="14" t="n">
-        <v>53765.0</v>
+        <v>55997.0</v>
       </c>
       <c r="E305" s="14" t="n">
-        <v>58618.0</v>
+        <v>67054.0</v>
       </c>
       <c r="F305" s="14" t="n">
-        <v>53663.0</v>
+        <v>76840.0</v>
       </c>
       <c r="G305" s="14" t="n">
-        <v>70412.0</v>
+        <v>77109.0</v>
       </c>
       <c r="H305" s="14" t="n">
-        <v>55083.0</v>
+        <v>60623.0</v>
       </c>
       <c r="I305" s="14" t="n">
-        <v>64505.0</v>
+        <v>69326.0</v>
       </c>
       <c r="J305" s="14" t="n">
-        <v>52268.0</v>
+        <v>59600.0</v>
       </c>
       <c r="K305" s="14" t="n">
-        <v>77231.0</v>
+        <v>77812.0</v>
       </c>
       <c r="L305" s="14" t="n">
-        <v>82457.0</v>
+        <v>99462.0</v>
       </c>
       <c r="M305" s="14" t="n">
-        <v>61030.0</v>
+        <v>60217.0</v>
       </c>
       <c r="N305" s="14" t="n">
-        <v>48763.0</v>
+        <v>55196.0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B306" s="14" t="n">
-        <v>92106.0</v>
+        <v>107253.0</v>
       </c>
       <c r="C306" s="14" t="n">
-        <v>5299.0</v>
+        <v>3010.0</v>
       </c>
       <c r="D306" s="14" t="n">
-        <v>7965.0</v>
+        <v>7346.0</v>
       </c>
       <c r="E306" s="14" t="n">
-        <v>10371.0</v>
+        <v>12265.0</v>
       </c>
       <c r="F306" s="14" t="n">
-        <v>6555.0</v>
+        <v>8362.0</v>
       </c>
       <c r="G306" s="14" t="n">
-        <v>7123.0</v>
+        <v>9970.0</v>
       </c>
       <c r="H306" s="14" t="n">
-        <v>6338.0</v>
+        <v>4895.0</v>
       </c>
       <c r="I306" s="14" t="n">
-        <v>12038.0</v>
+        <v>15046.0</v>
       </c>
       <c r="J306" s="14" t="n">
-        <v>8329.0</v>
+        <v>7065.0</v>
       </c>
       <c r="K306" s="14" t="n">
-        <v>8926.0</v>
+        <v>11254.0</v>
       </c>
       <c r="L306" s="14" t="n">
-        <v>8872.0</v>
+        <v>14048.0</v>
       </c>
       <c r="M306" s="14" t="n">
-        <v>6806.0</v>
+        <v>6058.0</v>
       </c>
       <c r="N306" s="14" t="n">
-        <v>3484.0</v>
+        <v>7933.0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B307" s="14" t="n">
-        <v>78973.0</v>
+        <v>93958.0</v>
       </c>
       <c r="C307" s="14" t="n">
-        <v>3984.0</v>
+        <v>2796.0</v>
       </c>
       <c r="D307" s="14" t="n">
-        <v>5385.0</v>
+        <v>5428.0</v>
       </c>
       <c r="E307" s="14" t="n">
-        <v>9357.0</v>
+        <v>11470.0</v>
       </c>
       <c r="F307" s="14" t="n">
-        <v>8751.0</v>
+        <v>10018.0</v>
       </c>
       <c r="G307" s="14" t="n">
-        <v>6488.0</v>
+        <v>8360.0</v>
       </c>
       <c r="H307" s="14" t="n">
-        <v>6220.0</v>
+        <v>7936.0</v>
       </c>
       <c r="I307" s="14" t="n">
-        <v>5518.0</v>
+        <v>10418.0</v>
       </c>
       <c r="J307" s="14" t="n">
-        <v>4561.0</v>
+        <v>3060.0</v>
       </c>
       <c r="K307" s="14" t="n">
-        <v>5223.0</v>
+        <v>7191.0</v>
       </c>
       <c r="L307" s="14" t="n">
-        <v>9819.0</v>
+        <v>13642.0</v>
       </c>
       <c r="M307" s="14" t="n">
-        <v>9158.0</v>
+        <v>8224.0</v>
       </c>
       <c r="N307" s="14" t="n">
-        <v>4509.0</v>
+        <v>5415.0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B308" s="14" t="n">
-        <v>818743.0</v>
+        <v>889686.0</v>
       </c>
       <c r="C308" s="14" t="n">
-        <v>33283.0</v>
+        <v>33174.0</v>
       </c>
       <c r="D308" s="14" t="n">
-        <v>36618.0</v>
+        <v>44800.0</v>
       </c>
       <c r="E308" s="14" t="n">
-        <v>43098.0</v>
+        <v>54661.0</v>
       </c>
       <c r="F308" s="14" t="n">
-        <v>65572.0</v>
+        <v>75648.0</v>
       </c>
       <c r="G308" s="14" t="n">
-        <v>74815.0</v>
+        <v>88484.0</v>
       </c>
       <c r="H308" s="14" t="n">
-        <v>54910.0</v>
+        <v>63060.0</v>
       </c>
       <c r="I308" s="14" t="n">
-        <v>97018.0</v>
+        <v>101651.0</v>
       </c>
       <c r="J308" s="14" t="n">
-        <v>176316.0</v>
+        <v>189738.0</v>
       </c>
       <c r="K308" s="14" t="n">
-        <v>78159.0</v>
+        <v>86538.0</v>
       </c>
       <c r="L308" s="14" t="n">
-        <v>78343.0</v>
+        <v>84411.0</v>
       </c>
       <c r="M308" s="14" t="n">
-        <v>43793.0</v>
+        <v>30689.0</v>
       </c>
       <c r="N308" s="14" t="n">
-        <v>36818.0</v>
+        <v>36833.0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B309" s="14" t="n">
-        <v>21933.0</v>
+        <v>21710.0</v>
       </c>
       <c r="C309" s="14" t="n">
-        <v>1416.0</v>
+        <v>1391.0</v>
       </c>
       <c r="D309" s="14" t="n">
-        <v>1258.0</v>
+        <v>1954.0</v>
       </c>
       <c r="E309" s="14" t="n">
-        <v>1550.0</v>
+        <v>2384.0</v>
       </c>
       <c r="F309" s="14" t="n">
-        <v>1800.0</v>
+        <v>1633.0</v>
       </c>
       <c r="G309" s="14" t="n">
-        <v>1593.0</v>
+        <v>2149.0</v>
       </c>
       <c r="H309" s="14" t="n">
-        <v>2647.0</v>
+        <v>2671.0</v>
       </c>
       <c r="I309" s="14" t="n">
-        <v>1665.0</v>
+        <v>1861.0</v>
       </c>
       <c r="J309" s="14" t="n">
-        <v>1538.0</v>
+        <v>1472.0</v>
       </c>
       <c r="K309" s="14" t="n">
-        <v>1991.0</v>
+        <v>2160.0</v>
       </c>
       <c r="L309" s="14" t="n">
-        <v>1938.0</v>
+        <v>1628.0</v>
       </c>
       <c r="M309" s="14" t="n">
-        <v>2925.0</v>
+        <v>1302.0</v>
       </c>
       <c r="N309" s="14" t="n">
-        <v>1614.0</v>
+        <v>1103.0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B310" s="14" t="n">
-        <v>411778.0</v>
+        <v>477388.0</v>
       </c>
       <c r="C310" s="14" t="n">
-        <v>14173.0</v>
+        <v>18578.0</v>
       </c>
       <c r="D310" s="14" t="n">
-        <v>16048.0</v>
+        <v>20082.0</v>
       </c>
       <c r="E310" s="14" t="n">
-        <v>24438.0</v>
+        <v>34505.0</v>
       </c>
       <c r="F310" s="14" t="n">
-        <v>37129.0</v>
+        <v>51325.0</v>
       </c>
       <c r="G310" s="14" t="n">
-        <v>46851.0</v>
+        <v>60181.0</v>
       </c>
       <c r="H310" s="14" t="n">
-        <v>43993.0</v>
+        <v>51224.0</v>
       </c>
       <c r="I310" s="14" t="n">
-        <v>41787.0</v>
+        <v>46163.0</v>
       </c>
       <c r="J310" s="14" t="n">
-        <v>36502.0</v>
+        <v>41954.0</v>
       </c>
       <c r="K310" s="14" t="n">
-        <v>54395.0</v>
+        <v>58095.0</v>
       </c>
       <c r="L310" s="14" t="n">
-        <v>52847.0</v>
+        <v>53515.0</v>
       </c>
       <c r="M310" s="14" t="n">
-        <v>24505.0</v>
+        <v>25168.0</v>
       </c>
       <c r="N310" s="14" t="n">
-        <v>19108.0</v>
+        <v>16598.0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B311" s="14" t="n">
-        <v>790895.0</v>
+        <v>863396.0</v>
       </c>
       <c r="C311" s="14" t="n">
-        <v>45790.0</v>
+        <v>54690.0</v>
       </c>
       <c r="D311" s="14" t="n">
-        <v>45519.0</v>
+        <v>54032.0</v>
       </c>
       <c r="E311" s="14" t="n">
-        <v>47616.0</v>
+        <v>62650.0</v>
       </c>
       <c r="F311" s="14" t="n">
-        <v>61554.0</v>
+        <v>77996.0</v>
       </c>
       <c r="G311" s="14" t="n">
-        <v>63178.0</v>
+        <v>73110.0</v>
       </c>
       <c r="H311" s="14" t="n">
-        <v>66739.0</v>
+        <v>69877.0</v>
       </c>
       <c r="I311" s="14" t="n">
-        <v>83286.0</v>
+        <v>92715.0</v>
       </c>
       <c r="J311" s="14" t="n">
-        <v>145408.0</v>
+        <v>156035.0</v>
       </c>
       <c r="K311" s="14" t="n">
-        <v>70725.0</v>
+        <v>76824.0</v>
       </c>
       <c r="L311" s="14" t="n">
-        <v>60808.0</v>
+        <v>64772.0</v>
       </c>
       <c r="M311" s="14" t="n">
-        <v>54277.0</v>
+        <v>34149.0</v>
       </c>
       <c r="N311" s="14" t="n">
-        <v>45996.0</v>
+        <v>46546.0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B312" s="14" t="n">
-        <v>10333.0</v>
+        <v>11834.0</v>
       </c>
       <c r="C312" s="14" t="n">
-        <v>744.0</v>
+        <v>385.0</v>
       </c>
       <c r="D312" s="14" t="n">
-        <v>553.0</v>
+        <v>519.0</v>
       </c>
       <c r="E312" s="14" t="n">
-        <v>424.0</v>
+        <v>534.0</v>
       </c>
       <c r="F312" s="14" t="n">
-        <v>803.0</v>
+        <v>794.0</v>
       </c>
       <c r="G312" s="14" t="n">
-        <v>705.0</v>
+        <v>1069.0</v>
       </c>
       <c r="H312" s="14" t="n">
-        <v>979.0</v>
+        <v>1082.0</v>
       </c>
       <c r="I312" s="14" t="n">
-        <v>907.0</v>
+        <v>1398.0</v>
       </c>
       <c r="J312" s="14" t="n">
-        <v>1599.0</v>
+        <v>1702.0</v>
       </c>
       <c r="K312" s="14" t="n">
-        <v>975.0</v>
+        <v>1502.0</v>
       </c>
       <c r="L312" s="14" t="n">
-        <v>1193.0</v>
+        <v>1254.0</v>
       </c>
       <c r="M312" s="14" t="n">
-        <v>835.0</v>
+        <v>523.0</v>
       </c>
       <c r="N312" s="14" t="n">
-        <v>617.0</v>
+        <v>1073.0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B313" s="14" t="n">
-        <v>884474.0</v>
+        <v>986144.0</v>
       </c>
       <c r="C313" s="14" t="n">
-        <v>50452.0</v>
+        <v>61082.0</v>
       </c>
       <c r="D313" s="14" t="n">
-        <v>51088.0</v>
+        <v>60864.0</v>
       </c>
       <c r="E313" s="14" t="n">
-        <v>65221.0</v>
+        <v>82228.0</v>
       </c>
       <c r="F313" s="14" t="n">
-        <v>78449.0</v>
+        <v>88049.0</v>
       </c>
       <c r="G313" s="14" t="n">
-        <v>91248.0</v>
+        <v>108797.0</v>
       </c>
       <c r="H313" s="14" t="n">
-        <v>80188.0</v>
+        <v>89585.0</v>
       </c>
       <c r="I313" s="14" t="n">
-        <v>80155.0</v>
+        <v>82694.0</v>
       </c>
       <c r="J313" s="14" t="n">
-        <v>102260.0</v>
+        <v>97819.0</v>
       </c>
       <c r="K313" s="14" t="n">
-        <v>91308.0</v>
+        <v>104309.0</v>
       </c>
       <c r="L313" s="14" t="n">
-        <v>92617.0</v>
+        <v>104756.0</v>
       </c>
       <c r="M313" s="14" t="n">
-        <v>57059.0</v>
+        <v>61118.0</v>
       </c>
       <c r="N313" s="14" t="n">
-        <v>44429.0</v>
+        <v>44843.0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B314" s="14" t="n">
-        <v>231012.0</v>
+        <v>335492.0</v>
       </c>
       <c r="C314" s="14" t="n">
-        <v>13505.0</v>
+        <v>26013.0</v>
       </c>
       <c r="D314" s="14" t="n">
-        <v>17589.0</v>
+        <v>29928.0</v>
       </c>
       <c r="E314" s="14" t="n">
-        <v>18701.0</v>
+        <v>30360.0</v>
       </c>
       <c r="F314" s="14" t="n">
-        <v>18339.0</v>
+        <v>30094.0</v>
       </c>
       <c r="G314" s="14" t="n">
-        <v>21227.0</v>
+        <v>39686.0</v>
       </c>
       <c r="H314" s="14" t="n">
-        <v>16645.0</v>
+        <v>26946.0</v>
       </c>
       <c r="I314" s="14" t="n">
-        <v>19319.0</v>
+        <v>26136.0</v>
       </c>
       <c r="J314" s="14" t="n">
-        <v>20412.0</v>
+        <v>24455.0</v>
       </c>
       <c r="K314" s="14" t="n">
-        <v>16529.0</v>
+        <v>26688.0</v>
       </c>
       <c r="L314" s="14" t="n">
-        <v>22742.0</v>
+        <v>34520.0</v>
       </c>
       <c r="M314" s="14" t="n">
-        <v>27244.0</v>
+        <v>21082.0</v>
       </c>
       <c r="N314" s="14" t="n">
-        <v>18761.0</v>
+        <v>19583.0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B315" s="14" t="n">
-        <v>596403.0</v>
+        <v>638875.0</v>
       </c>
       <c r="C315" s="14" t="n">
-        <v>7526.0</v>
+        <v>8138.0</v>
       </c>
       <c r="D315" s="14" t="n">
-        <v>8720.0</v>
+        <v>10570.0</v>
       </c>
       <c r="E315" s="14" t="n">
-        <v>9793.0</v>
+        <v>12912.0</v>
       </c>
       <c r="F315" s="14" t="n">
-        <v>82155.0</v>
+        <v>32926.0</v>
       </c>
       <c r="G315" s="14" t="n">
-        <v>19529.0</v>
+        <v>19672.0</v>
       </c>
       <c r="H315" s="14" t="n">
-        <v>55612.0</v>
+        <v>73343.0</v>
       </c>
       <c r="I315" s="14" t="n">
-        <v>92277.0</v>
+        <v>113049.0</v>
       </c>
       <c r="J315" s="14" t="n">
-        <v>193319.0</v>
+        <v>215988.0</v>
       </c>
       <c r="K315" s="14" t="n">
-        <v>89560.0</v>
+        <v>111191.0</v>
       </c>
       <c r="L315" s="14" t="n">
-        <v>18331.0</v>
+        <v>22442.0</v>
       </c>
       <c r="M315" s="14" t="n">
-        <v>10034.0</v>
+        <v>9590.0</v>
       </c>
       <c r="N315" s="14" t="n">
-        <v>9546.0</v>
+        <v>9052.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B316" s="14" t="n">
-        <v>62544.0</v>
+        <v>60914.0</v>
       </c>
       <c r="C316" s="14" t="n">
-        <v>2123.0</v>
+        <v>2628.0</v>
       </c>
       <c r="D316" s="14" t="n">
-        <v>3729.0</v>
+        <v>5504.0</v>
       </c>
       <c r="E316" s="14" t="n">
-        <v>4987.0</v>
+        <v>3607.0</v>
       </c>
       <c r="F316" s="14" t="n">
-        <v>3329.0</v>
+        <v>4365.0</v>
       </c>
       <c r="G316" s="14" t="n">
-        <v>4278.0</v>
+        <v>4804.0</v>
       </c>
       <c r="H316" s="14" t="n">
-        <v>6333.0</v>
+        <v>7528.0</v>
       </c>
       <c r="I316" s="14" t="n">
-        <v>11220.0</v>
+        <v>9893.0</v>
       </c>
       <c r="J316" s="14" t="n">
-        <v>6019.0</v>
+        <v>6807.0</v>
       </c>
       <c r="K316" s="14" t="n">
-        <v>7431.0</v>
+        <v>6954.0</v>
       </c>
       <c r="L316" s="14" t="n">
-        <v>8041.0</v>
+        <v>4897.0</v>
       </c>
       <c r="M316" s="14" t="n">
-        <v>3190.0</v>
+        <v>1364.0</v>
       </c>
       <c r="N316" s="14" t="n">
-        <v>1864.0</v>
+        <v>2563.0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B317" s="14" t="n">
-        <v>191828.0</v>
+        <v>206600.0</v>
       </c>
       <c r="C317" s="14" t="n">
-        <v>9798.0</v>
+        <v>7734.0</v>
       </c>
       <c r="D317" s="14" t="n">
-        <v>10038.0</v>
+        <v>10012.0</v>
       </c>
       <c r="E317" s="14" t="n">
-        <v>15331.0</v>
+        <v>17690.0</v>
       </c>
       <c r="F317" s="14" t="n">
-        <v>20235.0</v>
+        <v>21357.0</v>
       </c>
       <c r="G317" s="14" t="n">
-        <v>18360.0</v>
+        <v>19053.0</v>
       </c>
       <c r="H317" s="14" t="n">
-        <v>16302.0</v>
+        <v>19057.0</v>
       </c>
       <c r="I317" s="14" t="n">
-        <v>18571.0</v>
+        <v>22480.0</v>
       </c>
       <c r="J317" s="14" t="n">
-        <v>14114.0</v>
+        <v>14370.0</v>
       </c>
       <c r="K317" s="14" t="n">
-        <v>18714.0</v>
+        <v>21518.0</v>
       </c>
       <c r="L317" s="14" t="n">
-        <v>23232.0</v>
+        <v>29902.0</v>
       </c>
       <c r="M317" s="14" t="n">
-        <v>20427.0</v>
+        <v>16759.0</v>
       </c>
       <c r="N317" s="14" t="n">
-        <v>6706.0</v>
+        <v>6668.0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B318" s="14" t="n">
-        <v>268093.0</v>
+        <v>274761.0</v>
       </c>
       <c r="C318" s="14" t="n">
-        <v>10309.0</v>
+        <v>10989.0</v>
       </c>
       <c r="D318" s="14" t="n">
-        <v>21326.0</v>
+        <v>23289.0</v>
       </c>
       <c r="E318" s="14" t="n">
-        <v>30190.0</v>
+        <v>32125.0</v>
       </c>
       <c r="F318" s="14" t="n">
-        <v>25391.0</v>
+        <v>28493.0</v>
       </c>
       <c r="G318" s="14" t="n">
-        <v>23025.0</v>
+        <v>22270.0</v>
       </c>
       <c r="H318" s="14" t="n">
-        <v>17706.0</v>
+        <v>16963.0</v>
       </c>
       <c r="I318" s="14" t="n">
-        <v>28510.0</v>
+        <v>31885.0</v>
       </c>
       <c r="J318" s="14" t="n">
-        <v>18568.0</v>
+        <v>13017.0</v>
       </c>
       <c r="K318" s="14" t="n">
-        <v>25643.0</v>
+        <v>20986.0</v>
       </c>
       <c r="L318" s="14" t="n">
-        <v>38992.0</v>
+        <v>43170.0</v>
       </c>
       <c r="M318" s="14" t="n">
-        <v>19291.0</v>
+        <v>23346.0</v>
       </c>
       <c r="N318" s="14" t="n">
-        <v>9141.0</v>
+        <v>8230.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B319" s="14" t="n">
-        <v>5683438.0</v>
+        <v>6259245.0</v>
       </c>
       <c r="C319" s="14" t="n">
-        <v>215096.0</v>
+        <v>279369.0</v>
       </c>
       <c r="D319" s="14" t="n">
-        <v>258182.0</v>
+        <v>336564.0</v>
       </c>
       <c r="E319" s="14" t="n">
-        <v>408068.0</v>
+        <v>496121.0</v>
       </c>
       <c r="F319" s="14" t="n">
-        <v>499611.0</v>
+        <v>565033.0</v>
       </c>
       <c r="G319" s="14" t="n">
-        <v>623400.0</v>
+        <v>696524.0</v>
       </c>
       <c r="H319" s="14" t="n">
-        <v>620824.0</v>
+        <v>670087.0</v>
       </c>
       <c r="I319" s="14" t="n">
-        <v>585235.0</v>
+        <v>618314.0</v>
       </c>
       <c r="J319" s="14" t="n">
-        <v>494446.0</v>
+        <v>523674.0</v>
       </c>
       <c r="K319" s="14" t="n">
-        <v>619931.0</v>
+        <v>672146.0</v>
       </c>
       <c r="L319" s="14" t="n">
-        <v>602616.0</v>
+        <v>620219.0</v>
       </c>
       <c r="M319" s="14" t="n">
-        <v>439234.0</v>
+        <v>464113.0</v>
       </c>
       <c r="N319" s="14" t="n">
-        <v>316795.0</v>
+        <v>317081.0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B320" s="14" t="n">
-        <v>204370.0</v>
+        <v>237787.0</v>
       </c>
       <c r="C320" s="14" t="n">
-        <v>8352.0</v>
+        <v>8376.0</v>
       </c>
       <c r="D320" s="14" t="n">
-        <v>9305.0</v>
+        <v>13099.0</v>
       </c>
       <c r="E320" s="14" t="n">
-        <v>11086.0</v>
+        <v>18721.0</v>
       </c>
       <c r="F320" s="14" t="n">
-        <v>21997.0</v>
+        <v>22790.0</v>
       </c>
       <c r="G320" s="14" t="n">
-        <v>19234.0</v>
+        <v>22797.0</v>
       </c>
       <c r="H320" s="14" t="n">
-        <v>16593.0</v>
+        <v>19534.0</v>
       </c>
       <c r="I320" s="14" t="n">
-        <v>26724.0</v>
+        <v>34279.0</v>
       </c>
       <c r="J320" s="14" t="n">
-        <v>20285.0</v>
+        <v>22622.0</v>
       </c>
       <c r="K320" s="14" t="n">
-        <v>20951.0</v>
+        <v>26581.0</v>
       </c>
       <c r="L320" s="14" t="n">
-        <v>25821.0</v>
+        <v>30021.0</v>
       </c>
       <c r="M320" s="14" t="n">
-        <v>11352.0</v>
+        <v>7697.0</v>
       </c>
       <c r="N320" s="14" t="n">
-        <v>12669.0</v>
+        <v>11269.0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B321" s="14" t="n">
-        <v>446569.0</v>
+        <v>434696.0</v>
       </c>
       <c r="C321" s="14" t="n">
-        <v>24350.0</v>
+        <v>21249.0</v>
       </c>
       <c r="D321" s="14" t="n">
-        <v>20961.0</v>
+        <v>26192.0</v>
       </c>
       <c r="E321" s="14" t="n">
-        <v>31277.0</v>
+        <v>29107.0</v>
       </c>
       <c r="F321" s="14" t="n">
-        <v>38975.0</v>
+        <v>34728.0</v>
       </c>
       <c r="G321" s="14" t="n">
-        <v>38975.0</v>
+        <v>40092.0</v>
       </c>
       <c r="H321" s="14" t="n">
-        <v>50112.0</v>
+        <v>41288.0</v>
       </c>
       <c r="I321" s="14" t="n">
-        <v>55343.0</v>
+        <v>52175.0</v>
       </c>
       <c r="J321" s="14" t="n">
-        <v>52881.0</v>
+        <v>53403.0</v>
       </c>
       <c r="K321" s="14" t="n">
-        <v>43559.0</v>
+        <v>48641.0</v>
       </c>
       <c r="L321" s="14" t="n">
-        <v>43651.0</v>
+        <v>48218.0</v>
       </c>
       <c r="M321" s="14" t="n">
-        <v>23362.0</v>
+        <v>21686.0</v>
       </c>
       <c r="N321" s="14" t="n">
-        <v>23123.0</v>
+        <v>17919.0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B322" s="14" t="n">
-        <v>28025.0</v>
+        <v>29888.0</v>
       </c>
       <c r="C322" s="14" t="n">
-        <v>1251.0</v>
+        <v>2533.0</v>
       </c>
       <c r="D322" s="14" t="n">
-        <v>1752.0</v>
+        <v>2026.0</v>
       </c>
       <c r="E322" s="14" t="n">
-        <v>1563.0</v>
+        <v>2595.0</v>
       </c>
       <c r="F322" s="14" t="n">
-        <v>2224.0</v>
+        <v>3903.0</v>
       </c>
       <c r="G322" s="14" t="n">
-        <v>1444.0</v>
+        <v>3663.0</v>
       </c>
       <c r="H322" s="14" t="n">
-        <v>1754.0</v>
+        <v>2103.0</v>
       </c>
       <c r="I322" s="14" t="n">
-        <v>1932.0</v>
+        <v>2667.0</v>
       </c>
       <c r="J322" s="14" t="n">
-        <v>3099.0</v>
+        <v>1935.0</v>
       </c>
       <c r="K322" s="14" t="n">
-        <v>3912.0</v>
+        <v>3612.0</v>
       </c>
       <c r="L322" s="14" t="n">
-        <v>3227.0</v>
+        <v>2172.0</v>
       </c>
       <c r="M322" s="14" t="n">
-        <v>2273.0</v>
+        <v>1392.0</v>
       </c>
       <c r="N322" s="14" t="n">
-        <v>3593.0</v>
+        <v>1288.0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B323" s="14" t="n">
-        <v>73739.0</v>
+        <v>108504.0</v>
       </c>
       <c r="C323" s="14" t="n">
-        <v>3869.0</v>
+        <v>5346.0</v>
       </c>
       <c r="D323" s="14" t="n">
-        <v>2896.0</v>
+        <v>7403.0</v>
       </c>
       <c r="E323" s="14" t="n">
-        <v>4391.0</v>
+        <v>13228.0</v>
       </c>
       <c r="F323" s="14" t="n">
-        <v>4728.0</v>
+        <v>10853.0</v>
       </c>
       <c r="G323" s="14" t="n">
-        <v>5449.0</v>
+        <v>12303.0</v>
       </c>
       <c r="H323" s="14" t="n">
-        <v>5931.0</v>
+        <v>8102.0</v>
       </c>
       <c r="I323" s="14" t="n">
-        <v>6734.0</v>
+        <v>9336.0</v>
       </c>
       <c r="J323" s="14" t="n">
-        <v>7471.0</v>
+        <v>8714.0</v>
       </c>
       <c r="K323" s="14" t="n">
-        <v>8219.0</v>
+        <v>9857.0</v>
       </c>
       <c r="L323" s="14" t="n">
-        <v>9576.0</v>
+        <v>9492.0</v>
       </c>
       <c r="M323" s="14" t="n">
-        <v>8934.0</v>
+        <v>7456.0</v>
       </c>
       <c r="N323" s="14" t="n">
-        <v>5541.0</v>
+        <v>6413.0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B324" s="14" t="n">
-        <v>326716.0</v>
+        <v>412799.0</v>
       </c>
       <c r="C324" s="14" t="n">
-        <v>14763.0</v>
+        <v>17076.0</v>
       </c>
       <c r="D324" s="14" t="n">
-        <v>15005.0</v>
+        <v>18331.0</v>
       </c>
       <c r="E324" s="14" t="n">
-        <v>29818.0</v>
+        <v>46066.0</v>
       </c>
       <c r="F324" s="14" t="n">
-        <v>27045.0</v>
+        <v>38160.0</v>
       </c>
       <c r="G324" s="14" t="n">
-        <v>30776.0</v>
+        <v>47734.0</v>
       </c>
       <c r="H324" s="14" t="n">
-        <v>35671.0</v>
+        <v>48073.0</v>
       </c>
       <c r="I324" s="14" t="n">
-        <v>40853.0</v>
+        <v>45743.0</v>
       </c>
       <c r="J324" s="14" t="n">
-        <v>29590.0</v>
+        <v>34596.0</v>
       </c>
       <c r="K324" s="14" t="n">
-        <v>31317.0</v>
+        <v>44921.0</v>
       </c>
       <c r="L324" s="14" t="n">
-        <v>34344.0</v>
+        <v>37709.0</v>
       </c>
       <c r="M324" s="14" t="n">
-        <v>21656.0</v>
+        <v>17070.0</v>
       </c>
       <c r="N324" s="14" t="n">
-        <v>15878.0</v>
+        <v>17320.0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B325" s="14" t="n">
-        <v>533291.0</v>
+        <v>596328.0</v>
       </c>
       <c r="C325" s="14" t="n">
-        <v>29038.0</v>
+        <v>29465.0</v>
       </c>
       <c r="D325" s="14" t="n">
-        <v>27201.0</v>
+        <v>33298.0</v>
       </c>
       <c r="E325" s="14" t="n">
-        <v>29959.0</v>
+        <v>45182.0</v>
       </c>
       <c r="F325" s="14" t="n">
-        <v>41442.0</v>
+        <v>44577.0</v>
       </c>
       <c r="G325" s="14" t="n">
-        <v>50295.0</v>
+        <v>57130.0</v>
       </c>
       <c r="H325" s="14" t="n">
-        <v>53515.0</v>
+        <v>58744.0</v>
       </c>
       <c r="I325" s="14" t="n">
-        <v>66926.0</v>
+        <v>69608.0</v>
       </c>
       <c r="J325" s="14" t="n">
-        <v>76804.0</v>
+        <v>78114.0</v>
       </c>
       <c r="K325" s="14" t="n">
-        <v>54509.0</v>
+        <v>66985.0</v>
       </c>
       <c r="L325" s="14" t="n">
-        <v>46643.0</v>
+        <v>54191.0</v>
       </c>
       <c r="M325" s="14" t="n">
-        <v>27421.0</v>
+        <v>31615.0</v>
       </c>
       <c r="N325" s="14" t="n">
-        <v>29537.0</v>
+        <v>27420.0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B326" s="14" t="n">
-        <v>193374.0</v>
+        <v>232185.0</v>
       </c>
       <c r="C326" s="14" t="n">
-        <v>14505.0</v>
+        <v>12934.0</v>
       </c>
       <c r="D326" s="14" t="n">
-        <v>15863.0</v>
+        <v>16248.0</v>
       </c>
       <c r="E326" s="14" t="n">
-        <v>13582.0</v>
+        <v>10610.0</v>
       </c>
       <c r="F326" s="14" t="n">
-        <v>8553.0</v>
+        <v>13488.0</v>
       </c>
       <c r="G326" s="14" t="n">
-        <v>13550.0</v>
+        <v>16847.0</v>
       </c>
       <c r="H326" s="14" t="n">
-        <v>13162.0</v>
+        <v>14761.0</v>
       </c>
       <c r="I326" s="14" t="n">
-        <v>22041.0</v>
+        <v>30684.0</v>
       </c>
       <c r="J326" s="14" t="n">
-        <v>32338.0</v>
+        <v>42190.0</v>
       </c>
       <c r="K326" s="14" t="n">
-        <v>15928.0</v>
+        <v>25117.0</v>
       </c>
       <c r="L326" s="14" t="n">
-        <v>20021.0</v>
+        <v>18682.0</v>
       </c>
       <c r="M326" s="14" t="n">
-        <v>11619.0</v>
+        <v>13845.0</v>
       </c>
       <c r="N326" s="14" t="n">
-        <v>12212.0</v>
+        <v>16779.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="6" t="inlineStr">
         <is>
-          <t>Extremadura</t>
+          <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B327" s="6"/>
       <c r="C327" s="6"/>
       <c r="D327" s="6"/>
       <c r="E327" s="6"/>
       <c r="F327" s="6"/>
       <c r="G327" s="6"/>
       <c r="H327" s="6"/>
       <c r="I327" s="6"/>
       <c r="J327" s="6"/>
       <c r="K327" s="6"/>
       <c r="L327" s="6"/>
       <c r="M327" s="6"/>
       <c r="N327" s="6"/>
     </row>
     <row r="328">
       <c r="A328" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B328" s="14" t="n">
-        <v>2557963.0</v>
+        <v>2657715.0</v>
       </c>
       <c r="C328" s="14" t="n">
-        <v>128671.0</v>
+        <v>129790.0</v>
       </c>
       <c r="D328" s="14" t="n">
-        <v>159739.0</v>
+        <v>163854.0</v>
       </c>
       <c r="E328" s="14" t="n">
-        <v>210865.0</v>
+        <v>224080.0</v>
       </c>
       <c r="F328" s="14" t="n">
-        <v>278952.0</v>
+        <v>237880.0</v>
       </c>
       <c r="G328" s="14" t="n">
-        <v>233693.0</v>
+        <v>247959.0</v>
       </c>
       <c r="H328" s="14" t="n">
-        <v>217503.0</v>
+        <v>230788.0</v>
       </c>
       <c r="I328" s="14" t="n">
-        <v>227989.0</v>
+        <v>235783.0</v>
       </c>
       <c r="J328" s="14" t="n">
-        <v>279152.0</v>
+        <v>291738.0</v>
       </c>
       <c r="K328" s="14" t="n">
-        <v>237093.0</v>
+        <v>255196.0</v>
       </c>
       <c r="L328" s="14" t="n">
-        <v>236557.0</v>
+        <v>250212.0</v>
       </c>
       <c r="M328" s="14" t="n">
-        <v>184786.0</v>
+        <v>211906.0</v>
       </c>
       <c r="N328" s="14" t="n">
-        <v>162962.0</v>
+        <v>178529.0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B329" s="14" t="n">
-        <v>2179237.0</v>
+        <v>2244446.0</v>
       </c>
       <c r="C329" s="14" t="n">
-        <v>111639.0</v>
+        <v>108396.0</v>
       </c>
       <c r="D329" s="14" t="n">
-        <v>140801.0</v>
+        <v>142778.0</v>
       </c>
       <c r="E329" s="14" t="n">
-        <v>184845.0</v>
+        <v>194986.0</v>
       </c>
       <c r="F329" s="14" t="n">
-        <v>238385.0</v>
+        <v>193725.0</v>
       </c>
       <c r="G329" s="14" t="n">
-        <v>192304.0</v>
+        <v>204890.0</v>
       </c>
       <c r="H329" s="14" t="n">
-        <v>190401.0</v>
+        <v>195135.0</v>
       </c>
       <c r="I329" s="14" t="n">
-        <v>190413.0</v>
+        <v>199267.0</v>
       </c>
       <c r="J329" s="14" t="n">
-        <v>228469.0</v>
+        <v>241778.0</v>
       </c>
       <c r="K329" s="14" t="n">
-        <v>200426.0</v>
+        <v>211151.0</v>
       </c>
       <c r="L329" s="14" t="n">
-        <v>200362.0</v>
+        <v>212462.0</v>
       </c>
       <c r="M329" s="14" t="n">
-        <v>158367.0</v>
+        <v>184525.0</v>
       </c>
       <c r="N329" s="14" t="n">
-        <v>142824.0</v>
+        <v>155354.0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B330" s="14" t="n">
-        <v>378726.0</v>
+        <v>413269.0</v>
       </c>
       <c r="C330" s="14" t="n">
-        <v>17031.0</v>
+        <v>21394.0</v>
       </c>
       <c r="D330" s="14" t="n">
-        <v>18939.0</v>
+        <v>21076.0</v>
       </c>
       <c r="E330" s="14" t="n">
-        <v>26019.0</v>
+        <v>29094.0</v>
       </c>
       <c r="F330" s="14" t="n">
-        <v>40567.0</v>
+        <v>44156.0</v>
       </c>
       <c r="G330" s="14" t="n">
-        <v>41389.0</v>
+        <v>43069.0</v>
       </c>
       <c r="H330" s="14" t="n">
-        <v>27102.0</v>
+        <v>35654.0</v>
       </c>
       <c r="I330" s="14" t="n">
-        <v>37576.0</v>
+        <v>36516.0</v>
       </c>
       <c r="J330" s="14" t="n">
-        <v>50683.0</v>
+        <v>49960.0</v>
       </c>
       <c r="K330" s="14" t="n">
-        <v>36667.0</v>
+        <v>44045.0</v>
       </c>
       <c r="L330" s="14" t="n">
-        <v>36195.0</v>
+        <v>37750.0</v>
       </c>
       <c r="M330" s="14" t="n">
-        <v>26418.0</v>
+        <v>27381.0</v>
       </c>
       <c r="N330" s="14" t="n">
-        <v>20138.0</v>
+        <v>23175.0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B331" s="14" t="n">
-        <v>233961.0</v>
+        <v>253996.0</v>
       </c>
       <c r="C331" s="14" t="n">
-        <v>9936.0</v>
+        <v>12979.0</v>
       </c>
       <c r="D331" s="14" t="n">
-        <v>13320.0</v>
+        <v>11843.0</v>
       </c>
       <c r="E331" s="14" t="n">
-        <v>15940.0</v>
+        <v>17030.0</v>
       </c>
       <c r="F331" s="14" t="n">
-        <v>26895.0</v>
+        <v>29086.0</v>
       </c>
       <c r="G331" s="14" t="n">
-        <v>21857.0</v>
+        <v>25424.0</v>
       </c>
       <c r="H331" s="14" t="n">
-        <v>16212.0</v>
+        <v>19596.0</v>
       </c>
       <c r="I331" s="14" t="n">
-        <v>25613.0</v>
+        <v>24524.0</v>
       </c>
       <c r="J331" s="14" t="n">
-        <v>35402.0</v>
+        <v>37405.0</v>
       </c>
       <c r="K331" s="14" t="n">
-        <v>21807.0</v>
+        <v>25243.0</v>
       </c>
       <c r="L331" s="14" t="n">
-        <v>19820.0</v>
+        <v>20556.0</v>
       </c>
       <c r="M331" s="14" t="n">
-        <v>14520.0</v>
+        <v>16230.0</v>
       </c>
       <c r="N331" s="14" t="n">
-        <v>12640.0</v>
+        <v>14080.0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B332" s="14" t="n">
-        <v>23204.0</v>
+        <v>26373.0</v>
       </c>
       <c r="C332" s="14" t="n">
-        <v>689.0</v>
+        <v>607.0</v>
       </c>
       <c r="D332" s="14" t="n">
-        <v>723.0</v>
+        <v>919.0</v>
       </c>
       <c r="E332" s="14" t="n">
-        <v>2162.0</v>
+        <v>3111.0</v>
       </c>
       <c r="F332" s="14" t="n">
-        <v>4712.0</v>
+        <v>4557.0</v>
       </c>
       <c r="G332" s="14" t="n">
-        <v>3214.0</v>
+        <v>4549.0</v>
       </c>
       <c r="H332" s="14" t="n">
-        <v>1676.0</v>
+        <v>1711.0</v>
       </c>
       <c r="I332" s="14" t="n">
-        <v>1275.0</v>
+        <v>1341.0</v>
       </c>
       <c r="J332" s="14" t="n">
-        <v>1260.0</v>
+        <v>1317.0</v>
       </c>
       <c r="K332" s="14" t="n">
-        <v>2524.0</v>
+        <v>2811.0</v>
       </c>
       <c r="L332" s="14" t="n">
-        <v>2880.0</v>
+        <v>3102.0</v>
       </c>
       <c r="M332" s="14" t="n">
-        <v>1226.0</v>
+        <v>1401.0</v>
       </c>
       <c r="N332" s="14" t="n">
-        <v>863.0</v>
+        <v>948.0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B333" s="14" t="n">
-        <v>2678.0</v>
+        <v>3121.0</v>
       </c>
       <c r="C333" s="14" t="n">
-        <v>83.0</v>
+        <v>59.0</v>
       </c>
       <c r="D333" s="14" t="n">
-        <v>110.0</v>
+        <v>101.0</v>
       </c>
       <c r="E333" s="14" t="n">
-        <v>690.0</v>
+        <v>607.0</v>
       </c>
       <c r="F333" s="14" t="n">
-        <v>469.0</v>
+        <v>397.0</v>
       </c>
       <c r="G333" s="14" t="n">
-        <v>233.0</v>
+        <v>478.0</v>
       </c>
       <c r="H333" s="14" t="n">
-        <v>102.0</v>
+        <v>224.0</v>
       </c>
       <c r="I333" s="14" t="n">
-        <v>177.0</v>
+        <v>283.0</v>
       </c>
       <c r="J333" s="14" t="n">
-        <v>56.0</v>
+        <v>165.0</v>
       </c>
       <c r="K333" s="14" t="n">
-        <v>254.0</v>
+        <v>243.0</v>
       </c>
       <c r="L333" s="14" t="n">
-        <v>329.0</v>
+        <v>309.0</v>
       </c>
       <c r="M333" s="14" t="n">
-        <v>83.0</v>
+        <v>84.0</v>
       </c>
       <c r="N333" s="14" t="n">
-        <v>94.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B334" s="14" t="n">
-        <v>11598.0</v>
+        <v>13817.0</v>
       </c>
       <c r="C334" s="14" t="n">
-        <v>330.0</v>
+        <v>479.0</v>
       </c>
       <c r="D334" s="14" t="n">
-        <v>204.0</v>
+        <v>164.0</v>
       </c>
       <c r="E334" s="14" t="n">
-        <v>412.0</v>
+        <v>589.0</v>
       </c>
       <c r="F334" s="14" t="n">
-        <v>1644.0</v>
+        <v>2331.0</v>
       </c>
       <c r="G334" s="14" t="n">
-        <v>1508.0</v>
+        <v>1918.0</v>
       </c>
       <c r="H334" s="14" t="n">
-        <v>769.0</v>
+        <v>728.0</v>
       </c>
       <c r="I334" s="14" t="n">
-        <v>2225.0</v>
+        <v>2097.0</v>
       </c>
       <c r="J334" s="14" t="n">
-        <v>1532.0</v>
+        <v>1944.0</v>
       </c>
       <c r="K334" s="14" t="n">
-        <v>1557.0</v>
+        <v>1361.0</v>
       </c>
       <c r="L334" s="14" t="n">
-        <v>769.0</v>
+        <v>1236.0</v>
       </c>
       <c r="M334" s="14" t="n">
-        <v>365.0</v>
+        <v>493.0</v>
       </c>
       <c r="N334" s="14" t="n">
-        <v>285.0</v>
+        <v>476.0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B335" s="14" t="n">
-        <v>2275.0</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>2052.0</v>
+      </c>
+      <c r="C335" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D335" s="14" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="E335" s="14" t="n">
-        <v>699.0</v>
+        <v>125.0</v>
       </c>
       <c r="F335" s="14" t="n">
-        <v>440.0</v>
+        <v>351.0</v>
       </c>
       <c r="G335" s="14" t="n">
-        <v>238.0</v>
+        <v>679.0</v>
       </c>
       <c r="H335" s="14" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="I335" s="14" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J335" s="14" t="n">
         <v>108.0</v>
       </c>
-      <c r="I335" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="K335" s="14" t="n">
-        <v>240.0</v>
+        <v>218.0</v>
       </c>
       <c r="L335" s="14" t="n">
-        <v>125.0</v>
+        <v>207.0</v>
       </c>
       <c r="M335" s="14" t="n">
-        <v>24.0</v>
-[...2 lines deleted...]
-        <v>108.0</v>
+        <v>136.0</v>
+      </c>
+      <c r="N335" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B336" s="14" t="n">
-        <v>786.0</v>
+        <v>1506.0</v>
       </c>
       <c r="C336" s="14" t="n">
-        <v>36.0</v>
+        <v>160.0</v>
       </c>
       <c r="D336" s="14" t="n">
-        <v>58.0</v>
+        <v>52.0</v>
       </c>
       <c r="E336" s="14" t="n">
-        <v>51.0</v>
+        <v>99.0</v>
       </c>
       <c r="F336" s="14" t="n">
-        <v>79.0</v>
+        <v>117.0</v>
       </c>
       <c r="G336" s="14" t="n">
-        <v>96.0</v>
-[...5 lines deleted...]
-        <v>32.0</v>
+        <v>83.0</v>
+      </c>
+      <c r="H336" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="I336" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J336" s="14" t="n">
-        <v>41.0</v>
+        <v>90.0</v>
       </c>
       <c r="K336" s="14" t="n">
-        <v>140.0</v>
+        <v>62.0</v>
       </c>
       <c r="L336" s="14" t="n">
-        <v>83.0</v>
+        <v>217.0</v>
       </c>
       <c r="M336" s="14" t="n">
-        <v>77.0</v>
+        <v>456.0</v>
       </c>
       <c r="N336" s="14" t="n">
-        <v>43.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B337" s="14" t="n">
-        <v>50493.0</v>
+        <v>46453.0</v>
       </c>
       <c r="C337" s="14" t="n">
-        <v>1884.0</v>
+        <v>2181.0</v>
       </c>
       <c r="D337" s="14" t="n">
-        <v>2141.0</v>
+        <v>2143.0</v>
       </c>
       <c r="E337" s="14" t="n">
-        <v>2345.0</v>
+        <v>2299.0</v>
       </c>
       <c r="F337" s="14" t="n">
-        <v>3731.0</v>
+        <v>4816.0</v>
       </c>
       <c r="G337" s="14" t="n">
-        <v>3798.0</v>
+        <v>4010.0</v>
       </c>
       <c r="H337" s="14" t="n">
-        <v>2828.0</v>
+        <v>2527.0</v>
       </c>
       <c r="I337" s="14" t="n">
-        <v>8300.0</v>
+        <v>6353.0</v>
       </c>
       <c r="J337" s="14" t="n">
-        <v>10952.0</v>
+        <v>9197.0</v>
       </c>
       <c r="K337" s="14" t="n">
-        <v>4845.0</v>
+        <v>4139.0</v>
       </c>
       <c r="L337" s="14" t="n">
-        <v>4687.0</v>
+        <v>3901.0</v>
       </c>
       <c r="M337" s="14" t="n">
-        <v>3401.0</v>
+        <v>2809.0</v>
       </c>
       <c r="N337" s="14" t="n">
-        <v>1581.0</v>
+        <v>2077.0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B338" s="14" t="n">
-        <v>698.0</v>
-[...2 lines deleted...]
-        <v>105.0</v>
+        <v>726.0</v>
+      </c>
+      <c r="C338" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D338" s="14" t="n">
-        <v>22.0</v>
+        <v>38.0</v>
       </c>
       <c r="E338" s="14" t="n">
-        <v>22.0</v>
+        <v>40.0</v>
       </c>
       <c r="F338" s="14" t="n">
         <v>105.0</v>
       </c>
       <c r="G338" s="14" t="n">
-        <v>106.0</v>
+        <v>26.0</v>
       </c>
       <c r="H338" s="14" t="n">
-        <v>59.0</v>
+        <v>47.0</v>
       </c>
       <c r="I338" s="14" t="n">
-        <v>80.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>96.0</v>
+      </c>
+      <c r="J338" s="14" t="n">
+        <v>61.0</v>
       </c>
       <c r="K338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L338" s="14" t="n">
-        <v>50.0</v>
+        <v>103.0</v>
       </c>
       <c r="M338" s="14" t="n">
-        <v>34.0</v>
+        <v>149.0</v>
       </c>
       <c r="N338" s="14" t="n">
-        <v>54.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B339" s="14" t="n">
-        <v>4293.0</v>
+        <v>4710.0</v>
       </c>
       <c r="C339" s="14" t="n">
-        <v>220.0</v>
+        <v>102.0</v>
       </c>
       <c r="D339" s="14" t="n">
-        <v>164.0</v>
+        <v>135.0</v>
       </c>
       <c r="E339" s="14" t="n">
-        <v>305.0</v>
+        <v>375.0</v>
       </c>
       <c r="F339" s="14" t="n">
-        <v>451.0</v>
+        <v>472.0</v>
       </c>
       <c r="G339" s="14" t="n">
-        <v>709.0</v>
+        <v>519.0</v>
       </c>
       <c r="H339" s="14" t="n">
-        <v>465.0</v>
+        <v>390.0</v>
       </c>
       <c r="I339" s="14" t="n">
-        <v>280.0</v>
+        <v>429.0</v>
       </c>
       <c r="J339" s="14" t="n">
-        <v>345.0</v>
+        <v>397.0</v>
       </c>
       <c r="K339" s="14" t="n">
-        <v>471.0</v>
+        <v>718.0</v>
       </c>
       <c r="L339" s="14" t="n">
-        <v>596.0</v>
+        <v>656.0</v>
       </c>
       <c r="M339" s="14" t="n">
-        <v>162.0</v>
+        <v>171.0</v>
       </c>
       <c r="N339" s="14" t="n">
-        <v>125.0</v>
+        <v>347.0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B340" s="14" t="n">
-        <v>16653.0</v>
+        <v>19222.0</v>
       </c>
       <c r="C340" s="14" t="n">
-        <v>1448.0</v>
+        <v>1146.0</v>
       </c>
       <c r="D340" s="14" t="n">
-        <v>1411.0</v>
+        <v>1167.0</v>
       </c>
       <c r="E340" s="14" t="n">
-        <v>1014.0</v>
+        <v>1064.0</v>
       </c>
       <c r="F340" s="14" t="n">
-        <v>1788.0</v>
+        <v>2662.0</v>
       </c>
       <c r="G340" s="14" t="n">
-        <v>1570.0</v>
+        <v>1623.0</v>
       </c>
       <c r="H340" s="14" t="n">
-        <v>1063.0</v>
+        <v>1082.0</v>
       </c>
       <c r="I340" s="14" t="n">
-        <v>1580.0</v>
+        <v>1652.0</v>
       </c>
       <c r="J340" s="14" t="n">
-        <v>2030.0</v>
+        <v>2317.0</v>
       </c>
       <c r="K340" s="14" t="n">
-        <v>1141.0</v>
+        <v>1579.0</v>
       </c>
       <c r="L340" s="14" t="n">
-        <v>981.0</v>
+        <v>1203.0</v>
       </c>
       <c r="M340" s="14" t="n">
-        <v>1856.0</v>
+        <v>2070.0</v>
       </c>
       <c r="N340" s="14" t="n">
-        <v>771.0</v>
+        <v>1657.0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B341" s="14" t="n">
-        <v>773.0</v>
+        <v>520.0</v>
       </c>
       <c r="C341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D341" s="14" t="n">
-        <v>34.0</v>
-[...2 lines deleted...]
-        <v>316.0</v>
+        <v>30.0</v>
+      </c>
+      <c r="E341" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F341" s="14" t="n">
-        <v>101.0</v>
+        <v>26.0</v>
       </c>
       <c r="G341" s="14" t="n">
-        <v>72.0</v>
+        <v>66.0</v>
       </c>
       <c r="H341" s="14" t="n">
-        <v>26.0</v>
+        <v>63.0</v>
       </c>
       <c r="I341" s="14" t="n">
-        <v>35.0</v>
+        <v>65.0</v>
       </c>
       <c r="J341" s="14" t="n">
-        <v>73.0</v>
+        <v>42.0</v>
       </c>
       <c r="K341" s="14" t="n">
-        <v>22.0</v>
+        <v>75.0</v>
       </c>
       <c r="L341" s="14" t="n">
-        <v>49.0</v>
+        <v>71.0</v>
       </c>
       <c r="M341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N341" s="14" t="n">
-        <v>20.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B342" s="14" t="n">
-        <v>14319.0</v>
+        <v>16148.0</v>
       </c>
       <c r="C342" s="14" t="n">
-        <v>505.0</v>
+        <v>660.0</v>
       </c>
       <c r="D342" s="14" t="n">
-        <v>479.0</v>
+        <v>650.0</v>
       </c>
       <c r="E342" s="14" t="n">
-        <v>946.0</v>
+        <v>948.0</v>
       </c>
       <c r="F342" s="14" t="n">
-        <v>1861.0</v>
+        <v>1922.0</v>
       </c>
       <c r="G342" s="14" t="n">
-        <v>1942.0</v>
+        <v>2765.0</v>
       </c>
       <c r="H342" s="14" t="n">
-        <v>1002.0</v>
+        <v>1141.0</v>
       </c>
       <c r="I342" s="14" t="n">
-        <v>1571.0</v>
+        <v>1492.0</v>
       </c>
       <c r="J342" s="14" t="n">
-        <v>1712.0</v>
+        <v>2034.0</v>
       </c>
       <c r="K342" s="14" t="n">
-        <v>1784.0</v>
+        <v>2118.0</v>
       </c>
       <c r="L342" s="14" t="n">
-        <v>1342.0</v>
+        <v>1336.0</v>
       </c>
       <c r="M342" s="14" t="n">
-        <v>732.0</v>
+        <v>699.0</v>
       </c>
       <c r="N342" s="14" t="n">
-        <v>443.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B343" s="14" t="n">
-        <v>4769.0</v>
+        <v>6153.0</v>
       </c>
       <c r="C343" s="14" t="n">
-        <v>106.0</v>
+        <v>156.0</v>
       </c>
       <c r="D343" s="14" t="n">
-        <v>110.0</v>
+        <v>83.0</v>
       </c>
       <c r="E343" s="14" t="n">
-        <v>258.0</v>
+        <v>244.0</v>
       </c>
       <c r="F343" s="14" t="n">
-        <v>523.0</v>
+        <v>427.0</v>
       </c>
       <c r="G343" s="14" t="n">
-        <v>535.0</v>
+        <v>498.0</v>
       </c>
       <c r="H343" s="14" t="n">
-        <v>369.0</v>
+        <v>513.0</v>
       </c>
       <c r="I343" s="14" t="n">
-        <v>400.0</v>
+        <v>520.0</v>
       </c>
       <c r="J343" s="14" t="n">
-        <v>150.0</v>
+        <v>1342.0</v>
       </c>
       <c r="K343" s="14" t="n">
-        <v>747.0</v>
+        <v>1135.0</v>
       </c>
       <c r="L343" s="14" t="n">
-        <v>810.0</v>
+        <v>735.0</v>
       </c>
       <c r="M343" s="14" t="n">
-        <v>416.0</v>
+        <v>432.0</v>
       </c>
       <c r="N343" s="14" t="n">
-        <v>345.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B344" s="14" t="n">
-        <v>87884.0</v>
+        <v>100694.0</v>
       </c>
       <c r="C344" s="14" t="n">
-        <v>3950.0</v>
+        <v>6446.0</v>
       </c>
       <c r="D344" s="14" t="n">
-        <v>5692.0</v>
+        <v>5525.0</v>
       </c>
       <c r="E344" s="14" t="n">
-        <v>5469.0</v>
+        <v>6048.0</v>
       </c>
       <c r="F344" s="14" t="n">
-        <v>9304.0</v>
+        <v>9315.0</v>
       </c>
       <c r="G344" s="14" t="n">
-        <v>6999.0</v>
+        <v>6808.0</v>
       </c>
       <c r="H344" s="14" t="n">
-        <v>7040.0</v>
+        <v>10254.0</v>
       </c>
       <c r="I344" s="14" t="n">
-        <v>8450.0</v>
+        <v>9332.0</v>
       </c>
       <c r="J344" s="14" t="n">
-        <v>15461.0</v>
+        <v>17537.0</v>
       </c>
       <c r="K344" s="14" t="n">
-        <v>7166.0</v>
+        <v>9747.0</v>
       </c>
       <c r="L344" s="14" t="n">
-        <v>6115.0</v>
+        <v>6349.0</v>
       </c>
       <c r="M344" s="14" t="n">
-        <v>5414.0</v>
+        <v>6358.0</v>
       </c>
       <c r="N344" s="14" t="n">
-        <v>6824.0</v>
+        <v>6975.0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B345" s="14" t="n">
-        <v>2322.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>1800.0</v>
+      </c>
+      <c r="C345" s="14" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="D345" s="14" t="n">
+        <v>63.0</v>
       </c>
       <c r="E345" s="14" t="n">
-        <v>130.0</v>
+        <v>42.0</v>
       </c>
       <c r="F345" s="14" t="n">
-        <v>324.0</v>
+        <v>616.0</v>
       </c>
       <c r="G345" s="14" t="n">
-        <v>110.0</v>
+        <v>138.0</v>
       </c>
       <c r="H345" s="14" t="n">
-        <v>131.0</v>
+        <v>124.0</v>
       </c>
       <c r="I345" s="14" t="n">
-        <v>244.0</v>
+        <v>26.0</v>
       </c>
       <c r="J345" s="14" t="n">
-        <v>1130.0</v>
+        <v>200.0</v>
       </c>
       <c r="K345" s="14" t="n">
-        <v>71.0</v>
+        <v>77.0</v>
       </c>
       <c r="L345" s="14" t="n">
-        <v>54.0</v>
+        <v>160.0</v>
       </c>
       <c r="M345" s="14" t="n">
-        <v>62.0</v>
+        <v>103.0</v>
       </c>
       <c r="N345" s="14" t="n">
-        <v>56.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B346" s="14" t="n">
-        <v>1677.0</v>
+        <v>2783.0</v>
       </c>
       <c r="C346" s="14" t="n">
-        <v>151.0</v>
+        <v>379.0</v>
       </c>
       <c r="D346" s="14" t="n">
-        <v>104.0</v>
+        <v>103.0</v>
       </c>
       <c r="E346" s="14" t="n">
-        <v>165.0</v>
+        <v>750.0</v>
       </c>
       <c r="F346" s="14" t="n">
-        <v>161.0</v>
+        <v>201.0</v>
       </c>
       <c r="G346" s="14" t="n">
-        <v>144.0</v>
+        <v>194.0</v>
       </c>
       <c r="H346" s="14" t="n">
-        <v>87.0</v>
+        <v>107.0</v>
       </c>
       <c r="I346" s="14" t="n">
-        <v>134.0</v>
+        <v>230.0</v>
       </c>
       <c r="J346" s="14" t="n">
-        <v>134.0</v>
+        <v>97.0</v>
       </c>
       <c r="K346" s="14" t="n">
-        <v>155.0</v>
+        <v>189.0</v>
       </c>
       <c r="L346" s="14" t="n">
-        <v>184.0</v>
+        <v>249.0</v>
       </c>
       <c r="M346" s="14" t="n">
-        <v>123.0</v>
+        <v>181.0</v>
       </c>
       <c r="N346" s="14" t="n">
-        <v>135.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B347" s="14" t="n">
-        <v>992.0</v>
-[...10 lines deleted...]
-        <v>91.0</v>
+        <v>995.0</v>
+      </c>
+      <c r="C347" s="14" t="n">
+        <v>129.0</v>
+      </c>
+      <c r="D347" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E347" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F347" s="14" t="n">
-        <v>188.0</v>
+        <v>55.0</v>
       </c>
       <c r="G347" s="14" t="n">
-        <v>143.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>82.0</v>
+      </c>
+      <c r="H347" s="14" t="n">
+        <v>68.0</v>
       </c>
       <c r="I347" s="14" t="n">
-        <v>96.0</v>
+        <v>77.0</v>
       </c>
       <c r="J347" s="14" t="n">
-        <v>39.0</v>
+        <v>109.0</v>
       </c>
       <c r="K347" s="14" t="n">
-        <v>168.0</v>
+        <v>66.0</v>
       </c>
       <c r="L347" s="14" t="n">
-        <v>112.0</v>
+        <v>89.0</v>
       </c>
       <c r="M347" s="14" t="n">
-        <v>41.0</v>
+        <v>86.0</v>
       </c>
       <c r="N347" s="14" t="n">
-        <v>46.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B348" s="14" t="n">
-        <v>30930.0</v>
+        <v>30605.0</v>
       </c>
       <c r="C348" s="14" t="n">
-        <v>1039.0</v>
+        <v>1136.0</v>
       </c>
       <c r="D348" s="14" t="n">
-        <v>1203.0</v>
+        <v>1411.0</v>
       </c>
       <c r="E348" s="14" t="n">
-        <v>1853.0</v>
+        <v>1933.0</v>
       </c>
       <c r="F348" s="14" t="n">
-        <v>4125.0</v>
+        <v>3759.0</v>
       </c>
       <c r="G348" s="14" t="n">
-        <v>7478.0</v>
+        <v>4438.0</v>
       </c>
       <c r="H348" s="14" t="n">
-        <v>2544.0</v>
+        <v>3163.0</v>
       </c>
       <c r="I348" s="14" t="n">
-        <v>2660.0</v>
+        <v>2159.0</v>
       </c>
       <c r="J348" s="14" t="n">
-        <v>1643.0</v>
+        <v>2260.0</v>
       </c>
       <c r="K348" s="14" t="n">
-        <v>3646.0</v>
+        <v>4544.0</v>
       </c>
       <c r="L348" s="14" t="n">
-        <v>2644.0</v>
+        <v>3458.0</v>
       </c>
       <c r="M348" s="14" t="n">
-        <v>1295.0</v>
+        <v>1389.0</v>
       </c>
       <c r="N348" s="14" t="n">
-        <v>800.0</v>
+        <v>956.0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B349" s="14" t="n">
-        <v>4252.0</v>
+        <v>5668.0</v>
       </c>
       <c r="C349" s="14" t="n">
-        <v>97.0</v>
+        <v>245.0</v>
       </c>
       <c r="D349" s="14" t="n">
-        <v>139.0</v>
+        <v>261.0</v>
       </c>
       <c r="E349" s="14" t="n">
-        <v>280.0</v>
+        <v>326.0</v>
       </c>
       <c r="F349" s="14" t="n">
-        <v>768.0</v>
+        <v>944.0</v>
       </c>
       <c r="G349" s="14" t="n">
-        <v>973.0</v>
+        <v>784.0</v>
       </c>
       <c r="H349" s="14" t="n">
-        <v>313.0</v>
+        <v>534.0</v>
       </c>
       <c r="I349" s="14" t="n">
-        <v>297.0</v>
+        <v>358.0</v>
       </c>
       <c r="J349" s="14" t="n">
-        <v>176.0</v>
+        <v>449.0</v>
       </c>
       <c r="K349" s="14" t="n">
-        <v>520.0</v>
+        <v>613.0</v>
       </c>
       <c r="L349" s="14" t="n">
-        <v>419.0</v>
+        <v>536.0</v>
       </c>
       <c r="M349" s="14" t="n">
-        <v>163.0</v>
+        <v>292.0</v>
       </c>
       <c r="N349" s="14" t="n">
-        <v>107.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B350" s="14" t="n">
-        <v>9386.0</v>
+        <v>9725.0</v>
       </c>
       <c r="C350" s="14" t="n">
-        <v>711.0</v>
+        <v>307.0</v>
       </c>
       <c r="D350" s="14" t="n">
-        <v>444.0</v>
+        <v>404.0</v>
       </c>
       <c r="E350" s="14" t="n">
-        <v>793.0</v>
+        <v>593.0</v>
       </c>
       <c r="F350" s="14" t="n">
-        <v>1155.0</v>
+        <v>1310.0</v>
       </c>
       <c r="G350" s="14" t="n">
-        <v>1483.0</v>
+        <v>842.0</v>
       </c>
       <c r="H350" s="14" t="n">
-        <v>843.0</v>
+        <v>716.0</v>
       </c>
       <c r="I350" s="14" t="n">
-        <v>817.0</v>
+        <v>772.0</v>
       </c>
       <c r="J350" s="14" t="n">
-        <v>777.0</v>
+        <v>715.0</v>
       </c>
       <c r="K350" s="14" t="n">
-        <v>459.0</v>
+        <v>1085.0</v>
       </c>
       <c r="L350" s="14" t="n">
-        <v>854.0</v>
+        <v>1263.0</v>
       </c>
       <c r="M350" s="14" t="n">
-        <v>660.0</v>
+        <v>574.0</v>
       </c>
       <c r="N350" s="14" t="n">
-        <v>391.0</v>
+        <v>1144.0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B351" s="14" t="n">
-        <v>930.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1183.0</v>
+      </c>
+      <c r="C351" s="14" t="n">
+        <v>152.0</v>
       </c>
       <c r="D351" s="14" t="n">
-        <v>33.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>61.0</v>
+      </c>
+      <c r="E351" s="14" t="n">
+        <v>29.0</v>
       </c>
       <c r="F351" s="14" t="n">
-        <v>79.0</v>
+        <v>56.0</v>
       </c>
       <c r="G351" s="14" t="n">
-        <v>82.0</v>
+        <v>138.0</v>
       </c>
       <c r="H351" s="14" t="n">
-        <v>99.0</v>
+        <v>40.0</v>
       </c>
       <c r="I351" s="14" t="n">
-        <v>174.0</v>
+        <v>95.0</v>
       </c>
       <c r="J351" s="14" t="n">
+        <v>196.0</v>
+      </c>
+      <c r="K351" s="14" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="L351" s="14" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="M351" s="14" t="n">
         <v>98.0</v>
       </c>
-      <c r="K351" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="N351" s="14" t="n">
-        <v>46.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B352" s="14" t="n">
-        <v>12644.0</v>
+        <v>24714.0</v>
       </c>
       <c r="C352" s="14" t="n">
-        <v>348.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1167.0</v>
+      </c>
+      <c r="D352" s="14" t="n">
+        <v>2076.0</v>
       </c>
       <c r="E352" s="14" t="n">
-        <v>1114.0</v>
+        <v>2075.0</v>
       </c>
       <c r="F352" s="14" t="n">
-        <v>259.0</v>
+        <v>2386.0</v>
       </c>
       <c r="G352" s="14" t="n">
-        <v>1517.0</v>
+        <v>3216.0</v>
       </c>
       <c r="H352" s="14" t="n">
-        <v>923.0</v>
+        <v>3147.0</v>
       </c>
       <c r="I352" s="14" t="n">
-        <v>1399.0</v>
+        <v>1773.0</v>
       </c>
       <c r="J352" s="14" t="n">
-        <v>706.0</v>
+        <v>1076.0</v>
       </c>
       <c r="K352" s="14" t="n">
-        <v>905.0</v>
+        <v>1974.0</v>
       </c>
       <c r="L352" s="14" t="n">
-        <v>2132.0</v>
+        <v>2433.0</v>
       </c>
       <c r="M352" s="14" t="n">
-        <v>1818.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1954.0</v>
+      </c>
+      <c r="N352" s="14" t="n">
+        <v>1437.0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B353" s="14" t="n">
-        <v>18784.0</v>
+        <v>19113.0</v>
       </c>
       <c r="C353" s="14" t="n">
-        <v>808.0</v>
+        <v>708.0</v>
       </c>
       <c r="D353" s="14" t="n">
-        <v>755.0</v>
+        <v>768.0</v>
       </c>
       <c r="E353" s="14" t="n">
-        <v>1348.0</v>
+        <v>2358.0</v>
       </c>
       <c r="F353" s="14" t="n">
-        <v>1989.0</v>
+        <v>1790.0</v>
       </c>
       <c r="G353" s="14" t="n">
-        <v>2187.0</v>
+        <v>2028.0</v>
       </c>
       <c r="H353" s="14" t="n">
-        <v>1929.0</v>
+        <v>1761.0</v>
       </c>
       <c r="I353" s="14" t="n">
-        <v>1446.0</v>
+        <v>1325.0</v>
       </c>
       <c r="J353" s="14" t="n">
-        <v>2341.0</v>
+        <v>1596.0</v>
       </c>
       <c r="K353" s="14" t="n">
-        <v>1993.0</v>
+        <v>2258.0</v>
       </c>
       <c r="L353" s="14" t="n">
-        <v>1775.0</v>
+        <v>2231.0</v>
       </c>
       <c r="M353" s="14" t="n">
-        <v>1130.0</v>
+        <v>1343.0</v>
       </c>
       <c r="N353" s="14" t="n">
-        <v>1084.0</v>
+        <v>947.0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B354" s="14" t="n">
-        <v>42832.0</v>
+        <v>42741.0</v>
       </c>
       <c r="C354" s="14" t="n">
-        <v>2433.0</v>
+        <v>3075.0</v>
       </c>
       <c r="D354" s="14" t="n">
-        <v>1810.0</v>
+        <v>3031.0</v>
       </c>
       <c r="E354" s="14" t="n">
-        <v>2462.0</v>
+        <v>3252.0</v>
       </c>
       <c r="F354" s="14" t="n">
-        <v>2788.0</v>
+        <v>3445.0</v>
       </c>
       <c r="G354" s="14" t="n">
-        <v>4072.0</v>
+        <v>4023.0</v>
       </c>
       <c r="H354" s="14" t="n">
-        <v>2878.0</v>
+        <v>4450.0</v>
       </c>
       <c r="I354" s="14" t="n">
-        <v>2972.0</v>
+        <v>3241.0</v>
       </c>
       <c r="J354" s="14" t="n">
-        <v>6631.0</v>
+        <v>2732.0</v>
       </c>
       <c r="K354" s="14" t="n">
-        <v>4327.0</v>
+        <v>5047.0</v>
       </c>
       <c r="L354" s="14" t="n">
-        <v>6263.0</v>
+        <v>4565.0</v>
       </c>
       <c r="M354" s="14" t="n">
-        <v>3766.0</v>
+        <v>2887.0</v>
       </c>
       <c r="N354" s="14" t="n">
-        <v>2430.0</v>
+        <v>2994.0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B355" s="14" t="n">
-        <v>7181.0</v>
+        <v>9164.0</v>
       </c>
       <c r="C355" s="14" t="n">
-        <v>168.0</v>
+        <v>916.0</v>
       </c>
       <c r="D355" s="14" t="n">
-        <v>202.0</v>
+        <v>738.0</v>
       </c>
       <c r="E355" s="14" t="n">
-        <v>260.0</v>
+        <v>478.0</v>
       </c>
       <c r="F355" s="14" t="n">
-        <v>248.0</v>
+        <v>262.0</v>
       </c>
       <c r="G355" s="14" t="n">
-        <v>379.0</v>
+        <v>621.0</v>
       </c>
       <c r="H355" s="14" t="n">
-        <v>456.0</v>
+        <v>814.0</v>
       </c>
       <c r="I355" s="14" t="n">
-        <v>774.0</v>
+        <v>1223.0</v>
       </c>
       <c r="J355" s="14" t="n">
-        <v>1767.0</v>
+        <v>1599.0</v>
       </c>
       <c r="K355" s="14" t="n">
-        <v>718.0</v>
+        <v>1002.0</v>
       </c>
       <c r="L355" s="14" t="n">
-        <v>273.0</v>
+        <v>626.0</v>
       </c>
       <c r="M355" s="14" t="n">
-        <v>1033.0</v>
+        <v>447.0</v>
       </c>
       <c r="N355" s="14" t="n">
-        <v>904.0</v>
+        <v>438.0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="6" t="inlineStr">
         <is>
-          <t>Galicia</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="B356" s="6"/>
       <c r="C356" s="6"/>
       <c r="D356" s="6"/>
       <c r="E356" s="6"/>
       <c r="F356" s="6"/>
       <c r="G356" s="6"/>
       <c r="H356" s="6"/>
       <c r="I356" s="6"/>
       <c r="J356" s="6"/>
       <c r="K356" s="6"/>
       <c r="L356" s="6"/>
       <c r="M356" s="6"/>
       <c r="N356" s="6"/>
     </row>
     <row r="357">
       <c r="A357" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B357" s="14" t="n">
-        <v>9493534.0</v>
+        <v>9817780.0</v>
       </c>
       <c r="C357" s="14" t="n">
-        <v>320564.0</v>
+        <v>311703.0</v>
       </c>
       <c r="D357" s="14" t="n">
-        <v>351459.0</v>
+        <v>365158.0</v>
       </c>
       <c r="E357" s="14" t="n">
-        <v>461111.0</v>
+        <v>562583.0</v>
       </c>
       <c r="F357" s="14" t="n">
-        <v>762786.0</v>
+        <v>674383.0</v>
       </c>
       <c r="G357" s="14" t="n">
-        <v>796184.0</v>
+        <v>899824.0</v>
       </c>
       <c r="H357" s="14" t="n">
-        <v>918722.0</v>
+        <v>963650.0</v>
       </c>
       <c r="I357" s="14" t="n">
-        <v>1289325.0</v>
+        <v>1283627.0</v>
       </c>
       <c r="J357" s="14" t="n">
-        <v>1616545.0</v>
+        <v>1667338.0</v>
       </c>
       <c r="K357" s="14" t="n">
-        <v>1102444.0</v>
+        <v>1144319.0</v>
       </c>
       <c r="L357" s="14" t="n">
-        <v>880406.0</v>
+        <v>905402.0</v>
       </c>
       <c r="M357" s="14" t="n">
-        <v>504800.0</v>
+        <v>560120.0</v>
       </c>
       <c r="N357" s="14" t="n">
-        <v>489188.0</v>
+        <v>479673.0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B358" s="14" t="n">
-        <v>6952643.0</v>
+        <v>7044716.0</v>
       </c>
       <c r="C358" s="14" t="n">
-        <v>249530.0</v>
+        <v>242976.0</v>
       </c>
       <c r="D358" s="14" t="n">
-        <v>280657.0</v>
+        <v>290108.0</v>
       </c>
       <c r="E358" s="14" t="n">
-        <v>363922.0</v>
+        <v>441206.0</v>
       </c>
       <c r="F358" s="14" t="n">
-        <v>542473.0</v>
+        <v>437062.0</v>
       </c>
       <c r="G358" s="14" t="n">
-        <v>488933.0</v>
+        <v>530033.0</v>
       </c>
       <c r="H358" s="14" t="n">
-        <v>620178.0</v>
+        <v>639751.0</v>
       </c>
       <c r="I358" s="14" t="n">
-        <v>1011432.0</v>
+        <v>995875.0</v>
       </c>
       <c r="J358" s="14" t="n">
-        <v>1281637.0</v>
+        <v>1305950.0</v>
       </c>
       <c r="K358" s="14" t="n">
-        <v>726744.0</v>
+        <v>742898.0</v>
       </c>
       <c r="L358" s="14" t="n">
-        <v>598817.0</v>
+        <v>592961.0</v>
       </c>
       <c r="M358" s="14" t="n">
-        <v>406607.0</v>
+        <v>441043.0</v>
       </c>
       <c r="N358" s="14" t="n">
-        <v>381713.0</v>
+        <v>384853.0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B359" s="14" t="n">
-        <v>2540891.0</v>
+        <v>2773064.0</v>
       </c>
       <c r="C359" s="14" t="n">
-        <v>71033.0</v>
+        <v>68728.0</v>
       </c>
       <c r="D359" s="14" t="n">
-        <v>70802.0</v>
+        <v>75050.0</v>
       </c>
       <c r="E359" s="14" t="n">
-        <v>97189.0</v>
+        <v>121377.0</v>
       </c>
       <c r="F359" s="14" t="n">
-        <v>220313.0</v>
+        <v>237321.0</v>
       </c>
       <c r="G359" s="14" t="n">
-        <v>307251.0</v>
+        <v>369790.0</v>
       </c>
       <c r="H359" s="14" t="n">
-        <v>298544.0</v>
+        <v>323899.0</v>
       </c>
       <c r="I359" s="14" t="n">
-        <v>277893.0</v>
+        <v>287752.0</v>
       </c>
       <c r="J359" s="14" t="n">
-        <v>334907.0</v>
+        <v>361388.0</v>
       </c>
       <c r="K359" s="14" t="n">
-        <v>375700.0</v>
+        <v>401421.0</v>
       </c>
       <c r="L359" s="14" t="n">
-        <v>281589.0</v>
+        <v>312441.0</v>
       </c>
       <c r="M359" s="14" t="n">
-        <v>98194.0</v>
+        <v>119077.0</v>
       </c>
       <c r="N359" s="14" t="n">
-        <v>107474.0</v>
+        <v>94819.0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B360" s="14" t="n">
-        <v>1409216.0</v>
+        <v>1521933.0</v>
       </c>
       <c r="C360" s="14" t="n">
-        <v>35610.0</v>
+        <v>37031.0</v>
       </c>
       <c r="D360" s="14" t="n">
-        <v>42596.0</v>
+        <v>42867.0</v>
       </c>
       <c r="E360" s="14" t="n">
-        <v>52382.0</v>
+        <v>67685.0</v>
       </c>
       <c r="F360" s="14" t="n">
-        <v>122459.0</v>
+        <v>125740.0</v>
       </c>
       <c r="G360" s="14" t="n">
-        <v>152109.0</v>
+        <v>185041.0</v>
       </c>
       <c r="H360" s="14" t="n">
-        <v>158057.0</v>
+        <v>174416.0</v>
       </c>
       <c r="I360" s="14" t="n">
-        <v>160687.0</v>
+        <v>169429.0</v>
       </c>
       <c r="J360" s="14" t="n">
-        <v>224794.0</v>
+        <v>255986.0</v>
       </c>
       <c r="K360" s="14" t="n">
-        <v>200871.0</v>
+        <v>201645.0</v>
       </c>
       <c r="L360" s="14" t="n">
-        <v>133525.0</v>
+        <v>139335.0</v>
       </c>
       <c r="M360" s="14" t="n">
-        <v>49169.0</v>
+        <v>61404.0</v>
       </c>
       <c r="N360" s="14" t="n">
-        <v>76955.0</v>
+        <v>61355.0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B361" s="14" t="n">
-        <v>220224.0</v>
+        <v>227531.0</v>
       </c>
       <c r="C361" s="14" t="n">
-        <v>2690.0</v>
+        <v>3336.0</v>
       </c>
       <c r="D361" s="14" t="n">
-        <v>3540.0</v>
+        <v>3422.0</v>
       </c>
       <c r="E361" s="14" t="n">
-        <v>10303.0</v>
+        <v>11794.0</v>
       </c>
       <c r="F361" s="14" t="n">
-        <v>19187.0</v>
+        <v>23384.0</v>
       </c>
       <c r="G361" s="14" t="n">
-        <v>39440.0</v>
+        <v>42112.0</v>
       </c>
       <c r="H361" s="14" t="n">
-        <v>30734.0</v>
+        <v>28002.0</v>
       </c>
       <c r="I361" s="14" t="n">
-        <v>20914.0</v>
+        <v>22399.0</v>
       </c>
       <c r="J361" s="14" t="n">
-        <v>22367.0</v>
+        <v>23031.0</v>
       </c>
       <c r="K361" s="14" t="n">
-        <v>35823.0</v>
+        <v>36826.0</v>
       </c>
       <c r="L361" s="14" t="n">
-        <v>26805.0</v>
+        <v>24484.0</v>
       </c>
       <c r="M361" s="14" t="n">
-        <v>6272.0</v>
+        <v>6174.0</v>
       </c>
       <c r="N361" s="14" t="n">
-        <v>2147.0</v>
+        <v>2566.0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B362" s="14" t="n">
-        <v>22254.0</v>
+        <v>24618.0</v>
       </c>
       <c r="C362" s="14" t="n">
-        <v>373.0</v>
+        <v>272.0</v>
       </c>
       <c r="D362" s="14" t="n">
-        <v>467.0</v>
+        <v>205.0</v>
       </c>
       <c r="E362" s="14" t="n">
-        <v>496.0</v>
+        <v>887.0</v>
       </c>
       <c r="F362" s="14" t="n">
-        <v>2585.0</v>
+        <v>2278.0</v>
       </c>
       <c r="G362" s="14" t="n">
-        <v>4229.0</v>
+        <v>5137.0</v>
       </c>
       <c r="H362" s="14" t="n">
-        <v>2471.0</v>
+        <v>2476.0</v>
       </c>
       <c r="I362" s="14" t="n">
-        <v>2444.0</v>
+        <v>2220.0</v>
       </c>
       <c r="J362" s="14" t="n">
-        <v>1975.0</v>
+        <v>3034.0</v>
       </c>
       <c r="K362" s="14" t="n">
-        <v>3993.0</v>
+        <v>3913.0</v>
       </c>
       <c r="L362" s="14" t="n">
-        <v>2625.0</v>
+        <v>2861.0</v>
       </c>
       <c r="M362" s="14" t="n">
-        <v>406.0</v>
+        <v>669.0</v>
       </c>
       <c r="N362" s="14" t="n">
-        <v>189.0</v>
+        <v>664.0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B363" s="14" t="n">
-        <v>34710.0</v>
+        <v>40322.0</v>
       </c>
       <c r="C363" s="14" t="n">
-        <v>549.0</v>
+        <v>531.0</v>
       </c>
       <c r="D363" s="14" t="n">
-        <v>755.0</v>
+        <v>591.0</v>
       </c>
       <c r="E363" s="14" t="n">
-        <v>749.0</v>
+        <v>3859.0</v>
       </c>
       <c r="F363" s="14" t="n">
-        <v>3155.0</v>
+        <v>2367.0</v>
       </c>
       <c r="G363" s="14" t="n">
-        <v>3588.0</v>
+        <v>5111.0</v>
       </c>
       <c r="H363" s="14" t="n">
-        <v>4130.0</v>
+        <v>4495.0</v>
       </c>
       <c r="I363" s="14" t="n">
-        <v>5239.0</v>
+        <v>6260.0</v>
       </c>
       <c r="J363" s="14" t="n">
-        <v>3863.0</v>
+        <v>5249.0</v>
       </c>
       <c r="K363" s="14" t="n">
-        <v>6393.0</v>
+        <v>5633.0</v>
       </c>
       <c r="L363" s="14" t="n">
-        <v>3956.0</v>
+        <v>4085.0</v>
       </c>
       <c r="M363" s="14" t="n">
-        <v>1316.0</v>
+        <v>1451.0</v>
       </c>
       <c r="N363" s="14" t="n">
-        <v>1017.0</v>
+        <v>691.0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B364" s="14" t="n">
-        <v>23037.0</v>
+        <v>24153.0</v>
       </c>
       <c r="C364" s="14" t="n">
-        <v>157.0</v>
+        <v>203.0</v>
       </c>
       <c r="D364" s="14" t="n">
-        <v>516.0</v>
+        <v>512.0</v>
       </c>
       <c r="E364" s="14" t="n">
-        <v>606.0</v>
+        <v>1268.0</v>
       </c>
       <c r="F364" s="14" t="n">
-        <v>2224.0</v>
+        <v>2902.0</v>
       </c>
       <c r="G364" s="14" t="n">
-        <v>2478.0</v>
+        <v>2893.0</v>
       </c>
       <c r="H364" s="14" t="n">
-        <v>2602.0</v>
+        <v>2066.0</v>
       </c>
       <c r="I364" s="14" t="n">
-        <v>3365.0</v>
+        <v>2969.0</v>
       </c>
       <c r="J364" s="14" t="n">
-        <v>2390.0</v>
+        <v>2997.0</v>
       </c>
       <c r="K364" s="14" t="n">
-        <v>5754.0</v>
+        <v>4360.0</v>
       </c>
       <c r="L364" s="14" t="n">
-        <v>2125.0</v>
+        <v>2562.0</v>
       </c>
       <c r="M364" s="14" t="n">
-        <v>612.0</v>
+        <v>1191.0</v>
       </c>
       <c r="N364" s="14" t="n">
-        <v>208.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B365" s="14" t="n">
-        <v>8942.0</v>
+        <v>7578.0</v>
       </c>
       <c r="C365" s="14" t="n">
-        <v>144.0</v>
+        <v>135.0</v>
       </c>
       <c r="D365" s="14" t="n">
-        <v>89.0</v>
+        <v>117.0</v>
       </c>
       <c r="E365" s="14" t="n">
-        <v>565.0</v>
+        <v>390.0</v>
       </c>
       <c r="F365" s="14" t="n">
-        <v>862.0</v>
+        <v>634.0</v>
       </c>
       <c r="G365" s="14" t="n">
-        <v>1004.0</v>
+        <v>1683.0</v>
       </c>
       <c r="H365" s="14" t="n">
-        <v>1056.0</v>
+        <v>792.0</v>
       </c>
       <c r="I365" s="14" t="n">
-        <v>982.0</v>
+        <v>944.0</v>
       </c>
       <c r="J365" s="14" t="n">
-        <v>988.0</v>
+        <v>395.0</v>
       </c>
       <c r="K365" s="14" t="n">
-        <v>1428.0</v>
+        <v>1082.0</v>
       </c>
       <c r="L365" s="14" t="n">
-        <v>1311.0</v>
+        <v>861.0</v>
       </c>
       <c r="M365" s="14" t="n">
-        <v>280.0</v>
+        <v>406.0</v>
       </c>
       <c r="N365" s="14" t="n">
-        <v>234.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B366" s="14" t="n">
-        <v>139065.0</v>
+        <v>138029.0</v>
       </c>
       <c r="C366" s="14" t="n">
-        <v>3382.0</v>
+        <v>3036.0</v>
       </c>
       <c r="D366" s="14" t="n">
-        <v>4562.0</v>
+        <v>3268.0</v>
       </c>
       <c r="E366" s="14" t="n">
-        <v>5013.0</v>
+        <v>6350.0</v>
       </c>
       <c r="F366" s="14" t="n">
-        <v>9551.0</v>
+        <v>10096.0</v>
       </c>
       <c r="G366" s="14" t="n">
-        <v>17729.0</v>
+        <v>17297.0</v>
       </c>
       <c r="H366" s="14" t="n">
-        <v>16373.0</v>
+        <v>16273.0</v>
       </c>
       <c r="I366" s="14" t="n">
-        <v>16459.0</v>
+        <v>15369.0</v>
       </c>
       <c r="J366" s="14" t="n">
-        <v>24264.0</v>
+        <v>25792.0</v>
       </c>
       <c r="K366" s="14" t="n">
-        <v>19387.0</v>
+        <v>19013.0</v>
       </c>
       <c r="L366" s="14" t="n">
-        <v>13533.0</v>
+        <v>13433.0</v>
       </c>
       <c r="M366" s="14" t="n">
-        <v>5306.0</v>
+        <v>5432.0</v>
       </c>
       <c r="N366" s="14" t="n">
-        <v>3506.0</v>
+        <v>2668.0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B367" s="14" t="n">
-        <v>9028.0</v>
+        <v>8617.0</v>
       </c>
       <c r="C367" s="14" t="n">
-        <v>151.0</v>
+        <v>223.0</v>
       </c>
       <c r="D367" s="14" t="n">
-        <v>248.0</v>
+        <v>317.0</v>
       </c>
       <c r="E367" s="14" t="n">
-        <v>492.0</v>
+        <v>177.0</v>
       </c>
       <c r="F367" s="14" t="n">
-        <v>1147.0</v>
+        <v>521.0</v>
       </c>
       <c r="G367" s="14" t="n">
-        <v>689.0</v>
+        <v>1535.0</v>
       </c>
       <c r="H367" s="14" t="n">
-        <v>1289.0</v>
+        <v>682.0</v>
       </c>
       <c r="I367" s="14" t="n">
-        <v>965.0</v>
+        <v>1979.0</v>
       </c>
       <c r="J367" s="14" t="n">
-        <v>1079.0</v>
+        <v>873.0</v>
       </c>
       <c r="K367" s="14" t="n">
-        <v>1218.0</v>
+        <v>901.0</v>
       </c>
       <c r="L367" s="14" t="n">
-        <v>1274.0</v>
+        <v>899.0</v>
       </c>
       <c r="M367" s="14" t="n">
-        <v>170.0</v>
+        <v>336.0</v>
       </c>
       <c r="N367" s="14" t="n">
-        <v>305.0</v>
+        <v>172.0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B368" s="14" t="n">
-        <v>91166.0</v>
+        <v>101778.0</v>
       </c>
       <c r="C368" s="14" t="n">
-        <v>754.0</v>
+        <v>668.0</v>
       </c>
       <c r="D368" s="14" t="n">
-        <v>922.0</v>
+        <v>645.0</v>
       </c>
       <c r="E368" s="14" t="n">
-        <v>1992.0</v>
+        <v>2464.0</v>
       </c>
       <c r="F368" s="14" t="n">
-        <v>11156.0</v>
+        <v>11742.0</v>
       </c>
       <c r="G368" s="14" t="n">
-        <v>14445.0</v>
+        <v>17051.0</v>
       </c>
       <c r="H368" s="14" t="n">
-        <v>11521.0</v>
+        <v>14410.0</v>
       </c>
       <c r="I368" s="14" t="n">
-        <v>10805.0</v>
+        <v>10781.0</v>
       </c>
       <c r="J368" s="14" t="n">
-        <v>9524.0</v>
+        <v>8944.0</v>
       </c>
       <c r="K368" s="14" t="n">
-        <v>18882.0</v>
+        <v>20332.0</v>
       </c>
       <c r="L368" s="14" t="n">
-        <v>9810.0</v>
+        <v>12761.0</v>
       </c>
       <c r="M368" s="14" t="n">
-        <v>940.0</v>
+        <v>1384.0</v>
       </c>
       <c r="N368" s="14" t="n">
-        <v>416.0</v>
+        <v>597.0</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B369" s="14" t="n">
-        <v>190598.0</v>
+        <v>210351.0</v>
       </c>
       <c r="C369" s="14" t="n">
-        <v>4557.0</v>
+        <v>3788.0</v>
       </c>
       <c r="D369" s="14" t="n">
-        <v>5496.0</v>
+        <v>5002.0</v>
       </c>
       <c r="E369" s="14" t="n">
         <v>7115.0</v>
       </c>
       <c r="F369" s="14" t="n">
-        <v>13619.0</v>
+        <v>14045.0</v>
       </c>
       <c r="G369" s="14" t="n">
-        <v>18371.0</v>
+        <v>24904.0</v>
       </c>
       <c r="H369" s="14" t="n">
-        <v>21367.0</v>
+        <v>23714.0</v>
       </c>
       <c r="I369" s="14" t="n">
-        <v>23483.0</v>
+        <v>27173.0</v>
       </c>
       <c r="J369" s="14" t="n">
-        <v>44797.0</v>
+        <v>50329.0</v>
       </c>
       <c r="K369" s="14" t="n">
-        <v>24072.0</v>
+        <v>25225.0</v>
       </c>
       <c r="L369" s="14" t="n">
-        <v>17255.0</v>
+        <v>19103.0</v>
       </c>
       <c r="M369" s="14" t="n">
-        <v>6252.0</v>
+        <v>5862.0</v>
       </c>
       <c r="N369" s="14" t="n">
-        <v>4213.0</v>
+        <v>4093.0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B370" s="14" t="n">
-        <v>4164.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>4444.0</v>
+      </c>
+      <c r="C370" s="14" t="n">
+        <v>72.0</v>
       </c>
       <c r="D370" s="14" t="n">
-        <v>48.0</v>
+        <v>51.0</v>
       </c>
       <c r="E370" s="14" t="n">
-        <v>81.0</v>
+        <v>86.0</v>
       </c>
       <c r="F370" s="14" t="n">
-        <v>433.0</v>
+        <v>561.0</v>
       </c>
       <c r="G370" s="14" t="n">
-        <v>537.0</v>
+        <v>722.0</v>
       </c>
       <c r="H370" s="14" t="n">
-        <v>676.0</v>
+        <v>271.0</v>
       </c>
       <c r="I370" s="14" t="n">
-        <v>604.0</v>
+        <v>758.0</v>
       </c>
       <c r="J370" s="14" t="n">
-        <v>713.0</v>
+        <v>905.0</v>
       </c>
       <c r="K370" s="14" t="n">
-        <v>666.0</v>
+        <v>619.0</v>
       </c>
       <c r="L370" s="14" t="n">
-        <v>322.0</v>
+        <v>332.0</v>
       </c>
       <c r="M370" s="14" t="n">
-        <v>45.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>31.0</v>
+      </c>
+      <c r="N370" s="14" t="n">
+        <v>37.0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B371" s="14" t="n">
-        <v>61930.0</v>
+        <v>71798.0</v>
       </c>
       <c r="C371" s="14" t="n">
-        <v>857.0</v>
+        <v>1020.0</v>
       </c>
       <c r="D371" s="14" t="n">
-        <v>3770.0</v>
+        <v>4928.0</v>
       </c>
       <c r="E371" s="14" t="n">
-        <v>1983.0</v>
+        <v>2503.0</v>
       </c>
       <c r="F371" s="14" t="n">
-        <v>4884.0</v>
+        <v>7009.0</v>
       </c>
       <c r="G371" s="14" t="n">
-        <v>9620.0</v>
+        <v>11250.0</v>
       </c>
       <c r="H371" s="14" t="n">
-        <v>7558.0</v>
+        <v>10304.0</v>
       </c>
       <c r="I371" s="14" t="n">
-        <v>6420.0</v>
+        <v>7336.0</v>
       </c>
       <c r="J371" s="14" t="n">
-        <v>7073.0</v>
+        <v>7288.0</v>
       </c>
       <c r="K371" s="14" t="n">
-        <v>10524.0</v>
+        <v>9806.0</v>
       </c>
       <c r="L371" s="14" t="n">
-        <v>6185.0</v>
+        <v>7237.0</v>
       </c>
       <c r="M371" s="14" t="n">
-        <v>1973.0</v>
+        <v>2141.0</v>
       </c>
       <c r="N371" s="14" t="n">
-        <v>1084.0</v>
+        <v>976.0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B372" s="14" t="n">
-        <v>31873.0</v>
+        <v>48930.0</v>
       </c>
       <c r="C372" s="14" t="n">
-        <v>1298.0</v>
+        <v>1823.0</v>
       </c>
       <c r="D372" s="14" t="n">
-        <v>940.0</v>
+        <v>1685.0</v>
       </c>
       <c r="E372" s="14" t="n">
-        <v>649.0</v>
+        <v>1660.0</v>
       </c>
       <c r="F372" s="14" t="n">
-        <v>2340.0</v>
+        <v>4592.0</v>
       </c>
       <c r="G372" s="14" t="n">
-        <v>4914.0</v>
+        <v>6000.0</v>
       </c>
       <c r="H372" s="14" t="n">
-        <v>4539.0</v>
+        <v>7473.0</v>
       </c>
       <c r="I372" s="14" t="n">
-        <v>3755.0</v>
+        <v>6077.0</v>
       </c>
       <c r="J372" s="14" t="n">
-        <v>3600.0</v>
+        <v>5124.0</v>
       </c>
       <c r="K372" s="14" t="n">
-        <v>4835.0</v>
+        <v>6442.0</v>
       </c>
       <c r="L372" s="14" t="n">
-        <v>3037.0</v>
+        <v>4966.0</v>
       </c>
       <c r="M372" s="14" t="n">
-        <v>1284.0</v>
+        <v>1946.0</v>
       </c>
       <c r="N372" s="14" t="n">
-        <v>682.0</v>
+        <v>1143.0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B373" s="14" t="n">
-        <v>489046.0</v>
+        <v>518201.0</v>
       </c>
       <c r="C373" s="14" t="n">
-        <v>18426.0</v>
+        <v>19021.0</v>
       </c>
       <c r="D373" s="14" t="n">
-        <v>18686.0</v>
+        <v>18162.0</v>
       </c>
       <c r="E373" s="14" t="n">
-        <v>18013.0</v>
+        <v>23421.0</v>
       </c>
       <c r="F373" s="14" t="n">
-        <v>42523.0</v>
+        <v>37350.0</v>
       </c>
       <c r="G373" s="14" t="n">
-        <v>26587.0</v>
+        <v>36751.0</v>
       </c>
       <c r="H373" s="14" t="n">
-        <v>44989.0</v>
+        <v>53211.0</v>
       </c>
       <c r="I373" s="14" t="n">
-        <v>55710.0</v>
+        <v>54511.0</v>
       </c>
       <c r="J373" s="14" t="n">
-        <v>92848.0</v>
+        <v>111532.0</v>
       </c>
       <c r="K373" s="14" t="n">
-        <v>56221.0</v>
+        <v>55124.0</v>
       </c>
       <c r="L373" s="14" t="n">
-        <v>34947.0</v>
+        <v>34091.0</v>
       </c>
       <c r="M373" s="14" t="n">
-        <v>20289.0</v>
+        <v>29960.0</v>
       </c>
       <c r="N373" s="14" t="n">
-        <v>59807.0</v>
+        <v>45066.0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B374" s="14" t="n">
-        <v>12900.0</v>
+        <v>14483.0</v>
       </c>
       <c r="C374" s="14" t="n">
-        <v>178.0</v>
+        <v>190.0</v>
       </c>
       <c r="D374" s="14" t="n">
-        <v>183.0</v>
+        <v>173.0</v>
       </c>
       <c r="E374" s="14" t="n">
-        <v>588.0</v>
+        <v>475.0</v>
       </c>
       <c r="F374" s="14" t="n">
-        <v>1442.0</v>
+        <v>1190.0</v>
       </c>
       <c r="G374" s="14" t="n">
-        <v>1489.0</v>
+        <v>2449.0</v>
       </c>
       <c r="H374" s="14" t="n">
-        <v>1201.0</v>
+        <v>2003.0</v>
       </c>
       <c r="I374" s="14" t="n">
-        <v>1736.0</v>
+        <v>1609.0</v>
       </c>
       <c r="J374" s="14" t="n">
-        <v>1765.0</v>
+        <v>2273.0</v>
       </c>
       <c r="K374" s="14" t="n">
-        <v>2115.0</v>
+        <v>1991.0</v>
       </c>
       <c r="L374" s="14" t="n">
-        <v>1641.0</v>
+        <v>1540.0</v>
       </c>
       <c r="M374" s="14" t="n">
-        <v>432.0</v>
+        <v>427.0</v>
       </c>
       <c r="N374" s="14" t="n">
-        <v>129.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B375" s="14" t="n">
-        <v>15125.0</v>
+        <v>15653.0</v>
       </c>
       <c r="C375" s="14" t="n">
-        <v>269.0</v>
+        <v>308.0</v>
       </c>
       <c r="D375" s="14" t="n">
-        <v>246.0</v>
+        <v>254.0</v>
       </c>
       <c r="E375" s="14" t="n">
-        <v>550.0</v>
+        <v>565.0</v>
       </c>
       <c r="F375" s="14" t="n">
-        <v>879.0</v>
+        <v>1331.0</v>
       </c>
       <c r="G375" s="14" t="n">
-        <v>1792.0</v>
+        <v>1654.0</v>
       </c>
       <c r="H375" s="14" t="n">
-        <v>1955.0</v>
+        <v>2156.0</v>
       </c>
       <c r="I375" s="14" t="n">
-        <v>1470.0</v>
+        <v>1884.0</v>
       </c>
       <c r="J375" s="14" t="n">
-        <v>1274.0</v>
+        <v>1116.0</v>
       </c>
       <c r="K375" s="14" t="n">
-        <v>2706.0</v>
+        <v>3021.0</v>
       </c>
       <c r="L375" s="14" t="n">
-        <v>3059.0</v>
+        <v>2547.0</v>
       </c>
       <c r="M375" s="14" t="n">
-        <v>635.0</v>
+        <v>488.0</v>
       </c>
       <c r="N375" s="14" t="n">
-        <v>288.0</v>
+        <v>329.0</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B376" s="14" t="n">
-        <v>14342.0</v>
+        <v>16894.0</v>
       </c>
       <c r="C376" s="14" t="n">
-        <v>382.0</v>
+        <v>396.0</v>
       </c>
       <c r="D376" s="14" t="n">
-        <v>306.0</v>
+        <v>673.0</v>
       </c>
       <c r="E376" s="14" t="n">
-        <v>725.0</v>
+        <v>1066.0</v>
       </c>
       <c r="F376" s="14" t="n">
-        <v>1341.0</v>
+        <v>1337.0</v>
       </c>
       <c r="G376" s="14" t="n">
-        <v>1896.0</v>
+        <v>2757.0</v>
       </c>
       <c r="H376" s="14" t="n">
-        <v>1170.0</v>
+        <v>1402.0</v>
       </c>
       <c r="I376" s="14" t="n">
-        <v>1423.0</v>
+        <v>1913.0</v>
       </c>
       <c r="J376" s="14" t="n">
-        <v>1210.0</v>
+        <v>1305.0</v>
       </c>
       <c r="K376" s="14" t="n">
-        <v>2535.0</v>
+        <v>3091.0</v>
       </c>
       <c r="L376" s="14" t="n">
-        <v>2597.0</v>
+        <v>2039.0</v>
       </c>
       <c r="M376" s="14" t="n">
-        <v>591.0</v>
+        <v>581.0</v>
       </c>
       <c r="N376" s="14" t="n">
-        <v>165.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B377" s="14" t="n">
-        <v>147970.0</v>
+        <v>155643.0</v>
       </c>
       <c r="C377" s="14" t="n">
-        <v>4228.0</v>
+        <v>2588.0</v>
       </c>
       <c r="D377" s="14" t="n">
-        <v>3145.0</v>
+        <v>3176.0</v>
       </c>
       <c r="E377" s="14" t="n">
-        <v>4862.0</v>
+        <v>6732.0</v>
       </c>
       <c r="F377" s="14" t="n">
-        <v>13562.0</v>
+        <v>13829.0</v>
       </c>
       <c r="G377" s="14" t="n">
-        <v>22708.0</v>
+        <v>25171.0</v>
       </c>
       <c r="H377" s="14" t="n">
-        <v>19696.0</v>
+        <v>19439.0</v>
       </c>
       <c r="I377" s="14" t="n">
-        <v>15338.0</v>
+        <v>16082.0</v>
       </c>
       <c r="J377" s="14" t="n">
-        <v>17913.0</v>
+        <v>15069.0</v>
       </c>
       <c r="K377" s="14" t="n">
-        <v>24215.0</v>
+        <v>28553.0</v>
       </c>
       <c r="L377" s="14" t="n">
-        <v>15858.0</v>
+        <v>16883.0</v>
       </c>
       <c r="M377" s="14" t="n">
-        <v>4139.0</v>
+        <v>4568.0</v>
       </c>
       <c r="N377" s="14" t="n">
-        <v>2306.0</v>
+        <v>3553.0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B378" s="14" t="n">
-        <v>48603.0</v>
+        <v>52121.0</v>
       </c>
       <c r="C378" s="14" t="n">
-        <v>652.0</v>
+        <v>840.0</v>
       </c>
       <c r="D378" s="14" t="n">
-        <v>869.0</v>
+        <v>1266.0</v>
       </c>
       <c r="E378" s="14" t="n">
-        <v>1527.0</v>
+        <v>1515.0</v>
       </c>
       <c r="F378" s="14" t="n">
-        <v>4434.0</v>
+        <v>4360.0</v>
       </c>
       <c r="G378" s="14" t="n">
-        <v>6221.0</v>
+        <v>6723.0</v>
       </c>
       <c r="H378" s="14" t="n">
-        <v>5828.0</v>
+        <v>6431.0</v>
       </c>
       <c r="I378" s="14" t="n">
-        <v>8361.0</v>
+        <v>8454.0</v>
       </c>
       <c r="J378" s="14" t="n">
-        <v>6340.0</v>
+        <v>7206.0</v>
       </c>
       <c r="K378" s="14" t="n">
-        <v>6645.0</v>
+        <v>7548.0</v>
       </c>
       <c r="L378" s="14" t="n">
-        <v>4971.0</v>
+        <v>4642.0</v>
       </c>
       <c r="M378" s="14" t="n">
-        <v>1461.0</v>
+        <v>1594.0</v>
       </c>
       <c r="N378" s="14" t="n">
-        <v>1294.0</v>
+        <v>1543.0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B379" s="14" t="n">
-        <v>57267.0</v>
+        <v>57764.0</v>
       </c>
       <c r="C379" s="14" t="n">
-        <v>3647.0</v>
+        <v>2162.0</v>
       </c>
       <c r="D379" s="14" t="n">
-        <v>3507.0</v>
+        <v>2633.0</v>
       </c>
       <c r="E379" s="14" t="n">
-        <v>2472.0</v>
+        <v>3429.0</v>
       </c>
       <c r="F379" s="14" t="n">
-        <v>4203.0</v>
+        <v>3936.0</v>
       </c>
       <c r="G379" s="14" t="n">
-        <v>6293.0</v>
+        <v>6910.0</v>
       </c>
       <c r="H379" s="14" t="n">
-        <v>10173.0</v>
+        <v>5482.0</v>
       </c>
       <c r="I379" s="14" t="n">
-        <v>5091.0</v>
+        <v>6357.0</v>
       </c>
       <c r="J379" s="14" t="n">
-        <v>6551.0</v>
+        <v>6957.0</v>
       </c>
       <c r="K379" s="14" t="n">
-        <v>5544.0</v>
+        <v>6487.0</v>
       </c>
       <c r="L379" s="14" t="n">
-        <v>4653.0</v>
+        <v>6167.0</v>
       </c>
       <c r="M379" s="14" t="n">
-        <v>3209.0</v>
+        <v>3975.0</v>
       </c>
       <c r="N379" s="14" t="n">
-        <v>1924.0</v>
+        <v>3269.0</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B380" s="14" t="n">
-        <v>15877.0</v>
+        <v>16615.0</v>
       </c>
       <c r="C380" s="14" t="n">
-        <v>188.0</v>
+        <v>346.0</v>
       </c>
       <c r="D380" s="14" t="n">
-        <v>716.0</v>
+        <v>701.0</v>
       </c>
       <c r="E380" s="14" t="n">
-        <v>1205.0</v>
+        <v>1149.0</v>
       </c>
       <c r="F380" s="14" t="n">
-        <v>812.0</v>
+        <v>1060.0</v>
       </c>
       <c r="G380" s="14" t="n">
-        <v>1945.0</v>
+        <v>2591.0</v>
       </c>
       <c r="H380" s="14" t="n">
-        <v>2048.0</v>
+        <v>2221.0</v>
       </c>
       <c r="I380" s="14" t="n">
-        <v>1247.0</v>
+        <v>1196.0</v>
       </c>
       <c r="J380" s="14" t="n">
-        <v>847.0</v>
+        <v>960.0</v>
       </c>
       <c r="K380" s="14" t="n">
-        <v>1972.0</v>
+        <v>1518.0</v>
       </c>
       <c r="L380" s="14" t="n">
-        <v>3247.0</v>
+        <v>3109.0</v>
       </c>
       <c r="M380" s="14" t="n">
-        <v>1110.0</v>
+        <v>1070.0</v>
       </c>
       <c r="N380" s="14" t="n">
-        <v>539.0</v>
+        <v>694.0</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B381" s="14" t="n">
-        <v>23718.0</v>
+        <v>34209.0</v>
       </c>
       <c r="C381" s="14" t="n">
-        <v>614.0</v>
+        <v>1395.0</v>
       </c>
       <c r="D381" s="14" t="n">
-        <v>908.0</v>
+        <v>1360.0</v>
       </c>
       <c r="E381" s="14" t="n">
-        <v>1166.0</v>
+        <v>1604.0</v>
       </c>
       <c r="F381" s="14" t="n">
-        <v>2209.0</v>
+        <v>3370.0</v>
       </c>
       <c r="G381" s="14" t="n">
-        <v>2730.0</v>
+        <v>4215.0</v>
       </c>
       <c r="H381" s="14" t="n">
-        <v>2422.0</v>
+        <v>4885.0</v>
       </c>
       <c r="I381" s="14" t="n">
-        <v>3205.0</v>
+        <v>3336.0</v>
       </c>
       <c r="J381" s="14" t="n">
-        <v>2484.0</v>
+        <v>3056.0</v>
       </c>
       <c r="K381" s="14" t="n">
-        <v>2542.0</v>
+        <v>3633.0</v>
       </c>
       <c r="L381" s="14" t="n">
-        <v>3061.0</v>
+        <v>3994.0</v>
       </c>
       <c r="M381" s="14" t="n">
-        <v>1266.0</v>
+        <v>2025.0</v>
       </c>
       <c r="N381" s="14" t="n">
-        <v>1112.0</v>
+        <v>1336.0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B382" s="14" t="n">
-        <v>292130.0</v>
+        <v>352866.0</v>
       </c>
       <c r="C382" s="14" t="n">
-        <v>3683.0</v>
+        <v>4141.0</v>
       </c>
       <c r="D382" s="14" t="n">
-        <v>3219.0</v>
+        <v>4143.0</v>
       </c>
       <c r="E382" s="14" t="n">
-        <v>9574.0</v>
+        <v>12118.0</v>
       </c>
       <c r="F382" s="14" t="n">
-        <v>22910.0</v>
+        <v>32303.0</v>
       </c>
       <c r="G382" s="14" t="n">
-        <v>41622.0</v>
+        <v>55234.0</v>
       </c>
       <c r="H382" s="14" t="n">
-        <v>43211.0</v>
+        <v>51273.0</v>
       </c>
       <c r="I382" s="14" t="n">
-        <v>30164.0</v>
+        <v>30168.0</v>
       </c>
       <c r="J382" s="14" t="n">
-        <v>22201.0</v>
+        <v>23526.0</v>
       </c>
       <c r="K382" s="14" t="n">
-        <v>53303.0</v>
+        <v>64476.0</v>
       </c>
       <c r="L382" s="14" t="n">
-        <v>48108.0</v>
+        <v>57913.0</v>
       </c>
       <c r="M382" s="14" t="n">
-        <v>9838.0</v>
+        <v>12009.0</v>
       </c>
       <c r="N382" s="14" t="n">
-        <v>4294.0</v>
+        <v>5562.0</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B383" s="14" t="n">
-        <v>359773.0</v>
+        <v>382005.0</v>
       </c>
       <c r="C383" s="14" t="n">
-        <v>17172.0</v>
+        <v>15545.0</v>
       </c>
       <c r="D383" s="14" t="n">
-        <v>10468.0</v>
+        <v>13412.0</v>
       </c>
       <c r="E383" s="14" t="n">
-        <v>17268.0</v>
+        <v>20159.0</v>
       </c>
       <c r="F383" s="14" t="n">
-        <v>31584.0</v>
+        <v>33429.0</v>
       </c>
       <c r="G383" s="14" t="n">
-        <v>45388.0</v>
+        <v>49094.0</v>
       </c>
       <c r="H383" s="14" t="n">
-        <v>33540.0</v>
+        <v>38699.0</v>
       </c>
       <c r="I383" s="14" t="n">
-        <v>38575.0</v>
+        <v>34956.0</v>
       </c>
       <c r="J383" s="14" t="n">
-        <v>37721.0</v>
+        <v>34079.0</v>
       </c>
       <c r="K383" s="14" t="n">
-        <v>50441.0</v>
+        <v>57629.0</v>
       </c>
       <c r="L383" s="14" t="n">
-        <v>43129.0</v>
+        <v>50267.0</v>
       </c>
       <c r="M383" s="14" t="n">
-        <v>20463.0</v>
+        <v>21603.0</v>
       </c>
       <c r="N383" s="14" t="n">
-        <v>14023.0</v>
+        <v>13134.0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B384" s="14" t="n">
-        <v>26854.0</v>
+        <v>25761.0</v>
       </c>
       <c r="C384" s="14" t="n">
-        <v>1163.0</v>
+        <v>780.0</v>
       </c>
       <c r="D384" s="14" t="n">
-        <v>1250.0</v>
+        <v>1149.0</v>
       </c>
       <c r="E384" s="14" t="n">
-        <v>1694.0</v>
+        <v>1239.0</v>
       </c>
       <c r="F384" s="14" t="n">
-        <v>1632.0</v>
+        <v>1502.0</v>
       </c>
       <c r="G384" s="14" t="n">
-        <v>3124.0</v>
+        <v>3370.0</v>
       </c>
       <c r="H384" s="14" t="n">
-        <v>3130.0</v>
+        <v>2781.0</v>
       </c>
       <c r="I384" s="14" t="n">
-        <v>2204.0</v>
+        <v>2796.0</v>
       </c>
       <c r="J384" s="14" t="n">
-        <v>2233.0</v>
+        <v>2141.0</v>
       </c>
       <c r="K384" s="14" t="n">
-        <v>3212.0</v>
+        <v>3490.0</v>
       </c>
       <c r="L384" s="14" t="n">
-        <v>3226.0</v>
+        <v>3235.0</v>
       </c>
       <c r="M384" s="14" t="n">
-        <v>1558.0</v>
+        <v>2022.0</v>
       </c>
       <c r="N384" s="14" t="n">
-        <v>2428.0</v>
+        <v>1257.0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="6" t="inlineStr">
         <is>
-          <t>Madrid, Comunidad de</t>
+          <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B385" s="6"/>
       <c r="C385" s="6"/>
       <c r="D385" s="6"/>
       <c r="E385" s="6"/>
       <c r="F385" s="6"/>
       <c r="G385" s="6"/>
       <c r="H385" s="6"/>
       <c r="I385" s="6"/>
       <c r="J385" s="6"/>
       <c r="K385" s="6"/>
       <c r="L385" s="6"/>
       <c r="M385" s="6"/>
       <c r="N385" s="6"/>
     </row>
     <row r="386">
       <c r="A386" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B386" s="14" t="n">
-        <v>2.526979E7</v>
+        <v>2.6780945E7</v>
       </c>
       <c r="C386" s="14" t="n">
-        <v>1736647.0</v>
+        <v>1814976.0</v>
       </c>
       <c r="D386" s="14" t="n">
-        <v>1705884.0</v>
+        <v>1920576.0</v>
       </c>
       <c r="E386" s="14" t="n">
-        <v>2040209.0</v>
+        <v>2262645.0</v>
       </c>
       <c r="F386" s="14" t="n">
-        <v>2247895.0</v>
+        <v>2301405.0</v>
       </c>
       <c r="G386" s="14" t="n">
-        <v>2224662.0</v>
+        <v>2490212.0</v>
       </c>
       <c r="H386" s="14" t="n">
-        <v>2239681.0</v>
+        <v>2346598.0</v>
       </c>
       <c r="I386" s="14" t="n">
-        <v>2189610.0</v>
+        <v>2314639.0</v>
       </c>
       <c r="J386" s="14" t="n">
-        <v>1990751.0</v>
+        <v>2037081.0</v>
       </c>
       <c r="K386" s="14" t="n">
-        <v>2301663.0</v>
+        <v>2328196.0</v>
       </c>
       <c r="L386" s="14" t="n">
-        <v>2335634.0</v>
+        <v>2522790.0</v>
       </c>
       <c r="M386" s="14" t="n">
-        <v>2130175.0</v>
+        <v>2275915.0</v>
       </c>
       <c r="N386" s="14" t="n">
-        <v>2126979.0</v>
+        <v>2165912.0</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B387" s="14" t="n">
-        <v>1.1706679E7</v>
+        <v>1.1743531E7</v>
       </c>
       <c r="C387" s="14" t="n">
-        <v>920267.0</v>
+        <v>879889.0</v>
       </c>
       <c r="D387" s="14" t="n">
-        <v>903932.0</v>
+        <v>941378.0</v>
       </c>
       <c r="E387" s="14" t="n">
-        <v>975377.0</v>
+        <v>1042343.0</v>
       </c>
       <c r="F387" s="14" t="n">
-        <v>1028904.0</v>
+        <v>903137.0</v>
       </c>
       <c r="G387" s="14" t="n">
-        <v>951054.0</v>
+        <v>1011509.0</v>
       </c>
       <c r="H387" s="14" t="n">
-        <v>1010384.0</v>
+        <v>1017104.0</v>
       </c>
       <c r="I387" s="14" t="n">
-        <v>936220.0</v>
+        <v>999921.0</v>
       </c>
       <c r="J387" s="14" t="n">
-        <v>845787.0</v>
+        <v>830595.0</v>
       </c>
       <c r="K387" s="14" t="n">
-        <v>989249.0</v>
+        <v>926240.0</v>
       </c>
       <c r="L387" s="14" t="n">
-        <v>961581.0</v>
+        <v>1002672.0</v>
       </c>
       <c r="M387" s="14" t="n">
-        <v>1028629.0</v>
+        <v>1066842.0</v>
       </c>
       <c r="N387" s="14" t="n">
-        <v>1155296.0</v>
+        <v>1121901.0</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B388" s="14" t="n">
-        <v>1.356311E7</v>
+        <v>1.5037414E7</v>
       </c>
       <c r="C388" s="14" t="n">
-        <v>816381.0</v>
+        <v>935087.0</v>
       </c>
       <c r="D388" s="14" t="n">
-        <v>801952.0</v>
+        <v>979198.0</v>
       </c>
       <c r="E388" s="14" t="n">
-        <v>1064832.0</v>
+        <v>1220302.0</v>
       </c>
       <c r="F388" s="14" t="n">
-        <v>1218991.0</v>
+        <v>1398268.0</v>
       </c>
       <c r="G388" s="14" t="n">
-        <v>1273608.0</v>
+        <v>1478703.0</v>
       </c>
       <c r="H388" s="14" t="n">
-        <v>1229297.0</v>
+        <v>1329495.0</v>
       </c>
       <c r="I388" s="14" t="n">
-        <v>1253390.0</v>
+        <v>1314718.0</v>
       </c>
       <c r="J388" s="14" t="n">
-        <v>1144964.0</v>
+        <v>1206486.0</v>
       </c>
       <c r="K388" s="14" t="n">
-        <v>1312414.0</v>
+        <v>1401956.0</v>
       </c>
       <c r="L388" s="14" t="n">
-        <v>1374053.0</v>
+        <v>1520119.0</v>
       </c>
       <c r="M388" s="14" t="n">
-        <v>1101546.0</v>
+        <v>1209073.0</v>
       </c>
       <c r="N388" s="14" t="n">
-        <v>971683.0</v>
+        <v>1044011.0</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B389" s="14" t="n">
-        <v>4464774.0</v>
+        <v>4781814.0</v>
       </c>
       <c r="C389" s="14" t="n">
-        <v>283661.0</v>
+        <v>295644.0</v>
       </c>
       <c r="D389" s="14" t="n">
-        <v>318071.0</v>
+        <v>359862.0</v>
       </c>
       <c r="E389" s="14" t="n">
-        <v>370175.0</v>
+        <v>427230.0</v>
       </c>
       <c r="F389" s="14" t="n">
-        <v>453006.0</v>
+        <v>495367.0</v>
       </c>
       <c r="G389" s="14" t="n">
-        <v>407877.0</v>
+        <v>454113.0</v>
       </c>
       <c r="H389" s="14" t="n">
-        <v>348574.0</v>
+        <v>371268.0</v>
       </c>
       <c r="I389" s="14" t="n">
-        <v>362575.0</v>
+        <v>360025.0</v>
       </c>
       <c r="J389" s="14" t="n">
-        <v>389307.0</v>
+        <v>402935.0</v>
       </c>
       <c r="K389" s="14" t="n">
-        <v>395046.0</v>
+        <v>400554.0</v>
       </c>
       <c r="L389" s="14" t="n">
-        <v>438419.0</v>
+        <v>491739.0</v>
       </c>
       <c r="M389" s="14" t="n">
-        <v>376019.0</v>
+        <v>390309.0</v>
       </c>
       <c r="N389" s="14" t="n">
-        <v>322045.0</v>
+        <v>332766.0</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B390" s="14" t="n">
-        <v>539286.0</v>
+        <v>580647.0</v>
       </c>
       <c r="C390" s="14" t="n">
-        <v>29949.0</v>
+        <v>30446.0</v>
       </c>
       <c r="D390" s="14" t="n">
-        <v>33246.0</v>
+        <v>42885.0</v>
       </c>
       <c r="E390" s="14" t="n">
-        <v>47734.0</v>
+        <v>62097.0</v>
       </c>
       <c r="F390" s="14" t="n">
-        <v>62321.0</v>
+        <v>62335.0</v>
       </c>
       <c r="G390" s="14" t="n">
-        <v>54691.0</v>
+        <v>64111.0</v>
       </c>
       <c r="H390" s="14" t="n">
-        <v>45173.0</v>
+        <v>47651.0</v>
       </c>
       <c r="I390" s="14" t="n">
-        <v>42413.0</v>
+        <v>43136.0</v>
       </c>
       <c r="J390" s="14" t="n">
-        <v>34580.0</v>
+        <v>32989.0</v>
       </c>
       <c r="K390" s="14" t="n">
-        <v>56844.0</v>
+        <v>51535.0</v>
       </c>
       <c r="L390" s="14" t="n">
-        <v>55542.0</v>
+        <v>65817.0</v>
       </c>
       <c r="M390" s="14" t="n">
-        <v>45100.0</v>
+        <v>44342.0</v>
       </c>
       <c r="N390" s="14" t="n">
-        <v>31693.0</v>
+        <v>33301.0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B391" s="14" t="n">
-        <v>80209.0</v>
+        <v>94707.0</v>
       </c>
       <c r="C391" s="14" t="n">
-        <v>3323.0</v>
+        <v>4878.0</v>
       </c>
       <c r="D391" s="14" t="n">
-        <v>5632.0</v>
+        <v>7525.0</v>
       </c>
       <c r="E391" s="14" t="n">
-        <v>6835.0</v>
+        <v>16161.0</v>
       </c>
       <c r="F391" s="14" t="n">
-        <v>12327.0</v>
+        <v>9296.0</v>
       </c>
       <c r="G391" s="14" t="n">
-        <v>7854.0</v>
+        <v>9507.0</v>
       </c>
       <c r="H391" s="14" t="n">
-        <v>7585.0</v>
+        <v>7783.0</v>
       </c>
       <c r="I391" s="14" t="n">
-        <v>6451.0</v>
+        <v>5596.0</v>
       </c>
       <c r="J391" s="14" t="n">
-        <v>4781.0</v>
+        <v>4971.0</v>
       </c>
       <c r="K391" s="14" t="n">
-        <v>5606.0</v>
+        <v>7079.0</v>
       </c>
       <c r="L391" s="14" t="n">
-        <v>9258.0</v>
+        <v>9901.0</v>
       </c>
       <c r="M391" s="14" t="n">
-        <v>6316.0</v>
+        <v>7134.0</v>
       </c>
       <c r="N391" s="14" t="n">
-        <v>4241.0</v>
+        <v>4876.0</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B392" s="14" t="n">
-        <v>186019.0</v>
+        <v>182057.0</v>
       </c>
       <c r="C392" s="14" t="n">
-        <v>9362.0</v>
+        <v>9513.0</v>
       </c>
       <c r="D392" s="14" t="n">
-        <v>12580.0</v>
+        <v>12663.0</v>
       </c>
       <c r="E392" s="14" t="n">
-        <v>14421.0</v>
+        <v>14401.0</v>
       </c>
       <c r="F392" s="14" t="n">
-        <v>20418.0</v>
+        <v>19422.0</v>
       </c>
       <c r="G392" s="14" t="n">
-        <v>18624.0</v>
+        <v>17429.0</v>
       </c>
       <c r="H392" s="14" t="n">
-        <v>13835.0</v>
+        <v>14005.0</v>
       </c>
       <c r="I392" s="14" t="n">
-        <v>18346.0</v>
+        <v>19805.0</v>
       </c>
       <c r="J392" s="14" t="n">
-        <v>16698.0</v>
+        <v>16205.0</v>
       </c>
       <c r="K392" s="14" t="n">
-        <v>18642.0</v>
+        <v>15916.0</v>
       </c>
       <c r="L392" s="14" t="n">
-        <v>18045.0</v>
+        <v>17367.0</v>
       </c>
       <c r="M392" s="14" t="n">
-        <v>15864.0</v>
+        <v>14820.0</v>
       </c>
       <c r="N392" s="14" t="n">
-        <v>9183.0</v>
+        <v>10512.0</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B393" s="14" t="n">
-        <v>76149.0</v>
+        <v>73969.0</v>
       </c>
       <c r="C393" s="14" t="n">
-        <v>3707.0</v>
+        <v>3812.0</v>
       </c>
       <c r="D393" s="14" t="n">
-        <v>4890.0</v>
+        <v>4589.0</v>
       </c>
       <c r="E393" s="14" t="n">
-        <v>6830.0</v>
+        <v>8070.0</v>
       </c>
       <c r="F393" s="14" t="n">
-        <v>8140.0</v>
+        <v>7747.0</v>
       </c>
       <c r="G393" s="14" t="n">
-        <v>6487.0</v>
+        <v>7104.0</v>
       </c>
       <c r="H393" s="14" t="n">
-        <v>4951.0</v>
+        <v>5664.0</v>
       </c>
       <c r="I393" s="14" t="n">
-        <v>7264.0</v>
+        <v>6144.0</v>
       </c>
       <c r="J393" s="14" t="n">
-        <v>4522.0</v>
+        <v>5058.0</v>
       </c>
       <c r="K393" s="14" t="n">
-        <v>9455.0</v>
+        <v>8409.0</v>
       </c>
       <c r="L393" s="14" t="n">
-        <v>8973.0</v>
+        <v>8021.0</v>
       </c>
       <c r="M393" s="14" t="n">
-        <v>7168.0</v>
+        <v>5563.0</v>
       </c>
       <c r="N393" s="14" t="n">
-        <v>3763.0</v>
+        <v>3788.0</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B394" s="14" t="n">
-        <v>48729.0</v>
+        <v>55656.0</v>
       </c>
       <c r="C394" s="14" t="n">
-        <v>1879.0</v>
+        <v>3104.0</v>
       </c>
       <c r="D394" s="14" t="n">
-        <v>4403.0</v>
+        <v>3436.0</v>
       </c>
       <c r="E394" s="14" t="n">
-        <v>4134.0</v>
+        <v>4656.0</v>
       </c>
       <c r="F394" s="14" t="n">
-        <v>5586.0</v>
+        <v>6149.0</v>
       </c>
       <c r="G394" s="14" t="n">
-        <v>4621.0</v>
+        <v>6563.0</v>
       </c>
       <c r="H394" s="14" t="n">
-        <v>4877.0</v>
+        <v>4499.0</v>
       </c>
       <c r="I394" s="14" t="n">
-        <v>2828.0</v>
+        <v>2734.0</v>
       </c>
       <c r="J394" s="14" t="n">
-        <v>2124.0</v>
+        <v>1891.0</v>
       </c>
       <c r="K394" s="14" t="n">
-        <v>4235.0</v>
+        <v>5395.0</v>
       </c>
       <c r="L394" s="14" t="n">
-        <v>6497.0</v>
+        <v>8272.0</v>
       </c>
       <c r="M394" s="14" t="n">
-        <v>5393.0</v>
+        <v>4673.0</v>
       </c>
       <c r="N394" s="14" t="n">
-        <v>2152.0</v>
+        <v>4284.0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B395" s="14" t="n">
-        <v>852193.0</v>
+        <v>917447.0</v>
       </c>
       <c r="C395" s="14" t="n">
-        <v>51939.0</v>
+        <v>53707.0</v>
       </c>
       <c r="D395" s="14" t="n">
-        <v>58101.0</v>
+        <v>66936.0</v>
       </c>
       <c r="E395" s="14" t="n">
-        <v>64194.0</v>
+        <v>65887.0</v>
       </c>
       <c r="F395" s="14" t="n">
-        <v>79987.0</v>
+        <v>90409.0</v>
       </c>
       <c r="G395" s="14" t="n">
-        <v>92653.0</v>
+        <v>93269.0</v>
       </c>
       <c r="H395" s="14" t="n">
-        <v>67052.0</v>
+        <v>72580.0</v>
       </c>
       <c r="I395" s="14" t="n">
-        <v>72431.0</v>
+        <v>70924.0</v>
       </c>
       <c r="J395" s="14" t="n">
-        <v>88864.0</v>
+        <v>96660.0</v>
       </c>
       <c r="K395" s="14" t="n">
-        <v>70556.0</v>
+        <v>73996.0</v>
       </c>
       <c r="L395" s="14" t="n">
-        <v>85612.0</v>
+        <v>98448.0</v>
       </c>
       <c r="M395" s="14" t="n">
-        <v>64255.0</v>
+        <v>71116.0</v>
       </c>
       <c r="N395" s="14" t="n">
-        <v>56548.0</v>
+        <v>63516.0</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B396" s="14" t="n">
-        <v>86018.0</v>
+        <v>95486.0</v>
       </c>
       <c r="C396" s="14" t="n">
-        <v>7303.0</v>
+        <v>6949.0</v>
       </c>
       <c r="D396" s="14" t="n">
-        <v>6144.0</v>
+        <v>10874.0</v>
       </c>
       <c r="E396" s="14" t="n">
-        <v>6593.0</v>
+        <v>7037.0</v>
       </c>
       <c r="F396" s="14" t="n">
-        <v>8171.0</v>
+        <v>10882.0</v>
       </c>
       <c r="G396" s="14" t="n">
-        <v>4529.0</v>
+        <v>6221.0</v>
       </c>
       <c r="H396" s="14" t="n">
-        <v>5699.0</v>
+        <v>7481.0</v>
       </c>
       <c r="I396" s="14" t="n">
-        <v>7226.0</v>
+        <v>5451.0</v>
       </c>
       <c r="J396" s="14" t="n">
-        <v>6308.0</v>
+        <v>6382.0</v>
       </c>
       <c r="K396" s="14" t="n">
-        <v>5321.0</v>
+        <v>6272.0</v>
       </c>
       <c r="L396" s="14" t="n">
-        <v>9334.0</v>
+        <v>9324.0</v>
       </c>
       <c r="M396" s="14" t="n">
-        <v>8089.0</v>
+        <v>8493.0</v>
       </c>
       <c r="N396" s="14" t="n">
-        <v>11302.0</v>
+        <v>10122.0</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B397" s="14" t="n">
-        <v>130969.0</v>
+        <v>144358.0</v>
       </c>
       <c r="C397" s="14" t="n">
-        <v>8693.0</v>
+        <v>8187.0</v>
       </c>
       <c r="D397" s="14" t="n">
-        <v>9994.0</v>
+        <v>11367.0</v>
       </c>
       <c r="E397" s="14" t="n">
-        <v>12783.0</v>
+        <v>12431.0</v>
       </c>
       <c r="F397" s="14" t="n">
-        <v>12056.0</v>
+        <v>16006.0</v>
       </c>
       <c r="G397" s="14" t="n">
-        <v>12034.0</v>
+        <v>14217.0</v>
       </c>
       <c r="H397" s="14" t="n">
-        <v>9869.0</v>
+        <v>12800.0</v>
       </c>
       <c r="I397" s="14" t="n">
-        <v>13271.0</v>
+        <v>11544.0</v>
       </c>
       <c r="J397" s="14" t="n">
-        <v>10441.0</v>
+        <v>9462.0</v>
       </c>
       <c r="K397" s="14" t="n">
-        <v>11995.0</v>
+        <v>14500.0</v>
       </c>
       <c r="L397" s="14" t="n">
-        <v>12640.0</v>
+        <v>15560.0</v>
       </c>
       <c r="M397" s="14" t="n">
-        <v>10460.0</v>
+        <v>11460.0</v>
       </c>
       <c r="N397" s="14" t="n">
-        <v>6734.0</v>
+        <v>6821.0</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B398" s="14" t="n">
-        <v>980185.0</v>
+        <v>1042461.0</v>
       </c>
       <c r="C398" s="14" t="n">
-        <v>75105.0</v>
+        <v>78016.0</v>
       </c>
       <c r="D398" s="14" t="n">
-        <v>73542.0</v>
+        <v>80827.0</v>
       </c>
       <c r="E398" s="14" t="n">
-        <v>85018.0</v>
+        <v>97413.0</v>
       </c>
       <c r="F398" s="14" t="n">
-        <v>93013.0</v>
+        <v>112305.0</v>
       </c>
       <c r="G398" s="14" t="n">
-        <v>82871.0</v>
+        <v>92667.0</v>
       </c>
       <c r="H398" s="14" t="n">
-        <v>71826.0</v>
+        <v>74812.0</v>
       </c>
       <c r="I398" s="14" t="n">
-        <v>69393.0</v>
+        <v>68383.0</v>
       </c>
       <c r="J398" s="14" t="n">
-        <v>95724.0</v>
+        <v>95011.0</v>
       </c>
       <c r="K398" s="14" t="n">
-        <v>79751.0</v>
+        <v>80382.0</v>
       </c>
       <c r="L398" s="14" t="n">
-        <v>85888.0</v>
+        <v>92614.0</v>
       </c>
       <c r="M398" s="14" t="n">
-        <v>79822.0</v>
+        <v>88200.0</v>
       </c>
       <c r="N398" s="14" t="n">
-        <v>88233.0</v>
+        <v>81832.0</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B399" s="14" t="n">
-        <v>13935.0</v>
+        <v>16711.0</v>
       </c>
       <c r="C399" s="14" t="n">
-        <v>515.0</v>
+        <v>1506.0</v>
       </c>
       <c r="D399" s="14" t="n">
-        <v>801.0</v>
+        <v>934.0</v>
       </c>
       <c r="E399" s="14" t="n">
-        <v>1148.0</v>
+        <v>1326.0</v>
       </c>
       <c r="F399" s="14" t="n">
-        <v>2019.0</v>
+        <v>2317.0</v>
       </c>
       <c r="G399" s="14" t="n">
-        <v>1254.0</v>
+        <v>1609.0</v>
       </c>
       <c r="H399" s="14" t="n">
-        <v>1879.0</v>
+        <v>1371.0</v>
       </c>
       <c r="I399" s="14" t="n">
-        <v>945.0</v>
+        <v>1104.0</v>
       </c>
       <c r="J399" s="14" t="n">
-        <v>634.0</v>
+        <v>934.0</v>
       </c>
       <c r="K399" s="14" t="n">
-        <v>1167.0</v>
+        <v>1586.0</v>
       </c>
       <c r="L399" s="14" t="n">
-        <v>1238.0</v>
+        <v>1218.0</v>
       </c>
       <c r="M399" s="14" t="n">
-        <v>1365.0</v>
+        <v>1626.0</v>
       </c>
       <c r="N399" s="14" t="n">
-        <v>969.0</v>
+        <v>1180.0</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B400" s="14" t="n">
-        <v>261190.0</v>
+        <v>264475.0</v>
       </c>
       <c r="C400" s="14" t="n">
-        <v>13838.0</v>
+        <v>13763.0</v>
       </c>
       <c r="D400" s="14" t="n">
-        <v>14373.0</v>
+        <v>16771.0</v>
       </c>
       <c r="E400" s="14" t="n">
-        <v>20807.0</v>
+        <v>19862.0</v>
       </c>
       <c r="F400" s="14" t="n">
-        <v>25306.0</v>
+        <v>25543.0</v>
       </c>
       <c r="G400" s="14" t="n">
-        <v>24580.0</v>
+        <v>26920.0</v>
       </c>
       <c r="H400" s="14" t="n">
-        <v>20539.0</v>
+        <v>22344.0</v>
       </c>
       <c r="I400" s="14" t="n">
-        <v>23776.0</v>
+        <v>23434.0</v>
       </c>
       <c r="J400" s="14" t="n">
-        <v>24380.0</v>
+        <v>22958.0</v>
       </c>
       <c r="K400" s="14" t="n">
-        <v>25181.0</v>
+        <v>23405.0</v>
       </c>
       <c r="L400" s="14" t="n">
-        <v>31804.0</v>
+        <v>31387.0</v>
       </c>
       <c r="M400" s="14" t="n">
-        <v>20755.0</v>
+        <v>20782.0</v>
       </c>
       <c r="N400" s="14" t="n">
-        <v>15852.0</v>
+        <v>17305.0</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B401" s="14" t="n">
-        <v>144422.0</v>
+        <v>162880.0</v>
       </c>
       <c r="C401" s="14" t="n">
-        <v>8558.0</v>
+        <v>10526.0</v>
       </c>
       <c r="D401" s="14" t="n">
-        <v>10698.0</v>
+        <v>11930.0</v>
       </c>
       <c r="E401" s="14" t="n">
-        <v>11808.0</v>
+        <v>14533.0</v>
       </c>
       <c r="F401" s="14" t="n">
-        <v>15224.0</v>
+        <v>16830.0</v>
       </c>
       <c r="G401" s="14" t="n">
-        <v>13851.0</v>
+        <v>16931.0</v>
       </c>
       <c r="H401" s="14" t="n">
-        <v>11888.0</v>
+        <v>13959.0</v>
       </c>
       <c r="I401" s="14" t="n">
-        <v>10243.0</v>
+        <v>9699.0</v>
       </c>
       <c r="J401" s="14" t="n">
-        <v>11061.0</v>
+        <v>9704.0</v>
       </c>
       <c r="K401" s="14" t="n">
-        <v>12339.0</v>
+        <v>15092.0</v>
       </c>
       <c r="L401" s="14" t="n">
-        <v>15719.0</v>
+        <v>21044.0</v>
       </c>
       <c r="M401" s="14" t="n">
-        <v>15096.0</v>
+        <v>14455.0</v>
       </c>
       <c r="N401" s="14" t="n">
-        <v>7938.0</v>
+        <v>8176.0</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B402" s="14" t="n">
-        <v>542406.0</v>
+        <v>589642.0</v>
       </c>
       <c r="C402" s="14" t="n">
-        <v>36560.0</v>
+        <v>38004.0</v>
       </c>
       <c r="D402" s="14" t="n">
-        <v>43625.0</v>
+        <v>46487.0</v>
       </c>
       <c r="E402" s="14" t="n">
-        <v>39981.0</v>
+        <v>48808.0</v>
       </c>
       <c r="F402" s="14" t="n">
-        <v>54977.0</v>
+        <v>54434.0</v>
       </c>
       <c r="G402" s="14" t="n">
-        <v>38096.0</v>
+        <v>42633.0</v>
       </c>
       <c r="H402" s="14" t="n">
-        <v>39459.0</v>
+        <v>42742.0</v>
       </c>
       <c r="I402" s="14" t="n">
-        <v>46388.0</v>
+        <v>50151.0</v>
       </c>
       <c r="J402" s="14" t="n">
-        <v>60103.0</v>
+        <v>67761.0</v>
       </c>
       <c r="K402" s="14" t="n">
-        <v>48012.0</v>
+        <v>48978.0</v>
       </c>
       <c r="L402" s="14" t="n">
-        <v>43694.0</v>
+        <v>50913.0</v>
       </c>
       <c r="M402" s="14" t="n">
-        <v>42130.0</v>
+        <v>50077.0</v>
       </c>
       <c r="N402" s="14" t="n">
-        <v>49382.0</v>
+        <v>48653.0</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B403" s="14" t="n">
-        <v>46974.0</v>
+        <v>53722.0</v>
       </c>
       <c r="C403" s="14" t="n">
-        <v>2135.0</v>
+        <v>2899.0</v>
       </c>
       <c r="D403" s="14" t="n">
-        <v>3157.0</v>
+        <v>4209.0</v>
       </c>
       <c r="E403" s="14" t="n">
-        <v>4363.0</v>
+        <v>5273.0</v>
       </c>
       <c r="F403" s="14" t="n">
-        <v>5317.0</v>
+        <v>6408.0</v>
       </c>
       <c r="G403" s="14" t="n">
-        <v>5508.0</v>
+        <v>5823.0</v>
       </c>
       <c r="H403" s="14" t="n">
-        <v>3280.0</v>
+        <v>4903.0</v>
       </c>
       <c r="I403" s="14" t="n">
-        <v>4373.0</v>
+        <v>3720.0</v>
       </c>
       <c r="J403" s="14" t="n">
-        <v>2043.0</v>
+        <v>3229.0</v>
       </c>
       <c r="K403" s="14" t="n">
-        <v>4361.0</v>
+        <v>4725.0</v>
       </c>
       <c r="L403" s="14" t="n">
-        <v>6356.0</v>
+        <v>5107.0</v>
       </c>
       <c r="M403" s="14" t="n">
-        <v>4127.0</v>
+        <v>4440.0</v>
       </c>
       <c r="N403" s="14" t="n">
-        <v>1954.0</v>
+        <v>2985.0</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B404" s="14" t="n">
-        <v>86434.0</v>
+        <v>99443.0</v>
       </c>
       <c r="C404" s="14" t="n">
-        <v>4652.0</v>
+        <v>5501.0</v>
       </c>
       <c r="D404" s="14" t="n">
-        <v>5177.0</v>
+        <v>7159.0</v>
       </c>
       <c r="E404" s="14" t="n">
-        <v>7467.0</v>
+        <v>10038.0</v>
       </c>
       <c r="F404" s="14" t="n">
-        <v>8054.0</v>
+        <v>14422.0</v>
       </c>
       <c r="G404" s="14" t="n">
-        <v>9063.0</v>
+        <v>9240.0</v>
       </c>
       <c r="H404" s="14" t="n">
-        <v>6787.0</v>
+        <v>8223.0</v>
       </c>
       <c r="I404" s="14" t="n">
-        <v>6650.0</v>
+        <v>6418.0</v>
       </c>
       <c r="J404" s="14" t="n">
-        <v>4661.0</v>
+        <v>4159.0</v>
       </c>
       <c r="K404" s="14" t="n">
-        <v>8809.0</v>
+        <v>9023.0</v>
       </c>
       <c r="L404" s="14" t="n">
-        <v>10336.0</v>
+        <v>11430.0</v>
       </c>
       <c r="M404" s="14" t="n">
-        <v>10287.0</v>
+        <v>8257.0</v>
       </c>
       <c r="N404" s="14" t="n">
-        <v>4493.0</v>
+        <v>5574.0</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B405" s="14" t="n">
-        <v>51979.0</v>
+        <v>54681.0</v>
       </c>
       <c r="C405" s="14" t="n">
-        <v>1801.0</v>
+        <v>1896.0</v>
       </c>
       <c r="D405" s="14" t="n">
-        <v>3137.0</v>
+        <v>3812.0</v>
       </c>
       <c r="E405" s="14" t="n">
-        <v>4116.0</v>
+        <v>4377.0</v>
       </c>
       <c r="F405" s="14" t="n">
-        <v>6912.0</v>
+        <v>6104.0</v>
       </c>
       <c r="G405" s="14" t="n">
-        <v>4970.0</v>
+        <v>5769.0</v>
       </c>
       <c r="H405" s="14" t="n">
-        <v>2990.0</v>
+        <v>5049.0</v>
       </c>
       <c r="I405" s="14" t="n">
-        <v>5162.0</v>
+        <v>4533.0</v>
       </c>
       <c r="J405" s="14" t="n">
-        <v>3181.0</v>
+        <v>3589.0</v>
       </c>
       <c r="K405" s="14" t="n">
-        <v>6155.0</v>
+        <v>5995.0</v>
       </c>
       <c r="L405" s="14" t="n">
-        <v>6281.0</v>
+        <v>6101.0</v>
       </c>
       <c r="M405" s="14" t="n">
-        <v>4921.0</v>
+        <v>4559.0</v>
       </c>
       <c r="N405" s="14" t="n">
-        <v>2353.0</v>
+        <v>2896.0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B406" s="14" t="n">
-        <v>725480.0</v>
+        <v>780649.0</v>
       </c>
       <c r="C406" s="14" t="n">
-        <v>34615.0</v>
+        <v>42022.0</v>
       </c>
       <c r="D406" s="14" t="n">
-        <v>47396.0</v>
+        <v>54699.0</v>
       </c>
       <c r="E406" s="14" t="n">
-        <v>67578.0</v>
+        <v>66781.0</v>
       </c>
       <c r="F406" s="14" t="n">
-        <v>67418.0</v>
+        <v>73547.0</v>
       </c>
       <c r="G406" s="14" t="n">
-        <v>68170.0</v>
+        <v>83646.0</v>
       </c>
       <c r="H406" s="14" t="n">
-        <v>64950.0</v>
+        <v>71829.0</v>
       </c>
       <c r="I406" s="14" t="n">
-        <v>66284.0</v>
+        <v>69902.0</v>
       </c>
       <c r="J406" s="14" t="n">
-        <v>57871.0</v>
+        <v>57650.0</v>
       </c>
       <c r="K406" s="14" t="n">
-        <v>74823.0</v>
+        <v>81124.0</v>
       </c>
       <c r="L406" s="14" t="n">
-        <v>77017.0</v>
+        <v>77833.0</v>
       </c>
       <c r="M406" s="14" t="n">
-        <v>62026.0</v>
+        <v>59921.0</v>
       </c>
       <c r="N406" s="14" t="n">
-        <v>37334.0</v>
+        <v>41698.0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B407" s="14" t="n">
-        <v>166007.0</v>
+        <v>188136.0</v>
       </c>
       <c r="C407" s="14" t="n">
-        <v>9004.0</v>
+        <v>9558.0</v>
       </c>
       <c r="D407" s="14" t="n">
-        <v>10387.0</v>
+        <v>13358.0</v>
       </c>
       <c r="E407" s="14" t="n">
-        <v>16179.0</v>
+        <v>19556.0</v>
       </c>
       <c r="F407" s="14" t="n">
-        <v>21459.0</v>
+        <v>21742.0</v>
       </c>
       <c r="G407" s="14" t="n">
-        <v>17232.0</v>
+        <v>19608.0</v>
       </c>
       <c r="H407" s="14" t="n">
-        <v>12085.0</v>
+        <v>15728.0</v>
       </c>
       <c r="I407" s="14" t="n">
-        <v>13665.0</v>
+        <v>14270.0</v>
       </c>
       <c r="J407" s="14" t="n">
-        <v>9147.0</v>
+        <v>9193.0</v>
       </c>
       <c r="K407" s="14" t="n">
-        <v>14706.0</v>
+        <v>16754.0</v>
       </c>
       <c r="L407" s="14" t="n">
-        <v>17430.0</v>
+        <v>21234.0</v>
       </c>
       <c r="M407" s="14" t="n">
-        <v>13641.0</v>
+        <v>14655.0</v>
       </c>
       <c r="N407" s="14" t="n">
-        <v>11072.0</v>
+        <v>12480.0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B408" s="14" t="n">
-        <v>459453.0</v>
+        <v>556202.0</v>
       </c>
       <c r="C408" s="14" t="n">
-        <v>35775.0</v>
+        <v>38653.0</v>
       </c>
       <c r="D408" s="14" t="n">
-        <v>30125.0</v>
+        <v>40814.0</v>
       </c>
       <c r="E408" s="14" t="n">
-        <v>42787.0</v>
+        <v>48992.0</v>
       </c>
       <c r="F408" s="14" t="n">
-        <v>43243.0</v>
+        <v>55182.0</v>
       </c>
       <c r="G408" s="14" t="n">
-        <v>32318.0</v>
+        <v>49334.0</v>
       </c>
       <c r="H408" s="14" t="n">
-        <v>41077.0</v>
+        <v>50498.0</v>
       </c>
       <c r="I408" s="14" t="n">
-        <v>40505.0</v>
+        <v>43147.0</v>
       </c>
       <c r="J408" s="14" t="n">
-        <v>34377.0</v>
+        <v>43082.0</v>
       </c>
       <c r="K408" s="14" t="n">
-        <v>41900.0</v>
+        <v>44662.0</v>
       </c>
       <c r="L408" s="14" t="n">
-        <v>39761.0</v>
+        <v>49607.0</v>
       </c>
       <c r="M408" s="14" t="n">
-        <v>37675.0</v>
+        <v>50674.0</v>
       </c>
       <c r="N408" s="14" t="n">
-        <v>39911.0</v>
+        <v>41555.0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B409" s="14" t="n">
-        <v>105218.0</v>
+        <v>153301.0</v>
       </c>
       <c r="C409" s="14" t="n">
-        <v>6258.0</v>
+        <v>9413.0</v>
       </c>
       <c r="D409" s="14" t="n">
-        <v>6067.0</v>
+        <v>15154.0</v>
       </c>
       <c r="E409" s="14" t="n">
-        <v>9253.0</v>
+        <v>14703.0</v>
       </c>
       <c r="F409" s="14" t="n">
-        <v>6446.0</v>
+        <v>13081.0</v>
       </c>
       <c r="G409" s="14" t="n">
-        <v>8189.0</v>
+        <v>13203.0</v>
       </c>
       <c r="H409" s="14" t="n">
-        <v>8495.0</v>
+        <v>13183.0</v>
       </c>
       <c r="I409" s="14" t="n">
-        <v>7063.0</v>
+        <v>9568.0</v>
       </c>
       <c r="J409" s="14" t="n">
-        <v>8726.0</v>
+        <v>10200.0</v>
       </c>
       <c r="K409" s="14" t="n">
-        <v>13718.0</v>
+        <v>15896.0</v>
       </c>
       <c r="L409" s="14" t="n">
-        <v>11559.0</v>
+        <v>13521.0</v>
       </c>
       <c r="M409" s="14" t="n">
-        <v>10467.0</v>
+        <v>11955.0</v>
       </c>
       <c r="N409" s="14" t="n">
-        <v>8976.0</v>
+        <v>13424.0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B410" s="14" t="n">
-        <v>312772.0</v>
+        <v>518700.0</v>
       </c>
       <c r="C410" s="14" t="n">
-        <v>15576.0</v>
+        <v>26747.0</v>
       </c>
       <c r="D410" s="14" t="n">
-        <v>15236.0</v>
+        <v>41492.0</v>
       </c>
       <c r="E410" s="14" t="n">
-        <v>21643.0</v>
+        <v>34070.0</v>
       </c>
       <c r="F410" s="14" t="n">
-        <v>20728.0</v>
+        <v>42113.0</v>
       </c>
       <c r="G410" s="14" t="n">
-        <v>20261.0</v>
+        <v>47802.0</v>
       </c>
       <c r="H410" s="14" t="n">
-        <v>31954.0</v>
+        <v>45557.0</v>
       </c>
       <c r="I410" s="14" t="n">
-        <v>27400.0</v>
+        <v>46234.0</v>
       </c>
       <c r="J410" s="14" t="n">
-        <v>25502.0</v>
+        <v>38005.0</v>
       </c>
       <c r="K410" s="14" t="n">
-        <v>34080.0</v>
+        <v>51572.0</v>
       </c>
       <c r="L410" s="14" t="n">
-        <v>35958.0</v>
+        <v>47880.0</v>
       </c>
       <c r="M410" s="14" t="n">
-        <v>32023.0</v>
+        <v>50764.0</v>
       </c>
       <c r="N410" s="14" t="n">
-        <v>32410.0</v>
+        <v>46465.0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B411" s="14" t="n">
-        <v>2146646.0</v>
+        <v>2477452.0</v>
       </c>
       <c r="C411" s="14" t="n">
-        <v>97592.0</v>
+        <v>119988.0</v>
       </c>
       <c r="D411" s="14" t="n">
-        <v>92049.0</v>
+        <v>126567.0</v>
       </c>
       <c r="E411" s="14" t="n">
-        <v>179321.0</v>
+        <v>214205.0</v>
       </c>
       <c r="F411" s="14" t="n">
-        <v>190197.0</v>
+        <v>239059.0</v>
       </c>
       <c r="G411" s="14" t="n">
-        <v>203589.0</v>
+        <v>262154.0</v>
       </c>
       <c r="H411" s="14" t="n">
-        <v>234198.0</v>
+        <v>276055.0</v>
       </c>
       <c r="I411" s="14" t="n">
-        <v>204919.0</v>
+        <v>230689.0</v>
       </c>
       <c r="J411" s="14" t="n">
-        <v>159649.0</v>
+        <v>170276.0</v>
       </c>
       <c r="K411" s="14" t="n">
-        <v>218853.0</v>
+        <v>233947.0</v>
       </c>
       <c r="L411" s="14" t="n">
-        <v>235445.0</v>
+        <v>247505.0</v>
       </c>
       <c r="M411" s="14" t="n">
-        <v>180077.0</v>
+        <v>197178.0</v>
       </c>
       <c r="N411" s="14" t="n">
-        <v>150758.0</v>
+        <v>159827.0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B412" s="14" t="n">
-        <v>3484861.0</v>
+        <v>3754717.0</v>
       </c>
       <c r="C412" s="14" t="n">
-        <v>223500.0</v>
+        <v>265875.0</v>
       </c>
       <c r="D412" s="14" t="n">
-        <v>186101.0</v>
+        <v>204305.0</v>
       </c>
       <c r="E412" s="14" t="n">
-        <v>229992.0</v>
+        <v>265128.0</v>
       </c>
       <c r="F412" s="14" t="n">
-        <v>274721.0</v>
+        <v>290357.0</v>
       </c>
       <c r="G412" s="14" t="n">
-        <v>347951.0</v>
+        <v>376564.0</v>
       </c>
       <c r="H412" s="14" t="n">
-        <v>333876.0</v>
+        <v>331498.0</v>
       </c>
       <c r="I412" s="14" t="n">
-        <v>358906.0</v>
+        <v>382524.0</v>
       </c>
       <c r="J412" s="14" t="n">
-        <v>315459.0</v>
+        <v>330414.0</v>
       </c>
       <c r="K412" s="14" t="n">
-        <v>351289.0</v>
+        <v>375128.0</v>
       </c>
       <c r="L412" s="14" t="n">
-        <v>353563.0</v>
+        <v>396935.0</v>
       </c>
       <c r="M412" s="14" t="n">
-        <v>264765.0</v>
+        <v>283695.0</v>
       </c>
       <c r="N412" s="14" t="n">
-        <v>244739.0</v>
+        <v>252294.0</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B413" s="14" t="n">
-        <v>279325.0</v>
+        <v>323798.0</v>
       </c>
       <c r="C413" s="14" t="n">
-        <v>26002.0</v>
+        <v>29039.0</v>
       </c>
       <c r="D413" s="14" t="n">
-        <v>18074.0</v>
+        <v>25446.0</v>
       </c>
       <c r="E413" s="14" t="n">
-        <v>21123.0</v>
+        <v>20075.0</v>
       </c>
       <c r="F413" s="14" t="n">
-        <v>15882.0</v>
+        <v>25398.0</v>
       </c>
       <c r="G413" s="14" t="n">
-        <v>21626.0</v>
+        <v>24797.0</v>
       </c>
       <c r="H413" s="14" t="n">
-        <v>21651.0</v>
+        <v>21570.0</v>
       </c>
       <c r="I413" s="14" t="n">
-        <v>25226.0</v>
+        <v>27248.0</v>
       </c>
       <c r="J413" s="14" t="n">
-        <v>25475.0</v>
+        <v>31471.0</v>
       </c>
       <c r="K413" s="14" t="n">
-        <v>24442.0</v>
+        <v>32029.0</v>
       </c>
       <c r="L413" s="14" t="n">
-        <v>29339.0</v>
+        <v>32473.0</v>
       </c>
       <c r="M413" s="14" t="n">
-        <v>25494.0</v>
+        <v>25996.0</v>
       </c>
       <c r="N413" s="14" t="n">
-        <v>24991.0</v>
+        <v>28257.0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="6" t="inlineStr">
         <is>
-          <t>Murcia, Región de</t>
+          <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B414" s="6"/>
       <c r="C414" s="6"/>
       <c r="D414" s="6"/>
       <c r="E414" s="6"/>
       <c r="F414" s="6"/>
       <c r="G414" s="6"/>
       <c r="H414" s="6"/>
       <c r="I414" s="6"/>
       <c r="J414" s="6"/>
       <c r="K414" s="6"/>
       <c r="L414" s="6"/>
       <c r="M414" s="6"/>
       <c r="N414" s="6"/>
     </row>
     <row r="415">
       <c r="A415" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B415" s="14" t="n">
-        <v>3197354.0</v>
+        <v>3440925.0</v>
       </c>
       <c r="C415" s="14" t="n">
-        <v>130358.0</v>
+        <v>138090.0</v>
       </c>
       <c r="D415" s="14" t="n">
-        <v>170893.0</v>
+        <v>208073.0</v>
       </c>
       <c r="E415" s="14" t="n">
-        <v>241457.0</v>
+        <v>277615.0</v>
       </c>
       <c r="F415" s="14" t="n">
-        <v>307819.0</v>
+        <v>283339.0</v>
       </c>
       <c r="G415" s="14" t="n">
-        <v>294527.0</v>
+        <v>328443.0</v>
       </c>
       <c r="H415" s="14" t="n">
-        <v>316044.0</v>
+        <v>335529.0</v>
       </c>
       <c r="I415" s="14" t="n">
-        <v>372082.0</v>
+        <v>393632.0</v>
       </c>
       <c r="J415" s="14" t="n">
-        <v>424909.0</v>
+        <v>440729.0</v>
       </c>
       <c r="K415" s="14" t="n">
-        <v>323465.0</v>
+        <v>355178.0</v>
       </c>
       <c r="L415" s="14" t="n">
-        <v>263099.0</v>
+        <v>296316.0</v>
       </c>
       <c r="M415" s="14" t="n">
-        <v>189589.0</v>
+        <v>210354.0</v>
       </c>
       <c r="N415" s="14" t="n">
-        <v>163112.0</v>
+        <v>173628.0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B416" s="14" t="n">
-        <v>2362068.0</v>
+        <v>2542467.0</v>
       </c>
       <c r="C416" s="14" t="n">
-        <v>96756.0</v>
+        <v>95639.0</v>
       </c>
       <c r="D416" s="14" t="n">
-        <v>132000.0</v>
+        <v>156900.0</v>
       </c>
       <c r="E416" s="14" t="n">
-        <v>186546.0</v>
+        <v>220386.0</v>
       </c>
       <c r="F416" s="14" t="n">
-        <v>245883.0</v>
+        <v>216737.0</v>
       </c>
       <c r="G416" s="14" t="n">
-        <v>208650.0</v>
+        <v>247710.0</v>
       </c>
       <c r="H416" s="14" t="n">
-        <v>228905.0</v>
+        <v>246180.0</v>
       </c>
       <c r="I416" s="14" t="n">
-        <v>279006.0</v>
+        <v>287013.0</v>
       </c>
       <c r="J416" s="14" t="n">
-        <v>313005.0</v>
+        <v>317953.0</v>
       </c>
       <c r="K416" s="14" t="n">
-        <v>213056.0</v>
+        <v>245029.0</v>
       </c>
       <c r="L416" s="14" t="n">
-        <v>181933.0</v>
+        <v>206635.0</v>
       </c>
       <c r="M416" s="14" t="n">
-        <v>147150.0</v>
+        <v>164277.0</v>
       </c>
       <c r="N416" s="14" t="n">
-        <v>129177.0</v>
+        <v>138009.0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B417" s="14" t="n">
-        <v>835286.0</v>
+        <v>898458.0</v>
       </c>
       <c r="C417" s="14" t="n">
-        <v>33602.0</v>
+        <v>42451.0</v>
       </c>
       <c r="D417" s="14" t="n">
-        <v>38892.0</v>
+        <v>51173.0</v>
       </c>
       <c r="E417" s="14" t="n">
-        <v>54911.0</v>
+        <v>57229.0</v>
       </c>
       <c r="F417" s="14" t="n">
-        <v>61936.0</v>
+        <v>66603.0</v>
       </c>
       <c r="G417" s="14" t="n">
-        <v>85877.0</v>
+        <v>80733.0</v>
       </c>
       <c r="H417" s="14" t="n">
-        <v>87139.0</v>
+        <v>89349.0</v>
       </c>
       <c r="I417" s="14" t="n">
-        <v>93076.0</v>
+        <v>106619.0</v>
       </c>
       <c r="J417" s="14" t="n">
-        <v>111904.0</v>
+        <v>122776.0</v>
       </c>
       <c r="K417" s="14" t="n">
-        <v>110409.0</v>
+        <v>110149.0</v>
       </c>
       <c r="L417" s="14" t="n">
-        <v>81165.0</v>
+        <v>89681.0</v>
       </c>
       <c r="M417" s="14" t="n">
-        <v>42440.0</v>
+        <v>46077.0</v>
       </c>
       <c r="N417" s="14" t="n">
-        <v>33935.0</v>
+        <v>35619.0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B418" s="14" t="n">
-        <v>446606.0</v>
+        <v>485094.0</v>
       </c>
       <c r="C418" s="14" t="n">
-        <v>15704.0</v>
+        <v>20995.0</v>
       </c>
       <c r="D418" s="14" t="n">
-        <v>19357.0</v>
+        <v>26488.0</v>
       </c>
       <c r="E418" s="14" t="n">
-        <v>27694.0</v>
+        <v>30563.0</v>
       </c>
       <c r="F418" s="14" t="n">
-        <v>30540.0</v>
+        <v>33727.0</v>
       </c>
       <c r="G418" s="14" t="n">
-        <v>39023.0</v>
+        <v>38443.0</v>
       </c>
       <c r="H418" s="14" t="n">
-        <v>48403.0</v>
+        <v>50019.0</v>
       </c>
       <c r="I418" s="14" t="n">
-        <v>52978.0</v>
+        <v>60178.0</v>
       </c>
       <c r="J418" s="14" t="n">
-        <v>73707.0</v>
+        <v>78504.0</v>
       </c>
       <c r="K418" s="14" t="n">
-        <v>63887.0</v>
+        <v>60631.0</v>
       </c>
       <c r="L418" s="14" t="n">
-        <v>36515.0</v>
+        <v>41661.0</v>
       </c>
       <c r="M418" s="14" t="n">
-        <v>21215.0</v>
+        <v>24633.0</v>
       </c>
       <c r="N418" s="14" t="n">
-        <v>17582.0</v>
+        <v>19250.0</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B419" s="14" t="n">
-        <v>41980.0</v>
+        <v>45753.0</v>
       </c>
       <c r="C419" s="14" t="n">
-        <v>2372.0</v>
+        <v>3435.0</v>
       </c>
       <c r="D419" s="14" t="n">
-        <v>3122.0</v>
+        <v>3417.0</v>
       </c>
       <c r="E419" s="14" t="n">
-        <v>3510.0</v>
+        <v>4697.0</v>
       </c>
       <c r="F419" s="14" t="n">
-        <v>3363.0</v>
+        <v>4964.0</v>
       </c>
       <c r="G419" s="14" t="n">
-        <v>3262.0</v>
+        <v>3688.0</v>
       </c>
       <c r="H419" s="14" t="n">
-        <v>3790.0</v>
+        <v>3278.0</v>
       </c>
       <c r="I419" s="14" t="n">
-        <v>3639.0</v>
+        <v>3206.0</v>
       </c>
       <c r="J419" s="14" t="n">
-        <v>4447.0</v>
+        <v>4069.0</v>
       </c>
       <c r="K419" s="14" t="n">
-        <v>4373.0</v>
+        <v>4794.0</v>
       </c>
       <c r="L419" s="14" t="n">
-        <v>4420.0</v>
+        <v>4795.0</v>
       </c>
       <c r="M419" s="14" t="n">
-        <v>3447.0</v>
+        <v>3045.0</v>
       </c>
       <c r="N419" s="14" t="n">
-        <v>2234.0</v>
+        <v>2364.0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B420" s="14" t="n">
-        <v>6494.0</v>
+        <v>3688.0</v>
       </c>
       <c r="C420" s="14" t="n">
-        <v>404.0</v>
+        <v>305.0</v>
       </c>
       <c r="D420" s="14" t="n">
-        <v>380.0</v>
+        <v>253.0</v>
       </c>
       <c r="E420" s="14" t="n">
-        <v>269.0</v>
+        <v>317.0</v>
       </c>
       <c r="F420" s="14" t="n">
-        <v>337.0</v>
+        <v>683.0</v>
       </c>
       <c r="G420" s="14" t="n">
-        <v>1293.0</v>
+        <v>246.0</v>
       </c>
       <c r="H420" s="14" t="n">
-        <v>504.0</v>
+        <v>307.0</v>
       </c>
       <c r="I420" s="14" t="n">
-        <v>2018.0</v>
+        <v>248.0</v>
       </c>
       <c r="J420" s="14" t="n">
-        <v>159.0</v>
+        <v>235.0</v>
       </c>
       <c r="K420" s="14" t="n">
-        <v>600.0</v>
+        <v>300.0</v>
       </c>
       <c r="L420" s="14" t="n">
-        <v>282.0</v>
+        <v>311.0</v>
       </c>
       <c r="M420" s="14" t="n">
-        <v>143.0</v>
+        <v>312.0</v>
       </c>
       <c r="N420" s="14" t="n">
-        <v>104.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B421" s="14" t="n">
-        <v>39545.0</v>
+        <v>34577.0</v>
       </c>
       <c r="C421" s="14" t="n">
-        <v>1171.0</v>
+        <v>1241.0</v>
       </c>
       <c r="D421" s="14" t="n">
-        <v>1910.0</v>
+        <v>1438.0</v>
       </c>
       <c r="E421" s="14" t="n">
-        <v>2614.0</v>
+        <v>2195.0</v>
       </c>
       <c r="F421" s="14" t="n">
-        <v>4163.0</v>
+        <v>2968.0</v>
       </c>
       <c r="G421" s="14" t="n">
-        <v>7084.0</v>
+        <v>3141.0</v>
       </c>
       <c r="H421" s="14" t="n">
-        <v>1808.0</v>
+        <v>3110.0</v>
       </c>
       <c r="I421" s="14" t="n">
-        <v>3418.0</v>
+        <v>3432.0</v>
       </c>
       <c r="J421" s="14" t="n">
-        <v>5963.0</v>
+        <v>4143.0</v>
       </c>
       <c r="K421" s="14" t="n">
-        <v>3522.0</v>
+        <v>3998.0</v>
       </c>
       <c r="L421" s="14" t="n">
-        <v>3113.0</v>
+        <v>3178.0</v>
       </c>
       <c r="M421" s="14" t="n">
-        <v>1589.0</v>
+        <v>2399.0</v>
       </c>
       <c r="N421" s="14" t="n">
-        <v>3190.0</v>
+        <v>3333.0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B422" s="14" t="n">
-        <v>6078.0</v>
+        <v>8165.0</v>
       </c>
       <c r="C422" s="14" t="n">
-        <v>174.0</v>
+        <v>273.0</v>
       </c>
       <c r="D422" s="14" t="n">
-        <v>819.0</v>
+        <v>841.0</v>
       </c>
       <c r="E422" s="14" t="n">
-        <v>820.0</v>
+        <v>905.0</v>
       </c>
       <c r="F422" s="14" t="n">
-        <v>632.0</v>
+        <v>388.0</v>
       </c>
       <c r="G422" s="14" t="n">
-        <v>267.0</v>
+        <v>225.0</v>
       </c>
       <c r="H422" s="14" t="n">
-        <v>849.0</v>
+        <v>318.0</v>
       </c>
       <c r="I422" s="14" t="n">
-        <v>399.0</v>
+        <v>1014.0</v>
       </c>
       <c r="J422" s="14" t="n">
-        <v>376.0</v>
+        <v>310.0</v>
       </c>
       <c r="K422" s="14" t="n">
-        <v>442.0</v>
+        <v>1158.0</v>
       </c>
       <c r="L422" s="14" t="n">
-        <v>812.0</v>
+        <v>2106.0</v>
       </c>
       <c r="M422" s="14" t="n">
-        <v>278.0</v>
+        <v>465.0</v>
       </c>
       <c r="N422" s="14" t="n">
-        <v>209.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B423" s="14" t="n">
-        <v>5246.0</v>
+        <v>9544.0</v>
       </c>
       <c r="C423" s="14" t="n">
-        <v>359.0</v>
+        <v>295.0</v>
       </c>
       <c r="D423" s="14" t="n">
-        <v>352.0</v>
+        <v>346.0</v>
       </c>
       <c r="E423" s="14" t="n">
-        <v>480.0</v>
+        <v>810.0</v>
       </c>
       <c r="F423" s="14" t="n">
-        <v>609.0</v>
+        <v>1088.0</v>
       </c>
       <c r="G423" s="14" t="n">
-        <v>283.0</v>
+        <v>583.0</v>
       </c>
       <c r="H423" s="14" t="n">
-        <v>381.0</v>
+        <v>561.0</v>
       </c>
       <c r="I423" s="14" t="n">
-        <v>333.0</v>
+        <v>228.0</v>
       </c>
       <c r="J423" s="14" t="n">
-        <v>102.0</v>
+        <v>149.0</v>
       </c>
       <c r="K423" s="14" t="n">
-        <v>305.0</v>
+        <v>410.0</v>
       </c>
       <c r="L423" s="14" t="n">
-        <v>781.0</v>
+        <v>1379.0</v>
       </c>
       <c r="M423" s="14" t="n">
-        <v>828.0</v>
+        <v>2177.0</v>
       </c>
       <c r="N423" s="14" t="n">
-        <v>433.0</v>
+        <v>1516.0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B424" s="14" t="n">
-        <v>66330.0</v>
+        <v>69988.0</v>
       </c>
       <c r="C424" s="14" t="n">
-        <v>2427.0</v>
+        <v>3473.0</v>
       </c>
       <c r="D424" s="14" t="n">
-        <v>2788.0</v>
+        <v>3469.0</v>
       </c>
       <c r="E424" s="14" t="n">
-        <v>3109.0</v>
+        <v>4082.0</v>
       </c>
       <c r="F424" s="14" t="n">
         <v>5327.0</v>
       </c>
       <c r="G424" s="14" t="n">
-        <v>5007.0</v>
+        <v>6489.0</v>
       </c>
       <c r="H424" s="14" t="n">
-        <v>4484.0</v>
+        <v>3839.0</v>
       </c>
       <c r="I424" s="14" t="n">
-        <v>10972.0</v>
+        <v>9032.0</v>
       </c>
       <c r="J424" s="14" t="n">
-        <v>17533.0</v>
+        <v>17817.0</v>
       </c>
       <c r="K424" s="14" t="n">
-        <v>5255.0</v>
+        <v>6219.0</v>
       </c>
       <c r="L424" s="14" t="n">
-        <v>4334.0</v>
+        <v>5043.0</v>
       </c>
       <c r="M424" s="14" t="n">
-        <v>2621.0</v>
+        <v>2821.0</v>
       </c>
       <c r="N424" s="14" t="n">
-        <v>2472.0</v>
+        <v>2376.0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B425" s="14" t="n">
-        <v>2445.0</v>
+        <v>2229.0</v>
       </c>
       <c r="C425" s="14" t="n">
-        <v>142.0</v>
+        <v>199.0</v>
       </c>
       <c r="D425" s="14" t="n">
-        <v>215.0</v>
+        <v>238.0</v>
       </c>
       <c r="E425" s="14" t="n">
-        <v>357.0</v>
+        <v>520.0</v>
       </c>
       <c r="F425" s="14" t="n">
+        <v>214.0</v>
+      </c>
+      <c r="G425" s="14" t="n">
+        <v>140.0</v>
+      </c>
+      <c r="H425" s="14" t="n">
+        <v>159.0</v>
+      </c>
+      <c r="I425" s="14" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="J425" s="14" t="n">
+        <v>83.0</v>
+      </c>
+      <c r="K425" s="14" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="L425" s="14" t="n">
+        <v>149.0</v>
+      </c>
+      <c r="M425" s="14" t="n">
         <v>118.0</v>
       </c>
-      <c r="G425" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="N425" s="14" t="n">
-        <v>132.0</v>
+        <v>189.0</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B426" s="14" t="n">
-        <v>29707.0</v>
+        <v>35043.0</v>
       </c>
       <c r="C426" s="14" t="n">
-        <v>891.0</v>
+        <v>1608.0</v>
       </c>
       <c r="D426" s="14" t="n">
-        <v>924.0</v>
+        <v>2086.0</v>
       </c>
       <c r="E426" s="14" t="n">
-        <v>2569.0</v>
+        <v>1499.0</v>
       </c>
       <c r="F426" s="14" t="n">
-        <v>2393.0</v>
+        <v>2874.0</v>
       </c>
       <c r="G426" s="14" t="n">
-        <v>2507.0</v>
+        <v>3255.0</v>
       </c>
       <c r="H426" s="14" t="n">
-        <v>3051.0</v>
+        <v>3207.0</v>
       </c>
       <c r="I426" s="14" t="n">
-        <v>2551.0</v>
+        <v>3975.0</v>
       </c>
       <c r="J426" s="14" t="n">
-        <v>2046.0</v>
+        <v>2937.0</v>
       </c>
       <c r="K426" s="14" t="n">
-        <v>5280.0</v>
+        <v>5907.0</v>
       </c>
       <c r="L426" s="14" t="n">
-        <v>5762.0</v>
+        <v>5757.0</v>
       </c>
       <c r="M426" s="14" t="n">
-        <v>919.0</v>
+        <v>1260.0</v>
       </c>
       <c r="N426" s="14" t="n">
-        <v>814.0</v>
+        <v>678.0</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B427" s="14" t="n">
-        <v>40877.0</v>
+        <v>44216.0</v>
       </c>
       <c r="C427" s="14" t="n">
-        <v>2636.0</v>
+        <v>2354.0</v>
       </c>
       <c r="D427" s="14" t="n">
-        <v>2363.0</v>
+        <v>3443.0</v>
       </c>
       <c r="E427" s="14" t="n">
-        <v>2904.0</v>
+        <v>3154.0</v>
       </c>
       <c r="F427" s="14" t="n">
-        <v>3671.0</v>
+        <v>3867.0</v>
       </c>
       <c r="G427" s="14" t="n">
-        <v>2945.0</v>
+        <v>3768.0</v>
       </c>
       <c r="H427" s="14" t="n">
-        <v>3566.0</v>
+        <v>3610.0</v>
       </c>
       <c r="I427" s="14" t="n">
-        <v>4133.0</v>
+        <v>4351.0</v>
       </c>
       <c r="J427" s="14" t="n">
-        <v>6183.0</v>
+        <v>5346.0</v>
       </c>
       <c r="K427" s="14" t="n">
-        <v>3944.0</v>
+        <v>3561.0</v>
       </c>
       <c r="L427" s="14" t="n">
-        <v>3002.0</v>
+        <v>4302.0</v>
       </c>
       <c r="M427" s="14" t="n">
-        <v>2918.0</v>
+        <v>3311.0</v>
       </c>
       <c r="N427" s="14" t="n">
-        <v>2611.0</v>
+        <v>3150.0</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B428" s="14" t="n">
-        <v>903.0</v>
-[...2 lines deleted...]
-        <v>146.0</v>
+        <v>657.0</v>
+      </c>
+      <c r="C428" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D428" s="14" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="E428" s="14" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="F428" s="14" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="G428" s="14" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="H428" s="14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="I428" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="E428" s="14" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="J428" s="14" t="n">
-        <v>166.0</v>
+        <v>80.0</v>
       </c>
       <c r="K428" s="14" t="n">
+        <v>113.0</v>
+      </c>
+      <c r="L428" s="14" t="n">
+        <v>70.0</v>
+      </c>
+      <c r="M428" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N428" s="14" t="n">
         <v>63.0</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B429" s="14" t="n">
-        <v>30932.0</v>
+        <v>37951.0</v>
       </c>
       <c r="C429" s="14" t="n">
-        <v>1446.0</v>
+        <v>2857.0</v>
       </c>
       <c r="D429" s="14" t="n">
-        <v>2066.0</v>
+        <v>3187.0</v>
       </c>
       <c r="E429" s="14" t="n">
-        <v>2424.0</v>
+        <v>4392.0</v>
       </c>
       <c r="F429" s="14" t="n">
-        <v>2632.0</v>
+        <v>2798.0</v>
       </c>
       <c r="G429" s="14" t="n">
-        <v>2911.0</v>
+        <v>3036.0</v>
       </c>
       <c r="H429" s="14" t="n">
-        <v>2471.0</v>
+        <v>2736.0</v>
       </c>
       <c r="I429" s="14" t="n">
-        <v>3306.0</v>
+        <v>3777.0</v>
       </c>
       <c r="J429" s="14" t="n">
-        <v>3234.0</v>
+        <v>4688.0</v>
       </c>
       <c r="K429" s="14" t="n">
-        <v>2877.0</v>
+        <v>3292.0</v>
       </c>
       <c r="L429" s="14" t="n">
-        <v>3998.0</v>
+        <v>3352.0</v>
       </c>
       <c r="M429" s="14" t="n">
-        <v>1980.0</v>
+        <v>2137.0</v>
       </c>
       <c r="N429" s="14" t="n">
-        <v>1585.0</v>
+        <v>1698.0</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B430" s="14" t="n">
-        <v>10140.0</v>
+        <v>13652.0</v>
       </c>
       <c r="C430" s="14" t="n">
-        <v>505.0</v>
+        <v>896.0</v>
       </c>
       <c r="D430" s="14" t="n">
-        <v>600.0</v>
+        <v>707.0</v>
       </c>
       <c r="E430" s="14" t="n">
-        <v>481.0</v>
+        <v>896.0</v>
       </c>
       <c r="F430" s="14" t="n">
-        <v>854.0</v>
+        <v>1464.0</v>
       </c>
       <c r="G430" s="14" t="n">
-        <v>825.0</v>
+        <v>1293.0</v>
       </c>
       <c r="H430" s="14" t="n">
-        <v>1373.0</v>
+        <v>1421.0</v>
       </c>
       <c r="I430" s="14" t="n">
-        <v>839.0</v>
+        <v>1547.0</v>
       </c>
       <c r="J430" s="14" t="n">
-        <v>1115.0</v>
+        <v>1186.0</v>
       </c>
       <c r="K430" s="14" t="n">
-        <v>925.0</v>
+        <v>1052.0</v>
       </c>
       <c r="L430" s="14" t="n">
-        <v>871.0</v>
+        <v>1952.0</v>
       </c>
       <c r="M430" s="14" t="n">
-        <v>880.0</v>
+        <v>812.0</v>
       </c>
       <c r="N430" s="14" t="n">
-        <v>872.0</v>
+        <v>426.0</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B431" s="14" t="n">
-        <v>62983.0</v>
+        <v>80765.0</v>
       </c>
       <c r="C431" s="14" t="n">
-        <v>737.0</v>
+        <v>952.0</v>
       </c>
       <c r="D431" s="14" t="n">
-        <v>914.0</v>
+        <v>883.0</v>
       </c>
       <c r="E431" s="14" t="n">
-        <v>1010.0</v>
+        <v>938.0</v>
       </c>
       <c r="F431" s="14" t="n">
-        <v>1342.0</v>
+        <v>1488.0</v>
       </c>
       <c r="G431" s="14" t="n">
-        <v>1645.0</v>
+        <v>1861.0</v>
       </c>
       <c r="H431" s="14" t="n">
-        <v>10310.0</v>
+        <v>12582.0</v>
       </c>
       <c r="I431" s="14" t="n">
-        <v>9841.0</v>
+        <v>16538.0</v>
       </c>
       <c r="J431" s="14" t="n">
-        <v>18160.0</v>
+        <v>27675.0</v>
       </c>
       <c r="K431" s="14" t="n">
-        <v>14032.0</v>
+        <v>12903.0</v>
       </c>
       <c r="L431" s="14" t="n">
-        <v>3379.0</v>
+        <v>2709.0</v>
       </c>
       <c r="M431" s="14" t="n">
-        <v>1115.0</v>
+        <v>1279.0</v>
       </c>
       <c r="N431" s="14" t="n">
-        <v>499.0</v>
+        <v>957.0</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B432" s="14" t="n">
-        <v>47068.0</v>
+        <v>38484.0</v>
       </c>
       <c r="C432" s="14" t="n">
-        <v>106.0</v>
+        <v>115.0</v>
       </c>
       <c r="D432" s="14" t="n">
-        <v>126.0</v>
+        <v>341.0</v>
       </c>
       <c r="E432" s="14" t="n">
-        <v>1047.0</v>
+        <v>413.0</v>
       </c>
       <c r="F432" s="14" t="n">
-        <v>276.0</v>
+        <v>214.0</v>
       </c>
       <c r="G432" s="14" t="n">
-        <v>5941.0</v>
+        <v>4965.0</v>
       </c>
       <c r="H432" s="14" t="n">
-        <v>11495.0</v>
+        <v>9822.0</v>
       </c>
       <c r="I432" s="14" t="n">
-        <v>6172.0</v>
+        <v>7032.0</v>
       </c>
       <c r="J432" s="14" t="n">
-        <v>7831.0</v>
+        <v>3682.0</v>
       </c>
       <c r="K432" s="14" t="n">
-        <v>13503.0</v>
+        <v>11080.0</v>
       </c>
       <c r="L432" s="14" t="n">
-        <v>267.0</v>
+        <v>364.0</v>
       </c>
       <c r="M432" s="14" t="n">
-        <v>171.0</v>
+        <v>272.0</v>
       </c>
       <c r="N432" s="14" t="n">
-        <v>135.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B433" s="14" t="n">
-        <v>20633.0</v>
+        <v>17406.0</v>
       </c>
       <c r="C433" s="14" t="n">
-        <v>845.0</v>
+        <v>692.0</v>
       </c>
       <c r="D433" s="14" t="n">
-        <v>1298.0</v>
+        <v>865.0</v>
       </c>
       <c r="E433" s="14" t="n">
-        <v>4019.0</v>
+        <v>2967.0</v>
       </c>
       <c r="F433" s="14" t="n">
-        <v>1601.0</v>
+        <v>2658.0</v>
       </c>
       <c r="G433" s="14" t="n">
-        <v>1410.0</v>
+        <v>957.0</v>
       </c>
       <c r="H433" s="14" t="n">
-        <v>787.0</v>
+        <v>898.0</v>
       </c>
       <c r="I433" s="14" t="n">
-        <v>1261.0</v>
+        <v>1251.0</v>
       </c>
       <c r="J433" s="14" t="n">
-        <v>749.0</v>
+        <v>569.0</v>
       </c>
       <c r="K433" s="14" t="n">
-        <v>3444.0</v>
+        <v>788.0</v>
       </c>
       <c r="L433" s="14" t="n">
-        <v>3208.0</v>
+        <v>3336.0</v>
       </c>
       <c r="M433" s="14" t="n">
-        <v>1431.0</v>
+        <v>1795.0</v>
       </c>
       <c r="N433" s="14" t="n">
-        <v>581.0</v>
+        <v>630.0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B434" s="14" t="n">
-        <v>8850.0</v>
+        <v>11828.0</v>
       </c>
       <c r="C434" s="14" t="n">
-        <v>391.0</v>
+        <v>332.0</v>
       </c>
       <c r="D434" s="14" t="n">
-        <v>642.0</v>
+        <v>965.0</v>
       </c>
       <c r="E434" s="14" t="n">
-        <v>981.0</v>
+        <v>1879.0</v>
       </c>
       <c r="F434" s="14" t="n">
-        <v>1045.0</v>
+        <v>607.0</v>
       </c>
       <c r="G434" s="14" t="n">
-        <v>682.0</v>
+        <v>1436.0</v>
       </c>
       <c r="H434" s="14" t="n">
-        <v>371.0</v>
+        <v>790.0</v>
       </c>
       <c r="I434" s="14" t="n">
-        <v>1134.0</v>
+        <v>975.0</v>
       </c>
       <c r="J434" s="14" t="n">
-        <v>861.0</v>
+        <v>376.0</v>
       </c>
       <c r="K434" s="14" t="n">
-        <v>729.0</v>
+        <v>1173.0</v>
       </c>
       <c r="L434" s="14" t="n">
-        <v>1277.0</v>
+        <v>1206.0</v>
       </c>
       <c r="M434" s="14" t="n">
-        <v>570.0</v>
+        <v>1837.0</v>
       </c>
       <c r="N434" s="14" t="n">
-        <v>167.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B435" s="14" t="n">
-        <v>177994.0</v>
+        <v>198185.0</v>
       </c>
       <c r="C435" s="14" t="n">
-        <v>6123.0</v>
+        <v>7101.0</v>
       </c>
       <c r="D435" s="14" t="n">
-        <v>6653.0</v>
+        <v>9404.0</v>
       </c>
       <c r="E435" s="14" t="n">
-        <v>9265.0</v>
+        <v>9789.0</v>
       </c>
       <c r="F435" s="14" t="n">
-        <v>12245.0</v>
+        <v>16658.0</v>
       </c>
       <c r="G435" s="14" t="n">
-        <v>17583.0</v>
+        <v>23833.0</v>
       </c>
       <c r="H435" s="14" t="n">
-        <v>22052.0</v>
+        <v>20320.0</v>
       </c>
       <c r="I435" s="14" t="n">
-        <v>19712.0</v>
+        <v>24120.0</v>
       </c>
       <c r="J435" s="14" t="n">
-        <v>18296.0</v>
+        <v>20509.0</v>
       </c>
       <c r="K435" s="14" t="n">
-        <v>28507.0</v>
+        <v>28276.0</v>
       </c>
       <c r="L435" s="14" t="n">
-        <v>24670.0</v>
+        <v>26323.0</v>
       </c>
       <c r="M435" s="14" t="n">
-        <v>7389.0</v>
+        <v>6904.0</v>
       </c>
       <c r="N435" s="14" t="n">
-        <v>5498.0</v>
+        <v>4947.0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B436" s="14" t="n">
-        <v>22957.0</v>
+        <v>11190.0</v>
       </c>
       <c r="C436" s="14" t="n">
-        <v>493.0</v>
+        <v>472.0</v>
       </c>
       <c r="D436" s="14" t="n">
-        <v>1230.0</v>
+        <v>775.0</v>
       </c>
       <c r="E436" s="14" t="n">
-        <v>1211.0</v>
+        <v>858.0</v>
       </c>
       <c r="F436" s="14" t="n">
-        <v>941.0</v>
+        <v>811.0</v>
       </c>
       <c r="G436" s="14" t="n">
-        <v>12542.0</v>
+        <v>1017.0</v>
       </c>
       <c r="H436" s="14" t="n">
-        <v>599.0</v>
+        <v>891.0</v>
       </c>
       <c r="I436" s="14" t="n">
-        <v>1300.0</v>
+        <v>1124.0</v>
       </c>
       <c r="J436" s="14" t="n">
-        <v>676.0</v>
+        <v>749.0</v>
       </c>
       <c r="K436" s="14" t="n">
-        <v>847.0</v>
+        <v>1005.0</v>
       </c>
       <c r="L436" s="14" t="n">
-        <v>1091.0</v>
+        <v>1215.0</v>
       </c>
       <c r="M436" s="14" t="n">
-        <v>1368.0</v>
+        <v>662.0</v>
       </c>
       <c r="N436" s="14" t="n">
-        <v>660.0</v>
+        <v>1611.0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B437" s="14" t="n">
-        <v>32794.0</v>
+        <v>29269.0</v>
       </c>
       <c r="C437" s="14" t="n">
-        <v>3712.0</v>
+        <v>3089.0</v>
       </c>
       <c r="D437" s="14" t="n">
-        <v>3203.0</v>
+        <v>1936.0</v>
       </c>
       <c r="E437" s="14" t="n">
-        <v>3465.0</v>
+        <v>3299.0</v>
       </c>
       <c r="F437" s="14" t="n">
-        <v>4838.0</v>
+        <v>3277.0</v>
       </c>
       <c r="G437" s="14" t="n">
-        <v>2990.0</v>
+        <v>2438.0</v>
       </c>
       <c r="H437" s="14" t="n">
-        <v>2391.0</v>
+        <v>2288.0</v>
       </c>
       <c r="I437" s="14" t="n">
-        <v>2648.0</v>
+        <v>2327.0</v>
       </c>
       <c r="J437" s="14" t="n">
-        <v>2562.0</v>
+        <v>3390.0</v>
       </c>
       <c r="K437" s="14" t="n">
-        <v>2536.0</v>
+        <v>2416.0</v>
       </c>
       <c r="L437" s="14" t="n">
-        <v>2203.0</v>
+        <v>2365.0</v>
       </c>
       <c r="M437" s="14" t="n">
-        <v>1238.0</v>
+        <v>1480.0</v>
       </c>
       <c r="N437" s="14" t="n">
-        <v>1009.0</v>
+        <v>964.0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B438" s="14" t="n">
-        <v>2114.0</v>
+        <v>1816.0</v>
       </c>
       <c r="C438" s="14" t="n">
+        <v>137.0</v>
+      </c>
+      <c r="D438" s="14" t="n">
         <v>168.0</v>
       </c>
-      <c r="D438" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E438" s="14" t="n">
-        <v>131.0</v>
+        <v>95.0</v>
       </c>
       <c r="F438" s="14" t="n">
-        <v>100.0</v>
+        <v>116.0</v>
       </c>
       <c r="G438" s="14" t="n">
-        <v>182.0</v>
+        <v>172.0</v>
       </c>
       <c r="H438" s="14" t="n">
-        <v>220.0</v>
+        <v>122.0</v>
       </c>
       <c r="I438" s="14" t="n">
-        <v>84.0</v>
+        <v>158.0</v>
       </c>
       <c r="J438" s="14" t="n">
-        <v>114.0</v>
+        <v>109.0</v>
       </c>
       <c r="K438" s="14" t="n">
+        <v>120.0</v>
+      </c>
+      <c r="L438" s="14" t="n">
+        <v>217.0</v>
+      </c>
+      <c r="M438" s="14" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="N438" s="14" t="n">
         <v>219.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>84.0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B439" s="14" t="n">
-        <v>4838.0</v>
+        <v>7934.0</v>
       </c>
       <c r="C439" s="14" t="n">
+        <v>312.0</v>
+      </c>
+      <c r="D439" s="14" t="n">
         <v>280.0</v>
       </c>
-      <c r="D439" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E439" s="14" t="n">
-        <v>285.0</v>
+        <v>917.0</v>
       </c>
       <c r="F439" s="14" t="n">
-        <v>289.0</v>
+        <v>557.0</v>
       </c>
       <c r="G439" s="14" t="n">
-        <v>388.0</v>
+        <v>937.0</v>
       </c>
       <c r="H439" s="14" t="n">
-        <v>362.0</v>
+        <v>534.0</v>
       </c>
       <c r="I439" s="14" t="n">
-        <v>445.0</v>
+        <v>1469.0</v>
       </c>
       <c r="J439" s="14" t="n">
-        <v>664.0</v>
+        <v>554.0</v>
       </c>
       <c r="K439" s="14" t="n">
-        <v>447.0</v>
+        <v>548.0</v>
       </c>
       <c r="L439" s="14" t="n">
-        <v>705.0</v>
+        <v>945.0</v>
       </c>
       <c r="M439" s="14" t="n">
-        <v>370.0</v>
+        <v>433.0</v>
       </c>
       <c r="N439" s="14" t="n">
-        <v>354.0</v>
+        <v>448.0</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B440" s="14" t="n">
-        <v>21171.0</v>
+        <v>24816.0</v>
       </c>
       <c r="C440" s="14" t="n">
-        <v>768.0</v>
+        <v>1012.0</v>
       </c>
       <c r="D440" s="14" t="n">
-        <v>745.0</v>
+        <v>1296.0</v>
       </c>
       <c r="E440" s="14" t="n">
-        <v>1735.0</v>
+        <v>1737.0</v>
       </c>
       <c r="F440" s="14" t="n">
-        <v>1490.0</v>
+        <v>1968.0</v>
       </c>
       <c r="G440" s="14" t="n">
-        <v>1982.0</v>
+        <v>2148.0</v>
       </c>
       <c r="H440" s="14" t="n">
-        <v>2460.0</v>
+        <v>2732.0</v>
       </c>
       <c r="I440" s="14" t="n">
-        <v>2604.0</v>
+        <v>2187.0</v>
       </c>
       <c r="J440" s="14" t="n">
-        <v>1557.0</v>
+        <v>2428.0</v>
       </c>
       <c r="K440" s="14" t="n">
-        <v>1825.0</v>
+        <v>3500.0</v>
       </c>
       <c r="L440" s="14" t="n">
-        <v>3368.0</v>
+        <v>2894.0</v>
       </c>
       <c r="M440" s="14" t="n">
-        <v>1791.0</v>
+        <v>1550.0</v>
       </c>
       <c r="N440" s="14" t="n">
-        <v>847.0</v>
+        <v>1364.0</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B441" s="14" t="n">
-        <v>56796.0</v>
+        <v>53735.0</v>
       </c>
       <c r="C441" s="14" t="n">
-        <v>2859.0</v>
+        <v>3569.0</v>
       </c>
       <c r="D441" s="14" t="n">
-        <v>2774.0</v>
+        <v>3682.0</v>
       </c>
       <c r="E441" s="14" t="n">
-        <v>4156.0</v>
+        <v>3521.0</v>
       </c>
       <c r="F441" s="14" t="n">
-        <v>6385.0</v>
+        <v>4164.0</v>
       </c>
       <c r="G441" s="14" t="n">
-        <v>5084.0</v>
+        <v>4641.0</v>
       </c>
       <c r="H441" s="14" t="n">
-        <v>5185.0</v>
+        <v>5838.0</v>
       </c>
       <c r="I441" s="14" t="n">
-        <v>5852.0</v>
+        <v>5231.0</v>
       </c>
       <c r="J441" s="14" t="n">
-        <v>7207.0</v>
+        <v>6409.0</v>
       </c>
       <c r="K441" s="14" t="n">
-        <v>5778.0</v>
+        <v>5109.0</v>
       </c>
       <c r="L441" s="14" t="n">
-        <v>5511.0</v>
+        <v>5617.0</v>
       </c>
       <c r="M441" s="14" t="n">
-        <v>3252.0</v>
+        <v>3414.0</v>
       </c>
       <c r="N441" s="14" t="n">
-        <v>2753.0</v>
+        <v>2541.0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B442" s="14" t="n">
-        <v>31047.0</v>
+        <v>40739.0</v>
       </c>
       <c r="C442" s="14" t="n">
-        <v>2126.0</v>
+        <v>4313.0</v>
       </c>
       <c r="D442" s="14" t="n">
-        <v>2303.0</v>
+        <v>3581.0</v>
       </c>
       <c r="E442" s="14" t="n">
-        <v>1239.0</v>
+        <v>2236.0</v>
       </c>
       <c r="F442" s="14" t="n">
-        <v>1258.0</v>
+        <v>2171.0</v>
       </c>
       <c r="G442" s="14" t="n">
-        <v>2143.0</v>
+        <v>2927.0</v>
       </c>
       <c r="H442" s="14" t="n">
-        <v>2304.0</v>
+        <v>2695.0</v>
       </c>
       <c r="I442" s="14" t="n">
-        <v>3681.0</v>
+        <v>4424.0</v>
       </c>
       <c r="J442" s="14" t="n">
-        <v>3929.0</v>
+        <v>6209.0</v>
       </c>
       <c r="K442" s="14" t="n">
-        <v>3366.0</v>
+        <v>3486.0</v>
       </c>
       <c r="L442" s="14" t="n">
-        <v>2345.0</v>
+        <v>3483.0</v>
       </c>
       <c r="M442" s="14" t="n">
-        <v>3331.0</v>
+        <v>2574.0</v>
       </c>
       <c r="N442" s="14" t="n">
-        <v>3020.0</v>
+        <v>2638.0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="6" t="inlineStr">
         <is>
-          <t>Navarra, Comunidad Foral de</t>
+          <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B443" s="6"/>
       <c r="C443" s="6"/>
       <c r="D443" s="6"/>
       <c r="E443" s="6"/>
       <c r="F443" s="6"/>
       <c r="G443" s="6"/>
       <c r="H443" s="6"/>
       <c r="I443" s="6"/>
       <c r="J443" s="6"/>
       <c r="K443" s="6"/>
       <c r="L443" s="6"/>
       <c r="M443" s="6"/>
       <c r="N443" s="6"/>
     </row>
     <row r="444">
       <c r="A444" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B444" s="14" t="n">
-        <v>1923825.0</v>
+        <v>1994675.0</v>
       </c>
       <c r="C444" s="14" t="n">
-        <v>76588.0</v>
+        <v>78293.0</v>
       </c>
       <c r="D444" s="14" t="n">
-        <v>93834.0</v>
+        <v>93636.0</v>
       </c>
       <c r="E444" s="14" t="n">
-        <v>132851.0</v>
+        <v>149574.0</v>
       </c>
       <c r="F444" s="14" t="n">
-        <v>185771.0</v>
+        <v>164977.0</v>
       </c>
       <c r="G444" s="14" t="n">
-        <v>178234.0</v>
+        <v>193492.0</v>
       </c>
       <c r="H444" s="14" t="n">
-        <v>178835.0</v>
+        <v>179313.0</v>
       </c>
       <c r="I444" s="14" t="n">
-        <v>199804.0</v>
+        <v>206641.0</v>
       </c>
       <c r="J444" s="14" t="n">
-        <v>237579.0</v>
+        <v>264507.0</v>
       </c>
       <c r="K444" s="14" t="n">
-        <v>204147.0</v>
+        <v>199584.0</v>
       </c>
       <c r="L444" s="14" t="n">
-        <v>190514.0</v>
+        <v>191052.0</v>
       </c>
       <c r="M444" s="14" t="n">
-        <v>139304.0</v>
+        <v>152858.0</v>
       </c>
       <c r="N444" s="14" t="n">
-        <v>106364.0</v>
+        <v>120748.0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B445" s="14" t="n">
-        <v>1433254.0</v>
+        <v>1464915.0</v>
       </c>
       <c r="C445" s="14" t="n">
-        <v>58946.0</v>
+        <v>60411.0</v>
       </c>
       <c r="D445" s="14" t="n">
-        <v>75029.0</v>
+        <v>74157.0</v>
       </c>
       <c r="E445" s="14" t="n">
-        <v>107128.0</v>
+        <v>119922.0</v>
       </c>
       <c r="F445" s="14" t="n">
-        <v>140010.0</v>
+        <v>118812.0</v>
       </c>
       <c r="G445" s="14" t="n">
-        <v>115942.0</v>
+        <v>129757.0</v>
       </c>
       <c r="H445" s="14" t="n">
-        <v>127914.0</v>
+        <v>131874.0</v>
       </c>
       <c r="I445" s="14" t="n">
-        <v>137235.0</v>
+        <v>140457.0</v>
       </c>
       <c r="J445" s="14" t="n">
-        <v>173355.0</v>
+        <v>182580.0</v>
       </c>
       <c r="K445" s="14" t="n">
-        <v>142844.0</v>
+        <v>135765.0</v>
       </c>
       <c r="L445" s="14" t="n">
-        <v>152870.0</v>
+        <v>148369.0</v>
       </c>
       <c r="M445" s="14" t="n">
-        <v>115766.0</v>
+        <v>124414.0</v>
       </c>
       <c r="N445" s="14" t="n">
-        <v>86216.0</v>
+        <v>98395.0</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B446" s="14" t="n">
-        <v>490571.0</v>
+        <v>529760.0</v>
       </c>
       <c r="C446" s="14" t="n">
-        <v>17642.0</v>
+        <v>17883.0</v>
       </c>
       <c r="D446" s="14" t="n">
-        <v>18806.0</v>
+        <v>19479.0</v>
       </c>
       <c r="E446" s="14" t="n">
-        <v>25723.0</v>
+        <v>29652.0</v>
       </c>
       <c r="F446" s="14" t="n">
-        <v>45761.0</v>
+        <v>46164.0</v>
       </c>
       <c r="G446" s="14" t="n">
-        <v>62292.0</v>
+        <v>63735.0</v>
       </c>
       <c r="H446" s="14" t="n">
-        <v>50921.0</v>
+        <v>47438.0</v>
       </c>
       <c r="I446" s="14" t="n">
-        <v>62569.0</v>
+        <v>66184.0</v>
       </c>
       <c r="J446" s="14" t="n">
-        <v>64224.0</v>
+        <v>81926.0</v>
       </c>
       <c r="K446" s="14" t="n">
-        <v>61303.0</v>
+        <v>63819.0</v>
       </c>
       <c r="L446" s="14" t="n">
-        <v>37645.0</v>
+        <v>42683.0</v>
       </c>
       <c r="M446" s="14" t="n">
-        <v>23538.0</v>
+        <v>28445.0</v>
       </c>
       <c r="N446" s="14" t="n">
-        <v>20148.0</v>
+        <v>22353.0</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B447" s="14" t="n">
-        <v>281231.0</v>
+        <v>296489.0</v>
       </c>
       <c r="C447" s="14" t="n">
-        <v>9398.0</v>
+        <v>9141.0</v>
       </c>
       <c r="D447" s="14" t="n">
-        <v>10654.0</v>
+        <v>10733.0</v>
       </c>
       <c r="E447" s="14" t="n">
-        <v>15081.0</v>
+        <v>15596.0</v>
       </c>
       <c r="F447" s="14" t="n">
-        <v>27148.0</v>
+        <v>24986.0</v>
       </c>
       <c r="G447" s="14" t="n">
-        <v>36154.0</v>
+        <v>36385.0</v>
       </c>
       <c r="H447" s="14" t="n">
-        <v>29145.0</v>
+        <v>25188.0</v>
       </c>
       <c r="I447" s="14" t="n">
-        <v>31423.0</v>
+        <v>32075.0</v>
       </c>
       <c r="J447" s="14" t="n">
-        <v>44036.0</v>
+        <v>54617.0</v>
       </c>
       <c r="K447" s="14" t="n">
-        <v>32514.0</v>
+        <v>35056.0</v>
       </c>
       <c r="L447" s="14" t="n">
-        <v>21360.0</v>
+        <v>24054.0</v>
       </c>
       <c r="M447" s="14" t="n">
-        <v>12336.0</v>
+        <v>15128.0</v>
       </c>
       <c r="N447" s="14" t="n">
-        <v>11981.0</v>
+        <v>13530.0</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B448" s="14" t="n">
-        <v>33712.0</v>
+        <v>36950.0</v>
       </c>
       <c r="C448" s="14" t="n">
-        <v>1397.0</v>
+        <v>1059.0</v>
       </c>
       <c r="D448" s="14" t="n">
-        <v>1475.0</v>
+        <v>1921.0</v>
       </c>
       <c r="E448" s="14" t="n">
-        <v>2001.0</v>
+        <v>2166.0</v>
       </c>
       <c r="F448" s="14" t="n">
-        <v>2861.0</v>
+        <v>3314.0</v>
       </c>
       <c r="G448" s="14" t="n">
-        <v>5229.0</v>
+        <v>5233.0</v>
       </c>
       <c r="H448" s="14" t="n">
-        <v>4026.0</v>
+        <v>4141.0</v>
       </c>
       <c r="I448" s="14" t="n">
-        <v>3176.0</v>
+        <v>3614.0</v>
       </c>
       <c r="J448" s="14" t="n">
-        <v>3663.0</v>
+        <v>4389.0</v>
       </c>
       <c r="K448" s="14" t="n">
-        <v>4586.0</v>
+        <v>4860.0</v>
       </c>
       <c r="L448" s="14" t="n">
-        <v>2422.0</v>
+        <v>3107.0</v>
       </c>
       <c r="M448" s="14" t="n">
-        <v>2093.0</v>
+        <v>2176.0</v>
       </c>
       <c r="N448" s="14" t="n">
-        <v>782.0</v>
+        <v>969.0</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B449" s="14" t="n">
-        <v>3071.0</v>
+        <v>3654.0</v>
       </c>
       <c r="C449" s="14" t="n">
-        <v>73.0</v>
+        <v>85.0</v>
       </c>
       <c r="D449" s="14" t="n">
-        <v>106.0</v>
+        <v>68.0</v>
       </c>
       <c r="E449" s="14" t="n">
-        <v>72.0</v>
+        <v>273.0</v>
       </c>
       <c r="F449" s="14" t="n">
-        <v>749.0</v>
+        <v>276.0</v>
       </c>
       <c r="G449" s="14" t="n">
-        <v>453.0</v>
+        <v>709.0</v>
       </c>
       <c r="H449" s="14" t="n">
-        <v>473.0</v>
+        <v>316.0</v>
       </c>
       <c r="I449" s="14" t="n">
-        <v>224.0</v>
+        <v>494.0</v>
       </c>
       <c r="J449" s="14" t="n">
-        <v>208.0</v>
+        <v>404.0</v>
       </c>
       <c r="K449" s="14" t="n">
-        <v>387.0</v>
+        <v>518.0</v>
       </c>
       <c r="L449" s="14" t="n">
-        <v>241.0</v>
+        <v>268.0</v>
       </c>
       <c r="M449" s="14" t="n">
-        <v>60.0</v>
+        <v>166.0</v>
       </c>
       <c r="N449" s="14" t="n">
-        <v>27.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B450" s="14" t="n">
-        <v>11975.0</v>
+        <v>13457.0</v>
       </c>
       <c r="C450" s="14" t="n">
-        <v>184.0</v>
+        <v>282.0</v>
       </c>
       <c r="D450" s="14" t="n">
-        <v>273.0</v>
+        <v>190.0</v>
       </c>
       <c r="E450" s="14" t="n">
-        <v>356.0</v>
+        <v>528.0</v>
       </c>
       <c r="F450" s="14" t="n">
-        <v>716.0</v>
+        <v>949.0</v>
       </c>
       <c r="G450" s="14" t="n">
-        <v>952.0</v>
+        <v>1094.0</v>
       </c>
       <c r="H450" s="14" t="n">
-        <v>1285.0</v>
+        <v>1066.0</v>
       </c>
       <c r="I450" s="14" t="n">
-        <v>2543.0</v>
+        <v>2512.0</v>
       </c>
       <c r="J450" s="14" t="n">
-        <v>2644.0</v>
+        <v>3964.0</v>
       </c>
       <c r="K450" s="14" t="n">
-        <v>1640.0</v>
+        <v>1347.0</v>
       </c>
       <c r="L450" s="14" t="n">
-        <v>713.0</v>
+        <v>593.0</v>
       </c>
       <c r="M450" s="14" t="n">
-        <v>388.0</v>
+        <v>558.0</v>
       </c>
       <c r="N450" s="14" t="n">
-        <v>280.0</v>
+        <v>374.0</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B451" s="14" t="n">
-        <v>5196.0</v>
+        <v>5233.0</v>
       </c>
       <c r="C451" s="14" t="n">
-        <v>285.0</v>
+        <v>217.0</v>
       </c>
       <c r="D451" s="14" t="n">
-        <v>235.0</v>
+        <v>163.0</v>
       </c>
       <c r="E451" s="14" t="n">
-        <v>326.0</v>
+        <v>247.0</v>
       </c>
       <c r="F451" s="14" t="n">
-        <v>549.0</v>
+        <v>496.0</v>
       </c>
       <c r="G451" s="14" t="n">
-        <v>605.0</v>
+        <v>432.0</v>
       </c>
       <c r="H451" s="14" t="n">
-        <v>592.0</v>
+        <v>404.0</v>
       </c>
       <c r="I451" s="14" t="n">
-        <v>493.0</v>
+        <v>537.0</v>
       </c>
       <c r="J451" s="14" t="n">
-        <v>592.0</v>
+        <v>648.0</v>
       </c>
       <c r="K451" s="14" t="n">
-        <v>635.0</v>
+        <v>998.0</v>
       </c>
       <c r="L451" s="14" t="n">
-        <v>267.0</v>
+        <v>554.0</v>
       </c>
       <c r="M451" s="14" t="n">
-        <v>318.0</v>
+        <v>340.0</v>
       </c>
       <c r="N451" s="14" t="n">
-        <v>299.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B452" s="14" t="n">
-        <v>1376.0</v>
+        <v>892.0</v>
       </c>
       <c r="C452" s="14" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="D452" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E452" s="14" t="n">
         <v>36.0</v>
       </c>
-      <c r="D452" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="F452" s="14" t="n">
-        <v>98.0</v>
+        <v>82.0</v>
       </c>
       <c r="G452" s="14" t="n">
-        <v>44.0</v>
+        <v>101.0</v>
       </c>
       <c r="H452" s="14" t="n">
-        <v>318.0</v>
+        <v>137.0</v>
       </c>
       <c r="I452" s="14" t="n">
-        <v>36.0</v>
+        <v>118.0</v>
       </c>
       <c r="J452" s="14" t="n">
-        <v>67.0</v>
+        <v>53.0</v>
       </c>
       <c r="K452" s="14" t="n">
-        <v>320.0</v>
+        <v>75.0</v>
       </c>
       <c r="L452" s="14" t="n">
-        <v>169.0</v>
+        <v>116.0</v>
       </c>
       <c r="M452" s="14" t="n">
-        <v>98.0</v>
-[...2 lines deleted...]
-        <v>21.0</v>
+        <v>94.0</v>
+      </c>
+      <c r="N452" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B453" s="14" t="n">
-        <v>112610.0</v>
+        <v>115895.0</v>
       </c>
       <c r="C453" s="14" t="n">
-        <v>2941.0</v>
+        <v>3321.0</v>
       </c>
       <c r="D453" s="14" t="n">
-        <v>3753.0</v>
+        <v>3800.0</v>
       </c>
       <c r="E453" s="14" t="n">
-        <v>4786.0</v>
+        <v>5039.0</v>
       </c>
       <c r="F453" s="14" t="n">
-        <v>10722.0</v>
+        <v>11202.0</v>
       </c>
       <c r="G453" s="14" t="n">
-        <v>15887.0</v>
+        <v>15943.0</v>
       </c>
       <c r="H453" s="14" t="n">
-        <v>10572.0</v>
+        <v>8351.0</v>
       </c>
       <c r="I453" s="14" t="n">
-        <v>12785.0</v>
+        <v>11654.0</v>
       </c>
       <c r="J453" s="14" t="n">
-        <v>19040.0</v>
+        <v>21660.0</v>
       </c>
       <c r="K453" s="14" t="n">
-        <v>11808.0</v>
+        <v>13345.0</v>
       </c>
       <c r="L453" s="14" t="n">
-        <v>9803.0</v>
+        <v>11063.0</v>
       </c>
       <c r="M453" s="14" t="n">
-        <v>4209.0</v>
+        <v>5155.0</v>
       </c>
       <c r="N453" s="14" t="n">
-        <v>6302.0</v>
+        <v>5361.0</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B454" s="14" t="n">
-        <v>699.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1246.0</v>
+      </c>
+      <c r="C454" s="14" t="n">
+        <v>27.0</v>
       </c>
       <c r="D454" s="14" t="n">
-        <v>29.0</v>
+        <v>50.0</v>
       </c>
       <c r="E454" s="14" t="n">
-        <v>70.0</v>
+        <v>62.0</v>
       </c>
       <c r="F454" s="14" t="n">
-        <v>77.0</v>
+        <v>103.0</v>
       </c>
       <c r="G454" s="14" t="n">
-        <v>65.0</v>
+        <v>56.0</v>
       </c>
       <c r="H454" s="14" t="n">
-        <v>62.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>28.0</v>
+      </c>
+      <c r="I454" s="14" t="n">
+        <v>82.0</v>
       </c>
       <c r="J454" s="14" t="n">
-        <v>99.0</v>
+        <v>125.0</v>
       </c>
       <c r="K454" s="14" t="n">
-        <v>96.0</v>
+        <v>92.0</v>
       </c>
       <c r="L454" s="14" t="n">
-        <v>35.0</v>
+        <v>140.0</v>
       </c>
       <c r="M454" s="14" t="n">
-        <v>64.0</v>
+        <v>352.0</v>
       </c>
       <c r="N454" s="14" t="n">
-        <v>41.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B455" s="14" t="n">
-        <v>10832.0</v>
+        <v>12919.0</v>
       </c>
       <c r="C455" s="14" t="n">
-        <v>78.0</v>
+        <v>127.0</v>
       </c>
       <c r="D455" s="14" t="n">
-        <v>191.0</v>
+        <v>140.0</v>
       </c>
       <c r="E455" s="14" t="n">
-        <v>420.0</v>
+        <v>745.0</v>
       </c>
       <c r="F455" s="14" t="n">
-        <v>1267.0</v>
+        <v>926.0</v>
       </c>
       <c r="G455" s="14" t="n">
-        <v>2234.0</v>
+        <v>1803.0</v>
       </c>
       <c r="H455" s="14" t="n">
-        <v>1340.0</v>
+        <v>912.0</v>
       </c>
       <c r="I455" s="14" t="n">
-        <v>918.0</v>
+        <v>1547.0</v>
       </c>
       <c r="J455" s="14" t="n">
-        <v>1037.0</v>
+        <v>3356.0</v>
       </c>
       <c r="K455" s="14" t="n">
-        <v>2211.0</v>
+        <v>1948.0</v>
       </c>
       <c r="L455" s="14" t="n">
-        <v>852.0</v>
+        <v>954.0</v>
       </c>
       <c r="M455" s="14" t="n">
-        <v>138.0</v>
+        <v>226.0</v>
       </c>
       <c r="N455" s="14" t="n">
-        <v>146.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B456" s="14" t="n">
-        <v>29082.0</v>
+        <v>28856.0</v>
       </c>
       <c r="C456" s="14" t="n">
-        <v>1159.0</v>
+        <v>1215.0</v>
       </c>
       <c r="D456" s="14" t="n">
-        <v>1021.0</v>
+        <v>1457.0</v>
       </c>
       <c r="E456" s="14" t="n">
-        <v>1354.0</v>
+        <v>1638.0</v>
       </c>
       <c r="F456" s="14" t="n">
-        <v>2102.0</v>
+        <v>2406.0</v>
       </c>
       <c r="G456" s="14" t="n">
-        <v>2617.0</v>
+        <v>2792.0</v>
       </c>
       <c r="H456" s="14" t="n">
-        <v>2143.0</v>
+        <v>2060.0</v>
       </c>
       <c r="I456" s="14" t="n">
-        <v>3878.0</v>
+        <v>3295.0</v>
       </c>
       <c r="J456" s="14" t="n">
-        <v>6828.0</v>
+        <v>6284.0</v>
       </c>
       <c r="K456" s="14" t="n">
-        <v>3034.0</v>
+        <v>2555.0</v>
       </c>
       <c r="L456" s="14" t="n">
-        <v>2189.0</v>
+        <v>1656.0</v>
       </c>
       <c r="M456" s="14" t="n">
-        <v>1437.0</v>
+        <v>1616.0</v>
       </c>
       <c r="N456" s="14" t="n">
-        <v>1319.0</v>
+        <v>1882.0</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B457" s="14" t="n">
-        <v>1325.0</v>
-[...2 lines deleted...]
-        <v>247.0</v>
+        <v>986.0</v>
+      </c>
+      <c r="C457" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D457" s="14" t="n">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="E457" s="14" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="F457" s="14" t="n">
-        <v>83.0</v>
+        <v>117.0</v>
       </c>
       <c r="G457" s="14" t="n">
-        <v>51.0</v>
+        <v>71.0</v>
       </c>
       <c r="H457" s="14" t="n">
-        <v>312.0</v>
+        <v>78.0</v>
       </c>
       <c r="I457" s="14" t="n">
-        <v>42.0</v>
+        <v>95.0</v>
       </c>
       <c r="J457" s="14" t="n">
-        <v>223.0</v>
+        <v>358.0</v>
       </c>
       <c r="K457" s="14" t="n">
-        <v>97.0</v>
-[...5 lines deleted...]
-        <v>44.0</v>
+        <v>93.0</v>
+      </c>
+      <c r="L457" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M457" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N457" s="14" t="n">
-        <v>42.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B458" s="14" t="n">
-        <v>26195.0</v>
+        <v>26264.0</v>
       </c>
       <c r="C458" s="14" t="n">
-        <v>386.0</v>
+        <v>401.0</v>
       </c>
       <c r="D458" s="14" t="n">
-        <v>742.0</v>
+        <v>481.0</v>
       </c>
       <c r="E458" s="14" t="n">
-        <v>951.0</v>
+        <v>891.0</v>
       </c>
       <c r="F458" s="14" t="n">
-        <v>3639.0</v>
+        <v>1360.0</v>
       </c>
       <c r="G458" s="14" t="n">
-        <v>4201.0</v>
+        <v>3231.0</v>
       </c>
       <c r="H458" s="14" t="n">
-        <v>2946.0</v>
+        <v>2369.0</v>
       </c>
       <c r="I458" s="14" t="n">
-        <v>3197.0</v>
+        <v>2858.0</v>
       </c>
       <c r="J458" s="14" t="n">
-        <v>4781.0</v>
+        <v>7281.0</v>
       </c>
       <c r="K458" s="14" t="n">
-        <v>2947.0</v>
+        <v>4305.0</v>
       </c>
       <c r="L458" s="14" t="n">
-        <v>1331.0</v>
+        <v>1635.0</v>
       </c>
       <c r="M458" s="14" t="n">
-        <v>611.0</v>
+        <v>811.0</v>
       </c>
       <c r="N458" s="14" t="n">
-        <v>462.0</v>
+        <v>639.0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B459" s="14" t="n">
-        <v>5072.0</v>
+        <v>8170.0</v>
       </c>
       <c r="C459" s="14" t="n">
-        <v>230.0</v>
+        <v>231.0</v>
       </c>
       <c r="D459" s="14" t="n">
-        <v>330.0</v>
+        <v>327.0</v>
       </c>
       <c r="E459" s="14" t="n">
-        <v>397.0</v>
+        <v>835.0</v>
       </c>
       <c r="F459" s="14" t="n">
-        <v>374.0</v>
+        <v>538.0</v>
       </c>
       <c r="G459" s="14" t="n">
-        <v>299.0</v>
+        <v>860.0</v>
       </c>
       <c r="H459" s="14" t="n">
-        <v>505.0</v>
+        <v>1477.0</v>
       </c>
       <c r="I459" s="14" t="n">
-        <v>470.0</v>
+        <v>493.0</v>
       </c>
       <c r="J459" s="14" t="n">
-        <v>561.0</v>
+        <v>891.0</v>
       </c>
       <c r="K459" s="14" t="n">
-        <v>877.0</v>
+        <v>720.0</v>
       </c>
       <c r="L459" s="14" t="n">
-        <v>439.0</v>
+        <v>639.0</v>
       </c>
       <c r="M459" s="14" t="n">
-        <v>313.0</v>
+        <v>399.0</v>
       </c>
       <c r="N459" s="14" t="n">
-        <v>278.0</v>
+        <v>760.0</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B460" s="14" t="n">
-        <v>19663.0</v>
+        <v>19134.0</v>
       </c>
       <c r="C460" s="14" t="n">
-        <v>1077.0</v>
+        <v>1117.0</v>
       </c>
       <c r="D460" s="14" t="n">
-        <v>1003.0</v>
+        <v>1148.0</v>
       </c>
       <c r="E460" s="14" t="n">
-        <v>2019.0</v>
+        <v>1673.0</v>
       </c>
       <c r="F460" s="14" t="n">
-        <v>1840.0</v>
+        <v>1673.0</v>
       </c>
       <c r="G460" s="14" t="n">
-        <v>1397.0</v>
+        <v>1795.0</v>
       </c>
       <c r="H460" s="14" t="n">
-        <v>1994.0</v>
+        <v>2222.0</v>
       </c>
       <c r="I460" s="14" t="n">
-        <v>2096.0</v>
+        <v>1654.0</v>
       </c>
       <c r="J460" s="14" t="n">
-        <v>2460.0</v>
+        <v>2307.0</v>
       </c>
       <c r="K460" s="14" t="n">
-        <v>1985.0</v>
+        <v>1741.0</v>
       </c>
       <c r="L460" s="14" t="n">
-        <v>1466.0</v>
+        <v>1442.0</v>
       </c>
       <c r="M460" s="14" t="n">
-        <v>1379.0</v>
+        <v>1327.0</v>
       </c>
       <c r="N460" s="14" t="n">
-        <v>947.0</v>
+        <v>1035.0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B461" s="14" t="n">
-        <v>1472.0</v>
+        <v>1791.0</v>
       </c>
       <c r="C461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D461" s="13" t="inlineStr">
+      <c r="D461" s="14" t="n">
+        <v>88.0</v>
+      </c>
+      <c r="E461" s="14" t="n">
+        <v>136.0</v>
+      </c>
+      <c r="F461" s="14" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="G461" s="14" t="n">
+        <v>170.0</v>
+      </c>
+      <c r="H461" s="14" t="n">
+        <v>197.0</v>
+      </c>
+      <c r="I461" s="14" t="n">
+        <v>162.0</v>
+      </c>
+      <c r="J461" s="14" t="n">
+        <v>313.0</v>
+      </c>
+      <c r="K461" s="14" t="n">
+        <v>292.0</v>
+      </c>
+      <c r="L461" s="14" t="n">
+        <v>152.0</v>
+      </c>
+      <c r="M461" s="14" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="N461" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
-      </c>
-[...28 lines deleted...]
-        <v>52.0</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B462" s="14" t="n">
-        <v>2793.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>3362.0</v>
+      </c>
+      <c r="C462" s="14" t="n">
+        <v>55.0</v>
       </c>
       <c r="D462" s="14" t="n">
         <v>87.0</v>
       </c>
       <c r="E462" s="14" t="n">
-        <v>182.0</v>
+        <v>162.0</v>
       </c>
       <c r="F462" s="14" t="n">
-        <v>264.0</v>
+        <v>290.0</v>
       </c>
       <c r="G462" s="14" t="n">
-        <v>356.0</v>
+        <v>291.0</v>
       </c>
       <c r="H462" s="14" t="n">
-        <v>541.0</v>
+        <v>177.0</v>
       </c>
       <c r="I462" s="14" t="n">
-        <v>295.0</v>
+        <v>1100.0</v>
       </c>
       <c r="J462" s="14" t="n">
-        <v>242.0</v>
+        <v>158.0</v>
       </c>
       <c r="K462" s="14" t="n">
-        <v>342.0</v>
+        <v>444.0</v>
       </c>
       <c r="L462" s="14" t="n">
-        <v>227.0</v>
+        <v>349.0</v>
       </c>
       <c r="M462" s="14" t="n">
-        <v>155.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>181.0</v>
+      </c>
+      <c r="N462" s="14" t="n">
+        <v>67.0</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B463" s="14" t="n">
-        <v>1534.0</v>
+        <v>2225.0</v>
       </c>
       <c r="C463" s="14" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="D463" s="14" t="n">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
       <c r="E463" s="14" t="n">
-        <v>112.0</v>
+        <v>47.0</v>
       </c>
       <c r="F463" s="14" t="n">
-        <v>234.0</v>
+        <v>243.0</v>
       </c>
       <c r="G463" s="14" t="n">
-        <v>60.0</v>
+        <v>295.0</v>
       </c>
       <c r="H463" s="14" t="n">
-        <v>178.0</v>
+        <v>220.0</v>
       </c>
       <c r="I463" s="14" t="n">
-        <v>253.0</v>
+        <v>656.0</v>
       </c>
       <c r="J463" s="14" t="n">
-        <v>30.0</v>
+        <v>97.0</v>
       </c>
       <c r="K463" s="14" t="n">
-        <v>386.0</v>
+        <v>328.0</v>
       </c>
       <c r="L463" s="14" t="n">
-        <v>166.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>108.0</v>
+      </c>
+      <c r="M463" s="14" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="N463" s="14" t="n">
+        <v>38.0</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B464" s="14" t="n">
-        <v>30248.0</v>
+        <v>38789.0</v>
       </c>
       <c r="C464" s="14" t="n">
-        <v>1059.0</v>
+        <v>938.0</v>
       </c>
       <c r="D464" s="14" t="n">
-        <v>969.0</v>
+        <v>836.0</v>
       </c>
       <c r="E464" s="14" t="n">
-        <v>1391.0</v>
+        <v>1212.0</v>
       </c>
       <c r="F464" s="14" t="n">
-        <v>2351.0</v>
+        <v>3662.0</v>
       </c>
       <c r="G464" s="14" t="n">
-        <v>3756.0</v>
+        <v>3997.0</v>
       </c>
       <c r="H464" s="14" t="n">
-        <v>3948.0</v>
+        <v>4246.0</v>
       </c>
       <c r="I464" s="14" t="n">
-        <v>3774.0</v>
+        <v>3912.0</v>
       </c>
       <c r="J464" s="14" t="n">
-        <v>3484.0</v>
+        <v>10025.0</v>
       </c>
       <c r="K464" s="14" t="n">
-        <v>5255.0</v>
+        <v>5754.0</v>
       </c>
       <c r="L464" s="14" t="n">
-        <v>2387.0</v>
+        <v>2394.0</v>
       </c>
       <c r="M464" s="14" t="n">
-        <v>1010.0</v>
+        <v>955.0</v>
       </c>
       <c r="N464" s="14" t="n">
-        <v>866.0</v>
+        <v>858.0</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B465" s="14" t="n">
-        <v>6308.0</v>
+        <v>6445.0</v>
       </c>
       <c r="C465" s="14" t="n">
-        <v>91.0</v>
+        <v>83.0</v>
       </c>
       <c r="D465" s="14" t="n">
-        <v>116.0</v>
+        <v>198.0</v>
       </c>
       <c r="E465" s="14" t="n">
-        <v>157.0</v>
+        <v>184.0</v>
       </c>
       <c r="F465" s="14" t="n">
-        <v>832.0</v>
+        <v>653.0</v>
       </c>
       <c r="G465" s="14" t="n">
-        <v>1106.0</v>
+        <v>843.0</v>
       </c>
       <c r="H465" s="14" t="n">
-        <v>598.0</v>
+        <v>488.0</v>
       </c>
       <c r="I465" s="14" t="n">
+        <v>855.0</v>
+      </c>
+      <c r="J465" s="14" t="n">
+        <v>688.0</v>
+      </c>
+      <c r="K465" s="14" t="n">
         <v>700.0</v>
       </c>
-      <c r="J465" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="L465" s="14" t="n">
-        <v>722.0</v>
+        <v>1222.0</v>
       </c>
       <c r="M465" s="14" t="n">
-        <v>174.0</v>
+        <v>411.0</v>
       </c>
       <c r="N465" s="14" t="n">
-        <v>178.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B466" s="14" t="n">
-        <v>14102.0</v>
+        <v>11305.0</v>
       </c>
       <c r="C466" s="14" t="n">
-        <v>1029.0</v>
+        <v>612.0</v>
       </c>
       <c r="D466" s="14" t="n">
-        <v>683.0</v>
+        <v>613.0</v>
       </c>
       <c r="E466" s="14" t="n">
-        <v>822.0</v>
+        <v>1082.0</v>
       </c>
       <c r="F466" s="14" t="n">
-        <v>2363.0</v>
+        <v>963.0</v>
       </c>
       <c r="G466" s="14" t="n">
-        <v>694.0</v>
+        <v>1244.0</v>
       </c>
       <c r="H466" s="14" t="n">
-        <v>754.0</v>
+        <v>1045.0</v>
       </c>
       <c r="I466" s="14" t="n">
-        <v>842.0</v>
+        <v>1011.0</v>
       </c>
       <c r="J466" s="14" t="n">
-        <v>1433.0</v>
+        <v>1869.0</v>
       </c>
       <c r="K466" s="14" t="n">
-        <v>1027.0</v>
+        <v>791.0</v>
       </c>
       <c r="L466" s="14" t="n">
-        <v>819.0</v>
+        <v>676.0</v>
       </c>
       <c r="M466" s="14" t="n">
-        <v>2162.0</v>
+        <v>845.0</v>
       </c>
       <c r="N466" s="14" t="n">
-        <v>1474.0</v>
+        <v>551.0</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B467" s="14" t="n">
-        <v>2321.0</v>
+        <v>2306.0</v>
       </c>
       <c r="C467" s="14" t="n">
-        <v>89.0</v>
+        <v>68.0</v>
       </c>
       <c r="D467" s="14" t="n">
-        <v>45.0</v>
+        <v>219.0</v>
       </c>
       <c r="E467" s="14" t="n">
-        <v>69.0</v>
+        <v>94.0</v>
       </c>
       <c r="F467" s="14" t="n">
-        <v>218.0</v>
+        <v>180.0</v>
       </c>
       <c r="G467" s="14" t="n">
-        <v>389.0</v>
+        <v>257.0</v>
       </c>
       <c r="H467" s="14" t="n">
-        <v>252.0</v>
+        <v>177.0</v>
       </c>
       <c r="I467" s="14" t="n">
-        <v>437.0</v>
+        <v>410.0</v>
       </c>
       <c r="J467" s="14" t="n">
-        <v>137.0</v>
+        <v>72.0</v>
       </c>
       <c r="K467" s="14" t="n">
-        <v>235.0</v>
+        <v>171.0</v>
       </c>
       <c r="L467" s="14" t="n">
-        <v>177.0</v>
+        <v>166.0</v>
       </c>
       <c r="M467" s="14" t="n">
-        <v>148.0</v>
+        <v>375.0</v>
       </c>
       <c r="N467" s="14" t="n">
-        <v>125.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B468" s="14" t="n">
-        <v>4164.0</v>
+        <v>6577.0</v>
       </c>
       <c r="C468" s="14" t="n">
-        <v>135.0</v>
+        <v>331.0</v>
       </c>
       <c r="D468" s="14" t="n">
-        <v>206.0</v>
+        <v>278.0</v>
       </c>
       <c r="E468" s="14" t="n">
-        <v>246.0</v>
+        <v>300.0</v>
       </c>
       <c r="F468" s="14" t="n">
-        <v>264.0</v>
+        <v>844.0</v>
       </c>
       <c r="G468" s="14" t="n">
-        <v>510.0</v>
+        <v>1041.0</v>
       </c>
       <c r="H468" s="14" t="n">
-        <v>394.0</v>
+        <v>508.0</v>
       </c>
       <c r="I468" s="14" t="n">
-        <v>330.0</v>
+        <v>541.0</v>
       </c>
       <c r="J468" s="14" t="n">
-        <v>334.0</v>
+        <v>788.0</v>
       </c>
       <c r="K468" s="14" t="n">
-        <v>274.0</v>
+        <v>531.0</v>
       </c>
       <c r="L468" s="14" t="n">
-        <v>606.0</v>
+        <v>512.0</v>
       </c>
       <c r="M468" s="14" t="n">
-        <v>515.0</v>
+        <v>651.0</v>
       </c>
       <c r="N468" s="14" t="n">
-        <v>353.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B469" s="14" t="n">
-        <v>53298.0</v>
+        <v>56005.0</v>
       </c>
       <c r="C469" s="14" t="n">
-        <v>596.0</v>
+        <v>862.0</v>
       </c>
       <c r="D469" s="14" t="n">
-        <v>1054.0</v>
+        <v>588.0</v>
       </c>
       <c r="E469" s="14" t="n">
-        <v>1912.0</v>
+        <v>2321.0</v>
       </c>
       <c r="F469" s="14" t="n">
-        <v>4198.0</v>
+        <v>4865.0</v>
       </c>
       <c r="G469" s="14" t="n">
-        <v>6853.0</v>
+        <v>6675.0</v>
       </c>
       <c r="H469" s="14" t="n">
-        <v>5530.0</v>
+        <v>5487.0</v>
       </c>
       <c r="I469" s="14" t="n">
-        <v>14782.0</v>
+        <v>15630.0</v>
       </c>
       <c r="J469" s="14" t="n">
-        <v>3580.0</v>
+        <v>3508.0</v>
       </c>
       <c r="K469" s="14" t="n">
-        <v>8702.0</v>
+        <v>8378.0</v>
       </c>
       <c r="L469" s="14" t="n">
-        <v>3956.0</v>
+        <v>5045.0</v>
       </c>
       <c r="M469" s="14" t="n">
-        <v>1306.0</v>
+        <v>1575.0</v>
       </c>
       <c r="N469" s="14" t="n">
-        <v>828.0</v>
+        <v>1071.0</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B470" s="14" t="n">
-        <v>55524.0</v>
+        <v>59892.0</v>
       </c>
       <c r="C470" s="14" t="n">
-        <v>2666.0</v>
+        <v>3270.0</v>
       </c>
       <c r="D470" s="14" t="n">
-        <v>2341.0</v>
+        <v>2432.0</v>
       </c>
       <c r="E470" s="14" t="n">
-        <v>3070.0</v>
+        <v>5195.0</v>
       </c>
       <c r="F470" s="14" t="n">
-        <v>4720.0</v>
+        <v>4477.0</v>
       </c>
       <c r="G470" s="14" t="n">
-        <v>6370.0</v>
+        <v>7511.0</v>
       </c>
       <c r="H470" s="14" t="n">
-        <v>6003.0</v>
+        <v>5036.0</v>
       </c>
       <c r="I470" s="14" t="n">
-        <v>6192.0</v>
+        <v>6294.0</v>
       </c>
       <c r="J470" s="14" t="n">
-        <v>6330.0</v>
+        <v>6646.0</v>
       </c>
       <c r="K470" s="14" t="n">
-        <v>6980.0</v>
+        <v>6859.0</v>
       </c>
       <c r="L470" s="14" t="n">
-        <v>4539.0</v>
+        <v>5337.0</v>
       </c>
       <c r="M470" s="14" t="n">
-        <v>3507.0</v>
+        <v>3887.0</v>
       </c>
       <c r="N470" s="14" t="n">
-        <v>2807.0</v>
+        <v>2947.0</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B471" s="14" t="n">
-        <v>12236.0</v>
+        <v>22440.0</v>
       </c>
       <c r="C471" s="14" t="n">
-        <v>1165.0</v>
+        <v>1318.0</v>
       </c>
       <c r="D471" s="14" t="n">
-        <v>1143.0</v>
+        <v>2802.0</v>
       </c>
       <c r="E471" s="14" t="n">
-        <v>1370.0</v>
+        <v>2352.0</v>
       </c>
       <c r="F471" s="14" t="n">
-        <v>807.0</v>
+        <v>1861.0</v>
       </c>
       <c r="G471" s="14" t="n">
-        <v>963.0</v>
+        <v>2020.0</v>
       </c>
       <c r="H471" s="14" t="n">
-        <v>1324.0</v>
+        <v>2939.0</v>
       </c>
       <c r="I471" s="14" t="n">
-        <v>663.0</v>
+        <v>1276.0</v>
       </c>
       <c r="J471" s="14" t="n">
-        <v>910.0</v>
+        <v>1298.0</v>
       </c>
       <c r="K471" s="14" t="n">
-        <v>1238.0</v>
+        <v>1248.0</v>
       </c>
       <c r="L471" s="14" t="n">
-        <v>1069.0</v>
+        <v>901.0</v>
       </c>
       <c r="M471" s="14" t="n">
-        <v>1151.0</v>
+        <v>2218.0</v>
       </c>
       <c r="N471" s="14" t="n">
-        <v>432.0</v>
+        <v>2206.0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="6" t="inlineStr">
         <is>
-          <t>País Vasco</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B472" s="6"/>
       <c r="C472" s="6"/>
       <c r="D472" s="6"/>
       <c r="E472" s="6"/>
       <c r="F472" s="6"/>
       <c r="G472" s="6"/>
       <c r="H472" s="6"/>
       <c r="I472" s="6"/>
       <c r="J472" s="6"/>
       <c r="K472" s="6"/>
       <c r="L472" s="6"/>
       <c r="M472" s="6"/>
       <c r="N472" s="6"/>
     </row>
     <row r="473">
       <c r="A473" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B473" s="14" t="n">
-        <v>6992060.0</v>
+        <v>7320153.0</v>
       </c>
       <c r="C473" s="14" t="n">
-        <v>340722.0</v>
+        <v>367734.0</v>
       </c>
       <c r="D473" s="14" t="n">
-        <v>385181.0</v>
+        <v>403123.0</v>
       </c>
       <c r="E473" s="14" t="n">
-        <v>460376.0</v>
+        <v>563173.0</v>
       </c>
       <c r="F473" s="14" t="n">
-        <v>604973.0</v>
+        <v>576707.0</v>
       </c>
       <c r="G473" s="14" t="n">
-        <v>621363.0</v>
+        <v>661328.0</v>
       </c>
       <c r="H473" s="14" t="n">
-        <v>630843.0</v>
+        <v>652008.0</v>
       </c>
       <c r="I473" s="14" t="n">
-        <v>784903.0</v>
+        <v>780828.0</v>
       </c>
       <c r="J473" s="14" t="n">
-        <v>873308.0</v>
+        <v>889171.0</v>
       </c>
       <c r="K473" s="14" t="n">
-        <v>718690.0</v>
+        <v>737402.0</v>
       </c>
       <c r="L473" s="14" t="n">
-        <v>657194.0</v>
+        <v>683922.0</v>
       </c>
       <c r="M473" s="14" t="n">
-        <v>470865.0</v>
+        <v>533711.0</v>
       </c>
       <c r="N473" s="14" t="n">
-        <v>443642.0</v>
+        <v>471044.0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B474" s="14" t="n">
-        <v>3778113.0</v>
+        <v>3861901.0</v>
       </c>
       <c r="C474" s="14" t="n">
-        <v>230831.0</v>
+        <v>235945.0</v>
       </c>
       <c r="D474" s="14" t="n">
-        <v>252467.0</v>
+        <v>260603.0</v>
       </c>
       <c r="E474" s="14" t="n">
-        <v>296891.0</v>
+        <v>342074.0</v>
       </c>
       <c r="F474" s="14" t="n">
-        <v>339123.0</v>
+        <v>292887.0</v>
       </c>
       <c r="G474" s="14" t="n">
-        <v>284647.0</v>
+        <v>301929.0</v>
       </c>
       <c r="H474" s="14" t="n">
-        <v>284621.0</v>
+        <v>302362.0</v>
       </c>
       <c r="I474" s="14" t="n">
-        <v>374125.0</v>
+        <v>362097.0</v>
       </c>
       <c r="J474" s="14" t="n">
-        <v>448335.0</v>
+        <v>437168.0</v>
       </c>
       <c r="K474" s="14" t="n">
-        <v>321760.0</v>
+        <v>338838.0</v>
       </c>
       <c r="L474" s="14" t="n">
-        <v>339803.0</v>
+        <v>339058.0</v>
       </c>
       <c r="M474" s="14" t="n">
-        <v>299044.0</v>
+        <v>338522.0</v>
       </c>
       <c r="N474" s="14" t="n">
-        <v>306465.0</v>
+        <v>310418.0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B475" s="14" t="n">
-        <v>3213948.0</v>
+        <v>3458252.0</v>
       </c>
       <c r="C475" s="14" t="n">
-        <v>109891.0</v>
+        <v>131789.0</v>
       </c>
       <c r="D475" s="14" t="n">
-        <v>132714.0</v>
+        <v>142521.0</v>
       </c>
       <c r="E475" s="14" t="n">
-        <v>163485.0</v>
+        <v>221099.0</v>
       </c>
       <c r="F475" s="14" t="n">
-        <v>265850.0</v>
+        <v>283820.0</v>
       </c>
       <c r="G475" s="14" t="n">
-        <v>336716.0</v>
+        <v>359399.0</v>
       </c>
       <c r="H475" s="14" t="n">
-        <v>346222.0</v>
+        <v>349646.0</v>
       </c>
       <c r="I475" s="14" t="n">
-        <v>410778.0</v>
+        <v>418731.0</v>
       </c>
       <c r="J475" s="14" t="n">
-        <v>424973.0</v>
+        <v>452003.0</v>
       </c>
       <c r="K475" s="14" t="n">
-        <v>396930.0</v>
+        <v>398565.0</v>
       </c>
       <c r="L475" s="14" t="n">
-        <v>317391.0</v>
+        <v>344865.0</v>
       </c>
       <c r="M475" s="14" t="n">
-        <v>171821.0</v>
+        <v>195189.0</v>
       </c>
       <c r="N475" s="14" t="n">
-        <v>137177.0</v>
+        <v>160626.0</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B476" s="14" t="n">
-        <v>1827645.0</v>
+        <v>1938288.0</v>
       </c>
       <c r="C476" s="14" t="n">
-        <v>66658.0</v>
+        <v>79370.0</v>
       </c>
       <c r="D476" s="14" t="n">
-        <v>82349.0</v>
+        <v>88539.0</v>
       </c>
       <c r="E476" s="14" t="n">
-        <v>98105.0</v>
+        <v>131420.0</v>
       </c>
       <c r="F476" s="14" t="n">
-        <v>154054.0</v>
+        <v>159401.0</v>
       </c>
       <c r="G476" s="14" t="n">
-        <v>183794.0</v>
+        <v>191891.0</v>
       </c>
       <c r="H476" s="14" t="n">
-        <v>182785.0</v>
+        <v>173502.0</v>
       </c>
       <c r="I476" s="14" t="n">
-        <v>221245.0</v>
+        <v>224594.0</v>
       </c>
       <c r="J476" s="14" t="n">
-        <v>282812.0</v>
+        <v>302345.0</v>
       </c>
       <c r="K476" s="14" t="n">
-        <v>204640.0</v>
+        <v>198173.0</v>
       </c>
       <c r="L476" s="14" t="n">
-        <v>170481.0</v>
+        <v>182342.0</v>
       </c>
       <c r="M476" s="14" t="n">
-        <v>97722.0</v>
+        <v>112249.0</v>
       </c>
       <c r="N476" s="14" t="n">
-        <v>83000.0</v>
+        <v>94463.0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B477" s="14" t="n">
-        <v>283520.0</v>
+        <v>297416.0</v>
       </c>
       <c r="C477" s="14" t="n">
-        <v>7687.0</v>
+        <v>8184.0</v>
       </c>
       <c r="D477" s="14" t="n">
-        <v>9023.0</v>
+        <v>9434.0</v>
       </c>
       <c r="E477" s="14" t="n">
-        <v>13858.0</v>
+        <v>19724.0</v>
       </c>
       <c r="F477" s="14" t="n">
-        <v>24721.0</v>
+        <v>26005.0</v>
       </c>
       <c r="G477" s="14" t="n">
-        <v>35871.0</v>
+        <v>34128.0</v>
       </c>
       <c r="H477" s="14" t="n">
-        <v>29993.0</v>
+        <v>35167.0</v>
       </c>
       <c r="I477" s="14" t="n">
-        <v>28864.0</v>
+        <v>29532.0</v>
       </c>
       <c r="J477" s="14" t="n">
-        <v>35931.0</v>
+        <v>36240.0</v>
       </c>
       <c r="K477" s="14" t="n">
-        <v>43735.0</v>
+        <v>43328.0</v>
       </c>
       <c r="L477" s="14" t="n">
-        <v>33003.0</v>
+        <v>32712.0</v>
       </c>
       <c r="M477" s="14" t="n">
-        <v>12360.0</v>
+        <v>12339.0</v>
       </c>
       <c r="N477" s="14" t="n">
-        <v>8473.0</v>
+        <v>10625.0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B478" s="14" t="n">
-        <v>32139.0</v>
+        <v>38668.0</v>
       </c>
       <c r="C478" s="14" t="n">
-        <v>768.0</v>
+        <v>962.0</v>
       </c>
       <c r="D478" s="14" t="n">
-        <v>850.0</v>
+        <v>1380.0</v>
       </c>
       <c r="E478" s="14" t="n">
-        <v>1375.0</v>
+        <v>4087.0</v>
       </c>
       <c r="F478" s="14" t="n">
-        <v>1727.0</v>
+        <v>3198.0</v>
       </c>
       <c r="G478" s="14" t="n">
-        <v>4404.0</v>
+        <v>4516.0</v>
       </c>
       <c r="H478" s="14" t="n">
-        <v>3889.0</v>
+        <v>3609.0</v>
       </c>
       <c r="I478" s="14" t="n">
-        <v>3838.0</v>
+        <v>4788.0</v>
       </c>
       <c r="J478" s="14" t="n">
-        <v>4533.0</v>
+        <v>4660.0</v>
       </c>
       <c r="K478" s="14" t="n">
-        <v>4289.0</v>
+        <v>4657.0</v>
       </c>
       <c r="L478" s="14" t="n">
-        <v>3256.0</v>
+        <v>3851.0</v>
       </c>
       <c r="M478" s="14" t="n">
-        <v>2586.0</v>
+        <v>1687.0</v>
       </c>
       <c r="N478" s="14" t="n">
-        <v>626.0</v>
+        <v>1274.0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B479" s="14" t="n">
-        <v>105750.0</v>
+        <v>112684.0</v>
       </c>
       <c r="C479" s="14" t="n">
-        <v>2488.0</v>
+        <v>2643.0</v>
       </c>
       <c r="D479" s="14" t="n">
-        <v>2414.0</v>
+        <v>3445.0</v>
       </c>
       <c r="E479" s="14" t="n">
-        <v>3178.0</v>
+        <v>5280.0</v>
       </c>
       <c r="F479" s="14" t="n">
-        <v>7167.0</v>
+        <v>8455.0</v>
       </c>
       <c r="G479" s="14" t="n">
-        <v>9513.0</v>
+        <v>10038.0</v>
       </c>
       <c r="H479" s="14" t="n">
-        <v>9421.0</v>
+        <v>10030.0</v>
       </c>
       <c r="I479" s="14" t="n">
-        <v>23753.0</v>
+        <v>25408.0</v>
       </c>
       <c r="J479" s="14" t="n">
-        <v>17598.0</v>
+        <v>16948.0</v>
       </c>
       <c r="K479" s="14" t="n">
-        <v>14228.0</v>
+        <v>11989.0</v>
       </c>
       <c r="L479" s="14" t="n">
-        <v>8788.0</v>
+        <v>10549.0</v>
       </c>
       <c r="M479" s="14" t="n">
-        <v>4312.0</v>
+        <v>4742.0</v>
       </c>
       <c r="N479" s="14" t="n">
-        <v>2891.0</v>
+        <v>3159.0</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B480" s="14" t="n">
-        <v>37229.0</v>
+        <v>39526.0</v>
       </c>
       <c r="C480" s="14" t="n">
-        <v>1408.0</v>
+        <v>979.0</v>
       </c>
       <c r="D480" s="14" t="n">
-        <v>1700.0</v>
+        <v>1096.0</v>
       </c>
       <c r="E480" s="14" t="n">
-        <v>2308.0</v>
+        <v>3761.0</v>
       </c>
       <c r="F480" s="14" t="n">
-        <v>2874.0</v>
+        <v>2255.0</v>
       </c>
       <c r="G480" s="14" t="n">
-        <v>3296.0</v>
+        <v>3273.0</v>
       </c>
       <c r="H480" s="14" t="n">
-        <v>2903.0</v>
+        <v>3078.0</v>
       </c>
       <c r="I480" s="14" t="n">
-        <v>7658.0</v>
+        <v>8652.0</v>
       </c>
       <c r="J480" s="14" t="n">
-        <v>3659.0</v>
+        <v>4632.0</v>
       </c>
       <c r="K480" s="14" t="n">
-        <v>4625.0</v>
+        <v>5244.0</v>
       </c>
       <c r="L480" s="14" t="n">
-        <v>4110.0</v>
+        <v>4188.0</v>
       </c>
       <c r="M480" s="14" t="n">
-        <v>1866.0</v>
+        <v>1439.0</v>
       </c>
       <c r="N480" s="14" t="n">
-        <v>823.0</v>
+        <v>928.0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B481" s="14" t="n">
-        <v>17373.0</v>
+        <v>21132.0</v>
       </c>
       <c r="C481" s="14" t="n">
-        <v>356.0</v>
+        <v>1149.0</v>
       </c>
       <c r="D481" s="14" t="n">
-        <v>586.0</v>
+        <v>1831.0</v>
       </c>
       <c r="E481" s="14" t="n">
-        <v>1360.0</v>
+        <v>2341.0</v>
       </c>
       <c r="F481" s="14" t="n">
-        <v>1665.0</v>
+        <v>2021.0</v>
       </c>
       <c r="G481" s="14" t="n">
-        <v>1682.0</v>
+        <v>2192.0</v>
       </c>
       <c r="H481" s="14" t="n">
-        <v>1426.0</v>
+        <v>1883.0</v>
       </c>
       <c r="I481" s="14" t="n">
-        <v>2129.0</v>
+        <v>2474.0</v>
       </c>
       <c r="J481" s="14" t="n">
-        <v>975.0</v>
+        <v>1121.0</v>
       </c>
       <c r="K481" s="14" t="n">
-        <v>1554.0</v>
+        <v>1794.0</v>
       </c>
       <c r="L481" s="14" t="n">
-        <v>3201.0</v>
+        <v>2451.0</v>
       </c>
       <c r="M481" s="14" t="n">
-        <v>1877.0</v>
+        <v>1349.0</v>
       </c>
       <c r="N481" s="14" t="n">
-        <v>561.0</v>
+        <v>527.0</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B482" s="14" t="n">
-        <v>572471.0</v>
+        <v>575487.0</v>
       </c>
       <c r="C482" s="14" t="n">
-        <v>25822.0</v>
+        <v>34128.0</v>
       </c>
       <c r="D482" s="14" t="n">
-        <v>37921.0</v>
+        <v>37072.0</v>
       </c>
       <c r="E482" s="14" t="n">
-        <v>35335.0</v>
+        <v>43940.0</v>
       </c>
       <c r="F482" s="14" t="n">
-        <v>50888.0</v>
+        <v>49627.0</v>
       </c>
       <c r="G482" s="14" t="n">
-        <v>57868.0</v>
+        <v>56542.0</v>
       </c>
       <c r="H482" s="14" t="n">
-        <v>61515.0</v>
+        <v>39115.0</v>
       </c>
       <c r="I482" s="14" t="n">
-        <v>57693.0</v>
+        <v>51020.0</v>
       </c>
       <c r="J482" s="14" t="n">
-        <v>88290.0</v>
+        <v>95223.0</v>
       </c>
       <c r="K482" s="14" t="n">
-        <v>43672.0</v>
+        <v>40652.0</v>
       </c>
       <c r="L482" s="14" t="n">
-        <v>46689.0</v>
+        <v>51778.0</v>
       </c>
       <c r="M482" s="14" t="n">
-        <v>30073.0</v>
+        <v>38502.0</v>
       </c>
       <c r="N482" s="14" t="n">
-        <v>36704.0</v>
+        <v>37888.0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B483" s="14" t="n">
-        <v>25343.0</v>
+        <v>27638.0</v>
       </c>
       <c r="C483" s="14" t="n">
-        <v>612.0</v>
+        <v>1908.0</v>
       </c>
       <c r="D483" s="14" t="n">
-        <v>558.0</v>
+        <v>749.0</v>
       </c>
       <c r="E483" s="14" t="n">
-        <v>1042.0</v>
+        <v>2757.0</v>
       </c>
       <c r="F483" s="14" t="n">
-        <v>3179.0</v>
+        <v>2310.0</v>
       </c>
       <c r="G483" s="14" t="n">
-        <v>2088.0</v>
+        <v>3550.0</v>
       </c>
       <c r="H483" s="14" t="n">
-        <v>2414.0</v>
+        <v>2852.0</v>
       </c>
       <c r="I483" s="14" t="n">
-        <v>1580.0</v>
+        <v>2467.0</v>
       </c>
       <c r="J483" s="14" t="n">
-        <v>3610.0</v>
+        <v>3786.0</v>
       </c>
       <c r="K483" s="14" t="n">
-        <v>2947.0</v>
+        <v>2565.0</v>
       </c>
       <c r="L483" s="14" t="n">
-        <v>3188.0</v>
+        <v>2851.0</v>
       </c>
       <c r="M483" s="14" t="n">
-        <v>2366.0</v>
+        <v>960.0</v>
       </c>
       <c r="N483" s="14" t="n">
-        <v>1758.0</v>
+        <v>882.0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B484" s="14" t="n">
-        <v>76898.0</v>
+        <v>78820.0</v>
       </c>
       <c r="C484" s="14" t="n">
-        <v>1020.0</v>
+        <v>857.0</v>
       </c>
       <c r="D484" s="14" t="n">
-        <v>1350.0</v>
+        <v>1998.0</v>
       </c>
       <c r="E484" s="14" t="n">
-        <v>2861.0</v>
+        <v>3517.0</v>
       </c>
       <c r="F484" s="14" t="n">
-        <v>6483.0</v>
+        <v>7176.0</v>
       </c>
       <c r="G484" s="14" t="n">
-        <v>8797.0</v>
+        <v>10605.0</v>
       </c>
       <c r="H484" s="14" t="n">
-        <v>10011.0</v>
+        <v>9310.0</v>
       </c>
       <c r="I484" s="14" t="n">
-        <v>10984.0</v>
+        <v>10186.0</v>
       </c>
       <c r="J484" s="14" t="n">
-        <v>12111.0</v>
+        <v>10518.0</v>
       </c>
       <c r="K484" s="14" t="n">
-        <v>12329.0</v>
+        <v>12320.0</v>
       </c>
       <c r="L484" s="14" t="n">
-        <v>7613.0</v>
+        <v>8207.0</v>
       </c>
       <c r="M484" s="14" t="n">
-        <v>2327.0</v>
+        <v>2635.0</v>
       </c>
       <c r="N484" s="14" t="n">
-        <v>1012.0</v>
+        <v>1491.0</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B485" s="14" t="n">
-        <v>192156.0</v>
+        <v>215563.0</v>
       </c>
       <c r="C485" s="14" t="n">
-        <v>6895.0</v>
+        <v>9628.0</v>
       </c>
       <c r="D485" s="14" t="n">
-        <v>5755.0</v>
+        <v>7665.0</v>
       </c>
       <c r="E485" s="14" t="n">
-        <v>10084.0</v>
+        <v>11491.0</v>
       </c>
       <c r="F485" s="14" t="n">
-        <v>13924.0</v>
+        <v>15236.0</v>
       </c>
       <c r="G485" s="14" t="n">
-        <v>14070.0</v>
+        <v>17578.0</v>
       </c>
       <c r="H485" s="14" t="n">
-        <v>15084.0</v>
+        <v>18290.0</v>
       </c>
       <c r="I485" s="14" t="n">
-        <v>21639.0</v>
+        <v>24908.0</v>
       </c>
       <c r="J485" s="14" t="n">
-        <v>50007.0</v>
+        <v>57401.0</v>
       </c>
       <c r="K485" s="14" t="n">
-        <v>17892.0</v>
+        <v>17256.0</v>
       </c>
       <c r="L485" s="14" t="n">
-        <v>15340.0</v>
+        <v>15175.0</v>
       </c>
       <c r="M485" s="14" t="n">
-        <v>11607.0</v>
+        <v>11138.0</v>
       </c>
       <c r="N485" s="14" t="n">
-        <v>9859.0</v>
+        <v>9798.0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B486" s="14" t="n">
-        <v>4476.0</v>
+        <v>3604.0</v>
       </c>
       <c r="C486" s="14" t="n">
-        <v>96.0</v>
+        <v>78.0</v>
       </c>
       <c r="D486" s="14" t="n">
-        <v>162.0</v>
+        <v>101.0</v>
       </c>
       <c r="E486" s="14" t="n">
-        <v>65.0</v>
+        <v>158.0</v>
       </c>
       <c r="F486" s="14" t="n">
-        <v>280.0</v>
+        <v>363.0</v>
       </c>
       <c r="G486" s="14" t="n">
-        <v>223.0</v>
+        <v>230.0</v>
       </c>
       <c r="H486" s="14" t="n">
-        <v>322.0</v>
+        <v>324.0</v>
       </c>
       <c r="I486" s="14" t="n">
-        <v>744.0</v>
+        <v>434.0</v>
       </c>
       <c r="J486" s="14" t="n">
-        <v>1235.0</v>
+        <v>965.0</v>
       </c>
       <c r="K486" s="14" t="n">
-        <v>851.0</v>
+        <v>388.0</v>
       </c>
       <c r="L486" s="14" t="n">
-        <v>158.0</v>
+        <v>220.0</v>
       </c>
       <c r="M486" s="14" t="n">
-        <v>224.0</v>
+        <v>194.0</v>
       </c>
       <c r="N486" s="14" t="n">
-        <v>116.0</v>
+        <v>148.0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B487" s="14" t="n">
-        <v>178202.0</v>
+        <v>203104.0</v>
       </c>
       <c r="C487" s="14" t="n">
-        <v>4424.0</v>
+        <v>4747.0</v>
       </c>
       <c r="D487" s="14" t="n">
-        <v>4129.0</v>
+        <v>5862.0</v>
       </c>
       <c r="E487" s="14" t="n">
-        <v>7441.0</v>
+        <v>10154.0</v>
       </c>
       <c r="F487" s="14" t="n">
-        <v>11943.0</v>
+        <v>13364.0</v>
       </c>
       <c r="G487" s="14" t="n">
-        <v>18793.0</v>
+        <v>22473.0</v>
       </c>
       <c r="H487" s="14" t="n">
-        <v>20673.0</v>
+        <v>21472.0</v>
       </c>
       <c r="I487" s="14" t="n">
-        <v>27752.0</v>
+        <v>30170.0</v>
       </c>
       <c r="J487" s="14" t="n">
-        <v>30234.0</v>
+        <v>32156.0</v>
       </c>
       <c r="K487" s="14" t="n">
-        <v>26553.0</v>
+        <v>26089.0</v>
       </c>
       <c r="L487" s="14" t="n">
-        <v>15208.0</v>
+        <v>17102.0</v>
       </c>
       <c r="M487" s="14" t="n">
-        <v>6299.0</v>
+        <v>13423.0</v>
       </c>
       <c r="N487" s="14" t="n">
-        <v>4751.0</v>
+        <v>6092.0</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B488" s="14" t="n">
-        <v>34662.0</v>
+        <v>38470.0</v>
       </c>
       <c r="C488" s="14" t="n">
-        <v>1146.0</v>
+        <v>1519.0</v>
       </c>
       <c r="D488" s="14" t="n">
-        <v>1558.0</v>
+        <v>1353.0</v>
       </c>
       <c r="E488" s="14" t="n">
-        <v>2028.0</v>
+        <v>2248.0</v>
       </c>
       <c r="F488" s="14" t="n">
-        <v>3067.0</v>
+        <v>3389.0</v>
       </c>
       <c r="G488" s="14" t="n">
-        <v>4630.0</v>
+        <v>4150.0</v>
       </c>
       <c r="H488" s="14" t="n">
-        <v>3510.0</v>
+        <v>3775.0</v>
       </c>
       <c r="I488" s="14" t="n">
-        <v>3810.0</v>
+        <v>4839.0</v>
       </c>
       <c r="J488" s="14" t="n">
-        <v>4560.0</v>
+        <v>4874.0</v>
       </c>
       <c r="K488" s="14" t="n">
-        <v>4230.0</v>
+        <v>4353.0</v>
       </c>
       <c r="L488" s="14" t="n">
-        <v>2980.0</v>
+        <v>3928.0</v>
       </c>
       <c r="M488" s="14" t="n">
-        <v>1995.0</v>
+        <v>2722.0</v>
       </c>
       <c r="N488" s="14" t="n">
-        <v>1147.0</v>
+        <v>1320.0</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B489" s="14" t="n">
-        <v>138283.0</v>
+        <v>143210.0</v>
       </c>
       <c r="C489" s="14" t="n">
-        <v>9284.0</v>
+        <v>7158.0</v>
       </c>
       <c r="D489" s="14" t="n">
-        <v>10216.0</v>
+        <v>10142.0</v>
       </c>
       <c r="E489" s="14" t="n">
-        <v>9113.0</v>
+        <v>10569.0</v>
       </c>
       <c r="F489" s="14" t="n">
-        <v>15802.0</v>
+        <v>13190.0</v>
       </c>
       <c r="G489" s="14" t="n">
-        <v>9573.0</v>
+        <v>9968.0</v>
       </c>
       <c r="H489" s="14" t="n">
-        <v>9375.0</v>
+        <v>11368.0</v>
       </c>
       <c r="I489" s="14" t="n">
-        <v>14668.0</v>
+        <v>13604.0</v>
       </c>
       <c r="J489" s="14" t="n">
-        <v>17818.0</v>
+        <v>19307.0</v>
       </c>
       <c r="K489" s="14" t="n">
-        <v>11967.0</v>
+        <v>12519.0</v>
       </c>
       <c r="L489" s="14" t="n">
-        <v>11746.0</v>
+        <v>11782.0</v>
       </c>
       <c r="M489" s="14" t="n">
-        <v>10259.0</v>
+        <v>10505.0</v>
       </c>
       <c r="N489" s="14" t="n">
-        <v>8462.0</v>
+        <v>13098.0</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B490" s="14" t="n">
-        <v>12453.0</v>
+        <v>16160.0</v>
       </c>
       <c r="C490" s="14" t="n">
-        <v>277.0</v>
+        <v>586.0</v>
       </c>
       <c r="D490" s="14" t="n">
-        <v>502.0</v>
+        <v>591.0</v>
       </c>
       <c r="E490" s="14" t="n">
-        <v>591.0</v>
+        <v>1205.0</v>
       </c>
       <c r="F490" s="14" t="n">
-        <v>552.0</v>
+        <v>1942.0</v>
       </c>
       <c r="G490" s="14" t="n">
-        <v>1206.0</v>
+        <v>1342.0</v>
       </c>
       <c r="H490" s="14" t="n">
-        <v>1101.0</v>
+        <v>1197.0</v>
       </c>
       <c r="I490" s="14" t="n">
-        <v>1951.0</v>
+        <v>1342.0</v>
       </c>
       <c r="J490" s="14" t="n">
-        <v>1134.0</v>
+        <v>1846.0</v>
       </c>
       <c r="K490" s="14" t="n">
-        <v>1768.0</v>
+        <v>1366.0</v>
       </c>
       <c r="L490" s="14" t="n">
-        <v>1614.0</v>
+        <v>3131.0</v>
       </c>
       <c r="M490" s="14" t="n">
-        <v>1279.0</v>
+        <v>1280.0</v>
       </c>
       <c r="N490" s="14" t="n">
-        <v>479.0</v>
+        <v>331.0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B491" s="14" t="n">
-        <v>38645.0</v>
+        <v>42776.0</v>
       </c>
       <c r="C491" s="14" t="n">
-        <v>771.0</v>
+        <v>820.0</v>
       </c>
       <c r="D491" s="14" t="n">
-        <v>1102.0</v>
+        <v>875.0</v>
       </c>
       <c r="E491" s="14" t="n">
-        <v>1651.0</v>
+        <v>2464.0</v>
       </c>
       <c r="F491" s="14" t="n">
-        <v>3144.0</v>
+        <v>3088.0</v>
       </c>
       <c r="G491" s="14" t="n">
-        <v>3950.0</v>
+        <v>3802.0</v>
       </c>
       <c r="H491" s="14" t="n">
-        <v>4026.0</v>
+        <v>4965.0</v>
       </c>
       <c r="I491" s="14" t="n">
-        <v>6071.0</v>
+        <v>6644.0</v>
       </c>
       <c r="J491" s="14" t="n">
-        <v>3153.0</v>
+        <v>3266.0</v>
       </c>
       <c r="K491" s="14" t="n">
-        <v>6707.0</v>
+        <v>6059.0</v>
       </c>
       <c r="L491" s="14" t="n">
-        <v>5001.0</v>
+        <v>6735.0</v>
       </c>
       <c r="M491" s="14" t="n">
-        <v>2045.0</v>
+        <v>2777.0</v>
       </c>
       <c r="N491" s="14" t="n">
-        <v>1025.0</v>
+        <v>1281.0</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B492" s="14" t="n">
-        <v>27905.0</v>
+        <v>30714.0</v>
       </c>
       <c r="C492" s="14" t="n">
-        <v>426.0</v>
+        <v>687.0</v>
       </c>
       <c r="D492" s="14" t="n">
-        <v>705.0</v>
+        <v>907.0</v>
       </c>
       <c r="E492" s="14" t="n">
-        <v>1027.0</v>
+        <v>2531.0</v>
       </c>
       <c r="F492" s="14" t="n">
-        <v>1678.0</v>
+        <v>1961.0</v>
       </c>
       <c r="G492" s="14" t="n">
-        <v>2909.0</v>
+        <v>2598.0</v>
       </c>
       <c r="H492" s="14" t="n">
-        <v>3243.0</v>
+        <v>2915.0</v>
       </c>
       <c r="I492" s="14" t="n">
-        <v>6115.0</v>
+        <v>6694.0</v>
       </c>
       <c r="J492" s="14" t="n">
-        <v>2533.0</v>
+        <v>2598.0</v>
       </c>
       <c r="K492" s="14" t="n">
-        <v>4041.0</v>
+        <v>4032.0</v>
       </c>
       <c r="L492" s="14" t="n">
-        <v>3124.0</v>
+        <v>4448.0</v>
       </c>
       <c r="M492" s="14" t="n">
-        <v>1622.0</v>
+        <v>868.0</v>
       </c>
       <c r="N492" s="14" t="n">
-        <v>480.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B493" s="14" t="n">
-        <v>276420.0</v>
+        <v>316594.0</v>
       </c>
       <c r="C493" s="14" t="n">
-        <v>6798.0</v>
+        <v>7781.0</v>
       </c>
       <c r="D493" s="14" t="n">
-        <v>9557.0</v>
+        <v>11301.0</v>
       </c>
       <c r="E493" s="14" t="n">
-        <v>12787.0</v>
+        <v>18747.0</v>
       </c>
       <c r="F493" s="14" t="n">
-        <v>22846.0</v>
+        <v>25137.0</v>
       </c>
       <c r="G493" s="14" t="n">
-        <v>32371.0</v>
+        <v>37575.0</v>
       </c>
       <c r="H493" s="14" t="n">
-        <v>35064.0</v>
+        <v>40516.0</v>
       </c>
       <c r="I493" s="14" t="n">
-        <v>36161.0</v>
+        <v>38784.0</v>
       </c>
       <c r="J493" s="14" t="n">
-        <v>37436.0</v>
+        <v>39770.0</v>
       </c>
       <c r="K493" s="14" t="n">
-        <v>39522.0</v>
+        <v>48881.0</v>
       </c>
       <c r="L493" s="14" t="n">
-        <v>26078.0</v>
+        <v>27690.0</v>
       </c>
       <c r="M493" s="14" t="n">
-        <v>10321.0</v>
+        <v>12157.0</v>
       </c>
       <c r="N493" s="14" t="n">
-        <v>7479.0</v>
+        <v>8256.0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B494" s="14" t="n">
-        <v>62264.0</v>
+        <v>69913.0</v>
       </c>
       <c r="C494" s="14" t="n">
-        <v>1166.0</v>
+        <v>1378.0</v>
       </c>
       <c r="D494" s="14" t="n">
-        <v>1665.0</v>
+        <v>999.0</v>
       </c>
       <c r="E494" s="14" t="n">
-        <v>1323.0</v>
+        <v>2343.0</v>
       </c>
       <c r="F494" s="14" t="n">
-        <v>6143.0</v>
+        <v>6894.0</v>
       </c>
       <c r="G494" s="14" t="n">
-        <v>7749.0</v>
+        <v>7809.0</v>
       </c>
       <c r="H494" s="14" t="n">
-        <v>6860.0</v>
+        <v>7890.0</v>
       </c>
       <c r="I494" s="14" t="n">
-        <v>9939.0</v>
+        <v>12143.0</v>
       </c>
       <c r="J494" s="14" t="n">
-        <v>7322.0</v>
+        <v>8700.0</v>
       </c>
       <c r="K494" s="14" t="n">
-        <v>9445.0</v>
+        <v>9726.0</v>
       </c>
       <c r="L494" s="14" t="n">
-        <v>6993.0</v>
+        <v>7681.0</v>
       </c>
       <c r="M494" s="14" t="n">
-        <v>1957.0</v>
+        <v>2349.0</v>
       </c>
       <c r="N494" s="14" t="n">
-        <v>1702.0</v>
+        <v>2002.0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B495" s="14" t="n">
-        <v>78473.0</v>
+        <v>89923.0</v>
       </c>
       <c r="C495" s="14" t="n">
-        <v>4305.0</v>
+        <v>4198.0</v>
       </c>
       <c r="D495" s="14" t="n">
-        <v>3950.0</v>
+        <v>4352.0</v>
       </c>
       <c r="E495" s="14" t="n">
-        <v>4923.0</v>
+        <v>8089.0</v>
       </c>
       <c r="F495" s="14" t="n">
-        <v>7237.0</v>
+        <v>7552.0</v>
       </c>
       <c r="G495" s="14" t="n">
-        <v>6375.0</v>
+        <v>7650.0</v>
       </c>
       <c r="H495" s="14" t="n">
-        <v>7905.0</v>
+        <v>7691.0</v>
       </c>
       <c r="I495" s="14" t="n">
-        <v>8950.0</v>
+        <v>10217.0</v>
       </c>
       <c r="J495" s="14" t="n">
-        <v>9709.0</v>
+        <v>10286.0</v>
       </c>
       <c r="K495" s="14" t="n">
-        <v>6476.0</v>
+        <v>8135.0</v>
       </c>
       <c r="L495" s="14" t="n">
-        <v>6662.0</v>
+        <v>9670.0</v>
       </c>
       <c r="M495" s="14" t="n">
-        <v>6495.0</v>
+        <v>6311.0</v>
       </c>
       <c r="N495" s="14" t="n">
-        <v>5486.0</v>
+        <v>5771.0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B496" s="14" t="n">
-        <v>43644.0</v>
+        <v>55370.0</v>
       </c>
       <c r="C496" s="14" t="n">
-        <v>1346.0</v>
+        <v>3214.0</v>
       </c>
       <c r="D496" s="14" t="n">
-        <v>2308.0</v>
+        <v>3629.0</v>
       </c>
       <c r="E496" s="14" t="n">
-        <v>3079.0</v>
+        <v>4186.0</v>
       </c>
       <c r="F496" s="14" t="n">
-        <v>2764.0</v>
+        <v>4998.0</v>
       </c>
       <c r="G496" s="14" t="n">
-        <v>4414.0</v>
+        <v>5288.0</v>
       </c>
       <c r="H496" s="14" t="n">
-        <v>3837.0</v>
+        <v>5214.0</v>
       </c>
       <c r="I496" s="14" t="n">
-        <v>3670.0</v>
+        <v>4330.0</v>
       </c>
       <c r="J496" s="14" t="n">
-        <v>4041.0</v>
+        <v>4761.0</v>
       </c>
       <c r="K496" s="14" t="n">
-        <v>5343.0</v>
+        <v>5957.0</v>
       </c>
       <c r="L496" s="14" t="n">
-        <v>4673.0</v>
+        <v>5958.0</v>
       </c>
       <c r="M496" s="14" t="n">
-        <v>5228.0</v>
+        <v>3888.0</v>
       </c>
       <c r="N496" s="14" t="n">
-        <v>2940.0</v>
+        <v>3948.0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B497" s="14" t="n">
-        <v>27011.0</v>
+        <v>29244.0</v>
       </c>
       <c r="C497" s="14" t="n">
-        <v>689.0</v>
+        <v>2116.0</v>
       </c>
       <c r="D497" s="14" t="n">
-        <v>794.0</v>
+        <v>1579.0</v>
       </c>
       <c r="E497" s="14" t="n">
-        <v>1427.0</v>
+        <v>2384.0</v>
       </c>
       <c r="F497" s="14" t="n">
-        <v>2122.0</v>
+        <v>2400.0</v>
       </c>
       <c r="G497" s="14" t="n">
-        <v>1732.0</v>
+        <v>2446.0</v>
       </c>
       <c r="H497" s="14" t="n">
-        <v>3431.0</v>
+        <v>3248.0</v>
       </c>
       <c r="I497" s="14" t="n">
-        <v>3066.0</v>
+        <v>2768.0</v>
       </c>
       <c r="J497" s="14" t="n">
-        <v>2430.0</v>
+        <v>2539.0</v>
       </c>
       <c r="K497" s="14" t="n">
-        <v>5243.0</v>
+        <v>3850.0</v>
       </c>
       <c r="L497" s="14" t="n">
-        <v>2286.0</v>
+        <v>2282.0</v>
       </c>
       <c r="M497" s="14" t="n">
-        <v>2327.0</v>
+        <v>1879.0</v>
       </c>
       <c r="N497" s="14" t="n">
-        <v>1464.0</v>
+        <v>1753.0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B498" s="14" t="n">
-        <v>349257.0</v>
+        <v>374778.0</v>
       </c>
       <c r="C498" s="14" t="n">
-        <v>5747.0</v>
+        <v>8139.0</v>
       </c>
       <c r="D498" s="14" t="n">
-        <v>7206.0</v>
+        <v>7485.0</v>
       </c>
       <c r="E498" s="14" t="n">
-        <v>14777.0</v>
+        <v>19102.0</v>
       </c>
       <c r="F498" s="14" t="n">
-        <v>26250.0</v>
+        <v>31602.0</v>
       </c>
       <c r="G498" s="14" t="n">
-        <v>39575.0</v>
+        <v>44626.0</v>
       </c>
       <c r="H498" s="14" t="n">
-        <v>46390.0</v>
+        <v>48184.0</v>
       </c>
       <c r="I498" s="14" t="n">
-        <v>60381.0</v>
+        <v>55306.0</v>
       </c>
       <c r="J498" s="14" t="n">
-        <v>28951.0</v>
+        <v>32043.0</v>
       </c>
       <c r="K498" s="14" t="n">
-        <v>53555.0</v>
+        <v>51076.0</v>
       </c>
       <c r="L498" s="14" t="n">
-        <v>41936.0</v>
+        <v>45704.0</v>
       </c>
       <c r="M498" s="14" t="n">
-        <v>14776.0</v>
+        <v>19532.0</v>
       </c>
       <c r="N498" s="14" t="n">
-        <v>9712.0</v>
+        <v>11980.0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B499" s="14" t="n">
-        <v>321206.0</v>
+        <v>347369.0</v>
       </c>
       <c r="C499" s="14" t="n">
-        <v>13974.0</v>
+        <v>17398.0</v>
       </c>
       <c r="D499" s="14" t="n">
-        <v>13559.0</v>
+        <v>15575.0</v>
       </c>
       <c r="E499" s="14" t="n">
-        <v>16525.0</v>
+        <v>22756.0</v>
       </c>
       <c r="F499" s="14" t="n">
-        <v>30320.0</v>
+        <v>27817.0</v>
       </c>
       <c r="G499" s="14" t="n">
-        <v>38733.0</v>
+        <v>36124.0</v>
       </c>
       <c r="H499" s="14" t="n">
-        <v>32337.0</v>
+        <v>38253.0</v>
       </c>
       <c r="I499" s="14" t="n">
-        <v>33683.0</v>
+        <v>37015.0</v>
       </c>
       <c r="J499" s="14" t="n">
-        <v>28641.0</v>
+        <v>30158.0</v>
       </c>
       <c r="K499" s="14" t="n">
-        <v>41101.0</v>
+        <v>44489.0</v>
       </c>
       <c r="L499" s="14" t="n">
-        <v>36664.0</v>
+        <v>37777.0</v>
       </c>
       <c r="M499" s="14" t="n">
-        <v>20011.0</v>
+        <v>21806.0</v>
       </c>
       <c r="N499" s="14" t="n">
-        <v>15660.0</v>
+        <v>18201.0</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B500" s="14" t="n">
-        <v>35295.0</v>
+        <v>36408.0</v>
       </c>
       <c r="C500" s="14" t="n">
-        <v>2970.0</v>
+        <v>2297.0</v>
       </c>
       <c r="D500" s="14" t="n">
-        <v>2668.0</v>
+        <v>2719.0</v>
       </c>
       <c r="E500" s="14" t="n">
-        <v>2642.0</v>
+        <v>2258.0</v>
       </c>
       <c r="F500" s="14" t="n">
-        <v>2416.0</v>
+        <v>2592.0</v>
       </c>
       <c r="G500" s="14" t="n">
-        <v>2837.0</v>
+        <v>2534.0</v>
       </c>
       <c r="H500" s="14" t="n">
-        <v>2513.0</v>
+        <v>3245.0</v>
       </c>
       <c r="I500" s="14" t="n">
-        <v>3834.0</v>
+        <v>4172.0</v>
       </c>
       <c r="J500" s="14" t="n">
-        <v>3280.0</v>
+        <v>4083.0</v>
       </c>
       <c r="K500" s="14" t="n">
-        <v>2497.0</v>
+        <v>2536.0</v>
       </c>
       <c r="L500" s="14" t="n">
-        <v>3065.0</v>
+        <v>3434.0</v>
       </c>
       <c r="M500" s="14" t="n">
-        <v>3750.0</v>
+        <v>3215.0</v>
       </c>
       <c r="N500" s="14" t="n">
-        <v>2822.0</v>
+        <v>3323.0</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="6" t="inlineStr">
         <is>
-          <t>Rioja, La</t>
+          <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B501" s="6"/>
       <c r="C501" s="6"/>
       <c r="D501" s="6"/>
       <c r="E501" s="6"/>
       <c r="F501" s="6"/>
       <c r="G501" s="6"/>
       <c r="H501" s="6"/>
       <c r="I501" s="6"/>
       <c r="J501" s="6"/>
       <c r="K501" s="6"/>
       <c r="L501" s="6"/>
       <c r="M501" s="6"/>
       <c r="N501" s="6"/>
     </row>
     <row r="502">
       <c r="A502" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B502" s="14" t="n">
-        <v>988795.0</v>
+        <v>1026653.0</v>
       </c>
       <c r="C502" s="14" t="n">
-        <v>39939.0</v>
+        <v>43415.0</v>
       </c>
       <c r="D502" s="14" t="n">
-        <v>54834.0</v>
+        <v>56611.0</v>
       </c>
       <c r="E502" s="14" t="n">
-        <v>66498.0</v>
+        <v>80490.0</v>
       </c>
       <c r="F502" s="14" t="n">
-        <v>93192.0</v>
+        <v>87855.0</v>
       </c>
       <c r="G502" s="14" t="n">
-        <v>93691.0</v>
+        <v>101185.0</v>
       </c>
       <c r="H502" s="14" t="n">
-        <v>92307.0</v>
+        <v>93213.0</v>
       </c>
       <c r="I502" s="14" t="n">
-        <v>94740.0</v>
+        <v>95070.0</v>
       </c>
       <c r="J502" s="14" t="n">
-        <v>119694.0</v>
+        <v>121870.0</v>
       </c>
       <c r="K502" s="14" t="n">
-        <v>104263.0</v>
+        <v>106566.0</v>
       </c>
       <c r="L502" s="14" t="n">
-        <v>96586.0</v>
+        <v>100455.0</v>
       </c>
       <c r="M502" s="14" t="n">
-        <v>69463.0</v>
+        <v>78621.0</v>
       </c>
       <c r="N502" s="14" t="n">
-        <v>63587.0</v>
+        <v>61301.0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B503" s="14" t="n">
-        <v>781558.0</v>
+        <v>794117.0</v>
       </c>
       <c r="C503" s="14" t="n">
-        <v>35718.0</v>
+        <v>37389.0</v>
       </c>
       <c r="D503" s="14" t="n">
-        <v>49489.0</v>
+        <v>49446.0</v>
       </c>
       <c r="E503" s="14" t="n">
-        <v>58312.0</v>
+        <v>69663.0</v>
       </c>
       <c r="F503" s="14" t="n">
-        <v>74651.0</v>
+        <v>63580.0</v>
       </c>
       <c r="G503" s="14" t="n">
-        <v>62751.0</v>
+        <v>67687.0</v>
       </c>
       <c r="H503" s="14" t="n">
-        <v>68738.0</v>
+        <v>68195.0</v>
       </c>
       <c r="I503" s="14" t="n">
-        <v>74489.0</v>
+        <v>71870.0</v>
       </c>
       <c r="J503" s="14" t="n">
-        <v>96905.0</v>
+        <v>100178.0</v>
       </c>
       <c r="K503" s="14" t="n">
-        <v>69480.0</v>
+        <v>70114.0</v>
       </c>
       <c r="L503" s="14" t="n">
-        <v>74060.0</v>
+        <v>75434.0</v>
       </c>
       <c r="M503" s="14" t="n">
-        <v>59394.0</v>
+        <v>66804.0</v>
       </c>
       <c r="N503" s="14" t="n">
-        <v>57571.0</v>
+        <v>53759.0</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B504" s="14" t="n">
-        <v>207237.0</v>
+        <v>232535.0</v>
       </c>
       <c r="C504" s="14" t="n">
-        <v>4221.0</v>
+        <v>6026.0</v>
       </c>
       <c r="D504" s="14" t="n">
-        <v>5345.0</v>
+        <v>7166.0</v>
       </c>
       <c r="E504" s="14" t="n">
-        <v>8185.0</v>
+        <v>10828.0</v>
       </c>
       <c r="F504" s="14" t="n">
-        <v>18541.0</v>
+        <v>24276.0</v>
       </c>
       <c r="G504" s="14" t="n">
-        <v>30940.0</v>
+        <v>33498.0</v>
       </c>
       <c r="H504" s="14" t="n">
-        <v>23569.0</v>
+        <v>25018.0</v>
       </c>
       <c r="I504" s="14" t="n">
-        <v>20251.0</v>
+        <v>23200.0</v>
       </c>
       <c r="J504" s="14" t="n">
-        <v>22790.0</v>
+        <v>21692.0</v>
       </c>
       <c r="K504" s="14" t="n">
-        <v>34783.0</v>
+        <v>36452.0</v>
       </c>
       <c r="L504" s="14" t="n">
-        <v>22526.0</v>
+        <v>25021.0</v>
       </c>
       <c r="M504" s="14" t="n">
-        <v>10069.0</v>
+        <v>11818.0</v>
       </c>
       <c r="N504" s="14" t="n">
-        <v>6017.0</v>
+        <v>7541.0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B505" s="14" t="n">
-        <v>100608.0</v>
+        <v>119283.0</v>
       </c>
       <c r="C505" s="14" t="n">
-        <v>2124.0</v>
+        <v>2866.0</v>
       </c>
       <c r="D505" s="14" t="n">
-        <v>3073.0</v>
+        <v>4005.0</v>
       </c>
       <c r="E505" s="14" t="n">
-        <v>4260.0</v>
+        <v>5600.0</v>
       </c>
       <c r="F505" s="14" t="n">
-        <v>8430.0</v>
+        <v>11410.0</v>
       </c>
       <c r="G505" s="14" t="n">
-        <v>14102.0</v>
+        <v>15653.0</v>
       </c>
       <c r="H505" s="14" t="n">
-        <v>11601.0</v>
+        <v>12629.0</v>
       </c>
       <c r="I505" s="14" t="n">
-        <v>10321.0</v>
+        <v>12590.0</v>
       </c>
       <c r="J505" s="14" t="n">
-        <v>12859.0</v>
+        <v>13763.0</v>
       </c>
       <c r="K505" s="14" t="n">
-        <v>15265.0</v>
+        <v>17565.0</v>
       </c>
       <c r="L505" s="14" t="n">
-        <v>10265.0</v>
+        <v>12055.0</v>
       </c>
       <c r="M505" s="14" t="n">
-        <v>5207.0</v>
+        <v>6376.0</v>
       </c>
       <c r="N505" s="14" t="n">
-        <v>3102.0</v>
+        <v>4771.0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B506" s="14" t="n">
-        <v>14650.0</v>
+        <v>17229.0</v>
       </c>
       <c r="C506" s="14" t="n">
-        <v>230.0</v>
+        <v>417.0</v>
       </c>
       <c r="D506" s="14" t="n">
-        <v>339.0</v>
+        <v>426.0</v>
       </c>
       <c r="E506" s="14" t="n">
-        <v>647.0</v>
+        <v>869.0</v>
       </c>
       <c r="F506" s="14" t="n">
-        <v>1486.0</v>
+        <v>2136.0</v>
       </c>
       <c r="G506" s="14" t="n">
-        <v>2478.0</v>
+        <v>3196.0</v>
       </c>
       <c r="H506" s="14" t="n">
-        <v>2162.0</v>
+        <v>2201.0</v>
       </c>
       <c r="I506" s="14" t="n">
-        <v>1424.0</v>
+        <v>1298.0</v>
       </c>
       <c r="J506" s="14" t="n">
-        <v>1442.0</v>
+        <v>1295.0</v>
       </c>
       <c r="K506" s="14" t="n">
-        <v>2246.0</v>
+        <v>2882.0</v>
       </c>
       <c r="L506" s="14" t="n">
-        <v>1400.0</v>
+        <v>1538.0</v>
       </c>
       <c r="M506" s="14" t="n">
-        <v>486.0</v>
+        <v>496.0</v>
       </c>
       <c r="N506" s="14" t="n">
-        <v>309.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B507" s="14" t="n">
-        <v>1775.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2958.0</v>
+      </c>
+      <c r="C507" s="14" t="n">
+        <v>24.0</v>
       </c>
       <c r="D507" s="14" t="n">
-        <v>64.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>21.0</v>
+      </c>
+      <c r="E507" s="14" t="n">
+        <v>116.0</v>
       </c>
       <c r="F507" s="14" t="n">
-        <v>192.0</v>
+        <v>321.0</v>
       </c>
       <c r="G507" s="14" t="n">
-        <v>335.0</v>
+        <v>418.0</v>
       </c>
       <c r="H507" s="14" t="n">
-        <v>243.0</v>
+        <v>639.0</v>
       </c>
       <c r="I507" s="14" t="n">
-        <v>188.0</v>
+        <v>129.0</v>
       </c>
       <c r="J507" s="14" t="n">
-        <v>97.0</v>
+        <v>148.0</v>
       </c>
       <c r="K507" s="14" t="n">
-        <v>363.0</v>
+        <v>912.0</v>
       </c>
       <c r="L507" s="14" t="n">
-        <v>177.0</v>
+        <v>139.0</v>
       </c>
       <c r="M507" s="14" t="n">
-        <v>77.0</v>
+        <v>68.0</v>
       </c>
       <c r="N507" s="14" t="n">
-        <v>22.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B508" s="14" t="n">
-        <v>4919.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>5602.0</v>
+      </c>
+      <c r="C508" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="D508" s="14" t="n">
+        <v>74.0</v>
       </c>
       <c r="E508" s="14" t="n">
-        <v>68.0</v>
+        <v>111.0</v>
       </c>
       <c r="F508" s="14" t="n">
-        <v>402.0</v>
+        <v>489.0</v>
       </c>
       <c r="G508" s="14" t="n">
-        <v>658.0</v>
+        <v>1103.0</v>
       </c>
       <c r="H508" s="14" t="n">
-        <v>644.0</v>
+        <v>549.0</v>
       </c>
       <c r="I508" s="14" t="n">
-        <v>1044.0</v>
+        <v>976.0</v>
       </c>
       <c r="J508" s="14" t="n">
-        <v>751.0</v>
+        <v>614.0</v>
       </c>
       <c r="K508" s="14" t="n">
-        <v>708.0</v>
+        <v>906.0</v>
       </c>
       <c r="L508" s="14" t="n">
-        <v>295.0</v>
+        <v>478.0</v>
       </c>
       <c r="M508" s="14" t="n">
-        <v>151.0</v>
+        <v>153.0</v>
       </c>
       <c r="N508" s="14" t="n">
-        <v>97.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B509" s="14" t="n">
-        <v>1336.0</v>
+        <v>1847.0</v>
       </c>
       <c r="C509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D509" s="14" t="n">
-        <v>51.0</v>
+      <c r="D509" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E509" s="14" t="n">
-        <v>25.0</v>
+        <v>74.0</v>
       </c>
       <c r="F509" s="14" t="n">
-        <v>69.0</v>
+        <v>62.0</v>
       </c>
       <c r="G509" s="14" t="n">
-        <v>340.0</v>
+        <v>285.0</v>
       </c>
       <c r="H509" s="14" t="n">
-        <v>53.0</v>
+        <v>173.0</v>
       </c>
       <c r="I509" s="14" t="n">
-        <v>189.0</v>
+        <v>268.0</v>
       </c>
       <c r="J509" s="14" t="n">
-        <v>166.0</v>
+        <v>298.0</v>
       </c>
       <c r="K509" s="14" t="n">
-        <v>301.0</v>
+        <v>401.0</v>
       </c>
       <c r="L509" s="14" t="n">
-        <v>106.0</v>
+        <v>188.0</v>
       </c>
       <c r="M509" s="14" t="n">
-        <v>21.0</v>
+        <v>62.0</v>
       </c>
       <c r="N509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B510" s="14" t="n">
-        <v>616.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>599.0</v>
+      </c>
+      <c r="C510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D510" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="E510" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="F510" s="14" t="n">
-        <v>68.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>135.0</v>
+      </c>
+      <c r="G510" s="14" t="n">
+        <v>117.0</v>
       </c>
       <c r="H510" s="14" t="n">
-        <v>137.0</v>
-[...5 lines deleted...]
-        <v>29.0</v>
+        <v>31.0</v>
+      </c>
+      <c r="I510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K510" s="14" t="n">
-        <v>87.0</v>
+        <v>74.0</v>
       </c>
       <c r="L510" s="14" t="n">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>20.0</v>
+        <v>109.0</v>
+      </c>
+      <c r="M510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B511" s="14" t="n">
-        <v>30521.0</v>
+        <v>33301.0</v>
       </c>
       <c r="C511" s="14" t="n">
-        <v>602.0</v>
+        <v>891.0</v>
       </c>
       <c r="D511" s="14" t="n">
-        <v>883.0</v>
+        <v>1334.0</v>
       </c>
       <c r="E511" s="14" t="n">
-        <v>1340.0</v>
+        <v>1748.0</v>
       </c>
       <c r="F511" s="14" t="n">
-        <v>2277.0</v>
+        <v>3519.0</v>
       </c>
       <c r="G511" s="14" t="n">
-        <v>4481.0</v>
+        <v>4262.0</v>
       </c>
       <c r="H511" s="14" t="n">
-        <v>2763.0</v>
+        <v>2929.0</v>
       </c>
       <c r="I511" s="14" t="n">
-        <v>2335.0</v>
+        <v>2955.0</v>
       </c>
       <c r="J511" s="14" t="n">
-        <v>4703.0</v>
+        <v>4854.0</v>
       </c>
       <c r="K511" s="14" t="n">
-        <v>5483.0</v>
+        <v>4275.0</v>
       </c>
       <c r="L511" s="14" t="n">
-        <v>2701.0</v>
+        <v>3703.0</v>
       </c>
       <c r="M511" s="14" t="n">
-        <v>1771.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N511" s="14" t="n">
-        <v>1184.0</v>
+        <v>1042.0</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B512" s="14" t="n">
-        <v>394.0</v>
+        <v>615.0</v>
       </c>
       <c r="C512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D512" s="14" t="n">
-        <v>32.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>27.0</v>
+      </c>
+      <c r="E512" s="14" t="n">
+        <v>97.0</v>
       </c>
       <c r="F512" s="14" t="n">
-        <v>24.0</v>
+        <v>46.0</v>
       </c>
       <c r="G512" s="14" t="n">
-        <v>28.0</v>
+        <v>38.0</v>
       </c>
       <c r="H512" s="14" t="n">
-        <v>42.0</v>
+        <v>95.0</v>
       </c>
       <c r="I512" s="14" t="n">
-        <v>43.0</v>
+        <v>154.0</v>
       </c>
       <c r="J512" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="K512" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="K512" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L512" s="14" t="n">
-        <v>42.0</v>
+        <v>35.0</v>
       </c>
       <c r="M512" s="14" t="n">
-        <v>84.0</v>
+        <v>48.0</v>
       </c>
       <c r="N512" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B513" s="14" t="n">
-        <v>6431.0</v>
+        <v>6088.0</v>
       </c>
       <c r="C513" s="14" t="n">
-        <v>35.0</v>
+        <v>55.0</v>
       </c>
       <c r="D513" s="14" t="n">
-        <v>52.0</v>
+        <v>201.0</v>
       </c>
       <c r="E513" s="14" t="n">
-        <v>161.0</v>
+        <v>171.0</v>
       </c>
       <c r="F513" s="14" t="n">
-        <v>1053.0</v>
+        <v>719.0</v>
       </c>
       <c r="G513" s="14" t="n">
-        <v>1455.0</v>
+        <v>844.0</v>
       </c>
       <c r="H513" s="14" t="n">
-        <v>921.0</v>
+        <v>929.0</v>
       </c>
       <c r="I513" s="14" t="n">
-        <v>492.0</v>
+        <v>302.0</v>
       </c>
       <c r="J513" s="14" t="n">
-        <v>532.0</v>
+        <v>359.0</v>
       </c>
       <c r="K513" s="14" t="n">
-        <v>1078.0</v>
+        <v>1602.0</v>
       </c>
       <c r="L513" s="14" t="n">
-        <v>461.0</v>
+        <v>687.0</v>
       </c>
       <c r="M513" s="14" t="n">
-        <v>120.0</v>
+        <v>158.0</v>
       </c>
       <c r="N513" s="14" t="n">
-        <v>71.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B514" s="14" t="n">
-        <v>10997.0</v>
+        <v>12892.0</v>
       </c>
       <c r="C514" s="14" t="n">
-        <v>498.0</v>
+        <v>405.0</v>
       </c>
       <c r="D514" s="14" t="n">
-        <v>518.0</v>
+        <v>441.0</v>
       </c>
       <c r="E514" s="14" t="n">
-        <v>705.0</v>
+        <v>752.0</v>
       </c>
       <c r="F514" s="14" t="n">
-        <v>1025.0</v>
+        <v>1110.0</v>
       </c>
       <c r="G514" s="14" t="n">
-        <v>1431.0</v>
+        <v>1358.0</v>
       </c>
       <c r="H514" s="14" t="n">
-        <v>1072.0</v>
+        <v>1213.0</v>
       </c>
       <c r="I514" s="14" t="n">
-        <v>1085.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J514" s="14" t="n">
-        <v>1603.0</v>
+        <v>1735.0</v>
       </c>
       <c r="K514" s="14" t="n">
-        <v>1131.0</v>
+        <v>1211.0</v>
       </c>
       <c r="L514" s="14" t="n">
-        <v>862.0</v>
+        <v>1237.0</v>
       </c>
       <c r="M514" s="14" t="n">
-        <v>792.0</v>
+        <v>900.0</v>
       </c>
       <c r="N514" s="14" t="n">
-        <v>275.0</v>
+        <v>1034.0</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B515" s="14" t="n">
-        <v>171.0</v>
+        <v>209.0</v>
       </c>
       <c r="C515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E515" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E515" s="14" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="F515" s="14" t="n">
+        <v>41.0</v>
       </c>
       <c r="G515" s="14" t="n">
-        <v>26.0</v>
-[...1 lines deleted...]
-      <c r="H515" s="14" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="H515" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I515" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J515" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K515" s="14" t="n">
         <v>24.0</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="L515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B516" s="14" t="n">
-        <v>9386.0</v>
+        <v>9111.0</v>
       </c>
       <c r="C516" s="14" t="n">
-        <v>74.0</v>
+        <v>151.0</v>
       </c>
       <c r="D516" s="14" t="n">
-        <v>62.0</v>
+        <v>137.0</v>
       </c>
       <c r="E516" s="14" t="n">
-        <v>280.0</v>
+        <v>324.0</v>
       </c>
       <c r="F516" s="14" t="n">
-        <v>477.0</v>
+        <v>679.0</v>
       </c>
       <c r="G516" s="14" t="n">
-        <v>940.0</v>
+        <v>1413.0</v>
       </c>
       <c r="H516" s="14" t="n">
-        <v>1230.0</v>
+        <v>1320.0</v>
       </c>
       <c r="I516" s="14" t="n">
-        <v>1437.0</v>
+        <v>1061.0</v>
       </c>
       <c r="J516" s="14" t="n">
-        <v>1534.0</v>
+        <v>1281.0</v>
       </c>
       <c r="K516" s="14" t="n">
-        <v>1708.0</v>
+        <v>1851.0</v>
       </c>
       <c r="L516" s="14" t="n">
-        <v>1349.0</v>
+        <v>585.0</v>
       </c>
       <c r="M516" s="14" t="n">
-        <v>195.0</v>
+        <v>224.0</v>
       </c>
       <c r="N516" s="14" t="n">
-        <v>101.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B517" s="14" t="n">
-        <v>1804.0</v>
+        <v>8847.0</v>
       </c>
       <c r="C517" s="14" t="n">
-        <v>50.0</v>
+        <v>54.0</v>
       </c>
       <c r="D517" s="14" t="n">
-        <v>82.0</v>
+        <v>104.0</v>
       </c>
       <c r="E517" s="14" t="n">
-        <v>58.0</v>
+        <v>84.0</v>
       </c>
       <c r="F517" s="14" t="n">
-        <v>185.0</v>
+        <v>203.0</v>
       </c>
       <c r="G517" s="14" t="n">
-        <v>196.0</v>
+        <v>644.0</v>
       </c>
       <c r="H517" s="14" t="n">
-        <v>258.0</v>
+        <v>1272.0</v>
       </c>
       <c r="I517" s="14" t="n">
-        <v>337.0</v>
+        <v>1259.0</v>
       </c>
       <c r="J517" s="14" t="n">
-        <v>203.0</v>
+        <v>1071.0</v>
       </c>
       <c r="K517" s="14" t="n">
-        <v>153.0</v>
+        <v>1190.0</v>
       </c>
       <c r="L517" s="14" t="n">
-        <v>113.0</v>
+        <v>1021.0</v>
       </c>
       <c r="M517" s="14" t="n">
-        <v>142.0</v>
+        <v>1232.0</v>
       </c>
       <c r="N517" s="14" t="n">
-        <v>28.0</v>
+        <v>713.0</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B518" s="14" t="n">
-        <v>7952.0</v>
+        <v>7655.0</v>
       </c>
       <c r="C518" s="14" t="n">
-        <v>194.0</v>
+        <v>439.0</v>
       </c>
       <c r="D518" s="14" t="n">
-        <v>421.0</v>
+        <v>500.0</v>
       </c>
       <c r="E518" s="14" t="n">
-        <v>462.0</v>
+        <v>570.0</v>
       </c>
       <c r="F518" s="14" t="n">
-        <v>667.0</v>
+        <v>870.0</v>
       </c>
       <c r="G518" s="14" t="n">
-        <v>605.0</v>
+        <v>600.0</v>
       </c>
       <c r="H518" s="14" t="n">
-        <v>1093.0</v>
+        <v>524.0</v>
       </c>
       <c r="I518" s="14" t="n">
-        <v>711.0</v>
+        <v>653.0</v>
       </c>
       <c r="J518" s="14" t="n">
-        <v>992.0</v>
+        <v>1092.0</v>
       </c>
       <c r="K518" s="14" t="n">
-        <v>611.0</v>
+        <v>763.0</v>
       </c>
       <c r="L518" s="14" t="n">
-        <v>1069.0</v>
+        <v>674.0</v>
       </c>
       <c r="M518" s="14" t="n">
-        <v>711.0</v>
+        <v>527.0</v>
       </c>
       <c r="N518" s="14" t="n">
-        <v>415.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B519" s="14" t="n">
-        <v>460.0</v>
-[...19 lines deleted...]
-        </is>
+        <v>653.0</v>
+      </c>
+      <c r="C519" s="14" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="D519" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="E519" s="14" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="F519" s="14" t="n">
+        <v>72.0</v>
       </c>
       <c r="G519" s="14" t="n">
-        <v>63.0</v>
+        <v>92.0</v>
       </c>
       <c r="H519" s="14" t="n">
-        <v>83.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>52.0</v>
+      </c>
+      <c r="I519" s="14" t="n">
+        <v>67.0</v>
       </c>
       <c r="J519" s="14" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="K519" s="14" t="n">
-        <v>44.0</v>
+        <v>54.0</v>
       </c>
       <c r="L519" s="14" t="n">
-        <v>140.0</v>
-[...2 lines deleted...]
-        <v>29.0</v>
+        <v>110.0</v>
+      </c>
+      <c r="M519" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="N519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B520" s="14" t="n">
-        <v>1908.0</v>
+        <v>2589.0</v>
       </c>
       <c r="C520" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D520" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="E520" s="14" t="n">
-        <v>84.0</v>
+        <v>64.0</v>
       </c>
       <c r="F520" s="14" t="n">
-        <v>122.0</v>
+        <v>226.0</v>
       </c>
       <c r="G520" s="14" t="n">
-        <v>280.0</v>
+        <v>587.0</v>
       </c>
       <c r="H520" s="14" t="n">
-        <v>180.0</v>
+        <v>110.0</v>
       </c>
       <c r="I520" s="14" t="n">
-        <v>136.0</v>
+        <v>199.0</v>
       </c>
       <c r="J520" s="14" t="n">
-        <v>114.0</v>
+        <v>80.0</v>
       </c>
       <c r="K520" s="14" t="n">
-        <v>477.0</v>
+        <v>741.0</v>
       </c>
       <c r="L520" s="14" t="n">
-        <v>343.0</v>
+        <v>386.0</v>
       </c>
       <c r="M520" s="14" t="n">
-        <v>111.0</v>
+        <v>143.0</v>
       </c>
       <c r="N520" s="14" t="n">
-        <v>22.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B521" s="14" t="n">
-        <v>1455.0</v>
+        <v>1804.0</v>
       </c>
       <c r="C521" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D521" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E521" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E521" s="14" t="n">
+        <v>22.0</v>
       </c>
       <c r="F521" s="14" t="n">
-        <v>106.0</v>
+        <v>273.0</v>
       </c>
       <c r="G521" s="14" t="n">
+        <v>152.0</v>
+      </c>
+      <c r="H521" s="14" t="n">
+        <v>228.0</v>
+      </c>
+      <c r="I521" s="14" t="n">
+        <v>223.0</v>
+      </c>
+      <c r="J521" s="14" t="n">
+        <v>333.0</v>
+      </c>
+      <c r="K521" s="14" t="n">
         <v>357.0</v>
       </c>
-      <c r="H521" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="L521" s="14" t="n">
-        <v>140.0</v>
+        <v>105.0</v>
       </c>
       <c r="M521" s="14" t="n">
-        <v>51.0</v>
+        <v>91.0</v>
       </c>
       <c r="N521" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B522" s="14" t="n">
-        <v>24360.0</v>
+        <v>24491.0</v>
       </c>
       <c r="C522" s="14" t="n">
-        <v>547.0</v>
+        <v>402.0</v>
       </c>
       <c r="D522" s="14" t="n">
-        <v>413.0</v>
+        <v>537.0</v>
       </c>
       <c r="E522" s="14" t="n">
-        <v>890.0</v>
+        <v>757.0</v>
       </c>
       <c r="F522" s="14" t="n">
-        <v>1762.0</v>
+        <v>3675.0</v>
       </c>
       <c r="G522" s="14" t="n">
-        <v>4381.0</v>
+        <v>3033.0</v>
       </c>
       <c r="H522" s="14" t="n">
-        <v>3639.0</v>
+        <v>3284.0</v>
       </c>
       <c r="I522" s="14" t="n">
-        <v>2236.0</v>
+        <v>2380.0</v>
       </c>
       <c r="J522" s="14" t="n">
-        <v>2943.0</v>
+        <v>1986.0</v>
       </c>
       <c r="K522" s="14" t="n">
-        <v>4332.0</v>
+        <v>4135.0</v>
       </c>
       <c r="L522" s="14" t="n">
-        <v>2039.0</v>
+        <v>2883.0</v>
       </c>
       <c r="M522" s="14" t="n">
-        <v>800.0</v>
+        <v>906.0</v>
       </c>
       <c r="N522" s="14" t="n">
-        <v>377.0</v>
+        <v>512.0</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B523" s="14" t="n">
-        <v>3622.0</v>
+        <v>3396.0</v>
       </c>
       <c r="C523" s="14" t="n">
-        <v>29.0</v>
+        <v>22.0</v>
       </c>
       <c r="D523" s="14" t="n">
-        <v>63.0</v>
+        <v>44.0</v>
       </c>
       <c r="E523" s="14" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="F523" s="14" t="n">
-        <v>416.0</v>
+        <v>309.0</v>
       </c>
       <c r="G523" s="14" t="n">
-        <v>844.0</v>
+        <v>628.0</v>
       </c>
       <c r="H523" s="14" t="n">
-        <v>330.0</v>
+        <v>373.0</v>
       </c>
       <c r="I523" s="14" t="n">
-        <v>403.0</v>
+        <v>402.0</v>
       </c>
       <c r="J523" s="14" t="n">
-        <v>240.0</v>
+        <v>185.0</v>
       </c>
       <c r="K523" s="14" t="n">
-        <v>591.0</v>
+        <v>635.0</v>
       </c>
       <c r="L523" s="14" t="n">
-        <v>431.0</v>
+        <v>526.0</v>
       </c>
       <c r="M523" s="14" t="n">
-        <v>89.0</v>
+        <v>172.0</v>
       </c>
       <c r="N523" s="14" t="n">
-        <v>130.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B524" s="14" t="n">
-        <v>4968.0</v>
+        <v>6102.0</v>
       </c>
       <c r="C524" s="14" t="n">
-        <v>269.0</v>
+        <v>550.0</v>
       </c>
       <c r="D524" s="14" t="n">
-        <v>162.0</v>
+        <v>228.0</v>
       </c>
       <c r="E524" s="14" t="n">
-        <v>193.0</v>
+        <v>703.0</v>
       </c>
       <c r="F524" s="14" t="n">
-        <v>447.0</v>
+        <v>482.0</v>
       </c>
       <c r="G524" s="14" t="n">
-        <v>736.0</v>
+        <v>1373.0</v>
       </c>
       <c r="H524" s="14" t="n">
-        <v>848.0</v>
+        <v>309.0</v>
       </c>
       <c r="I524" s="14" t="n">
-        <v>483.0</v>
+        <v>481.0</v>
       </c>
       <c r="J524" s="14" t="n">
-        <v>381.0</v>
+        <v>360.0</v>
       </c>
       <c r="K524" s="14" t="n">
-        <v>607.0</v>
+        <v>655.0</v>
       </c>
       <c r="L524" s="14" t="n">
-        <v>451.0</v>
+        <v>572.0</v>
       </c>
       <c r="M524" s="14" t="n">
-        <v>234.0</v>
+        <v>252.0</v>
       </c>
       <c r="N524" s="14" t="n">
-        <v>158.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B525" s="14" t="n">
-        <v>1325.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1109.0</v>
+      </c>
+      <c r="C525" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="D525" s="14" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="E525" s="14" t="n">
+        <v>84.0</v>
+      </c>
+      <c r="F525" s="14" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="G525" s="14" t="n">
+        <v>233.0</v>
+      </c>
+      <c r="H525" s="14" t="n">
+        <v>135.0</v>
+      </c>
+      <c r="I525" s="14" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="J525" s="14" t="n">
+        <v>86.0</v>
+      </c>
+      <c r="K525" s="14" t="n">
+        <v>122.0</v>
+      </c>
+      <c r="L525" s="14" t="n">
+        <v>168.0</v>
+      </c>
+      <c r="M525" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="E525" s="14" t="n">
-[...27 lines deleted...]
-      </c>
       <c r="N525" s="14" t="n">
-        <v>47.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B526" s="14" t="n">
-        <v>2317.0</v>
+        <v>2261.0</v>
       </c>
       <c r="C526" s="14" t="n">
-        <v>22.0</v>
+        <v>58.0</v>
       </c>
       <c r="D526" s="14" t="n">
-        <v>135.0</v>
+        <v>139.0</v>
       </c>
       <c r="E526" s="14" t="n">
-        <v>104.0</v>
+        <v>77.0</v>
       </c>
       <c r="F526" s="14" t="n">
-        <v>125.0</v>
+        <v>207.0</v>
       </c>
       <c r="G526" s="14" t="n">
-        <v>185.0</v>
+        <v>243.0</v>
       </c>
       <c r="H526" s="14" t="n">
-        <v>269.0</v>
+        <v>189.0</v>
       </c>
       <c r="I526" s="14" t="n">
-        <v>367.0</v>
+        <v>284.0</v>
       </c>
       <c r="J526" s="14" t="n">
-        <v>264.0</v>
+        <v>181.0</v>
       </c>
       <c r="K526" s="14" t="n">
-        <v>318.0</v>
+        <v>292.0</v>
       </c>
       <c r="L526" s="14" t="n">
-        <v>252.0</v>
+        <v>309.0</v>
       </c>
       <c r="M526" s="14" t="n">
-        <v>141.0</v>
+        <v>211.0</v>
       </c>
       <c r="N526" s="14" t="n">
-        <v>135.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B527" s="14" t="n">
-        <v>31043.0</v>
+        <v>34298.0</v>
       </c>
       <c r="C527" s="14" t="n">
-        <v>307.0</v>
+        <v>775.0</v>
       </c>
       <c r="D527" s="14" t="n">
-        <v>242.0</v>
+        <v>585.0</v>
       </c>
       <c r="E527" s="14" t="n">
-        <v>947.0</v>
+        <v>1504.0</v>
       </c>
       <c r="F527" s="14" t="n">
-        <v>3738.0</v>
+        <v>3720.0</v>
       </c>
       <c r="G527" s="14" t="n">
-        <v>5146.0</v>
+        <v>5535.0</v>
       </c>
       <c r="H527" s="14" t="n">
+        <v>4055.0</v>
+      </c>
+      <c r="I527" s="14" t="n">
         <v>3236.0</v>
       </c>
-      <c r="I527" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J527" s="14" t="n">
-        <v>2296.0</v>
+        <v>1906.0</v>
       </c>
       <c r="K527" s="14" t="n">
-        <v>6008.0</v>
+        <v>6366.0</v>
       </c>
       <c r="L527" s="14" t="n">
-        <v>4594.0</v>
+        <v>4233.0</v>
       </c>
       <c r="M527" s="14" t="n">
-        <v>1258.0</v>
+        <v>1671.0</v>
       </c>
       <c r="N527" s="14" t="n">
-        <v>591.0</v>
+        <v>713.0</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B528" s="14" t="n">
-        <v>22245.0</v>
+        <v>23709.0</v>
       </c>
       <c r="C528" s="14" t="n">
-        <v>685.0</v>
+        <v>931.0</v>
       </c>
       <c r="D528" s="14" t="n">
-        <v>800.0</v>
+        <v>1191.0</v>
       </c>
       <c r="E528" s="14" t="n">
-        <v>964.0</v>
+        <v>1267.0</v>
       </c>
       <c r="F528" s="14" t="n">
-        <v>2145.0</v>
+        <v>2060.0</v>
       </c>
       <c r="G528" s="14" t="n">
-        <v>2915.0</v>
+        <v>3243.0</v>
       </c>
       <c r="H528" s="14" t="n">
-        <v>2236.0</v>
+        <v>2356.0</v>
       </c>
       <c r="I528" s="14" t="n">
-        <v>1897.0</v>
+        <v>2159.0</v>
       </c>
       <c r="J528" s="14" t="n">
-        <v>1925.0</v>
+        <v>1696.0</v>
       </c>
       <c r="K528" s="14" t="n">
-        <v>3603.0</v>
+        <v>3497.0</v>
       </c>
       <c r="L528" s="14" t="n">
-        <v>2826.0</v>
+        <v>2771.0</v>
       </c>
       <c r="M528" s="14" t="n">
-        <v>1321.0</v>
+        <v>1594.0</v>
       </c>
       <c r="N528" s="14" t="n">
-        <v>928.0</v>
+        <v>945.0</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B529" s="14" t="n">
-        <v>3853.0</v>
+        <v>3139.0</v>
       </c>
       <c r="C529" s="14" t="n">
-        <v>124.0</v>
+        <v>192.0</v>
       </c>
       <c r="D529" s="14" t="n">
-        <v>315.0</v>
+        <v>99.0</v>
       </c>
       <c r="E529" s="14" t="n">
-        <v>344.0</v>
+        <v>93.0</v>
       </c>
       <c r="F529" s="14" t="n">
-        <v>134.0</v>
+        <v>491.0</v>
       </c>
       <c r="G529" s="14" t="n">
-        <v>297.0</v>
+        <v>215.0</v>
       </c>
       <c r="H529" s="14" t="n">
-        <v>240.0</v>
+        <v>216.0</v>
       </c>
       <c r="I529" s="14" t="n">
-        <v>565.0</v>
+        <v>339.0</v>
       </c>
       <c r="J529" s="14" t="n">
-        <v>375.0</v>
+        <v>330.0</v>
       </c>
       <c r="K529" s="14" t="n">
-        <v>237.0</v>
+        <v>507.0</v>
       </c>
       <c r="L529" s="14" t="n">
-        <v>329.0</v>
+        <v>351.0</v>
       </c>
       <c r="M529" s="14" t="n">
-        <v>547.0</v>
+        <v>152.0</v>
       </c>
       <c r="N529" s="14" t="n">
-        <v>345.0</v>
+        <v>153.0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="6" t="inlineStr">
         <is>
-          <t>Ceuta</t>
+          <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B530" s="6"/>
       <c r="C530" s="6"/>
       <c r="D530" s="6"/>
       <c r="E530" s="6"/>
       <c r="F530" s="6"/>
       <c r="G530" s="6"/>
       <c r="H530" s="6"/>
       <c r="I530" s="6"/>
       <c r="J530" s="6"/>
       <c r="K530" s="6"/>
       <c r="L530" s="6"/>
       <c r="M530" s="6"/>
       <c r="N530" s="6"/>
     </row>
     <row r="531">
       <c r="A531" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B531" s="14" t="n">
-        <v>144428.0</v>
+        <v>134584.0</v>
       </c>
       <c r="C531" s="14" t="n">
-        <v>9906.0</v>
+        <v>8506.0</v>
       </c>
       <c r="D531" s="14" t="n">
-        <v>8894.0</v>
+        <v>8330.0</v>
       </c>
       <c r="E531" s="14" t="n">
-        <v>8624.0</v>
+        <v>11096.0</v>
       </c>
       <c r="F531" s="14" t="n">
-        <v>12820.0</v>
+        <v>14455.0</v>
       </c>
       <c r="G531" s="14" t="n">
-        <v>13617.0</v>
+        <v>10451.0</v>
       </c>
       <c r="H531" s="14" t="n">
-        <v>14221.0</v>
+        <v>11408.0</v>
       </c>
       <c r="I531" s="14" t="n">
-        <v>15121.0</v>
+        <v>12964.0</v>
       </c>
       <c r="J531" s="14" t="n">
-        <v>20287.0</v>
+        <v>17714.0</v>
       </c>
       <c r="K531" s="14" t="n">
-        <v>12382.0</v>
+        <v>9980.0</v>
       </c>
       <c r="L531" s="14" t="n">
-        <v>8958.0</v>
+        <v>10832.0</v>
       </c>
       <c r="M531" s="14" t="n">
-        <v>9805.0</v>
+        <v>9162.0</v>
       </c>
       <c r="N531" s="14" t="n">
-        <v>9792.0</v>
+        <v>9688.0</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B532" s="14" t="n">
-        <v>101837.0</v>
+        <v>84952.0</v>
       </c>
       <c r="C532" s="14" t="n">
-        <v>6251.0</v>
+        <v>5359.0</v>
       </c>
       <c r="D532" s="14" t="n">
-        <v>6917.0</v>
+        <v>5059.0</v>
       </c>
       <c r="E532" s="14" t="n">
-        <v>5842.0</v>
+        <v>8474.0</v>
       </c>
       <c r="F532" s="14" t="n">
-        <v>9705.0</v>
+        <v>9349.0</v>
       </c>
       <c r="G532" s="14" t="n">
-        <v>10417.0</v>
+        <v>7275.0</v>
       </c>
       <c r="H532" s="14" t="n">
-        <v>10396.0</v>
+        <v>6090.0</v>
       </c>
       <c r="I532" s="14" t="n">
-        <v>9741.0</v>
+        <v>8083.0</v>
       </c>
       <c r="J532" s="14" t="n">
-        <v>13970.0</v>
+        <v>9297.0</v>
       </c>
       <c r="K532" s="14" t="n">
-        <v>8921.0</v>
+        <v>7040.0</v>
       </c>
       <c r="L532" s="14" t="n">
-        <v>6347.0</v>
+        <v>8460.0</v>
       </c>
       <c r="M532" s="14" t="n">
-        <v>6692.0</v>
+        <v>5011.0</v>
       </c>
       <c r="N532" s="14" t="n">
-        <v>6638.0</v>
+        <v>5454.0</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B533" s="14" t="n">
-        <v>42590.0</v>
+        <v>49632.0</v>
       </c>
       <c r="C533" s="14" t="n">
-        <v>3655.0</v>
+        <v>3147.0</v>
       </c>
       <c r="D533" s="14" t="n">
-        <v>1977.0</v>
+        <v>3271.0</v>
       </c>
       <c r="E533" s="14" t="n">
-        <v>2783.0</v>
+        <v>2622.0</v>
       </c>
       <c r="F533" s="14" t="n">
-        <v>3115.0</v>
+        <v>5106.0</v>
       </c>
       <c r="G533" s="14" t="n">
-        <v>3200.0</v>
+        <v>3176.0</v>
       </c>
       <c r="H533" s="14" t="n">
-        <v>3825.0</v>
+        <v>5318.0</v>
       </c>
       <c r="I533" s="14" t="n">
-        <v>5380.0</v>
+        <v>4881.0</v>
       </c>
       <c r="J533" s="14" t="n">
-        <v>6317.0</v>
+        <v>8417.0</v>
       </c>
       <c r="K533" s="14" t="n">
-        <v>3460.0</v>
+        <v>2939.0</v>
       </c>
       <c r="L533" s="14" t="n">
-        <v>2610.0</v>
+        <v>2372.0</v>
       </c>
       <c r="M533" s="14" t="n">
-        <v>3113.0</v>
+        <v>4150.0</v>
       </c>
       <c r="N533" s="14" t="n">
-        <v>3154.0</v>
+        <v>4234.0</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B534" s="14" t="n">
-        <v>13293.0</v>
+        <v>15705.0</v>
       </c>
       <c r="C534" s="14" t="n">
-        <v>828.0</v>
+        <v>898.0</v>
       </c>
       <c r="D534" s="14" t="n">
-        <v>439.0</v>
+        <v>737.0</v>
       </c>
       <c r="E534" s="14" t="n">
-        <v>520.0</v>
+        <v>974.0</v>
       </c>
       <c r="F534" s="14" t="n">
-        <v>733.0</v>
+        <v>2099.0</v>
       </c>
       <c r="G534" s="14" t="n">
-        <v>1072.0</v>
+        <v>973.0</v>
       </c>
       <c r="H534" s="14" t="n">
-        <v>1079.0</v>
+        <v>1674.0</v>
       </c>
       <c r="I534" s="14" t="n">
-        <v>2166.0</v>
+        <v>1257.0</v>
       </c>
       <c r="J534" s="14" t="n">
-        <v>2817.0</v>
+        <v>3043.0</v>
       </c>
       <c r="K534" s="14" t="n">
-        <v>879.0</v>
+        <v>722.0</v>
       </c>
       <c r="L534" s="14" t="n">
-        <v>932.0</v>
+        <v>701.0</v>
       </c>
       <c r="M534" s="14" t="n">
-        <v>974.0</v>
+        <v>1227.0</v>
       </c>
       <c r="N534" s="14" t="n">
-        <v>853.0</v>
+        <v>1400.0</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B535" s="14" t="n">
-        <v>1006.0</v>
+        <v>2488.0</v>
       </c>
       <c r="C535" s="14" t="n">
-        <v>69.0</v>
+        <v>77.0</v>
       </c>
       <c r="D535" s="14" t="n">
+        <v>98.0</v>
+      </c>
+      <c r="E535" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="F535" s="14" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="G535" s="14" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H535" s="14" t="n">
+        <v>169.0</v>
+      </c>
+      <c r="I535" s="14" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="J535" s="14" t="n">
+        <v>1453.0</v>
+      </c>
+      <c r="K535" s="14" t="n">
+        <v>138.0</v>
+      </c>
+      <c r="L535" s="14" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="M535" s="14" t="n">
+        <v>120.0</v>
+      </c>
+      <c r="N535" s="14" t="n">
         <v>35.0</v>
-      </c>
-[...32 lines deleted...]
-        <v>23.0</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B536" s="14" t="n">
-        <v>38.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>271.0</v>
+      </c>
+      <c r="C536" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="D536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J536" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J536" s="14" t="n">
+        <v>80.0</v>
+      </c>
+      <c r="K536" s="14" t="n">
+        <v>62.0</v>
       </c>
       <c r="L536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N536" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B537" s="14" t="n">
-        <v>793.0</v>
-[...2 lines deleted...]
-        <v>79.0</v>
+        <v>1563.0</v>
+      </c>
+      <c r="C537" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D537" s="14" t="n">
-        <v>30.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>33.0</v>
+      </c>
+      <c r="E537" s="14" t="n">
+        <v>76.0</v>
       </c>
       <c r="F537" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="G537" s="14" t="n">
-        <v>60.0</v>
+        <v>191.0</v>
       </c>
       <c r="H537" s="14" t="n">
-        <v>46.0</v>
+        <v>218.0</v>
       </c>
       <c r="I537" s="14" t="n">
-        <v>94.0</v>
+        <v>235.0</v>
       </c>
       <c r="J537" s="14" t="n">
-        <v>216.0</v>
+        <v>123.0</v>
       </c>
       <c r="K537" s="14" t="n">
-        <v>54.0</v>
-[...5 lines deleted...]
-        <v>23.0</v>
+        <v>80.0</v>
+      </c>
+      <c r="L537" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M537" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N537" s="14" t="n">
-        <v>87.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B538" s="14" t="n">
-        <v>357.0</v>
+        <v>388.0</v>
       </c>
       <c r="C538" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D538" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E538" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F538" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F538" s="14" t="n">
+        <v>230.0</v>
       </c>
       <c r="G538" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H538" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I538" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>180.0</v>
+      <c r="I538" s="14" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="J538" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K538" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L538" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L538" s="14" t="n">
+        <v>34.0</v>
       </c>
       <c r="M538" s="14" t="n">
-        <v>48.0</v>
-[...2 lines deleted...]
-        <v>55.0</v>
+        <v>31.0</v>
+      </c>
+      <c r="N538" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B539" s="14" t="n">
-        <v>89.0</v>
-[...2 lines deleted...]
-        <v>23.0</v>
+        <v>234.0</v>
+      </c>
+      <c r="C539" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D539" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E539" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E539" s="14" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="F539" s="14" t="n">
+        <v>149.0</v>
       </c>
       <c r="G539" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H539" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I539" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J539" s="14" t="n">
-[...3 lines deleted...]
-        <v>22.0</v>
+      <c r="J539" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K539" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L539" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M539" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N539" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B540" s="14" t="n">
-        <v>4345.0</v>
+        <v>5049.0</v>
       </c>
       <c r="C540" s="14" t="n">
-        <v>368.0</v>
+        <v>419.0</v>
       </c>
       <c r="D540" s="14" t="n">
-        <v>212.0</v>
+        <v>452.0</v>
       </c>
       <c r="E540" s="14" t="n">
-        <v>159.0</v>
+        <v>275.0</v>
       </c>
       <c r="F540" s="14" t="n">
-        <v>368.0</v>
+        <v>353.0</v>
       </c>
       <c r="G540" s="14" t="n">
-        <v>241.0</v>
+        <v>257.0</v>
       </c>
       <c r="H540" s="14" t="n">
-        <v>354.0</v>
+        <v>610.0</v>
       </c>
       <c r="I540" s="14" t="n">
-        <v>955.0</v>
+        <v>269.0</v>
       </c>
       <c r="J540" s="14" t="n">
-        <v>559.0</v>
+        <v>697.0</v>
       </c>
       <c r="K540" s="14" t="n">
-        <v>415.0</v>
+        <v>238.0</v>
       </c>
       <c r="L540" s="14" t="n">
-        <v>248.0</v>
+        <v>340.0</v>
       </c>
       <c r="M540" s="14" t="n">
-        <v>151.0</v>
+        <v>655.0</v>
       </c>
       <c r="N540" s="14" t="n">
-        <v>315.0</v>
+        <v>484.0</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
       <c r="B541" s="14" t="n">
-        <v>248.0</v>
+        <v>111.0</v>
       </c>
       <c r="C541" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D541" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E541" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F541" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F541" s="14" t="n">
+        <v>37.0</v>
       </c>
       <c r="G541" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H541" s="14" t="n">
-        <v>23.0</v>
+      <c r="H541" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I541" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J541" s="14" t="n">
-[...13 lines deleted...]
-        </is>
+      <c r="J541" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K541" s="14" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L541" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M541" s="14" t="n">
+        <v>31.0</v>
       </c>
       <c r="N541" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B542" s="14" t="n">
-        <v>303.0</v>
-[...2 lines deleted...]
-        <v>20.0</v>
+        <v>147.0</v>
+      </c>
+      <c r="C542" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D542" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E542" s="13" t="inlineStr">
-[...19 lines deleted...]
-        <v>24.0</v>
+      <c r="E542" s="14" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="F542" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G542" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H542" s="14" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I542" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J542" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K542" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L542" s="14" t="n">
-        <v>24.0</v>
+      <c r="L542" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M542" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N542" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B543" s="14" t="n">
-        <v>1062.0</v>
-[...2 lines deleted...]
-        <v>104.0</v>
+        <v>846.0</v>
+      </c>
+      <c r="C543" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D543" s="14" t="n">
-        <v>23.0</v>
+        <v>53.0</v>
       </c>
       <c r="E543" s="14" t="n">
-        <v>26.0</v>
+        <v>109.0</v>
       </c>
       <c r="F543" s="14" t="n">
-        <v>48.0</v>
+        <v>38.0</v>
       </c>
       <c r="G543" s="14" t="n">
-        <v>68.0</v>
+        <v>28.0</v>
       </c>
       <c r="H543" s="14" t="n">
-        <v>160.0</v>
+        <v>177.0</v>
       </c>
       <c r="I543" s="14" t="n">
-        <v>149.0</v>
+        <v>73.0</v>
       </c>
       <c r="J543" s="14" t="n">
-        <v>76.0</v>
+        <v>148.0</v>
       </c>
       <c r="K543" s="14" t="n">
-        <v>56.0</v>
+        <v>39.0</v>
       </c>
       <c r="L543" s="14" t="n">
-        <v>134.0</v>
+        <v>30.0</v>
       </c>
       <c r="M543" s="14" t="n">
-        <v>146.0</v>
-[...2 lines deleted...]
-        <v>73.0</v>
+        <v>77.0</v>
+      </c>
+      <c r="N543" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
-      <c r="B544" s="14" t="n">
-        <v>96.0</v>
+      <c r="B544" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J544" s="14" t="n">
-        <v>58.0</v>
+      <c r="J544" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N544" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B545" s="14" t="n">
-        <v>692.0</v>
+        <v>959.0</v>
       </c>
       <c r="C545" s="14" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="D545" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E545" s="14" t="n">
-        <v>29.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>84.0</v>
+      </c>
+      <c r="F545" s="14" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="G545" s="14" t="n">
+        <v>69.0</v>
       </c>
       <c r="H545" s="14" t="n">
-        <v>57.0</v>
+        <v>151.0</v>
       </c>
       <c r="I545" s="14" t="n">
-        <v>106.0</v>
+        <v>113.0</v>
       </c>
       <c r="J545" s="14" t="n">
-        <v>149.0</v>
-[...2 lines deleted...]
-        <v>68.0</v>
+        <v>143.0</v>
+      </c>
+      <c r="K545" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L545" s="14" t="n">
-        <v>20.0</v>
-[...4 lines deleted...]
-      <c r="N545" s="14" t="n">
         <v>83.0</v>
+      </c>
+      <c r="M545" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N545" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B546" s="14" t="n">
-        <v>323.0</v>
+        <v>94.0</v>
       </c>
       <c r="C546" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D546" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E546" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E546" s="14" t="n">
+        <v>22.0</v>
       </c>
       <c r="F546" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G546" s="14" t="n">
-        <v>50.0</v>
+      <c r="G546" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H546" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I546" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J546" s="14" t="n">
-        <v>54.0</v>
+      <c r="J546" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K546" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L546" s="14" t="n">
-[...6 lines deleted...]
-        <v>26.0</v>
+      <c r="L546" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M546" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N546" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B547" s="14" t="n">
-        <v>1935.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1681.0</v>
+      </c>
+      <c r="C547" s="14" t="n">
+        <v>182.0</v>
       </c>
       <c r="D547" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E547" s="14" t="n">
-        <v>165.0</v>
-[...2 lines deleted...]
-        <v>57.0</v>
+        <v>157.0</v>
+      </c>
+      <c r="F547" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G547" s="14" t="n">
-        <v>100.0</v>
+        <v>167.0</v>
       </c>
       <c r="H547" s="14" t="n">
-        <v>251.0</v>
+        <v>79.0</v>
       </c>
       <c r="I547" s="14" t="n">
-        <v>524.0</v>
+        <v>273.0</v>
       </c>
       <c r="J547" s="14" t="n">
-        <v>390.0</v>
+        <v>267.0</v>
       </c>
       <c r="K547" s="14" t="n">
-        <v>90.0</v>
+        <v>73.0</v>
       </c>
       <c r="L547" s="14" t="n">
-        <v>75.0</v>
-[...2 lines deleted...]
-        <v>156.0</v>
+        <v>36.0</v>
+      </c>
+      <c r="M547" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N547" s="14" t="n">
-        <v>100.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B548" s="14" t="n">
-        <v>305.0</v>
+        <v>159.0</v>
       </c>
       <c r="C548" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D548" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E548" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="E548" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F548" s="14" t="n">
+        <v>30.0</v>
       </c>
       <c r="G548" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H548" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I548" s="14" t="n">
-[...6 lines deleted...]
-        <v>26.0</v>
+      <c r="I548" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J548" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K548" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L548" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M548" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N548" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N548" s="14" t="n">
+        <v>101.0</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B549" s="14" t="n">
-        <v>459.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>864.0</v>
+      </c>
+      <c r="C549" s="14" t="n">
+        <v>53.0</v>
       </c>
       <c r="D549" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E549" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F549" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F549" s="14" t="n">
+        <v>316.0</v>
+      </c>
+      <c r="G549" s="14" t="n">
+        <v>28.0</v>
       </c>
       <c r="H549" s="14" t="n">
-        <v>38.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>159.0</v>
+      </c>
+      <c r="I549" s="14" t="n">
+        <v>69.0</v>
       </c>
       <c r="J549" s="14" t="n">
-        <v>140.0</v>
+        <v>88.0</v>
       </c>
       <c r="K549" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L549" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="L549" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M549" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N549" s="14" t="n">
+        <v>102.0</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B550" s="14" t="n">
-        <v>285.0</v>
+        <v>86.0</v>
       </c>
       <c r="C550" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D550" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E550" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F550" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G550" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G550" s="14" t="n">
+        <v>49.0</v>
       </c>
       <c r="H550" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I550" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J550" s="14" t="n">
-[...9 lines deleted...]
-        <v>99.0</v>
+      <c r="J550" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K550" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L550" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M550" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N550" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B551" s="14" t="n">
-        <v>1211.0</v>
+        <v>1354.0</v>
       </c>
       <c r="C551" s="14" t="n">
-        <v>47.0</v>
+        <v>81.0</v>
       </c>
       <c r="D551" s="14" t="n">
-        <v>84.0</v>
+        <v>110.0</v>
       </c>
       <c r="E551" s="14" t="n">
-        <v>42.0</v>
+        <v>120.0</v>
       </c>
       <c r="F551" s="14" t="n">
-        <v>75.0</v>
+        <v>274.0</v>
       </c>
       <c r="G551" s="14" t="n">
-        <v>48.0</v>
+        <v>214.0</v>
       </c>
       <c r="H551" s="14" t="n">
-        <v>117.0</v>
+        <v>183.0</v>
       </c>
       <c r="I551" s="14" t="n">
-        <v>141.0</v>
-[...2 lines deleted...]
-        <v>241.0</v>
+        <v>26.0</v>
+      </c>
+      <c r="J551" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K551" s="14" t="n">
-        <v>138.0</v>
+        <v>116.0</v>
       </c>
       <c r="L551" s="14" t="n">
-        <v>53.0</v>
-[...2 lines deleted...]
-        <v>82.0</v>
+        <v>92.0</v>
+      </c>
+      <c r="M551" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="N551" s="14" t="n">
-        <v>142.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B552" s="14" t="n">
-        <v>177.0</v>
+        <v>492.0</v>
       </c>
       <c r="C552" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D552" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E552" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F552" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F552" s="14" t="n">
+        <v>76.0</v>
+      </c>
+      <c r="G552" s="14" t="n">
+        <v>22.0</v>
       </c>
       <c r="H552" s="14" t="n">
-        <v>39.0</v>
+        <v>52.0</v>
       </c>
       <c r="I552" s="14" t="n">
-        <v>36.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>75.0</v>
+      </c>
+      <c r="J552" s="14" t="n">
+        <v>165.0</v>
+      </c>
+      <c r="K552" s="14" t="n">
+        <v>21.0</v>
       </c>
       <c r="L552" s="14" t="n">
-        <v>25.0</v>
+        <v>38.0</v>
       </c>
       <c r="M552" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N552" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B553" s="14" t="n">
-        <v>1348.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1520.0</v>
+      </c>
+      <c r="C553" s="14" t="n">
+        <v>130.0</v>
       </c>
       <c r="D553" s="14" t="n">
-        <v>97.0</v>
+        <v>243.0</v>
       </c>
       <c r="E553" s="14" t="n">
-        <v>62.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>125.0</v>
+      </c>
+      <c r="F553" s="14" t="n">
+        <v>150.0</v>
       </c>
       <c r="G553" s="14" t="n">
-        <v>136.0</v>
+        <v>99.0</v>
       </c>
       <c r="H553" s="14" t="n">
-        <v>44.0</v>
+        <v>130.0</v>
       </c>
       <c r="I553" s="14" t="n">
-        <v>260.0</v>
+        <v>160.0</v>
       </c>
       <c r="J553" s="14" t="n">
-        <v>197.0</v>
+        <v>61.0</v>
       </c>
       <c r="K553" s="14" t="n">
-        <v>61.0</v>
+        <v>43.0</v>
       </c>
       <c r="L553" s="14" t="n">
-        <v>215.0</v>
+        <v>59.0</v>
       </c>
       <c r="M553" s="14" t="n">
-        <v>146.0</v>
-[...2 lines deleted...]
-        <v>99.0</v>
+        <v>259.0</v>
+      </c>
+      <c r="N553" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B554" s="14" t="n">
-        <v>121.0</v>
+        <v>82.0</v>
       </c>
       <c r="C554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J554" s="14" t="n">
-        <v>50.0</v>
+      <c r="J554" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N554" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
-      <c r="B555" s="14" t="n">
-        <v>80.0</v>
+      <c r="B555" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G555" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G555" s="14" t="n">
+        <v>25.0</v>
       </c>
       <c r="H555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M555" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N555" s="14" t="n">
-        <v>29.0</v>
+      <c r="N555" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B556" s="14" t="n">
-        <v>956.0</v>
+        <v>1081.0</v>
       </c>
       <c r="C556" s="14" t="n">
+        <v>99.0</v>
+      </c>
+      <c r="D556" s="14" t="n">
+        <v>74.0</v>
+      </c>
+      <c r="E556" s="14" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="F556" s="14" t="n">
+        <v>202.0</v>
+      </c>
+      <c r="G556" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="D556" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E556" s="13" t="inlineStr">
+      <c r="H556" s="14" t="n">
+        <v>196.0</v>
+      </c>
+      <c r="I556" s="14" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="J556" s="14" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="K556" s="14" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="L556" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="F556" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="M556" s="14" t="n">
-        <v>111.0</v>
-[...2 lines deleted...]
-        <v>80.0</v>
+        <v>64.0</v>
+      </c>
+      <c r="N556" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B557" s="14" t="n">
-        <v>1565.0</v>
+        <v>1771.0</v>
       </c>
       <c r="C557" s="14" t="n">
-        <v>113.0</v>
+        <v>54.0</v>
       </c>
       <c r="D557" s="14" t="n">
-        <v>59.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>192.0</v>
+      </c>
+      <c r="E557" s="14" t="n">
+        <v>133.0</v>
       </c>
       <c r="F557" s="14" t="n">
-        <v>45.0</v>
+        <v>227.0</v>
       </c>
       <c r="G557" s="14" t="n">
-        <v>55.0</v>
+        <v>132.0</v>
       </c>
       <c r="H557" s="14" t="n">
-        <v>86.0</v>
+        <v>198.0</v>
       </c>
       <c r="I557" s="14" t="n">
-        <v>102.0</v>
+        <v>142.0</v>
       </c>
       <c r="J557" s="14" t="n">
-        <v>150.0</v>
+        <v>136.0</v>
       </c>
       <c r="K557" s="14" t="n">
-        <v>216.0</v>
+        <v>96.0</v>
       </c>
       <c r="L557" s="14" t="n">
-        <v>25.0</v>
+        <v>44.0</v>
       </c>
       <c r="M557" s="14" t="n">
-        <v>541.0</v>
+        <v>166.0</v>
       </c>
       <c r="N557" s="14" t="n">
-        <v>124.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B558" s="14" t="n">
-        <v>19647.0</v>
+        <v>25254.0</v>
       </c>
       <c r="C558" s="14" t="n">
-        <v>1605.0</v>
+        <v>1762.0</v>
       </c>
       <c r="D558" s="14" t="n">
-        <v>1248.0</v>
+        <v>1736.0</v>
       </c>
       <c r="E558" s="14" t="n">
-        <v>947.0</v>
+        <v>1052.0</v>
       </c>
       <c r="F558" s="14" t="n">
-        <v>2098.0</v>
+        <v>1690.0</v>
       </c>
       <c r="G558" s="14" t="n">
-        <v>1609.0</v>
+        <v>1408.0</v>
       </c>
       <c r="H558" s="14" t="n">
-        <v>2361.0</v>
+        <v>2722.0</v>
       </c>
       <c r="I558" s="14" t="n">
-        <v>2364.0</v>
+        <v>2771.0</v>
       </c>
       <c r="J558" s="14" t="n">
-        <v>2082.0</v>
+        <v>4881.0</v>
       </c>
       <c r="K558" s="14" t="n">
-        <v>1722.0</v>
+        <v>1843.0</v>
       </c>
       <c r="L558" s="14" t="n">
-        <v>1051.0</v>
+        <v>1384.0</v>
       </c>
       <c r="M558" s="14" t="n">
-        <v>840.0</v>
+        <v>1974.0</v>
       </c>
       <c r="N558" s="14" t="n">
-        <v>1720.0</v>
+        <v>2031.0</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="6" t="inlineStr">
         <is>
-          <t>Melilla</t>
+          <t>19 Melilla</t>
         </is>
       </c>
       <c r="B559" s="6"/>
       <c r="C559" s="6"/>
       <c r="D559" s="6"/>
       <c r="E559" s="6"/>
       <c r="F559" s="6"/>
       <c r="G559" s="6"/>
       <c r="H559" s="6"/>
       <c r="I559" s="6"/>
       <c r="J559" s="6"/>
       <c r="K559" s="6"/>
       <c r="L559" s="6"/>
       <c r="M559" s="6"/>
       <c r="N559" s="6"/>
     </row>
     <row r="560">
       <c r="A560" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B560" s="14" t="n">
-        <v>126454.0</v>
+        <v>129205.0</v>
       </c>
       <c r="C560" s="14" t="n">
-        <v>7315.0</v>
+        <v>7510.0</v>
       </c>
       <c r="D560" s="14" t="n">
-        <v>8633.0</v>
+        <v>8899.0</v>
       </c>
       <c r="E560" s="14" t="n">
-        <v>9915.0</v>
+        <v>8941.0</v>
       </c>
       <c r="F560" s="14" t="n">
-        <v>9636.0</v>
+        <v>10061.0</v>
       </c>
       <c r="G560" s="14" t="n">
-        <v>10197.0</v>
+        <v>11289.0</v>
       </c>
       <c r="H560" s="14" t="n">
-        <v>11939.0</v>
+        <v>12492.0</v>
       </c>
       <c r="I560" s="14" t="n">
-        <v>11713.0</v>
+        <v>10063.0</v>
       </c>
       <c r="J560" s="14" t="n">
-        <v>12706.0</v>
+        <v>15222.0</v>
       </c>
       <c r="K560" s="14" t="n">
-        <v>12873.0</v>
+        <v>12721.0</v>
       </c>
       <c r="L560" s="14" t="n">
-        <v>10688.0</v>
+        <v>12295.0</v>
       </c>
       <c r="M560" s="14" t="n">
-        <v>10515.0</v>
+        <v>10317.0</v>
       </c>
       <c r="N560" s="14" t="n">
-        <v>10323.0</v>
+        <v>9395.0</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B561" s="14" t="n">
-        <v>106510.0</v>
+        <v>108123.0</v>
       </c>
       <c r="C561" s="14" t="n">
-        <v>5943.0</v>
+        <v>6287.0</v>
       </c>
       <c r="D561" s="14" t="n">
-        <v>7828.0</v>
+        <v>7747.0</v>
       </c>
       <c r="E561" s="14" t="n">
-        <v>8446.0</v>
+        <v>8080.0</v>
       </c>
       <c r="F561" s="14" t="n">
-        <v>8672.0</v>
+        <v>8553.0</v>
       </c>
       <c r="G561" s="14" t="n">
-        <v>8754.0</v>
+        <v>10173.0</v>
       </c>
       <c r="H561" s="14" t="n">
-        <v>10874.0</v>
+        <v>11059.0</v>
       </c>
       <c r="I561" s="14" t="n">
-        <v>9429.0</v>
+        <v>8250.0</v>
       </c>
       <c r="J561" s="14" t="n">
-        <v>8166.0</v>
+        <v>10525.0</v>
       </c>
       <c r="K561" s="14" t="n">
-        <v>11262.0</v>
+        <v>10654.0</v>
       </c>
       <c r="L561" s="14" t="n">
-        <v>8884.0</v>
+        <v>10501.0</v>
       </c>
       <c r="M561" s="14" t="n">
-        <v>9325.0</v>
+        <v>8855.0</v>
       </c>
       <c r="N561" s="14" t="n">
-        <v>8928.0</v>
+        <v>7439.0</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B562" s="14" t="n">
-        <v>19944.0</v>
+        <v>21082.0</v>
       </c>
       <c r="C562" s="14" t="n">
-        <v>1372.0</v>
+        <v>1223.0</v>
       </c>
       <c r="D562" s="14" t="n">
-        <v>805.0</v>
+        <v>1152.0</v>
       </c>
       <c r="E562" s="14" t="n">
-        <v>1469.0</v>
+        <v>861.0</v>
       </c>
       <c r="F562" s="14" t="n">
-        <v>964.0</v>
+        <v>1508.0</v>
       </c>
       <c r="G562" s="14" t="n">
-        <v>1443.0</v>
+        <v>1116.0</v>
       </c>
       <c r="H562" s="14" t="n">
-        <v>1066.0</v>
+        <v>1433.0</v>
       </c>
       <c r="I562" s="14" t="n">
-        <v>2284.0</v>
+        <v>1813.0</v>
       </c>
       <c r="J562" s="14" t="n">
-        <v>4540.0</v>
+        <v>4697.0</v>
       </c>
       <c r="K562" s="14" t="n">
-        <v>1610.0</v>
+        <v>2067.0</v>
       </c>
       <c r="L562" s="14" t="n">
-        <v>1805.0</v>
+        <v>1793.0</v>
       </c>
       <c r="M562" s="14" t="n">
-        <v>1191.0</v>
+        <v>1462.0</v>
       </c>
       <c r="N562" s="14" t="n">
-        <v>1395.0</v>
+        <v>1956.0</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Unión Europea 27 (sin España)</t>
         </is>
       </c>
       <c r="B563" s="14" t="n">
-        <v>8340.0</v>
+        <v>8589.0</v>
       </c>
       <c r="C563" s="14" t="n">
-        <v>359.0</v>
+        <v>392.0</v>
       </c>
       <c r="D563" s="14" t="n">
-        <v>203.0</v>
+        <v>518.0</v>
       </c>
       <c r="E563" s="14" t="n">
-        <v>556.0</v>
+        <v>409.0</v>
       </c>
       <c r="F563" s="14" t="n">
-        <v>362.0</v>
+        <v>619.0</v>
       </c>
       <c r="G563" s="14" t="n">
-        <v>588.0</v>
+        <v>337.0</v>
       </c>
       <c r="H563" s="14" t="n">
-        <v>447.0</v>
+        <v>604.0</v>
       </c>
       <c r="I563" s="14" t="n">
-        <v>963.0</v>
+        <v>682.0</v>
       </c>
       <c r="J563" s="14" t="n">
-        <v>2540.0</v>
+        <v>2333.0</v>
       </c>
       <c r="K563" s="14" t="n">
-        <v>508.0</v>
+        <v>823.0</v>
       </c>
       <c r="L563" s="14" t="n">
-        <v>751.0</v>
+        <v>703.0</v>
       </c>
       <c r="M563" s="14" t="n">
-        <v>495.0</v>
+        <v>498.0</v>
       </c>
       <c r="N563" s="14" t="n">
-        <v>570.0</v>
+        <v>672.0</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Alemania</t>
         </is>
       </c>
       <c r="B564" s="14" t="n">
-        <v>892.0</v>
+        <v>1079.0</v>
       </c>
       <c r="C564" s="14" t="n">
-        <v>41.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>36.0</v>
+      </c>
+      <c r="D564" s="14" t="n">
+        <v>69.0</v>
       </c>
       <c r="E564" s="14" t="n">
-        <v>87.0</v>
+        <v>38.0</v>
       </c>
       <c r="F564" s="14" t="n">
-        <v>45.0</v>
+        <v>71.0</v>
       </c>
       <c r="G564" s="14" t="n">
-        <v>76.0</v>
+        <v>51.0</v>
       </c>
       <c r="H564" s="14" t="n">
-        <v>48.0</v>
+        <v>103.0</v>
       </c>
       <c r="I564" s="14" t="n">
-        <v>170.0</v>
+        <v>49.0</v>
       </c>
       <c r="J564" s="14" t="n">
-        <v>182.0</v>
+        <v>223.0</v>
       </c>
       <c r="K564" s="14" t="n">
-        <v>96.0</v>
+        <v>144.0</v>
       </c>
       <c r="L564" s="14" t="n">
-        <v>64.0</v>
+        <v>115.0</v>
       </c>
       <c r="M564" s="14" t="n">
-        <v>42.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>50.0</v>
+      </c>
+      <c r="N564" s="14" t="n">
+        <v>132.0</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
-      <c r="B565" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B565" s="14" t="n">
+        <v>63.0</v>
       </c>
       <c r="C565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J565" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J565" s="14" t="n">
+        <v>45.0</v>
       </c>
       <c r="K565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N565" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bélgica</t>
         </is>
       </c>
       <c r="B566" s="14" t="n">
-        <v>1301.0</v>
+        <v>1396.0</v>
       </c>
       <c r="C566" s="14" t="n">
+        <v>124.0</v>
+      </c>
+      <c r="D566" s="14" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="E566" s="14" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="F566" s="14" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="G566" s="14" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="H566" s="14" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="I566" s="14" t="n">
+        <v>161.0</v>
+      </c>
+      <c r="J566" s="14" t="n">
+        <v>413.0</v>
+      </c>
+      <c r="K566" s="14" t="n">
+        <v>199.0</v>
+      </c>
+      <c r="L566" s="14" t="n">
+        <v>74.0</v>
+      </c>
+      <c r="M566" s="14" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="N566" s="14" t="n">
         <v>59.0</v>
-      </c>
-[...35 lines deleted...]
-        <v>111.0</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Dinamarca</t>
         </is>
       </c>
       <c r="B567" s="14" t="n">
-        <v>133.0</v>
+        <v>74.0</v>
       </c>
       <c r="C567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I567" s="14" t="n">
-[...3 lines deleted...]
-        <v>50.0</v>
+      <c r="I567" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J567" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N567" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finlandia</t>
         </is>
       </c>
       <c r="B568" s="14" t="n">
-        <v>79.0</v>
+        <v>139.0</v>
       </c>
       <c r="C568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I568" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I568" s="14" t="n">
+        <v>30.0</v>
       </c>
       <c r="J568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L568" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M568" s="14" t="n">
-        <v>25.0</v>
+        <v>50.0</v>
       </c>
       <c r="N568" s="14" t="n">
-        <v>23.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Francia</t>
         </is>
       </c>
       <c r="B569" s="14" t="n">
-        <v>2001.0</v>
+        <v>2262.0</v>
       </c>
       <c r="C569" s="14" t="n">
-        <v>77.0</v>
+        <v>100.0</v>
       </c>
       <c r="D569" s="14" t="n">
-        <v>77.0</v>
+        <v>114.0</v>
       </c>
       <c r="E569" s="14" t="n">
-        <v>76.0</v>
+        <v>106.0</v>
       </c>
       <c r="F569" s="14" t="n">
-        <v>101.0</v>
+        <v>149.0</v>
       </c>
       <c r="G569" s="14" t="n">
-        <v>140.0</v>
+        <v>126.0</v>
       </c>
       <c r="H569" s="14" t="n">
-        <v>160.0</v>
+        <v>82.0</v>
       </c>
       <c r="I569" s="14" t="n">
-        <v>200.0</v>
+        <v>244.0</v>
       </c>
       <c r="J569" s="14" t="n">
-        <v>721.0</v>
+        <v>799.0</v>
       </c>
       <c r="K569" s="14" t="n">
-        <v>152.0</v>
+        <v>173.0</v>
       </c>
       <c r="L569" s="14" t="n">
-        <v>145.0</v>
+        <v>163.0</v>
       </c>
       <c r="M569" s="14" t="n">
-        <v>82.0</v>
+        <v>72.0</v>
       </c>
       <c r="N569" s="14" t="n">
-        <v>71.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Grecia</t>
         </is>
       </c>
-      <c r="B570" s="14" t="n">
-        <v>35.0</v>
+      <c r="B570" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -26347,155 +26343,155 @@
         </is>
       </c>
       <c r="L570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N570" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Irlanda</t>
         </is>
       </c>
       <c r="B571" s="14" t="n">
-        <v>173.0</v>
+        <v>78.0</v>
       </c>
       <c r="C571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E571" s="14" t="n">
-        <v>34.0</v>
+      <c r="E571" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H571" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>41.0</v>
+      <c r="H571" s="14" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="I571" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J571" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N571" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italia</t>
         </is>
       </c>
       <c r="B572" s="14" t="n">
-        <v>725.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>822.0</v>
+      </c>
+      <c r="C572" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="D572" s="14" t="n">
+        <v>103.0</v>
       </c>
       <c r="E572" s="14" t="n">
-        <v>63.0</v>
+        <v>45.0</v>
       </c>
       <c r="F572" s="14" t="n">
-        <v>49.0</v>
+        <v>41.0</v>
       </c>
       <c r="G572" s="14" t="n">
-        <v>103.0</v>
+        <v>20.0</v>
       </c>
       <c r="H572" s="14" t="n">
-        <v>57.0</v>
+        <v>78.0</v>
       </c>
       <c r="I572" s="14" t="n">
-        <v>36.0</v>
+        <v>31.0</v>
       </c>
       <c r="J572" s="14" t="n">
-        <v>82.0</v>
+        <v>73.0</v>
       </c>
       <c r="K572" s="14" t="n">
-        <v>56.0</v>
+        <v>93.0</v>
       </c>
       <c r="L572" s="14" t="n">
         <v>75.0</v>
       </c>
       <c r="M572" s="14" t="n">
-        <v>118.0</v>
+        <v>68.0</v>
       </c>
       <c r="N572" s="14" t="n">
-        <v>69.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxemburgo</t>
         </is>
       </c>
       <c r="B573" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C573" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D573" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E573" s="13" t="inlineStr">
         <is>
@@ -26533,300 +26529,288 @@
         </is>
       </c>
       <c r="L573" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M573" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N573" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países Bajos</t>
         </is>
       </c>
       <c r="B574" s="14" t="n">
-        <v>1294.0</v>
+        <v>1255.0</v>
       </c>
       <c r="C574" s="14" t="n">
-        <v>121.0</v>
+        <v>32.0</v>
       </c>
       <c r="D574" s="14" t="n">
-        <v>27.0</v>
-[...5 lines deleted...]
-        <v>35.0</v>
+        <v>73.0</v>
+      </c>
+      <c r="E574" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F574" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="G574" s="14" t="n">
-        <v>64.0</v>
+        <v>33.0</v>
       </c>
       <c r="H574" s="14" t="n">
-        <v>40.0</v>
+        <v>65.0</v>
       </c>
       <c r="I574" s="14" t="n">
-        <v>99.0</v>
+        <v>132.0</v>
       </c>
       <c r="J574" s="14" t="n">
-        <v>666.0</v>
+        <v>637.0</v>
       </c>
       <c r="K574" s="14" t="n">
-        <v>60.0</v>
+        <v>88.0</v>
       </c>
       <c r="L574" s="14" t="n">
-        <v>73.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>34.0</v>
+      </c>
+      <c r="M574" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="N574" s="14" t="n">
+        <v>69.0</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Polonia</t>
         </is>
       </c>
       <c r="B575" s="14" t="n">
-        <v>144.0</v>
+        <v>177.0</v>
       </c>
       <c r="C575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H575" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H575" s="14" t="n">
+        <v>53.0</v>
       </c>
       <c r="I575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J575" s="14" t="n">
-        <v>87.0</v>
+      <c r="J575" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L575" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="L575" s="14" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="M575" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="N575" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B576" s="14" t="n">
-        <v>485.0</v>
+        <v>444.0</v>
       </c>
       <c r="C576" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D576" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E576" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E576" s="14" t="n">
+        <v>24.0</v>
       </c>
       <c r="F576" s="14" t="n">
-        <v>30.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>113.0</v>
+      </c>
+      <c r="G576" s="14" t="n">
+        <v>28.0</v>
       </c>
       <c r="H576" s="14" t="n">
-        <v>32.0</v>
+        <v>21.0</v>
       </c>
       <c r="I576" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J576" s="14" t="n">
-        <v>160.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>53.0</v>
+      </c>
+      <c r="K576" s="14" t="n">
+        <v>25.0</v>
       </c>
       <c r="L576" s="14" t="n">
-        <v>138.0</v>
+        <v>27.0</v>
       </c>
       <c r="M576" s="14" t="n">
-        <v>62.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>119.0</v>
+      </c>
+      <c r="N576" s="14" t="n">
+        <v>21.0</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República Checa</t>
         </is>
       </c>
       <c r="B577" s="14" t="n">
-        <v>71.0</v>
+        <v>156.0</v>
       </c>
       <c r="C577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H577" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H577" s="14" t="n">
+        <v>81.0</v>
       </c>
       <c r="I577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J577" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J577" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="K577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M577" s="14" t="n">
-        <v>29.0</v>
+      <c r="M577" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N577" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suecia</t>
         </is>
       </c>
       <c r="B578" s="14" t="n">
-        <v>76.0</v>
-[...2 lines deleted...]
-        <v>26.0</v>
+        <v>37.0</v>
+      </c>
+      <c r="C578" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -26847,295 +26831,287 @@
         </is>
       </c>
       <c r="L578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N578" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Noruega</t>
         </is>
       </c>
       <c r="B579" s="14" t="n">
-        <v>192.0</v>
+        <v>271.0</v>
       </c>
       <c r="C579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I579" s="14" t="n">
-        <v>47.0</v>
+        <v>62.0</v>
       </c>
       <c r="J579" s="14" t="n">
-        <v>61.0</v>
+        <v>75.0</v>
       </c>
       <c r="K579" s="14" t="n">
-        <v>21.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>25.0</v>
+      </c>
+      <c r="L579" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="M579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N579" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Reino Unido</t>
         </is>
       </c>
       <c r="B580" s="14" t="n">
-        <v>567.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>571.0</v>
+      </c>
+      <c r="C580" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D580" s="14" t="n">
+        <v>51.0</v>
       </c>
       <c r="E580" s="14" t="n">
-        <v>29.0</v>
+        <v>37.0</v>
       </c>
       <c r="F580" s="14" t="n">
-        <v>47.0</v>
-[...1 lines deleted...]
-      <c r="G580" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G580" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H580" s="14" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="I580" s="14" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="J580" s="14" t="n">
+        <v>101.0</v>
+      </c>
+      <c r="K580" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="H580" s="13" t="inlineStr">
-[...12 lines deleted...]
-      </c>
       <c r="L580" s="14" t="n">
-        <v>34.0</v>
+        <v>78.0</v>
       </c>
       <c r="M580" s="14" t="n">
-        <v>55.0</v>
+        <v>98.0</v>
       </c>
       <c r="N580" s="14" t="n">
-        <v>80.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Suiza</t>
         </is>
       </c>
       <c r="B581" s="14" t="n">
-        <v>90.0</v>
+        <v>207.0</v>
       </c>
       <c r="C581" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D581" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E581" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E581" s="14" t="n">
+        <v>20.0</v>
       </c>
       <c r="F581" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G581" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H581" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I581" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="I581" s="14" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="J581" s="14" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="K581" s="14" t="n">
+        <v>37.0</v>
       </c>
       <c r="L581" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M581" s="14" t="n">
-        <v>24.0</v>
+      <c r="M581" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N581" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de Europa sin U.E.</t>
         </is>
       </c>
       <c r="B582" s="14" t="n">
-        <v>199.0</v>
+        <v>378.0</v>
       </c>
       <c r="C582" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D582" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E582" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F582" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>47.0</v>
+      <c r="F582" s="14" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="G582" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H582" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I582" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J582" s="14" t="n">
-        <v>35.0</v>
-[...1 lines deleted...]
-      <c r="K582" s="14" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="K582" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L582" s="14" t="n">
+        <v>196.0</v>
+      </c>
+      <c r="M582" s="14" t="n">
         <v>23.0</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="N582" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Japón</t>
         </is>
       </c>
       <c r="B583" s="14" t="n">
-        <v>24.0</v>
+        <v>22.0</v>
       </c>
       <c r="C583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -27161,264 +27137,264 @@
         </is>
       </c>
       <c r="L583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N583" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    República China</t>
         </is>
       </c>
       <c r="B584" s="14" t="n">
-        <v>52.0</v>
+        <v>51.0</v>
       </c>
       <c r="C584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I584" s="14" t="n">
-        <v>24.0</v>
+        <v>35.0</v>
       </c>
       <c r="J584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N584" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Estados Unidos</t>
         </is>
       </c>
       <c r="B585" s="14" t="n">
-        <v>888.0</v>
+        <v>514.0</v>
       </c>
       <c r="C585" s="14" t="n">
-        <v>51.0</v>
-[...7 lines deleted...]
-        <v>189.0</v>
+        <v>45.0</v>
+      </c>
+      <c r="D585" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="E585" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F585" s="14" t="n">
-        <v>21.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>34.0</v>
+      </c>
+      <c r="G585" s="14" t="n">
+        <v>72.0</v>
       </c>
       <c r="H585" s="14" t="n">
-        <v>47.0</v>
+        <v>87.0</v>
       </c>
       <c r="I585" s="14" t="n">
-        <v>66.0</v>
-[...2 lines deleted...]
-        <v>47.0</v>
+        <v>30.0</v>
+      </c>
+      <c r="J585" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K585" s="14" t="n">
-        <v>86.0</v>
+        <v>64.0</v>
       </c>
       <c r="L585" s="14" t="n">
-        <v>217.0</v>
+        <v>25.0</v>
       </c>
       <c r="M585" s="14" t="n">
-        <v>56.0</v>
+        <v>24.0</v>
       </c>
       <c r="N585" s="14" t="n">
-        <v>76.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Resto de América</t>
         </is>
       </c>
       <c r="B586" s="14" t="n">
-        <v>982.0</v>
+        <v>1821.0</v>
       </c>
       <c r="C586" s="14" t="n">
-        <v>25.0</v>
+        <v>131.0</v>
       </c>
       <c r="D586" s="14" t="n">
-        <v>66.0</v>
+        <v>90.0</v>
       </c>
       <c r="E586" s="14" t="n">
-        <v>84.0</v>
+        <v>97.0</v>
       </c>
       <c r="F586" s="14" t="n">
-        <v>33.0</v>
+        <v>198.0</v>
       </c>
       <c r="G586" s="14" t="n">
-        <v>82.0</v>
+        <v>124.0</v>
       </c>
       <c r="H586" s="14" t="n">
-        <v>52.0</v>
+        <v>61.0</v>
       </c>
       <c r="I586" s="14" t="n">
-        <v>120.0</v>
+        <v>98.0</v>
       </c>
       <c r="J586" s="14" t="n">
-        <v>69.0</v>
+        <v>200.0</v>
       </c>
       <c r="K586" s="14" t="n">
-        <v>151.0</v>
+        <v>209.0</v>
       </c>
       <c r="L586" s="14" t="n">
-        <v>105.0</v>
+        <v>81.0</v>
       </c>
       <c r="M586" s="14" t="n">
-        <v>103.0</v>
+        <v>79.0</v>
       </c>
       <c r="N586" s="14" t="n">
-        <v>91.0</v>
+        <v>455.0</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Países africanos</t>
         </is>
       </c>
       <c r="B587" s="14" t="n">
-        <v>7873.0</v>
+        <v>8296.0</v>
       </c>
       <c r="C587" s="14" t="n">
-        <v>856.0</v>
+        <v>623.0</v>
       </c>
       <c r="D587" s="14" t="n">
-        <v>467.0</v>
+        <v>411.0</v>
       </c>
       <c r="E587" s="14" t="n">
-        <v>528.0</v>
+        <v>254.0</v>
       </c>
       <c r="F587" s="14" t="n">
-        <v>464.0</v>
+        <v>573.0</v>
       </c>
       <c r="G587" s="14" t="n">
-        <v>644.0</v>
+        <v>526.0</v>
       </c>
       <c r="H587" s="14" t="n">
-        <v>370.0</v>
+        <v>624.0</v>
       </c>
       <c r="I587" s="14" t="n">
-        <v>742.0</v>
+        <v>705.0</v>
       </c>
       <c r="J587" s="14" t="n">
-        <v>1557.0</v>
+        <v>1777.0</v>
       </c>
       <c r="K587" s="14" t="n">
-        <v>709.0</v>
+        <v>834.0</v>
       </c>
       <c r="L587" s="14" t="n">
-        <v>619.0</v>
+        <v>577.0</v>
       </c>
       <c r="M587" s="14" t="n">
-        <v>410.0</v>
+        <v>714.0</v>
       </c>
       <c r="N587" s="14" t="n">
-        <v>506.0</v>
+        <v>679.0</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t xml:space="preserve">El símbolo '.' indica que el tamaño de la muestra en estos países no  permite al INE facilitar resultados desagregados, con el fín de  preservar el secreto estadístico. No obstante, en el total están  incluídos los datos correspondientes a dichos países  </t>
+          <t xml:space="preserve">1) El símbolo '.' indica que el tamaño de la muestra en estos países no  permite al INE facilitar resultados desagregados, con el fín de  preservar el secreto estadístico. No obstante, en el total están  incluídos los datos correspondientes a dichos países  </t>
         </is>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
           <t xml:space="preserve">  </t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
           <t xml:space="preserve">  El símbolo '..' indica dato no significativo</t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="596">