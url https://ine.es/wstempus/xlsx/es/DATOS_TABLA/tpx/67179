--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -337,51 +337,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Pernoctaciones de los viajeros por comunidades y ciudades autónomas, país de residencia y meses. </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: número</t>
+          <t>Units: número</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -27343,79 +27343,79 @@
       <c r="H587" s="14" t="n">
         <v>624.0</v>
       </c>
       <c r="I587" s="14" t="n">
         <v>705.0</v>
       </c>
       <c r="J587" s="14" t="n">
         <v>1777.0</v>
       </c>
       <c r="K587" s="14" t="n">
         <v>834.0</v>
       </c>
       <c r="L587" s="14" t="n">
         <v>577.0</v>
       </c>
       <c r="M587" s="14" t="n">
         <v>714.0</v>
       </c>
       <c r="N587" s="14" t="n">
         <v>679.0</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
           <t xml:space="preserve">1) El símbolo '.' indica que el tamaño de la muestra en estos países no  permite al INE facilitar resultados desagregados, con el fín de  preservar el secreto estadístico. No obstante, en el total están  incluídos los datos correspondientes a dichos países  </t>
         </is>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
           <t xml:space="preserve">  </t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
           <t xml:space="preserve">  El símbolo '..' indica dato no significativo</t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A37:N37"/>
     <mergeCell ref="A66:N66"/>
     <mergeCell ref="A95:N95"/>
     <mergeCell ref="A124:N124"/>
     <mergeCell ref="A153:N153"/>
     <mergeCell ref="A182:N182"/>