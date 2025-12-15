--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-68619" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67181" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
@@ -262,68 +262,68 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K36"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Encuesta de ocupación en albergues 2023</t>
+          <t>Flujos turísticos en Europa</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Resultados por comunidades y ciudades autónomas</t>
+          <t>Encuesta de ocupación en albergues</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>