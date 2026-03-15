--- v1 (2025-12-15)
+++ v2 (2026-03-15)
@@ -426,503 +426,503 @@
         </is>
       </c>
       <c r="E8" s="7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F8" s="7" t="inlineStr">
         <is>
           <t>Residentes en España</t>
         </is>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t>Residentes en el Extranjero</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total Nacional</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>4754543.0</v>
+        <v>4342625.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>2149467.0</v>
+        <v>2074084.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>2605075.0</v>
+        <v>2268541.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>8630443.0</v>
+        <v>8226197.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>4322042.0</v>
+        <v>4144582.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>4308401.0</v>
+        <v>4081615.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Andalucía</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>489878.0</v>
+        <v>447059.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>238309.0</v>
+        <v>214983.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>251569.0</v>
+        <v>232076.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>1238672.0</v>
+        <v>1186371.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>704701.0</v>
+        <v>666981.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>533972.0</v>
+        <v>519389.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Aragón</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>110022.0</v>
+        <v>84623.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>104366.0</v>
+        <v>77927.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>5656.0</v>
+        <v>6696.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>309370.0</v>
+        <v>179321.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>285626.0</v>
+        <v>163296.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>23744.0</v>
+        <v>16025.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Asturias, Principado de</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>130436.0</v>
+        <v>139262.0</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>60769.0</v>
+        <v>62580.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>69667.0</v>
+        <v>76682.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>191854.0</v>
+        <v>213404.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>102215.0</v>
+        <v>110075.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>89639.0</v>
+        <v>103329.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Balears, Illes</t>
         </is>
       </c>
       <c r="B13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>Canarias</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>39088.0</v>
+        <v>48214.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>12243.0</v>
+        <v>10212.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>26845.0</v>
+        <v>38002.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>143973.0</v>
+        <v>185674.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>30397.0</v>
+        <v>29054.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>113576.0</v>
+        <v>156620.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>Cantabria</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>20552.0</v>
+        <v>24847.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>19619.0</v>
+        <v>18527.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>934.0</v>
+        <v>6320.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>57049.0</v>
+        <v>54023.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>54653.0</v>
+        <v>46625.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>2395.0</v>
+        <v>7398.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>Castilla y León</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>407342.0</v>
+        <v>300149.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>191960.0</v>
+        <v>162118.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>215381.0</v>
+        <v>138031.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>782527.0</v>
+        <v>671949.0</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>516569.0</v>
+        <v>487354.0</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>265958.0</v>
+        <v>184595.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>43816.0</v>
+        <v>42245.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>42954.0</v>
+        <v>41460.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>862.0</v>
+        <v>784.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>173171.0</v>
+        <v>146660.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>169428.0</v>
+        <v>145184.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>3742.0</v>
+        <v>1476.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>Cataluña</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>413208.0</v>
+        <v>449533.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>232743.0</v>
+        <v>179871.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>180465.0</v>
+        <v>269662.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>935567.0</v>
+        <v>1154369.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>497758.0</v>
+        <v>474398.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>437808.0</v>
+        <v>679971.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>257935.0</v>
+        <v>212174.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>98896.0</v>
+        <v>93492.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>159039.0</v>
+        <v>118682.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>677654.0</v>
+        <v>535991.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>290538.0</v>
+        <v>255879.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>387116.0</v>
+        <v>280111.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>Extremadura</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>10796.0</v>
+        <v>8517.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>9661.0</v>
+        <v>7884.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>1135.0</v>
+        <v>633.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>26115.0</v>
+        <v>23144.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>24618.0</v>
+        <v>22150.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>1497.0</v>
+        <v>995.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>Galicia</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>1374631.0</v>
+        <v>1015717.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>593152.0</v>
+        <v>474575.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>781478.0</v>
+        <v>541142.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>1566010.0</v>
+        <v>1120478.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>653691.0</v>
+        <v>536495.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>912318.0</v>
+        <v>583983.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>641280.0</v>
+        <v>683946.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>186190.0</v>
+        <v>247604.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>455090.0</v>
+        <v>436342.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>1220697.0</v>
+        <v>1371963.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>312075.0</v>
+        <v>413741.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>908622.0</v>
+        <v>958222.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>Murcia, Región de</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>26338.0</v>
+        <v>21503.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>19115.0</v>
+        <v>15220.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>7224.0</v>
+        <v>6283.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>62004.0</v>
+        <v>56224.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>42263.0</v>
+        <v>32989.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>19742.0</v>
+        <v>23235.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>389863.0</v>
+        <v>358038.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>116927.0</v>
+        <v>205028.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>272936.0</v>
+        <v>153009.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>487859.0</v>
+        <v>468880.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>203299.0</v>
+        <v>308447.0</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>284560.0</v>
+        <v>160433.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>País Vasco</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>293926.0</v>
+        <v>393962.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>180446.0</v>
+        <v>228839.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>113480.0</v>
+        <v>165123.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>532648.0</v>
+        <v>654404.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>335158.0</v>
+        <v>386495.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>197490.0</v>
+        <v>267909.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>Rioja, La</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>53725.0</v>
+        <v>49860.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>27209.0</v>
+        <v>20873.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>26517.0</v>
+        <v>28986.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>81527.0</v>
+        <v>65414.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>53652.0</v>
+        <v>35147.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>27875.0</v>
+        <v>30267.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>Ceuta</t>
         </is>
       </c>
       <c r="B27" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C27" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D27" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E27" s="13" t="inlineStr">
         <is>