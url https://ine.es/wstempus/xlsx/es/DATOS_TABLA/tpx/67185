--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-68596" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67185" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
@@ -269,68 +269,68 @@
   <dimension ref="A1:N214"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Resultados provinciales</t>
+          <t>Flujos turísticos en Europa</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Demanda</t>
+          <t>Encuesta de ocupación en alojamientos de turismo rural</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>