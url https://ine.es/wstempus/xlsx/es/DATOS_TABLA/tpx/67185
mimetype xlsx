--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -443,7958 +443,7958 @@
       </c>
       <c r="K7" s="6" t="inlineStr">
         <is>
           <t>Septiembre</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Octubre</t>
         </is>
       </c>
       <c r="M7" s="6" t="inlineStr">
         <is>
           <t>Noviembre</t>
         </is>
       </c>
       <c r="N7" s="6" t="inlineStr">
         <is>
           <t>Diciembre</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Albacete</t>
+          <t>02 Albacete</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>255441.0</v>
+        <v>250026.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>12107.0</v>
+        <v>10643.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>11071.0</v>
+        <v>14001.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>13709.0</v>
+        <v>19716.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>27378.0</v>
+        <v>15381.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>15594.0</v>
+        <v>14848.0</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>16403.0</v>
+        <v>17469.0</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>30247.0</v>
+        <v>31584.0</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>50670.0</v>
+        <v>52092.0</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>20119.0</v>
+        <v>16992.0</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>18613.0</v>
+        <v>15791.0</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>13088.0</v>
+        <v>15430.0</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>26441.0</v>
+        <v>26079.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>252975.0</v>
+        <v>248241.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>12065.0</v>
+        <v>10406.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>11005.0</v>
+        <v>13921.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>13687.0</v>
+        <v>19611.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>27338.0</v>
+        <v>15295.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>15214.0</v>
+        <v>14577.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>16323.0</v>
+        <v>17442.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>29540.0</v>
+        <v>31184.0</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>49751.0</v>
+        <v>51971.0</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>20078.0</v>
+        <v>16906.0</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>18552.0</v>
+        <v>15699.0</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>13000.0</v>
+        <v>15335.0</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>26423.0</v>
+        <v>25893.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>2466.0</v>
+        <v>1785.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>43.0</v>
+        <v>237.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>66.0</v>
+        <v>79.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>22.0</v>
+        <v>105.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>40.0</v>
+        <v>86.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>380.0</v>
+        <v>271.0</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>80.0</v>
+        <v>27.0</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>707.0</v>
+        <v>400.0</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>920.0</v>
+        <v>120.0</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>41.0</v>
+        <v>85.0</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>61.0</v>
+        <v>93.0</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>88.0</v>
+        <v>96.0</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>18.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
-          <t>Alicante</t>
+          <t>03 Alicante/Alacant</t>
         </is>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>129215.0</v>
+        <v>134243.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>5524.0</v>
+        <v>5458.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>7439.0</v>
+        <v>8120.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>10261.0</v>
+        <v>10410.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>12382.0</v>
+        <v>9619.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>9393.0</v>
+        <v>12189.0</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>10604.0</v>
+        <v>11413.0</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>13412.0</v>
+        <v>16464.0</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>20576.0</v>
+        <v>21531.0</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>10122.0</v>
+        <v>10601.0</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>10754.0</v>
+        <v>11578.0</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>7403.0</v>
+        <v>7169.0</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>11345.0</v>
+        <v>9691.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>93026.0</v>
+        <v>97362.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>4161.0</v>
+        <v>4147.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>5553.0</v>
+        <v>6107.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>5742.0</v>
+        <v>7979.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>9513.0</v>
+        <v>6438.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>5664.0</v>
+        <v>8373.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>7804.0</v>
+        <v>8318.0</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>9363.0</v>
+        <v>12560.0</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>15240.0</v>
+        <v>16736.0</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>6480.0</v>
+        <v>7022.0</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>6885.0</v>
+        <v>6447.0</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>6182.0</v>
+        <v>5003.0</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>10438.0</v>
+        <v>8233.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>36189.0</v>
+        <v>36882.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>1363.0</v>
+        <v>1311.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>1886.0</v>
+        <v>2014.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>4519.0</v>
+        <v>2431.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>2868.0</v>
+        <v>3181.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>3728.0</v>
+        <v>3816.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>2799.0</v>
+        <v>3095.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>4049.0</v>
+        <v>3904.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>5336.0</v>
+        <v>4796.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>3642.0</v>
+        <v>3580.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>3869.0</v>
+        <v>5131.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>1221.0</v>
+        <v>2166.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>907.0</v>
+        <v>1458.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
-          <t>Almería</t>
+          <t>04 Almería</t>
         </is>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>90216.0</v>
+        <v>91451.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>3559.0</v>
+        <v>2716.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>5489.0</v>
+        <v>4040.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>5333.0</v>
+        <v>6329.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>7400.0</v>
+        <v>6178.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>6229.0</v>
+        <v>6025.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>7853.0</v>
+        <v>7541.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>12752.0</v>
+        <v>11673.0</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>17264.0</v>
+        <v>22050.0</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>7875.0</v>
+        <v>11005.0</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>6367.0</v>
+        <v>5687.0</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>4665.0</v>
+        <v>3347.0</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>5430.0</v>
+        <v>4861.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>58690.0</v>
+        <v>58891.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>2117.0</v>
+        <v>1997.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>3095.0</v>
+        <v>2399.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>3182.0</v>
+        <v>4139.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>3845.0</v>
+        <v>2780.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>3368.0</v>
+        <v>3240.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>5474.0</v>
+        <v>4981.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>8688.0</v>
+        <v>8171.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>12605.0</v>
+        <v>15704.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>4976.0</v>
+        <v>6545.0</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>3539.0</v>
+        <v>2624.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>3087.0</v>
+        <v>2266.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>4715.0</v>
+        <v>4046.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>31526.0</v>
+        <v>32560.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>1442.0</v>
+        <v>719.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>2394.0</v>
+        <v>1641.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>2151.0</v>
+        <v>2190.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>3556.0</v>
+        <v>3398.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>2861.0</v>
+        <v>2786.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>2380.0</v>
+        <v>2560.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>4063.0</v>
+        <v>3502.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>4659.0</v>
+        <v>6346.0</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>2899.0</v>
+        <v>4460.0</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>2828.0</v>
+        <v>3063.0</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>1578.0</v>
+        <v>1081.0</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>715.0</v>
+        <v>815.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t>Araba</t>
+          <t>01 Araba/Álava</t>
         </is>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>85723.0</v>
+        <v>91604.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>2620.0</v>
+        <v>2153.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>2452.0</v>
+        <v>2492.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>3810.0</v>
+        <v>7815.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>8211.0</v>
+        <v>5876.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>5664.0</v>
+        <v>7671.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>7401.0</v>
+        <v>8290.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>10427.0</v>
+        <v>11001.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>16993.0</v>
+        <v>15700.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>7635.0</v>
+        <v>8316.0</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>7813.0</v>
+        <v>8437.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>4443.0</v>
+        <v>6864.0</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>8254.0</v>
+        <v>6991.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>69491.0</v>
+        <v>69402.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>2473.0</v>
+        <v>1895.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>2245.0</v>
+        <v>1886.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>3380.0</v>
+        <v>6884.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>7223.0</v>
+        <v>4584.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>4208.0</v>
+        <v>5799.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>6250.0</v>
+        <v>6078.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>7028.0</v>
+        <v>7246.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>12631.0</v>
+        <v>11251.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>5888.0</v>
+        <v>5371.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>6427.0</v>
+        <v>6507.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>3967.0</v>
+        <v>5776.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>7772.0</v>
+        <v>6124.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>16233.0</v>
+        <v>22203.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>147.0</v>
+        <v>257.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>207.0</v>
+        <v>606.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>431.0</v>
+        <v>931.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>988.0</v>
+        <v>1292.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>1455.0</v>
+        <v>1871.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>1151.0</v>
+        <v>2212.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>3399.0</v>
+        <v>3755.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>4362.0</v>
+        <v>4448.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>1748.0</v>
+        <v>2945.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>1385.0</v>
+        <v>1930.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>476.0</v>
+        <v>1088.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>482.0</v>
+        <v>867.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
-          <t>Asturias</t>
+          <t>33 Asturias</t>
         </is>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>954918.0</v>
+        <v>929320.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>14148.0</v>
+        <v>12947.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>18371.0</v>
+        <v>14305.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>18700.0</v>
+        <v>59435.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>82897.0</v>
+        <v>34740.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>43131.0</v>
+        <v>60702.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>68269.0</v>
+        <v>68864.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>205921.0</v>
+        <v>186044.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>293499.0</v>
+        <v>271175.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>95076.0</v>
+        <v>99055.0</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>57080.0</v>
+        <v>47930.0</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>20615.0</v>
+        <v>35792.0</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>37209.0</v>
+        <v>38330.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>834279.0</v>
+        <v>793084.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>12943.0</v>
+        <v>11598.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>15350.0</v>
+        <v>12502.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>16190.0</v>
+        <v>50745.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>74737.0</v>
+        <v>27274.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>33910.0</v>
+        <v>47442.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>56200.0</v>
+        <v>52781.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>180251.0</v>
+        <v>163873.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>267883.0</v>
+        <v>247259.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>77143.0</v>
+        <v>79669.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>46488.0</v>
+        <v>38790.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>18650.0</v>
+        <v>28146.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>34535.0</v>
+        <v>33003.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>120639.0</v>
+        <v>136236.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>1205.0</v>
+        <v>1349.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>3021.0</v>
+        <v>1803.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>2510.0</v>
+        <v>8690.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>8160.0</v>
+        <v>7466.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>9221.0</v>
+        <v>13260.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>12070.0</v>
+        <v>16083.0</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>25671.0</v>
+        <v>22171.0</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>25616.0</v>
+        <v>23915.0</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>17934.0</v>
+        <v>19386.0</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>10592.0</v>
+        <v>9139.0</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>1965.0</v>
+        <v>7646.0</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>2675.0</v>
+        <v>5327.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
-          <t>Ávila</t>
+          <t>05 Ávila</t>
         </is>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>319754.0</v>
+        <v>316501.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>9795.0</v>
+        <v>9083.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>17853.0</v>
+        <v>17545.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>22005.0</v>
+        <v>28590.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>31206.0</v>
+        <v>17741.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>18734.0</v>
+        <v>23775.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>23145.0</v>
+        <v>24461.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>42360.0</v>
+        <v>43665.0</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>59732.0</v>
+        <v>52801.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>23764.0</v>
+        <v>24125.0</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>21527.0</v>
+        <v>23188.0</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>16677.0</v>
+        <v>22537.0</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>32958.0</v>
+        <v>28991.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>304974.0</v>
+        <v>302288.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>9451.0</v>
+        <v>8652.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>13432.0</v>
+        <v>13362.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>20087.0</v>
+        <v>26370.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>30202.0</v>
+        <v>17113.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>18336.0</v>
+        <v>22793.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>22069.0</v>
+        <v>24039.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>40691.0</v>
+        <v>42025.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>57774.0</v>
+        <v>50927.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>22983.0</v>
+        <v>23725.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>20935.0</v>
+        <v>22106.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>16600.0</v>
+        <v>22258.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>32415.0</v>
+        <v>28917.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>14780.0</v>
+        <v>14214.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>344.0</v>
+        <v>431.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>4421.0</v>
+        <v>4183.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>1918.0</v>
+        <v>2220.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>1004.0</v>
+        <v>628.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>398.0</v>
+        <v>982.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>1075.0</v>
+        <v>421.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>1669.0</v>
+        <v>1640.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>1959.0</v>
+        <v>1874.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>781.0</v>
+        <v>400.0</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>592.0</v>
+        <v>1081.0</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>76.0</v>
+        <v>279.0</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>544.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
-          <t>Badajoz</t>
+          <t>06 Badajoz</t>
         </is>
       </c>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6"/>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>132346.0</v>
+        <v>142784.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>5505.0</v>
+        <v>5928.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>6997.0</v>
+        <v>7021.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>8410.0</v>
+        <v>12827.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>14715.0</v>
+        <v>10017.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>8234.0</v>
+        <v>11078.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>8868.0</v>
+        <v>10822.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>13560.0</v>
+        <v>15200.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>18699.0</v>
+        <v>22423.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>12106.0</v>
+        <v>12286.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>11280.0</v>
+        <v>11222.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>10384.0</v>
+        <v>11759.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>13587.0</v>
+        <v>12200.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>116914.0</v>
+        <v>118839.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>5110.0</v>
+        <v>5439.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>6482.0</v>
+        <v>6268.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>7775.0</v>
+        <v>11229.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>13369.0</v>
+        <v>7510.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>6694.0</v>
+        <v>8795.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>7629.0</v>
+        <v>9464.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>12344.0</v>
+        <v>12140.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>16518.0</v>
+        <v>18914.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>10356.0</v>
+        <v>10214.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>10149.0</v>
+        <v>7985.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>8482.0</v>
+        <v>9985.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>12005.0</v>
+        <v>10896.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>15432.0</v>
+        <v>23945.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>395.0</v>
+        <v>488.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>515.0</v>
+        <v>753.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>635.0</v>
+        <v>1598.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>1346.0</v>
+        <v>2507.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>1540.0</v>
+        <v>2283.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>1239.0</v>
+        <v>1359.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>1215.0</v>
+        <v>3060.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>2181.0</v>
+        <v>3510.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>1750.0</v>
+        <v>2073.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>1131.0</v>
+        <v>3237.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>1902.0</v>
+        <v>1774.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>1582.0</v>
+        <v>1304.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
-          <t>Balears, Illes</t>
+          <t>07 Balears, Illes</t>
         </is>
       </c>
       <c r="B36" s="6"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
       <c r="H36" s="6"/>
       <c r="I36" s="6"/>
       <c r="J36" s="6"/>
       <c r="K36" s="6"/>
       <c r="L36" s="6"/>
       <c r="M36" s="6"/>
       <c r="N36" s="6"/>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>1546137.0</v>
+        <v>1688708.0</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>23746.0</v>
+        <v>20475.0</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>34400.0</v>
+        <v>32967.0</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>60297.0</v>
+        <v>78155.0</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>127098.0</v>
+        <v>141112.0</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>172503.0</v>
+        <v>204804.0</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>201284.0</v>
+        <v>225601.0</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>234361.0</v>
+        <v>239272.0</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>259899.0</v>
+        <v>262731.0</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>223976.0</v>
+        <v>237092.0</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>152625.0</v>
+        <v>176723.0</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>28880.0</v>
+        <v>38315.0</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>27069.0</v>
+        <v>31462.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>211527.0</v>
+        <v>207053.0</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>8576.0</v>
+        <v>7626.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>10403.0</v>
+        <v>10139.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>9181.0</v>
+        <v>12301.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>15880.0</v>
+        <v>11616.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>18131.0</v>
+        <v>16993.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>23126.0</v>
+        <v>24732.0</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>30516.0</v>
+        <v>26233.0</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>38270.0</v>
+        <v>34640.0</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>20460.0</v>
+        <v>24363.0</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>15660.0</v>
+        <v>16368.0</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>10275.0</v>
+        <v>10987.0</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>11049.0</v>
+        <v>11055.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>1334611.0</v>
+        <v>1481655.0</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>15170.0</v>
+        <v>12849.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>23997.0</v>
+        <v>22828.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>51116.0</v>
+        <v>65854.0</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>111218.0</v>
+        <v>129496.0</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>154372.0</v>
+        <v>187811.0</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>178158.0</v>
+        <v>200869.0</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>203845.0</v>
+        <v>213040.0</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>221630.0</v>
+        <v>228091.0</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>203516.0</v>
+        <v>212729.0</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>136964.0</v>
+        <v>160355.0</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>18605.0</v>
+        <v>27327.0</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>16020.0</v>
+        <v>20407.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
-          <t>Barcelona</t>
+          <t>08 Barcelona</t>
         </is>
       </c>
       <c r="B40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
       <c r="I40" s="6"/>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>411889.0</v>
+        <v>415898.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>14468.0</v>
+        <v>13286.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>20568.0</v>
+        <v>20223.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>21105.0</v>
+        <v>29613.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>39494.0</v>
+        <v>24052.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>28694.0</v>
+        <v>31533.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>33495.0</v>
+        <v>38604.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>53608.0</v>
+        <v>51872.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>76247.0</v>
+        <v>75646.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>34863.0</v>
+        <v>34746.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>30856.0</v>
+        <v>33239.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>22419.0</v>
+        <v>26432.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>36072.0</v>
+        <v>36652.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>317287.0</v>
+        <v>316032.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>12904.0</v>
+        <v>12023.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>17665.0</v>
+        <v>17228.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>19319.0</v>
+        <v>26994.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>31334.0</v>
+        <v>17963.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>23239.0</v>
+        <v>23451.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>26349.0</v>
+        <v>30994.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>32242.0</v>
+        <v>29492.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>47432.0</v>
+        <v>49498.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>28906.0</v>
+        <v>26481.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>25326.0</v>
+        <v>26282.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>19129.0</v>
+        <v>22830.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>33443.0</v>
+        <v>32795.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>94602.0</v>
+        <v>99866.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>1564.0</v>
+        <v>1263.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>2903.0</v>
+        <v>2995.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>1786.0</v>
+        <v>2618.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>8161.0</v>
+        <v>6090.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>5456.0</v>
+        <v>8082.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>7145.0</v>
+        <v>7610.0</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>21366.0</v>
+        <v>22379.0</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>28814.0</v>
+        <v>26149.0</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>5957.0</v>
+        <v>8264.0</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>5531.0</v>
+        <v>6957.0</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>3290.0</v>
+        <v>3602.0</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>2628.0</v>
+        <v>3858.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
-          <t>Bizkaia</t>
+          <t>48 Bizkaia</t>
         </is>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
       <c r="K44" s="6"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>141384.0</v>
+        <v>113867.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>4170.0</v>
+        <v>4005.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>4334.0</v>
+        <v>4116.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>5767.0</v>
+        <v>7931.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>10991.0</v>
+        <v>6645.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>9401.0</v>
+        <v>9227.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>13115.0</v>
+        <v>11627.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>23014.0</v>
+        <v>15941.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>28651.0</v>
+        <v>22891.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>15677.0</v>
+        <v>9949.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>12143.0</v>
+        <v>8780.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>6094.0</v>
+        <v>6326.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>8026.0</v>
+        <v>6428.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>104552.0</v>
+        <v>83623.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>3661.0</v>
+        <v>3742.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>3946.0</v>
+        <v>3670.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>5353.0</v>
+        <v>7005.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>9068.0</v>
+        <v>5039.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>6088.0</v>
+        <v>5792.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>9180.0</v>
+        <v>7542.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>14404.0</v>
+        <v>10549.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>19442.0</v>
+        <v>16328.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>11009.0</v>
+        <v>6989.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>9191.0</v>
+        <v>6369.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>5705.0</v>
+        <v>5213.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>7504.0</v>
+        <v>5386.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>36832.0</v>
+        <v>30244.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>509.0</v>
+        <v>262.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>388.0</v>
+        <v>446.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>414.0</v>
+        <v>926.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>1923.0</v>
+        <v>1606.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>3313.0</v>
+        <v>3436.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>3935.0</v>
+        <v>4085.0</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>8610.0</v>
+        <v>5393.0</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>9209.0</v>
+        <v>6563.0</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>4668.0</v>
+        <v>2960.0</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>2952.0</v>
+        <v>2412.0</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>389.0</v>
+        <v>1113.0</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>523.0</v>
+        <v>1042.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
-          <t>Burgos</t>
+          <t>09 Burgos</t>
         </is>
       </c>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>309764.0</v>
+        <v>336238.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>7655.0</v>
+        <v>8485.0</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>8972.0</v>
+        <v>11792.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>17634.0</v>
+        <v>33944.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>36259.0</v>
+        <v>26050.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>22195.0</v>
+        <v>31376.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>25748.0</v>
+        <v>25595.0</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>35125.0</v>
+        <v>36412.0</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>49573.0</v>
+        <v>54665.0</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>32514.0</v>
+        <v>28825.0</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>27824.0</v>
+        <v>30385.0</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>17948.0</v>
+        <v>21972.0</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>28318.0</v>
+        <v>26738.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>274485.0</v>
+        <v>305189.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>6505.0</v>
+        <v>7760.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>8065.0</v>
+        <v>11201.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>16501.0</v>
+        <v>32719.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>32833.0</v>
+        <v>23535.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>17648.0</v>
+        <v>27424.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>20955.0</v>
+        <v>22844.0</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>29763.0</v>
+        <v>30766.0</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>43978.0</v>
+        <v>49107.0</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>28691.0</v>
+        <v>24822.0</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>25448.0</v>
+        <v>28161.0</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>17028.0</v>
+        <v>20965.0</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>27069.0</v>
+        <v>25884.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>35280.0</v>
+        <v>31049.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>1150.0</v>
+        <v>725.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>907.0</v>
+        <v>591.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>1133.0</v>
+        <v>1225.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>3426.0</v>
+        <v>2514.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>4548.0</v>
+        <v>3952.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>4793.0</v>
+        <v>2751.0</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>5362.0</v>
+        <v>5646.0</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>5595.0</v>
+        <v>5558.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>3822.0</v>
+        <v>4002.0</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>2376.0</v>
+        <v>2224.0</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>920.0</v>
+        <v>1007.0</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>1249.0</v>
+        <v>853.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
-          <t>Cáceres</t>
+          <t>10 Cáceres</t>
         </is>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
       <c r="K52" s="6"/>
       <c r="L52" s="6"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>402552.0</v>
+        <v>428423.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>13038.0</v>
+        <v>13409.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>20377.0</v>
+        <v>17289.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>29154.0</v>
+        <v>41724.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>54633.0</v>
+        <v>35381.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>31152.0</v>
+        <v>37850.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>28676.0</v>
+        <v>30718.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>42986.0</v>
+        <v>54090.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>70220.0</v>
+        <v>78813.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>29934.0</v>
+        <v>34282.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>28365.0</v>
+        <v>27311.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>23486.0</v>
+        <v>26902.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>30531.0</v>
+        <v>30653.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>351300.0</v>
+        <v>364131.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>12016.0</v>
+        <v>12358.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>18045.0</v>
+        <v>14744.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>25766.0</v>
+        <v>35818.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>45616.0</v>
+        <v>25558.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>24285.0</v>
+        <v>30081.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>25305.0</v>
+        <v>26918.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>38636.0</v>
+        <v>45936.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>63537.0</v>
+        <v>67916.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>25339.0</v>
+        <v>29292.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>24001.0</v>
+        <v>24080.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>21199.0</v>
+        <v>23561.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>27556.0</v>
+        <v>27869.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>51252.0</v>
+        <v>64292.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>1022.0</v>
+        <v>1051.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>2333.0</v>
+        <v>2545.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>3388.0</v>
+        <v>5906.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>9018.0</v>
+        <v>9823.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>6867.0</v>
+        <v>7768.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>3370.0</v>
+        <v>3800.0</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>4350.0</v>
+        <v>8154.0</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>6684.0</v>
+        <v>10898.0</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>4595.0</v>
+        <v>4990.0</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>4364.0</v>
+        <v>3231.0</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>2287.0</v>
+        <v>3341.0</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>2975.0</v>
+        <v>2784.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
-          <t>Cádiz</t>
+          <t>11 Cádiz</t>
         </is>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6"/>
       <c r="E56" s="6"/>
       <c r="F56" s="6"/>
       <c r="G56" s="6"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>67208.0</v>
+        <v>76056.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>2681.0</v>
+        <v>2093.0</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>3266.0</v>
+        <v>3253.0</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>3756.0</v>
+        <v>5839.0</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>6281.0</v>
+        <v>5539.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>4950.0</v>
+        <v>6143.0</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>5718.0</v>
+        <v>7747.0</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>8651.0</v>
+        <v>8037.0</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>12410.0</v>
+        <v>13489.0</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>6304.0</v>
+        <v>7658.0</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>4903.0</v>
+        <v>6193.0</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>3978.0</v>
+        <v>5450.0</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>4310.0</v>
+        <v>4615.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>48942.0</v>
+        <v>51955.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>2361.0</v>
+        <v>1683.0</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>2517.0</v>
+        <v>2304.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>2816.0</v>
+        <v>4229.0</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>4479.0</v>
+        <v>3192.0</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>2986.0</v>
+        <v>2952.0</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>3605.0</v>
+        <v>4717.0</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>6266.0</v>
+        <v>6198.0</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>9674.0</v>
+        <v>10643.0</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>4498.0</v>
+        <v>5525.0</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>3001.0</v>
+        <v>3383.0</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>3113.0</v>
+        <v>4036.0</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>3626.0</v>
+        <v>3093.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>18266.0</v>
+        <v>24101.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>320.0</v>
+        <v>411.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>749.0</v>
+        <v>949.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>940.0</v>
+        <v>1610.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>1802.0</v>
+        <v>2347.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>1964.0</v>
+        <v>3191.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>2112.0</v>
+        <v>3031.0</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>2385.0</v>
+        <v>1840.0</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>2737.0</v>
+        <v>2846.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>1806.0</v>
+        <v>2132.0</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>1902.0</v>
+        <v>2809.0</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>865.0</v>
+        <v>1413.0</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>684.0</v>
+        <v>1522.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>39 Cantabria</t>
         </is>
       </c>
       <c r="B60" s="6"/>
       <c r="C60" s="6"/>
       <c r="D60" s="6"/>
       <c r="E60" s="6"/>
       <c r="F60" s="6"/>
       <c r="G60" s="6"/>
       <c r="H60" s="6"/>
       <c r="I60" s="6"/>
       <c r="J60" s="6"/>
       <c r="K60" s="6"/>
       <c r="L60" s="6"/>
       <c r="M60" s="6"/>
       <c r="N60" s="6"/>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>711021.0</v>
+        <v>696365.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>11198.0</v>
+        <v>10606.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>16341.0</v>
+        <v>13768.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>24014.0</v>
+        <v>43298.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>52692.0</v>
+        <v>30293.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>35727.0</v>
+        <v>47503.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>56743.0</v>
+        <v>56636.0</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>135720.0</v>
+        <v>129475.0</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>200064.0</v>
+        <v>197812.0</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>81971.0</v>
+        <v>75794.0</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>48968.0</v>
+        <v>37237.0</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>18769.0</v>
+        <v>23971.0</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>28814.0</v>
+        <v>29971.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>612172.0</v>
+        <v>576301.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>9593.0</v>
+        <v>9232.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>14657.0</v>
+        <v>12101.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>22152.0</v>
+        <v>40517.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>47341.0</v>
+        <v>24478.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>28085.0</v>
+        <v>36385.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>44931.0</v>
+        <v>41843.0</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>115599.0</v>
+        <v>105542.0</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>177374.0</v>
+        <v>171582.0</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>66632.0</v>
+        <v>58116.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>42237.0</v>
+        <v>29062.0</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>16577.0</v>
+        <v>20779.0</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>26994.0</v>
+        <v>26666.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>98849.0</v>
+        <v>120064.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>1605.0</v>
+        <v>1374.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>1684.0</v>
+        <v>1667.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>1862.0</v>
+        <v>2781.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>5351.0</v>
+        <v>5816.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>7642.0</v>
+        <v>11117.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>11812.0</v>
+        <v>14793.0</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>20121.0</v>
+        <v>23933.0</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>22690.0</v>
+        <v>26231.0</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>15339.0</v>
+        <v>17678.0</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>6731.0</v>
+        <v>8175.0</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>2192.0</v>
+        <v>3192.0</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>1820.0</v>
+        <v>3306.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="6" t="inlineStr">
         <is>
-          <t>Castellón</t>
+          <t>12 Castellón/Castelló</t>
         </is>
       </c>
       <c r="B64" s="6"/>
       <c r="C64" s="6"/>
       <c r="D64" s="6"/>
       <c r="E64" s="6"/>
       <c r="F64" s="6"/>
       <c r="G64" s="6"/>
       <c r="H64" s="6"/>
       <c r="I64" s="6"/>
       <c r="J64" s="6"/>
       <c r="K64" s="6"/>
       <c r="L64" s="6"/>
       <c r="M64" s="6"/>
       <c r="N64" s="6"/>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>117349.0</v>
+        <v>125992.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>5070.0</v>
+        <v>2692.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>4616.0</v>
+        <v>5211.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>6796.0</v>
+        <v>8641.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>12701.0</v>
+        <v>6416.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>6334.0</v>
+        <v>8953.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>6762.0</v>
+        <v>10714.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>14101.0</v>
+        <v>18183.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>22602.0</v>
+        <v>28108.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>12321.0</v>
+        <v>11239.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>8085.0</v>
+        <v>8012.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>6608.0</v>
+        <v>6274.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>11352.0</v>
+        <v>11552.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>110508.0</v>
+        <v>105442.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>4377.0</v>
+        <v>2616.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>4573.0</v>
+        <v>4947.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>6433.0</v>
+        <v>8517.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>12007.0</v>
+        <v>5386.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>5930.0</v>
+        <v>7611.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>6425.0</v>
+        <v>9341.0</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>13054.0</v>
+        <v>13073.0</v>
       </c>
       <c r="J66" s="14" t="n">
-        <v>20078.0</v>
+        <v>20770.0</v>
       </c>
       <c r="K66" s="14" t="n">
-        <v>11906.0</v>
+        <v>9420.0</v>
       </c>
       <c r="L66" s="14" t="n">
-        <v>7794.0</v>
+        <v>6599.0</v>
       </c>
       <c r="M66" s="14" t="n">
-        <v>6608.0</v>
+        <v>5671.0</v>
       </c>
       <c r="N66" s="14" t="n">
-        <v>11324.0</v>
+        <v>11491.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>6841.0</v>
+        <v>20550.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>693.0</v>
+        <v>76.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>43.0</v>
+        <v>264.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>363.0</v>
+        <v>124.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>694.0</v>
+        <v>1030.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>405.0</v>
+        <v>1341.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>338.0</v>
+        <v>1373.0</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>1047.0</v>
+        <v>5110.0</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>2524.0</v>
+        <v>7338.0</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>415.0</v>
+        <v>1818.0</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>291.0</v>
+        <v>1413.0</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>0.0</v>
+        <v>602.0</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>28.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>Ciudad Real</t>
+          <t>13 Ciudad Real</t>
         </is>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="6"/>
       <c r="D68" s="6"/>
       <c r="E68" s="6"/>
       <c r="F68" s="6"/>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="6"/>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>98947.0</v>
+        <v>87030.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>3982.0</v>
+        <v>4745.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>6398.0</v>
+        <v>5255.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>6214.0</v>
+        <v>9109.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>9575.0</v>
+        <v>5803.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>6729.0</v>
+        <v>5295.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>9045.0</v>
+        <v>8675.0</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>12409.0</v>
+        <v>10016.0</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>13687.0</v>
+        <v>11630.0</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>7801.0</v>
+        <v>5373.0</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>8011.0</v>
+        <v>5617.0</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>6425.0</v>
+        <v>6768.0</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>8670.0</v>
+        <v>8745.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>94520.0</v>
+        <v>84610.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>3549.0</v>
+        <v>3984.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>4753.0</v>
+        <v>5046.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>5992.0</v>
+        <v>9048.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>9459.0</v>
+        <v>5451.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>6510.0</v>
+        <v>5082.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>8707.0</v>
+        <v>8376.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>11900.0</v>
+        <v>9969.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>13527.0</v>
+        <v>11506.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>7701.0</v>
+        <v>5226.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>7738.0</v>
+        <v>5530.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>6087.0</v>
+        <v>6751.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>8597.0</v>
+        <v>8641.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>4427.0</v>
+        <v>2420.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>433.0</v>
+        <v>761.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>1646.0</v>
+        <v>208.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>222.0</v>
+        <v>61.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>115.0</v>
+        <v>351.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>220.0</v>
+        <v>213.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>338.0</v>
+        <v>299.0</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>509.0</v>
+        <v>47.0</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>160.0</v>
+        <v>124.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>100.0</v>
+        <v>147.0</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>273.0</v>
+        <v>87.0</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>338.0</v>
+        <v>18.0</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>73.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="inlineStr">
         <is>
-          <t>Córdoba</t>
+          <t>14 Córdoba</t>
         </is>
       </c>
       <c r="B72" s="6"/>
       <c r="C72" s="6"/>
       <c r="D72" s="6"/>
       <c r="E72" s="6"/>
       <c r="F72" s="6"/>
       <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="6"/>
       <c r="J72" s="6"/>
       <c r="K72" s="6"/>
       <c r="L72" s="6"/>
       <c r="M72" s="6"/>
       <c r="N72" s="6"/>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>110840.0</v>
+        <v>94654.0</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>3689.0</v>
+        <v>2530.0</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>5235.0</v>
+        <v>4237.0</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>4876.0</v>
+        <v>8006.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>9606.0</v>
+        <v>6008.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>6492.0</v>
+        <v>8675.0</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>8189.0</v>
+        <v>7666.0</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>16797.0</v>
+        <v>13631.0</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>17777.0</v>
+        <v>18188.0</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>9342.0</v>
+        <v>5323.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>7093.0</v>
+        <v>5139.0</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>7159.0</v>
+        <v>5840.0</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>14584.0</v>
+        <v>9411.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>84948.0</v>
+        <v>78918.0</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>3102.0</v>
+        <v>2004.0</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>4844.0</v>
+        <v>4004.0</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>3399.0</v>
+        <v>7208.0</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>7781.0</v>
+        <v>4575.0</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>3925.0</v>
+        <v>5512.0</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>5676.0</v>
+        <v>6652.0</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>11446.0</v>
+        <v>11020.0</v>
       </c>
       <c r="J74" s="14" t="n">
-        <v>11527.0</v>
+        <v>14680.0</v>
       </c>
       <c r="K74" s="14" t="n">
-        <v>7934.0</v>
+        <v>4922.0</v>
       </c>
       <c r="L74" s="14" t="n">
-        <v>5240.0</v>
+        <v>4419.0</v>
       </c>
       <c r="M74" s="14" t="n">
-        <v>6671.0</v>
+        <v>5230.0</v>
       </c>
       <c r="N74" s="14" t="n">
-        <v>13403.0</v>
+        <v>8692.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>25892.0</v>
+        <v>15736.0</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>588.0</v>
+        <v>526.0</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>392.0</v>
+        <v>233.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>1477.0</v>
+        <v>797.0</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>1824.0</v>
+        <v>1433.0</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>2567.0</v>
+        <v>3163.0</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>2512.0</v>
+        <v>1014.0</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>5351.0</v>
+        <v>2611.0</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>6250.0</v>
+        <v>3508.0</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>1408.0</v>
+        <v>401.0</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>1853.0</v>
+        <v>721.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>488.0</v>
+        <v>610.0</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>1181.0</v>
+        <v>719.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="inlineStr">
         <is>
-          <t>Coruña, A</t>
+          <t>15 Coruña, A</t>
         </is>
       </c>
       <c r="B76" s="6"/>
       <c r="C76" s="6"/>
       <c r="D76" s="6"/>
       <c r="E76" s="6"/>
       <c r="F76" s="6"/>
       <c r="G76" s="6"/>
       <c r="H76" s="6"/>
       <c r="I76" s="6"/>
       <c r="J76" s="6"/>
       <c r="K76" s="6"/>
       <c r="L76" s="6"/>
       <c r="M76" s="6"/>
       <c r="N76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>131753.0</v>
+        <v>138444.0</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>1164.0</v>
+        <v>1932.0</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>1336.0</v>
+        <v>2038.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>2447.0</v>
+        <v>5941.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>9254.0</v>
+        <v>7675.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>12061.0</v>
+        <v>13527.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>13487.0</v>
+        <v>14502.0</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>22525.0</v>
+        <v>22543.0</v>
       </c>
       <c r="J77" s="14" t="n">
-        <v>35492.0</v>
+        <v>34871.0</v>
       </c>
       <c r="K77" s="14" t="n">
-        <v>15803.0</v>
+        <v>18621.0</v>
       </c>
       <c r="L77" s="14" t="n">
-        <v>10080.0</v>
+        <v>9691.0</v>
       </c>
       <c r="M77" s="14" t="n">
-        <v>3480.0</v>
+        <v>3593.0</v>
       </c>
       <c r="N77" s="14" t="n">
-        <v>4625.0</v>
+        <v>3510.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>81905.0</v>
+        <v>78016.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>1037.0</v>
+        <v>1709.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>1109.0</v>
+        <v>1663.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>1686.0</v>
+        <v>3700.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>5215.0</v>
+        <v>3005.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>5083.0</v>
+        <v>4827.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>6360.0</v>
+        <v>7026.0</v>
       </c>
       <c r="I78" s="14" t="n">
-        <v>15494.0</v>
+        <v>14099.0</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>26140.0</v>
+        <v>24295.0</v>
       </c>
       <c r="K78" s="14" t="n">
-        <v>7843.0</v>
+        <v>8299.0</v>
       </c>
       <c r="L78" s="14" t="n">
-        <v>5174.0</v>
+        <v>3739.0</v>
       </c>
       <c r="M78" s="14" t="n">
-        <v>2579.0</v>
+        <v>2791.0</v>
       </c>
       <c r="N78" s="14" t="n">
-        <v>4185.0</v>
+        <v>2862.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>49848.0</v>
+        <v>60428.0</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>127.0</v>
+        <v>223.0</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>226.0</v>
+        <v>375.0</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>760.0</v>
+        <v>2241.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>4038.0</v>
+        <v>4670.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>6978.0</v>
+        <v>8700.0</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>7127.0</v>
+        <v>7476.0</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>7031.0</v>
+        <v>8443.0</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>9353.0</v>
+        <v>10576.0</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>7960.0</v>
+        <v>10322.0</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>4905.0</v>
+        <v>5951.0</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>901.0</v>
+        <v>803.0</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>440.0</v>
+        <v>649.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="inlineStr">
         <is>
-          <t>Cuenca</t>
+          <t>16 Cuenca</t>
         </is>
       </c>
       <c r="B80" s="6"/>
       <c r="C80" s="6"/>
       <c r="D80" s="6"/>
       <c r="E80" s="6"/>
       <c r="F80" s="6"/>
       <c r="G80" s="6"/>
       <c r="H80" s="6"/>
       <c r="I80" s="6"/>
       <c r="J80" s="6"/>
       <c r="K80" s="6"/>
       <c r="L80" s="6"/>
       <c r="M80" s="6"/>
       <c r="N80" s="6"/>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>180193.0</v>
+        <v>200303.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>6093.0</v>
+        <v>6514.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>8910.0</v>
+        <v>11044.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>9568.0</v>
+        <v>18157.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>18980.0</v>
+        <v>12816.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>11048.0</v>
+        <v>15397.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>13969.0</v>
+        <v>16747.0</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>20876.0</v>
+        <v>23509.0</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>29901.0</v>
+        <v>28556.0</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>14428.0</v>
+        <v>13898.0</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>14988.0</v>
+        <v>16378.0</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>11275.0</v>
+        <v>16712.0</v>
       </c>
       <c r="N81" s="14" t="n">
-        <v>20157.0</v>
+        <v>20574.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>169378.0</v>
+        <v>187806.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>6038.0</v>
+        <v>6486.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>8553.0</v>
+        <v>7881.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>9516.0</v>
+        <v>17802.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>17756.0</v>
+        <v>11771.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>10586.0</v>
+        <v>14164.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>12732.0</v>
+        <v>16185.0</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>19963.0</v>
+        <v>22106.0</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>27623.0</v>
+        <v>26607.0</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>12439.0</v>
+        <v>13250.0</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>14168.0</v>
+        <v>15519.0</v>
       </c>
       <c r="M82" s="14" t="n">
-        <v>10886.0</v>
+        <v>16273.0</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>19117.0</v>
+        <v>19761.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>10815.0</v>
+        <v>12497.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>55.0</v>
+        <v>28.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>356.0</v>
+        <v>3163.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>52.0</v>
+        <v>355.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>1224.0</v>
+        <v>1044.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>462.0</v>
+        <v>1234.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>1237.0</v>
+        <v>562.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>913.0</v>
+        <v>1403.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>2278.0</v>
+        <v>1949.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>1989.0</v>
+        <v>648.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>820.0</v>
+        <v>859.0</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>389.0</v>
+        <v>439.0</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>1040.0</v>
+        <v>813.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="6" t="inlineStr">
         <is>
-          <t>Gipuzkoa</t>
+          <t>20 Gipuzkoa</t>
         </is>
       </c>
       <c r="B84" s="6"/>
       <c r="C84" s="6"/>
       <c r="D84" s="6"/>
       <c r="E84" s="6"/>
       <c r="F84" s="6"/>
       <c r="G84" s="6"/>
       <c r="H84" s="6"/>
       <c r="I84" s="6"/>
       <c r="J84" s="6"/>
       <c r="K84" s="6"/>
       <c r="L84" s="6"/>
       <c r="M84" s="6"/>
       <c r="N84" s="6"/>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>259120.0</v>
+        <v>248719.0</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>6076.0</v>
+        <v>7282.0</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>8876.0</v>
+        <v>9934.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>14349.0</v>
+        <v>18135.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>22289.0</v>
+        <v>17047.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>17463.0</v>
+        <v>19912.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>21688.0</v>
+        <v>21236.0</v>
       </c>
       <c r="I85" s="14" t="n">
-        <v>43941.0</v>
+        <v>41555.0</v>
       </c>
       <c r="J85" s="14" t="n">
-        <v>50042.0</v>
+        <v>49048.0</v>
       </c>
       <c r="K85" s="14" t="n">
-        <v>27829.0</v>
+        <v>23011.0</v>
       </c>
       <c r="L85" s="14" t="n">
-        <v>18746.0</v>
+        <v>15559.0</v>
       </c>
       <c r="M85" s="14" t="n">
-        <v>12218.0</v>
+        <v>13071.0</v>
       </c>
       <c r="N85" s="14" t="n">
-        <v>15604.0</v>
+        <v>12931.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>192829.0</v>
+        <v>175428.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>4958.0</v>
+        <v>5661.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>7377.0</v>
+        <v>7496.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>12376.0</v>
+        <v>14094.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>17370.0</v>
+        <v>11580.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>11716.0</v>
+        <v>11200.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>14239.0</v>
+        <v>13092.0</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>33062.0</v>
+        <v>28018.0</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>36825.0</v>
+        <v>37666.0</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>18093.0</v>
+        <v>14840.0</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>13450.0</v>
+        <v>10063.0</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>9691.0</v>
+        <v>10597.0</v>
       </c>
       <c r="N86" s="14" t="n">
-        <v>13672.0</v>
+        <v>11121.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>66291.0</v>
+        <v>73291.0</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>1118.0</v>
+        <v>1621.0</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>1499.0</v>
+        <v>2438.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>1973.0</v>
+        <v>4041.0</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>4919.0</v>
+        <v>5467.0</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>5746.0</v>
+        <v>8711.0</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>7449.0</v>
+        <v>8144.0</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>10879.0</v>
+        <v>13537.0</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>13217.0</v>
+        <v>11382.0</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>9736.0</v>
+        <v>8171.0</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>5295.0</v>
+        <v>5496.0</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>2528.0</v>
+        <v>2474.0</v>
       </c>
       <c r="N87" s="14" t="n">
-        <v>1932.0</v>
+        <v>1810.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="6" t="inlineStr">
         <is>
-          <t>Girona</t>
+          <t>17 Girona</t>
         </is>
       </c>
       <c r="B88" s="6"/>
       <c r="C88" s="6"/>
       <c r="D88" s="6"/>
       <c r="E88" s="6"/>
       <c r="F88" s="6"/>
       <c r="G88" s="6"/>
       <c r="H88" s="6"/>
       <c r="I88" s="6"/>
       <c r="J88" s="6"/>
       <c r="K88" s="6"/>
       <c r="L88" s="6"/>
       <c r="M88" s="6"/>
       <c r="N88" s="6"/>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>558489.0</v>
+        <v>568684.0</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>18958.0</v>
+        <v>14035.0</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>20514.0</v>
+        <v>23265.0</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>23342.0</v>
+        <v>44173.0</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>44430.0</v>
+        <v>28510.0</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>36575.0</v>
+        <v>37875.0</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>45826.0</v>
+        <v>47415.0</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>80807.0</v>
+        <v>81623.0</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>121093.0</v>
+        <v>116762.0</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>51449.0</v>
+        <v>47802.0</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>36570.0</v>
+        <v>43111.0</v>
       </c>
       <c r="M89" s="14" t="n">
-        <v>29362.0</v>
+        <v>36272.0</v>
       </c>
       <c r="N89" s="14" t="n">
-        <v>49564.0</v>
+        <v>47841.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>417061.0</v>
+        <v>414029.0</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>15072.0</v>
+        <v>12605.0</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>17824.0</v>
+        <v>20994.0</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>20533.0</v>
+        <v>40824.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>35937.0</v>
+        <v>22255.0</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>25836.0</v>
+        <v>26649.0</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>36727.0</v>
+        <v>40153.0</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>40350.0</v>
+        <v>36183.0</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>81279.0</v>
+        <v>68959.0</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>41578.0</v>
+        <v>36365.0</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>29859.0</v>
+        <v>32998.0</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>25219.0</v>
+        <v>32154.0</v>
       </c>
       <c r="N90" s="14" t="n">
-        <v>46845.0</v>
+        <v>43890.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>141428.0</v>
+        <v>154655.0</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>3885.0</v>
+        <v>1430.0</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>2690.0</v>
+        <v>2271.0</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>2809.0</v>
+        <v>3349.0</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>8494.0</v>
+        <v>6255.0</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>10738.0</v>
+        <v>11226.0</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>9099.0</v>
+        <v>7262.0</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>40457.0</v>
+        <v>45440.0</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>39814.0</v>
+        <v>47803.0</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>9870.0</v>
+        <v>11438.0</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>6711.0</v>
+        <v>10112.0</v>
       </c>
       <c r="M91" s="14" t="n">
-        <v>4143.0</v>
+        <v>4119.0</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>2719.0</v>
+        <v>3951.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="6" t="inlineStr">
         <is>
-          <t>Granada</t>
+          <t>18 Granada</t>
         </is>
       </c>
       <c r="B92" s="6"/>
       <c r="C92" s="6"/>
       <c r="D92" s="6"/>
       <c r="E92" s="6"/>
       <c r="F92" s="6"/>
       <c r="G92" s="6"/>
       <c r="H92" s="6"/>
       <c r="I92" s="6"/>
       <c r="J92" s="6"/>
       <c r="K92" s="6"/>
       <c r="L92" s="6"/>
       <c r="M92" s="6"/>
       <c r="N92" s="6"/>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>97336.0</v>
+        <v>94585.0</v>
       </c>
       <c r="C93" s="14" t="n">
-        <v>4519.0</v>
+        <v>3293.0</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>5493.0</v>
+        <v>6055.0</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>7613.0</v>
+        <v>8521.0</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>9695.0</v>
+        <v>5600.0</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>7250.0</v>
+        <v>7711.0</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>7355.0</v>
+        <v>8158.0</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>11573.0</v>
+        <v>9514.0</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>15256.0</v>
+        <v>18360.0</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>8230.0</v>
+        <v>7545.0</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>7574.0</v>
+        <v>7538.0</v>
       </c>
       <c r="M93" s="14" t="n">
-        <v>4816.0</v>
+        <v>5398.0</v>
       </c>
       <c r="N93" s="14" t="n">
-        <v>7962.0</v>
+        <v>6890.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>56169.0</v>
+        <v>62901.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>3393.0</v>
+        <v>3153.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>3829.0</v>
+        <v>3915.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>3438.0</v>
+        <v>6263.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>5095.0</v>
+        <v>3392.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>2414.0</v>
+        <v>3881.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>3658.0</v>
+        <v>4966.0</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>6144.0</v>
+        <v>6892.0</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>10457.0</v>
+        <v>12579.0</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>3784.0</v>
+        <v>3966.0</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>3608.0</v>
+        <v>3527.0</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>2868.0</v>
+        <v>4527.0</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>7481.0</v>
+        <v>5839.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
-        <v>41168.0</v>
+        <v>31684.0</v>
       </c>
       <c r="C95" s="14" t="n">
-        <v>1126.0</v>
+        <v>140.0</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>1663.0</v>
+        <v>2140.0</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>4175.0</v>
+        <v>2258.0</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>4600.0</v>
+        <v>2207.0</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>4836.0</v>
+        <v>3831.0</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>3697.0</v>
+        <v>3192.0</v>
       </c>
       <c r="I95" s="14" t="n">
-        <v>5429.0</v>
+        <v>2623.0</v>
       </c>
       <c r="J95" s="14" t="n">
-        <v>4800.0</v>
+        <v>5781.0</v>
       </c>
       <c r="K95" s="14" t="n">
-        <v>4446.0</v>
+        <v>3579.0</v>
       </c>
       <c r="L95" s="14" t="n">
-        <v>3966.0</v>
+        <v>4011.0</v>
       </c>
       <c r="M95" s="14" t="n">
-        <v>1949.0</v>
+        <v>871.0</v>
       </c>
       <c r="N95" s="14" t="n">
-        <v>481.0</v>
+        <v>1051.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="inlineStr">
         <is>
-          <t>Guadalajara</t>
+          <t>19 Guadalajara</t>
         </is>
       </c>
       <c r="B96" s="6"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
       <c r="E96" s="6"/>
       <c r="F96" s="6"/>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="6"/>
       <c r="J96" s="6"/>
       <c r="K96" s="6"/>
       <c r="L96" s="6"/>
       <c r="M96" s="6"/>
       <c r="N96" s="6"/>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>201179.0</v>
+        <v>202376.0</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>10388.0</v>
+        <v>9139.0</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>10900.0</v>
+        <v>11179.0</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>15297.0</v>
+        <v>17328.0</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>21546.0</v>
+        <v>13903.0</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>15860.0</v>
+        <v>18755.0</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>14592.0</v>
+        <v>15807.0</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>18292.0</v>
+        <v>18859.0</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>23830.0</v>
+        <v>24055.0</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>15161.0</v>
+        <v>15092.0</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>18454.0</v>
+        <v>18829.0</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>15489.0</v>
+        <v>19416.0</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>21369.0</v>
+        <v>20012.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>190879.0</v>
+        <v>191515.0</v>
       </c>
       <c r="C98" s="14" t="n">
-        <v>9642.0</v>
+        <v>8869.0</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>10201.0</v>
+        <v>10932.0</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>14246.0</v>
+        <v>16811.0</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>20548.0</v>
+        <v>13289.0</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>13960.0</v>
+        <v>18313.0</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>13887.0</v>
+        <v>15231.0</v>
       </c>
       <c r="I98" s="14" t="n">
-        <v>17806.0</v>
+        <v>18101.0</v>
       </c>
       <c r="J98" s="14" t="n">
-        <v>22746.0</v>
+        <v>23446.0</v>
       </c>
       <c r="K98" s="14" t="n">
-        <v>14436.0</v>
+        <v>13778.0</v>
       </c>
       <c r="L98" s="14" t="n">
-        <v>17746.0</v>
+        <v>16555.0</v>
       </c>
       <c r="M98" s="14" t="n">
-        <v>14835.0</v>
+        <v>17717.0</v>
       </c>
       <c r="N98" s="14" t="n">
-        <v>20825.0</v>
+        <v>18472.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>10300.0</v>
+        <v>10861.0</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>746.0</v>
+        <v>270.0</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>700.0</v>
+        <v>247.0</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>1051.0</v>
+        <v>516.0</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>998.0</v>
+        <v>615.0</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>1900.0</v>
+        <v>442.0</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>704.0</v>
+        <v>576.0</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>486.0</v>
+        <v>758.0</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>1085.0</v>
+        <v>609.0</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>725.0</v>
+        <v>1315.0</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>708.0</v>
+        <v>2274.0</v>
       </c>
       <c r="M99" s="14" t="n">
-        <v>654.0</v>
+        <v>1699.0</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>544.0</v>
+        <v>1540.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="6" t="inlineStr">
         <is>
-          <t>Huelva</t>
+          <t>21 Huelva</t>
         </is>
       </c>
       <c r="B100" s="6"/>
       <c r="C100" s="6"/>
       <c r="D100" s="6"/>
       <c r="E100" s="6"/>
       <c r="F100" s="6"/>
       <c r="G100" s="6"/>
       <c r="H100" s="6"/>
       <c r="I100" s="6"/>
       <c r="J100" s="6"/>
       <c r="K100" s="6"/>
       <c r="L100" s="6"/>
       <c r="M100" s="6"/>
       <c r="N100" s="6"/>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>122407.0</v>
+        <v>113773.0</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>6788.0</v>
+        <v>6071.0</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>7036.0</v>
+        <v>8938.0</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>6839.0</v>
+        <v>8631.0</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>8675.0</v>
+        <v>9022.0</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>9780.0</v>
+        <v>8642.0</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>10271.0</v>
+        <v>8082.0</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>15797.0</v>
+        <v>12074.0</v>
       </c>
       <c r="J101" s="14" t="n">
-        <v>19680.0</v>
+        <v>17874.0</v>
       </c>
       <c r="K101" s="14" t="n">
-        <v>8854.0</v>
+        <v>7963.0</v>
       </c>
       <c r="L101" s="14" t="n">
-        <v>9033.0</v>
+        <v>8428.0</v>
       </c>
       <c r="M101" s="14" t="n">
-        <v>9182.0</v>
+        <v>8732.0</v>
       </c>
       <c r="N101" s="14" t="n">
-        <v>10472.0</v>
+        <v>9316.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>107856.0</v>
+        <v>101900.0</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>6429.0</v>
+        <v>5648.0</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>5930.0</v>
+        <v>7813.0</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>5603.0</v>
+        <v>7698.0</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>6925.0</v>
+        <v>7580.0</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>8076.0</v>
+        <v>8071.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>9662.0</v>
+        <v>7400.0</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>13123.0</v>
+        <v>11335.0</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>17849.0</v>
+        <v>15795.0</v>
       </c>
       <c r="K102" s="14" t="n">
-        <v>7827.0</v>
+        <v>6676.0</v>
       </c>
       <c r="L102" s="14" t="n">
-        <v>7981.0</v>
+        <v>6995.0</v>
       </c>
       <c r="M102" s="14" t="n">
-        <v>8466.0</v>
+        <v>8270.0</v>
       </c>
       <c r="N102" s="14" t="n">
-        <v>9986.0</v>
+        <v>8620.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>14550.0</v>
+        <v>11873.0</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>359.0</v>
+        <v>423.0</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>1106.0</v>
+        <v>1125.0</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>1236.0</v>
+        <v>932.0</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>1750.0</v>
+        <v>1442.0</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>1703.0</v>
+        <v>571.0</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>608.0</v>
+        <v>682.0</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>2674.0</v>
+        <v>740.0</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>1831.0</v>
+        <v>2079.0</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>1028.0</v>
+        <v>1287.0</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>1052.0</v>
+        <v>1433.0</v>
       </c>
       <c r="M103" s="14" t="n">
-        <v>717.0</v>
+        <v>462.0</v>
       </c>
       <c r="N103" s="14" t="n">
-        <v>486.0</v>
+        <v>697.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="6" t="inlineStr">
         <is>
-          <t>Huesca</t>
+          <t>22 Huesca</t>
         </is>
       </c>
       <c r="B104" s="6"/>
       <c r="C104" s="6"/>
       <c r="D104" s="6"/>
       <c r="E104" s="6"/>
       <c r="F104" s="6"/>
       <c r="G104" s="6"/>
       <c r="H104" s="6"/>
       <c r="I104" s="6"/>
       <c r="J104" s="6"/>
       <c r="K104" s="6"/>
       <c r="L104" s="6"/>
       <c r="M104" s="6"/>
       <c r="N104" s="6"/>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>321563.0</v>
+        <v>325196.0</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>15150.0</v>
+        <v>14806.0</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>17568.0</v>
+        <v>15609.0</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>13260.0</v>
+        <v>24925.0</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>30294.0</v>
+        <v>17904.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>18027.0</v>
+        <v>20067.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>19805.0</v>
+        <v>23834.0</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>48511.0</v>
+        <v>49045.0</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>67858.0</v>
+        <v>68564.0</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>27675.0</v>
+        <v>27302.0</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>19919.0</v>
+        <v>20677.0</v>
       </c>
       <c r="M105" s="14" t="n">
-        <v>13946.0</v>
+        <v>17083.0</v>
       </c>
       <c r="N105" s="14" t="n">
-        <v>29551.0</v>
+        <v>25380.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>269922.0</v>
+        <v>267998.0</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>14654.0</v>
+        <v>14191.0</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>16521.0</v>
+        <v>14737.0</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>12188.0</v>
+        <v>23959.0</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>25555.0</v>
+        <v>14304.0</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>11906.0</v>
+        <v>13184.0</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>16193.0</v>
+        <v>19227.0</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>36298.0</v>
+        <v>37267.0</v>
       </c>
       <c r="J106" s="14" t="n">
-        <v>55518.0</v>
+        <v>54860.0</v>
       </c>
       <c r="K106" s="14" t="n">
-        <v>23004.0</v>
+        <v>21826.0</v>
       </c>
       <c r="L106" s="14" t="n">
-        <v>17057.0</v>
+        <v>16557.0</v>
       </c>
       <c r="M106" s="14" t="n">
-        <v>12166.0</v>
+        <v>13734.0</v>
       </c>
       <c r="N106" s="14" t="n">
-        <v>28861.0</v>
+        <v>24152.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>51641.0</v>
+        <v>57198.0</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>495.0</v>
+        <v>615.0</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>1047.0</v>
+        <v>872.0</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>1072.0</v>
+        <v>966.0</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>4739.0</v>
+        <v>3600.0</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>6121.0</v>
+        <v>6883.0</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>3612.0</v>
+        <v>4608.0</v>
       </c>
       <c r="I107" s="14" t="n">
-        <v>12213.0</v>
+        <v>11778.0</v>
       </c>
       <c r="J107" s="14" t="n">
-        <v>12340.0</v>
+        <v>13704.0</v>
       </c>
       <c r="K107" s="14" t="n">
-        <v>4671.0</v>
+        <v>5476.0</v>
       </c>
       <c r="L107" s="14" t="n">
-        <v>2861.0</v>
+        <v>4120.0</v>
       </c>
       <c r="M107" s="14" t="n">
-        <v>1780.0</v>
+        <v>3349.0</v>
       </c>
       <c r="N107" s="14" t="n">
-        <v>690.0</v>
+        <v>1228.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="6" t="inlineStr">
         <is>
-          <t>Jaén</t>
+          <t>23 Jaén</t>
         </is>
       </c>
       <c r="B108" s="6"/>
       <c r="C108" s="6"/>
       <c r="D108" s="6"/>
       <c r="E108" s="6"/>
       <c r="F108" s="6"/>
       <c r="G108" s="6"/>
       <c r="H108" s="6"/>
       <c r="I108" s="6"/>
       <c r="J108" s="6"/>
       <c r="K108" s="6"/>
       <c r="L108" s="6"/>
       <c r="M108" s="6"/>
       <c r="N108" s="6"/>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>107371.0</v>
+        <v>99317.0</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>4866.0</v>
+        <v>4508.0</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>5714.0</v>
+        <v>5209.0</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>5667.0</v>
+        <v>8584.0</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>11061.0</v>
+        <v>7126.0</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>6260.0</v>
+        <v>5830.0</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>7096.0</v>
+        <v>6290.0</v>
       </c>
       <c r="I109" s="14" t="n">
-        <v>11464.0</v>
+        <v>14103.0</v>
       </c>
       <c r="J109" s="14" t="n">
-        <v>21807.0</v>
+        <v>18957.0</v>
       </c>
       <c r="K109" s="14" t="n">
-        <v>6985.0</v>
+        <v>6217.0</v>
       </c>
       <c r="L109" s="14" t="n">
-        <v>7985.0</v>
+        <v>5938.0</v>
       </c>
       <c r="M109" s="14" t="n">
-        <v>6669.0</v>
+        <v>7775.0</v>
       </c>
       <c r="N109" s="14" t="n">
-        <v>11797.0</v>
+        <v>8780.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>98888.0</v>
+        <v>92833.0</v>
       </c>
       <c r="C110" s="14" t="n">
-        <v>4751.0</v>
+        <v>4321.0</v>
       </c>
       <c r="D110" s="14" t="n">
-        <v>5657.0</v>
+        <v>5037.0</v>
       </c>
       <c r="E110" s="14" t="n">
-        <v>5452.0</v>
+        <v>8459.0</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>9745.0</v>
+        <v>6730.0</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>5828.0</v>
+        <v>5491.0</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>6764.0</v>
+        <v>5754.0</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>9646.0</v>
+        <v>12032.0</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>19139.0</v>
+        <v>17396.0</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>6575.0</v>
+        <v>6008.0</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>7297.0</v>
+        <v>5642.0</v>
       </c>
       <c r="M110" s="14" t="n">
-        <v>6290.0</v>
+        <v>7547.0</v>
       </c>
       <c r="N110" s="14" t="n">
-        <v>11744.0</v>
+        <v>8417.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>8483.0</v>
+        <v>6483.0</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>115.0</v>
+        <v>187.0</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>57.0</v>
+        <v>172.0</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>215.0</v>
+        <v>125.0</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>1316.0</v>
+        <v>396.0</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>432.0</v>
+        <v>339.0</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>332.0</v>
+        <v>536.0</v>
       </c>
       <c r="I111" s="14" t="n">
-        <v>1819.0</v>
+        <v>2072.0</v>
       </c>
       <c r="J111" s="14" t="n">
-        <v>2668.0</v>
+        <v>1561.0</v>
       </c>
       <c r="K111" s="14" t="n">
-        <v>410.0</v>
+        <v>209.0</v>
       </c>
       <c r="L111" s="14" t="n">
-        <v>688.0</v>
+        <v>296.0</v>
       </c>
       <c r="M111" s="14" t="n">
-        <v>379.0</v>
+        <v>228.0</v>
       </c>
       <c r="N111" s="14" t="n">
-        <v>53.0</v>
+        <v>363.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="6" t="inlineStr">
         <is>
-          <t>León</t>
+          <t>24 León</t>
         </is>
       </c>
       <c r="B112" s="6"/>
       <c r="C112" s="6"/>
       <c r="D112" s="6"/>
       <c r="E112" s="6"/>
       <c r="F112" s="6"/>
       <c r="G112" s="6"/>
       <c r="H112" s="6"/>
       <c r="I112" s="6"/>
       <c r="J112" s="6"/>
       <c r="K112" s="6"/>
       <c r="L112" s="6"/>
       <c r="M112" s="6"/>
       <c r="N112" s="6"/>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>270664.0</v>
+        <v>257626.0</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>6921.0</v>
+        <v>7205.0</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>10704.0</v>
+        <v>7383.0</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>11576.0</v>
+        <v>18464.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>26883.0</v>
+        <v>16285.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>18937.0</v>
+        <v>20034.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>19854.0</v>
+        <v>23353.0</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>37319.0</v>
+        <v>38932.0</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>58229.0</v>
+        <v>56319.0</v>
       </c>
       <c r="K113" s="14" t="n">
-        <v>22526.0</v>
+        <v>21474.0</v>
       </c>
       <c r="L113" s="14" t="n">
-        <v>22430.0</v>
+        <v>17028.0</v>
       </c>
       <c r="M113" s="14" t="n">
-        <v>14852.0</v>
+        <v>16387.0</v>
       </c>
       <c r="N113" s="14" t="n">
-        <v>20432.0</v>
+        <v>14764.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>245489.0</v>
+        <v>221332.0</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>6602.0</v>
+        <v>6730.0</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>9398.0</v>
+        <v>6592.0</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>11200.0</v>
+        <v>18128.0</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>25333.0</v>
+        <v>13059.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>15855.0</v>
+        <v>15548.0</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>17223.0</v>
+        <v>18053.0</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>32517.0</v>
+        <v>31928.0</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>53447.0</v>
+        <v>48724.0</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>18869.0</v>
+        <v>17670.0</v>
       </c>
       <c r="L114" s="14" t="n">
-        <v>20982.0</v>
+        <v>14563.0</v>
       </c>
       <c r="M114" s="14" t="n">
-        <v>14391.0</v>
+        <v>16019.0</v>
       </c>
       <c r="N114" s="14" t="n">
-        <v>19672.0</v>
+        <v>14317.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>25175.0</v>
+        <v>36295.0</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>319.0</v>
+        <v>475.0</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>1307.0</v>
+        <v>790.0</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>375.0</v>
+        <v>336.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>1550.0</v>
+        <v>3225.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>3082.0</v>
+        <v>4486.0</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>2631.0</v>
+        <v>5299.0</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>4802.0</v>
+        <v>7003.0</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>4782.0</v>
+        <v>7595.0</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>3657.0</v>
+        <v>3804.0</v>
       </c>
       <c r="L115" s="14" t="n">
-        <v>1448.0</v>
+        <v>2466.0</v>
       </c>
       <c r="M115" s="14" t="n">
-        <v>460.0</v>
+        <v>369.0</v>
       </c>
       <c r="N115" s="14" t="n">
-        <v>761.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="6" t="inlineStr">
         <is>
-          <t>Lleida</t>
+          <t>25 Lleida</t>
         </is>
       </c>
       <c r="B116" s="6"/>
       <c r="C116" s="6"/>
       <c r="D116" s="6"/>
       <c r="E116" s="6"/>
       <c r="F116" s="6"/>
       <c r="G116" s="6"/>
       <c r="H116" s="6"/>
       <c r="I116" s="6"/>
       <c r="J116" s="6"/>
       <c r="K116" s="6"/>
       <c r="L116" s="6"/>
       <c r="M116" s="6"/>
       <c r="N116" s="6"/>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>252762.0</v>
+        <v>222694.0</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>13397.0</v>
+        <v>10620.0</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>15561.0</v>
+        <v>12417.0</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>13364.0</v>
+        <v>18789.0</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>23511.0</v>
+        <v>9989.0</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>13983.0</v>
+        <v>12313.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>19587.0</v>
+        <v>18571.0</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>29112.0</v>
+        <v>25364.0</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>50027.0</v>
+        <v>42303.0</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>19022.0</v>
+        <v>18679.0</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>16727.0</v>
+        <v>15842.0</v>
       </c>
       <c r="M117" s="14" t="n">
-        <v>11772.0</v>
+        <v>15586.0</v>
       </c>
       <c r="N117" s="14" t="n">
-        <v>26700.0</v>
+        <v>22222.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>219537.0</v>
+        <v>196815.0</v>
       </c>
       <c r="C118" s="14" t="n">
-        <v>13093.0</v>
+        <v>10115.0</v>
       </c>
       <c r="D118" s="14" t="n">
-        <v>14960.0</v>
+        <v>11742.0</v>
       </c>
       <c r="E118" s="14" t="n">
-        <v>12558.0</v>
+        <v>17366.0</v>
       </c>
       <c r="F118" s="14" t="n">
-        <v>21921.0</v>
+        <v>8349.0</v>
       </c>
       <c r="G118" s="14" t="n">
-        <v>11755.0</v>
+        <v>9623.0</v>
       </c>
       <c r="H118" s="14" t="n">
-        <v>17210.0</v>
+        <v>14534.0</v>
       </c>
       <c r="I118" s="14" t="n">
-        <v>21173.0</v>
+        <v>21401.0</v>
       </c>
       <c r="J118" s="14" t="n">
-        <v>39471.0</v>
+        <v>37534.0</v>
       </c>
       <c r="K118" s="14" t="n">
-        <v>16087.0</v>
+        <v>16010.0</v>
       </c>
       <c r="L118" s="14" t="n">
-        <v>14988.0</v>
+        <v>14122.0</v>
       </c>
       <c r="M118" s="14" t="n">
-        <v>11256.0</v>
+        <v>14938.0</v>
       </c>
       <c r="N118" s="14" t="n">
-        <v>25064.0</v>
+        <v>21080.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>33226.0</v>
+        <v>25879.0</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>305.0</v>
+        <v>505.0</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>600.0</v>
+        <v>674.0</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>805.0</v>
+        <v>1422.0</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>1590.0</v>
+        <v>1640.0</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>2228.0</v>
+        <v>2690.0</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>2378.0</v>
+        <v>4037.0</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>7939.0</v>
+        <v>3963.0</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>10556.0</v>
+        <v>4769.0</v>
       </c>
       <c r="K119" s="14" t="n">
-        <v>2935.0</v>
+        <v>2669.0</v>
       </c>
       <c r="L119" s="14" t="n">
-        <v>1739.0</v>
+        <v>1719.0</v>
       </c>
       <c r="M119" s="14" t="n">
-        <v>516.0</v>
+        <v>648.0</v>
       </c>
       <c r="N119" s="14" t="n">
-        <v>1636.0</v>
+        <v>1142.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="6" t="inlineStr">
         <is>
-          <t>Lugo</t>
+          <t>27 Lugo</t>
         </is>
       </c>
       <c r="B120" s="6"/>
       <c r="C120" s="6"/>
       <c r="D120" s="6"/>
       <c r="E120" s="6"/>
       <c r="F120" s="6"/>
       <c r="G120" s="6"/>
       <c r="H120" s="6"/>
       <c r="I120" s="6"/>
       <c r="J120" s="6"/>
       <c r="K120" s="6"/>
       <c r="L120" s="6"/>
       <c r="M120" s="6"/>
       <c r="N120" s="6"/>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>88183.0</v>
+        <v>92697.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>772.0</v>
+        <v>1048.0</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>1363.0</v>
+        <v>1195.0</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>1906.0</v>
+        <v>5343.0</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>7132.0</v>
+        <v>4550.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>4904.0</v>
+        <v>7714.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>8071.0</v>
+        <v>8151.0</v>
       </c>
       <c r="I121" s="14" t="n">
-        <v>14057.0</v>
+        <v>14066.0</v>
       </c>
       <c r="J121" s="14" t="n">
-        <v>25381.0</v>
+        <v>25351.0</v>
       </c>
       <c r="K121" s="14" t="n">
-        <v>10029.0</v>
+        <v>11350.0</v>
       </c>
       <c r="L121" s="14" t="n">
-        <v>7429.0</v>
+        <v>6990.0</v>
       </c>
       <c r="M121" s="14" t="n">
-        <v>3213.0</v>
+        <v>4306.0</v>
       </c>
       <c r="N121" s="14" t="n">
-        <v>3927.0</v>
+        <v>2634.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>72842.0</v>
+        <v>73746.0</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>725.0</v>
+        <v>944.0</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>1352.0</v>
+        <v>1123.0</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>1800.0</v>
+        <v>4991.0</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>6127.0</v>
+        <v>2873.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>3242.0</v>
+        <v>5395.0</v>
       </c>
       <c r="H122" s="14" t="n">
-        <v>6502.0</v>
+        <v>5869.0</v>
       </c>
       <c r="I122" s="14" t="n">
-        <v>11595.0</v>
+        <v>11652.0</v>
       </c>
       <c r="J122" s="14" t="n">
-        <v>21064.0</v>
+        <v>21990.0</v>
       </c>
       <c r="K122" s="14" t="n">
-        <v>7479.0</v>
+        <v>8127.0</v>
       </c>
       <c r="L122" s="14" t="n">
-        <v>6290.0</v>
+        <v>4563.0</v>
       </c>
       <c r="M122" s="14" t="n">
-        <v>2959.0</v>
+        <v>3860.0</v>
       </c>
       <c r="N122" s="14" t="n">
-        <v>3706.0</v>
+        <v>2359.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>15341.0</v>
+        <v>18952.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>47.0</v>
+        <v>104.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>10.0</v>
+        <v>72.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>106.0</v>
+        <v>352.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>1005.0</v>
+        <v>1677.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>1661.0</v>
+        <v>2319.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>1568.0</v>
+        <v>2282.0</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>2462.0</v>
+        <v>2414.0</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>4317.0</v>
+        <v>3361.0</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>2550.0</v>
+        <v>3223.0</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>1139.0</v>
+        <v>2427.0</v>
       </c>
       <c r="M123" s="14" t="n">
-        <v>254.0</v>
+        <v>446.0</v>
       </c>
       <c r="N123" s="14" t="n">
-        <v>221.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="6" t="inlineStr">
         <is>
-          <t>Madrid</t>
+          <t>28 Madrid</t>
         </is>
       </c>
       <c r="B124" s="6"/>
       <c r="C124" s="6"/>
       <c r="D124" s="6"/>
       <c r="E124" s="6"/>
       <c r="F124" s="6"/>
       <c r="G124" s="6"/>
       <c r="H124" s="6"/>
       <c r="I124" s="6"/>
       <c r="J124" s="6"/>
       <c r="K124" s="6"/>
       <c r="L124" s="6"/>
       <c r="M124" s="6"/>
       <c r="N124" s="6"/>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>264182.0</v>
+        <v>275366.0</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>13246.0</v>
+        <v>13491.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>15524.0</v>
+        <v>19046.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>16628.0</v>
+        <v>20937.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>24443.0</v>
+        <v>18824.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>21093.0</v>
+        <v>23439.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>26404.0</v>
+        <v>26649.0</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>27016.0</v>
+        <v>27169.0</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>29789.0</v>
+        <v>32063.0</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>24887.0</v>
+        <v>22856.0</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>22949.0</v>
+        <v>23769.0</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>16682.0</v>
+        <v>22597.0</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>25522.0</v>
+        <v>24526.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>240511.0</v>
+        <v>253052.0</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>12215.0</v>
+        <v>12925.0</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>14309.0</v>
+        <v>18274.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>15636.0</v>
+        <v>19768.0</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>22169.0</v>
+        <v>17949.0</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>18376.0</v>
+        <v>21103.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>24201.0</v>
+        <v>24798.0</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>24059.0</v>
+        <v>25133.0</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>26665.0</v>
+        <v>28498.0</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>22802.0</v>
+        <v>20190.0</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>20707.0</v>
+        <v>20606.0</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>15262.0</v>
+        <v>20727.0</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>24111.0</v>
+        <v>23081.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
-        <v>23671.0</v>
+        <v>22313.0</v>
       </c>
       <c r="C127" s="14" t="n">
-        <v>1031.0</v>
+        <v>566.0</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>1215.0</v>
+        <v>773.0</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>992.0</v>
+        <v>1169.0</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>2274.0</v>
+        <v>875.0</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>2717.0</v>
+        <v>2336.0</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>2203.0</v>
+        <v>1850.0</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>2957.0</v>
+        <v>2036.0</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>3124.0</v>
+        <v>3566.0</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>2085.0</v>
+        <v>2666.0</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>2242.0</v>
+        <v>3163.0</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>1420.0</v>
+        <v>1869.0</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>1411.0</v>
+        <v>1445.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="6" t="inlineStr">
         <is>
-          <t>Málaga</t>
+          <t>29 Málaga</t>
         </is>
       </c>
       <c r="B128" s="6"/>
       <c r="C128" s="6"/>
       <c r="D128" s="6"/>
       <c r="E128" s="6"/>
       <c r="F128" s="6"/>
       <c r="G128" s="6"/>
       <c r="H128" s="6"/>
       <c r="I128" s="6"/>
       <c r="J128" s="6"/>
       <c r="K128" s="6"/>
       <c r="L128" s="6"/>
       <c r="M128" s="6"/>
       <c r="N128" s="6"/>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>754318.0</v>
+        <v>754454.0</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>22471.0</v>
+        <v>19911.0</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>29017.0</v>
+        <v>19475.0</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>35748.0</v>
+        <v>43243.0</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>62085.0</v>
+        <v>64621.0</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>60668.0</v>
+        <v>68215.0</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>71904.0</v>
+        <v>74185.0</v>
       </c>
       <c r="I129" s="14" t="n">
-        <v>121874.0</v>
+        <v>107943.0</v>
       </c>
       <c r="J129" s="14" t="n">
-        <v>140103.0</v>
+        <v>141101.0</v>
       </c>
       <c r="K129" s="14" t="n">
-        <v>80278.0</v>
+        <v>84951.0</v>
       </c>
       <c r="L129" s="14" t="n">
-        <v>65458.0</v>
+        <v>69386.0</v>
       </c>
       <c r="M129" s="14" t="n">
-        <v>28275.0</v>
+        <v>32918.0</v>
       </c>
       <c r="N129" s="14" t="n">
-        <v>36437.0</v>
+        <v>28503.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>250200.0</v>
+        <v>141816.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>9022.0</v>
+        <v>3444.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>11070.0</v>
+        <v>3662.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>11364.0</v>
+        <v>8154.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>21692.0</v>
+        <v>3291.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>12472.0</v>
+        <v>8461.0</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>23084.0</v>
+        <v>11985.0</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>42603.0</v>
+        <v>19122.0</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>57402.0</v>
+        <v>37444.0</v>
       </c>
       <c r="K130" s="14" t="n">
-        <v>20770.0</v>
+        <v>15801.0</v>
       </c>
       <c r="L130" s="14" t="n">
-        <v>10158.0</v>
+        <v>9799.0</v>
       </c>
       <c r="M130" s="14" t="n">
-        <v>7277.0</v>
+        <v>7227.0</v>
       </c>
       <c r="N130" s="14" t="n">
-        <v>23285.0</v>
+        <v>13426.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>504118.0</v>
+        <v>612638.0</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>13448.0</v>
+        <v>16468.0</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>17947.0</v>
+        <v>15813.0</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>24384.0</v>
+        <v>35089.0</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>40393.0</v>
+        <v>61330.0</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>48195.0</v>
+        <v>59754.0</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>48820.0</v>
+        <v>62200.0</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>79270.0</v>
+        <v>88821.0</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>82701.0</v>
+        <v>103657.0</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>59509.0</v>
+        <v>69150.0</v>
       </c>
       <c r="L131" s="14" t="n">
-        <v>55300.0</v>
+        <v>59587.0</v>
       </c>
       <c r="M131" s="14" t="n">
-        <v>20999.0</v>
+        <v>25691.0</v>
       </c>
       <c r="N131" s="14" t="n">
-        <v>13152.0</v>
+        <v>15078.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="6" t="inlineStr">
         <is>
-          <t>Murcia</t>
+          <t>30 Murcia</t>
         </is>
       </c>
       <c r="B132" s="6"/>
       <c r="C132" s="6"/>
       <c r="D132" s="6"/>
       <c r="E132" s="6"/>
       <c r="F132" s="6"/>
       <c r="G132" s="6"/>
       <c r="H132" s="6"/>
       <c r="I132" s="6"/>
       <c r="J132" s="6"/>
       <c r="K132" s="6"/>
       <c r="L132" s="6"/>
       <c r="M132" s="6"/>
       <c r="N132" s="6"/>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>96417.0</v>
+        <v>127804.0</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>3647.0</v>
+        <v>5356.0</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>4497.0</v>
+        <v>6510.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>3737.0</v>
+        <v>9494.0</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>6392.0</v>
+        <v>6280.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>3713.0</v>
+        <v>7464.0</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>6691.0</v>
+        <v>8725.0</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>14672.0</v>
+        <v>18150.0</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>24181.0</v>
+        <v>26476.0</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>7082.0</v>
+        <v>9137.0</v>
       </c>
       <c r="L133" s="14" t="n">
-        <v>5271.0</v>
+        <v>8432.0</v>
       </c>
       <c r="M133" s="14" t="n">
-        <v>5135.0</v>
+        <v>9375.0</v>
       </c>
       <c r="N133" s="14" t="n">
-        <v>11400.0</v>
+        <v>12402.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>86346.0</v>
+        <v>109458.0</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>3437.0</v>
+        <v>4394.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>3798.0</v>
+        <v>5672.0</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>3385.0</v>
+        <v>8463.0</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>6051.0</v>
+        <v>5172.0</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>3113.0</v>
+        <v>5289.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>5994.0</v>
+        <v>7731.0</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>12780.0</v>
+        <v>15360.0</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>21554.0</v>
+        <v>24275.0</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>6099.0</v>
+        <v>7764.0</v>
       </c>
       <c r="L134" s="14" t="n">
-        <v>4525.0</v>
+        <v>6129.0</v>
       </c>
       <c r="M134" s="14" t="n">
-        <v>4597.0</v>
+        <v>8136.0</v>
       </c>
       <c r="N134" s="14" t="n">
-        <v>11013.0</v>
+        <v>11072.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>10071.0</v>
+        <v>18346.0</v>
       </c>
       <c r="C135" s="14" t="n">
-        <v>210.0</v>
+        <v>962.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>699.0</v>
+        <v>838.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>352.0</v>
+        <v>1031.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>341.0</v>
+        <v>1107.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>600.0</v>
+        <v>2175.0</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>697.0</v>
+        <v>994.0</v>
       </c>
       <c r="I135" s="14" t="n">
-        <v>1892.0</v>
+        <v>2791.0</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>2626.0</v>
+        <v>2201.0</v>
       </c>
       <c r="K135" s="14" t="n">
-        <v>984.0</v>
+        <v>1373.0</v>
       </c>
       <c r="L135" s="14" t="n">
-        <v>746.0</v>
+        <v>2303.0</v>
       </c>
       <c r="M135" s="14" t="n">
-        <v>537.0</v>
+        <v>1240.0</v>
       </c>
       <c r="N135" s="14" t="n">
-        <v>387.0</v>
+        <v>1330.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="6" t="inlineStr">
         <is>
-          <t>Navarra</t>
+          <t>31 Navarra</t>
         </is>
       </c>
       <c r="B136" s="6"/>
       <c r="C136" s="6"/>
       <c r="D136" s="6"/>
       <c r="E136" s="6"/>
       <c r="F136" s="6"/>
       <c r="G136" s="6"/>
       <c r="H136" s="6"/>
       <c r="I136" s="6"/>
       <c r="J136" s="6"/>
       <c r="K136" s="6"/>
       <c r="L136" s="6"/>
       <c r="M136" s="6"/>
       <c r="N136" s="6"/>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>488339.0</v>
+        <v>441816.0</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>16753.0</v>
+        <v>14427.0</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>17832.0</v>
+        <v>12383.0</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>23288.0</v>
+        <v>26367.0</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>44719.0</v>
+        <v>28648.0</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>30475.0</v>
+        <v>34574.0</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>30922.0</v>
+        <v>29980.0</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>71629.0</v>
+        <v>67410.0</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>90563.0</v>
+        <v>94293.0</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>44795.0</v>
+        <v>41916.0</v>
       </c>
       <c r="L137" s="14" t="n">
-        <v>42594.0</v>
+        <v>32136.0</v>
       </c>
       <c r="M137" s="14" t="n">
-        <v>28424.0</v>
+        <v>26863.0</v>
       </c>
       <c r="N137" s="14" t="n">
-        <v>46345.0</v>
+        <v>32817.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
-        <v>385578.0</v>
+        <v>373332.0</v>
       </c>
       <c r="C138" s="14" t="n">
-        <v>13532.0</v>
+        <v>12827.0</v>
       </c>
       <c r="D138" s="14" t="n">
-        <v>14926.0</v>
+        <v>11687.0</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>19297.0</v>
+        <v>24807.0</v>
       </c>
       <c r="F138" s="14" t="n">
-        <v>35304.0</v>
+        <v>20713.0</v>
       </c>
       <c r="G138" s="14" t="n">
-        <v>21351.0</v>
+        <v>21359.0</v>
       </c>
       <c r="H138" s="14" t="n">
-        <v>22871.0</v>
+        <v>23355.0</v>
       </c>
       <c r="I138" s="14" t="n">
-        <v>52570.0</v>
+        <v>53297.0</v>
       </c>
       <c r="J138" s="14" t="n">
-        <v>75188.0</v>
+        <v>85478.0</v>
       </c>
       <c r="K138" s="14" t="n">
-        <v>30955.0</v>
+        <v>35995.0</v>
       </c>
       <c r="L138" s="14" t="n">
-        <v>32461.0</v>
+        <v>28478.0</v>
       </c>
       <c r="M138" s="14" t="n">
-        <v>24634.0</v>
+        <v>24313.0</v>
       </c>
       <c r="N138" s="14" t="n">
-        <v>42488.0</v>
+        <v>31023.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>102760.0</v>
+        <v>68484.0</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>3221.0</v>
+        <v>1601.0</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>2906.0</v>
+        <v>696.0</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>3990.0</v>
+        <v>1559.0</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>9415.0</v>
+        <v>7935.0</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>9124.0</v>
+        <v>13216.0</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>8051.0</v>
+        <v>6625.0</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>19059.0</v>
+        <v>14113.0</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>15375.0</v>
+        <v>8816.0</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>13840.0</v>
+        <v>5921.0</v>
       </c>
       <c r="L139" s="14" t="n">
-        <v>10132.0</v>
+        <v>3658.0</v>
       </c>
       <c r="M139" s="14" t="n">
-        <v>3790.0</v>
+        <v>2550.0</v>
       </c>
       <c r="N139" s="14" t="n">
-        <v>3857.0</v>
+        <v>1794.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
-          <t>Ourense</t>
+          <t>32 Ourense</t>
         </is>
       </c>
       <c r="B140" s="6"/>
       <c r="C140" s="6"/>
       <c r="D140" s="6"/>
       <c r="E140" s="6"/>
       <c r="F140" s="6"/>
       <c r="G140" s="6"/>
       <c r="H140" s="6"/>
       <c r="I140" s="6"/>
       <c r="J140" s="6"/>
       <c r="K140" s="6"/>
       <c r="L140" s="6"/>
       <c r="M140" s="6"/>
       <c r="N140" s="6"/>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>58807.0</v>
+        <v>56452.0</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>1928.0</v>
+        <v>2113.0</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>2853.0</v>
+        <v>2385.0</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>2436.0</v>
+        <v>4168.0</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>5889.0</v>
+        <v>2733.0</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>3096.0</v>
+        <v>4384.0</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>4166.0</v>
+        <v>4086.0</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>8506.0</v>
+        <v>7434.0</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>12872.0</v>
+        <v>12236.0</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>6777.0</v>
+        <v>6875.0</v>
       </c>
       <c r="L141" s="14" t="n">
-        <v>4556.0</v>
+        <v>4460.0</v>
       </c>
       <c r="M141" s="14" t="n">
-        <v>2113.0</v>
+        <v>2696.0</v>
       </c>
       <c r="N141" s="14" t="n">
-        <v>3615.0</v>
+        <v>2881.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>50683.0</v>
+        <v>46279.0</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>1687.0</v>
+        <v>1690.0</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>2393.0</v>
+        <v>1959.0</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>2160.0</v>
+        <v>3753.0</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>5183.0</v>
+        <v>2037.0</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>2424.0</v>
+        <v>3374.0</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>3436.0</v>
+        <v>3211.0</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>7423.0</v>
+        <v>6071.0</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>11483.0</v>
+        <v>10394.0</v>
       </c>
       <c r="K142" s="14" t="n">
-        <v>5666.0</v>
+        <v>5332.0</v>
       </c>
       <c r="L142" s="14" t="n">
-        <v>3780.0</v>
+        <v>3653.0</v>
       </c>
       <c r="M142" s="14" t="n">
-        <v>1921.0</v>
+        <v>2317.0</v>
       </c>
       <c r="N142" s="14" t="n">
-        <v>3127.0</v>
+        <v>2489.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>8124.0</v>
+        <v>10173.0</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>240.0</v>
+        <v>424.0</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>460.0</v>
+        <v>426.0</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>276.0</v>
+        <v>415.0</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>706.0</v>
+        <v>696.0</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>671.0</v>
+        <v>1010.0</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>730.0</v>
+        <v>875.0</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>1084.0</v>
+        <v>1362.0</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>1388.0</v>
+        <v>1842.0</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>1111.0</v>
+        <v>1543.0</v>
       </c>
       <c r="L143" s="14" t="n">
-        <v>776.0</v>
+        <v>807.0</v>
       </c>
       <c r="M143" s="14" t="n">
-        <v>192.0</v>
+        <v>379.0</v>
       </c>
       <c r="N143" s="14" t="n">
-        <v>489.0</v>
+        <v>392.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="6" t="inlineStr">
         <is>
-          <t>Palencia</t>
+          <t>34 Palencia</t>
         </is>
       </c>
       <c r="B144" s="6"/>
       <c r="C144" s="6"/>
       <c r="D144" s="6"/>
       <c r="E144" s="6"/>
       <c r="F144" s="6"/>
       <c r="G144" s="6"/>
       <c r="H144" s="6"/>
       <c r="I144" s="6"/>
       <c r="J144" s="6"/>
       <c r="K144" s="6"/>
       <c r="L144" s="6"/>
       <c r="M144" s="6"/>
       <c r="N144" s="6"/>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>121003.0</v>
+        <v>119553.0</v>
       </c>
       <c r="C145" s="14" t="n">
-        <v>3587.0</v>
+        <v>4487.0</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>4957.0</v>
+        <v>4828.0</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>4464.0</v>
+        <v>8666.0</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>11287.0</v>
+        <v>7565.0</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>7327.0</v>
+        <v>8907.0</v>
       </c>
       <c r="H145" s="14" t="n">
-        <v>8204.0</v>
+        <v>9154.0</v>
       </c>
       <c r="I145" s="14" t="n">
-        <v>14858.0</v>
+        <v>16389.0</v>
       </c>
       <c r="J145" s="14" t="n">
-        <v>23212.0</v>
+        <v>23416.0</v>
       </c>
       <c r="K145" s="14" t="n">
-        <v>11744.0</v>
+        <v>11248.0</v>
       </c>
       <c r="L145" s="14" t="n">
-        <v>10273.0</v>
+        <v>10684.0</v>
       </c>
       <c r="M145" s="14" t="n">
-        <v>8730.0</v>
+        <v>7607.0</v>
       </c>
       <c r="N145" s="14" t="n">
-        <v>12361.0</v>
+        <v>6602.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>102319.0</v>
+        <v>103890.0</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>2949.0</v>
+        <v>4127.0</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>4291.0</v>
+        <v>4275.0</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>3930.0</v>
+        <v>7734.0</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>9814.0</v>
+        <v>6507.0</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>6114.0</v>
+        <v>6997.0</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>6308.0</v>
+        <v>7140.0</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>12209.0</v>
+        <v>13963.0</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>20517.0</v>
+        <v>21086.0</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>8737.0</v>
+        <v>9500.0</v>
       </c>
       <c r="L146" s="14" t="n">
-        <v>8743.0</v>
+        <v>9346.0</v>
       </c>
       <c r="M146" s="14" t="n">
-        <v>7459.0</v>
+        <v>7078.0</v>
       </c>
       <c r="N146" s="14" t="n">
-        <v>11249.0</v>
+        <v>6137.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>18684.0</v>
+        <v>15663.0</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>639.0</v>
+        <v>360.0</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>665.0</v>
+        <v>553.0</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>534.0</v>
+        <v>932.0</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>1473.0</v>
+        <v>1058.0</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>1213.0</v>
+        <v>1909.0</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>1896.0</v>
+        <v>2014.0</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>2649.0</v>
+        <v>2427.0</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>2695.0</v>
+        <v>2331.0</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>3007.0</v>
+        <v>1748.0</v>
       </c>
       <c r="L147" s="14" t="n">
-        <v>1530.0</v>
+        <v>1337.0</v>
       </c>
       <c r="M147" s="14" t="n">
-        <v>1271.0</v>
+        <v>529.0</v>
       </c>
       <c r="N147" s="14" t="n">
-        <v>1112.0</v>
+        <v>465.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="6" t="inlineStr">
         <is>
-          <t>Palmas, Las</t>
+          <t>35 Palmas, Las</t>
         </is>
       </c>
       <c r="B148" s="6"/>
       <c r="C148" s="6"/>
       <c r="D148" s="6"/>
       <c r="E148" s="6"/>
       <c r="F148" s="6"/>
       <c r="G148" s="6"/>
       <c r="H148" s="6"/>
       <c r="I148" s="6"/>
       <c r="J148" s="6"/>
       <c r="K148" s="6"/>
       <c r="L148" s="6"/>
       <c r="M148" s="6"/>
       <c r="N148" s="6"/>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>89382.0</v>
+        <v>100201.0</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>9406.0</v>
+        <v>10993.0</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>8866.0</v>
+        <v>10348.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>9297.0</v>
+        <v>10958.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>6490.0</v>
+        <v>8954.0</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>4191.0</v>
+        <v>7279.0</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>4921.0</v>
+        <v>4453.0</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>6534.0</v>
+        <v>7183.0</v>
       </c>
       <c r="J149" s="14" t="n">
-        <v>7965.0</v>
+        <v>7503.0</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>6469.0</v>
+        <v>6351.0</v>
       </c>
       <c r="L149" s="14" t="n">
-        <v>6519.0</v>
+        <v>6826.0</v>
       </c>
       <c r="M149" s="14" t="n">
-        <v>9420.0</v>
+        <v>10815.0</v>
       </c>
       <c r="N149" s="14" t="n">
-        <v>9302.0</v>
+        <v>8537.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>26206.0</v>
+        <v>27148.0</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>1471.0</v>
+        <v>1549.0</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>1293.0</v>
+        <v>1233.0</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>1703.0</v>
+        <v>2274.0</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>2191.0</v>
+        <v>2141.0</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>1580.0</v>
+        <v>2365.0</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>2086.0</v>
+        <v>2108.0</v>
       </c>
       <c r="I150" s="14" t="n">
-        <v>3156.0</v>
+        <v>3587.0</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>4424.0</v>
+        <v>3973.0</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>2719.0</v>
+        <v>2482.0</v>
       </c>
       <c r="L150" s="14" t="n">
-        <v>1987.0</v>
+        <v>2217.0</v>
       </c>
       <c r="M150" s="14" t="n">
-        <v>1432.0</v>
+        <v>1727.0</v>
       </c>
       <c r="N150" s="14" t="n">
-        <v>2165.0</v>
+        <v>1491.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>63176.0</v>
+        <v>73053.0</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>7935.0</v>
+        <v>9444.0</v>
       </c>
       <c r="D151" s="14" t="n">
-        <v>7573.0</v>
+        <v>9116.0</v>
       </c>
       <c r="E151" s="14" t="n">
-        <v>7595.0</v>
+        <v>8684.0</v>
       </c>
       <c r="F151" s="14" t="n">
-        <v>4299.0</v>
+        <v>6813.0</v>
       </c>
       <c r="G151" s="14" t="n">
-        <v>2611.0</v>
+        <v>4914.0</v>
       </c>
       <c r="H151" s="14" t="n">
-        <v>2835.0</v>
+        <v>2345.0</v>
       </c>
       <c r="I151" s="14" t="n">
-        <v>3379.0</v>
+        <v>3596.0</v>
       </c>
       <c r="J151" s="14" t="n">
-        <v>3542.0</v>
+        <v>3530.0</v>
       </c>
       <c r="K151" s="14" t="n">
-        <v>3750.0</v>
+        <v>3869.0</v>
       </c>
       <c r="L151" s="14" t="n">
-        <v>4533.0</v>
+        <v>4609.0</v>
       </c>
       <c r="M151" s="14" t="n">
-        <v>7988.0</v>
+        <v>9088.0</v>
       </c>
       <c r="N151" s="14" t="n">
-        <v>7137.0</v>
+        <v>7046.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="6" t="inlineStr">
         <is>
-          <t>Pontevedra</t>
+          <t>36 Pontevedra</t>
         </is>
       </c>
       <c r="B152" s="6"/>
       <c r="C152" s="6"/>
       <c r="D152" s="6"/>
       <c r="E152" s="6"/>
       <c r="F152" s="6"/>
       <c r="G152" s="6"/>
       <c r="H152" s="6"/>
       <c r="I152" s="6"/>
       <c r="J152" s="6"/>
       <c r="K152" s="6"/>
       <c r="L152" s="6"/>
       <c r="M152" s="6"/>
       <c r="N152" s="6"/>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B153" s="14" t="n">
-        <v>107091.0</v>
+        <v>97562.0</v>
       </c>
       <c r="C153" s="14" t="n">
-        <v>1860.0</v>
+        <v>1178.0</v>
       </c>
       <c r="D153" s="14" t="n">
-        <v>1663.0</v>
+        <v>1354.0</v>
       </c>
       <c r="E153" s="14" t="n">
-        <v>2610.0</v>
+        <v>3503.0</v>
       </c>
       <c r="F153" s="14" t="n">
-        <v>6974.0</v>
+        <v>5070.0</v>
       </c>
       <c r="G153" s="14" t="n">
-        <v>6777.0</v>
+        <v>8233.0</v>
       </c>
       <c r="H153" s="14" t="n">
-        <v>10262.0</v>
+        <v>10239.0</v>
       </c>
       <c r="I153" s="14" t="n">
-        <v>20224.0</v>
+        <v>16933.0</v>
       </c>
       <c r="J153" s="14" t="n">
-        <v>31446.0</v>
+        <v>28605.0</v>
       </c>
       <c r="K153" s="14" t="n">
-        <v>11145.0</v>
+        <v>11196.0</v>
       </c>
       <c r="L153" s="14" t="n">
-        <v>5427.0</v>
+        <v>6036.0</v>
       </c>
       <c r="M153" s="14" t="n">
-        <v>2733.0</v>
+        <v>2227.0</v>
       </c>
       <c r="N153" s="14" t="n">
-        <v>5970.0</v>
+        <v>2988.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>87516.0</v>
+        <v>74359.0</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>1773.0</v>
+        <v>1019.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>1410.0</v>
+        <v>1289.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>2111.0</v>
+        <v>3121.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>5332.0</v>
+        <v>2876.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>4262.0</v>
+        <v>5360.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>8033.0</v>
+        <v>6948.0</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>16790.0</v>
+        <v>14113.0</v>
       </c>
       <c r="J154" s="14" t="n">
-        <v>27018.0</v>
+        <v>24108.0</v>
       </c>
       <c r="K154" s="14" t="n">
-        <v>8345.0</v>
+        <v>7555.0</v>
       </c>
       <c r="L154" s="14" t="n">
-        <v>4486.0</v>
+        <v>3596.0</v>
       </c>
       <c r="M154" s="14" t="n">
-        <v>2617.0</v>
+        <v>1780.0</v>
       </c>
       <c r="N154" s="14" t="n">
-        <v>5339.0</v>
+        <v>2595.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>19575.0</v>
+        <v>23203.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>87.0</v>
+        <v>159.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>253.0</v>
+        <v>65.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>499.0</v>
+        <v>381.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>1642.0</v>
+        <v>2194.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>2516.0</v>
+        <v>2872.0</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>2229.0</v>
+        <v>3292.0</v>
       </c>
       <c r="I155" s="14" t="n">
-        <v>3434.0</v>
+        <v>2820.0</v>
       </c>
       <c r="J155" s="14" t="n">
-        <v>4428.0</v>
+        <v>4497.0</v>
       </c>
       <c r="K155" s="14" t="n">
-        <v>2801.0</v>
+        <v>3641.0</v>
       </c>
       <c r="L155" s="14" t="n">
-        <v>940.0</v>
+        <v>2441.0</v>
       </c>
       <c r="M155" s="14" t="n">
-        <v>116.0</v>
+        <v>447.0</v>
       </c>
       <c r="N155" s="14" t="n">
-        <v>631.0</v>
+        <v>393.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="6" t="inlineStr">
         <is>
-          <t>Rioja, La</t>
+          <t>26 Rioja, La</t>
         </is>
       </c>
       <c r="B156" s="6"/>
       <c r="C156" s="6"/>
       <c r="D156" s="6"/>
       <c r="E156" s="6"/>
       <c r="F156" s="6"/>
       <c r="G156" s="6"/>
       <c r="H156" s="6"/>
       <c r="I156" s="6"/>
       <c r="J156" s="6"/>
       <c r="K156" s="6"/>
       <c r="L156" s="6"/>
       <c r="M156" s="6"/>
       <c r="N156" s="6"/>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>85136.0</v>
+        <v>80365.0</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>2650.0</v>
+        <v>1906.0</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>3922.0</v>
+        <v>3302.0</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>4810.0</v>
+        <v>7158.0</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>9345.0</v>
+        <v>5368.0</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>6557.0</v>
+        <v>7006.0</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>6327.0</v>
+        <v>5937.0</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>8269.0</v>
+        <v>8682.0</v>
       </c>
       <c r="J157" s="14" t="n">
-        <v>13055.0</v>
+        <v>14329.0</v>
       </c>
       <c r="K157" s="14" t="n">
-        <v>7460.0</v>
+        <v>7286.0</v>
       </c>
       <c r="L157" s="14" t="n">
-        <v>8512.0</v>
+        <v>7344.0</v>
       </c>
       <c r="M157" s="14" t="n">
-        <v>5347.0</v>
+        <v>5428.0</v>
       </c>
       <c r="N157" s="14" t="n">
-        <v>8881.0</v>
+        <v>6619.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>76879.0</v>
+        <v>62877.0</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>2385.0</v>
+        <v>1432.0</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>3829.0</v>
+        <v>2244.0</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>4614.0</v>
+        <v>6303.0</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>8748.0</v>
+        <v>4196.0</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>5607.0</v>
+        <v>4909.0</v>
       </c>
       <c r="H158" s="14" t="n">
-        <v>5209.0</v>
+        <v>3812.0</v>
       </c>
       <c r="I158" s="14" t="n">
-        <v>6903.0</v>
+        <v>6291.0</v>
       </c>
       <c r="J158" s="14" t="n">
-        <v>11791.0</v>
+        <v>11637.0</v>
       </c>
       <c r="K158" s="14" t="n">
-        <v>5983.0</v>
+        <v>5006.0</v>
       </c>
       <c r="L158" s="14" t="n">
-        <v>7891.0</v>
+        <v>6015.0</v>
       </c>
       <c r="M158" s="14" t="n">
-        <v>5206.0</v>
+        <v>4852.0</v>
       </c>
       <c r="N158" s="14" t="n">
-        <v>8712.0</v>
+        <v>6180.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>8257.0</v>
+        <v>17488.0</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>266.0</v>
+        <v>474.0</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>93.0</v>
+        <v>1058.0</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>195.0</v>
+        <v>855.0</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>596.0</v>
+        <v>1171.0</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>949.0</v>
+        <v>2097.0</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>1119.0</v>
+        <v>2125.0</v>
       </c>
       <c r="I159" s="14" t="n">
-        <v>1366.0</v>
+        <v>2391.0</v>
       </c>
       <c r="J159" s="14" t="n">
-        <v>1264.0</v>
+        <v>2692.0</v>
       </c>
       <c r="K159" s="14" t="n">
-        <v>1477.0</v>
+        <v>2280.0</v>
       </c>
       <c r="L159" s="14" t="n">
-        <v>621.0</v>
+        <v>1329.0</v>
       </c>
       <c r="M159" s="14" t="n">
-        <v>141.0</v>
+        <v>576.0</v>
       </c>
       <c r="N159" s="14" t="n">
-        <v>169.0</v>
+        <v>439.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="6" t="inlineStr">
         <is>
-          <t>Salamanca</t>
+          <t>37 Salamanca</t>
         </is>
       </c>
       <c r="B160" s="6"/>
       <c r="C160" s="6"/>
       <c r="D160" s="6"/>
       <c r="E160" s="6"/>
       <c r="F160" s="6"/>
       <c r="G160" s="6"/>
       <c r="H160" s="6"/>
       <c r="I160" s="6"/>
       <c r="J160" s="6"/>
       <c r="K160" s="6"/>
       <c r="L160" s="6"/>
       <c r="M160" s="6"/>
       <c r="N160" s="6"/>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>183558.0</v>
+        <v>190617.0</v>
       </c>
       <c r="C161" s="14" t="n">
-        <v>4777.0</v>
+        <v>6673.0</v>
       </c>
       <c r="D161" s="14" t="n">
-        <v>8796.0</v>
+        <v>9101.0</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>10151.0</v>
+        <v>17151.0</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>22776.0</v>
+        <v>11841.0</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>11303.0</v>
+        <v>12196.0</v>
       </c>
       <c r="H161" s="14" t="n">
-        <v>12502.0</v>
+        <v>13053.0</v>
       </c>
       <c r="I161" s="14" t="n">
-        <v>22640.0</v>
+        <v>21418.0</v>
       </c>
       <c r="J161" s="14" t="n">
-        <v>38687.0</v>
+        <v>39588.0</v>
       </c>
       <c r="K161" s="14" t="n">
-        <v>12018.0</v>
+        <v>14733.0</v>
       </c>
       <c r="L161" s="14" t="n">
-        <v>12572.0</v>
+        <v>12951.0</v>
       </c>
       <c r="M161" s="14" t="n">
-        <v>8671.0</v>
+        <v>10885.0</v>
       </c>
       <c r="N161" s="14" t="n">
-        <v>18666.0</v>
+        <v>21026.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>165368.0</v>
+        <v>169650.0</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>4316.0</v>
+        <v>5912.0</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>7766.0</v>
+        <v>8447.0</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>9452.0</v>
+        <v>16353.0</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>21136.0</v>
+        <v>10083.0</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>9913.0</v>
+        <v>10814.0</v>
       </c>
       <c r="H162" s="14" t="n">
-        <v>11372.0</v>
+        <v>11624.0</v>
       </c>
       <c r="I162" s="14" t="n">
-        <v>20564.0</v>
+        <v>18702.0</v>
       </c>
       <c r="J162" s="14" t="n">
-        <v>32531.0</v>
+        <v>34792.0</v>
       </c>
       <c r="K162" s="14" t="n">
-        <v>10626.0</v>
+        <v>12428.0</v>
       </c>
       <c r="L162" s="14" t="n">
-        <v>11467.0</v>
+        <v>11428.0</v>
       </c>
       <c r="M162" s="14" t="n">
-        <v>8228.0</v>
+        <v>9521.0</v>
       </c>
       <c r="N162" s="14" t="n">
-        <v>17998.0</v>
+        <v>19547.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>18190.0</v>
+        <v>20967.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>462.0</v>
+        <v>762.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>1029.0</v>
+        <v>653.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>699.0</v>
+        <v>798.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>1640.0</v>
+        <v>1758.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>1390.0</v>
+        <v>1382.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>1131.0</v>
+        <v>1430.0</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>2076.0</v>
+        <v>2716.0</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>6156.0</v>
+        <v>4796.0</v>
       </c>
       <c r="K163" s="14" t="n">
-        <v>1392.0</v>
+        <v>2305.0</v>
       </c>
       <c r="L163" s="14" t="n">
-        <v>1105.0</v>
+        <v>1524.0</v>
       </c>
       <c r="M163" s="14" t="n">
-        <v>443.0</v>
+        <v>1365.0</v>
       </c>
       <c r="N163" s="14" t="n">
-        <v>668.0</v>
+        <v>1479.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="6" t="inlineStr">
         <is>
-          <t>Santa Cruz de Tenerife</t>
+          <t>38 Santa Cruz de Tenerife</t>
         </is>
       </c>
       <c r="B164" s="6"/>
       <c r="C164" s="6"/>
       <c r="D164" s="6"/>
       <c r="E164" s="6"/>
       <c r="F164" s="6"/>
       <c r="G164" s="6"/>
       <c r="H164" s="6"/>
       <c r="I164" s="6"/>
       <c r="J164" s="6"/>
       <c r="K164" s="6"/>
       <c r="L164" s="6"/>
       <c r="M164" s="6"/>
       <c r="N164" s="6"/>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>304270.0</v>
+        <v>297831.0</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>30247.0</v>
+        <v>35525.0</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>30576.0</v>
+        <v>32449.0</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>28767.0</v>
+        <v>28828.0</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>25174.0</v>
+        <v>22244.0</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>18766.0</v>
+        <v>17105.0</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>16295.0</v>
+        <v>14440.0</v>
       </c>
       <c r="I165" s="14" t="n">
-        <v>22137.0</v>
+        <v>18748.0</v>
       </c>
       <c r="J165" s="14" t="n">
-        <v>26215.0</v>
+        <v>24246.0</v>
       </c>
       <c r="K165" s="14" t="n">
-        <v>22068.0</v>
+        <v>19657.0</v>
       </c>
       <c r="L165" s="14" t="n">
-        <v>23077.0</v>
+        <v>23905.0</v>
       </c>
       <c r="M165" s="14" t="n">
-        <v>28206.0</v>
+        <v>31994.0</v>
       </c>
       <c r="N165" s="14" t="n">
-        <v>32741.0</v>
+        <v>28690.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>117779.0</v>
+        <v>91892.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>8094.0</v>
+        <v>7598.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>7358.0</v>
+        <v>7910.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>7287.0</v>
+        <v>6214.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>10420.0</v>
+        <v>5485.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>8818.0</v>
+        <v>6431.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>8467.0</v>
+        <v>6646.0</v>
       </c>
       <c r="I166" s="14" t="n">
-        <v>11429.0</v>
+        <v>9134.0</v>
       </c>
       <c r="J166" s="14" t="n">
-        <v>16260.0</v>
+        <v>12539.0</v>
       </c>
       <c r="K166" s="14" t="n">
-        <v>12329.0</v>
+        <v>8861.0</v>
       </c>
       <c r="L166" s="14" t="n">
-        <v>9397.0</v>
+        <v>7069.0</v>
       </c>
       <c r="M166" s="14" t="n">
-        <v>7086.0</v>
+        <v>7828.0</v>
       </c>
       <c r="N166" s="14" t="n">
-        <v>10834.0</v>
+        <v>6176.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>186492.0</v>
+        <v>205939.0</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>22153.0</v>
+        <v>27928.0</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>23218.0</v>
+        <v>24539.0</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>21480.0</v>
+        <v>22614.0</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>14754.0</v>
+        <v>16759.0</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>9948.0</v>
+        <v>10674.0</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>7828.0</v>
+        <v>7794.0</v>
       </c>
       <c r="I167" s="14" t="n">
-        <v>10708.0</v>
+        <v>9614.0</v>
       </c>
       <c r="J167" s="14" t="n">
-        <v>9955.0</v>
+        <v>11707.0</v>
       </c>
       <c r="K167" s="14" t="n">
-        <v>9740.0</v>
+        <v>10795.0</v>
       </c>
       <c r="L167" s="14" t="n">
-        <v>13680.0</v>
+        <v>16836.0</v>
       </c>
       <c r="M167" s="14" t="n">
-        <v>21120.0</v>
+        <v>24166.0</v>
       </c>
       <c r="N167" s="14" t="n">
-        <v>21907.0</v>
+        <v>22514.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="6" t="inlineStr">
         <is>
-          <t>Segovia</t>
+          <t>40 Segovia</t>
         </is>
       </c>
       <c r="B168" s="6"/>
       <c r="C168" s="6"/>
       <c r="D168" s="6"/>
       <c r="E168" s="6"/>
       <c r="F168" s="6"/>
       <c r="G168" s="6"/>
       <c r="H168" s="6"/>
       <c r="I168" s="6"/>
       <c r="J168" s="6"/>
       <c r="K168" s="6"/>
       <c r="L168" s="6"/>
       <c r="M168" s="6"/>
       <c r="N168" s="6"/>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>253339.0</v>
+        <v>255584.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>12015.0</v>
+        <v>12242.0</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>13903.0</v>
+        <v>11884.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>17197.0</v>
+        <v>24187.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>26797.0</v>
+        <v>19025.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>17909.0</v>
+        <v>21786.0</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>20643.0</v>
+        <v>22580.0</v>
       </c>
       <c r="I169" s="14" t="n">
-        <v>19825.0</v>
+        <v>23147.0</v>
       </c>
       <c r="J169" s="14" t="n">
-        <v>32816.0</v>
+        <v>27832.0</v>
       </c>
       <c r="K169" s="14" t="n">
-        <v>20926.0</v>
+        <v>20843.0</v>
       </c>
       <c r="L169" s="14" t="n">
-        <v>23242.0</v>
+        <v>21257.0</v>
       </c>
       <c r="M169" s="14" t="n">
-        <v>17944.0</v>
+        <v>22781.0</v>
       </c>
       <c r="N169" s="14" t="n">
-        <v>30122.0</v>
+        <v>28021.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>234930.0</v>
+        <v>235648.0</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>9784.0</v>
+        <v>11372.0</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>12537.0</v>
+        <v>11254.0</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>15851.0</v>
+        <v>22481.0</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>24328.0</v>
+        <v>17220.0</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>15508.0</v>
+        <v>19236.0</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>19345.0</v>
+        <v>19616.0</v>
       </c>
       <c r="I170" s="14" t="n">
-        <v>18426.0</v>
+        <v>20956.0</v>
       </c>
       <c r="J170" s="14" t="n">
-        <v>31159.0</v>
+        <v>25491.0</v>
       </c>
       <c r="K170" s="14" t="n">
-        <v>19611.0</v>
+        <v>19009.0</v>
       </c>
       <c r="L170" s="14" t="n">
-        <v>21888.0</v>
+        <v>20432.0</v>
       </c>
       <c r="M170" s="14" t="n">
-        <v>17443.0</v>
+        <v>22264.0</v>
       </c>
       <c r="N170" s="14" t="n">
-        <v>29051.0</v>
+        <v>26316.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>18409.0</v>
+        <v>19936.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>2231.0</v>
+        <v>870.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>1367.0</v>
+        <v>630.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>1346.0</v>
+        <v>1706.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>2469.0</v>
+        <v>1805.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>2401.0</v>
+        <v>2550.0</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>1299.0</v>
+        <v>2963.0</v>
       </c>
       <c r="I171" s="14" t="n">
-        <v>1399.0</v>
+        <v>2191.0</v>
       </c>
       <c r="J171" s="14" t="n">
-        <v>1656.0</v>
+        <v>2341.0</v>
       </c>
       <c r="K171" s="14" t="n">
-        <v>1315.0</v>
+        <v>1834.0</v>
       </c>
       <c r="L171" s="14" t="n">
-        <v>1355.0</v>
+        <v>825.0</v>
       </c>
       <c r="M171" s="14" t="n">
-        <v>501.0</v>
+        <v>517.0</v>
       </c>
       <c r="N171" s="14" t="n">
-        <v>1071.0</v>
+        <v>1706.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="6" t="inlineStr">
         <is>
-          <t>Sevilla</t>
+          <t>41 Sevilla</t>
         </is>
       </c>
       <c r="B172" s="6"/>
       <c r="C172" s="6"/>
       <c r="D172" s="6"/>
       <c r="E172" s="6"/>
       <c r="F172" s="6"/>
       <c r="G172" s="6"/>
       <c r="H172" s="6"/>
       <c r="I172" s="6"/>
       <c r="J172" s="6"/>
       <c r="K172" s="6"/>
       <c r="L172" s="6"/>
       <c r="M172" s="6"/>
       <c r="N172" s="6"/>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>109179.0</v>
+        <v>114763.0</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>5664.0</v>
+        <v>4294.0</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>6551.0</v>
+        <v>5899.0</v>
       </c>
       <c r="E173" s="14" t="n">
-        <v>6085.0</v>
+        <v>8667.0</v>
       </c>
       <c r="F173" s="14" t="n">
-        <v>9544.0</v>
+        <v>5694.0</v>
       </c>
       <c r="G173" s="14" t="n">
-        <v>7164.0</v>
+        <v>8234.0</v>
       </c>
       <c r="H173" s="14" t="n">
-        <v>8116.0</v>
+        <v>7478.0</v>
       </c>
       <c r="I173" s="14" t="n">
-        <v>13060.0</v>
+        <v>15287.0</v>
       </c>
       <c r="J173" s="14" t="n">
-        <v>19463.0</v>
+        <v>20981.0</v>
       </c>
       <c r="K173" s="14" t="n">
-        <v>8380.0</v>
+        <v>10575.0</v>
       </c>
       <c r="L173" s="14" t="n">
-        <v>7606.0</v>
+        <v>7964.0</v>
       </c>
       <c r="M173" s="14" t="n">
-        <v>6585.0</v>
+        <v>8734.0</v>
       </c>
       <c r="N173" s="14" t="n">
-        <v>10961.0</v>
+        <v>10956.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>83793.0</v>
+        <v>90423.0</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>5400.0</v>
+        <v>4109.0</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>5937.0</v>
+        <v>5457.0</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>5012.0</v>
+        <v>7460.0</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>6805.0</v>
+        <v>3832.0</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>4178.0</v>
+        <v>4813.0</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>7217.0</v>
+        <v>6046.0</v>
       </c>
       <c r="I174" s="14" t="n">
-        <v>8995.0</v>
+        <v>11090.0</v>
       </c>
       <c r="J174" s="14" t="n">
-        <v>13525.0</v>
+        <v>15280.0</v>
       </c>
       <c r="K174" s="14" t="n">
-        <v>6356.0</v>
+        <v>8290.0</v>
       </c>
       <c r="L174" s="14" t="n">
-        <v>4912.0</v>
+        <v>5945.0</v>
       </c>
       <c r="M174" s="14" t="n">
-        <v>5377.0</v>
+        <v>7411.0</v>
       </c>
       <c r="N174" s="14" t="n">
-        <v>10079.0</v>
+        <v>10690.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>25386.0</v>
+        <v>24341.0</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>264.0</v>
+        <v>185.0</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>614.0</v>
+        <v>442.0</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>1074.0</v>
+        <v>1207.0</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>2739.0</v>
+        <v>1862.0</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>2986.0</v>
+        <v>3421.0</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>899.0</v>
+        <v>1432.0</v>
       </c>
       <c r="I175" s="14" t="n">
-        <v>4065.0</v>
+        <v>4197.0</v>
       </c>
       <c r="J175" s="14" t="n">
-        <v>5938.0</v>
+        <v>5701.0</v>
       </c>
       <c r="K175" s="14" t="n">
-        <v>2024.0</v>
+        <v>2286.0</v>
       </c>
       <c r="L175" s="14" t="n">
-        <v>2693.0</v>
+        <v>2020.0</v>
       </c>
       <c r="M175" s="14" t="n">
-        <v>1207.0</v>
+        <v>1323.0</v>
       </c>
       <c r="N175" s="14" t="n">
-        <v>882.0</v>
+        <v>266.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="6" t="inlineStr">
         <is>
-          <t>Soria</t>
+          <t>42 Soria</t>
         </is>
       </c>
       <c r="B176" s="6"/>
       <c r="C176" s="6"/>
       <c r="D176" s="6"/>
       <c r="E176" s="6"/>
       <c r="F176" s="6"/>
       <c r="G176" s="6"/>
       <c r="H176" s="6"/>
       <c r="I176" s="6"/>
       <c r="J176" s="6"/>
       <c r="K176" s="6"/>
       <c r="L176" s="6"/>
       <c r="M176" s="6"/>
       <c r="N176" s="6"/>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>197415.0</v>
+        <v>217795.0</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>5149.0</v>
+        <v>6223.0</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>9405.0</v>
+        <v>8337.0</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>11179.0</v>
+        <v>18375.0</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>23654.0</v>
+        <v>13336.0</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>10775.0</v>
+        <v>13743.0</v>
       </c>
       <c r="H177" s="14" t="n">
-        <v>13178.0</v>
+        <v>14390.0</v>
       </c>
       <c r="I177" s="14" t="n">
-        <v>23014.0</v>
+        <v>25074.0</v>
       </c>
       <c r="J177" s="14" t="n">
-        <v>33889.0</v>
+        <v>44927.0</v>
       </c>
       <c r="K177" s="14" t="n">
-        <v>14913.0</v>
+        <v>17108.0</v>
       </c>
       <c r="L177" s="14" t="n">
-        <v>18887.0</v>
+        <v>21771.0</v>
       </c>
       <c r="M177" s="14" t="n">
-        <v>13822.0</v>
+        <v>17365.0</v>
       </c>
       <c r="N177" s="14" t="n">
-        <v>19550.0</v>
+        <v>17147.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B178" s="14" t="n">
-        <v>187353.0</v>
+        <v>206156.0</v>
       </c>
       <c r="C178" s="14" t="n">
-        <v>5092.0</v>
+        <v>6072.0</v>
       </c>
       <c r="D178" s="14" t="n">
-        <v>9251.0</v>
+        <v>7727.0</v>
       </c>
       <c r="E178" s="14" t="n">
-        <v>10498.0</v>
+        <v>17697.0</v>
       </c>
       <c r="F178" s="14" t="n">
-        <v>22890.0</v>
+        <v>12359.0</v>
       </c>
       <c r="G178" s="14" t="n">
-        <v>9844.0</v>
+        <v>12824.0</v>
       </c>
       <c r="H178" s="14" t="n">
-        <v>11789.0</v>
+        <v>13506.0</v>
       </c>
       <c r="I178" s="14" t="n">
-        <v>20299.0</v>
+        <v>23821.0</v>
       </c>
       <c r="J178" s="14" t="n">
-        <v>32579.0</v>
+        <v>43142.0</v>
       </c>
       <c r="K178" s="14" t="n">
-        <v>13715.0</v>
+        <v>15653.0</v>
       </c>
       <c r="L178" s="14" t="n">
-        <v>18499.0</v>
+        <v>20514.0</v>
       </c>
       <c r="M178" s="14" t="n">
-        <v>13377.0</v>
+        <v>16324.0</v>
       </c>
       <c r="N178" s="14" t="n">
-        <v>19520.0</v>
+        <v>16518.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>10062.0</v>
+        <v>11638.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>56.0</v>
+        <v>151.0</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>155.0</v>
+        <v>610.0</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>681.0</v>
+        <v>677.0</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>764.0</v>
+        <v>977.0</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>931.0</v>
+        <v>919.0</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>1389.0</v>
+        <v>884.0</v>
       </c>
       <c r="I179" s="14" t="n">
-        <v>2716.0</v>
+        <v>1254.0</v>
       </c>
       <c r="J179" s="14" t="n">
-        <v>1311.0</v>
+        <v>1785.0</v>
       </c>
       <c r="K179" s="14" t="n">
-        <v>1198.0</v>
+        <v>1455.0</v>
       </c>
       <c r="L179" s="14" t="n">
-        <v>387.0</v>
+        <v>1257.0</v>
       </c>
       <c r="M179" s="14" t="n">
-        <v>445.0</v>
+        <v>1041.0</v>
       </c>
       <c r="N179" s="14" t="n">
-        <v>30.0</v>
+        <v>629.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="6" t="inlineStr">
         <is>
-          <t>Tarragona</t>
+          <t>43 Tarragona</t>
         </is>
       </c>
       <c r="B180" s="6"/>
       <c r="C180" s="6"/>
       <c r="D180" s="6"/>
       <c r="E180" s="6"/>
       <c r="F180" s="6"/>
       <c r="G180" s="6"/>
       <c r="H180" s="6"/>
       <c r="I180" s="6"/>
       <c r="J180" s="6"/>
       <c r="K180" s="6"/>
       <c r="L180" s="6"/>
       <c r="M180" s="6"/>
       <c r="N180" s="6"/>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>122017.0</v>
+        <v>113585.0</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>3962.0</v>
+        <v>3956.0</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>3069.0</v>
+        <v>6472.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>4378.0</v>
+        <v>9558.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>13098.0</v>
+        <v>5816.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>7127.0</v>
+        <v>9653.0</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>10459.0</v>
+        <v>9765.0</v>
       </c>
       <c r="I181" s="14" t="n">
-        <v>15516.0</v>
+        <v>13439.0</v>
       </c>
       <c r="J181" s="14" t="n">
-        <v>29643.0</v>
+        <v>23707.0</v>
       </c>
       <c r="K181" s="14" t="n">
-        <v>9308.0</v>
+        <v>8204.0</v>
       </c>
       <c r="L181" s="14" t="n">
-        <v>8432.0</v>
+        <v>8094.0</v>
       </c>
       <c r="M181" s="14" t="n">
-        <v>6185.0</v>
+        <v>6699.0</v>
       </c>
       <c r="N181" s="14" t="n">
-        <v>10840.0</v>
+        <v>8222.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B182" s="14" t="n">
-        <v>96357.0</v>
+        <v>88063.0</v>
       </c>
       <c r="C182" s="14" t="n">
-        <v>3460.0</v>
+        <v>3312.0</v>
       </c>
       <c r="D182" s="14" t="n">
-        <v>2843.0</v>
+        <v>6169.0</v>
       </c>
       <c r="E182" s="14" t="n">
-        <v>4142.0</v>
+        <v>9205.0</v>
       </c>
       <c r="F182" s="14" t="n">
-        <v>10927.0</v>
+        <v>4880.0</v>
       </c>
       <c r="G182" s="14" t="n">
-        <v>5891.0</v>
+        <v>8566.0</v>
       </c>
       <c r="H182" s="14" t="n">
-        <v>9302.0</v>
+        <v>8318.0</v>
       </c>
       <c r="I182" s="14" t="n">
-        <v>9806.0</v>
+        <v>8775.0</v>
       </c>
       <c r="J182" s="14" t="n">
-        <v>21293.0</v>
+        <v>14558.0</v>
       </c>
       <c r="K182" s="14" t="n">
-        <v>7136.0</v>
+        <v>6391.0</v>
       </c>
       <c r="L182" s="14" t="n">
-        <v>5941.0</v>
+        <v>5414.0</v>
       </c>
       <c r="M182" s="14" t="n">
-        <v>5208.0</v>
+        <v>4985.0</v>
       </c>
       <c r="N182" s="14" t="n">
-        <v>10406.0</v>
+        <v>7490.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>25660.0</v>
+        <v>25522.0</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>501.0</v>
+        <v>644.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>225.0</v>
+        <v>304.0</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>236.0</v>
+        <v>352.0</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>2170.0</v>
+        <v>937.0</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>1236.0</v>
+        <v>1087.0</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>1157.0</v>
+        <v>1446.0</v>
       </c>
       <c r="I183" s="14" t="n">
-        <v>5710.0</v>
+        <v>4664.0</v>
       </c>
       <c r="J183" s="14" t="n">
-        <v>8350.0</v>
+        <v>9149.0</v>
       </c>
       <c r="K183" s="14" t="n">
-        <v>2172.0</v>
+        <v>1812.0</v>
       </c>
       <c r="L183" s="14" t="n">
-        <v>2491.0</v>
+        <v>2680.0</v>
       </c>
       <c r="M183" s="14" t="n">
-        <v>977.0</v>
+        <v>1714.0</v>
       </c>
       <c r="N183" s="14" t="n">
-        <v>434.0</v>
+        <v>732.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="6" t="inlineStr">
         <is>
-          <t>Teruel</t>
+          <t>44 Teruel</t>
         </is>
       </c>
       <c r="B184" s="6"/>
       <c r="C184" s="6"/>
       <c r="D184" s="6"/>
       <c r="E184" s="6"/>
       <c r="F184" s="6"/>
       <c r="G184" s="6"/>
       <c r="H184" s="6"/>
       <c r="I184" s="6"/>
       <c r="J184" s="6"/>
       <c r="K184" s="6"/>
       <c r="L184" s="6"/>
       <c r="M184" s="6"/>
       <c r="N184" s="6"/>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>213955.0</v>
+        <v>199513.0</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>7950.0</v>
+        <v>6516.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>10289.0</v>
+        <v>10635.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>11991.0</v>
+        <v>17865.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>23443.0</v>
+        <v>15402.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>12175.0</v>
+        <v>13710.0</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>16029.0</v>
+        <v>15915.0</v>
       </c>
       <c r="I185" s="14" t="n">
-        <v>23815.0</v>
+        <v>21519.0</v>
       </c>
       <c r="J185" s="14" t="n">
-        <v>39395.0</v>
+        <v>37130.0</v>
       </c>
       <c r="K185" s="14" t="n">
-        <v>17074.0</v>
+        <v>15237.0</v>
       </c>
       <c r="L185" s="14" t="n">
-        <v>19228.0</v>
+        <v>16422.0</v>
       </c>
       <c r="M185" s="14" t="n">
-        <v>12575.0</v>
+        <v>10451.0</v>
       </c>
       <c r="N185" s="14" t="n">
-        <v>19989.0</v>
+        <v>18712.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>204620.0</v>
+        <v>181380.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>7859.0</v>
+        <v>6215.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>10053.0</v>
+        <v>10140.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>11281.0</v>
+        <v>16511.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>22690.0</v>
+        <v>15097.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>11338.0</v>
+        <v>13075.0</v>
       </c>
       <c r="H186" s="14" t="n">
-        <v>15321.0</v>
+        <v>15145.0</v>
       </c>
       <c r="I186" s="14" t="n">
-        <v>22441.0</v>
+        <v>19271.0</v>
       </c>
       <c r="J186" s="14" t="n">
-        <v>37448.0</v>
+        <v>32663.0</v>
       </c>
       <c r="K186" s="14" t="n">
-        <v>15904.0</v>
+        <v>13302.0</v>
       </c>
       <c r="L186" s="14" t="n">
-        <v>18460.0</v>
+        <v>14927.0</v>
       </c>
       <c r="M186" s="14" t="n">
-        <v>12051.0</v>
+        <v>8501.0</v>
       </c>
       <c r="N186" s="14" t="n">
-        <v>19775.0</v>
+        <v>16533.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>9334.0</v>
+        <v>18133.0</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>92.0</v>
+        <v>301.0</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>236.0</v>
+        <v>496.0</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>710.0</v>
+        <v>1355.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>753.0</v>
+        <v>305.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>837.0</v>
+        <v>635.0</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>708.0</v>
+        <v>769.0</v>
       </c>
       <c r="I187" s="14" t="n">
-        <v>1374.0</v>
+        <v>2248.0</v>
       </c>
       <c r="J187" s="14" t="n">
-        <v>1947.0</v>
+        <v>4467.0</v>
       </c>
       <c r="K187" s="14" t="n">
-        <v>1170.0</v>
+        <v>1935.0</v>
       </c>
       <c r="L187" s="14" t="n">
-        <v>768.0</v>
+        <v>1494.0</v>
       </c>
       <c r="M187" s="14" t="n">
-        <v>524.0</v>
+        <v>1950.0</v>
       </c>
       <c r="N187" s="14" t="n">
-        <v>215.0</v>
+        <v>2178.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="6" t="inlineStr">
         <is>
-          <t>Toledo</t>
+          <t>45 Toledo</t>
         </is>
       </c>
       <c r="B188" s="6"/>
       <c r="C188" s="6"/>
       <c r="D188" s="6"/>
       <c r="E188" s="6"/>
       <c r="F188" s="6"/>
       <c r="G188" s="6"/>
       <c r="H188" s="6"/>
       <c r="I188" s="6"/>
       <c r="J188" s="6"/>
       <c r="K188" s="6"/>
       <c r="L188" s="6"/>
       <c r="M188" s="6"/>
       <c r="N188" s="6"/>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>192652.0</v>
+        <v>208650.0</v>
       </c>
       <c r="C189" s="14" t="n">
-        <v>7709.0</v>
+        <v>7548.0</v>
       </c>
       <c r="D189" s="14" t="n">
-        <v>9951.0</v>
+        <v>8500.0</v>
       </c>
       <c r="E189" s="14" t="n">
-        <v>12788.0</v>
+        <v>16166.0</v>
       </c>
       <c r="F189" s="14" t="n">
-        <v>18054.0</v>
+        <v>14961.0</v>
       </c>
       <c r="G189" s="14" t="n">
-        <v>15158.0</v>
+        <v>18320.0</v>
       </c>
       <c r="H189" s="14" t="n">
-        <v>18598.0</v>
+        <v>22896.0</v>
       </c>
       <c r="I189" s="14" t="n">
-        <v>22877.0</v>
+        <v>23191.0</v>
       </c>
       <c r="J189" s="14" t="n">
-        <v>23856.0</v>
+        <v>26651.0</v>
       </c>
       <c r="K189" s="14" t="n">
-        <v>17810.0</v>
+        <v>18489.0</v>
       </c>
       <c r="L189" s="14" t="n">
-        <v>16968.0</v>
+        <v>16736.0</v>
       </c>
       <c r="M189" s="14" t="n">
-        <v>9716.0</v>
+        <v>15456.0</v>
       </c>
       <c r="N189" s="14" t="n">
-        <v>19166.0</v>
+        <v>19737.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>183426.0</v>
+        <v>197102.0</v>
       </c>
       <c r="C190" s="14" t="n">
-        <v>7368.0</v>
+        <v>6795.0</v>
       </c>
       <c r="D190" s="14" t="n">
-        <v>9312.0</v>
+        <v>7830.0</v>
       </c>
       <c r="E190" s="14" t="n">
-        <v>12341.0</v>
+        <v>14931.0</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>17566.0</v>
+        <v>13839.0</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>14408.0</v>
+        <v>17101.0</v>
       </c>
       <c r="H190" s="14" t="n">
-        <v>17726.0</v>
+        <v>22392.0</v>
       </c>
       <c r="I190" s="14" t="n">
-        <v>21848.0</v>
+        <v>22266.0</v>
       </c>
       <c r="J190" s="14" t="n">
-        <v>21330.0</v>
+        <v>24873.0</v>
       </c>
       <c r="K190" s="14" t="n">
-        <v>17156.0</v>
+        <v>17485.0</v>
       </c>
       <c r="L190" s="14" t="n">
-        <v>16367.0</v>
+        <v>15525.0</v>
       </c>
       <c r="M190" s="14" t="n">
-        <v>9272.0</v>
+        <v>14756.0</v>
       </c>
       <c r="N190" s="14" t="n">
-        <v>18731.0</v>
+        <v>19309.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>9227.0</v>
+        <v>11548.0</v>
       </c>
       <c r="C191" s="14" t="n">
-        <v>341.0</v>
+        <v>753.0</v>
       </c>
       <c r="D191" s="14" t="n">
-        <v>638.0</v>
+        <v>669.0</v>
       </c>
       <c r="E191" s="14" t="n">
-        <v>447.0</v>
+        <v>1235.0</v>
       </c>
       <c r="F191" s="14" t="n">
-        <v>488.0</v>
+        <v>1122.0</v>
       </c>
       <c r="G191" s="14" t="n">
-        <v>750.0</v>
+        <v>1219.0</v>
       </c>
       <c r="H191" s="14" t="n">
-        <v>872.0</v>
+        <v>504.0</v>
       </c>
       <c r="I191" s="14" t="n">
-        <v>1030.0</v>
+        <v>925.0</v>
       </c>
       <c r="J191" s="14" t="n">
-        <v>2526.0</v>
+        <v>1778.0</v>
       </c>
       <c r="K191" s="14" t="n">
-        <v>654.0</v>
+        <v>1004.0</v>
       </c>
       <c r="L191" s="14" t="n">
-        <v>601.0</v>
+        <v>1211.0</v>
       </c>
       <c r="M191" s="14" t="n">
-        <v>444.0</v>
+        <v>700.0</v>
       </c>
       <c r="N191" s="14" t="n">
-        <v>435.0</v>
+        <v>428.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="6" t="inlineStr">
         <is>
-          <t>Valencia</t>
+          <t>46 Valencia/València</t>
         </is>
       </c>
       <c r="B192" s="6"/>
       <c r="C192" s="6"/>
       <c r="D192" s="6"/>
       <c r="E192" s="6"/>
       <c r="F192" s="6"/>
       <c r="G192" s="6"/>
       <c r="H192" s="6"/>
       <c r="I192" s="6"/>
       <c r="J192" s="6"/>
       <c r="K192" s="6"/>
       <c r="L192" s="6"/>
       <c r="M192" s="6"/>
       <c r="N192" s="6"/>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B193" s="14" t="n">
-        <v>123934.0</v>
+        <v>132937.0</v>
       </c>
       <c r="C193" s="14" t="n">
-        <v>5677.0</v>
+        <v>4624.0</v>
       </c>
       <c r="D193" s="14" t="n">
-        <v>5688.0</v>
+        <v>6684.0</v>
       </c>
       <c r="E193" s="14" t="n">
-        <v>8146.0</v>
+        <v>12719.0</v>
       </c>
       <c r="F193" s="14" t="n">
-        <v>12665.0</v>
+        <v>10189.0</v>
       </c>
       <c r="G193" s="14" t="n">
-        <v>8792.0</v>
+        <v>10795.0</v>
       </c>
       <c r="H193" s="14" t="n">
-        <v>10158.0</v>
+        <v>10459.0</v>
       </c>
       <c r="I193" s="14" t="n">
-        <v>10931.0</v>
+        <v>13656.0</v>
       </c>
       <c r="J193" s="14" t="n">
-        <v>19716.0</v>
+        <v>21412.0</v>
       </c>
       <c r="K193" s="14" t="n">
-        <v>8836.0</v>
+        <v>11207.0</v>
       </c>
       <c r="L193" s="14" t="n">
-        <v>10952.0</v>
+        <v>9407.0</v>
       </c>
       <c r="M193" s="14" t="n">
-        <v>9943.0</v>
+        <v>8997.0</v>
       </c>
       <c r="N193" s="14" t="n">
-        <v>12430.0</v>
+        <v>12788.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>100841.0</v>
+        <v>108457.0</v>
       </c>
       <c r="C194" s="14" t="n">
-        <v>4723.0</v>
+        <v>3633.0</v>
       </c>
       <c r="D194" s="14" t="n">
-        <v>4957.0</v>
+        <v>5994.0</v>
       </c>
       <c r="E194" s="14" t="n">
-        <v>6497.0</v>
+        <v>11343.0</v>
       </c>
       <c r="F194" s="14" t="n">
-        <v>11298.0</v>
+        <v>8778.0</v>
       </c>
       <c r="G194" s="14" t="n">
-        <v>7657.0</v>
+        <v>9327.0</v>
       </c>
       <c r="H194" s="14" t="n">
-        <v>8102.0</v>
+        <v>9678.0</v>
       </c>
       <c r="I194" s="14" t="n">
-        <v>7894.0</v>
+        <v>10650.0</v>
       </c>
       <c r="J194" s="14" t="n">
-        <v>14098.0</v>
+        <v>15383.0</v>
       </c>
       <c r="K194" s="14" t="n">
-        <v>7309.0</v>
+        <v>9415.0</v>
       </c>
       <c r="L194" s="14" t="n">
-        <v>9407.0</v>
+        <v>7465.0</v>
       </c>
       <c r="M194" s="14" t="n">
-        <v>7642.0</v>
+        <v>6824.0</v>
       </c>
       <c r="N194" s="14" t="n">
-        <v>11257.0</v>
+        <v>9968.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B195" s="14" t="n">
-        <v>23093.0</v>
+        <v>24480.0</v>
       </c>
       <c r="C195" s="14" t="n">
-        <v>954.0</v>
+        <v>991.0</v>
       </c>
       <c r="D195" s="14" t="n">
-        <v>730.0</v>
+        <v>689.0</v>
       </c>
       <c r="E195" s="14" t="n">
-        <v>1649.0</v>
+        <v>1377.0</v>
       </c>
       <c r="F195" s="14" t="n">
-        <v>1368.0</v>
+        <v>1411.0</v>
       </c>
       <c r="G195" s="14" t="n">
-        <v>1135.0</v>
+        <v>1468.0</v>
       </c>
       <c r="H195" s="14" t="n">
-        <v>2056.0</v>
+        <v>781.0</v>
       </c>
       <c r="I195" s="14" t="n">
-        <v>3037.0</v>
+        <v>3007.0</v>
       </c>
       <c r="J195" s="14" t="n">
-        <v>5618.0</v>
+        <v>6030.0</v>
       </c>
       <c r="K195" s="14" t="n">
-        <v>1527.0</v>
+        <v>1792.0</v>
       </c>
       <c r="L195" s="14" t="n">
-        <v>1545.0</v>
+        <v>1941.0</v>
       </c>
       <c r="M195" s="14" t="n">
-        <v>2301.0</v>
+        <v>2174.0</v>
       </c>
       <c r="N195" s="14" t="n">
-        <v>1173.0</v>
+        <v>2820.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="6" t="inlineStr">
         <is>
-          <t>Valladolid</t>
+          <t>47 Valladolid</t>
         </is>
       </c>
       <c r="B196" s="6"/>
       <c r="C196" s="6"/>
       <c r="D196" s="6"/>
       <c r="E196" s="6"/>
       <c r="F196" s="6"/>
       <c r="G196" s="6"/>
       <c r="H196" s="6"/>
       <c r="I196" s="6"/>
       <c r="J196" s="6"/>
       <c r="K196" s="6"/>
       <c r="L196" s="6"/>
       <c r="M196" s="6"/>
       <c r="N196" s="6"/>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>105765.0</v>
+        <v>89844.0</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>4446.0</v>
+        <v>3628.0</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>4882.0</v>
+        <v>3481.0</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>6025.0</v>
+        <v>6768.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>8960.0</v>
+        <v>5896.0</v>
       </c>
       <c r="G197" s="14" t="n">
-        <v>8049.0</v>
+        <v>8260.0</v>
       </c>
       <c r="H197" s="14" t="n">
-        <v>9546.0</v>
+        <v>7435.0</v>
       </c>
       <c r="I197" s="14" t="n">
-        <v>10778.0</v>
+        <v>9417.0</v>
       </c>
       <c r="J197" s="14" t="n">
-        <v>14550.0</v>
+        <v>14187.0</v>
       </c>
       <c r="K197" s="14" t="n">
-        <v>10755.0</v>
+        <v>8920.0</v>
       </c>
       <c r="L197" s="14" t="n">
-        <v>9758.0</v>
+        <v>7857.0</v>
       </c>
       <c r="M197" s="14" t="n">
-        <v>7650.0</v>
+        <v>6597.0</v>
       </c>
       <c r="N197" s="14" t="n">
-        <v>10368.0</v>
+        <v>7399.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>92576.0</v>
+        <v>81102.0</v>
       </c>
       <c r="C198" s="14" t="n">
-        <v>3683.0</v>
+        <v>2903.0</v>
       </c>
       <c r="D198" s="14" t="n">
-        <v>4585.0</v>
+        <v>3322.0</v>
       </c>
       <c r="E198" s="14" t="n">
-        <v>5349.0</v>
+        <v>5811.0</v>
       </c>
       <c r="F198" s="14" t="n">
-        <v>8471.0</v>
+        <v>5256.0</v>
       </c>
       <c r="G198" s="14" t="n">
-        <v>7289.0</v>
+        <v>7668.0</v>
       </c>
       <c r="H198" s="14" t="n">
-        <v>8113.0</v>
+        <v>6809.0</v>
       </c>
       <c r="I198" s="14" t="n">
-        <v>9649.0</v>
+        <v>8224.0</v>
       </c>
       <c r="J198" s="14" t="n">
-        <v>11832.0</v>
+        <v>12515.0</v>
       </c>
       <c r="K198" s="14" t="n">
-        <v>9325.0</v>
+        <v>7996.0</v>
       </c>
       <c r="L198" s="14" t="n">
-        <v>8190.0</v>
+        <v>7085.0</v>
       </c>
       <c r="M198" s="14" t="n">
-        <v>6546.0</v>
+        <v>6291.0</v>
       </c>
       <c r="N198" s="14" t="n">
-        <v>9541.0</v>
+        <v>7222.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>13189.0</v>
+        <v>8742.0</v>
       </c>
       <c r="C199" s="14" t="n">
-        <v>763.0</v>
+        <v>725.0</v>
       </c>
       <c r="D199" s="14" t="n">
-        <v>297.0</v>
+        <v>159.0</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>676.0</v>
+        <v>957.0</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>489.0</v>
+        <v>641.0</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>761.0</v>
+        <v>592.0</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>1432.0</v>
+        <v>625.0</v>
       </c>
       <c r="I199" s="14" t="n">
-        <v>1128.0</v>
+        <v>1192.0</v>
       </c>
       <c r="J199" s="14" t="n">
-        <v>2717.0</v>
+        <v>1672.0</v>
       </c>
       <c r="K199" s="14" t="n">
-        <v>1429.0</v>
+        <v>924.0</v>
       </c>
       <c r="L199" s="14" t="n">
-        <v>1567.0</v>
+        <v>773.0</v>
       </c>
       <c r="M199" s="14" t="n">
-        <v>1103.0</v>
+        <v>306.0</v>
       </c>
       <c r="N199" s="14" t="n">
-        <v>826.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="6" t="inlineStr">
         <is>
-          <t>Zamora</t>
+          <t>49 Zamora</t>
         </is>
       </c>
       <c r="B200" s="6"/>
       <c r="C200" s="6"/>
       <c r="D200" s="6"/>
       <c r="E200" s="6"/>
       <c r="F200" s="6"/>
       <c r="G200" s="6"/>
       <c r="H200" s="6"/>
       <c r="I200" s="6"/>
       <c r="J200" s="6"/>
       <c r="K200" s="6"/>
       <c r="L200" s="6"/>
       <c r="M200" s="6"/>
       <c r="N200" s="6"/>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>137378.0</v>
+        <v>139587.0</v>
       </c>
       <c r="C201" s="14" t="n">
-        <v>4413.0</v>
+        <v>6368.0</v>
       </c>
       <c r="D201" s="14" t="n">
-        <v>6174.0</v>
+        <v>6849.0</v>
       </c>
       <c r="E201" s="14" t="n">
-        <v>6908.0</v>
+        <v>12491.0</v>
       </c>
       <c r="F201" s="14" t="n">
-        <v>15419.0</v>
+        <v>7695.0</v>
       </c>
       <c r="G201" s="14" t="n">
-        <v>8334.0</v>
+        <v>8891.0</v>
       </c>
       <c r="H201" s="14" t="n">
-        <v>11802.0</v>
+        <v>9853.0</v>
       </c>
       <c r="I201" s="14" t="n">
-        <v>15933.0</v>
+        <v>17110.0</v>
       </c>
       <c r="J201" s="14" t="n">
-        <v>28405.0</v>
+        <v>27844.0</v>
       </c>
       <c r="K201" s="14" t="n">
-        <v>10926.0</v>
+        <v>12211.0</v>
       </c>
       <c r="L201" s="14" t="n">
-        <v>10384.0</v>
+        <v>10660.0</v>
       </c>
       <c r="M201" s="14" t="n">
-        <v>7119.0</v>
+        <v>9938.0</v>
       </c>
       <c r="N201" s="14" t="n">
-        <v>11562.0</v>
+        <v>9676.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>128878.0</v>
+        <v>122641.0</v>
       </c>
       <c r="C202" s="14" t="n">
-        <v>4372.0</v>
+        <v>5782.0</v>
       </c>
       <c r="D202" s="14" t="n">
-        <v>6041.0</v>
+        <v>6484.0</v>
       </c>
       <c r="E202" s="14" t="n">
-        <v>6768.0</v>
+        <v>11023.0</v>
       </c>
       <c r="F202" s="14" t="n">
-        <v>14518.0</v>
+        <v>7299.0</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>7577.0</v>
+        <v>7568.0</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>10793.0</v>
+        <v>8461.0</v>
       </c>
       <c r="I202" s="14" t="n">
-        <v>15048.0</v>
+        <v>14874.0</v>
       </c>
       <c r="J202" s="14" t="n">
-        <v>26045.0</v>
+        <v>23978.0</v>
       </c>
       <c r="K202" s="14" t="n">
-        <v>9374.0</v>
+        <v>9648.0</v>
       </c>
       <c r="L202" s="14" t="n">
-        <v>9992.0</v>
+        <v>10103.0</v>
       </c>
       <c r="M202" s="14" t="n">
-        <v>7052.0</v>
+        <v>8200.0</v>
       </c>
       <c r="N202" s="14" t="n">
-        <v>11298.0</v>
+        <v>9221.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>8500.0</v>
+        <v>16946.0</v>
       </c>
       <c r="C203" s="14" t="n">
-        <v>41.0</v>
+        <v>586.0</v>
       </c>
       <c r="D203" s="14" t="n">
-        <v>133.0</v>
+        <v>365.0</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>140.0</v>
+        <v>1468.0</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>900.0</v>
+        <v>397.0</v>
       </c>
       <c r="G203" s="14" t="n">
-        <v>756.0</v>
+        <v>1323.0</v>
       </c>
       <c r="H203" s="14" t="n">
-        <v>1010.0</v>
+        <v>1392.0</v>
       </c>
       <c r="I203" s="14" t="n">
-        <v>885.0</v>
+        <v>2236.0</v>
       </c>
       <c r="J203" s="14" t="n">
-        <v>2360.0</v>
+        <v>3866.0</v>
       </c>
       <c r="K203" s="14" t="n">
-        <v>1553.0</v>
+        <v>2563.0</v>
       </c>
       <c r="L203" s="14" t="n">
-        <v>392.0</v>
+        <v>557.0</v>
       </c>
       <c r="M203" s="14" t="n">
-        <v>67.0</v>
+        <v>1738.0</v>
       </c>
       <c r="N203" s="14" t="n">
-        <v>263.0</v>
+        <v>455.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="6" t="inlineStr">
         <is>
-          <t>Zaragoza</t>
+          <t>50 Zaragoza</t>
         </is>
       </c>
       <c r="B204" s="6"/>
       <c r="C204" s="6"/>
       <c r="D204" s="6"/>
       <c r="E204" s="6"/>
       <c r="F204" s="6"/>
       <c r="G204" s="6"/>
       <c r="H204" s="6"/>
       <c r="I204" s="6"/>
       <c r="J204" s="6"/>
       <c r="K204" s="6"/>
       <c r="L204" s="6"/>
       <c r="M204" s="6"/>
       <c r="N204" s="6"/>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>129638.0</v>
+        <v>122279.0</v>
       </c>
       <c r="C205" s="14" t="n">
-        <v>4950.0</v>
+        <v>6192.0</v>
       </c>
       <c r="D205" s="14" t="n">
-        <v>6469.0</v>
+        <v>7244.0</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>8874.0</v>
+        <v>11592.0</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>14257.0</v>
+        <v>9365.0</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>9318.0</v>
+        <v>11464.0</v>
       </c>
       <c r="H205" s="14" t="n">
-        <v>9023.0</v>
+        <v>10027.0</v>
       </c>
       <c r="I205" s="14" t="n">
-        <v>12003.0</v>
+        <v>11909.0</v>
       </c>
       <c r="J205" s="14" t="n">
-        <v>16798.0</v>
+        <v>16915.0</v>
       </c>
       <c r="K205" s="14" t="n">
-        <v>10794.0</v>
+        <v>10260.0</v>
       </c>
       <c r="L205" s="14" t="n">
-        <v>12797.0</v>
+        <v>9825.0</v>
       </c>
       <c r="M205" s="14" t="n">
-        <v>9383.0</v>
+        <v>9145.0</v>
       </c>
       <c r="N205" s="14" t="n">
-        <v>14972.0</v>
+        <v>8341.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residentes en España</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>115107.0</v>
+        <v>105176.0</v>
       </c>
       <c r="C206" s="14" t="n">
-        <v>4038.0</v>
+        <v>5680.0</v>
       </c>
       <c r="D206" s="14" t="n">
-        <v>5647.0</v>
+        <v>6363.0</v>
       </c>
       <c r="E206" s="14" t="n">
-        <v>7557.0</v>
+        <v>10618.0</v>
       </c>
       <c r="F206" s="14" t="n">
-        <v>13448.0</v>
+        <v>7938.0</v>
       </c>
       <c r="G206" s="14" t="n">
-        <v>8204.0</v>
+        <v>9236.0</v>
       </c>
       <c r="H206" s="14" t="n">
-        <v>8172.0</v>
+        <v>8701.0</v>
       </c>
       <c r="I206" s="14" t="n">
-        <v>9926.0</v>
+        <v>9623.0</v>
       </c>
       <c r="J206" s="14" t="n">
-        <v>14117.0</v>
+        <v>14149.0</v>
       </c>
       <c r="K206" s="14" t="n">
-        <v>9656.0</v>
+        <v>8547.0</v>
       </c>
       <c r="L206" s="14" t="n">
-        <v>11644.0</v>
+        <v>8661.0</v>
       </c>
       <c r="M206" s="14" t="n">
-        <v>8488.0</v>
+        <v>7915.0</v>
       </c>
       <c r="N206" s="14" t="n">
-        <v>14211.0</v>
+        <v>7745.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    No residentes en España</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>14530.0</v>
+        <v>17102.0</v>
       </c>
       <c r="C207" s="14" t="n">
-        <v>912.0</v>
+        <v>512.0</v>
       </c>
       <c r="D207" s="14" t="n">
-        <v>822.0</v>
+        <v>881.0</v>
       </c>
       <c r="E207" s="14" t="n">
-        <v>1317.0</v>
+        <v>974.0</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>809.0</v>
+        <v>1427.0</v>
       </c>
       <c r="G207" s="14" t="n">
-        <v>1114.0</v>
+        <v>2228.0</v>
       </c>
       <c r="H207" s="14" t="n">
-        <v>851.0</v>
+        <v>1326.0</v>
       </c>
       <c r="I207" s="14" t="n">
-        <v>2078.0</v>
+        <v>2285.0</v>
       </c>
       <c r="J207" s="14" t="n">
-        <v>2681.0</v>
+        <v>2766.0</v>
       </c>
       <c r="K207" s="14" t="n">
-        <v>1137.0</v>
+        <v>1713.0</v>
       </c>
       <c r="L207" s="14" t="n">
-        <v>1153.0</v>
+        <v>1164.0</v>
       </c>
       <c r="M207" s="14" t="n">
-        <v>895.0</v>
+        <v>1230.0</v>
       </c>
       <c r="N207" s="14" t="n">
-        <v>761.0</v>
+        <v>596.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>El símbolo '..' significa dato protegido por secreto estadístico.</t>
+          <t>1) El símbolo '..' significa dato protegido por secreto estadístico.</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="56">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>