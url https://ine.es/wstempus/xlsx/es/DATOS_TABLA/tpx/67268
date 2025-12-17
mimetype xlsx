--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-50185" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67268" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -246,130 +246,131 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q192"/>
+  <dimension ref="A1:R192"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
+    <col min="18" max="18" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Resultados nacionales. Serie 2008-2022 y avance 2023</t>
+          <t>Cuentas y estadísticas medioambientales</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Resultados nacionales. Serie 2008-2022 y avance 2023</t>
+          <t>Cuenta de emisiones a la atmósfera</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Cuentas de emisiones a la atmósfera por ramas de actividad (CNAE 2009) y Hogares como consumidores finales, problemática ambiental (GEI, GAC, PRO3) y periodo</t>
+          <t>Cuentas de emisiones a la atmósfera por agregación de ramas de actividad (CNAE 2009) y Hogares como consumidores finales, problemática ambiental (GEI, GAC, PRO3) y periodo</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Unidades: especificadas en cada una de las sustancias</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
@@ -381,3589 +382,3781 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2023(A)</t>
+          <t>2024(A)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="E7" s="6" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
           <t>1.- GEI - Gases de efecto invernadero (miles de toneladas de CO2 equivalente)</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
+      <c r="R8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>47640.8</v>
+        <v>46431.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>48012.2</v>
+        <v>46065.5</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>48124.7</v>
+        <v>46491.1</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>48308.3</v>
+        <v>47930.2</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>47286.0</v>
+        <v>48117.1</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>47290.1</v>
+        <v>47061.4</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>47046.1</v>
+        <v>47074.2</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>46586.6</v>
+        <v>46746.0</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>46586.6</v>
+        <v>46384.3</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>46799.8</v>
+        <v>46404.3</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>44354.1</v>
+        <v>46664.6</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>44187.9</v>
+        <v>44227.5</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>45081.9</v>
+        <v>44067.6</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>44970.1</v>
+        <v>44972.1</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>45064.9</v>
+        <v>44835.5</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>44710.2</v>
+        <v>44978.6</v>
+      </c>
+      <c r="R9" s="14" t="n">
+        <v>44550.8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>1158.5</v>
+        <v>1673.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>1370.2</v>
+        <v>1612.5</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>1730.7</v>
+        <v>1397.7</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>1550.2</v>
+        <v>1682.9</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>1802.7</v>
+        <v>1526.4</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>1870.4</v>
+        <v>1934.7</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>1767.4</v>
+        <v>1904.7</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>1690.3</v>
+        <v>1703.9</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>1319.2</v>
+        <v>1670.1</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>2586.0</v>
+        <v>1391.6</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>2738.0</v>
+        <v>2598.7</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>2643.2</v>
+        <v>2781.1</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>2818.8</v>
+        <v>2662.0</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>4502.2</v>
+        <v>2842.2</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>4180.2</v>
+        <v>4525.6</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>5298.7</v>
+        <v>4205.1</v>
+      </c>
+      <c r="R10" s="14" t="n">
+        <v>5325.9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>64073.9</v>
+        <v>66681.5</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>71272.1</v>
+        <v>65833.1</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>79116.2</v>
+        <v>70805.8</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>74195.9</v>
+        <v>78735.3</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>82106.5</v>
+        <v>74259.1</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>84367.3</v>
+        <v>82185.4</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>83521.1</v>
+        <v>84457.6</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>83466.3</v>
+        <v>83617.3</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>82354.3</v>
+        <v>83589.6</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>82202.3</v>
+        <v>82385.7</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>83507.1</v>
+        <v>82221.6</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>87163.6</v>
+        <v>84099.9</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>89019.3</v>
+        <v>87176.7</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>93593.6</v>
+        <v>89045.5</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>91090.9</v>
+        <v>93605.8</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>108193.2</v>
+        <v>91159.2</v>
+      </c>
+      <c r="R11" s="14" t="n">
+        <v>108208.6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>30985.3</v>
+        <v>24932.9</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>41576.6</v>
+        <v>29735.5</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>30199.1</v>
+        <v>41664.6</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>29789.9</v>
+        <v>30295.1</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>43004.8</v>
+        <v>29826.2</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>58679.5</v>
+        <v>42975.7</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>67823.2</v>
+        <v>58579.9</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>57855.4</v>
+        <v>67817.6</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>73273.2</v>
+        <v>57718.2</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>62730.9</v>
+        <v>72725.1</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>58827.8</v>
+        <v>62256.7</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>78794.2</v>
+        <v>58406.2</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>74057.2</v>
+        <v>78214.0</v>
       </c>
       <c r="O12" s="14" t="n">
-        <v>60208.9</v>
+        <v>73577.4</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>77114.9</v>
+        <v>59947.2</v>
       </c>
       <c r="Q12" s="14" t="n">
-        <v>92947.7</v>
+        <v>76738.9</v>
+      </c>
+      <c r="R12" s="14" t="n">
+        <v>92433.6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>16199.5</v>
+        <v>15420.5</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>16010.1</v>
+        <v>15258.4</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>16154.1</v>
+        <v>16183.7</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>15582.3</v>
+        <v>15792.3</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>15886.0</v>
+        <v>14908.6</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>16230.7</v>
+        <v>15275.5</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>16510.9</v>
+        <v>15522.4</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>16531.8</v>
+        <v>15819.1</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>16887.4</v>
+        <v>15874.8</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>16025.3</v>
+        <v>16295.9</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>17140.8</v>
+        <v>15437.8</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>18184.5</v>
+        <v>16532.7</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>18448.5</v>
+        <v>17681.6</v>
       </c>
       <c r="O13" s="14" t="n">
-        <v>17710.1</v>
+        <v>17964.9</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>18795.8</v>
+        <v>17288.9</v>
       </c>
       <c r="Q13" s="14" t="n">
-        <v>17315.0</v>
+        <v>18375.2</v>
+      </c>
+      <c r="R13" s="14" t="n">
+        <v>16938.3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>3827.4</v>
+        <v>3771.1</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>3973.5</v>
+        <v>3691.9</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>4114.2</v>
+        <v>3916.6</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>3492.3</v>
+        <v>4106.1</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>4788.2</v>
+        <v>3494.9</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>4478.6</v>
+        <v>4793.1</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>4282.3</v>
+        <v>4481.3</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>4205.2</v>
+        <v>4284.9</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>3963.5</v>
+        <v>4208.9</v>
       </c>
       <c r="K14" s="14" t="n">
+        <v>3963.8</v>
+      </c>
+      <c r="L14" s="14" t="n">
         <v>4378.0</v>
       </c>
-      <c r="L14" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M14" s="14" t="n">
-        <v>5030.4</v>
+        <v>4708.3</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>5388.3</v>
+        <v>5030.0</v>
       </c>
       <c r="O14" s="14" t="n">
-        <v>6301.3</v>
+        <v>5388.9</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>7104.4</v>
+        <v>6300.7</v>
       </c>
       <c r="Q14" s="14" t="n">
-        <v>8353.3</v>
+        <v>7109.1</v>
+      </c>
+      <c r="R14" s="14" t="n">
+        <v>8353.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>19544.2</v>
+        <v>18038.7</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>19418.1</v>
+        <v>17438.2</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>19676.6</v>
+        <v>19325.9</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>17177.2</v>
+        <v>19474.5</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>19866.5</v>
+        <v>17148.7</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>20013.6</v>
+        <v>19818.9</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>19472.8</v>
+        <v>19929.5</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>18828.1</v>
+        <v>19378.9</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>17973.3</v>
+        <v>18767.3</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>19732.7</v>
+        <v>17930.4</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>21338.5</v>
+        <v>19686.7</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>23205.4</v>
+        <v>21298.3</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>25315.0</v>
+        <v>23163.3</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>25054.2</v>
+        <v>25258.4</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>22848.4</v>
+        <v>24970.9</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>23176.9</v>
+        <v>22816.5</v>
+      </c>
+      <c r="R15" s="14" t="n">
+        <v>23087.5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>38514.6</v>
+        <v>38783.7</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>37348.3</v>
+        <v>37012.5</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>31220.9</v>
+        <v>36723.3</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>26156.2</v>
+        <v>30790.1</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>37884.8</v>
+        <v>25679.7</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>36380.3</v>
+        <v>36920.6</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>35938.1</v>
+        <v>35512.0</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>33395.1</v>
+        <v>35060.9</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>32084.9</v>
+        <v>33825.8</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>29944.9</v>
+        <v>33023.6</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>29612.4</v>
+        <v>31296.6</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>30826.8</v>
+        <v>30236.4</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>33206.9</v>
+        <v>30822.9</v>
       </c>
       <c r="O16" s="14" t="n">
-        <v>34521.7</v>
+        <v>33366.4</v>
       </c>
       <c r="P16" s="14" t="n">
-        <v>35067.7</v>
+        <v>33957.1</v>
       </c>
       <c r="Q16" s="14" t="n">
-        <v>39126.4</v>
+        <v>34464.8</v>
+      </c>
+      <c r="R16" s="14" t="n">
+        <v>37900.5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>65784.8</v>
+        <v>64176.5</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>65373.7</v>
+        <v>63808.2</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>64363.5</v>
+        <v>65889.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>58983.3</v>
+        <v>64505.2</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>68723.5</v>
+        <v>58950.6</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>70188.2</v>
+        <v>68709.9</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>68920.3</v>
+        <v>70195.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>69188.0</v>
+        <v>68922.7</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>68625.7</v>
+        <v>69187.5</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>66296.3</v>
+        <v>68624.7</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>65984.9</v>
+        <v>66294.3</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>65065.4</v>
+        <v>65983.2</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>68719.2</v>
+        <v>65063.5</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>75090.1</v>
+        <v>68716.9</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>75388.3</v>
+        <v>75087.0</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>77157.3</v>
+        <v>75385.1</v>
+      </c>
+      <c r="R17" s="14" t="n">
+        <v>77154.4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>287729.1</v>
+        <v>279909.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>304354.7</v>
+        <v>280455.7</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>294700.0</v>
+        <v>302397.7</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>275235.5</v>
+        <v>293311.6</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>321349.1</v>
+        <v>273911.3</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>339498.8</v>
+        <v>319675.3</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>345282.2</v>
+        <v>337656.5</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>331746.8</v>
+        <v>343351.2</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>343068.0</v>
+        <v>331226.5</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>330696.2</v>
+        <v>342745.1</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>328165.7</v>
+        <v>330835.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>355101.3</v>
+        <v>328273.5</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>362055.2</v>
+        <v>353881.5</v>
       </c>
       <c r="O18" s="14" t="n">
-        <v>361952.3</v>
+        <v>361132.6</v>
       </c>
       <c r="P18" s="14" t="n">
-        <v>376655.5</v>
+        <v>360518.7</v>
       </c>
       <c r="Q18" s="14" t="n">
-        <v>416278.7</v>
+        <v>375232.4</v>
+      </c>
+      <c r="R18" s="14" t="n">
+        <v>413952.6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>1.1- CO2 - Dióxido de carbono (miles de toneladas de CO2 equivalente)</t>
         </is>
       </c>
       <c r="B19" s="6"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="6"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
+      <c r="R19" s="6"/>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>14228.5</v>
+        <v>14059.4</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>13420.6</v>
+        <v>13662.9</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>13726.9</v>
+        <v>13352.4</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>13857.1</v>
+        <v>13655.6</v>
       </c>
       <c r="F20" s="14" t="n">
+        <v>13856.7</v>
+      </c>
+      <c r="G20" s="14" t="n">
         <v>13946.8</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>13878.5</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>13858.1</v>
       </c>
-      <c r="I20" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J20" s="14" t="n">
+        <v>14016.5</v>
+      </c>
+      <c r="K20" s="14" t="n">
         <v>14117.7</v>
       </c>
-      <c r="K20" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L20" s="14" t="n">
+        <v>15200.2</v>
+      </c>
+      <c r="M20" s="14" t="n">
         <v>13603.2</v>
       </c>
-      <c r="M20" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N20" s="14" t="n">
+        <v>13399.7</v>
+      </c>
+      <c r="O20" s="14" t="n">
         <v>13026.0</v>
       </c>
-      <c r="O20" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P20" s="14" t="n">
+        <v>12347.6</v>
+      </c>
+      <c r="Q20" s="14" t="n">
         <v>12129.6</v>
       </c>
-      <c r="Q20" s="14" t="n">
-        <v>12276.1</v>
+      <c r="R20" s="14" t="n">
+        <v>12276.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>1090.0</v>
+        <v>1567.8</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>1294.6</v>
+        <v>1510.9</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>1628.8</v>
+        <v>1310.7</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>1445.9</v>
+        <v>1574.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>1696.9</v>
+        <v>1418.7</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>1702.9</v>
+        <v>1804.9</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>1591.9</v>
+        <v>1721.9</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>1515.5</v>
+        <v>1523.1</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>1127.8</v>
+        <v>1483.5</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>2231.3</v>
+        <v>1178.5</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>2323.4</v>
+        <v>2226.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>2243.7</v>
+        <v>2340.7</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>2364.0</v>
+        <v>2247.8</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>3896.6</v>
+        <v>2375.4</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>3532.3</v>
+        <v>3906.2</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>4546.4</v>
+        <v>3549.2</v>
+      </c>
+      <c r="R21" s="14" t="n">
+        <v>4564.4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>59928.0</v>
+        <v>62840.4</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>66391.8</v>
+        <v>62259.4</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>74021.9</v>
+        <v>66166.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>69328.4</v>
+        <v>73754.8</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>76690.2</v>
+        <v>69396.6</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>78574.5</v>
+        <v>76759.4</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>77241.0</v>
+        <v>78654.8</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>76230.7</v>
+        <v>77318.2</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>75121.6</v>
+        <v>76325.3</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>70771.4</v>
+        <v>75139.9</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>71629.7</v>
+        <v>70776.8</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>75428.8</v>
+        <v>72207.1</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>77581.3</v>
+        <v>75428.4</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>81463.9</v>
+        <v>77594.8</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>79157.7</v>
+        <v>81463.6</v>
       </c>
       <c r="Q22" s="14" t="n">
-        <v>94948.3</v>
+        <v>79213.6</v>
+      </c>
+      <c r="R22" s="14" t="n">
+        <v>94950.6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>30001.6</v>
+        <v>23845.3</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>40415.6</v>
+        <v>28618.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>29274.3</v>
+        <v>40356.3</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>28897.9</v>
+        <v>29238.6</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>42005.4</v>
+        <v>28863.9</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>57614.9</v>
+        <v>41946.4</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>66710.5</v>
+        <v>57515.8</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>56813.3</v>
+        <v>66704.9</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>72135.0</v>
+        <v>56675.9</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>61605.9</v>
+        <v>71586.8</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>57675.4</v>
+        <v>61131.5</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>77557.9</v>
+        <v>57253.6</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>72704.1</v>
+        <v>76977.5</v>
       </c>
       <c r="O23" s="14" t="n">
-        <v>58862.1</v>
+        <v>72224.1</v>
       </c>
       <c r="P23" s="14" t="n">
-        <v>75610.1</v>
+        <v>58600.2</v>
       </c>
       <c r="Q23" s="14" t="n">
-        <v>91275.7</v>
+        <v>75233.9</v>
+      </c>
+      <c r="R23" s="14" t="n">
+        <v>90761.4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>3290.6</v>
+        <v>3165.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>3256.2</v>
+        <v>3133.4</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>3170.4</v>
+        <v>3251.2</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>2884.0</v>
+        <v>3172.6</v>
       </c>
       <c r="F24" s="14" t="n">
+        <v>2883.3</v>
+      </c>
+      <c r="G24" s="14" t="n">
         <v>3033.0</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>2873.5</v>
       </c>
-      <c r="H24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I24" s="14" t="n">
+        <v>2950.2</v>
+      </c>
+      <c r="J24" s="14" t="n">
         <v>2771.3</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>2600.4</v>
       </c>
-      <c r="K24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L24" s="14" t="n">
-        <v>2584.1</v>
+        <v>2545.9</v>
       </c>
       <c r="M24" s="14" t="n">
-        <v>2911.8</v>
+        <v>2585.2</v>
       </c>
       <c r="N24" s="14" t="n">
-        <v>3121.6</v>
+        <v>2914.0</v>
       </c>
       <c r="O24" s="14" t="n">
-        <v>2980.2</v>
+        <v>3123.0</v>
       </c>
       <c r="P24" s="14" t="n">
-        <v>2819.0</v>
+        <v>2978.7</v>
       </c>
       <c r="Q24" s="14" t="n">
-        <v>2809.8</v>
+        <v>2821.4</v>
+      </c>
+      <c r="R24" s="14" t="n">
+        <v>2805.8</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>3655.6</v>
+        <v>3563.9</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>3772.1</v>
+        <v>3500.7</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>3890.0</v>
+        <v>3707.4</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>3281.1</v>
+        <v>3876.1</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>4531.5</v>
+        <v>3282.6</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>4226.5</v>
+        <v>4535.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>4030.2</v>
+        <v>4230.3</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>3953.4</v>
+        <v>4033.6</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>3714.3</v>
+        <v>3958.1</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>4162.6</v>
+        <v>3715.1</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>4441.1</v>
+        <v>4162.9</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>4757.2</v>
+        <v>4487.4</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>5117.4</v>
+        <v>4757.0</v>
       </c>
       <c r="O25" s="14" t="n">
-        <v>5970.4</v>
+        <v>5118.3</v>
       </c>
       <c r="P25" s="14" t="n">
-        <v>6753.3</v>
+        <v>5970.1</v>
       </c>
       <c r="Q25" s="14" t="n">
-        <v>7881.5</v>
+        <v>6758.2</v>
+      </c>
+      <c r="R25" s="14" t="n">
+        <v>7881.4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>17877.1</v>
+        <v>16452.8</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>17397.9</v>
+        <v>16079.2</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>17719.6</v>
+        <v>17278.4</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>15286.3</v>
+        <v>17703.5</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>17783.1</v>
+        <v>15219.7</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>18103.8</v>
+        <v>17719.4</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>17339.5</v>
+        <v>18024.6</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>16301.7</v>
+        <v>17244.8</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>15424.3</v>
+        <v>16238.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>15075.8</v>
+        <v>15376.3</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>16638.9</v>
+        <v>15022.1</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>18258.1</v>
+        <v>16589.3</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>20257.8</v>
+        <v>18206.9</v>
       </c>
       <c r="O26" s="14" t="n">
-        <v>19910.1</v>
+        <v>20189.0</v>
       </c>
       <c r="P26" s="14" t="n">
-        <v>17724.2</v>
+        <v>19817.1</v>
       </c>
       <c r="Q26" s="14" t="n">
-        <v>17755.5</v>
+        <v>17682.9</v>
+      </c>
+      <c r="R26" s="14" t="n">
+        <v>17656.5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>37938.4</v>
+        <v>37971.4</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>36727.3</v>
+        <v>36262.3</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>30676.3</v>
+        <v>36024.3</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>25677.6</v>
+        <v>30246.7</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>37302.1</v>
+        <v>25207.9</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>35836.7</v>
+        <v>36349.2</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>35358.2</v>
+        <v>34985.9</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>32815.1</v>
+        <v>34497.3</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>31541.3</v>
+        <v>33252.3</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>29287.8</v>
+        <v>32476.6</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>28968.6</v>
+        <v>30630.8</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>30157.8</v>
+        <v>29590.7</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>32512.8</v>
+        <v>30158.5</v>
       </c>
       <c r="O27" s="14" t="n">
-        <v>33818.9</v>
+        <v>32675.0</v>
       </c>
       <c r="P27" s="14" t="n">
-        <v>34367.6</v>
+        <v>33264.2</v>
       </c>
       <c r="Q27" s="14" t="n">
-        <v>38391.3</v>
+        <v>33774.8</v>
+      </c>
+      <c r="R27" s="14" t="n">
+        <v>37181.2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>63491.7</v>
+        <v>61866.7</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>62819.6</v>
+        <v>61503.7</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>61875.4</v>
+        <v>63461.5</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>56492.4</v>
+        <v>62066.4</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>66032.5</v>
+        <v>56495.1</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>67419.4</v>
+        <v>66031.7</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>66116.6</v>
+        <v>67418.5</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>66344.8</v>
+        <v>66115.5</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>65535.7</v>
+        <v>66343.1</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>63129.6</v>
+        <v>65533.6</v>
       </c>
       <c r="L28" s="14" t="n">
-        <v>62812.8</v>
+        <v>63126.4</v>
       </c>
       <c r="M28" s="14" t="n">
-        <v>61889.8</v>
+        <v>62809.9</v>
       </c>
       <c r="N28" s="14" t="n">
-        <v>65502.8</v>
+        <v>61886.7</v>
       </c>
       <c r="O28" s="14" t="n">
-        <v>71805.0</v>
+        <v>65499.3</v>
       </c>
       <c r="P28" s="14" t="n">
-        <v>72068.4</v>
+        <v>71800.8</v>
       </c>
       <c r="Q28" s="14" t="n">
-        <v>73926.0</v>
+        <v>72064.0</v>
+      </c>
+      <c r="R28" s="14" t="n">
+        <v>73921.9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>231501.4</v>
+        <v>225332.6</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>245495.7</v>
+        <v>226530.5</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>235983.5</v>
+        <v>244908.2</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>217150.5</v>
+        <v>235288.2</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>263021.6</v>
+        <v>216624.4</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>280230.8</v>
+        <v>262125.8</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>285196.2</v>
+        <v>279303.9</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>270762.3</v>
+        <v>284245.6</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>281318.0</v>
+        <v>271064.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>264011.1</v>
+        <v>281724.8</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>260677.2</v>
+        <v>264822.5</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>286604.8</v>
+        <v>261467.0</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>292187.8</v>
+        <v>285976.4</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>291054.9</v>
+        <v>291824.9</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>304162.3</v>
+        <v>290148.5</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>343810.7</v>
+        <v>303227.7</v>
+      </c>
+      <c r="R29" s="14" t="n">
+        <v>341999.2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>1.2- CH4 - Metano (miles de toneladas de CO2 equivalente)</t>
         </is>
       </c>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="6"/>
       <c r="J30" s="6"/>
       <c r="K30" s="6"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
       <c r="N30" s="6"/>
       <c r="O30" s="6"/>
       <c r="P30" s="6"/>
       <c r="Q30" s="6"/>
+      <c r="R30" s="6"/>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>26535.4</v>
+        <v>25335.2</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>27184.1</v>
+        <v>25694.9</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>26867.7</v>
+        <v>26439.4</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>26839.2</v>
+        <v>26402.8</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>25978.4</v>
+        <v>26350.7</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>25813.9</v>
+        <v>25484.1</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>25666.4</v>
+        <v>25283.1</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>25276.3</v>
+        <v>25072.9</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>24995.5</v>
+        <v>24763.9</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>24173.0</v>
+        <v>24517.8</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>23672.3</v>
+        <v>23721.6</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>24191.5</v>
+        <v>23249.2</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>25258.8</v>
+        <v>23773.2</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>25541.7</v>
+        <v>24850.7</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>26435.4</v>
+        <v>25115.6</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>26003.7</v>
+        <v>26073.9</v>
+      </c>
+      <c r="R31" s="14" t="n">
+        <v>25581.8</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>56.7</v>
+        <v>80.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>60.9</v>
+        <v>79.8</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>84.9</v>
+        <v>65.4</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>87.8</v>
+        <v>86.6</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>87.4</v>
+        <v>86.6</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>146.4</v>
+        <v>109.7</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>150.7</v>
+        <v>162.1</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>153.5</v>
+        <v>156.5</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>170.6</v>
+        <v>165.7</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>325.3</v>
+        <v>192.5</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>383.6</v>
+        <v>343.5</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>364.7</v>
+        <v>409.5</v>
       </c>
       <c r="N32" s="14" t="n">
-        <v>420.2</v>
+        <v>379.5</v>
       </c>
       <c r="O32" s="14" t="n">
-        <v>567.9</v>
+        <v>432.2</v>
       </c>
       <c r="P32" s="14" t="n">
-        <v>610.4</v>
+        <v>581.7</v>
       </c>
       <c r="Q32" s="14" t="n">
-        <v>718.5</v>
+        <v>618.5</v>
+      </c>
+      <c r="R32" s="14" t="n">
+        <v>727.9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>2165.3</v>
+        <v>2075.2</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>2220.2</v>
+        <v>2059.5</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>2475.9</v>
+        <v>2205.4</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>2313.4</v>
+        <v>2460.7</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>2435.1</v>
+        <v>2315.2</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>2463.5</v>
+        <v>2437.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>2392.3</v>
+        <v>2466.5</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>2303.7</v>
+        <v>2395.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>2246.0</v>
+        <v>2307.3</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>2185.5</v>
+        <v>2245.7</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>2342.4</v>
+        <v>2184.6</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>2334.2</v>
+        <v>2341.9</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>2381.3</v>
+        <v>2333.3</v>
       </c>
       <c r="O33" s="14" t="n">
-        <v>2403.7</v>
+        <v>2380.2</v>
       </c>
       <c r="P33" s="14" t="n">
-        <v>2319.0</v>
+        <v>2402.6</v>
       </c>
       <c r="Q33" s="14" t="n">
-        <v>2555.6</v>
+        <v>2318.0</v>
+      </c>
+      <c r="R33" s="14" t="n">
+        <v>2554.5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>299.7</v>
+        <v>213.5</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>289.5</v>
+        <v>260.1</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>224.9</v>
+        <v>289.2</v>
       </c>
       <c r="E34" s="14" t="n">
+        <v>249.7</v>
+      </c>
+      <c r="F34" s="14" t="n">
         <v>221.2</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="G34" s="14" t="n">
         <v>257.7</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="H34" s="14" t="n">
         <v>279.3</v>
       </c>
-      <c r="H34" s="14" t="n">
+      <c r="I34" s="14" t="n">
         <v>253.5</v>
       </c>
-      <c r="I34" s="14" t="n">
+      <c r="J34" s="14" t="n">
         <v>280.2</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="K34" s="14" t="n">
         <v>280.8</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="L34" s="14" t="n">
         <v>294.4</v>
       </c>
-      <c r="L34" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M34" s="14" t="n">
+        <v>321.7</v>
+      </c>
+      <c r="N34" s="14" t="n">
         <v>318.2</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>367.2</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>384.9</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>418.6</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>465.5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>11816.2</v>
+        <v>11625.2</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>11668.1</v>
+        <v>11509.2</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>11823.0</v>
+        <v>12310.9</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>11478.0</v>
+        <v>11964.5</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>11696.4</v>
+        <v>11387.8</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>12205.5</v>
+        <v>11622.9</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>12385.0</v>
+        <v>12041.9</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>12630.9</v>
+        <v>12258.6</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>13160.6</v>
+        <v>12533.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>12350.1</v>
+        <v>13132.5</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>13376.5</v>
+        <v>12324.6</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>14128.7</v>
+        <v>13362.0</v>
       </c>
       <c r="N35" s="14" t="n">
+        <v>14128.8</v>
+      </c>
+      <c r="O35" s="14" t="n">
         <v>14174.8</v>
       </c>
-      <c r="O35" s="14" t="n">
+      <c r="P35" s="14" t="n">
         <v>13438.3</v>
       </c>
-      <c r="P35" s="14" t="n">
+      <c r="Q35" s="14" t="n">
         <v>14677.0</v>
       </c>
-      <c r="Q35" s="14" t="n">
+      <c r="R35" s="14" t="n">
         <v>13314.7</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>86.5</v>
+        <v>86.1</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>94.2</v>
+        <v>85.2</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>115.2</v>
+        <v>92.3</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>107.1</v>
+        <v>113.5</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>132.0</v>
+        <v>107.5</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>127.5</v>
+        <v>132.5</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>116.4</v>
+        <v>128.0</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>109.6</v>
+        <v>116.9</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>100.5</v>
+        <v>110.2</v>
       </c>
       <c r="K36" s="14" t="n">
+        <v>100.7</v>
+      </c>
+      <c r="L36" s="14" t="n">
         <v>79.7</v>
       </c>
-      <c r="L36" s="14" t="n">
+      <c r="M36" s="14" t="n">
         <v>84.5</v>
       </c>
-      <c r="M36" s="14" t="n">
+      <c r="N36" s="14" t="n">
         <v>73.4</v>
       </c>
-      <c r="N36" s="14" t="n">
+      <c r="O36" s="14" t="n">
         <v>63.3</v>
       </c>
-      <c r="O36" s="14" t="n">
+      <c r="P36" s="14" t="n">
         <v>92.3</v>
       </c>
-      <c r="P36" s="14" t="n">
+      <c r="Q36" s="14" t="n">
         <v>95.6</v>
       </c>
-      <c r="Q36" s="14" t="n">
+      <c r="R36" s="14" t="n">
         <v>98.6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>151.4</v>
+        <v>121.3</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>130.5</v>
+        <v>119.1</v>
       </c>
       <c r="D37" s="14" t="n">
+        <v>130.3</v>
+      </c>
+      <c r="E37" s="14" t="n">
         <v>146.4</v>
       </c>
-      <c r="E37" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="14" t="n">
-        <v>130.0</v>
+        <v>129.8</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>126.0</v>
+        <v>129.8</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>119.8</v>
+        <v>125.8</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>100.6</v>
+        <v>119.5</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>91.6</v>
+        <v>100.4</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>94.0</v>
+        <v>91.5</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>156.8</v>
+        <v>93.9</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>307.1</v>
+        <v>156.7</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>266.5</v>
+        <v>306.9</v>
       </c>
       <c r="O37" s="14" t="n">
-        <v>257.1</v>
+        <v>266.2</v>
       </c>
       <c r="P37" s="14" t="n">
-        <v>214.8</v>
+        <v>256.9</v>
       </c>
       <c r="Q37" s="14" t="n">
-        <v>192.3</v>
+        <v>214.6</v>
+      </c>
+      <c r="R37" s="14" t="n">
+        <v>192.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>42.3</v>
+        <v>40.2</v>
       </c>
       <c r="C38" s="14" t="n">
         <v>39.6</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>36.5</v>
+        <v>39.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>30.9</v>
+        <v>36.1</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>37.1</v>
+        <v>30.6</v>
       </c>
       <c r="G38" s="14" t="n">
         <v>35.8</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>36.1</v>
+        <v>34.6</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>32.1</v>
+        <v>34.9</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>30.6</v>
+        <v>34.2</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>30.0</v>
+        <v>33.9</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>34.1</v>
+        <v>34.3</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>42.5</v>
+        <v>36.5</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>43.6</v>
+        <v>43.2</v>
       </c>
       <c r="O38" s="14" t="n">
-        <v>48.0</v>
+        <v>45.0</v>
       </c>
       <c r="P38" s="14" t="n">
-        <v>49.8</v>
+        <v>47.4</v>
       </c>
       <c r="Q38" s="14" t="n">
-        <v>59.1</v>
+        <v>49.1</v>
+      </c>
+      <c r="R38" s="14" t="n">
+        <v>56.9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>887.9</v>
+        <v>722.5</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>766.2</v>
+        <v>756.7</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>770.5</v>
+        <v>753.5</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>762.5</v>
+        <v>755.4</v>
       </c>
       <c r="F39" s="14" t="n">
+        <v>761.6</v>
+      </c>
+      <c r="G39" s="14" t="n">
+        <v>786.0</v>
+      </c>
+      <c r="H39" s="14" t="n">
+        <v>788.7</v>
+      </c>
+      <c r="I39" s="14" t="n">
         <v>786.8</v>
       </c>
-      <c r="G39" s="14" t="n">
-[...5 lines deleted...]
-      <c r="I39" s="14" t="n">
+      <c r="J39" s="14" t="n">
         <v>787.3</v>
       </c>
-      <c r="J39" s="14" t="n">
+      <c r="K39" s="14" t="n">
         <v>1035.9</v>
       </c>
-      <c r="K39" s="14" t="n">
+      <c r="L39" s="14" t="n">
         <v>1041.6</v>
       </c>
-      <c r="L39" s="14" t="n">
+      <c r="M39" s="14" t="n">
         <v>1037.5</v>
       </c>
-      <c r="M39" s="14" t="n">
+      <c r="N39" s="14" t="n">
         <v>1046.7</v>
       </c>
-      <c r="N39" s="14" t="n">
+      <c r="O39" s="14" t="n">
         <v>1048.6</v>
       </c>
-      <c r="O39" s="14" t="n">
+      <c r="P39" s="14" t="n">
         <v>1085.7</v>
       </c>
-      <c r="P39" s="14" t="n">
+      <c r="Q39" s="14" t="n">
         <v>1091.0</v>
       </c>
-      <c r="Q39" s="14" t="n">
+      <c r="R39" s="14" t="n">
         <v>964.7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>42041.4</v>
+        <v>40299.2</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>42453.3</v>
+        <v>40604.1</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>42545.1</v>
+        <v>42325.3</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>41970.1</v>
+        <v>42215.6</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>41541.0</v>
+        <v>41390.9</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>41986.7</v>
+        <v>40995.5</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>41907.0</v>
+        <v>41309.9</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>41674.1</v>
+        <v>41194.6</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>42112.2</v>
+        <v>41082.2</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>40573.7</v>
+        <v>41631.1</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>41409.3</v>
+        <v>40118.1</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>42807.0</v>
+        <v>40999.5</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>44024.3</v>
+        <v>42403.2</v>
       </c>
       <c r="O40" s="14" t="n">
-        <v>43819.6</v>
+        <v>43628.2</v>
       </c>
       <c r="P40" s="14" t="n">
-        <v>45911.6</v>
+        <v>43405.3</v>
       </c>
       <c r="Q40" s="14" t="n">
-        <v>44372.7</v>
+        <v>45556.4</v>
+      </c>
+      <c r="R40" s="14" t="n">
+        <v>43956.7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
           <t>1.3- N2O - Óxido nitroso (miles de toneladas de CO2 equivalente)</t>
         </is>
       </c>
       <c r="B41" s="6"/>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
       <c r="G41" s="6"/>
       <c r="H41" s="6"/>
       <c r="I41" s="6"/>
       <c r="J41" s="6"/>
       <c r="K41" s="6"/>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="6"/>
       <c r="Q41" s="6"/>
+      <c r="R41" s="6"/>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>6859.8</v>
+        <v>6985.7</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>7383.3</v>
+        <v>6666.9</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>7506.5</v>
+        <v>6657.1</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>7590.6</v>
+        <v>7833.6</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>7336.0</v>
+        <v>7879.3</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>7574.0</v>
+        <v>7601.5</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>7494.9</v>
+        <v>7889.1</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>7263.5</v>
+        <v>7788.1</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>7440.8</v>
+        <v>7573.7</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>7395.1</v>
+        <v>7735.8</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>7047.6</v>
+        <v>7710.8</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>6565.2</v>
+        <v>7343.5</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>6764.5</v>
+        <v>6862.6</v>
       </c>
       <c r="O42" s="14" t="n">
-        <v>7047.7</v>
+        <v>7062.2</v>
       </c>
       <c r="P42" s="14" t="n">
-        <v>6466.7</v>
+        <v>7338.5</v>
       </c>
       <c r="Q42" s="14" t="n">
-        <v>6395.7</v>
+        <v>6741.3</v>
+      </c>
+      <c r="R42" s="14" t="n">
+        <v>6657.7</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>7.1</v>
+        <v>9.1</v>
       </c>
       <c r="C43" s="14" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="D43" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="D43" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="14" t="n">
-        <v>9.0</v>
+        <v>10.1</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>10.0</v>
+        <v>8.9</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>12.8</v>
+        <v>9.8</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>13.4</v>
+        <v>12.5</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>12.5</v>
+        <v>13.1</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>11.6</v>
+        <v>12.2</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>17.9</v>
+        <v>11.5</v>
       </c>
       <c r="L43" s="14" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="M43" s="14" t="n">
         <v>19.7</v>
       </c>
-      <c r="M43" s="14" t="n">
+      <c r="N43" s="14" t="n">
         <v>23.3</v>
       </c>
-      <c r="N43" s="14" t="n">
+      <c r="O43" s="14" t="n">
         <v>22.6</v>
       </c>
-      <c r="O43" s="14" t="n">
+      <c r="P43" s="14" t="n">
         <v>25.6</v>
       </c>
-      <c r="P43" s="14" t="n">
+      <c r="Q43" s="14" t="n">
         <v>25.3</v>
       </c>
-      <c r="Q43" s="14" t="n">
+      <c r="R43" s="14" t="n">
         <v>20.9</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>390.5</v>
+        <v>406.8</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>409.0</v>
+        <v>423.1</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>496.5</v>
+        <v>418.6</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>517.9</v>
+        <v>505.3</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>543.1</v>
+        <v>526.3</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>554.2</v>
+        <v>551.7</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>524.2</v>
+        <v>562.7</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>555.2</v>
+        <v>532.5</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>527.9</v>
+        <v>563.8</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>520.8</v>
+        <v>533.7</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>539.2</v>
+        <v>526.5</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>537.1</v>
+        <v>545.6</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>578.8</v>
+        <v>542.6</v>
       </c>
       <c r="O44" s="14" t="n">
-        <v>823.9</v>
+        <v>584.5</v>
       </c>
       <c r="P44" s="14" t="n">
-        <v>1138.5</v>
+        <v>829.6</v>
       </c>
       <c r="Q44" s="14" t="n">
-        <v>1237.7</v>
+        <v>1144.1</v>
+      </c>
+      <c r="R44" s="14" t="n">
+        <v>1243.3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>351.8</v>
+        <v>287.5</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>503.3</v>
+        <v>340.7</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>350.2</v>
+        <v>501.6</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>336.0</v>
+        <v>350.3</v>
       </c>
       <c r="F45" s="14" t="n">
+        <v>335.9</v>
+      </c>
+      <c r="G45" s="14" t="n">
         <v>402.9</v>
       </c>
-      <c r="G45" s="14" t="n">
+      <c r="H45" s="14" t="n">
         <v>447.0</v>
       </c>
-      <c r="H45" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I45" s="14" t="n">
+        <v>508.6</v>
+      </c>
+      <c r="J45" s="14" t="n">
         <v>389.9</v>
       </c>
-      <c r="J45" s="14" t="n">
+      <c r="K45" s="14" t="n">
         <v>478.5</v>
       </c>
-      <c r="K45" s="14" t="n">
+      <c r="L45" s="14" t="n">
         <v>422.9</v>
       </c>
-      <c r="L45" s="14" t="n">
+      <c r="M45" s="14" t="n">
         <v>422.5</v>
       </c>
-      <c r="M45" s="14" t="n">
+      <c r="N45" s="14" t="n">
         <v>498.7</v>
       </c>
-      <c r="N45" s="14" t="n">
+      <c r="O45" s="14" t="n">
         <v>536.9</v>
       </c>
-      <c r="O45" s="14" t="n">
+      <c r="P45" s="14" t="n">
         <v>515.1</v>
       </c>
-      <c r="P45" s="14" t="n">
+      <c r="Q45" s="14" t="n">
         <v>643.1</v>
       </c>
-      <c r="Q45" s="14" t="n">
+      <c r="R45" s="14" t="n">
         <v>734.2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>1079.2</v>
+        <v>582.7</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>1066.6</v>
+        <v>577.5</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>1143.6</v>
+        <v>583.4</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>1204.3</v>
+        <v>624.3</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>1137.8</v>
+        <v>612.7</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>1133.6</v>
+        <v>596.5</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>1154.9</v>
+        <v>589.3</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>1108.4</v>
+        <v>589.6</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>1103.2</v>
+        <v>549.5</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>1101.3</v>
+        <v>540.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>1153.1</v>
+        <v>539.7</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>1116.3</v>
+        <v>558.4</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>1123.2</v>
+        <v>611.2</v>
       </c>
       <c r="O46" s="14" t="n">
-        <v>1262.3</v>
+        <v>638.3</v>
       </c>
       <c r="P46" s="14" t="n">
-        <v>1270.5</v>
+        <v>842.6</v>
       </c>
       <c r="Q46" s="14" t="n">
-        <v>1159.5</v>
+        <v>847.5</v>
+      </c>
+      <c r="R46" s="14" t="n">
+        <v>786.8</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>37.1</v>
+        <v>37.8</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>39.1</v>
+        <v>38.8</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>39.8</v>
+        <v>38.7</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>37.6</v>
+        <v>39.7</v>
       </c>
       <c r="F47" s="14" t="n">
+        <v>37.7</v>
+      </c>
+      <c r="G47" s="14" t="n">
         <v>47.8</v>
       </c>
-      <c r="G47" s="14" t="n">
+      <c r="H47" s="14" t="n">
         <v>43.2</v>
       </c>
-      <c r="H47" s="14" t="n">
+      <c r="I47" s="14" t="n">
         <v>40.9</v>
       </c>
-      <c r="I47" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J47" s="14" t="n">
-        <v>35.1</v>
+        <v>37.7</v>
       </c>
       <c r="K47" s="14" t="n">
+        <v>35.2</v>
+      </c>
+      <c r="L47" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="L47" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M47" s="14" t="n">
+        <v>28.7</v>
+      </c>
+      <c r="N47" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="N47" s="14" t="n">
+      <c r="O47" s="14" t="n">
         <v>34.8</v>
       </c>
-      <c r="O47" s="14" t="n">
+      <c r="P47" s="14" t="n">
         <v>39.9</v>
       </c>
-      <c r="P47" s="14" t="n">
+      <c r="Q47" s="14" t="n">
         <v>46.2</v>
       </c>
-      <c r="Q47" s="14" t="n">
+      <c r="R47" s="14" t="n">
         <v>53.1</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>617.0</v>
+        <v>302.6</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>618.4</v>
+        <v>304.6</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>636.4</v>
+        <v>534.4</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>661.9</v>
+        <v>429.6</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>601.4</v>
+        <v>661.6</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>453.0</v>
+        <v>601.1</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>390.4</v>
+        <v>452.8</v>
       </c>
       <c r="I48" s="14" t="n">
-        <v>375.1</v>
+        <v>390.0</v>
       </c>
       <c r="J48" s="14" t="n">
-        <v>351.5</v>
+        <v>374.9</v>
       </c>
       <c r="K48" s="14" t="n">
-        <v>419.7</v>
+        <v>351.4</v>
       </c>
       <c r="L48" s="14" t="n">
-        <v>417.1</v>
+        <v>419.5</v>
       </c>
       <c r="M48" s="14" t="n">
-        <v>495.3</v>
+        <v>417.0</v>
       </c>
       <c r="N48" s="14" t="n">
-        <v>603.4</v>
+        <v>495.1</v>
       </c>
       <c r="O48" s="14" t="n">
-        <v>679.3</v>
+        <v>603.2</v>
       </c>
       <c r="P48" s="14" t="n">
-        <v>709.8</v>
+        <v>679.0</v>
       </c>
       <c r="Q48" s="14" t="n">
-        <v>735.3</v>
+        <v>709.7</v>
+      </c>
+      <c r="R48" s="14" t="n">
+        <v>735.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>408.7</v>
+        <v>398.1</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>404.2</v>
+        <v>409.8</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>348.3</v>
+        <v>398.1</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>291.6</v>
+        <v>345.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>364.6</v>
+        <v>288.2</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>339.5</v>
+        <v>357.7</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>324.9</v>
+        <v>333.5</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>287.4</v>
+        <v>318.7</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>262.6</v>
+        <v>290.1</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>237.6</v>
+        <v>268.8</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>226.4</v>
+        <v>246.6</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>237.4</v>
+        <v>230.5</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>242.7</v>
+        <v>236.7</v>
       </c>
       <c r="O49" s="14" t="n">
-        <v>237.7</v>
+        <v>243.2</v>
       </c>
       <c r="P49" s="14" t="n">
-        <v>231.8</v>
+        <v>233.1</v>
       </c>
       <c r="Q49" s="14" t="n">
-        <v>236.3</v>
+        <v>226.9</v>
+      </c>
+      <c r="R49" s="14" t="n">
+        <v>227.1</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>497.1</v>
+        <v>466.5</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>503.8</v>
+        <v>499.9</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>506.3</v>
+        <v>508.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>476.2</v>
+        <v>505.4</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>567.0</v>
+        <v>476.1</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>579.7</v>
+        <v>566.9</v>
       </c>
       <c r="H50" s="14" t="n">
+        <v>579.8</v>
+      </c>
+      <c r="I50" s="14" t="n">
         <v>577.6</v>
       </c>
-      <c r="I50" s="14" t="n">
+      <c r="J50" s="14" t="n">
         <v>576.4</v>
       </c>
-      <c r="J50" s="14" t="n">
+      <c r="K50" s="14" t="n">
         <v>601.2</v>
       </c>
-      <c r="K50" s="14" t="n">
+      <c r="L50" s="14" t="n">
         <v>597.6</v>
       </c>
-      <c r="L50" s="14" t="n">
+      <c r="M50" s="14" t="n">
         <v>588.4</v>
       </c>
-      <c r="M50" s="14" t="n">
+      <c r="N50" s="14" t="n">
         <v>589.4</v>
       </c>
-      <c r="N50" s="14" t="n">
+      <c r="O50" s="14" t="n">
         <v>611.2</v>
       </c>
-      <c r="O50" s="14" t="n">
+      <c r="P50" s="14" t="n">
         <v>634.0</v>
       </c>
-      <c r="P50" s="14" t="n">
+      <c r="Q50" s="14" t="n">
         <v>637.4</v>
       </c>
-      <c r="Q50" s="14" t="n">
+      <c r="R50" s="14" t="n">
         <v>671.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>10248.3</v>
+        <v>9476.8</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>10935.8</v>
+        <v>9270.3</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>11038.1</v>
+        <v>9647.7</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>11125.0</v>
+        <v>10643.2</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>11010.4</v>
+        <v>10826.7</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>11137.0</v>
+        <v>10735.8</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>11029.7</v>
+        <v>10909.8</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>10606.0</v>
+        <v>10759.2</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>10812.4</v>
+        <v>10368.2</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>10739.8</v>
+        <v>10555.9</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>10442.6</v>
+        <v>10508.3</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>10096.3</v>
+        <v>10154.1</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>10518.2</v>
+        <v>9893.2</v>
       </c>
       <c r="O51" s="14" t="n">
-        <v>11265.5</v>
+        <v>10336.8</v>
       </c>
       <c r="P51" s="14" t="n">
-        <v>11169.2</v>
+        <v>11137.3</v>
       </c>
       <c r="Q51" s="14" t="n">
-        <v>11243.8</v>
+        <v>11021.5</v>
+      </c>
+      <c r="R51" s="14" t="n">
+        <v>11129.1</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
           <t>1.4- PFC - Perfluorocarbonos o compuestos polifluorcarbonados (miles de toneladas de CO2 equivalente)</t>
         </is>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
       <c r="K52" s="6"/>
       <c r="L52" s="6"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
       <c r="Q52" s="6"/>
+      <c r="R52" s="6"/>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="D53" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="F53" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="H53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q53" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R53" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="F54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P54" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q54" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R54" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>0.1</v>
+        <v>2.7</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>7.2</v>
+        <v>0.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>39.2</v>
+        <v>6.6</v>
       </c>
       <c r="E55" s="14" t="n">
+        <v>38.6</v>
+      </c>
+      <c r="F55" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="F55" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="14" t="n">
+        <v>42.5</v>
+      </c>
+      <c r="H55" s="14" t="n">
         <v>114.7</v>
       </c>
-      <c r="H55" s="14" t="n">
+      <c r="I55" s="14" t="n">
         <v>111.9</v>
       </c>
-      <c r="I55" s="14" t="n">
+      <c r="J55" s="14" t="n">
         <v>79.5</v>
       </c>
-      <c r="J55" s="14" t="n">
+      <c r="K55" s="14" t="n">
         <v>81.1</v>
       </c>
-      <c r="K55" s="14" t="n">
+      <c r="L55" s="14" t="n">
         <v>56.5</v>
       </c>
-      <c r="L55" s="14" t="n">
+      <c r="M55" s="14" t="n">
         <v>60.2</v>
       </c>
-      <c r="M55" s="14" t="n">
+      <c r="N55" s="14" t="n">
         <v>48.6</v>
       </c>
-      <c r="N55" s="14" t="n">
+      <c r="O55" s="14" t="n">
         <v>80.6</v>
       </c>
-      <c r="O55" s="14" t="n">
+      <c r="P55" s="14" t="n">
         <v>94.2</v>
       </c>
-      <c r="P55" s="14" t="n">
+      <c r="Q55" s="14" t="n">
         <v>107.7</v>
       </c>
-      <c r="Q55" s="14" t="n">
+      <c r="R55" s="14" t="n">
         <v>161.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>0.2</v>
+        <v>1.1</v>
       </c>
       <c r="F56" s="14" t="n">
         <v>0.3</v>
       </c>
       <c r="G56" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H56" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="H56" s="14" t="n">
+      <c r="I56" s="14" t="n">
         <v>0.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="J56" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="K56" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="L56" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M56" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N56" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O56" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P56" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q56" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R56" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="D57" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="F57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="H57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P57" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q57" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R57" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="D58" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="F58" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G58" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="G58" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P58" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q58" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R58" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>3.5</v>
+        <v>0.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>6.1</v>
+        <v>3.8</v>
       </c>
       <c r="E59" s="14" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="F59" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="F59" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G59" s="14" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="H59" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="H59" s="14" t="n">
+      <c r="I59" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="I59" s="14" t="n">
+      <c r="J59" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="J59" s="14" t="n">
+      <c r="K59" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="K59" s="14" t="n">
+      <c r="L59" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="L59" s="14" t="n">
+      <c r="M59" s="14" t="n">
         <v>0.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="N59" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="O59" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="P59" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="Q59" s="14" t="n">
         <v>0.2</v>
       </c>
+      <c r="R59" s="14" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>0.5</v>
+        <v>0.0</v>
       </c>
       <c r="D60" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="E60" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="E60" s="14" t="n">
+      <c r="F60" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="F60" s="14" t="n">
+      <c r="G60" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="G60" s="14" t="n">
+      <c r="H60" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="H60" s="14" t="n">
+      <c r="I60" s="14" t="n">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="J60" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="L60" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M60" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N60" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O60" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P60" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q60" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R60" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>2.6</v>
+        <v>0.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>4.4</v>
+        <v>2.1</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>1.5</v>
+        <v>4.1</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>2.3</v>
+        <v>1.4</v>
       </c>
       <c r="G61" s="14" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="H61" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="H61" s="14" t="n">
+      <c r="I61" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="I61" s="14" t="n">
+      <c r="J61" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="J61" s="14" t="n">
+      <c r="K61" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="K61" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L61" s="14" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="M61" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="N61" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="O61" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="P61" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="Q61" s="14" t="n">
         <v>0.1</v>
       </c>
+      <c r="R61" s="14" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="C62" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="C62" s="14" t="n">
+      <c r="D62" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="D62" s="14" t="n">
+      <c r="E62" s="14" t="n">
         <v>51.4</v>
       </c>
-      <c r="E62" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="14" t="n">
-        <v>48.8</v>
+        <v>29.6</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>118.2</v>
+        <v>48.9</v>
       </c>
       <c r="H62" s="14" t="n">
+        <v>118.1</v>
+      </c>
+      <c r="I62" s="14" t="n">
         <v>115.9</v>
       </c>
-      <c r="I62" s="14" t="n">
+      <c r="J62" s="14" t="n">
         <v>82.2</v>
       </c>
-      <c r="J62" s="14" t="n">
+      <c r="K62" s="14" t="n">
         <v>84.3</v>
       </c>
-      <c r="K62" s="14" t="n">
+      <c r="L62" s="14" t="n">
         <v>57.1</v>
       </c>
-      <c r="L62" s="14" t="n">
+      <c r="M62" s="14" t="n">
         <v>60.4</v>
       </c>
-      <c r="M62" s="14" t="n">
+      <c r="N62" s="14" t="n">
         <v>48.9</v>
       </c>
-      <c r="N62" s="14" t="n">
+      <c r="O62" s="14" t="n">
         <v>80.9</v>
       </c>
-      <c r="O62" s="14" t="n">
+      <c r="P62" s="14" t="n">
         <v>94.5</v>
       </c>
-      <c r="P62" s="14" t="n">
+      <c r="Q62" s="14" t="n">
         <v>108.1</v>
       </c>
-      <c r="Q62" s="14" t="n">
+      <c r="R62" s="14" t="n">
         <v>161.4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="6" t="inlineStr">
         <is>
           <t>1.5- HFC - Hidrofluorocarbonos o compuestos hidrogenofluorcarbonados (miles de toneladas de CO2 equivalente)</t>
         </is>
       </c>
       <c r="B63" s="6"/>
       <c r="C63" s="6"/>
       <c r="D63" s="6"/>
       <c r="E63" s="6"/>
       <c r="F63" s="6"/>
       <c r="G63" s="6"/>
       <c r="H63" s="6"/>
       <c r="I63" s="6"/>
       <c r="J63" s="6"/>
       <c r="K63" s="6"/>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
       <c r="O63" s="6"/>
       <c r="P63" s="6"/>
       <c r="Q63" s="6"/>
+      <c r="R63" s="6"/>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>17.1</v>
+        <v>50.7</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>24.1</v>
+        <v>40.8</v>
       </c>
       <c r="D64" s="14" t="n">
+        <v>42.2</v>
+      </c>
+      <c r="E64" s="14" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="F64" s="14" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="G64" s="14" t="n">
+        <v>28.9</v>
+      </c>
+      <c r="H64" s="14" t="n">
         <v>23.5</v>
       </c>
-      <c r="E64" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="I64" s="14" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="J64" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="J64" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K64" s="14" t="n">
-        <v>31.4</v>
+        <v>33.1</v>
       </c>
       <c r="L64" s="14" t="n">
-        <v>31.0</v>
+        <v>32.1</v>
       </c>
       <c r="M64" s="14" t="n">
-        <v>31.4</v>
+        <v>31.7</v>
       </c>
       <c r="N64" s="14" t="n">
-        <v>32.6</v>
+        <v>32.1</v>
       </c>
       <c r="O64" s="14" t="n">
-        <v>33.1</v>
+        <v>33.3</v>
       </c>
       <c r="P64" s="14" t="n">
-        <v>33.1</v>
+        <v>33.8</v>
       </c>
       <c r="Q64" s="14" t="n">
-        <v>34.6</v>
+        <v>33.8</v>
+      </c>
+      <c r="R64" s="14" t="n">
+        <v>35.3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>4.8</v>
+        <v>16.1</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>6.7</v>
+        <v>12.9</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>6.6</v>
+        <v>13.7</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>7.5</v>
+        <v>12.2</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>8.3</v>
+        <v>12.3</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>8.2</v>
+        <v>10.3</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>11.3</v>
+        <v>8.1</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>8.9</v>
+        <v>11.2</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>9.2</v>
+        <v>8.8</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>11.5</v>
+        <v>9.1</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>11.3</v>
+        <v>11.4</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>11.5</v>
+        <v>11.2</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>12.0</v>
+        <v>11.4</v>
       </c>
       <c r="O65" s="14" t="n">
-        <v>12.2</v>
+        <v>11.9</v>
       </c>
       <c r="P65" s="14" t="n">
-        <v>12.2</v>
+        <v>12.1</v>
       </c>
       <c r="Q65" s="14" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="R65" s="14" t="n">
         <v>12.8</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>1590.0</v>
+        <v>1356.4</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>2243.8</v>
+        <v>1091.1</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>2082.8</v>
+        <v>2009.2</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>2010.7</v>
+        <v>1975.9</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>2395.7</v>
+        <v>1995.5</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>2660.4</v>
+        <v>2394.9</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>3251.8</v>
+        <v>2658.9</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>4297.3</v>
+        <v>3259.8</v>
       </c>
       <c r="J66" s="14" t="n">
-        <v>4377.7</v>
+        <v>4313.7</v>
       </c>
       <c r="K66" s="14" t="n">
-        <v>8668.1</v>
+        <v>4385.2</v>
       </c>
       <c r="L66" s="14" t="n">
-        <v>8935.7</v>
+        <v>8677.2</v>
       </c>
       <c r="M66" s="14" t="n">
-        <v>8814.8</v>
+        <v>8945.1</v>
       </c>
       <c r="N66" s="14" t="n">
-        <v>8397.3</v>
+        <v>8823.8</v>
       </c>
       <c r="O66" s="14" t="n">
-        <v>8808.0</v>
+        <v>8405.4</v>
       </c>
       <c r="P66" s="14" t="n">
-        <v>8368.0</v>
+        <v>8815.8</v>
       </c>
       <c r="Q66" s="14" t="n">
-        <v>9290.6</v>
+        <v>8375.8</v>
+      </c>
+      <c r="R66" s="14" t="n">
+        <v>9299.2</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>86.7</v>
+        <v>337.8</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>122.4</v>
+        <v>271.7</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>109.9</v>
+        <v>271.2</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>100.2</v>
+        <v>216.2</v>
       </c>
       <c r="F67" s="14" t="n">
+        <v>170.5</v>
+      </c>
+      <c r="G67" s="14" t="n">
+        <v>136.7</v>
+      </c>
+      <c r="H67" s="14" t="n">
         <v>106.8</v>
       </c>
-      <c r="G67" s="14" t="n">
-[...2 lines deleted...]
-      <c r="H67" s="14" t="n">
+      <c r="I67" s="14" t="n">
         <v>120.9</v>
       </c>
-      <c r="I67" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J67" s="14" t="n">
-        <v>153.1</v>
+        <v>138.0</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>193.5</v>
+        <v>153.2</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>189.7</v>
+        <v>193.8</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>194.5</v>
+        <v>189.9</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>204.3</v>
+        <v>194.8</v>
       </c>
       <c r="O67" s="14" t="n">
-        <v>207.7</v>
+        <v>204.5</v>
       </c>
       <c r="P67" s="14" t="n">
-        <v>207.0</v>
+        <v>207.9</v>
       </c>
       <c r="Q67" s="14" t="n">
-        <v>221.3</v>
+        <v>207.2</v>
+      </c>
+      <c r="R67" s="14" t="n">
+        <v>221.5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
-        <v>13.5</v>
+        <v>47.6</v>
       </c>
       <c r="C68" s="14" t="n">
-        <v>19.1</v>
+        <v>38.3</v>
       </c>
       <c r="D68" s="14" t="n">
-        <v>17.1</v>
+        <v>38.2</v>
       </c>
       <c r="E68" s="14" t="n">
-        <v>15.9</v>
+        <v>30.7</v>
       </c>
       <c r="F68" s="14" t="n">
-        <v>18.8</v>
+        <v>24.8</v>
       </c>
       <c r="G68" s="14" t="n">
-        <v>18.1</v>
+        <v>23.1</v>
       </c>
       <c r="H68" s="14" t="n">
-        <v>20.8</v>
+        <v>17.8</v>
       </c>
       <c r="I68" s="14" t="n">
-        <v>21.2</v>
+        <v>20.6</v>
       </c>
       <c r="J68" s="14" t="n">
-        <v>23.2</v>
+        <v>21.0</v>
       </c>
       <c r="K68" s="14" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="L68" s="14" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="M68" s="14" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="N68" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="L68" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="O68" s="14" t="n">
-        <v>29.4</v>
+        <v>28.8</v>
       </c>
       <c r="P68" s="14" t="n">
         <v>29.3</v>
       </c>
       <c r="Q68" s="14" t="n">
-        <v>31.1</v>
+        <v>29.2</v>
+      </c>
+      <c r="R68" s="14" t="n">
+        <v>31.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>48.2</v>
+        <v>83.4</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>68.1</v>
+        <v>67.1</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>68.9</v>
+        <v>78.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>66.4</v>
+        <v>76.7</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>76.8</v>
+        <v>67.1</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>81.4</v>
+        <v>77.7</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>94.8</v>
+        <v>79.8</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>104.6</v>
+        <v>93.5</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>113.5</v>
+        <v>103.0</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>108.8</v>
+        <v>112.9</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>107.9</v>
+        <v>108.6</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>166.3</v>
+        <v>107.7</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>172.9</v>
+        <v>166.0</v>
       </c>
       <c r="O69" s="14" t="n">
-        <v>198.6</v>
+        <v>172.6</v>
       </c>
       <c r="P69" s="14" t="n">
-        <v>209.3</v>
+        <v>198.4</v>
       </c>
       <c r="Q69" s="14" t="n">
-        <v>320.1</v>
+        <v>209.1</v>
+      </c>
+      <c r="R69" s="14" t="n">
+        <v>319.9</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>897.6</v>
+        <v>1159.6</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>1266.7</v>
+        <v>932.8</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>1167.1</v>
+        <v>1374.9</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>1093.8</v>
+        <v>1185.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>1345.5</v>
+        <v>1133.5</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>1325.8</v>
+        <v>1362.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>1618.0</v>
+        <v>1322.7</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>2046.3</v>
+        <v>1620.6</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>2101.4</v>
+        <v>2050.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>4140.3</v>
+        <v>2107.2</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>4123.6</v>
+        <v>4149.6</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>4142.8</v>
+        <v>4132.9</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>4185.3</v>
+        <v>4152.0</v>
       </c>
       <c r="O70" s="14" t="n">
-        <v>4204.6</v>
+        <v>4194.3</v>
       </c>
       <c r="P70" s="14" t="n">
-        <v>4197.2</v>
+        <v>4213.7</v>
       </c>
       <c r="Q70" s="14" t="n">
-        <v>4491.9</v>
+        <v>4206.3</v>
+      </c>
+      <c r="R70" s="14" t="n">
+        <v>4501.2</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>125.2</v>
+        <v>374.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>176.7</v>
+        <v>300.8</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>158.9</v>
+        <v>261.2</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>155.8</v>
+        <v>161.6</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>180.5</v>
+        <v>152.7</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>168.2</v>
+        <v>177.6</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>218.7</v>
+        <v>157.8</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>260.2</v>
+        <v>209.7</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>250.2</v>
+        <v>249.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>389.5</v>
+        <v>244.1</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>383.4</v>
+        <v>384.9</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>389.1</v>
+        <v>378.7</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>407.8</v>
+        <v>384.5</v>
       </c>
       <c r="O71" s="14" t="n">
-        <v>417.0</v>
+        <v>403.3</v>
       </c>
       <c r="P71" s="14" t="n">
-        <v>418.5</v>
+        <v>412.4</v>
       </c>
       <c r="Q71" s="14" t="n">
-        <v>439.7</v>
+        <v>413.9</v>
+      </c>
+      <c r="R71" s="14" t="n">
+        <v>435.3</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>908.1</v>
+        <v>1120.9</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>1281.5</v>
+        <v>1047.9</v>
       </c>
       <c r="D72" s="14" t="n">
-        <v>1206.9</v>
+        <v>1163.9</v>
       </c>
       <c r="E72" s="14" t="n">
-        <v>1250.7</v>
+        <v>1173.8</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>1334.9</v>
+        <v>1216.3</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>1399.0</v>
+        <v>1323.1</v>
       </c>
       <c r="H72" s="14" t="n">
-        <v>1438.0</v>
+        <v>1406.7</v>
       </c>
       <c r="I72" s="14" t="n">
-        <v>1478.8</v>
+        <v>1441.5</v>
       </c>
       <c r="J72" s="14" t="n">
-        <v>1452.0</v>
+        <v>1479.9</v>
       </c>
       <c r="K72" s="14" t="n">
-        <v>1527.4</v>
+        <v>1453.1</v>
       </c>
       <c r="L72" s="14" t="n">
-        <v>1546.1</v>
+        <v>1528.5</v>
       </c>
       <c r="M72" s="14" t="n">
-        <v>1539.4</v>
+        <v>1547.3</v>
       </c>
       <c r="N72" s="14" t="n">
-        <v>1556.5</v>
+        <v>1540.5</v>
       </c>
       <c r="O72" s="14" t="n">
-        <v>1565.3</v>
+        <v>1557.6</v>
       </c>
       <c r="P72" s="14" t="n">
-        <v>1591.4</v>
+        <v>1566.4</v>
       </c>
       <c r="Q72" s="14" t="n">
-        <v>1595.5</v>
+        <v>1592.5</v>
+      </c>
+      <c r="R72" s="14" t="n">
+        <v>1596.6</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>3691.3</v>
+        <v>4546.4</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>5209.1</v>
+        <v>3803.4</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>4841.8</v>
+        <v>5252.5</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>4722.6</v>
+        <v>4870.2</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>5492.1</v>
+        <v>4802.9</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>5792.0</v>
+        <v>5534.3</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>6801.0</v>
+        <v>5782.2</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>8385.3</v>
+        <v>6804.6</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>8512.7</v>
+        <v>8393.5</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>15098.0</v>
+        <v>8521.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>15355.8</v>
+        <v>15113.4</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>15317.5</v>
+        <v>15371.6</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>14997.5</v>
+        <v>15332.8</v>
       </c>
       <c r="O73" s="14" t="n">
-        <v>15475.7</v>
+        <v>15011.8</v>
       </c>
       <c r="P73" s="14" t="n">
-        <v>15065.9</v>
+        <v>15489.6</v>
       </c>
       <c r="Q73" s="14" t="n">
-        <v>16437.7</v>
+        <v>15079.8</v>
+      </c>
+      <c r="R73" s="14" t="n">
+        <v>16452.7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="6" t="inlineStr">
         <is>
           <t>1.6- SF6  - Hexafluoruro de azufre (miles de toneladas de CO2 equivalente)</t>
         </is>
       </c>
       <c r="B74" s="6"/>
       <c r="C74" s="6"/>
       <c r="D74" s="6"/>
       <c r="E74" s="6"/>
       <c r="F74" s="6"/>
       <c r="G74" s="6"/>
       <c r="H74" s="6"/>
       <c r="I74" s="6"/>
       <c r="J74" s="6"/>
       <c r="K74" s="6"/>
       <c r="L74" s="6"/>
       <c r="M74" s="6"/>
       <c r="N74" s="6"/>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
       <c r="Q74" s="6"/>
+      <c r="R74" s="6"/>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G75" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3975,50 +4168,53 @@
       </c>
       <c r="J75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q75" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R75" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G76" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -4030,50 +4226,53 @@
       </c>
       <c r="J76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P76" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q76" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R76" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G77" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -4085,103 +4284,109 @@
       </c>
       <c r="J77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q77" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R77" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
+        <v>248.7</v>
+      </c>
+      <c r="C78" s="14" t="n">
+        <v>245.0</v>
+      </c>
+      <c r="D78" s="14" t="n">
         <v>245.5</v>
       </c>
-      <c r="C78" s="14" t="n">
-[...2 lines deleted...]
-      <c r="D78" s="14" t="n">
+      <c r="E78" s="14" t="n">
         <v>239.2</v>
       </c>
-      <c r="E78" s="14" t="n">
+      <c r="F78" s="14" t="n">
         <v>234.5</v>
       </c>
-      <c r="F78" s="14" t="n">
+      <c r="G78" s="14" t="n">
         <v>231.8</v>
       </c>
-      <c r="G78" s="14" t="n">
+      <c r="H78" s="14" t="n">
         <v>230.8</v>
       </c>
-      <c r="H78" s="14" t="n">
+      <c r="I78" s="14" t="n">
         <v>229.5</v>
       </c>
-      <c r="I78" s="14" t="n">
+      <c r="J78" s="14" t="n">
         <v>234.0</v>
       </c>
-      <c r="J78" s="14" t="n">
+      <c r="K78" s="14" t="n">
         <v>225.7</v>
       </c>
-      <c r="K78" s="14" t="n">
+      <c r="L78" s="14" t="n">
         <v>214.1</v>
       </c>
-      <c r="L78" s="14" t="n">
+      <c r="M78" s="14" t="n">
         <v>218.4</v>
       </c>
-      <c r="M78" s="14" t="n">
+      <c r="N78" s="14" t="n">
         <v>224.9</v>
       </c>
-      <c r="N78" s="14" t="n">
+      <c r="O78" s="14" t="n">
         <v>244.7</v>
       </c>
-      <c r="O78" s="14" t="n">
+      <c r="P78" s="14" t="n">
         <v>239.2</v>
       </c>
-      <c r="P78" s="14" t="n">
+      <c r="Q78" s="14" t="n">
         <v>236.1</v>
       </c>
-      <c r="Q78" s="14" t="n">
+      <c r="R78" s="14" t="n">
         <v>250.9</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G79" s="14" t="n">
@@ -4195,50 +4400,53 @@
       </c>
       <c r="J79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q79" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R79" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G80" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -4250,104 +4458,110 @@
       </c>
       <c r="J80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q80" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R80" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>3.4</v>
+        <v>3.9</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>3.4</v>
+        <v>2.2</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>3.0</v>
+        <v>1.9</v>
       </c>
       <c r="I81" s="14" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="J81" s="14" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="K81" s="14" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="L81" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="M81" s="14" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="N81" s="14" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="O81" s="14" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="P81" s="14" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="Q81" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="J81" s="14" t="n">
-[...21 lines deleted...]
-        <v>1.6</v>
+      <c r="R81" s="14" t="n">
+        <v>2.6</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G82" s="14" t="n">
         <v>0.0</v>
@@ -4360,50 +4574,53 @@
       </c>
       <c r="J82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q82" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R82" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G83" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -4415,5421 +4632,5706 @@
       </c>
       <c r="J83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q83" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R83" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>246.5</v>
+        <v>251.2</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>246.5</v>
+        <v>247.5</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>240.1</v>
+        <v>249.6</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>237.9</v>
+        <v>243.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>235.2</v>
+        <v>236.7</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>234.0</v>
+        <v>235.1</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>232.5</v>
+        <v>232.7</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>236.9</v>
+        <v>231.4</v>
       </c>
       <c r="J84" s="14" t="n">
-        <v>228.4</v>
+        <v>236.5</v>
       </c>
       <c r="K84" s="14" t="n">
-        <v>216.6</v>
+        <v>227.9</v>
       </c>
       <c r="L84" s="14" t="n">
-        <v>220.4</v>
+        <v>215.5</v>
       </c>
       <c r="M84" s="14" t="n">
-        <v>226.8</v>
+        <v>220.8</v>
       </c>
       <c r="N84" s="14" t="n">
-        <v>246.5</v>
+        <v>227.1</v>
       </c>
       <c r="O84" s="14" t="n">
-        <v>242.1</v>
+        <v>250.1</v>
       </c>
       <c r="P84" s="14" t="n">
-        <v>238.4</v>
+        <v>243.4</v>
       </c>
       <c r="Q84" s="14" t="n">
-        <v>252.5</v>
+        <v>239.0</v>
+      </c>
+      <c r="R84" s="14" t="n">
+        <v>253.5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="6" t="inlineStr">
         <is>
           <t>2.- GAC- Gases acidificantes (toneladas de SO2 equivalentes)</t>
         </is>
       </c>
       <c r="B85" s="6"/>
       <c r="C85" s="6"/>
       <c r="D85" s="6"/>
       <c r="E85" s="6"/>
       <c r="F85" s="6"/>
       <c r="G85" s="6"/>
       <c r="H85" s="6"/>
       <c r="I85" s="6"/>
       <c r="J85" s="6"/>
       <c r="K85" s="6"/>
       <c r="L85" s="6"/>
       <c r="M85" s="6"/>
       <c r="N85" s="6"/>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
       <c r="Q85" s="6"/>
+      <c r="R85" s="6"/>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B86" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C86" s="14" t="n">
-        <v>954182.7</v>
+        <v>934717.5</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>984048.2</v>
+        <v>941607.6</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>997485.5</v>
+        <v>1065214.1</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>977389.3</v>
+        <v>1070830.9</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>1013734.0</v>
+        <v>1055454.9</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>1013295.9</v>
+        <v>1096151.7</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>992553.5</v>
+        <v>1100936.9</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>1000588.7</v>
+        <v>1085700.0</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>999030.5</v>
+        <v>1100854.9</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>970339.2</v>
+        <v>1099450.8</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>947677.2</v>
+        <v>1047931.5</v>
       </c>
       <c r="N86" s="14" t="n">
-        <v>976280.5</v>
+        <v>1015626.0</v>
       </c>
       <c r="O86" s="14" t="n">
-        <v>1004208.3</v>
+        <v>1039565.6</v>
       </c>
       <c r="P86" s="14" t="n">
-        <v>991864.6</v>
+        <v>1072748.4</v>
       </c>
       <c r="Q86" s="14" t="n">
-        <v>992729.1</v>
+        <v>1047511.9</v>
+      </c>
+      <c r="R86" s="14" t="n">
+        <v>1047062.5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C87" s="14" t="n">
-        <v>1659.9</v>
+        <v>1792.9</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>2162.8</v>
+        <v>1629.5</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>1957.9</v>
+        <v>2080.9</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>2703.4</v>
+        <v>1854.6</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>3381.6</v>
+        <v>2625.0</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>3566.0</v>
+        <v>3299.9</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>3462.5</v>
+        <v>3485.6</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>3147.6</v>
+        <v>3381.1</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>4711.9</v>
+        <v>3125.5</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>5519.0</v>
+        <v>4712.4</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>6276.6</v>
+        <v>5529.9</v>
       </c>
       <c r="N87" s="14" t="n">
-        <v>6468.5</v>
+        <v>6276.5</v>
       </c>
       <c r="O87" s="14" t="n">
-        <v>7856.3</v>
+        <v>6469.8</v>
       </c>
       <c r="P87" s="14" t="n">
-        <v>8118.9</v>
+        <v>7856.2</v>
       </c>
       <c r="Q87" s="14" t="n">
-        <v>8070.0</v>
+        <v>8122.8</v>
+      </c>
+      <c r="R87" s="14" t="n">
+        <v>8070.7</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B88" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C88" s="14" t="n">
-        <v>157970.2</v>
+        <v>147132.1</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>172768.0</v>
+        <v>157815.6</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>164855.0</v>
+        <v>172613.0</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>192274.9</v>
+        <v>164969.7</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>198776.9</v>
+        <v>192387.9</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>197047.0</v>
+        <v>198877.0</v>
       </c>
       <c r="I88" s="14" t="n">
-        <v>202129.9</v>
+        <v>197153.2</v>
       </c>
       <c r="J88" s="14" t="n">
-        <v>200600.1</v>
+        <v>202231.8</v>
       </c>
       <c r="K88" s="14" t="n">
-        <v>194727.4</v>
+        <v>200647.0</v>
       </c>
       <c r="L88" s="14" t="n">
-        <v>201916.9</v>
+        <v>194774.1</v>
       </c>
       <c r="M88" s="14" t="n">
-        <v>235877.4</v>
+        <v>203847.9</v>
       </c>
       <c r="N88" s="14" t="n">
-        <v>255823.8</v>
+        <v>235877.1</v>
       </c>
       <c r="O88" s="14" t="n">
-        <v>282221.5</v>
+        <v>255938.1</v>
       </c>
       <c r="P88" s="14" t="n">
-        <v>283146.5</v>
+        <v>282221.4</v>
       </c>
       <c r="Q88" s="14" t="n">
-        <v>330819.0</v>
+        <v>283604.4</v>
+      </c>
+      <c r="R88" s="14" t="n">
+        <v>330819.4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B89" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C89" s="14" t="n">
-        <v>57582.4</v>
+        <v>50951.0</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>54618.6</v>
+        <v>57457.7</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>58398.4</v>
+        <v>54574.5</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>86131.9</v>
+        <v>58328.1</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>138462.3</v>
+        <v>86058.6</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>183448.4</v>
+        <v>138407.5</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>182481.4</v>
+        <v>183373.5</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>250789.3</v>
+        <v>182468.2</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>227887.0</v>
+        <v>250792.7</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>195571.5</v>
+        <v>227882.1</v>
       </c>
       <c r="M89" s="14" t="n">
+        <v>195576.5</v>
+      </c>
+      <c r="N89" s="14" t="n">
         <v>274652.0</v>
       </c>
-      <c r="N89" s="14" t="n">
+      <c r="O89" s="14" t="n">
         <v>245244.0</v>
       </c>
-      <c r="O89" s="14" t="n">
+      <c r="P89" s="14" t="n">
         <v>151782.6</v>
       </c>
-      <c r="P89" s="14" t="n">
+      <c r="Q89" s="14" t="n">
         <v>231236.5</v>
       </c>
-      <c r="Q89" s="14" t="n">
+      <c r="R89" s="14" t="n">
         <v>334114.2</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B90" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C90" s="14" t="n">
-        <v>6695.6</v>
+        <v>6656.0</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>6847.8</v>
+        <v>7192.4</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>6514.3</v>
+        <v>7426.7</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>6792.8</v>
+        <v>7003.3</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>7294.2</v>
+        <v>7329.1</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>7548.2</v>
+        <v>7667.7</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>7390.0</v>
+        <v>7729.7</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>7158.3</v>
+        <v>7370.4</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>7291.9</v>
+        <v>7043.8</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>7674.8</v>
+        <v>7277.5</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>8621.5</v>
+        <v>7634.1</v>
       </c>
       <c r="N90" s="14" t="n">
-        <v>8796.1</v>
+        <v>8639.1</v>
       </c>
       <c r="O90" s="14" t="n">
-        <v>8935.1</v>
+        <v>8811.9</v>
       </c>
       <c r="P90" s="14" t="n">
-        <v>9174.1</v>
+        <v>8924.1</v>
       </c>
       <c r="Q90" s="14" t="n">
-        <v>9976.8</v>
+        <v>9202.2</v>
+      </c>
+      <c r="R90" s="14" t="n">
+        <v>9961.2</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B91" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C91" s="14" t="n">
-        <v>9441.7</v>
+        <v>8586.1</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>9738.5</v>
+        <v>9246.5</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>9298.2</v>
+        <v>9710.8</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>12626.6</v>
+        <v>9258.3</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>12240.9</v>
+        <v>12588.7</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>12023.2</v>
+        <v>12211.3</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>11917.7</v>
+        <v>11987.0</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>11791.2</v>
+        <v>11883.2</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>10090.8</v>
+        <v>11757.5</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>10716.6</v>
+        <v>10092.8</v>
       </c>
       <c r="M91" s="14" t="n">
+        <v>10755.7</v>
+      </c>
+      <c r="N91" s="14" t="n">
         <v>12526.6</v>
       </c>
-      <c r="N91" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O91" s="14" t="n">
+        <v>14050.8</v>
+      </c>
+      <c r="P91" s="14" t="n">
         <v>16989.1</v>
       </c>
-      <c r="P91" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q91" s="14" t="n">
-        <v>25206.1</v>
+        <v>20350.0</v>
+      </c>
+      <c r="R91" s="14" t="n">
+        <v>25206.2</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B92" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C92" s="14" t="n">
-        <v>39825.2</v>
+        <v>33758.3</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>39830.2</v>
+        <v>39041.5</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>36002.3</v>
+        <v>39405.9</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>41678.7</v>
+        <v>35279.3</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>45985.0</v>
+        <v>40971.7</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>44092.3</v>
+        <v>45171.3</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>39752.3</v>
+        <v>43135.7</v>
       </c>
       <c r="J92" s="14" t="n">
-        <v>39030.1</v>
+        <v>39109.3</v>
       </c>
       <c r="K92" s="14" t="n">
-        <v>38212.1</v>
+        <v>38562.9</v>
       </c>
       <c r="L92" s="14" t="n">
-        <v>40667.0</v>
+        <v>37732.5</v>
       </c>
       <c r="M92" s="14" t="n">
-        <v>43476.7</v>
+        <v>40172.0</v>
       </c>
       <c r="N92" s="14" t="n">
-        <v>47543.3</v>
+        <v>43029.1</v>
       </c>
       <c r="O92" s="14" t="n">
-        <v>46737.9</v>
+        <v>47028.6</v>
       </c>
       <c r="P92" s="14" t="n">
-        <v>45812.2</v>
+        <v>45994.6</v>
       </c>
       <c r="Q92" s="14" t="n">
-        <v>49183.5</v>
+        <v>45324.2</v>
+      </c>
+      <c r="R92" s="14" t="n">
+        <v>48307.7</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B93" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C93" s="14" t="n">
-        <v>94820.8</v>
+        <v>119572.8</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>82713.2</v>
+        <v>118552.2</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>74240.9</v>
+        <v>103093.3</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>132553.9</v>
+        <v>92309.2</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>133113.9</v>
+        <v>152677.8</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>136727.0</v>
+        <v>156317.2</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>127998.8</v>
+        <v>157633.8</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>128822.7</v>
+        <v>160927.1</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>129938.8</v>
+        <v>163033.2</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>135028.5</v>
+        <v>168435.3</v>
       </c>
       <c r="M93" s="14" t="n">
-        <v>150704.8</v>
+        <v>165423.6</v>
       </c>
       <c r="N93" s="14" t="n">
-        <v>165210.1</v>
+        <v>181826.1</v>
       </c>
       <c r="O93" s="14" t="n">
-        <v>177596.9</v>
+        <v>193668.4</v>
       </c>
       <c r="P93" s="14" t="n">
-        <v>186577.4</v>
+        <v>200352.5</v>
       </c>
       <c r="Q93" s="14" t="n">
-        <v>216124.5</v>
+        <v>208523.9</v>
+      </c>
+      <c r="R93" s="14" t="n">
+        <v>231975.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B94" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C94" s="14" t="n">
-        <v>113010.5</v>
+        <v>104253.9</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>117523.9</v>
+        <v>106705.3</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>113154.5</v>
+        <v>108850.3</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>136102.1</v>
+        <v>106070.1</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>142556.2</v>
+        <v>128936.2</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>143129.7</v>
+        <v>135324.5</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>145136.8</v>
+        <v>135856.1</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>150888.0</v>
+        <v>137788.8</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>149397.4</v>
+        <v>140433.4</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>150745.7</v>
+        <v>138787.2</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>152853.3</v>
+        <v>140238.4</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>160938.5</v>
+        <v>142228.5</v>
       </c>
       <c r="O94" s="14" t="n">
-        <v>171565.1</v>
+        <v>150472.6</v>
       </c>
       <c r="P94" s="14" t="n">
-        <v>174566.6</v>
+        <v>160985.8</v>
       </c>
       <c r="Q94" s="14" t="n">
-        <v>178253.8</v>
+        <v>164014.4</v>
+      </c>
+      <c r="R94" s="14" t="n">
+        <v>169315.6</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B95" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C95" s="14" t="n">
-        <v>1435189.0</v>
+        <v>1407420.5</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>1470251.3</v>
+        <v>1439248.4</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>1461907.0</v>
+        <v>1562969.6</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>1588253.7</v>
+        <v>1545903.5</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>1695545.0</v>
+        <v>1679029.9</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>1740877.7</v>
+        <v>1793428.0</v>
       </c>
       <c r="I95" s="14" t="n">
-        <v>1712822.9</v>
+        <v>1841291.5</v>
       </c>
       <c r="J95" s="14" t="n">
-        <v>1792815.9</v>
+        <v>1830859.9</v>
       </c>
       <c r="K95" s="14" t="n">
-        <v>1761287.6</v>
+        <v>1916250.9</v>
       </c>
       <c r="L95" s="14" t="n">
-        <v>1718179.2</v>
+        <v>1889144.6</v>
       </c>
       <c r="M95" s="14" t="n">
-        <v>1832666.0</v>
+        <v>1817109.8</v>
       </c>
       <c r="N95" s="14" t="n">
-        <v>1880350.9</v>
+        <v>1920681.0</v>
       </c>
       <c r="O95" s="14" t="n">
-        <v>1867892.7</v>
+        <v>1961249.9</v>
       </c>
       <c r="P95" s="14" t="n">
-        <v>1950820.4</v>
+        <v>1947854.7</v>
       </c>
       <c r="Q95" s="14" t="n">
-        <v>2144477.0</v>
+        <v>2017890.4</v>
+      </c>
+      <c r="R95" s="14" t="n">
+        <v>2204832.5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="inlineStr">
         <is>
           <t>2.1- SOx  - Óxidos de azufre (toneladas de SO2 equivalentes)</t>
         </is>
       </c>
       <c r="B96" s="6"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
       <c r="E96" s="6"/>
       <c r="F96" s="6"/>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="6"/>
       <c r="J96" s="6"/>
       <c r="K96" s="6"/>
       <c r="L96" s="6"/>
       <c r="M96" s="6"/>
       <c r="N96" s="6"/>
       <c r="O96" s="6"/>
       <c r="P96" s="6"/>
       <c r="Q96" s="6"/>
+      <c r="R96" s="6"/>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B97" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C97" s="14" t="n">
-        <v>4135.5</v>
+        <v>3170.4</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>4128.3</v>
+        <v>3139.4</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>4251.9</v>
+        <v>4036.6</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>3971.0</v>
+        <v>4102.9</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>4755.1</v>
+        <v>3886.2</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>4195.7</v>
+        <v>4601.1</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>4555.8</v>
+        <v>4071.1</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>4638.9</v>
+        <v>4424.5</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>4405.6</v>
+        <v>4523.4</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>4436.5</v>
+        <v>4412.2</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>3521.1</v>
+        <v>4346.5</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>8926.0</v>
+        <v>3491.0</v>
       </c>
       <c r="O97" s="14" t="n">
-        <v>8835.1</v>
+        <v>8860.0</v>
       </c>
       <c r="P97" s="14" t="n">
-        <v>8728.1</v>
+        <v>8751.3</v>
       </c>
       <c r="Q97" s="14" t="n">
-        <v>8329.3</v>
+        <v>8637.9</v>
+      </c>
+      <c r="R97" s="14" t="n">
+        <v>8252.5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B98" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C98" s="14" t="n">
-        <v>56.1</v>
+        <v>23.3</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>66.2</v>
+        <v>56.2</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>91.3</v>
+        <v>65.7</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>133.1</v>
+        <v>90.8</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>175.8</v>
+        <v>132.7</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>189.1</v>
+        <v>175.4</v>
       </c>
       <c r="I98" s="14" t="n">
-        <v>212.4</v>
+        <v>188.7</v>
       </c>
       <c r="J98" s="14" t="n">
-        <v>227.3</v>
+        <v>212.0</v>
       </c>
       <c r="K98" s="14" t="n">
+        <v>227.2</v>
+      </c>
+      <c r="L98" s="14" t="n">
+        <v>188.7</v>
+      </c>
+      <c r="M98" s="14" t="n">
+        <v>225.6</v>
+      </c>
+      <c r="N98" s="14" t="n">
+        <v>220.5</v>
+      </c>
+      <c r="O98" s="14" t="n">
         <v>188.1</v>
       </c>
-      <c r="L98" s="14" t="n">
-[...8 lines deleted...]
-      <c r="O98" s="14" t="n">
+      <c r="P98" s="14" t="n">
         <v>235.3</v>
       </c>
-      <c r="P98" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q98" s="14" t="n">
+        <v>201.5</v>
+      </c>
+      <c r="R98" s="14" t="n">
         <v>152.7</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B99" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C99" s="14" t="n">
-        <v>78304.7</v>
+        <v>69181.9</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>83776.4</v>
+        <v>78320.2</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>79816.6</v>
+        <v>83811.4</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>94290.4</v>
+        <v>79837.6</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>100558.4</v>
+        <v>94306.6</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>99303.2</v>
+        <v>100560.0</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>107104.7</v>
+        <v>99306.0</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>106096.2</v>
+        <v>107090.8</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>103155.7</v>
+        <v>106088.2</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>106219.5</v>
+        <v>103194.2</v>
       </c>
       <c r="M99" s="14" t="n">
-        <v>121810.4</v>
+        <v>106813.2</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>130808.7</v>
+        <v>121810.5</v>
       </c>
       <c r="O99" s="14" t="n">
+        <v>130902.7</v>
+      </c>
+      <c r="P99" s="14" t="n">
         <v>149344.0</v>
       </c>
-      <c r="P99" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q99" s="14" t="n">
-        <v>172798.1</v>
+        <v>151534.5</v>
+      </c>
+      <c r="R99" s="14" t="n">
+        <v>172797.5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B100" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C100" s="14" t="n">
-        <v>10939.8</v>
+        <v>8936.9</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>10186.5</v>
+        <v>10930.0</v>
       </c>
       <c r="E100" s="14" t="n">
+        <v>10185.7</v>
+      </c>
+      <c r="F100" s="14" t="n">
         <v>13938.6</v>
       </c>
-      <c r="F100" s="14" t="n">
+      <c r="G100" s="14" t="n">
         <v>31053.7</v>
       </c>
-      <c r="G100" s="14" t="n">
+      <c r="H100" s="14" t="n">
         <v>69909.2</v>
       </c>
-      <c r="H100" s="14" t="n">
+      <c r="I100" s="14" t="n">
         <v>94515.5</v>
       </c>
-      <c r="I100" s="14" t="n">
+      <c r="J100" s="14" t="n">
         <v>91329.3</v>
       </c>
-      <c r="J100" s="14" t="n">
+      <c r="K100" s="14" t="n">
         <v>137277.2</v>
       </c>
-      <c r="K100" s="14" t="n">
+      <c r="L100" s="14" t="n">
         <v>123475.4</v>
       </c>
-      <c r="L100" s="14" t="n">
+      <c r="M100" s="14" t="n">
         <v>97980.5</v>
       </c>
-      <c r="M100" s="14" t="n">
+      <c r="N100" s="14" t="n">
         <v>147956.5</v>
       </c>
-      <c r="N100" s="14" t="n">
+      <c r="O100" s="14" t="n">
         <v>127707.7</v>
       </c>
-      <c r="O100" s="14" t="n">
+      <c r="P100" s="14" t="n">
         <v>71293.4</v>
       </c>
-      <c r="P100" s="14" t="n">
+      <c r="Q100" s="14" t="n">
         <v>112335.4</v>
       </c>
-      <c r="Q100" s="14" t="n">
+      <c r="R100" s="14" t="n">
         <v>187781.9</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C101" s="14" t="n">
-        <v>812.5</v>
+        <v>590.8</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>769.4</v>
+        <v>809.2</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>685.8</v>
+        <v>769.6</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>732.9</v>
+        <v>685.9</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>790.2</v>
+        <v>733.0</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>785.6</v>
+        <v>790.3</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>1004.9</v>
+        <v>785.7</v>
       </c>
       <c r="J101" s="14" t="n">
-        <v>667.1</v>
+        <v>1005.0</v>
       </c>
       <c r="K101" s="14" t="n">
-        <v>764.2</v>
+        <v>667.2</v>
       </c>
       <c r="L101" s="14" t="n">
-        <v>868.8</v>
+        <v>771.4</v>
       </c>
       <c r="M101" s="14" t="n">
-        <v>952.8</v>
+        <v>884.7</v>
       </c>
       <c r="N101" s="14" t="n">
-        <v>971.3</v>
+        <v>969.1</v>
       </c>
       <c r="O101" s="14" t="n">
-        <v>884.8</v>
+        <v>987.1</v>
       </c>
       <c r="P101" s="14" t="n">
-        <v>885.0</v>
+        <v>873.2</v>
       </c>
       <c r="Q101" s="14" t="n">
-        <v>948.2</v>
+        <v>907.9</v>
+      </c>
+      <c r="R101" s="14" t="n">
+        <v>934.4</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C102" s="14" t="n">
-        <v>267.4</v>
+        <v>94.6</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>247.4</v>
+        <v>268.1</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>392.3</v>
+        <v>247.1</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>627.9</v>
+        <v>392.2</v>
       </c>
       <c r="G102" s="14" t="n">
+        <v>627.8</v>
+      </c>
+      <c r="H102" s="14" t="n">
         <v>579.9</v>
       </c>
-      <c r="H102" s="14" t="n">
+      <c r="I102" s="14" t="n">
         <v>603.8</v>
       </c>
-      <c r="I102" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J102" s="14" t="n">
+        <v>682.2</v>
+      </c>
+      <c r="K102" s="14" t="n">
         <v>718.1</v>
       </c>
-      <c r="K102" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L102" s="14" t="n">
-        <v>254.4</v>
+        <v>210.1</v>
       </c>
       <c r="M102" s="14" t="n">
+        <v>263.2</v>
+      </c>
+      <c r="N102" s="14" t="n">
         <v>316.3</v>
       </c>
-      <c r="N102" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O102" s="14" t="n">
+        <v>242.4</v>
+      </c>
+      <c r="P102" s="14" t="n">
         <v>562.5</v>
       </c>
-      <c r="P102" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q102" s="14" t="n">
+        <v>555.1</v>
+      </c>
+      <c r="R102" s="14" t="n">
         <v>930.6</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C103" s="14" t="n">
-        <v>8374.5</v>
+        <v>7559.6</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>8317.9</v>
+        <v>8149.2</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>8161.0</v>
+        <v>8032.8</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>8027.1</v>
+        <v>7600.2</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>11133.1</v>
+        <v>7467.1</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>9851.6</v>
+        <v>10436.0</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>6266.1</v>
+        <v>9015.6</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>5455.9</v>
+        <v>5703.3</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>6794.3</v>
+        <v>5030.9</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>8236.8</v>
+        <v>6346.8</v>
       </c>
       <c r="M103" s="14" t="n">
-        <v>8394.8</v>
+        <v>7781.5</v>
       </c>
       <c r="N103" s="14" t="n">
-        <v>8991.6</v>
+        <v>7934.5</v>
       </c>
       <c r="O103" s="14" t="n">
-        <v>8431.2</v>
+        <v>8479.7</v>
       </c>
       <c r="P103" s="14" t="n">
-        <v>8451.4</v>
+        <v>7618.7</v>
       </c>
       <c r="Q103" s="14" t="n">
-        <v>8306.3</v>
+        <v>8069.1</v>
+      </c>
+      <c r="R103" s="14" t="n">
+        <v>7498.3</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B104" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C104" s="14" t="n">
-        <v>9702.3</v>
+        <v>10483.7</v>
       </c>
       <c r="D104" s="14" t="n">
-        <v>7443.8</v>
+        <v>9812.6</v>
       </c>
       <c r="E104" s="14" t="n">
-        <v>6255.3</v>
+        <v>7418.0</v>
       </c>
       <c r="F104" s="14" t="n">
-        <v>22721.2</v>
+        <v>6163.1</v>
       </c>
       <c r="G104" s="14" t="n">
-        <v>20331.1</v>
+        <v>21308.4</v>
       </c>
       <c r="H104" s="14" t="n">
-        <v>20010.8</v>
+        <v>21419.5</v>
       </c>
       <c r="I104" s="14" t="n">
-        <v>11399.0</v>
+        <v>20230.7</v>
       </c>
       <c r="J104" s="14" t="n">
-        <v>7383.5</v>
+        <v>20398.0</v>
       </c>
       <c r="K104" s="14" t="n">
-        <v>6499.2</v>
+        <v>19098.1</v>
       </c>
       <c r="L104" s="14" t="n">
-        <v>7952.5</v>
+        <v>20675.2</v>
       </c>
       <c r="M104" s="14" t="n">
-        <v>8161.6</v>
+        <v>19594.0</v>
       </c>
       <c r="N104" s="14" t="n">
-        <v>9633.2</v>
+        <v>23051.2</v>
       </c>
       <c r="O104" s="14" t="n">
-        <v>9444.3</v>
+        <v>23743.1</v>
       </c>
       <c r="P104" s="14" t="n">
-        <v>10965.3</v>
+        <v>22951.8</v>
       </c>
       <c r="Q104" s="14" t="n">
-        <v>12714.1</v>
+        <v>24104.8</v>
+      </c>
+      <c r="R104" s="14" t="n">
+        <v>25155.9</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B105" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C105" s="14" t="n">
-        <v>7129.2</v>
+        <v>5648.5</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>7852.7</v>
+        <v>5903.2</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>8350.2</v>
+        <v>6215.4</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>8826.8</v>
+        <v>8349.3</v>
       </c>
       <c r="G105" s="14" t="n">
+        <v>8825.7</v>
+      </c>
+      <c r="H105" s="14" t="n">
         <v>9628.1</v>
       </c>
-      <c r="H105" s="14" t="n">
+      <c r="I105" s="14" t="n">
         <v>9841.1</v>
       </c>
-      <c r="I105" s="14" t="n">
+      <c r="J105" s="14" t="n">
         <v>9966.1</v>
       </c>
-      <c r="J105" s="14" t="n">
+      <c r="K105" s="14" t="n">
         <v>11567.5</v>
       </c>
-      <c r="K105" s="14" t="n">
+      <c r="L105" s="14" t="n">
         <v>10654.1</v>
       </c>
-      <c r="L105" s="14" t="n">
+      <c r="M105" s="14" t="n">
         <v>10748.6</v>
       </c>
-      <c r="M105" s="14" t="n">
+      <c r="N105" s="14" t="n">
         <v>11181.6</v>
       </c>
-      <c r="N105" s="14" t="n">
+      <c r="O105" s="14" t="n">
         <v>12295.3</v>
       </c>
-      <c r="O105" s="14" t="n">
+      <c r="P105" s="14" t="n">
         <v>15316.7</v>
       </c>
-      <c r="P105" s="14" t="n">
+      <c r="Q105" s="14" t="n">
         <v>16050.4</v>
       </c>
-      <c r="Q105" s="14" t="n">
+      <c r="R105" s="14" t="n">
         <v>17583.7</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C106" s="14" t="n">
-        <v>119722.0</v>
+        <v>105689.6</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>122788.5</v>
+        <v>117388.1</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>121942.9</v>
+        <v>120782.3</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>170384.2</v>
+        <v>121160.4</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>217861.1</v>
+        <v>168341.2</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>239296.3</v>
+        <v>218099.5</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>232520.3</v>
+        <v>238558.2</v>
       </c>
       <c r="J106" s="14" t="n">
-        <v>274031.5</v>
+        <v>240811.1</v>
       </c>
       <c r="K106" s="14" t="n">
-        <v>256145.1</v>
+        <v>285197.7</v>
       </c>
       <c r="L106" s="14" t="n">
-        <v>236920.6</v>
+        <v>269928.0</v>
       </c>
       <c r="M106" s="14" t="n">
-        <v>302515.6</v>
+        <v>248637.6</v>
       </c>
       <c r="N106" s="14" t="n">
-        <v>299759.6</v>
+        <v>316931.1</v>
       </c>
       <c r="O106" s="14" t="n">
-        <v>264347.4</v>
+        <v>313406.2</v>
       </c>
       <c r="P106" s="14" t="n">
-        <v>309306.3</v>
+        <v>276946.8</v>
       </c>
       <c r="Q106" s="14" t="n">
-        <v>409544.9</v>
+        <v>322396.6</v>
+      </c>
+      <c r="R106" s="14" t="n">
+        <v>421087.5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="6" t="inlineStr">
         <is>
           <t>2.2- NOx  - Óxidos de nitrógeno (toneladas de SO2 equivalentes)</t>
         </is>
       </c>
       <c r="B107" s="6"/>
       <c r="C107" s="6"/>
       <c r="D107" s="6"/>
       <c r="E107" s="6"/>
       <c r="F107" s="6"/>
       <c r="G107" s="6"/>
       <c r="H107" s="6"/>
       <c r="I107" s="6"/>
       <c r="J107" s="6"/>
       <c r="K107" s="6"/>
       <c r="L107" s="6"/>
       <c r="M107" s="6"/>
       <c r="N107" s="6"/>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
       <c r="Q107" s="6"/>
+      <c r="R107" s="6"/>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B108" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C108" s="14" t="n">
-        <v>141453.5</v>
+        <v>127214.6</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>142372.6</v>
+        <v>126770.8</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>142578.4</v>
+        <v>152244.4</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>135613.0</v>
+        <v>153624.9</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>154272.5</v>
+        <v>149902.1</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>141736.5</v>
+        <v>168836.9</v>
       </c>
       <c r="I108" s="14" t="n">
-        <v>143370.8</v>
+        <v>158838.3</v>
       </c>
       <c r="J108" s="14" t="n">
-        <v>151841.9</v>
+        <v>164771.3</v>
       </c>
       <c r="K108" s="14" t="n">
-        <v>152044.4</v>
+        <v>171172.4</v>
       </c>
       <c r="L108" s="14" t="n">
-        <v>161542.2</v>
+        <v>172621.2</v>
       </c>
       <c r="M108" s="14" t="n">
-        <v>145640.6</v>
+        <v>168485.2</v>
       </c>
       <c r="N108" s="14" t="n">
-        <v>164057.7</v>
+        <v>152642.7</v>
       </c>
       <c r="O108" s="14" t="n">
-        <v>169101.0</v>
+        <v>168524.5</v>
       </c>
       <c r="P108" s="14" t="n">
-        <v>165748.4</v>
+        <v>172578.6</v>
       </c>
       <c r="Q108" s="14" t="n">
-        <v>161043.6</v>
+        <v>168577.0</v>
+      </c>
+      <c r="R108" s="14" t="n">
+        <v>163131.7</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C109" s="14" t="n">
-        <v>1430.7</v>
+        <v>1548.6</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>1910.8</v>
+        <v>1396.8</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>1688.9</v>
+        <v>1829.3</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>2409.2</v>
+        <v>1586.2</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>2860.6</v>
+        <v>2331.2</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>2953.2</v>
+        <v>2779.3</v>
       </c>
       <c r="I109" s="14" t="n">
-        <v>2852.6</v>
+        <v>2873.3</v>
       </c>
       <c r="J109" s="14" t="n">
-        <v>2484.8</v>
+        <v>2771.6</v>
       </c>
       <c r="K109" s="14" t="n">
-        <v>3899.1</v>
+        <v>2462.8</v>
       </c>
       <c r="L109" s="14" t="n">
-        <v>4518.5</v>
+        <v>3899.0</v>
       </c>
       <c r="M109" s="14" t="n">
-        <v>5142.3</v>
+        <v>4526.9</v>
       </c>
       <c r="N109" s="14" t="n">
-        <v>5451.5</v>
+        <v>5142.2</v>
       </c>
       <c r="O109" s="14" t="n">
-        <v>6904.4</v>
+        <v>5451.8</v>
       </c>
       <c r="P109" s="14" t="n">
-        <v>7190.2</v>
+        <v>6904.3</v>
       </c>
       <c r="Q109" s="14" t="n">
-        <v>7718.4</v>
+        <v>7190.9</v>
+      </c>
+      <c r="R109" s="14" t="n">
+        <v>7719.1</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B110" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C110" s="14" t="n">
-        <v>74786.7</v>
+        <v>72497.3</v>
       </c>
       <c r="D110" s="14" t="n">
-        <v>84118.7</v>
+        <v>74565.8</v>
       </c>
       <c r="E110" s="14" t="n">
-        <v>80063.5</v>
+        <v>83928.8</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>92393.0</v>
+        <v>80157.2</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>93065.2</v>
+        <v>92489.8</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>92239.5</v>
+        <v>93163.7</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>90149.4</v>
+        <v>92342.8</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>90647.5</v>
+        <v>90265.3</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>88002.4</v>
+        <v>90702.4</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>91846.3</v>
+        <v>88010.6</v>
       </c>
       <c r="M110" s="14" t="n">
-        <v>108387.7</v>
+        <v>93183.6</v>
       </c>
       <c r="N110" s="14" t="n">
-        <v>117493.6</v>
+        <v>108387.5</v>
       </c>
       <c r="O110" s="14" t="n">
-        <v>126180.4</v>
+        <v>117513.8</v>
       </c>
       <c r="P110" s="14" t="n">
-        <v>126745.4</v>
+        <v>126180.2</v>
       </c>
       <c r="Q110" s="14" t="n">
-        <v>149953.3</v>
+        <v>126827.8</v>
+      </c>
+      <c r="R110" s="14" t="n">
+        <v>149954.3</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C111" s="14" t="n">
-        <v>43009.7</v>
+        <v>39047.6</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>40898.7</v>
+        <v>42958.6</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>41399.8</v>
+        <v>40855.3</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>52618.8</v>
+        <v>41329.5</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>66107.7</v>
+        <v>52545.4</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>86515.1</v>
+        <v>66052.9</v>
       </c>
       <c r="I111" s="14" t="n">
-        <v>89082.9</v>
+        <v>86440.2</v>
       </c>
       <c r="J111" s="14" t="n">
-        <v>111540.6</v>
+        <v>89069.7</v>
       </c>
       <c r="K111" s="14" t="n">
-        <v>102274.4</v>
+        <v>111544.0</v>
       </c>
       <c r="L111" s="14" t="n">
-        <v>95389.0</v>
+        <v>102269.5</v>
       </c>
       <c r="M111" s="14" t="n">
+        <v>95394.0</v>
+      </c>
+      <c r="N111" s="14" t="n">
         <v>126189.0</v>
       </c>
-      <c r="N111" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O111" s="14" t="n">
+        <v>117065.0</v>
+      </c>
+      <c r="P111" s="14" t="n">
         <v>80214.5</v>
       </c>
-      <c r="P111" s="14" t="n">
+      <c r="Q111" s="14" t="n">
         <v>118814.1</v>
       </c>
-      <c r="Q111" s="14" t="n">
+      <c r="R111" s="14" t="n">
         <v>146209.4</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B112" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C112" s="14" t="n">
-        <v>3595.3</v>
+        <v>3159.1</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>3821.7</v>
+        <v>3576.9</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>3626.6</v>
+        <v>3823.8</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>4000.4</v>
+        <v>3625.1</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>4125.9</v>
+        <v>4001.1</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>4218.7</v>
+        <v>4126.6</v>
       </c>
       <c r="I112" s="14" t="n">
+        <v>4223.1</v>
+      </c>
+      <c r="J112" s="14" t="n">
         <v>4076.3</v>
       </c>
-      <c r="J112" s="14" t="n">
+      <c r="K112" s="14" t="n">
         <v>3986.1</v>
       </c>
-      <c r="K112" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L112" s="14" t="n">
-        <v>4497.8</v>
+        <v>4208.4</v>
       </c>
       <c r="M112" s="14" t="n">
-        <v>5386.2</v>
+        <v>4500.2</v>
       </c>
       <c r="N112" s="14" t="n">
+        <v>5387.5</v>
+      </c>
+      <c r="O112" s="14" t="n">
         <v>5580.4</v>
       </c>
-      <c r="O112" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P112" s="14" t="n">
-        <v>6017.0</v>
+        <v>5779.9</v>
       </c>
       <c r="Q112" s="14" t="n">
-        <v>6898.1</v>
+        <v>6022.2</v>
+      </c>
+      <c r="R112" s="14" t="n">
+        <v>6896.3</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C113" s="14" t="n">
-        <v>8277.2</v>
+        <v>7429.3</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>8665.4</v>
+        <v>8065.4</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>8074.6</v>
+        <v>8638.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>10986.8</v>
+        <v>8034.8</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>10875.7</v>
+        <v>10949.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>10643.3</v>
+        <v>10846.1</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>10583.7</v>
+        <v>10607.1</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>10503.9</v>
+        <v>10549.2</v>
       </c>
       <c r="K113" s="14" t="n">
-        <v>9643.8</v>
+        <v>10470.1</v>
       </c>
       <c r="L113" s="14" t="n">
-        <v>10105.7</v>
+        <v>9644.3</v>
       </c>
       <c r="M113" s="14" t="n">
+        <v>10136.1</v>
+      </c>
+      <c r="N113" s="14" t="n">
         <v>11756.4</v>
       </c>
-      <c r="N113" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O113" s="14" t="n">
+        <v>13388.8</v>
+      </c>
+      <c r="P113" s="14" t="n">
         <v>16029.9</v>
       </c>
-      <c r="P113" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q113" s="14" t="n">
-        <v>23646.6</v>
+        <v>19285.7</v>
+      </c>
+      <c r="R113" s="14" t="n">
+        <v>23646.7</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C114" s="14" t="n">
-        <v>30662.1</v>
+        <v>25740.3</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>30771.5</v>
+        <v>30416.5</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>27227.0</v>
+        <v>30951.8</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>32948.2</v>
+        <v>27367.7</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>34202.6</v>
+        <v>33080.2</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>33579.0</v>
+        <v>34331.6</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>32860.0</v>
+        <v>33739.5</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>33021.1</v>
+        <v>33046.9</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>30889.3</v>
+        <v>33202.2</v>
       </c>
       <c r="L114" s="14" t="n">
-        <v>31881.9</v>
+        <v>31076.6</v>
       </c>
       <c r="M114" s="14" t="n">
-        <v>34514.4</v>
+        <v>32051.7</v>
       </c>
       <c r="N114" s="14" t="n">
-        <v>37957.6</v>
+        <v>34728.9</v>
       </c>
       <c r="O114" s="14" t="n">
-        <v>37702.5</v>
+        <v>38143.8</v>
       </c>
       <c r="P114" s="14" t="n">
-        <v>36554.3</v>
+        <v>37947.5</v>
       </c>
       <c r="Q114" s="14" t="n">
-        <v>40136.7</v>
+        <v>36816.1</v>
+      </c>
+      <c r="R114" s="14" t="n">
+        <v>40323.8</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C115" s="14" t="n">
-        <v>84557.4</v>
+        <v>108547.2</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>74744.6</v>
+        <v>108197.4</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>67544.1</v>
+        <v>95165.1</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>109350.9</v>
+        <v>85717.9</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>112334.1</v>
+        <v>130903.9</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>116275.3</v>
+        <v>134464.2</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>116208.6</v>
+        <v>136977.4</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>121074.2</v>
+        <v>140148.2</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>123113.8</v>
+        <v>143577.7</v>
       </c>
       <c r="L115" s="14" t="n">
-        <v>126768.8</v>
+        <v>147440.4</v>
       </c>
       <c r="M115" s="14" t="n">
-        <v>142224.9</v>
+        <v>145531.0</v>
       </c>
       <c r="N115" s="14" t="n">
-        <v>155257.8</v>
+        <v>158469.5</v>
       </c>
       <c r="O115" s="14" t="n">
-        <v>167840.1</v>
+        <v>169618.5</v>
       </c>
       <c r="P115" s="14" t="n">
-        <v>175302.7</v>
+        <v>177103.5</v>
       </c>
       <c r="Q115" s="14" t="n">
-        <v>203105.5</v>
+        <v>184127.0</v>
+      </c>
+      <c r="R115" s="14" t="n">
+        <v>206533.5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C116" s="14" t="n">
-        <v>92945.2</v>
+        <v>92192.5</v>
       </c>
       <c r="D116" s="14" t="n">
-        <v>97067.7</v>
+        <v>94623.6</v>
       </c>
       <c r="E116" s="14" t="n">
-        <v>92815.6</v>
+        <v>97008.3</v>
       </c>
       <c r="F116" s="14" t="n">
-        <v>114200.7</v>
+        <v>92771.9</v>
       </c>
       <c r="G116" s="14" t="n">
-        <v>119793.3</v>
+        <v>114169.2</v>
       </c>
       <c r="H116" s="14" t="n">
-        <v>120198.8</v>
+        <v>119792.7</v>
       </c>
       <c r="I116" s="14" t="n">
-        <v>122055.8</v>
+        <v>120225.3</v>
       </c>
       <c r="J116" s="14" t="n">
-        <v>122605.4</v>
+        <v>122070.1</v>
       </c>
       <c r="K116" s="14" t="n">
-        <v>121736.4</v>
+        <v>122618.3</v>
       </c>
       <c r="L116" s="14" t="n">
-        <v>122586.0</v>
+        <v>121747.7</v>
       </c>
       <c r="M116" s="14" t="n">
-        <v>124014.2</v>
+        <v>122598.7</v>
       </c>
       <c r="N116" s="14" t="n">
-        <v>130019.5</v>
+        <v>124021.7</v>
       </c>
       <c r="O116" s="14" t="n">
-        <v>137438.5</v>
+        <v>130027.0</v>
       </c>
       <c r="P116" s="14" t="n">
-        <v>138756.8</v>
+        <v>137440.8</v>
       </c>
       <c r="Q116" s="14" t="n">
-        <v>142246.7</v>
+        <v>138758.6</v>
+      </c>
+      <c r="R116" s="14" t="n">
+        <v>142248.7</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B117" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C117" s="14" t="n">
-        <v>480717.9</v>
+        <v>477376.4</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>484371.7</v>
+        <v>490571.7</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>465018.5</v>
+        <v>514444.7</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>554521.0</v>
+        <v>494215.3</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>597637.6</v>
+        <v>590372.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>608359.3</v>
+        <v>634394.1</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>611240.0</v>
+        <v>646266.8</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>647705.5</v>
+        <v>656768.5</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>635812.2</v>
+        <v>689735.9</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>649136.2</v>
+        <v>680917.7</v>
       </c>
       <c r="M117" s="14" t="n">
-        <v>703255.6</v>
+        <v>676407.3</v>
       </c>
       <c r="N117" s="14" t="n">
-        <v>746270.8</v>
+        <v>726725.3</v>
       </c>
       <c r="O117" s="14" t="n">
-        <v>747190.3</v>
+        <v>765313.5</v>
       </c>
       <c r="P117" s="14" t="n">
-        <v>794409.6</v>
+        <v>760179.2</v>
       </c>
       <c r="Q117" s="14" t="n">
-        <v>880958.4</v>
+        <v>806419.4</v>
+      </c>
+      <c r="R117" s="14" t="n">
+        <v>886663.5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="inlineStr">
         <is>
           <t>2.3- NH3  - Amoniaco (toneladas de SO2 equivalentes)</t>
         </is>
       </c>
       <c r="B118" s="6"/>
       <c r="C118" s="6"/>
       <c r="D118" s="6"/>
       <c r="E118" s="6"/>
       <c r="F118" s="6"/>
       <c r="G118" s="6"/>
       <c r="H118" s="6"/>
       <c r="I118" s="6"/>
       <c r="J118" s="6"/>
       <c r="K118" s="6"/>
       <c r="L118" s="6"/>
       <c r="M118" s="6"/>
       <c r="N118" s="6"/>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
       <c r="Q118" s="6"/>
+      <c r="R118" s="6"/>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C119" s="14" t="n">
-        <v>808593.7</v>
+        <v>804332.6</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>837547.4</v>
+        <v>811697.4</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>850655.3</v>
+        <v>908933.2</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>837805.3</v>
+        <v>913103.1</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>854706.4</v>
+        <v>901666.6</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>867363.7</v>
+        <v>922713.7</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>844626.9</v>
+        <v>938027.5</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>844107.9</v>
+        <v>916504.2</v>
       </c>
       <c r="K119" s="14" t="n">
-        <v>842580.5</v>
+        <v>925159.1</v>
       </c>
       <c r="L119" s="14" t="n">
-        <v>804360.5</v>
+        <v>922417.4</v>
       </c>
       <c r="M119" s="14" t="n">
-        <v>798515.4</v>
+        <v>875099.9</v>
       </c>
       <c r="N119" s="14" t="n">
-        <v>803296.7</v>
+        <v>859492.3</v>
       </c>
       <c r="O119" s="14" t="n">
-        <v>826272.2</v>
+        <v>862181.2</v>
       </c>
       <c r="P119" s="14" t="n">
-        <v>817388.1</v>
+        <v>891418.5</v>
       </c>
       <c r="Q119" s="14" t="n">
-        <v>823356.2</v>
+        <v>870297.0</v>
+      </c>
+      <c r="R119" s="14" t="n">
+        <v>875678.3</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B120" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C120" s="14" t="n">
-        <v>173.1</v>
+        <v>221.1</v>
       </c>
       <c r="D120" s="14" t="n">
+        <v>176.5</v>
+      </c>
+      <c r="E120" s="14" t="n">
         <v>185.8</v>
       </c>
-      <c r="E120" s="14" t="n">
+      <c r="F120" s="14" t="n">
         <v>177.6</v>
       </c>
-      <c r="F120" s="14" t="n">
+      <c r="G120" s="14" t="n">
         <v>161.1</v>
       </c>
-      <c r="G120" s="14" t="n">
+      <c r="H120" s="14" t="n">
         <v>345.2</v>
       </c>
-      <c r="H120" s="14" t="n">
+      <c r="I120" s="14" t="n">
         <v>423.6</v>
       </c>
-      <c r="I120" s="14" t="n">
+      <c r="J120" s="14" t="n">
         <v>397.5</v>
       </c>
-      <c r="J120" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K120" s="14" t="n">
+        <v>435.6</v>
+      </c>
+      <c r="L120" s="14" t="n">
         <v>624.7</v>
       </c>
-      <c r="L120" s="14" t="n">
+      <c r="M120" s="14" t="n">
         <v>777.4</v>
       </c>
-      <c r="M120" s="14" t="n">
+      <c r="N120" s="14" t="n">
         <v>913.9</v>
       </c>
-      <c r="N120" s="14" t="n">
+      <c r="O120" s="14" t="n">
         <v>829.9</v>
       </c>
-      <c r="O120" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P120" s="14" t="n">
+        <v>716.6</v>
+      </c>
+      <c r="Q120" s="14" t="n">
         <v>730.5</v>
       </c>
-      <c r="Q120" s="14" t="n">
+      <c r="R120" s="14" t="n">
         <v>198.9</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B121" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C121" s="14" t="n">
-        <v>4878.8</v>
+        <v>5452.8</v>
       </c>
       <c r="D121" s="14" t="n">
+        <v>4929.7</v>
+      </c>
+      <c r="E121" s="14" t="n">
         <v>4872.9</v>
       </c>
-      <c r="E121" s="14" t="n">
+      <c r="F121" s="14" t="n">
         <v>4974.9</v>
       </c>
-      <c r="F121" s="14" t="n">
+      <c r="G121" s="14" t="n">
         <v>5591.5</v>
       </c>
-      <c r="G121" s="14" t="n">
+      <c r="H121" s="14" t="n">
         <v>5153.3</v>
       </c>
-      <c r="H121" s="14" t="n">
+      <c r="I121" s="14" t="n">
         <v>5504.4</v>
       </c>
-      <c r="I121" s="14" t="n">
+      <c r="J121" s="14" t="n">
         <v>4875.8</v>
       </c>
-      <c r="J121" s="14" t="n">
+      <c r="K121" s="14" t="n">
         <v>3856.4</v>
       </c>
-      <c r="K121" s="14" t="n">
+      <c r="L121" s="14" t="n">
         <v>3569.3</v>
       </c>
-      <c r="L121" s="14" t="n">
+      <c r="M121" s="14" t="n">
         <v>3851.1</v>
       </c>
-      <c r="M121" s="14" t="n">
+      <c r="N121" s="14" t="n">
         <v>5679.2</v>
       </c>
-      <c r="N121" s="14" t="n">
+      <c r="O121" s="14" t="n">
         <v>7521.5</v>
       </c>
-      <c r="O121" s="14" t="n">
+      <c r="P121" s="14" t="n">
         <v>6697.2</v>
       </c>
-      <c r="P121" s="14" t="n">
+      <c r="Q121" s="14" t="n">
         <v>5242.2</v>
       </c>
-      <c r="Q121" s="14" t="n">
+      <c r="R121" s="14" t="n">
         <v>8067.6</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C122" s="14" t="n">
-        <v>3632.9</v>
+        <v>2966.6</v>
       </c>
       <c r="D122" s="14" t="n">
+        <v>3569.1</v>
+      </c>
+      <c r="E122" s="14" t="n">
         <v>3533.5</v>
       </c>
-      <c r="E122" s="14" t="n">
+      <c r="F122" s="14" t="n">
         <v>3060.0</v>
       </c>
-      <c r="F122" s="14" t="n">
+      <c r="G122" s="14" t="n">
         <v>2459.5</v>
       </c>
-      <c r="G122" s="14" t="n">
+      <c r="H122" s="14" t="n">
         <v>2445.5</v>
       </c>
-      <c r="H122" s="14" t="n">
+      <c r="I122" s="14" t="n">
         <v>2417.9</v>
       </c>
-      <c r="I122" s="14" t="n">
+      <c r="J122" s="14" t="n">
         <v>2069.3</v>
       </c>
-      <c r="J122" s="14" t="n">
+      <c r="K122" s="14" t="n">
         <v>1971.6</v>
       </c>
-      <c r="K122" s="14" t="n">
+      <c r="L122" s="14" t="n">
         <v>2137.2</v>
       </c>
-      <c r="L122" s="14" t="n">
+      <c r="M122" s="14" t="n">
         <v>2202.1</v>
       </c>
-      <c r="M122" s="14" t="n">
+      <c r="N122" s="14" t="n">
         <v>506.5</v>
       </c>
-      <c r="N122" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O122" s="14" t="n">
+        <v>471.4</v>
+      </c>
+      <c r="P122" s="14" t="n">
         <v>274.7</v>
       </c>
-      <c r="P122" s="14" t="n">
+      <c r="Q122" s="14" t="n">
         <v>87.0</v>
       </c>
-      <c r="Q122" s="14" t="n">
+      <c r="R122" s="14" t="n">
         <v>122.9</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C123" s="14" t="n">
-        <v>2287.7</v>
+        <v>2906.1</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>2256.6</v>
+        <v>2806.3</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>2201.9</v>
+        <v>2833.2</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>2059.5</v>
+        <v>2692.4</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>2378.0</v>
+        <v>2595.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>2543.8</v>
+        <v>2750.8</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>2308.8</v>
+        <v>2720.9</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>2505.2</v>
+        <v>2289.2</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>2319.0</v>
+        <v>2390.6</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>2308.2</v>
+        <v>2297.7</v>
       </c>
       <c r="M123" s="14" t="n">
+        <v>2249.2</v>
+      </c>
+      <c r="N123" s="14" t="n">
         <v>2282.5</v>
       </c>
-      <c r="N123" s="14" t="n">
+      <c r="O123" s="14" t="n">
         <v>2244.4</v>
       </c>
-      <c r="O123" s="14" t="n">
+      <c r="P123" s="14" t="n">
         <v>2271.1</v>
       </c>
-      <c r="P123" s="14" t="n">
+      <c r="Q123" s="14" t="n">
         <v>2272.1</v>
       </c>
-      <c r="Q123" s="14" t="n">
-        <v>2130.4</v>
+      <c r="R123" s="14" t="n">
+        <v>2130.5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B124" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C124" s="14" t="n">
-        <v>897.1</v>
+        <v>1062.1</v>
       </c>
       <c r="D124" s="14" t="n">
+        <v>913.0</v>
+      </c>
+      <c r="E124" s="14" t="n">
         <v>825.7</v>
       </c>
-      <c r="E124" s="14" t="n">
+      <c r="F124" s="14" t="n">
         <v>831.3</v>
       </c>
-      <c r="F124" s="14" t="n">
+      <c r="G124" s="14" t="n">
         <v>1011.9</v>
       </c>
-      <c r="G124" s="14" t="n">
+      <c r="H124" s="14" t="n">
         <v>785.2</v>
       </c>
-      <c r="H124" s="14" t="n">
+      <c r="I124" s="14" t="n">
         <v>776.1</v>
       </c>
-      <c r="I124" s="14" t="n">
+      <c r="J124" s="14" t="n">
         <v>651.9</v>
       </c>
-      <c r="J124" s="14" t="n">
+      <c r="K124" s="14" t="n">
         <v>569.2</v>
       </c>
-      <c r="K124" s="14" t="n">
+      <c r="L124" s="14" t="n">
         <v>238.5</v>
       </c>
-      <c r="L124" s="14" t="n">
+      <c r="M124" s="14" t="n">
         <v>356.5</v>
       </c>
-      <c r="M124" s="14" t="n">
+      <c r="N124" s="14" t="n">
         <v>453.9</v>
       </c>
-      <c r="N124" s="14" t="n">
+      <c r="O124" s="14" t="n">
         <v>419.6</v>
       </c>
-      <c r="O124" s="14" t="n">
+      <c r="P124" s="14" t="n">
         <v>396.7</v>
       </c>
-      <c r="P124" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q124" s="14" t="n">
+        <v>509.3</v>
+      </c>
+      <c r="R124" s="14" t="n">
         <v>628.9</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C125" s="14" t="n">
-        <v>788.5</v>
+        <v>458.4</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>740.7</v>
+        <v>475.8</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>614.4</v>
+        <v>421.4</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>703.4</v>
+        <v>311.4</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>649.3</v>
+        <v>424.3</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>661.8</v>
+        <v>403.7</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>626.2</v>
+        <v>380.7</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>553.1</v>
+        <v>359.1</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>528.5</v>
+        <v>329.8</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>548.3</v>
+        <v>309.1</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>567.6</v>
+        <v>338.8</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>594.1</v>
+        <v>365.7</v>
       </c>
       <c r="O125" s="14" t="n">
-        <v>604.2</v>
+        <v>405.1</v>
       </c>
       <c r="P125" s="14" t="n">
-        <v>806.5</v>
+        <v>428.4</v>
       </c>
       <c r="Q125" s="14" t="n">
-        <v>740.5</v>
+        <v>439.0</v>
+      </c>
+      <c r="R125" s="14" t="n">
+        <v>485.6</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C126" s="14" t="n">
-        <v>561.1</v>
+        <v>541.9</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>524.9</v>
+        <v>542.3</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>441.4</v>
+        <v>510.3</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>481.7</v>
+        <v>428.1</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>448.7</v>
+        <v>465.5</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>440.9</v>
+        <v>433.4</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>391.2</v>
+        <v>425.7</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>365.0</v>
+        <v>380.9</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>325.8</v>
+        <v>357.5</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>307.2</v>
+        <v>319.7</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>318.3</v>
+        <v>298.7</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>319.1</v>
+        <v>305.5</v>
       </c>
       <c r="O126" s="14" t="n">
-        <v>312.5</v>
+        <v>306.8</v>
       </c>
       <c r="P126" s="14" t="n">
-        <v>309.5</v>
+        <v>297.3</v>
       </c>
       <c r="Q126" s="14" t="n">
-        <v>304.9</v>
+        <v>292.0</v>
+      </c>
+      <c r="R126" s="14" t="n">
+        <v>285.5</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C127" s="14" t="n">
-        <v>12936.1</v>
+        <v>6412.8</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>12603.5</v>
+        <v>6178.6</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>11988.7</v>
+        <v>5626.6</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>13074.6</v>
+        <v>4948.9</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>13134.9</v>
+        <v>5941.3</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>13089.8</v>
+        <v>5903.7</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>13114.9</v>
+        <v>5789.7</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>16715.0</v>
+        <v>5752.5</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>17006.9</v>
+        <v>6247.6</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>17411.1</v>
+        <v>6385.4</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>17657.5</v>
+        <v>6891.1</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>18623.7</v>
+        <v>7025.2</v>
       </c>
       <c r="O127" s="14" t="n">
-        <v>18809.9</v>
+        <v>8150.4</v>
       </c>
       <c r="P127" s="14" t="n">
-        <v>19759.3</v>
+        <v>8228.3</v>
       </c>
       <c r="Q127" s="14" t="n">
-        <v>18423.4</v>
+        <v>9205.4</v>
+      </c>
+      <c r="R127" s="14" t="n">
+        <v>9483.2</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B128" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C128" s="14" t="n">
-        <v>834749.1</v>
+        <v>824354.4</v>
       </c>
       <c r="D128" s="14" t="n">
-        <v>863091.1</v>
+        <v>831288.6</v>
       </c>
       <c r="E128" s="14" t="n">
-        <v>874945.6</v>
+        <v>927742.6</v>
       </c>
       <c r="F128" s="14" t="n">
-        <v>863348.5</v>
+        <v>930527.8</v>
       </c>
       <c r="G128" s="14" t="n">
-        <v>880046.3</v>
+        <v>920316.8</v>
       </c>
       <c r="H128" s="14" t="n">
-        <v>893222.1</v>
+        <v>940934.4</v>
       </c>
       <c r="I128" s="14" t="n">
-        <v>869062.6</v>
+        <v>956466.5</v>
       </c>
       <c r="J128" s="14" t="n">
-        <v>871078.9</v>
+        <v>933280.3</v>
       </c>
       <c r="K128" s="14" t="n">
-        <v>869330.3</v>
+        <v>941317.3</v>
       </c>
       <c r="L128" s="14" t="n">
-        <v>832122.4</v>
+        <v>938298.9</v>
       </c>
       <c r="M128" s="14" t="n">
-        <v>826894.8</v>
+        <v>892064.8</v>
       </c>
       <c r="N128" s="14" t="n">
-        <v>834320.4</v>
+        <v>877024.6</v>
       </c>
       <c r="O128" s="14" t="n">
-        <v>856355.0</v>
+        <v>882530.2</v>
       </c>
       <c r="P128" s="14" t="n">
-        <v>847104.5</v>
+        <v>910728.7</v>
       </c>
       <c r="Q128" s="14" t="n">
-        <v>853973.7</v>
+        <v>889074.4</v>
+      </c>
+      <c r="R128" s="14" t="n">
+        <v>897081.4</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="6" t="inlineStr">
         <is>
           <t>3.- PRO3- Gases precursores de ozono troposférico (toneladas de COVNM equivalentes)</t>
         </is>
       </c>
       <c r="B129" s="6"/>
       <c r="C129" s="6"/>
       <c r="D129" s="6"/>
       <c r="E129" s="6"/>
       <c r="F129" s="6"/>
       <c r="G129" s="6"/>
       <c r="H129" s="6"/>
       <c r="I129" s="6"/>
       <c r="J129" s="6"/>
       <c r="K129" s="6"/>
       <c r="L129" s="6"/>
       <c r="M129" s="6"/>
       <c r="N129" s="6"/>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
       <c r="Q129" s="6"/>
+      <c r="R129" s="6"/>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C130" s="14" t="n">
-        <v>482541.4</v>
+        <v>431726.1</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>486632.9</v>
+        <v>429252.7</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>485766.3</v>
+        <v>509061.3</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>455133.8</v>
+        <v>506710.9</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>517616.9</v>
+        <v>483364.9</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>466639.7</v>
+        <v>542574.3</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>473430.9</v>
+        <v>495192.7</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>489668.2</v>
+        <v>508071.0</v>
       </c>
       <c r="K130" s="14" t="n">
-        <v>470543.2</v>
+        <v>521999.9</v>
       </c>
       <c r="L130" s="14" t="n">
-        <v>516425.8</v>
+        <v>509315.8</v>
       </c>
       <c r="M130" s="14" t="n">
-        <v>447594.0</v>
+        <v>525351.7</v>
       </c>
       <c r="N130" s="14" t="n">
-        <v>511051.0</v>
+        <v>459624.2</v>
       </c>
       <c r="O130" s="14" t="n">
-        <v>516027.4</v>
+        <v>517818.6</v>
       </c>
       <c r="P130" s="14" t="n">
-        <v>501007.5</v>
+        <v>518842.3</v>
       </c>
       <c r="Q130" s="14" t="n">
-        <v>485449.8</v>
+        <v>502188.7</v>
+      </c>
+      <c r="R130" s="14" t="n">
+        <v>485752.6</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C131" s="14" t="n">
-        <v>3623.1</v>
+        <v>4199.1</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>4719.5</v>
+        <v>3625.9</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>4291.8</v>
+        <v>4605.0</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>5628.3</v>
+        <v>4111.6</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>6531.7</v>
+        <v>5700.4</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>6752.7</v>
+        <v>6489.3</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>6513.0</v>
+        <v>6581.2</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>5851.7</v>
+        <v>6392.3</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>9072.2</v>
+        <v>5846.8</v>
       </c>
       <c r="L131" s="14" t="n">
-        <v>10437.1</v>
+        <v>9007.9</v>
       </c>
       <c r="M131" s="14" t="n">
-        <v>11390.6</v>
+        <v>10407.9</v>
       </c>
       <c r="N131" s="14" t="n">
-        <v>11832.4</v>
+        <v>11410.7</v>
       </c>
       <c r="O131" s="14" t="n">
-        <v>14870.8</v>
+        <v>11863.9</v>
       </c>
       <c r="P131" s="14" t="n">
-        <v>15291.8</v>
+        <v>14898.1</v>
       </c>
       <c r="Q131" s="14" t="n">
-        <v>16451.0</v>
+        <v>15294.9</v>
+      </c>
+      <c r="R131" s="14" t="n">
+        <v>16448.8</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C132" s="14" t="n">
-        <v>361003.3</v>
+        <v>354647.5</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>386238.1</v>
+        <v>365844.0</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>367242.7</v>
+        <v>383680.6</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>412935.2</v>
+        <v>365514.1</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>419301.8</v>
+        <v>410825.4</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>421502.4</v>
+        <v>419421.7</v>
       </c>
       <c r="I132" s="14" t="n">
-        <v>407155.5</v>
+        <v>421626.7</v>
       </c>
       <c r="J132" s="14" t="n">
-        <v>402792.3</v>
+        <v>407311.9</v>
       </c>
       <c r="K132" s="14" t="n">
-        <v>384213.5</v>
+        <v>402819.1</v>
       </c>
       <c r="L132" s="14" t="n">
-        <v>386621.7</v>
+        <v>384117.9</v>
       </c>
       <c r="M132" s="14" t="n">
-        <v>428786.0</v>
+        <v>389031.2</v>
       </c>
       <c r="N132" s="14" t="n">
-        <v>460476.8</v>
+        <v>428679.8</v>
       </c>
       <c r="O132" s="14" t="n">
-        <v>485489.4</v>
+        <v>460382.0</v>
       </c>
       <c r="P132" s="14" t="n">
-        <v>489143.6</v>
+        <v>485367.2</v>
       </c>
       <c r="Q132" s="14" t="n">
-        <v>556017.3</v>
+        <v>489172.8</v>
+      </c>
+      <c r="R132" s="14" t="n">
+        <v>555873.4</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B133" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C133" s="14" t="n">
-        <v>87243.4</v>
+        <v>78179.1</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>82716.8</v>
+        <v>87139.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>82275.5</v>
+        <v>82775.5</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>101210.9</v>
+        <v>82131.7</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>125720.3</v>
+        <v>101060.8</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>161423.7</v>
+        <v>125608.7</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>164690.8</v>
+        <v>161271.2</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>203283.4</v>
+        <v>164664.2</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>187624.7</v>
+        <v>203290.6</v>
       </c>
       <c r="L133" s="14" t="n">
-        <v>175277.1</v>
+        <v>187614.7</v>
       </c>
       <c r="M133" s="14" t="n">
+        <v>175287.5</v>
+      </c>
+      <c r="N133" s="14" t="n">
         <v>227631.6</v>
       </c>
-      <c r="N133" s="14" t="n">
+      <c r="O133" s="14" t="n">
         <v>212063.0</v>
       </c>
-      <c r="O133" s="14" t="n">
+      <c r="P133" s="14" t="n">
         <v>146833.3</v>
       </c>
-      <c r="P133" s="14" t="n">
+      <c r="Q133" s="14" t="n">
         <v>213070.0</v>
       </c>
-      <c r="Q133" s="14" t="n">
+      <c r="R133" s="14" t="n">
         <v>261920.4</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B134" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C134" s="14" t="n">
-        <v>19851.3</v>
+        <v>18883.9</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>20623.2</v>
+        <v>20335.9</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>19553.5</v>
+        <v>20700.8</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>20551.6</v>
+        <v>19506.1</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>21324.0</v>
+        <v>20518.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>21524.9</v>
+        <v>21245.3</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>21752.6</v>
+        <v>21481.8</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>21690.0</v>
+        <v>21703.7</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>21148.9</v>
+        <v>21676.0</v>
       </c>
       <c r="L134" s="14" t="n">
-        <v>22639.6</v>
+        <v>21136.9</v>
       </c>
       <c r="M134" s="14" t="n">
-        <v>24395.8</v>
+        <v>22646.6</v>
       </c>
       <c r="N134" s="14" t="n">
-        <v>22375.2</v>
+        <v>24434.9</v>
       </c>
       <c r="O134" s="14" t="n">
-        <v>22180.3</v>
+        <v>22413.0</v>
       </c>
       <c r="P134" s="14" t="n">
-        <v>23901.8</v>
+        <v>22217.2</v>
       </c>
       <c r="Q134" s="14" t="n">
-        <v>24663.2</v>
+        <v>23948.3</v>
+      </c>
+      <c r="R134" s="14" t="n">
+        <v>24690.1</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C135" s="14" t="n">
-        <v>31147.2</v>
+        <v>29795.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>33548.2</v>
+        <v>30551.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>31898.6</v>
+        <v>32965.5</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>39618.8</v>
+        <v>31292.8</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>38742.6</v>
+        <v>38943.5</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>38111.3</v>
+        <v>38661.5</v>
       </c>
       <c r="I135" s="14" t="n">
-        <v>37593.4</v>
+        <v>38010.7</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>37120.7</v>
+        <v>37500.7</v>
       </c>
       <c r="K135" s="14" t="n">
-        <v>33554.5</v>
+        <v>37027.9</v>
       </c>
       <c r="L135" s="14" t="n">
-        <v>35046.4</v>
+        <v>33558.5</v>
       </c>
       <c r="M135" s="14" t="n">
-        <v>39515.7</v>
+        <v>35105.0</v>
       </c>
       <c r="N135" s="14" t="n">
-        <v>46456.4</v>
+        <v>39517.0</v>
       </c>
       <c r="O135" s="14" t="n">
-        <v>55014.7</v>
+        <v>46459.4</v>
       </c>
       <c r="P135" s="14" t="n">
-        <v>64080.6</v>
+        <v>55015.3</v>
       </c>
       <c r="Q135" s="14" t="n">
-        <v>81948.4</v>
+        <v>64090.3</v>
+      </c>
+      <c r="R135" s="14" t="n">
+        <v>81948.8</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C136" s="14" t="n">
-        <v>80772.7</v>
+        <v>58216.9</v>
       </c>
       <c r="D136" s="14" t="n">
-        <v>80022.8</v>
+        <v>79784.4</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>68598.4</v>
+        <v>79855.4</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>82683.3</v>
+        <v>68348.4</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>83661.2</v>
+        <v>82466.6</v>
       </c>
       <c r="H136" s="14" t="n">
-        <v>81227.8</v>
+        <v>83503.4</v>
       </c>
       <c r="I136" s="14" t="n">
-        <v>78841.5</v>
+        <v>81148.1</v>
       </c>
       <c r="J136" s="14" t="n">
-        <v>78351.4</v>
+        <v>78840.6</v>
       </c>
       <c r="K136" s="14" t="n">
-        <v>74654.4</v>
+        <v>78403.7</v>
       </c>
       <c r="L136" s="14" t="n">
-        <v>76781.6</v>
+        <v>74723.4</v>
       </c>
       <c r="M136" s="14" t="n">
-        <v>83921.2</v>
+        <v>76824.6</v>
       </c>
       <c r="N136" s="14" t="n">
-        <v>90685.2</v>
+        <v>84210.8</v>
       </c>
       <c r="O136" s="14" t="n">
-        <v>92184.3</v>
+        <v>90973.4</v>
       </c>
       <c r="P136" s="14" t="n">
-        <v>91766.7</v>
+        <v>92574.9</v>
       </c>
       <c r="Q136" s="14" t="n">
-        <v>100853.0</v>
+        <v>92195.3</v>
+      </c>
+      <c r="R136" s="14" t="n">
+        <v>101134.1</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C137" s="14" t="n">
-        <v>158470.7</v>
+        <v>201605.4</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>140246.0</v>
+        <v>205256.4</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>126194.1</v>
+        <v>181144.1</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>203047.5</v>
+        <v>162654.2</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>208212.0</v>
+        <v>246747.7</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>215089.9</v>
+        <v>252965.5</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>214192.3</v>
+        <v>257179.1</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>222598.3</v>
+        <v>262614.4</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>225530.1</v>
+        <v>268661.3</v>
       </c>
       <c r="L137" s="14" t="n">
-        <v>232898.5</v>
+        <v>274836.6</v>
       </c>
       <c r="M137" s="14" t="n">
-        <v>261493.0</v>
+        <v>271994.3</v>
       </c>
       <c r="N137" s="14" t="n">
-        <v>284809.0</v>
+        <v>295930.4</v>
       </c>
       <c r="O137" s="14" t="n">
-        <v>307947.3</v>
+        <v>316541.1</v>
       </c>
       <c r="P137" s="14" t="n">
-        <v>321636.7</v>
+        <v>330552.8</v>
       </c>
       <c r="Q137" s="14" t="n">
-        <v>372830.6</v>
+        <v>343520.3</v>
+      </c>
+      <c r="R137" s="14" t="n">
+        <v>385325.2</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C138" s="14" t="n">
-        <v>363947.2</v>
+        <v>323898.4</v>
       </c>
       <c r="D138" s="14" t="n">
-        <v>374647.8</v>
+        <v>328932.7</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>409438.0</v>
+        <v>358390.2</v>
       </c>
       <c r="F138" s="14" t="n">
-        <v>408527.9</v>
+        <v>377104.7</v>
       </c>
       <c r="G138" s="14" t="n">
-        <v>441474.1</v>
+        <v>389084.4</v>
       </c>
       <c r="H138" s="14" t="n">
-        <v>436669.4</v>
+        <v>399681.4</v>
       </c>
       <c r="I138" s="14" t="n">
-        <v>433643.7</v>
+        <v>381643.9</v>
       </c>
       <c r="J138" s="14" t="n">
-        <v>455763.7</v>
+        <v>385429.7</v>
       </c>
       <c r="K138" s="14" t="n">
-        <v>460496.0</v>
+        <v>448090.7</v>
       </c>
       <c r="L138" s="14" t="n">
-        <v>466470.5</v>
+        <v>448077.7</v>
       </c>
       <c r="M138" s="14" t="n">
-        <v>476190.6</v>
+        <v>449039.3</v>
       </c>
       <c r="N138" s="14" t="n">
-        <v>493910.1</v>
+        <v>457262.6</v>
       </c>
       <c r="O138" s="14" t="n">
-        <v>520038.7</v>
+        <v>473186.2</v>
       </c>
       <c r="P138" s="14" t="n">
-        <v>530539.7</v>
+        <v>497958.7</v>
       </c>
       <c r="Q138" s="14" t="n">
-        <v>531276.9</v>
+        <v>506777.8</v>
+      </c>
+      <c r="R138" s="14" t="n">
+        <v>505918.5</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B139" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C139" s="14" t="n">
-        <v>1588600.2</v>
+        <v>1501151.3</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>1609395.4</v>
+        <v>1550721.9</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>1595258.9</v>
+        <v>1653178.2</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>1729337.2</v>
+        <v>1617374.4</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>1862584.5</v>
+        <v>1778711.6</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>1848941.8</v>
+        <v>1890151.1</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>1837813.8</v>
+        <v>1864135.3</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>1917119.6</v>
+        <v>1872528.4</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>1866837.4</v>
+        <v>1987816.0</v>
       </c>
       <c r="L139" s="14" t="n">
-        <v>1922598.4</v>
+        <v>1942389.4</v>
       </c>
       <c r="M139" s="14" t="n">
-        <v>2000918.4</v>
+        <v>1955688.1</v>
       </c>
       <c r="N139" s="14" t="n">
-        <v>2133658.9</v>
+        <v>2028702.0</v>
       </c>
       <c r="O139" s="14" t="n">
-        <v>2160586.2</v>
+        <v>2151700.5</v>
       </c>
       <c r="P139" s="14" t="n">
-        <v>2250438.6</v>
+        <v>2164259.6</v>
       </c>
       <c r="Q139" s="14" t="n">
-        <v>2431410.5</v>
+        <v>2250258.4</v>
+      </c>
+      <c r="R139" s="14" t="n">
+        <v>2419011.8</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
           <t>3.1- COVNM - Compuestos orgánicos volátiles no metánicos (toneladas)</t>
         </is>
       </c>
       <c r="B140" s="6"/>
       <c r="C140" s="6"/>
       <c r="D140" s="6"/>
       <c r="E140" s="6"/>
       <c r="F140" s="6"/>
       <c r="G140" s="6"/>
       <c r="H140" s="6"/>
       <c r="I140" s="6"/>
       <c r="J140" s="6"/>
       <c r="K140" s="6"/>
       <c r="L140" s="6"/>
       <c r="M140" s="6"/>
       <c r="N140" s="6"/>
       <c r="O140" s="6"/>
       <c r="P140" s="6"/>
       <c r="Q140" s="6"/>
+      <c r="R140" s="6"/>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C141" s="14" t="n">
-        <v>135821.1</v>
+        <v>141928.2</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>138406.6</v>
+        <v>140011.0</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>137168.6</v>
+        <v>144829.1</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>134124.2</v>
+        <v>141872.4</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>138306.1</v>
+        <v>137888.6</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>133831.4</v>
+        <v>140453.9</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>134413.5</v>
+        <v>134699.0</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>134134.2</v>
+        <v>134526.4</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>130791.7</v>
+        <v>133811.9</v>
       </c>
       <c r="L141" s="14" t="n">
-        <v>131686.1</v>
+        <v>130413.2</v>
       </c>
       <c r="M141" s="14" t="n">
-        <v>127188.8</v>
+        <v>130483.6</v>
       </c>
       <c r="N141" s="14" t="n">
-        <v>131929.3</v>
+        <v>126382.3</v>
       </c>
       <c r="O141" s="14" t="n">
-        <v>132091.1</v>
+        <v>131044.0</v>
       </c>
       <c r="P141" s="14" t="n">
-        <v>125009.3</v>
+        <v>130852.7</v>
       </c>
       <c r="Q141" s="14" t="n">
-        <v>126089.5</v>
+        <v>123773.0</v>
+      </c>
+      <c r="R141" s="14" t="n">
+        <v>124894.5</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C142" s="14" t="n">
-        <v>967.9</v>
+        <v>1293.3</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>1176.5</v>
+        <v>1028.4</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>1142.4</v>
+        <v>1208.6</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>1201.3</v>
+        <v>1148.6</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>1208.5</v>
+        <v>1403.4</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>1239.0</v>
+        <v>1305.4</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>1188.7</v>
+        <v>1209.2</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>1170.7</v>
+        <v>1208.3</v>
       </c>
       <c r="K142" s="14" t="n">
-        <v>1619.8</v>
+        <v>1194.5</v>
       </c>
       <c r="L142" s="14" t="n">
-        <v>1823.8</v>
+        <v>1546.5</v>
       </c>
       <c r="M142" s="14" t="n">
-        <v>1634.1</v>
+        <v>1766.5</v>
       </c>
       <c r="N142" s="14" t="n">
-        <v>1536.4</v>
+        <v>1647.1</v>
       </c>
       <c r="O142" s="14" t="n">
-        <v>1915.2</v>
+        <v>1561.4</v>
       </c>
       <c r="P142" s="14" t="n">
-        <v>1798.9</v>
+        <v>1935.7</v>
       </c>
       <c r="Q142" s="14" t="n">
-        <v>2145.9</v>
+        <v>1796.7</v>
+      </c>
+      <c r="R142" s="14" t="n">
+        <v>2137.9</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C143" s="14" t="n">
-        <v>200538.7</v>
+        <v>200664.8</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>202706.9</v>
+        <v>205766.2</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>198224.8</v>
+        <v>200493.5</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>214025.5</v>
+        <v>196322.1</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>216699.4</v>
+        <v>211737.2</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>219470.2</v>
+        <v>216640.2</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>210860.3</v>
+        <v>219406.6</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>204859.4</v>
+        <v>210808.9</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>193136.1</v>
+        <v>204789.9</v>
       </c>
       <c r="L143" s="14" t="n">
-        <v>190278.2</v>
+        <v>193026.1</v>
       </c>
       <c r="M143" s="14" t="n">
-        <v>203982.3</v>
+        <v>190293.1</v>
       </c>
       <c r="N143" s="14" t="n">
-        <v>215665.0</v>
+        <v>203877.1</v>
       </c>
       <c r="O143" s="14" t="n">
-        <v>226035.3</v>
+        <v>215534.4</v>
       </c>
       <c r="P143" s="14" t="n">
-        <v>230941.3</v>
+        <v>225913.8</v>
       </c>
       <c r="Q143" s="14" t="n">
-        <v>249487.1</v>
+        <v>230822.9</v>
+      </c>
+      <c r="R143" s="14" t="n">
+        <v>249342.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B144" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C144" s="14" t="n">
-        <v>8253.6</v>
+        <v>6324.2</v>
       </c>
       <c r="D144" s="14" t="n">
-        <v>8039.7</v>
+        <v>8247.0</v>
       </c>
       <c r="E144" s="14" t="n">
-        <v>7040.1</v>
+        <v>8175.7</v>
       </c>
       <c r="F144" s="14" t="n">
+        <v>7040.2</v>
+      </c>
+      <c r="G144" s="14" t="n">
         <v>6626.3</v>
       </c>
-      <c r="G144" s="14" t="n">
+      <c r="H144" s="14" t="n">
         <v>6848.2</v>
       </c>
-      <c r="H144" s="14" t="n">
+      <c r="I144" s="14" t="n">
         <v>6613.6</v>
       </c>
-      <c r="I144" s="14" t="n">
+      <c r="J144" s="14" t="n">
         <v>6549.8</v>
       </c>
-      <c r="J144" s="14" t="n">
+      <c r="K144" s="14" t="n">
         <v>5990.1</v>
       </c>
-      <c r="K144" s="14" t="n">
+      <c r="L144" s="14" t="n">
         <v>6188.2</v>
       </c>
-      <c r="L144" s="14" t="n">
+      <c r="M144" s="14" t="n">
         <v>6115.1</v>
       </c>
-      <c r="M144" s="14" t="n">
+      <c r="N144" s="14" t="n">
         <v>5318.2</v>
       </c>
-      <c r="N144" s="14" t="n">
+      <c r="O144" s="14" t="n">
         <v>5726.0</v>
       </c>
-      <c r="O144" s="14" t="n">
+      <c r="P144" s="14" t="n">
         <v>5170.1</v>
       </c>
-      <c r="P144" s="14" t="n">
+      <c r="Q144" s="14" t="n">
         <v>4524.7</v>
       </c>
-      <c r="Q144" s="14" t="n">
+      <c r="R144" s="14" t="n">
         <v>5398.4</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C145" s="14" t="n">
-        <v>7420.0</v>
+        <v>7323.9</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>7701.9</v>
+        <v>7618.8</v>
       </c>
       <c r="E145" s="14" t="n">
+        <v>7702.0</v>
+      </c>
+      <c r="F145" s="14" t="n">
         <v>7141.5</v>
       </c>
-      <c r="F145" s="14" t="n">
+      <c r="G145" s="14" t="n">
         <v>7359.2</v>
       </c>
-      <c r="G145" s="14" t="n">
+      <c r="H145" s="14" t="n">
         <v>7621.9</v>
       </c>
-      <c r="H145" s="14" t="n">
+      <c r="I145" s="14" t="n">
         <v>7605.0</v>
       </c>
-      <c r="I145" s="14" t="n">
+      <c r="J145" s="14" t="n">
         <v>7970.0</v>
       </c>
-      <c r="J145" s="14" t="n">
+      <c r="K145" s="14" t="n">
         <v>7822.5</v>
       </c>
-      <c r="K145" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L145" s="14" t="n">
-        <v>7740.9</v>
+        <v>7274.7</v>
       </c>
       <c r="M145" s="14" t="n">
-        <v>7484.6</v>
+        <v>7750.0</v>
       </c>
       <c r="N145" s="14" t="n">
-        <v>5097.8</v>
+        <v>7519.3</v>
       </c>
       <c r="O145" s="14" t="n">
-        <v>4907.2</v>
+        <v>5133.0</v>
       </c>
       <c r="P145" s="14" t="n">
-        <v>5607.0</v>
+        <v>4940.6</v>
       </c>
       <c r="Q145" s="14" t="n">
-        <v>5415.0</v>
+        <v>5641.4</v>
+      </c>
+      <c r="R145" s="14" t="n">
+        <v>5443.3</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C146" s="14" t="n">
-        <v>15994.3</v>
+        <v>16071.7</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>17565.1</v>
+        <v>15776.6</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>16888.4</v>
+        <v>17032.4</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>19028.8</v>
+        <v>16353.9</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>18340.2</v>
+        <v>18420.8</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>18094.6</v>
+        <v>18311.6</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>17724.2</v>
+        <v>18058.2</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>17481.7</v>
+        <v>17692.6</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>15503.2</v>
+        <v>17448.7</v>
       </c>
       <c r="L146" s="14" t="n">
-        <v>16098.4</v>
+        <v>15506.3</v>
       </c>
       <c r="M146" s="14" t="n">
-        <v>17435.1</v>
+        <v>16102.8</v>
       </c>
       <c r="N146" s="14" t="n">
-        <v>21329.4</v>
+        <v>17436.4</v>
       </c>
       <c r="O146" s="14" t="n">
-        <v>24709.7</v>
+        <v>21330.5</v>
       </c>
       <c r="P146" s="14" t="n">
-        <v>27549.8</v>
+        <v>24710.1</v>
       </c>
       <c r="Q146" s="14" t="n">
-        <v>37287.3</v>
+        <v>27550.6</v>
+      </c>
+      <c r="R146" s="14" t="n">
+        <v>37287.5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C147" s="14" t="n">
-        <v>21932.3</v>
+        <v>10401.2</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>20827.5</v>
+        <v>21456.6</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>16725.1</v>
+        <v>20407.7</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>19608.0</v>
+        <v>16299.6</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>18602.9</v>
+        <v>19223.7</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>17541.8</v>
+        <v>18278.9</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>16848.6</v>
+        <v>17244.7</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>16357.6</v>
+        <v>16570.1</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>16386.3</v>
+        <v>16133.5</v>
       </c>
       <c r="L147" s="14" t="n">
-        <v>16483.3</v>
+        <v>16168.0</v>
       </c>
       <c r="M147" s="14" t="n">
-        <v>18667.2</v>
+        <v>16268.5</v>
       </c>
       <c r="N147" s="14" t="n">
-        <v>19563.5</v>
+        <v>18609.1</v>
       </c>
       <c r="O147" s="14" t="n">
-        <v>21164.7</v>
+        <v>19551.7</v>
       </c>
       <c r="P147" s="14" t="n">
-        <v>22738.9</v>
+        <v>21157.1</v>
       </c>
       <c r="Q147" s="14" t="n">
-        <v>25136.9</v>
+        <v>22730.2</v>
+      </c>
+      <c r="R147" s="14" t="n">
+        <v>25122.7</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C148" s="14" t="n">
-        <v>6584.6</v>
+        <v>8301.3</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>5767.2</v>
+        <v>12282.9</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>4808.7</v>
+        <v>11133.5</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>7002.2</v>
+        <v>9655.0</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>6892.3</v>
+        <v>13240.4</v>
       </c>
       <c r="H148" s="14" t="n">
-        <v>6843.5</v>
+        <v>13184.8</v>
       </c>
       <c r="I148" s="14" t="n">
-        <v>6178.1</v>
+        <v>12978.9</v>
       </c>
       <c r="J148" s="14" t="n">
-        <v>5970.6</v>
+        <v>12825.4</v>
       </c>
       <c r="K148" s="14" t="n">
-        <v>5621.3</v>
+        <v>12692.2</v>
       </c>
       <c r="L148" s="14" t="n">
-        <v>6361.6</v>
+        <v>12353.6</v>
       </c>
       <c r="M148" s="14" t="n">
-        <v>7473.9</v>
+        <v>12681.0</v>
       </c>
       <c r="N148" s="14" t="n">
-        <v>7675.4</v>
+        <v>13621.3</v>
       </c>
       <c r="O148" s="14" t="n">
-        <v>8503.4</v>
+        <v>14375.7</v>
       </c>
       <c r="P148" s="14" t="n">
-        <v>8880.8</v>
+        <v>15069.1</v>
       </c>
       <c r="Q148" s="14" t="n">
-        <v>10688.0</v>
+        <v>15494.8</v>
+      </c>
+      <c r="R148" s="14" t="n">
+        <v>17408.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C149" s="14" t="n">
-        <v>163430.7</v>
+        <v>126482.8</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>164644.7</v>
+        <v>126997.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>207213.7</v>
+        <v>150047.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>162061.9</v>
+        <v>175042.2</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>182915.7</v>
+        <v>143026.0</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>176329.4</v>
+        <v>141561.7</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>169328.5</v>
+        <v>121837.2</v>
       </c>
       <c r="J149" s="14" t="n">
-        <v>177762.7</v>
+        <v>121531.9</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>181647.3</v>
+        <v>170444.1</v>
       </c>
       <c r="L149" s="14" t="n">
-        <v>185119.4</v>
+        <v>169532.6</v>
       </c>
       <c r="M149" s="14" t="n">
-        <v>189855.9</v>
+        <v>168037.2</v>
       </c>
       <c r="N149" s="14" t="n">
-        <v>194610.2</v>
+        <v>171112.0</v>
       </c>
       <c r="O149" s="14" t="n">
-        <v>201341.8</v>
+        <v>174062.2</v>
       </c>
       <c r="P149" s="14" t="n">
-        <v>206569.9</v>
+        <v>179273.2</v>
       </c>
       <c r="Q149" s="14" t="n">
-        <v>204529.6</v>
+        <v>182804.6</v>
+      </c>
+      <c r="R149" s="14" t="n">
+        <v>179167.4</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B150" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C150" s="14" t="n">
-        <v>560943.2</v>
+        <v>518791.4</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>566836.0</v>
+        <v>539184.5</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>596353.3</v>
+        <v>561029.5</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>571037.4</v>
+        <v>570875.3</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>597435.2</v>
+        <v>558925.6</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>587568.6</v>
+        <v>564206.6</v>
       </c>
       <c r="I150" s="14" t="n">
-        <v>571061.5</v>
+        <v>539652.5</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>571549.4</v>
+        <v>529683.4</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>558167.1</v>
+        <v>570327.4</v>
       </c>
       <c r="L150" s="14" t="n">
-        <v>561706.8</v>
+        <v>552009.2</v>
       </c>
       <c r="M150" s="14" t="n">
-        <v>579040.2</v>
+        <v>549497.7</v>
       </c>
       <c r="N150" s="14" t="n">
-        <v>603132.9</v>
+        <v>565522.8</v>
       </c>
       <c r="O150" s="14" t="n">
-        <v>625838.4</v>
+        <v>588319.0</v>
       </c>
       <c r="P150" s="14" t="n">
-        <v>633620.6</v>
+        <v>609022.4</v>
       </c>
       <c r="Q150" s="14" t="n">
-        <v>666177.7</v>
+        <v>615138.9</v>
+      </c>
+      <c r="R150" s="14" t="n">
+        <v>646201.6</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="6" t="inlineStr">
         <is>
           <t>3.2- NOx  - Óxidos de nitrógeno (toneladas de COVNM equivalentes)</t>
         </is>
       </c>
       <c r="B151" s="6"/>
       <c r="C151" s="6"/>
       <c r="D151" s="6"/>
       <c r="E151" s="6"/>
       <c r="F151" s="6"/>
       <c r="G151" s="6"/>
       <c r="H151" s="6"/>
       <c r="I151" s="6"/>
       <c r="J151" s="6"/>
       <c r="K151" s="6"/>
       <c r="L151" s="6"/>
       <c r="M151" s="6"/>
       <c r="N151" s="6"/>
       <c r="O151" s="6"/>
       <c r="P151" s="6"/>
       <c r="Q151" s="6"/>
+      <c r="R151" s="6"/>
     </row>
     <row r="152">
       <c r="A152" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C152" s="14" t="n">
-        <v>246533.3</v>
+        <v>221716.8</v>
       </c>
       <c r="D152" s="14" t="n">
-        <v>248135.1</v>
+        <v>220943.4</v>
       </c>
       <c r="E152" s="14" t="n">
-        <v>248493.7</v>
+        <v>265340.2</v>
       </c>
       <c r="F152" s="14" t="n">
-        <v>236354.1</v>
+        <v>267746.3</v>
       </c>
       <c r="G152" s="14" t="n">
-        <v>268875.0</v>
+        <v>261258.0</v>
       </c>
       <c r="H152" s="14" t="n">
-        <v>247026.4</v>
+        <v>294258.6</v>
       </c>
       <c r="I152" s="14" t="n">
-        <v>249874.9</v>
+        <v>276832.5</v>
       </c>
       <c r="J152" s="14" t="n">
-        <v>264638.7</v>
+        <v>287172.9</v>
       </c>
       <c r="K152" s="14" t="n">
-        <v>264991.6</v>
+        <v>298329.0</v>
       </c>
       <c r="L152" s="14" t="n">
-        <v>281544.9</v>
+        <v>300854.0</v>
       </c>
       <c r="M152" s="14" t="n">
-        <v>253830.8</v>
+        <v>293645.6</v>
       </c>
       <c r="N152" s="14" t="n">
-        <v>285929.2</v>
+        <v>266034.4</v>
       </c>
       <c r="O152" s="14" t="n">
-        <v>294718.8</v>
+        <v>293714.0</v>
       </c>
       <c r="P152" s="14" t="n">
-        <v>288875.8</v>
+        <v>300779.8</v>
       </c>
       <c r="Q152" s="14" t="n">
-        <v>280676.0</v>
+        <v>293805.6</v>
+      </c>
+      <c r="R152" s="14" t="n">
+        <v>284315.3</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B153" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C153" s="14" t="n">
-        <v>2493.6</v>
+        <v>2699.0</v>
       </c>
       <c r="D153" s="14" t="n">
-        <v>3330.2</v>
+        <v>2434.5</v>
       </c>
       <c r="E153" s="14" t="n">
-        <v>2943.6</v>
+        <v>3188.2</v>
       </c>
       <c r="F153" s="14" t="n">
-        <v>4198.9</v>
+        <v>2764.6</v>
       </c>
       <c r="G153" s="14" t="n">
-        <v>4985.6</v>
+        <v>4063.0</v>
       </c>
       <c r="H153" s="14" t="n">
-        <v>5147.0</v>
+        <v>4843.9</v>
       </c>
       <c r="I153" s="14" t="n">
-        <v>4971.7</v>
+        <v>5007.7</v>
       </c>
       <c r="J153" s="14" t="n">
-        <v>4330.6</v>
+        <v>4830.6</v>
       </c>
       <c r="K153" s="14" t="n">
+        <v>4292.2</v>
+      </c>
+      <c r="L153" s="14" t="n">
         <v>6795.5</v>
       </c>
-      <c r="L153" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M153" s="14" t="n">
-        <v>8962.2</v>
+        <v>7889.8</v>
       </c>
       <c r="N153" s="14" t="n">
-        <v>9501.2</v>
+        <v>8962.0</v>
       </c>
       <c r="O153" s="14" t="n">
-        <v>12033.3</v>
+        <v>9501.6</v>
       </c>
       <c r="P153" s="14" t="n">
-        <v>12531.5</v>
+        <v>12033.2</v>
       </c>
       <c r="Q153" s="14" t="n">
-        <v>13452.1</v>
+        <v>12532.7</v>
+      </c>
+      <c r="R153" s="14" t="n">
+        <v>13453.2</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B154" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C154" s="14" t="n">
-        <v>130342.6</v>
+        <v>126352.5</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>146606.8</v>
+        <v>129957.5</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>139539.3</v>
+        <v>146275.9</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>161027.7</v>
+        <v>139702.5</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>162199.4</v>
+        <v>161196.5</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>160760.2</v>
+        <v>162371.1</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>157117.6</v>
+        <v>160940.4</v>
       </c>
       <c r="J154" s="14" t="n">
-        <v>157985.7</v>
+        <v>157319.5</v>
       </c>
       <c r="K154" s="14" t="n">
-        <v>153375.6</v>
+        <v>158081.3</v>
       </c>
       <c r="L154" s="14" t="n">
-        <v>160075.1</v>
+        <v>153390.0</v>
       </c>
       <c r="M154" s="14" t="n">
-        <v>188904.3</v>
+        <v>162405.7</v>
       </c>
       <c r="N154" s="14" t="n">
-        <v>204774.5</v>
+        <v>188903.9</v>
       </c>
       <c r="O154" s="14" t="n">
-        <v>219914.3</v>
+        <v>204809.8</v>
       </c>
       <c r="P154" s="14" t="n">
-        <v>220899.2</v>
+        <v>219914.1</v>
       </c>
       <c r="Q154" s="14" t="n">
-        <v>261347.2</v>
+        <v>221042.7</v>
+      </c>
+      <c r="R154" s="14" t="n">
+        <v>261348.9</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B155" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C155" s="14" t="n">
-        <v>74959.8</v>
+        <v>68054.3</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>71280.5</v>
+        <v>74870.7</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>72154.0</v>
+        <v>71205.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>91707.0</v>
+        <v>72031.4</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>115216.2</v>
+        <v>91579.2</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>150783.4</v>
+        <v>115120.7</v>
       </c>
       <c r="I155" s="14" t="n">
-        <v>155258.7</v>
+        <v>150652.9</v>
       </c>
       <c r="J155" s="14" t="n">
-        <v>194399.3</v>
+        <v>155235.7</v>
       </c>
       <c r="K155" s="14" t="n">
-        <v>178249.6</v>
+        <v>194405.3</v>
       </c>
       <c r="L155" s="14" t="n">
-        <v>166249.3</v>
+        <v>178241.1</v>
       </c>
       <c r="M155" s="14" t="n">
+        <v>166258.1</v>
+      </c>
+      <c r="N155" s="14" t="n">
         <v>219929.4</v>
       </c>
-      <c r="N155" s="14" t="n">
+      <c r="O155" s="14" t="n">
         <v>204027.5</v>
       </c>
-      <c r="O155" s="14" t="n">
+      <c r="P155" s="14" t="n">
         <v>139802.5</v>
       </c>
-      <c r="P155" s="14" t="n">
+      <c r="Q155" s="14" t="n">
         <v>207076.1</v>
       </c>
-      <c r="Q155" s="14" t="n">
-        <v>254822.1</v>
+      <c r="R155" s="14" t="n">
+        <v>254822.2</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B156" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C156" s="14" t="n">
-        <v>6266.1</v>
+        <v>5505.8</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>6660.7</v>
+        <v>6234.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>6320.6</v>
+        <v>6664.4</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>6972.1</v>
+        <v>6318.1</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>7190.9</v>
+        <v>6973.3</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>7352.6</v>
+        <v>7192.1</v>
       </c>
       <c r="I156" s="14" t="n">
+        <v>7360.2</v>
+      </c>
+      <c r="J156" s="14" t="n">
         <v>7104.3</v>
       </c>
-      <c r="J156" s="14" t="n">
+      <c r="K156" s="14" t="n">
         <v>6947.2</v>
       </c>
-      <c r="K156" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L156" s="14" t="n">
-        <v>7839.0</v>
+        <v>7334.7</v>
       </c>
       <c r="M156" s="14" t="n">
-        <v>9387.5</v>
+        <v>7843.3</v>
       </c>
       <c r="N156" s="14" t="n">
-        <v>9725.9</v>
+        <v>9389.7</v>
       </c>
       <c r="O156" s="14" t="n">
-        <v>10072.2</v>
+        <v>9725.8</v>
       </c>
       <c r="P156" s="14" t="n">
-        <v>10486.8</v>
+        <v>10073.5</v>
       </c>
       <c r="Q156" s="14" t="n">
-        <v>12022.4</v>
+        <v>10495.9</v>
+      </c>
+      <c r="R156" s="14" t="n">
+        <v>12019.3</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B157" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C157" s="14" t="n">
-        <v>14426.0</v>
+        <v>12948.2</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>15102.6</v>
+        <v>14056.8</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>14072.9</v>
+        <v>15054.8</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>19148.4</v>
+        <v>14003.5</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>18954.8</v>
+        <v>19082.6</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>18549.7</v>
+        <v>18903.2</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>18445.9</v>
+        <v>18486.6</v>
       </c>
       <c r="J157" s="14" t="n">
-        <v>18306.8</v>
+        <v>18385.7</v>
       </c>
       <c r="K157" s="14" t="n">
-        <v>16807.8</v>
+        <v>18248.0</v>
       </c>
       <c r="L157" s="14" t="n">
-        <v>17612.8</v>
+        <v>16808.6</v>
       </c>
       <c r="M157" s="14" t="n">
-        <v>20489.6</v>
+        <v>17665.7</v>
       </c>
       <c r="N157" s="14" t="n">
-        <v>23333.0</v>
+        <v>20489.7</v>
       </c>
       <c r="O157" s="14" t="n">
-        <v>27937.7</v>
+        <v>23334.8</v>
       </c>
       <c r="P157" s="14" t="n">
-        <v>33603.4</v>
+        <v>27937.8</v>
       </c>
       <c r="Q157" s="14" t="n">
-        <v>41212.6</v>
+        <v>33612.2</v>
+      </c>
+      <c r="R157" s="14" t="n">
+        <v>41212.8</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B158" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C158" s="14" t="n">
-        <v>53439.7</v>
+        <v>44861.7</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>53630.4</v>
+        <v>53011.6</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>47452.7</v>
+        <v>53944.5</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>57424.0</v>
+        <v>47698.1</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>59610.2</v>
+        <v>57654.1</v>
       </c>
       <c r="H158" s="14" t="n">
-        <v>58523.4</v>
+        <v>59835.1</v>
       </c>
       <c r="I158" s="14" t="n">
-        <v>57270.2</v>
+        <v>58803.0</v>
       </c>
       <c r="J158" s="14" t="n">
-        <v>57551.1</v>
+        <v>57595.9</v>
       </c>
       <c r="K158" s="14" t="n">
-        <v>53835.6</v>
+        <v>57866.7</v>
       </c>
       <c r="L158" s="14" t="n">
-        <v>55565.7</v>
+        <v>54162.0</v>
       </c>
       <c r="M158" s="14" t="n">
-        <v>60153.6</v>
+        <v>55861.6</v>
       </c>
       <c r="N158" s="14" t="n">
-        <v>66154.6</v>
+        <v>60527.6</v>
       </c>
       <c r="O158" s="14" t="n">
-        <v>65710.0</v>
+        <v>66479.2</v>
       </c>
       <c r="P158" s="14" t="n">
-        <v>63708.9</v>
+        <v>66137.1</v>
       </c>
       <c r="Q158" s="14" t="n">
-        <v>69952.5</v>
+        <v>64165.2</v>
+      </c>
+      <c r="R158" s="14" t="n">
+        <v>70278.5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B159" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C159" s="14" t="n">
-        <v>147371.5</v>
+        <v>189182.2</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>130269.1</v>
+        <v>188572.5</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>117719.8</v>
+        <v>165859.1</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>190583.0</v>
+        <v>149394.1</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>195782.2</v>
+        <v>228146.8</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>202651.3</v>
+        <v>234351.9</v>
       </c>
       <c r="I159" s="14" t="n">
-        <v>202535.0</v>
+        <v>238732.0</v>
       </c>
       <c r="J159" s="14" t="n">
-        <v>211015.0</v>
+        <v>244258.2</v>
       </c>
       <c r="K159" s="14" t="n">
-        <v>214569.7</v>
+        <v>250235.4</v>
       </c>
       <c r="L159" s="14" t="n">
-        <v>220939.9</v>
+        <v>256967.6</v>
       </c>
       <c r="M159" s="14" t="n">
-        <v>247877.6</v>
+        <v>253639.7</v>
       </c>
       <c r="N159" s="14" t="n">
-        <v>270592.2</v>
+        <v>276189.6</v>
       </c>
       <c r="O159" s="14" t="n">
-        <v>292521.4</v>
+        <v>295620.8</v>
       </c>
       <c r="P159" s="14" t="n">
-        <v>305527.5</v>
+        <v>308666.1</v>
       </c>
       <c r="Q159" s="14" t="n">
-        <v>353983.9</v>
+        <v>320907.1</v>
+      </c>
+      <c r="R159" s="14" t="n">
+        <v>359958.4</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B160" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C160" s="14" t="n">
-        <v>161990.2</v>
+        <v>160678.3</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>169175.1</v>
+        <v>164915.4</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>161764.3</v>
+        <v>169071.6</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>199035.5</v>
+        <v>161688.2</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>208782.6</v>
+        <v>198980.6</v>
       </c>
       <c r="H160" s="14" t="n">
-        <v>209489.3</v>
+        <v>208781.6</v>
       </c>
       <c r="I160" s="14" t="n">
-        <v>212725.8</v>
+        <v>209535.5</v>
       </c>
       <c r="J160" s="14" t="n">
-        <v>213683.8</v>
+        <v>212750.8</v>
       </c>
       <c r="K160" s="14" t="n">
-        <v>212169.2</v>
+        <v>213706.1</v>
       </c>
       <c r="L160" s="14" t="n">
-        <v>213649.8</v>
+        <v>212188.8</v>
       </c>
       <c r="M160" s="14" t="n">
-        <v>216139.0</v>
+        <v>213672.1</v>
       </c>
       <c r="N160" s="14" t="n">
-        <v>226605.4</v>
+        <v>216152.1</v>
       </c>
       <c r="O160" s="14" t="n">
-        <v>239535.6</v>
+        <v>226618.4</v>
       </c>
       <c r="P160" s="14" t="n">
-        <v>241833.3</v>
+        <v>239539.7</v>
       </c>
       <c r="Q160" s="14" t="n">
-        <v>247915.7</v>
+        <v>241836.5</v>
+      </c>
+      <c r="R160" s="14" t="n">
+        <v>247919.2</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B161" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C161" s="14" t="n">
-        <v>837822.7</v>
+        <v>831998.9</v>
       </c>
       <c r="D161" s="14" t="n">
-        <v>844190.6</v>
+        <v>854996.4</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>810460.8</v>
+        <v>896603.6</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>966450.8</v>
+        <v>861346.7</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>1041596.9</v>
+        <v>1028934.1</v>
       </c>
       <c r="H161" s="14" t="n">
-        <v>1060283.4</v>
+        <v>1105658.3</v>
       </c>
       <c r="I161" s="14" t="n">
-        <v>1065304.0</v>
+        <v>1126350.8</v>
       </c>
       <c r="J161" s="14" t="n">
-        <v>1128858.1</v>
+        <v>1144653.7</v>
       </c>
       <c r="K161" s="14" t="n">
-        <v>1108129.9</v>
+        <v>1202111.2</v>
       </c>
       <c r="L161" s="14" t="n">
-        <v>1131351.6</v>
+        <v>1186742.2</v>
       </c>
       <c r="M161" s="14" t="n">
-        <v>1225674.1</v>
+        <v>1178881.3</v>
       </c>
       <c r="N161" s="14" t="n">
-        <v>1300643.5</v>
+        <v>1266578.3</v>
       </c>
       <c r="O161" s="14" t="n">
-        <v>1302245.9</v>
+        <v>1333832.0</v>
       </c>
       <c r="P161" s="14" t="n">
-        <v>1384542.5</v>
+        <v>1324883.7</v>
       </c>
       <c r="Q161" s="14" t="n">
-        <v>1535384.6</v>
+        <v>1405473.8</v>
+      </c>
+      <c r="R161" s="14" t="n">
+        <v>1545327.8</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="6" t="inlineStr">
         <is>
           <t>3.3- CO  - Monóxido de carbono (toneladas de COVNM equivalentes)</t>
         </is>
       </c>
       <c r="B162" s="6"/>
       <c r="C162" s="6"/>
       <c r="D162" s="6"/>
       <c r="E162" s="6"/>
       <c r="F162" s="6"/>
       <c r="G162" s="6"/>
       <c r="H162" s="6"/>
       <c r="I162" s="6"/>
       <c r="J162" s="6"/>
       <c r="K162" s="6"/>
       <c r="L162" s="6"/>
       <c r="M162" s="6"/>
       <c r="N162" s="6"/>
       <c r="O162" s="6"/>
       <c r="P162" s="6"/>
       <c r="Q162" s="6"/>
+      <c r="R162" s="6"/>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B163" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C163" s="14" t="n">
-        <v>86595.0</v>
+        <v>55233.6</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>86657.4</v>
+        <v>55078.6</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>86684.3</v>
+        <v>85690.6</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>71666.2</v>
+        <v>83916.9</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>97528.8</v>
+        <v>71476.3</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>72948.7</v>
+        <v>95220.2</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>76504.3</v>
+        <v>71124.7</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>78397.5</v>
+        <v>73989.7</v>
       </c>
       <c r="K163" s="14" t="n">
-        <v>62673.4</v>
+        <v>77600.1</v>
       </c>
       <c r="L163" s="14" t="n">
-        <v>91358.6</v>
+        <v>66187.8</v>
       </c>
       <c r="M163" s="14" t="n">
-        <v>54478.7</v>
+        <v>89598.0</v>
       </c>
       <c r="N163" s="14" t="n">
-        <v>80563.1</v>
+        <v>55320.9</v>
       </c>
       <c r="O163" s="14" t="n">
-        <v>76446.7</v>
+        <v>80635.2</v>
       </c>
       <c r="P163" s="14" t="n">
-        <v>73904.7</v>
+        <v>74651.9</v>
       </c>
       <c r="Q163" s="14" t="n">
-        <v>65682.5</v>
+        <v>71573.2</v>
+      </c>
+      <c r="R163" s="14" t="n">
+        <v>63751.9</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B164" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C164" s="14" t="n">
-        <v>131.2</v>
+        <v>166.9</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>170.4</v>
+        <v>130.3</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>161.9</v>
+        <v>164.8</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>184.3</v>
+        <v>155.1</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>264.4</v>
+        <v>179.2</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>291.3</v>
+        <v>259.0</v>
       </c>
       <c r="I164" s="14" t="n">
-        <v>276.0</v>
+        <v>286.0</v>
       </c>
       <c r="J164" s="14" t="n">
-        <v>265.1</v>
+        <v>270.6</v>
       </c>
       <c r="K164" s="14" t="n">
+        <v>263.9</v>
+      </c>
+      <c r="L164" s="14" t="n">
         <v>494.2</v>
       </c>
-      <c r="L164" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M164" s="14" t="n">
-        <v>611.8</v>
+        <v>546.8</v>
       </c>
       <c r="N164" s="14" t="n">
+        <v>611.9</v>
+      </c>
+      <c r="O164" s="14" t="n">
         <v>584.7</v>
       </c>
-      <c r="O164" s="14" t="n">
+      <c r="P164" s="14" t="n">
         <v>638.3</v>
       </c>
-      <c r="P164" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q164" s="14" t="n">
+        <v>656.3</v>
+      </c>
+      <c r="R164" s="14" t="n">
         <v>493.7</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B165" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C165" s="14" t="n">
-        <v>29011.9</v>
+        <v>26600.5</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>35686.4</v>
+        <v>29017.6</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>28321.9</v>
+        <v>35680.9</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>36664.5</v>
+        <v>28331.8</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>39171.2</v>
+        <v>36673.2</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>40075.9</v>
+        <v>39177.2</v>
       </c>
       <c r="I165" s="14" t="n">
-        <v>38025.8</v>
+        <v>40082.2</v>
       </c>
       <c r="J165" s="14" t="n">
-        <v>38824.2</v>
+        <v>38029.9</v>
       </c>
       <c r="K165" s="14" t="n">
-        <v>36609.0</v>
+        <v>38825.0</v>
       </c>
       <c r="L165" s="14" t="n">
-        <v>35097.3</v>
+        <v>36609.5</v>
       </c>
       <c r="M165" s="14" t="n">
+        <v>35161.4</v>
+      </c>
+      <c r="N165" s="14" t="n">
         <v>34732.2</v>
       </c>
-      <c r="N165" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O165" s="14" t="n">
+        <v>38847.7</v>
+      </c>
+      <c r="P165" s="14" t="n">
         <v>38338.0</v>
       </c>
-      <c r="P165" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q165" s="14" t="n">
-        <v>43905.1</v>
+        <v>36148.2</v>
+      </c>
+      <c r="R165" s="14" t="n">
+        <v>43905.3</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B166" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C166" s="14" t="n">
-        <v>3885.3</v>
+        <v>3670.5</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>3284.2</v>
+        <v>3876.7</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>2970.8</v>
+        <v>3270.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>2748.8</v>
+        <v>2949.5</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>3516.2</v>
+        <v>2726.5</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>3899.9</v>
+        <v>3500.1</v>
       </c>
       <c r="I166" s="14" t="n">
-        <v>2742.2</v>
+        <v>3878.0</v>
       </c>
       <c r="J166" s="14" t="n">
+        <v>2738.5</v>
+      </c>
+      <c r="K166" s="14" t="n">
+        <v>2754.8</v>
+      </c>
+      <c r="L166" s="14" t="n">
+        <v>3038.3</v>
+      </c>
+      <c r="M166" s="14" t="n">
         <v>2753.6</v>
       </c>
-      <c r="K166" s="14" t="n">
-[...5 lines deleted...]
-      <c r="M166" s="14" t="n">
+      <c r="N166" s="14" t="n">
         <v>2225.0</v>
       </c>
-      <c r="N166" s="14" t="n">
+      <c r="O166" s="14" t="n">
         <v>2125.9</v>
       </c>
-      <c r="O166" s="14" t="n">
+      <c r="P166" s="14" t="n">
         <v>1668.3</v>
       </c>
-      <c r="P166" s="14" t="n">
+      <c r="Q166" s="14" t="n">
         <v>1260.0</v>
       </c>
-      <c r="Q166" s="14" t="n">
+      <c r="R166" s="14" t="n">
         <v>1467.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B167" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C167" s="14" t="n">
-        <v>331.1</v>
+        <v>299.6</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>349.1</v>
+        <v>327.7</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>352.4</v>
+        <v>352.1</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>372.0</v>
+        <v>352.7</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>408.4</v>
+        <v>374.0</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>374.7</v>
+        <v>410.4</v>
       </c>
       <c r="I167" s="14" t="n">
+        <v>387.3</v>
+      </c>
+      <c r="J167" s="14" t="n">
         <v>362.9</v>
       </c>
-      <c r="J167" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K167" s="14" t="n">
+        <v>340.2</v>
+      </c>
+      <c r="L167" s="14" t="n">
         <v>365.2</v>
       </c>
-      <c r="L167" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M167" s="14" t="n">
-        <v>459.4</v>
+        <v>372.3</v>
       </c>
       <c r="N167" s="14" t="n">
-        <v>464.1</v>
+        <v>461.5</v>
       </c>
       <c r="O167" s="14" t="n">
-        <v>481.7</v>
+        <v>466.8</v>
       </c>
       <c r="P167" s="14" t="n">
-        <v>469.4</v>
+        <v>484.0</v>
       </c>
       <c r="Q167" s="14" t="n">
-        <v>568.4</v>
+        <v>472.5</v>
+      </c>
+      <c r="R167" s="14" t="n">
+        <v>570.1</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B168" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C168" s="14" t="n">
-        <v>679.8</v>
+        <v>732.5</v>
       </c>
       <c r="D168" s="14" t="n">
-        <v>822.9</v>
+        <v>671.4</v>
       </c>
       <c r="E168" s="14" t="n">
-        <v>883.7</v>
+        <v>821.5</v>
       </c>
       <c r="F168" s="14" t="n">
-        <v>1375.6</v>
+        <v>881.6</v>
       </c>
       <c r="G168" s="14" t="n">
-        <v>1383.9</v>
+        <v>1374.0</v>
       </c>
       <c r="H168" s="14" t="n">
-        <v>1408.7</v>
+        <v>1382.8</v>
       </c>
       <c r="I168" s="14" t="n">
-        <v>1368.6</v>
+        <v>1407.4</v>
       </c>
       <c r="J168" s="14" t="n">
-        <v>1282.0</v>
+        <v>1367.3</v>
       </c>
       <c r="K168" s="14" t="n">
+        <v>1280.9</v>
+      </c>
+      <c r="L168" s="14" t="n">
         <v>1203.7</v>
       </c>
-      <c r="L168" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M168" s="14" t="n">
+        <v>1294.3</v>
+      </c>
+      <c r="N168" s="14" t="n">
         <v>1554.2</v>
       </c>
-      <c r="N168" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O168" s="14" t="n">
+        <v>1762.5</v>
+      </c>
+      <c r="P168" s="14" t="n">
         <v>2321.1</v>
       </c>
-      <c r="P168" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q168" s="14" t="n">
-        <v>3399.2</v>
+        <v>2879.8</v>
+      </c>
+      <c r="R168" s="14" t="n">
+        <v>3399.3</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B169" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C169" s="14" t="n">
-        <v>5335.4</v>
+        <v>2894.5</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>5491.7</v>
+        <v>5251.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>4355.7</v>
+        <v>5430.1</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>5586.2</v>
+        <v>4285.9</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>5385.0</v>
+        <v>5523.8</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>5102.8</v>
+        <v>5326.4</v>
       </c>
       <c r="I169" s="14" t="n">
-        <v>4672.4</v>
+        <v>5040.6</v>
       </c>
       <c r="J169" s="14" t="n">
-        <v>4396.9</v>
+        <v>4624.4</v>
       </c>
       <c r="K169" s="14" t="n">
-        <v>4385.6</v>
+        <v>4357.8</v>
       </c>
       <c r="L169" s="14" t="n">
-        <v>4654.2</v>
+        <v>4346.5</v>
       </c>
       <c r="M169" s="14" t="n">
-        <v>4946.8</v>
+        <v>4616.2</v>
       </c>
       <c r="N169" s="14" t="n">
-        <v>4833.9</v>
+        <v>4920.6</v>
       </c>
       <c r="O169" s="14" t="n">
-        <v>5181.0</v>
+        <v>4809.4</v>
       </c>
       <c r="P169" s="14" t="n">
-        <v>5211.6</v>
+        <v>5152.2</v>
       </c>
       <c r="Q169" s="14" t="n">
-        <v>5667.4</v>
+        <v>5192.6</v>
+      </c>
+      <c r="R169" s="14" t="n">
+        <v>5636.9</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B170" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C170" s="14" t="n">
-        <v>4494.8</v>
+        <v>4102.1</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>4191.4</v>
+        <v>4381.4</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>3650.2</v>
+        <v>4133.4</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>5443.7</v>
+        <v>3589.8</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>5519.6</v>
+        <v>5342.7</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>5577.0</v>
+        <v>5411.5</v>
       </c>
       <c r="I170" s="14" t="n">
-        <v>5463.2</v>
+        <v>5450.7</v>
       </c>
       <c r="J170" s="14" t="n">
-        <v>5597.4</v>
+        <v>5513.7</v>
       </c>
       <c r="K170" s="14" t="n">
-        <v>5324.1</v>
+        <v>5716.8</v>
       </c>
       <c r="L170" s="14" t="n">
-        <v>5580.0</v>
+        <v>5498.3</v>
       </c>
       <c r="M170" s="14" t="n">
-        <v>6120.2</v>
+        <v>5655.4</v>
       </c>
       <c r="N170" s="14" t="n">
-        <v>6519.6</v>
+        <v>6097.9</v>
       </c>
       <c r="O170" s="14" t="n">
-        <v>6898.5</v>
+        <v>6522.1</v>
       </c>
       <c r="P170" s="14" t="n">
-        <v>7203.6</v>
+        <v>6793.9</v>
       </c>
       <c r="Q170" s="14" t="n">
-        <v>8129.2</v>
+        <v>7093.8</v>
+      </c>
+      <c r="R170" s="14" t="n">
+        <v>7930.3</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B171" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C171" s="14" t="n">
-        <v>38143.2</v>
+        <v>36358.9</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>40442.7</v>
+        <v>36643.6</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>40078.8</v>
+        <v>38893.8</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>47037.2</v>
+        <v>39993.6</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>49381.4</v>
+        <v>46684.7</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>50457.3</v>
+        <v>48943.7</v>
       </c>
       <c r="I171" s="14" t="n">
-        <v>51195.8</v>
+        <v>49877.9</v>
       </c>
       <c r="J171" s="14" t="n">
-        <v>63799.3</v>
+        <v>50753.3</v>
       </c>
       <c r="K171" s="14" t="n">
-        <v>66158.6</v>
+        <v>63422.6</v>
       </c>
       <c r="L171" s="14" t="n">
-        <v>67182.6</v>
+        <v>65835.5</v>
       </c>
       <c r="M171" s="14" t="n">
-        <v>69672.4</v>
+        <v>66811.3</v>
       </c>
       <c r="N171" s="14" t="n">
-        <v>72170.2</v>
+        <v>69475.1</v>
       </c>
       <c r="O171" s="14" t="n">
-        <v>78618.5</v>
+        <v>71981.3</v>
       </c>
       <c r="P171" s="14" t="n">
-        <v>81591.0</v>
+        <v>78603.0</v>
       </c>
       <c r="Q171" s="14" t="n">
-        <v>78349.3</v>
+        <v>81591.2</v>
+      </c>
+      <c r="R171" s="14" t="n">
+        <v>78349.5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B172" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C172" s="14" t="n">
-        <v>168607.7</v>
+        <v>130059.0</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>177096.2</v>
+        <v>135378.3</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>167459.8</v>
+        <v>174437.3</v>
       </c>
       <c r="F172" s="14" t="n">
-        <v>171078.5</v>
+        <v>164456.9</v>
       </c>
       <c r="G172" s="14" t="n">
-        <v>202559.0</v>
+        <v>170354.3</v>
       </c>
       <c r="H172" s="14" t="n">
-        <v>180136.4</v>
+        <v>199631.3</v>
       </c>
       <c r="I172" s="14" t="n">
-        <v>180611.2</v>
+        <v>177534.8</v>
       </c>
       <c r="J172" s="14" t="n">
-        <v>195656.1</v>
+        <v>177650.3</v>
       </c>
       <c r="K172" s="14" t="n">
-        <v>180253.6</v>
+        <v>194561.9</v>
       </c>
       <c r="L172" s="14" t="n">
-        <v>208835.3</v>
+        <v>183578.9</v>
       </c>
       <c r="M172" s="14" t="n">
-        <v>174800.7</v>
+        <v>206809.3</v>
       </c>
       <c r="N172" s="14" t="n">
-        <v>207870.3</v>
+        <v>175399.3</v>
       </c>
       <c r="O172" s="14" t="n">
-        <v>210592.1</v>
+        <v>207735.4</v>
       </c>
       <c r="P172" s="14" t="n">
-        <v>209319.7</v>
+        <v>208650.8</v>
       </c>
       <c r="Q172" s="14" t="n">
-        <v>207661.8</v>
+        <v>206867.5</v>
+      </c>
+      <c r="R172" s="14" t="n">
+        <v>205504.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="6" t="inlineStr">
         <is>
           <t>3.4- CH4  - Metano (toneladas de COVNM equivalentes)</t>
         </is>
       </c>
       <c r="B173" s="6"/>
       <c r="C173" s="6"/>
       <c r="D173" s="6"/>
       <c r="E173" s="6"/>
       <c r="F173" s="6"/>
       <c r="G173" s="6"/>
       <c r="H173" s="6"/>
       <c r="I173" s="6"/>
       <c r="J173" s="6"/>
       <c r="K173" s="6"/>
       <c r="L173" s="6"/>
       <c r="M173" s="6"/>
       <c r="N173" s="6"/>
       <c r="O173" s="6"/>
       <c r="P173" s="6"/>
       <c r="Q173" s="6"/>
+      <c r="R173" s="6"/>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Agricultura, ganadería, selvicultura y pesca</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>13267.7</v>
+        <v>12667.6</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>13592.1</v>
+        <v>12847.5</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>13433.8</v>
+        <v>13219.7</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>13419.6</v>
+        <v>13201.4</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>12989.2</v>
+        <v>13175.4</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>12907.0</v>
+        <v>12742.1</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>12833.2</v>
+        <v>12641.6</v>
       </c>
       <c r="I174" s="14" t="n">
-        <v>12638.2</v>
+        <v>12536.5</v>
       </c>
       <c r="J174" s="14" t="n">
-        <v>12497.8</v>
+        <v>12381.9</v>
       </c>
       <c r="K174" s="14" t="n">
-        <v>12086.5</v>
+        <v>12258.9</v>
       </c>
       <c r="L174" s="14" t="n">
-        <v>11836.2</v>
+        <v>11860.8</v>
       </c>
       <c r="M174" s="14" t="n">
-        <v>12095.7</v>
+        <v>11624.6</v>
       </c>
       <c r="N174" s="14" t="n">
-        <v>12629.4</v>
+        <v>11886.6</v>
       </c>
       <c r="O174" s="14" t="n">
-        <v>12770.9</v>
+        <v>12425.3</v>
       </c>
       <c r="P174" s="14" t="n">
-        <v>13217.7</v>
+        <v>12557.8</v>
       </c>
       <c r="Q174" s="14" t="n">
-        <v>13001.9</v>
+        <v>13037.0</v>
+      </c>
+      <c r="R174" s="14" t="n">
+        <v>12790.9</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Industrias extractivas</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>28.3</v>
+        <v>40.0</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>30.5</v>
+        <v>39.9</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>42.4</v>
+        <v>32.7</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>43.9</v>
+        <v>43.3</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>43.7</v>
+        <v>43.3</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>73.2</v>
+        <v>54.8</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>75.4</v>
+        <v>81.0</v>
       </c>
       <c r="I175" s="14" t="n">
-        <v>76.7</v>
+        <v>78.3</v>
       </c>
       <c r="J175" s="14" t="n">
-        <v>85.3</v>
+        <v>82.9</v>
       </c>
       <c r="K175" s="14" t="n">
-        <v>162.7</v>
+        <v>96.2</v>
       </c>
       <c r="L175" s="14" t="n">
-        <v>191.8</v>
+        <v>171.8</v>
       </c>
       <c r="M175" s="14" t="n">
-        <v>182.4</v>
+        <v>204.8</v>
       </c>
       <c r="N175" s="14" t="n">
-        <v>210.1</v>
+        <v>189.8</v>
       </c>
       <c r="O175" s="14" t="n">
-        <v>283.9</v>
+        <v>216.1</v>
       </c>
       <c r="P175" s="14" t="n">
-        <v>305.2</v>
+        <v>290.9</v>
       </c>
       <c r="Q175" s="14" t="n">
-        <v>359.2</v>
+        <v>309.3</v>
+      </c>
+      <c r="R175" s="14" t="n">
+        <v>363.9</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Industria manufacturera</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>1082.7</v>
+        <v>1037.6</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>1110.1</v>
+        <v>1029.8</v>
       </c>
       <c r="D176" s="14" t="n">
-        <v>1238.0</v>
+        <v>1102.7</v>
       </c>
       <c r="E176" s="14" t="n">
-        <v>1156.7</v>
+        <v>1230.3</v>
       </c>
       <c r="F176" s="14" t="n">
-        <v>1217.5</v>
+        <v>1157.6</v>
       </c>
       <c r="G176" s="14" t="n">
-        <v>1231.8</v>
+        <v>1218.5</v>
       </c>
       <c r="H176" s="14" t="n">
-        <v>1196.2</v>
+        <v>1233.2</v>
       </c>
       <c r="I176" s="14" t="n">
-        <v>1151.8</v>
+        <v>1197.5</v>
       </c>
       <c r="J176" s="14" t="n">
-        <v>1123.0</v>
+        <v>1153.7</v>
       </c>
       <c r="K176" s="14" t="n">
-        <v>1092.8</v>
+        <v>1122.9</v>
       </c>
       <c r="L176" s="14" t="n">
-        <v>1171.2</v>
+        <v>1092.3</v>
       </c>
       <c r="M176" s="14" t="n">
-        <v>1167.1</v>
+        <v>1171.0</v>
       </c>
       <c r="N176" s="14" t="n">
-        <v>1190.7</v>
+        <v>1166.7</v>
       </c>
       <c r="O176" s="14" t="n">
-        <v>1201.8</v>
+        <v>1190.1</v>
       </c>
       <c r="P176" s="14" t="n">
-        <v>1159.5</v>
+        <v>1201.3</v>
       </c>
       <c r="Q176" s="14" t="n">
-        <v>1277.8</v>
+        <v>1159.0</v>
+      </c>
+      <c r="R176" s="14" t="n">
+        <v>1277.3</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Suministro de energía eléctrica, gas, vapor y aire acondicionado</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>149.9</v>
+        <v>106.8</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>144.7</v>
+        <v>130.1</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>112.5</v>
+        <v>144.6</v>
       </c>
       <c r="E177" s="14" t="n">
+        <v>124.9</v>
+      </c>
+      <c r="F177" s="14" t="n">
         <v>110.6</v>
       </c>
-      <c r="F177" s="14" t="n">
+      <c r="G177" s="14" t="n">
         <v>128.8</v>
       </c>
-      <c r="G177" s="14" t="n">
+      <c r="H177" s="14" t="n">
         <v>139.6</v>
       </c>
-      <c r="H177" s="14" t="n">
+      <c r="I177" s="14" t="n">
         <v>126.8</v>
       </c>
-      <c r="I177" s="14" t="n">
+      <c r="J177" s="14" t="n">
         <v>140.1</v>
       </c>
-      <c r="J177" s="14" t="n">
+      <c r="K177" s="14" t="n">
         <v>140.4</v>
       </c>
-      <c r="K177" s="14" t="n">
+      <c r="L177" s="14" t="n">
         <v>147.2</v>
       </c>
-      <c r="L177" s="14" t="n">
+      <c r="M177" s="14" t="n">
         <v>160.8</v>
       </c>
-      <c r="M177" s="14" t="n">
+      <c r="N177" s="14" t="n">
         <v>159.1</v>
       </c>
-      <c r="N177" s="14" t="n">
+      <c r="O177" s="14" t="n">
         <v>183.6</v>
       </c>
-      <c r="O177" s="14" t="n">
+      <c r="P177" s="14" t="n">
         <v>192.4</v>
       </c>
-      <c r="P177" s="14" t="n">
+      <c r="Q177" s="14" t="n">
         <v>209.3</v>
       </c>
-      <c r="Q177" s="14" t="n">
+      <c r="R177" s="14" t="n">
         <v>232.8</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B178" s="14" t="n">
-        <v>5908.1</v>
+        <v>5812.6</v>
       </c>
       <c r="C178" s="14" t="n">
-        <v>5834.1</v>
+        <v>5754.6</v>
       </c>
       <c r="D178" s="14" t="n">
-        <v>5911.5</v>
+        <v>6155.4</v>
       </c>
       <c r="E178" s="14" t="n">
-        <v>5739.0</v>
+        <v>5982.3</v>
       </c>
       <c r="F178" s="14" t="n">
-        <v>5848.2</v>
+        <v>5693.9</v>
       </c>
       <c r="G178" s="14" t="n">
-        <v>6102.8</v>
+        <v>5811.5</v>
       </c>
       <c r="H178" s="14" t="n">
-        <v>6192.5</v>
+        <v>6020.9</v>
       </c>
       <c r="I178" s="14" t="n">
-        <v>6315.4</v>
+        <v>6129.3</v>
       </c>
       <c r="J178" s="14" t="n">
-        <v>6580.3</v>
+        <v>6266.5</v>
       </c>
       <c r="K178" s="14" t="n">
-        <v>6175.1</v>
+        <v>6566.2</v>
       </c>
       <c r="L178" s="14" t="n">
-        <v>6688.3</v>
+        <v>6162.3</v>
       </c>
       <c r="M178" s="14" t="n">
+        <v>6681.0</v>
+      </c>
+      <c r="N178" s="14" t="n">
         <v>7064.4</v>
       </c>
-      <c r="N178" s="14" t="n">
+      <c r="O178" s="14" t="n">
         <v>7087.4</v>
       </c>
-      <c r="O178" s="14" t="n">
+      <c r="P178" s="14" t="n">
         <v>6719.1</v>
       </c>
-      <c r="P178" s="14" t="n">
+      <c r="Q178" s="14" t="n">
         <v>7338.5</v>
       </c>
-      <c r="Q178" s="14" t="n">
+      <c r="R178" s="14" t="n">
         <v>6657.3</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construcción</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>43.2</v>
+        <v>43.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>47.1</v>
+        <v>42.6</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>57.6</v>
+        <v>46.2</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>53.6</v>
+        <v>56.7</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>66.0</v>
+        <v>53.8</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>63.7</v>
+        <v>66.2</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>58.2</v>
+        <v>64.0</v>
       </c>
       <c r="I179" s="14" t="n">
-        <v>54.8</v>
+        <v>58.4</v>
       </c>
       <c r="J179" s="14" t="n">
+        <v>55.1</v>
+      </c>
+      <c r="K179" s="14" t="n">
         <v>50.3</v>
       </c>
-      <c r="K179" s="14" t="n">
+      <c r="L179" s="14" t="n">
         <v>39.9</v>
       </c>
-      <c r="L179" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M179" s="14" t="n">
+        <v>42.3</v>
+      </c>
+      <c r="N179" s="14" t="n">
         <v>36.7</v>
       </c>
-      <c r="N179" s="14" t="n">
+      <c r="O179" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="O179" s="14" t="n">
+      <c r="P179" s="14" t="n">
         <v>46.2</v>
       </c>
-      <c r="P179" s="14" t="n">
+      <c r="Q179" s="14" t="n">
         <v>47.8</v>
       </c>
-      <c r="Q179" s="14" t="n">
+      <c r="R179" s="14" t="n">
         <v>49.3</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Otros servicios</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>75.7</v>
+        <v>60.6</v>
       </c>
       <c r="C180" s="14" t="n">
+        <v>59.5</v>
+      </c>
+      <c r="D180" s="14" t="n">
         <v>65.2</v>
       </c>
-      <c r="D180" s="14" t="n">
+      <c r="E180" s="14" t="n">
         <v>73.2</v>
       </c>
-      <c r="E180" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F180" s="14" t="n">
-        <v>65.0</v>
+        <v>64.9</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>63.0</v>
+        <v>64.9</v>
       </c>
       <c r="H180" s="14" t="n">
-        <v>59.9</v>
+        <v>62.9</v>
       </c>
       <c r="I180" s="14" t="n">
-        <v>50.3</v>
+        <v>59.8</v>
       </c>
       <c r="J180" s="14" t="n">
-        <v>45.8</v>
+        <v>50.2</v>
       </c>
       <c r="K180" s="14" t="n">
-        <v>47.0</v>
+        <v>45.7</v>
       </c>
       <c r="L180" s="14" t="n">
+        <v>46.9</v>
+      </c>
+      <c r="M180" s="14" t="n">
         <v>78.4</v>
       </c>
-      <c r="M180" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N180" s="14" t="n">
-        <v>133.2</v>
+        <v>153.5</v>
       </c>
       <c r="O180" s="14" t="n">
-        <v>128.6</v>
+        <v>133.1</v>
       </c>
       <c r="P180" s="14" t="n">
-        <v>107.4</v>
+        <v>128.4</v>
       </c>
       <c r="Q180" s="14" t="n">
-        <v>96.2</v>
+        <v>107.3</v>
+      </c>
+      <c r="R180" s="14" t="n">
+        <v>96.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transporte y almacenamiento</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>21.2</v>
+        <v>20.1</v>
       </c>
       <c r="C181" s="14" t="n">
         <v>19.8</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>18.3</v>
+        <v>19.5</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>15.4</v>
+        <v>18.1</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>18.6</v>
+        <v>15.3</v>
       </c>
       <c r="G181" s="14" t="n">
         <v>17.9</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>18.0</v>
+        <v>17.3</v>
       </c>
       <c r="I181" s="14" t="n">
-        <v>16.1</v>
+        <v>17.5</v>
       </c>
       <c r="J181" s="14" t="n">
-        <v>15.3</v>
+        <v>17.1</v>
       </c>
       <c r="K181" s="14" t="n">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
       <c r="L181" s="14" t="n">
-        <v>17.0</v>
+        <v>17.1</v>
       </c>
       <c r="M181" s="14" t="n">
-        <v>21.3</v>
+        <v>18.3</v>
       </c>
       <c r="N181" s="14" t="n">
-        <v>21.8</v>
+        <v>21.6</v>
       </c>
       <c r="O181" s="14" t="n">
-        <v>24.0</v>
+        <v>22.5</v>
       </c>
       <c r="P181" s="14" t="n">
-        <v>24.9</v>
+        <v>23.7</v>
       </c>
       <c r="Q181" s="14" t="n">
-        <v>29.5</v>
+        <v>24.5</v>
+      </c>
+      <c r="R181" s="14" t="n">
+        <v>28.5</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Hogares</t>
         </is>
       </c>
       <c r="B182" s="14" t="n">
-        <v>443.9</v>
+        <v>361.3</v>
       </c>
       <c r="C182" s="14" t="n">
-        <v>383.1</v>
+        <v>378.3</v>
       </c>
       <c r="D182" s="14" t="n">
-        <v>385.3</v>
+        <v>376.8</v>
       </c>
       <c r="E182" s="14" t="n">
-        <v>381.2</v>
+        <v>377.7</v>
       </c>
       <c r="F182" s="14" t="n">
+        <v>380.8</v>
+      </c>
+      <c r="G182" s="14" t="n">
+        <v>393.0</v>
+      </c>
+      <c r="H182" s="14" t="n">
+        <v>394.3</v>
+      </c>
+      <c r="I182" s="14" t="n">
         <v>393.4</v>
       </c>
-      <c r="G182" s="14" t="n">
-[...5 lines deleted...]
-      <c r="I182" s="14" t="n">
+      <c r="J182" s="14" t="n">
         <v>393.6</v>
       </c>
-      <c r="J182" s="14" t="n">
+      <c r="K182" s="14" t="n">
         <v>518.0</v>
       </c>
-      <c r="K182" s="14" t="n">
+      <c r="L182" s="14" t="n">
         <v>520.8</v>
       </c>
-      <c r="L182" s="14" t="n">
+      <c r="M182" s="14" t="n">
         <v>518.7</v>
       </c>
-      <c r="M182" s="14" t="n">
+      <c r="N182" s="14" t="n">
         <v>523.4</v>
       </c>
-      <c r="N182" s="14" t="n">
+      <c r="O182" s="14" t="n">
         <v>524.3</v>
       </c>
-      <c r="O182" s="14" t="n">
+      <c r="P182" s="14" t="n">
         <v>542.8</v>
       </c>
-      <c r="P182" s="14" t="n">
+      <c r="Q182" s="14" t="n">
         <v>545.5</v>
       </c>
-      <c r="Q182" s="14" t="n">
+      <c r="R182" s="14" t="n">
         <v>482.4</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL PROBLEMÁTICA AMBIENTAL</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>21020.7</v>
+        <v>20149.6</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>21226.6</v>
+        <v>20302.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>21272.6</v>
+        <v>21162.7</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>20985.0</v>
+        <v>21107.8</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>20770.5</v>
+        <v>20695.5</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>20993.3</v>
+        <v>20497.7</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>20953.5</v>
+        <v>20654.9</v>
       </c>
       <c r="I183" s="14" t="n">
-        <v>20837.1</v>
+        <v>20597.3</v>
       </c>
       <c r="J183" s="14" t="n">
-        <v>21056.1</v>
+        <v>20541.1</v>
       </c>
       <c r="K183" s="14" t="n">
-        <v>20286.9</v>
+        <v>20815.6</v>
       </c>
       <c r="L183" s="14" t="n">
-        <v>20704.7</v>
+        <v>20059.1</v>
       </c>
       <c r="M183" s="14" t="n">
-        <v>21403.5</v>
+        <v>20499.8</v>
       </c>
       <c r="N183" s="14" t="n">
-        <v>22012.1</v>
+        <v>21201.6</v>
       </c>
       <c r="O183" s="14" t="n">
-        <v>21909.8</v>
+        <v>21814.1</v>
       </c>
       <c r="P183" s="14" t="n">
-        <v>22955.8</v>
+        <v>21702.7</v>
       </c>
       <c r="Q183" s="14" t="n">
-        <v>22186.4</v>
+        <v>22778.2</v>
+      </c>
+      <c r="R183" s="14" t="n">
+        <v>21978.3</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t xml:space="preserve">(A)= datos avance. </t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t xml:space="preserve"> 2) La categoría HFC incluye las mezclas HFC-PFC.</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
@@ -9838,58 +10340,58 @@
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:Q8"/>
-[...14 lines deleted...]
-    <mergeCell ref="A173:Q173"/>
+    <mergeCell ref="A8:R8"/>
+    <mergeCell ref="A19:R19"/>
+    <mergeCell ref="A30:R30"/>
+    <mergeCell ref="A41:R41"/>
+    <mergeCell ref="A52:R52"/>
+    <mergeCell ref="A63:R63"/>
+    <mergeCell ref="A74:R74"/>
+    <mergeCell ref="A85:R85"/>
+    <mergeCell ref="A96:R96"/>
+    <mergeCell ref="A107:R107"/>
+    <mergeCell ref="A118:R118"/>
+    <mergeCell ref="A129:R129"/>
+    <mergeCell ref="A140:R140"/>
+    <mergeCell ref="A151:R151"/>
+    <mergeCell ref="A162:R162"/>
+    <mergeCell ref="A173:R173"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>