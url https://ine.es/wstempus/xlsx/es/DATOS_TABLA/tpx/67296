--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -244,63 +244,81 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K638"/>
+  <dimension ref="A1:Y586"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
+    <col min="8" max="8" width="19.53125" customWidth="true"/>
+    <col min="9" max="9" width="19.53125" customWidth="true"/>
+    <col min="10" max="10" width="19.53125" customWidth="true"/>
+    <col min="11" max="11" width="19.53125" customWidth="true"/>
+    <col min="12" max="12" width="19.53125" customWidth="true"/>
+    <col min="13" max="13" width="19.53125" customWidth="true"/>
+    <col min="14" max="14" width="19.53125" customWidth="true"/>
+    <col min="15" max="15" width="19.53125" customWidth="true"/>
+    <col min="16" max="16" width="19.53125" customWidth="true"/>
+    <col min="17" max="17" width="19.53125" customWidth="true"/>
+    <col min="18" max="18" width="19.53125" customWidth="true"/>
+    <col min="19" max="19" width="19.53125" customWidth="true"/>
+    <col min="20" max="20" width="19.53125" customWidth="true"/>
+    <col min="21" max="21" width="19.53125" customWidth="true"/>
+    <col min="22" max="22" width="19.53125" customWidth="true"/>
+    <col min="23" max="23" width="19.53125" customWidth="true"/>
+    <col min="24" max="24" width="19.53125" customWidth="true"/>
+    <col min="25" max="25" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cuentas nacionales. Principales agregados del PIB</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Contabilidad Regional de España</t>
         </is>
       </c>
@@ -369,15135 +387,42941 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2021(P)</t>
+          <t>2023(P)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="E7" s="6" t="inlineStr">
+        <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
+        </is>
+      </c>
+      <c r="J7" s="6" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="K7" s="6" t="inlineStr">
+        <is>
+          <t>2014</t>
+        </is>
+      </c>
+      <c r="L7" s="6" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="M7" s="6" t="inlineStr">
+        <is>
+          <t>2012</t>
+        </is>
+      </c>
+      <c r="N7" s="6" t="inlineStr">
+        <is>
+          <t>2011</t>
+        </is>
+      </c>
+      <c r="O7" s="6" t="inlineStr">
+        <is>
+          <t>2010</t>
+        </is>
+      </c>
+      <c r="P7" s="6" t="inlineStr">
+        <is>
+          <t>2009</t>
+        </is>
+      </c>
+      <c r="Q7" s="6" t="inlineStr">
+        <is>
+          <t>2008</t>
+        </is>
+      </c>
+      <c r="R7" s="6" t="inlineStr">
+        <is>
+          <t>2007</t>
+        </is>
+      </c>
+      <c r="S7" s="6" t="inlineStr">
+        <is>
+          <t>2006</t>
+        </is>
+      </c>
+      <c r="T7" s="6" t="inlineStr">
+        <is>
+          <t>2005</t>
+        </is>
+      </c>
+      <c r="U7" s="6" t="inlineStr">
+        <is>
+          <t>2004</t>
+        </is>
+      </c>
+      <c r="V7" s="6" t="inlineStr">
+        <is>
+          <t>2003</t>
+        </is>
+      </c>
+      <c r="W7" s="6" t="inlineStr">
+        <is>
+          <t>2002</t>
+        </is>
+      </c>
+      <c r="X7" s="6" t="inlineStr">
+        <is>
+          <t>2001</t>
+        </is>
+      </c>
+      <c r="Y7" s="6" t="inlineStr">
+        <is>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Albacete</t>
+          <t>02 Albacete</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
+      <c r="H8" s="6"/>
+      <c r="I8" s="6"/>
+      <c r="J8" s="6"/>
+      <c r="K8" s="6"/>
+      <c r="L8" s="6"/>
+      <c r="M8" s="6"/>
+      <c r="N8" s="6"/>
+      <c r="O8" s="6"/>
+      <c r="P8" s="6"/>
+      <c r="Q8" s="6"/>
+      <c r="R8" s="6"/>
+      <c r="S8" s="6"/>
+      <c r="T8" s="6"/>
+      <c r="U8" s="6"/>
+      <c r="V8" s="6"/>
+      <c r="W8" s="6"/>
+      <c r="X8" s="6"/>
+      <c r="Y8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>8663814.0</v>
+        <v>813325.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>7855556.0</v>
+        <v>670531.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>8475070.0</v>
+        <v>872169.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>8171130.0</v>
+        <v>761462.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>7861065.0</v>
+        <v>805006.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>7456170.0</v>
+        <v>809927.0</v>
+      </c>
+      <c r="H9" s="14" t="n">
+        <v>729804.0</v>
+      </c>
+      <c r="I9" s="14" t="n">
+        <v>747436.0</v>
+      </c>
+      <c r="J9" s="14" t="n">
+        <v>617781.0</v>
+      </c>
+      <c r="K9" s="14" t="n">
+        <v>435097.0</v>
+      </c>
+      <c r="L9" s="14" t="n">
+        <v>598584.0</v>
+      </c>
+      <c r="M9" s="14" t="n">
+        <v>569447.0</v>
+      </c>
+      <c r="N9" s="14" t="n">
+        <v>506684.0</v>
+      </c>
+      <c r="O9" s="14" t="n">
+        <v>535107.0</v>
+      </c>
+      <c r="P9" s="14" t="n">
+        <v>516966.0</v>
+      </c>
+      <c r="Q9" s="14" t="n">
+        <v>520362.0</v>
+      </c>
+      <c r="R9" s="14" t="n">
+        <v>603542.0</v>
+      </c>
+      <c r="S9" s="14" t="n">
+        <v>568060.0</v>
+      </c>
+      <c r="T9" s="14" t="n">
+        <v>573545.0</v>
+      </c>
+      <c r="U9" s="14" t="n">
+        <v>626831.0</v>
+      </c>
+      <c r="V9" s="14" t="n">
+        <v>619160.0</v>
+      </c>
+      <c r="W9" s="14" t="n">
+        <v>619239.0</v>
+      </c>
+      <c r="X9" s="14" t="n">
+        <v>575968.0</v>
+      </c>
+      <c r="Y9" s="14" t="n">
+        <v>476235.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>884324.0</v>
+        <v>1882209.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>768976.0</v>
+        <v>1970542.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>791464.0</v>
+        <v>1631176.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>828906.0</v>
+        <v>1389180.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>728204.0</v>
+        <v>1391902.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>751909.0</v>
+        <v>1286705.0</v>
+      </c>
+      <c r="H10" s="14" t="n">
+        <v>1296320.0</v>
+      </c>
+      <c r="I10" s="14" t="n">
+        <v>1126196.0</v>
+      </c>
+      <c r="J10" s="14" t="n">
+        <v>1136339.0</v>
+      </c>
+      <c r="K10" s="14" t="n">
+        <v>1073982.0</v>
+      </c>
+      <c r="L10" s="14" t="n">
+        <v>1099720.0</v>
+      </c>
+      <c r="M10" s="14" t="n">
+        <v>1132141.0</v>
+      </c>
+      <c r="N10" s="14" t="n">
+        <v>1141068.0</v>
+      </c>
+      <c r="O10" s="14" t="n">
+        <v>1134080.0</v>
+      </c>
+      <c r="P10" s="14" t="n">
+        <v>1206123.0</v>
+      </c>
+      <c r="Q10" s="14" t="n">
+        <v>1239016.0</v>
+      </c>
+      <c r="R10" s="14" t="n">
+        <v>1074873.0</v>
+      </c>
+      <c r="S10" s="14" t="n">
+        <v>1041568.0</v>
+      </c>
+      <c r="T10" s="14" t="n">
+        <v>945097.0</v>
+      </c>
+      <c r="U10" s="14" t="n">
+        <v>854529.0</v>
+      </c>
+      <c r="V10" s="14" t="n">
+        <v>818142.0</v>
+      </c>
+      <c r="W10" s="14" t="n">
+        <v>822920.0</v>
+      </c>
+      <c r="X10" s="14" t="n">
+        <v>782292.0</v>
+      </c>
+      <c r="Y10" s="14" t="n">
+        <v>741117.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>1397006.0</v>
+        <v>1178119.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>1194438.0</v>
+        <v>1043141.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>1207915.0</v>
+        <v>1000862.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>1120254.0</v>
+        <v>902390.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>1128092.0</v>
+        <v>901143.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>983655.0</v>
+        <v>858822.0</v>
+      </c>
+      <c r="H11" s="14" t="n">
+        <v>848232.0</v>
+      </c>
+      <c r="I11" s="14" t="n">
+        <v>695848.0</v>
+      </c>
+      <c r="J11" s="14" t="n">
+        <v>695813.0</v>
+      </c>
+      <c r="K11" s="14" t="n">
+        <v>652877.0</v>
+      </c>
+      <c r="L11" s="14" t="n">
+        <v>639119.0</v>
+      </c>
+      <c r="M11" s="14" t="n">
+        <v>645281.0</v>
+      </c>
+      <c r="N11" s="14" t="n">
+        <v>686809.0</v>
+      </c>
+      <c r="O11" s="14" t="n">
+        <v>697092.0</v>
+      </c>
+      <c r="P11" s="14" t="n">
+        <v>789507.0</v>
+      </c>
+      <c r="Q11" s="14" t="n">
+        <v>810550.0</v>
+      </c>
+      <c r="R11" s="14" t="n">
+        <v>752763.0</v>
+      </c>
+      <c r="S11" s="14" t="n">
+        <v>777835.0</v>
+      </c>
+      <c r="T11" s="14" t="n">
+        <v>707084.0</v>
+      </c>
+      <c r="U11" s="14" t="n">
+        <v>645154.0</v>
+      </c>
+      <c r="V11" s="14" t="n">
+        <v>641421.0</v>
+      </c>
+      <c r="W11" s="14" t="n">
+        <v>649991.0</v>
+      </c>
+      <c r="X11" s="14" t="n">
+        <v>623975.0</v>
+      </c>
+      <c r="Y11" s="14" t="n">
+        <v>596476.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>1018831.0</v>
+        <v>536604.0</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>910902.0</v>
+        <v>502972.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>918972.0</v>
+        <v>469667.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>877124.0</v>
+        <v>421178.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>864344.0</v>
+        <v>506025.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>714487.0</v>
+        <v>448743.0</v>
+      </c>
+      <c r="H12" s="14" t="n">
+        <v>410877.0</v>
+      </c>
+      <c r="I12" s="14" t="n">
+        <v>385294.0</v>
+      </c>
+      <c r="J12" s="14" t="n">
+        <v>362245.0</v>
+      </c>
+      <c r="K12" s="14" t="n">
+        <v>359675.0</v>
+      </c>
+      <c r="L12" s="14" t="n">
+        <v>374498.0</v>
+      </c>
+      <c r="M12" s="14" t="n">
+        <v>422799.0</v>
+      </c>
+      <c r="N12" s="14" t="n">
+        <v>469151.0</v>
+      </c>
+      <c r="O12" s="14" t="n">
+        <v>593039.0</v>
+      </c>
+      <c r="P12" s="14" t="n">
+        <v>808547.0</v>
+      </c>
+      <c r="Q12" s="14" t="n">
+        <v>769683.0</v>
+      </c>
+      <c r="R12" s="14" t="n">
+        <v>751647.0</v>
+      </c>
+      <c r="S12" s="14" t="n">
+        <v>827302.0</v>
+      </c>
+      <c r="T12" s="14" t="n">
+        <v>761791.0</v>
+      </c>
+      <c r="U12" s="14" t="n">
+        <v>572280.0</v>
+      </c>
+      <c r="V12" s="14" t="n">
+        <v>562612.0</v>
+      </c>
+      <c r="W12" s="14" t="n">
+        <v>511823.0</v>
+      </c>
+      <c r="X12" s="14" t="n">
+        <v>436844.0</v>
+      </c>
+      <c r="Y12" s="14" t="n">
+        <v>376531.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>465911.0</v>
+        <v>2175411.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>415182.0</v>
+        <v>1878912.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>497842.0</v>
+        <v>1597173.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>441396.0</v>
+        <v>1368494.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>406746.0</v>
+        <v>1674376.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>379436.0</v>
+        <v>1666157.0</v>
+      </c>
+      <c r="H13" s="14" t="n">
+        <v>1652859.0</v>
+      </c>
+      <c r="I13" s="14" t="n">
+        <v>1587219.0</v>
+      </c>
+      <c r="J13" s="14" t="n">
+        <v>1618694.0</v>
+      </c>
+      <c r="K13" s="14" t="n">
+        <v>1551217.0</v>
+      </c>
+      <c r="L13" s="14" t="n">
+        <v>1431375.0</v>
+      </c>
+      <c r="M13" s="14" t="n">
+        <v>1482505.0</v>
+      </c>
+      <c r="N13" s="14" t="n">
+        <v>1491609.0</v>
+      </c>
+      <c r="O13" s="14" t="n">
+        <v>1499249.0</v>
+      </c>
+      <c r="P13" s="14" t="n">
+        <v>1554784.0</v>
+      </c>
+      <c r="Q13" s="14" t="n">
+        <v>1594739.0</v>
+      </c>
+      <c r="R13" s="14" t="n">
+        <v>1455054.0</v>
+      </c>
+      <c r="S13" s="14" t="n">
+        <v>1331666.0</v>
+      </c>
+      <c r="T13" s="14" t="n">
+        <v>1259779.0</v>
+      </c>
+      <c r="U13" s="14" t="n">
+        <v>1174310.0</v>
+      </c>
+      <c r="V13" s="14" t="n">
+        <v>1134183.0</v>
+      </c>
+      <c r="W13" s="14" t="n">
+        <v>1047116.0</v>
+      </c>
+      <c r="X13" s="14" t="n">
+        <v>995342.0</v>
+      </c>
+      <c r="Y13" s="14" t="n">
+        <v>878870.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>1559382.0</v>
+        <v>1730778.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>1341669.0</v>
+        <v>1525160.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>1646811.0</v>
+        <v>1428756.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>1627941.0</v>
+        <v>1368287.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>1622144.0</v>
+        <v>1360492.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>1552473.0</v>
+        <v>1313038.0</v>
+      </c>
+      <c r="H14" s="14" t="n">
+        <v>1242977.0</v>
+      </c>
+      <c r="I14" s="14" t="n">
+        <v>1209618.0</v>
+      </c>
+      <c r="J14" s="14" t="n">
+        <v>1194563.0</v>
+      </c>
+      <c r="K14" s="14" t="n">
+        <v>1204622.0</v>
+      </c>
+      <c r="L14" s="14" t="n">
+        <v>1193972.0</v>
+      </c>
+      <c r="M14" s="14" t="n">
+        <v>1189266.0</v>
+      </c>
+      <c r="N14" s="14" t="n">
+        <v>1189570.0</v>
+      </c>
+      <c r="O14" s="14" t="n">
+        <v>1167170.0</v>
+      </c>
+      <c r="P14" s="14" t="n">
+        <v>1133540.0</v>
+      </c>
+      <c r="Q14" s="14" t="n">
+        <v>1138875.0</v>
+      </c>
+      <c r="R14" s="14" t="n">
+        <v>1029725.0</v>
+      </c>
+      <c r="S14" s="14" t="n">
+        <v>898937.0</v>
+      </c>
+      <c r="T14" s="14" t="n">
+        <v>807525.0</v>
+      </c>
+      <c r="U14" s="14" t="n">
+        <v>718000.0</v>
+      </c>
+      <c r="V14" s="14" t="n">
+        <v>696095.0</v>
+      </c>
+      <c r="W14" s="14" t="n">
+        <v>640002.0</v>
+      </c>
+      <c r="X14" s="14" t="n">
+        <v>583837.0</v>
+      </c>
+      <c r="Y14" s="14" t="n">
+        <v>518656.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>1440261.0</v>
+        <v>2247217.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>1392792.0</v>
+        <v>2139896.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>1389258.0</v>
+        <v>2016888.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>1340461.0</v>
+        <v>1991344.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>1273345.0</v>
+        <v>2075618.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>1240409.0</v>
+        <v>1961907.0</v>
+      </c>
+      <c r="H15" s="14" t="n">
+        <v>1900980.0</v>
+      </c>
+      <c r="I15" s="14" t="n">
+        <v>1801355.0</v>
+      </c>
+      <c r="J15" s="14" t="n">
+        <v>1794737.0</v>
+      </c>
+      <c r="K15" s="14" t="n">
+        <v>1726506.0</v>
+      </c>
+      <c r="L15" s="14" t="n">
+        <v>1752932.0</v>
+      </c>
+      <c r="M15" s="14" t="n">
+        <v>1756634.0</v>
+      </c>
+      <c r="N15" s="14" t="n">
+        <v>1950140.0</v>
+      </c>
+      <c r="O15" s="14" t="n">
+        <v>1927743.0</v>
+      </c>
+      <c r="P15" s="14" t="n">
+        <v>1793021.0</v>
+      </c>
+      <c r="Q15" s="14" t="n">
+        <v>1648230.0</v>
+      </c>
+      <c r="R15" s="14" t="n">
+        <v>1470844.0</v>
+      </c>
+      <c r="S15" s="14" t="n">
+        <v>1335925.0</v>
+      </c>
+      <c r="T15" s="14" t="n">
+        <v>1255500.0</v>
+      </c>
+      <c r="U15" s="14" t="n">
+        <v>1273460.0</v>
+      </c>
+      <c r="V15" s="14" t="n">
+        <v>1089265.0</v>
+      </c>
+      <c r="W15" s="14" t="n">
+        <v>1101803.0</v>
+      </c>
+      <c r="X15" s="14" t="n">
+        <v>985640.0</v>
+      </c>
+      <c r="Y15" s="14" t="n">
+        <v>957536.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>2091603.0</v>
+        <v>9385544.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>2055063.0</v>
+        <v>8688013.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>2153181.0</v>
+        <v>8015829.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>2035104.0</v>
+        <v>7299945.0</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>1967309.0</v>
+        <v>7813419.0</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>1857814.0</v>
+        <v>7486477.0</v>
+      </c>
+      <c r="H16" s="14" t="n">
+        <v>7233817.0</v>
+      </c>
+      <c r="I16" s="14" t="n">
+        <v>6857118.0</v>
+      </c>
+      <c r="J16" s="14" t="n">
+        <v>6724359.0</v>
+      </c>
+      <c r="K16" s="14" t="n">
+        <v>6351099.0</v>
+      </c>
+      <c r="L16" s="14" t="n">
+        <v>6451081.0</v>
+      </c>
+      <c r="M16" s="14" t="n">
+        <v>6552792.0</v>
+      </c>
+      <c r="N16" s="14" t="n">
+        <v>6748222.0</v>
+      </c>
+      <c r="O16" s="14" t="n">
+        <v>6856388.0</v>
+      </c>
+      <c r="P16" s="14" t="n">
+        <v>7012981.0</v>
+      </c>
+      <c r="Q16" s="14" t="n">
+        <v>6910905.0</v>
+      </c>
+      <c r="R16" s="14" t="n">
+        <v>6385685.0</v>
+      </c>
+      <c r="S16" s="14" t="n">
+        <v>6003458.0</v>
+      </c>
+      <c r="T16" s="14" t="n">
+        <v>5603237.0</v>
+      </c>
+      <c r="U16" s="14" t="n">
+        <v>5219410.0</v>
+      </c>
+      <c r="V16" s="14" t="n">
+        <v>4919457.0</v>
+      </c>
+      <c r="W16" s="14" t="n">
+        <v>4742903.0</v>
+      </c>
+      <c r="X16" s="14" t="n">
+        <v>4359923.0</v>
+      </c>
+      <c r="Y16" s="14" t="n">
+        <v>3948945.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>7838487.0</v>
+        <v>899652.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>7168120.0</v>
+        <v>838864.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>7686471.0</v>
+        <v>837553.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>7394062.0</v>
+        <v>710489.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>7125840.0</v>
+        <v>813793.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>6765696.0</v>
+        <v>798792.0</v>
+      </c>
+      <c r="H17" s="14" t="n">
+        <v>759086.0</v>
+      </c>
+      <c r="I17" s="14" t="n">
+        <v>713291.0</v>
+      </c>
+      <c r="J17" s="14" t="n">
+        <v>690904.0</v>
+      </c>
+      <c r="K17" s="14" t="n">
+        <v>635353.0</v>
+      </c>
+      <c r="L17" s="14" t="n">
+        <v>620664.0</v>
+      </c>
+      <c r="M17" s="14" t="n">
+        <v>584128.0</v>
+      </c>
+      <c r="N17" s="14" t="n">
+        <v>587920.0</v>
+      </c>
+      <c r="O17" s="14" t="n">
+        <v>619564.0</v>
+      </c>
+      <c r="P17" s="14" t="n">
+        <v>480667.0</v>
+      </c>
+      <c r="Q17" s="14" t="n">
+        <v>600827.0</v>
+      </c>
+      <c r="R17" s="14" t="n">
+        <v>718664.0</v>
+      </c>
+      <c r="S17" s="14" t="n">
+        <v>731458.0</v>
+      </c>
+      <c r="T17" s="14" t="n">
+        <v>657425.0</v>
+      </c>
+      <c r="U17" s="14" t="n">
+        <v>583260.0</v>
+      </c>
+      <c r="V17" s="14" t="n">
+        <v>518606.0</v>
+      </c>
+      <c r="W17" s="14" t="n">
+        <v>474670.0</v>
+      </c>
+      <c r="X17" s="14" t="n">
+        <v>435738.0</v>
+      </c>
+      <c r="Y17" s="14" t="n">
+        <v>407421.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>825327.0</v>
+        <v>1.0285196E7</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>687436.0</v>
+        <v>9526877.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>788599.0</v>
+        <v>8853382.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>777068.0</v>
+        <v>8010434.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>735225.0</v>
+        <v>8627212.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>690474.0</v>
+        <v>8285269.0</v>
+      </c>
+      <c r="H18" s="14" t="n">
+        <v>7992903.0</v>
+      </c>
+      <c r="I18" s="14" t="n">
+        <v>7570409.0</v>
+      </c>
+      <c r="J18" s="14" t="n">
+        <v>7415263.0</v>
+      </c>
+      <c r="K18" s="14" t="n">
+        <v>6986452.0</v>
+      </c>
+      <c r="L18" s="14" t="n">
+        <v>7071745.0</v>
+      </c>
+      <c r="M18" s="14" t="n">
+        <v>7136920.0</v>
+      </c>
+      <c r="N18" s="14" t="n">
+        <v>7336142.0</v>
+      </c>
+      <c r="O18" s="14" t="n">
+        <v>7475952.0</v>
+      </c>
+      <c r="P18" s="14" t="n">
+        <v>7493648.0</v>
+      </c>
+      <c r="Q18" s="14" t="n">
+        <v>7511732.0</v>
+      </c>
+      <c r="R18" s="14" t="n">
+        <v>7104349.0</v>
+      </c>
+      <c r="S18" s="14" t="n">
+        <v>6734916.0</v>
+      </c>
+      <c r="T18" s="14" t="n">
+        <v>6260662.0</v>
+      </c>
+      <c r="U18" s="14" t="n">
+        <v>5802670.0</v>
+      </c>
+      <c r="V18" s="14" t="n">
+        <v>5438063.0</v>
+      </c>
+      <c r="W18" s="14" t="n">
+        <v>5217573.0</v>
+      </c>
+      <c r="X18" s="14" t="n">
+        <v>4795661.0</v>
+      </c>
+      <c r="Y18" s="14" t="n">
+        <v>4356366.0</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A19" s="6" t="inlineStr">
+        <is>
+          <t>03 Alicante/Alacant</t>
+        </is>
+      </c>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="6"/>
+      <c r="J19" s="6"/>
+      <c r="K19" s="6"/>
+      <c r="L19" s="6"/>
+      <c r="M19" s="6"/>
+      <c r="N19" s="6"/>
+      <c r="O19" s="6"/>
+      <c r="P19" s="6"/>
+      <c r="Q19" s="6"/>
+      <c r="R19" s="6"/>
+      <c r="S19" s="6"/>
+      <c r="T19" s="6"/>
+      <c r="U19" s="6"/>
+      <c r="V19" s="6"/>
+      <c r="W19" s="6"/>
+      <c r="X19" s="6"/>
+      <c r="Y19" s="6"/>
     </row>
     <row r="20">
-      <c r="A20" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G20" s="6"/>
+      <c r="A20" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+        </is>
+      </c>
+      <c r="B20" s="14" t="n">
+        <v>561914.0</v>
+      </c>
+      <c r="C20" s="14" t="n">
+        <v>392554.0</v>
+      </c>
+      <c r="D20" s="14" t="n">
+        <v>559087.0</v>
+      </c>
+      <c r="E20" s="14" t="n">
+        <v>642652.0</v>
+      </c>
+      <c r="F20" s="14" t="n">
+        <v>588898.0</v>
+      </c>
+      <c r="G20" s="14" t="n">
+        <v>605815.0</v>
+      </c>
+      <c r="H20" s="14" t="n">
+        <v>653790.0</v>
+      </c>
+      <c r="I20" s="14" t="n">
+        <v>694394.0</v>
+      </c>
+      <c r="J20" s="14" t="n">
+        <v>687833.0</v>
+      </c>
+      <c r="K20" s="14" t="n">
+        <v>648991.0</v>
+      </c>
+      <c r="L20" s="14" t="n">
+        <v>543631.0</v>
+      </c>
+      <c r="M20" s="14" t="n">
+        <v>497177.0</v>
+      </c>
+      <c r="N20" s="14" t="n">
+        <v>493079.0</v>
+      </c>
+      <c r="O20" s="14" t="n">
+        <v>555159.0</v>
+      </c>
+      <c r="P20" s="14" t="n">
+        <v>499173.0</v>
+      </c>
+      <c r="Q20" s="14" t="n">
+        <v>577313.0</v>
+      </c>
+      <c r="R20" s="14" t="n">
+        <v>580412.0</v>
+      </c>
+      <c r="S20" s="14" t="n">
+        <v>538639.0</v>
+      </c>
+      <c r="T20" s="14" t="n">
+        <v>581603.0</v>
+      </c>
+      <c r="U20" s="14" t="n">
+        <v>548211.0</v>
+      </c>
+      <c r="V20" s="14" t="n">
+        <v>624696.0</v>
+      </c>
+      <c r="W20" s="14" t="n">
+        <v>590453.0</v>
+      </c>
+      <c r="X20" s="14" t="n">
+        <v>614247.0</v>
+      </c>
+      <c r="Y20" s="14" t="n">
+        <v>509640.0</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>3.7279735E7</v>
+        <v>5116650.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>3.3979911E7</v>
+        <v>4606562.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>3.7366493E7</v>
+        <v>4528639.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>3.5995303E7</v>
+        <v>3118150.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>3.5020312E7</v>
+        <v>3200834.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>3.344599E7</v>
+        <v>3077666.0</v>
+      </c>
+      <c r="H21" s="14" t="n">
+        <v>3223154.0</v>
+      </c>
+      <c r="I21" s="14" t="n">
+        <v>2943429.0</v>
+      </c>
+      <c r="J21" s="14" t="n">
+        <v>3041994.0</v>
+      </c>
+      <c r="K21" s="14" t="n">
+        <v>3005509.0</v>
+      </c>
+      <c r="L21" s="14" t="n">
+        <v>3025035.0</v>
+      </c>
+      <c r="M21" s="14" t="n">
+        <v>3065419.0</v>
+      </c>
+      <c r="N21" s="14" t="n">
+        <v>3317257.0</v>
+      </c>
+      <c r="O21" s="14" t="n">
+        <v>3371892.0</v>
+      </c>
+      <c r="P21" s="14" t="n">
+        <v>3363556.0</v>
+      </c>
+      <c r="Q21" s="14" t="n">
+        <v>3802975.0</v>
+      </c>
+      <c r="R21" s="14" t="n">
+        <v>3687010.0</v>
+      </c>
+      <c r="S21" s="14" t="n">
+        <v>3541294.0</v>
+      </c>
+      <c r="T21" s="14" t="n">
+        <v>3511202.0</v>
+      </c>
+      <c r="U21" s="14" t="n">
+        <v>3452352.0</v>
+      </c>
+      <c r="V21" s="14" t="n">
+        <v>3539576.0</v>
+      </c>
+      <c r="W21" s="14" t="n">
+        <v>3472856.0</v>
+      </c>
+      <c r="X21" s="14" t="n">
+        <v>3550703.0</v>
+      </c>
+      <c r="Y21" s="14" t="n">
+        <v>3468754.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>547312.0</v>
+        <v>4404210.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>645872.0</v>
+        <v>3913338.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>576207.0</v>
+        <v>3894643.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>617029.0</v>
+        <v>2582579.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>649219.0</v>
+        <v>2683296.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>695190.0</v>
+        <v>2537893.0</v>
+      </c>
+      <c r="H22" s="14" t="n">
+        <v>2529518.0</v>
+      </c>
+      <c r="I22" s="14" t="n">
+        <v>2232090.0</v>
+      </c>
+      <c r="J22" s="14" t="n">
+        <v>2315900.0</v>
+      </c>
+      <c r="K22" s="14" t="n">
+        <v>2274962.0</v>
+      </c>
+      <c r="L22" s="14" t="n">
+        <v>2286929.0</v>
+      </c>
+      <c r="M22" s="14" t="n">
+        <v>2294266.0</v>
+      </c>
+      <c r="N22" s="14" t="n">
+        <v>2570425.0</v>
+      </c>
+      <c r="O22" s="14" t="n">
+        <v>2616792.0</v>
+      </c>
+      <c r="P22" s="14" t="n">
+        <v>2744215.0</v>
+      </c>
+      <c r="Q22" s="14" t="n">
+        <v>3151194.0</v>
+      </c>
+      <c r="R22" s="14" t="n">
+        <v>3233075.0</v>
+      </c>
+      <c r="S22" s="14" t="n">
+        <v>3109071.0</v>
+      </c>
+      <c r="T22" s="14" t="n">
+        <v>3103002.0</v>
+      </c>
+      <c r="U22" s="14" t="n">
+        <v>3066333.0</v>
+      </c>
+      <c r="V22" s="14" t="n">
+        <v>3162395.0</v>
+      </c>
+      <c r="W22" s="14" t="n">
+        <v>3118239.0</v>
+      </c>
+      <c r="X22" s="14" t="n">
+        <v>3183786.0</v>
+      </c>
+      <c r="Y22" s="14" t="n">
+        <v>3128074.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>3627964.0</v>
+        <v>3421094.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>3166272.0</v>
+        <v>3047500.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>3280477.0</v>
+        <v>2624894.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>3164499.0</v>
+        <v>2506599.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>3312525.0</v>
+        <v>2956461.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>3036185.0</v>
+        <v>2754422.0</v>
+      </c>
+      <c r="H23" s="14" t="n">
+        <v>2640725.0</v>
+      </c>
+      <c r="I23" s="14" t="n">
+        <v>2508254.0</v>
+      </c>
+      <c r="J23" s="14" t="n">
+        <v>2389189.0</v>
+      </c>
+      <c r="K23" s="14" t="n">
+        <v>2221595.0</v>
+      </c>
+      <c r="L23" s="14" t="n">
+        <v>2060671.0</v>
+      </c>
+      <c r="M23" s="14" t="n">
+        <v>2333120.0</v>
+      </c>
+      <c r="N23" s="14" t="n">
+        <v>2643435.0</v>
+      </c>
+      <c r="O23" s="14" t="n">
+        <v>3281769.0</v>
+      </c>
+      <c r="P23" s="14" t="n">
+        <v>4042931.0</v>
+      </c>
+      <c r="Q23" s="14" t="n">
+        <v>4530237.0</v>
+      </c>
+      <c r="R23" s="14" t="n">
+        <v>4650766.0</v>
+      </c>
+      <c r="S23" s="14" t="n">
+        <v>4286152.0</v>
+      </c>
+      <c r="T23" s="14" t="n">
+        <v>4049867.0</v>
+      </c>
+      <c r="U23" s="14" t="n">
+        <v>3744732.0</v>
+      </c>
+      <c r="V23" s="14" t="n">
+        <v>3352169.0</v>
+      </c>
+      <c r="W23" s="14" t="n">
+        <v>2789499.0</v>
+      </c>
+      <c r="X23" s="14" t="n">
+        <v>2386142.0</v>
+      </c>
+      <c r="Y23" s="14" t="n">
+        <v>2134105.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>2916222.0</v>
+        <v>1.2230692E7</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>2559700.0</v>
+        <v>1.1370522E7</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>2686800.0</v>
+        <v>1.0053699E7</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>2545007.0</v>
+        <v>8556942.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>2530860.0</v>
+        <v>1.0434305E7</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>2250350.0</v>
+        <v>1.0095434E7</v>
+      </c>
+      <c r="H24" s="14" t="n">
+        <v>9757578.0</v>
+      </c>
+      <c r="I24" s="14" t="n">
+        <v>9211957.0</v>
+      </c>
+      <c r="J24" s="14" t="n">
+        <v>8092761.0</v>
+      </c>
+      <c r="K24" s="14" t="n">
+        <v>7701849.0</v>
+      </c>
+      <c r="L24" s="14" t="n">
+        <v>7472145.0</v>
+      </c>
+      <c r="M24" s="14" t="n">
+        <v>7608648.0</v>
+      </c>
+      <c r="N24" s="14" t="n">
+        <v>7865919.0</v>
+      </c>
+      <c r="O24" s="14" t="n">
+        <v>8177413.0</v>
+      </c>
+      <c r="P24" s="14" t="n">
+        <v>8423822.0</v>
+      </c>
+      <c r="Q24" s="14" t="n">
+        <v>8895695.0</v>
+      </c>
+      <c r="R24" s="14" t="n">
+        <v>8532816.0</v>
+      </c>
+      <c r="S24" s="14" t="n">
+        <v>8403704.0</v>
+      </c>
+      <c r="T24" s="14" t="n">
+        <v>7934006.0</v>
+      </c>
+      <c r="U24" s="14" t="n">
+        <v>7453071.0</v>
+      </c>
+      <c r="V24" s="14" t="n">
+        <v>6871185.0</v>
+      </c>
+      <c r="W24" s="14" t="n">
+        <v>6691183.0</v>
+      </c>
+      <c r="X24" s="14" t="n">
+        <v>6317296.0</v>
+      </c>
+      <c r="Y24" s="14" t="n">
+        <v>5717086.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>2556047.0</v>
+        <v>1.1311892E7</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>2436323.0</v>
+        <v>9853347.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>2867928.0</v>
+        <v>9037260.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>2671391.0</v>
+        <v>8716476.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>2577569.0</v>
+        <v>8843401.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>2435536.0</v>
+        <v>8509182.0</v>
+      </c>
+      <c r="H25" s="14" t="n">
+        <v>8092945.0</v>
+      </c>
+      <c r="I25" s="14" t="n">
+        <v>7825345.0</v>
+      </c>
+      <c r="J25" s="14" t="n">
+        <v>7733629.0</v>
+      </c>
+      <c r="K25" s="14" t="n">
+        <v>7687918.0</v>
+      </c>
+      <c r="L25" s="14" t="n">
+        <v>7520755.0</v>
+      </c>
+      <c r="M25" s="14" t="n">
+        <v>7417339.0</v>
+      </c>
+      <c r="N25" s="14" t="n">
+        <v>7467100.0</v>
+      </c>
+      <c r="O25" s="14" t="n">
+        <v>7308262.0</v>
+      </c>
+      <c r="P25" s="14" t="n">
+        <v>7410280.0</v>
+      </c>
+      <c r="Q25" s="14" t="n">
+        <v>7698762.0</v>
+      </c>
+      <c r="R25" s="14" t="n">
+        <v>7214837.0</v>
+      </c>
+      <c r="S25" s="14" t="n">
+        <v>6502997.0</v>
+      </c>
+      <c r="T25" s="14" t="n">
+        <v>5705539.0</v>
+      </c>
+      <c r="U25" s="14" t="n">
+        <v>5035360.0</v>
+      </c>
+      <c r="V25" s="14" t="n">
+        <v>4432023.0</v>
+      </c>
+      <c r="W25" s="14" t="n">
+        <v>3983900.0</v>
+      </c>
+      <c r="X25" s="14" t="n">
+        <v>3613471.0</v>
+      </c>
+      <c r="Y25" s="14" t="n">
+        <v>3157137.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>9851680.0</v>
+        <v>9765562.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>8362099.0</v>
+        <v>8976081.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>1.0227248E7</v>
+        <v>8027086.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>9830046.0</v>
+        <v>7920909.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>9543415.0</v>
+        <v>8248429.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>8979503.0</v>
+        <v>7938538.0</v>
+      </c>
+      <c r="H26" s="14" t="n">
+        <v>7718840.0</v>
+      </c>
+      <c r="I26" s="14" t="n">
+        <v>7553263.0</v>
+      </c>
+      <c r="J26" s="14" t="n">
+        <v>7439682.0</v>
+      </c>
+      <c r="K26" s="14" t="n">
+        <v>7068962.0</v>
+      </c>
+      <c r="L26" s="14" t="n">
+        <v>6968827.0</v>
+      </c>
+      <c r="M26" s="14" t="n">
+        <v>7037947.0</v>
+      </c>
+      <c r="N26" s="14" t="n">
+        <v>7488145.0</v>
+      </c>
+      <c r="O26" s="14" t="n">
+        <v>7504766.0</v>
+      </c>
+      <c r="P26" s="14" t="n">
+        <v>7480586.0</v>
+      </c>
+      <c r="Q26" s="14" t="n">
+        <v>7127048.0</v>
+      </c>
+      <c r="R26" s="14" t="n">
+        <v>6500057.0</v>
+      </c>
+      <c r="S26" s="14" t="n">
+        <v>6062470.0</v>
+      </c>
+      <c r="T26" s="14" t="n">
+        <v>5541280.0</v>
+      </c>
+      <c r="U26" s="14" t="n">
+        <v>5024494.0</v>
+      </c>
+      <c r="V26" s="14" t="n">
+        <v>4535742.0</v>
+      </c>
+      <c r="W26" s="14" t="n">
+        <v>4271429.0</v>
+      </c>
+      <c r="X26" s="14" t="n">
+        <v>3906741.0</v>
+      </c>
+      <c r="Y26" s="14" t="n">
+        <v>3466325.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>8929332.0</v>
+        <v>4.2407804E7</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>8549617.0</v>
+        <v>3.8246566E7</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>8710933.0</v>
+        <v>3.4830665E7</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>8374271.0</v>
+        <v>3.1461728E7</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>7981500.0</v>
+        <v>3.4272328E7</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>7715103.0</v>
+        <v>3.2981057E7</v>
+      </c>
+      <c r="H27" s="14" t="n">
+        <v>3.2087032E7</v>
+      </c>
+      <c r="I27" s="14" t="n">
+        <v>3.0736642E7</v>
+      </c>
+      <c r="J27" s="14" t="n">
+        <v>2.9385088E7</v>
+      </c>
+      <c r="K27" s="14" t="n">
+        <v>2.8334824E7</v>
+      </c>
+      <c r="L27" s="14" t="n">
+        <v>2.7591064E7</v>
+      </c>
+      <c r="M27" s="14" t="n">
+        <v>2.795965E7</v>
+      </c>
+      <c r="N27" s="14" t="n">
+        <v>2.9274935E7</v>
+      </c>
+      <c r="O27" s="14" t="n">
+        <v>3.0199261E7</v>
+      </c>
+      <c r="P27" s="14" t="n">
+        <v>3.1220348E7</v>
+      </c>
+      <c r="Q27" s="14" t="n">
+        <v>3.263203E7</v>
+      </c>
+      <c r="R27" s="14" t="n">
+        <v>3.1165898E7</v>
+      </c>
+      <c r="S27" s="14" t="n">
+        <v>2.9335256E7</v>
+      </c>
+      <c r="T27" s="14" t="n">
+        <v>2.7323497E7</v>
+      </c>
+      <c r="U27" s="14" t="n">
+        <v>2.525822E7</v>
+      </c>
+      <c r="V27" s="14" t="n">
+        <v>2.3355391E7</v>
+      </c>
+      <c r="W27" s="14" t="n">
+        <v>2.179932E7</v>
+      </c>
+      <c r="X27" s="14" t="n">
+        <v>2.03886E7</v>
+      </c>
+      <c r="Y27" s="14" t="n">
+        <v>1.8453047E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>8216082.0</v>
+        <v>4065003.0</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>7846163.0</v>
+        <v>3692866.0</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>8226777.0</v>
+        <v>3639363.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>7914946.0</v>
+        <v>3041646.0</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>7680789.0</v>
+        <v>3535554.0</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>7487106.0</v>
+        <v>3482512.0</v>
+      </c>
+      <c r="H28" s="14" t="n">
+        <v>3335898.0</v>
+      </c>
+      <c r="I28" s="14" t="n">
+        <v>3162442.0</v>
+      </c>
+      <c r="J28" s="14" t="n">
+        <v>2987173.0</v>
+      </c>
+      <c r="K28" s="14" t="n">
+        <v>2803923.0</v>
+      </c>
+      <c r="L28" s="14" t="n">
+        <v>2625161.0</v>
+      </c>
+      <c r="M28" s="14" t="n">
+        <v>2466512.0</v>
+      </c>
+      <c r="N28" s="14" t="n">
+        <v>2522710.0</v>
+      </c>
+      <c r="O28" s="14" t="n">
+        <v>2704218.0</v>
+      </c>
+      <c r="P28" s="14" t="n">
+        <v>2122552.0</v>
+      </c>
+      <c r="Q28" s="14" t="n">
+        <v>2812157.0</v>
+      </c>
+      <c r="R28" s="14" t="n">
+        <v>3469180.0</v>
+      </c>
+      <c r="S28" s="14" t="n">
+        <v>3537618.0</v>
+      </c>
+      <c r="T28" s="14" t="n">
+        <v>3169162.0</v>
+      </c>
+      <c r="U28" s="14" t="n">
+        <v>2786816.0</v>
+      </c>
+      <c r="V28" s="14" t="n">
+        <v>2432464.0</v>
+      </c>
+      <c r="W28" s="14" t="n">
+        <v>2156149.0</v>
+      </c>
+      <c r="X28" s="14" t="n">
+        <v>2014979.0</v>
+      </c>
+      <c r="Y28" s="14" t="n">
+        <v>1883915.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>3.3728417E7</v>
+        <v>4.6472807E7</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>3.1006346E7</v>
+        <v>4.1939432E7</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>3.388957E7</v>
+        <v>3.8470028E7</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>3.2572182E7</v>
+        <v>3.4503374E7</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>3.1745017E7</v>
+        <v>3.7807882E7</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>3.0348623E7</v>
+        <v>3.6463569E7</v>
+      </c>
+      <c r="H29" s="14" t="n">
+        <v>3.542293E7</v>
+      </c>
+      <c r="I29" s="14" t="n">
+        <v>3.3899084E7</v>
+      </c>
+      <c r="J29" s="14" t="n">
+        <v>3.2372261E7</v>
+      </c>
+      <c r="K29" s="14" t="n">
+        <v>3.1138747E7</v>
+      </c>
+      <c r="L29" s="14" t="n">
+        <v>3.0216225E7</v>
+      </c>
+      <c r="M29" s="14" t="n">
+        <v>3.0426162E7</v>
+      </c>
+      <c r="N29" s="14" t="n">
+        <v>3.1797645E7</v>
+      </c>
+      <c r="O29" s="14" t="n">
+        <v>3.2903479E7</v>
+      </c>
+      <c r="P29" s="14" t="n">
+        <v>3.33429E7</v>
+      </c>
+      <c r="Q29" s="14" t="n">
+        <v>3.5444187E7</v>
+      </c>
+      <c r="R29" s="14" t="n">
+        <v>3.4635078E7</v>
+      </c>
+      <c r="S29" s="14" t="n">
+        <v>3.2872874E7</v>
+      </c>
+      <c r="T29" s="14" t="n">
+        <v>3.0492659E7</v>
+      </c>
+      <c r="U29" s="14" t="n">
+        <v>2.8045036E7</v>
+      </c>
+      <c r="V29" s="14" t="n">
+        <v>2.5787855E7</v>
+      </c>
+      <c r="W29" s="14" t="n">
+        <v>2.3955469E7</v>
+      </c>
+      <c r="X29" s="14" t="n">
+        <v>2.2403579E7</v>
+      </c>
+      <c r="Y29" s="14" t="n">
+        <v>2.0336962E7</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A30" s="6" t="inlineStr">
+        <is>
+          <t>04 Almería</t>
+        </is>
+      </c>
+      <c r="B30" s="6"/>
+      <c r="C30" s="6"/>
+      <c r="D30" s="6"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="6"/>
+      <c r="G30" s="6"/>
+      <c r="H30" s="6"/>
+      <c r="I30" s="6"/>
+      <c r="J30" s="6"/>
+      <c r="K30" s="6"/>
+      <c r="L30" s="6"/>
+      <c r="M30" s="6"/>
+      <c r="N30" s="6"/>
+      <c r="O30" s="6"/>
+      <c r="P30" s="6"/>
+      <c r="Q30" s="6"/>
+      <c r="R30" s="6"/>
+      <c r="S30" s="6"/>
+      <c r="T30" s="6"/>
+      <c r="U30" s="6"/>
+      <c r="V30" s="6"/>
+      <c r="W30" s="6"/>
+      <c r="X30" s="6"/>
+      <c r="Y30" s="6"/>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>3.7279735E7</v>
+        <v>2904477.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>3.3979911E7</v>
+        <v>2745120.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>3.7366493E7</v>
+        <v>2464148.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>3.5995303E7</v>
+        <v>2524306.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>3.5020312E7</v>
+        <v>2470190.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>3.344599E7</v>
+        <v>2097402.0</v>
+      </c>
+      <c r="H31" s="14" t="n">
+        <v>2551914.0</v>
+      </c>
+      <c r="I31" s="14" t="n">
+        <v>2134981.0</v>
+      </c>
+      <c r="J31" s="14" t="n">
+        <v>2282061.0</v>
+      </c>
+      <c r="K31" s="14" t="n">
+        <v>1742095.0</v>
+      </c>
+      <c r="L31" s="14" t="n">
+        <v>1542837.0</v>
+      </c>
+      <c r="M31" s="14" t="n">
+        <v>1650174.0</v>
+      </c>
+      <c r="N31" s="14" t="n">
+        <v>1371598.0</v>
+      </c>
+      <c r="O31" s="14" t="n">
+        <v>1734971.0</v>
+      </c>
+      <c r="P31" s="14" t="n">
+        <v>1635224.0</v>
+      </c>
+      <c r="Q31" s="14" t="n">
+        <v>1763579.0</v>
+      </c>
+      <c r="R31" s="14" t="n">
+        <v>1596724.0</v>
+      </c>
+      <c r="S31" s="14" t="n">
+        <v>1377475.0</v>
+      </c>
+      <c r="T31" s="14" t="n">
+        <v>1645686.0</v>
+      </c>
+      <c r="U31" s="14" t="n">
+        <v>1390127.0</v>
+      </c>
+      <c r="V31" s="14" t="n">
+        <v>1513580.0</v>
+      </c>
+      <c r="W31" s="14" t="n">
+        <v>1425138.0</v>
+      </c>
+      <c r="X31" s="14" t="n">
+        <v>1302949.0</v>
+      </c>
+      <c r="Y31" s="14" t="n">
+        <v>1231182.0</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G32" s="6"/>
+      <c r="A32" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+        </is>
+      </c>
+      <c r="B32" s="14" t="n">
+        <v>1011315.0</v>
+      </c>
+      <c r="C32" s="14" t="n">
+        <v>932582.0</v>
+      </c>
+      <c r="D32" s="14" t="n">
+        <v>959980.0</v>
+      </c>
+      <c r="E32" s="14" t="n">
+        <v>1339424.0</v>
+      </c>
+      <c r="F32" s="14" t="n">
+        <v>1442713.0</v>
+      </c>
+      <c r="G32" s="14" t="n">
+        <v>1423099.0</v>
+      </c>
+      <c r="H32" s="14" t="n">
+        <v>1387748.0</v>
+      </c>
+      <c r="I32" s="14" t="n">
+        <v>1180543.0</v>
+      </c>
+      <c r="J32" s="14" t="n">
+        <v>1141342.0</v>
+      </c>
+      <c r="K32" s="14" t="n">
+        <v>1161916.0</v>
+      </c>
+      <c r="L32" s="14" t="n">
+        <v>1133959.0</v>
+      </c>
+      <c r="M32" s="14" t="n">
+        <v>1116543.0</v>
+      </c>
+      <c r="N32" s="14" t="n">
+        <v>1103190.0</v>
+      </c>
+      <c r="O32" s="14" t="n">
+        <v>1066217.0</v>
+      </c>
+      <c r="P32" s="14" t="n">
+        <v>1006689.0</v>
+      </c>
+      <c r="Q32" s="14" t="n">
+        <v>1211520.0</v>
+      </c>
+      <c r="R32" s="14" t="n">
+        <v>1072964.0</v>
+      </c>
+      <c r="S32" s="14" t="n">
+        <v>1038930.0</v>
+      </c>
+      <c r="T32" s="14" t="n">
+        <v>996776.0</v>
+      </c>
+      <c r="U32" s="14" t="n">
+        <v>809762.0</v>
+      </c>
+      <c r="V32" s="14" t="n">
+        <v>780657.0</v>
+      </c>
+      <c r="W32" s="14" t="n">
+        <v>736650.0</v>
+      </c>
+      <c r="X32" s="14" t="n">
+        <v>657258.0</v>
+      </c>
+      <c r="Y32" s="14" t="n">
+        <v>605617.0</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>1.5659622E7</v>
+        <v>741989.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>1.460707E7</v>
+        <v>654123.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>1.5813933E7</v>
+        <v>685916.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>1.5173666E7</v>
+        <v>1013498.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>1.5009737E7</v>
+        <v>988167.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>1.4037677E7</v>
+        <v>891951.0</v>
+      </c>
+      <c r="H33" s="14" t="n">
+        <v>900465.0</v>
+      </c>
+      <c r="I33" s="14" t="n">
+        <v>722560.0</v>
+      </c>
+      <c r="J33" s="14" t="n">
+        <v>692184.0</v>
+      </c>
+      <c r="K33" s="14" t="n">
+        <v>680884.0</v>
+      </c>
+      <c r="L33" s="14" t="n">
+        <v>658735.0</v>
+      </c>
+      <c r="M33" s="14" t="n">
+        <v>677806.0</v>
+      </c>
+      <c r="N33" s="14" t="n">
+        <v>682100.0</v>
+      </c>
+      <c r="O33" s="14" t="n">
+        <v>641306.0</v>
+      </c>
+      <c r="P33" s="14" t="n">
+        <v>618552.0</v>
+      </c>
+      <c r="Q33" s="14" t="n">
+        <v>794007.0</v>
+      </c>
+      <c r="R33" s="14" t="n">
+        <v>721418.0</v>
+      </c>
+      <c r="S33" s="14" t="n">
+        <v>732721.0</v>
+      </c>
+      <c r="T33" s="14" t="n">
+        <v>706532.0</v>
+      </c>
+      <c r="U33" s="14" t="n">
+        <v>593686.0</v>
+      </c>
+      <c r="V33" s="14" t="n">
+        <v>583617.0</v>
+      </c>
+      <c r="W33" s="14" t="n">
+        <v>573745.0</v>
+      </c>
+      <c r="X33" s="14" t="n">
+        <v>520975.0</v>
+      </c>
+      <c r="Y33" s="14" t="n">
+        <v>488382.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>2443690.0</v>
+        <v>850503.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>2519276.0</v>
+        <v>833665.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>2400114.0</v>
+        <v>773436.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>2121340.0</v>
+        <v>679244.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>2516415.0</v>
+        <v>813072.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>2122533.0</v>
+        <v>768901.0</v>
+      </c>
+      <c r="H34" s="14" t="n">
+        <v>766280.0</v>
+      </c>
+      <c r="I34" s="14" t="n">
+        <v>879483.0</v>
+      </c>
+      <c r="J34" s="14" t="n">
+        <v>762763.0</v>
+      </c>
+      <c r="K34" s="14" t="n">
+        <v>624883.0</v>
+      </c>
+      <c r="L34" s="14" t="n">
+        <v>597756.0</v>
+      </c>
+      <c r="M34" s="14" t="n">
+        <v>603937.0</v>
+      </c>
+      <c r="N34" s="14" t="n">
+        <v>746090.0</v>
+      </c>
+      <c r="O34" s="14" t="n">
+        <v>1135285.0</v>
+      </c>
+      <c r="P34" s="14" t="n">
+        <v>1588222.0</v>
+      </c>
+      <c r="Q34" s="14" t="n">
+        <v>2051982.0</v>
+      </c>
+      <c r="R34" s="14" t="n">
+        <v>2260010.0</v>
+      </c>
+      <c r="S34" s="14" t="n">
+        <v>2004076.0</v>
+      </c>
+      <c r="T34" s="14" t="n">
+        <v>1695817.0</v>
+      </c>
+      <c r="U34" s="14" t="n">
+        <v>1547931.0</v>
+      </c>
+      <c r="V34" s="14" t="n">
+        <v>1323190.0</v>
+      </c>
+      <c r="W34" s="14" t="n">
+        <v>1127905.0</v>
+      </c>
+      <c r="X34" s="14" t="n">
+        <v>927464.0</v>
+      </c>
+      <c r="Y34" s="14" t="n">
+        <v>847451.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>1348695.0</v>
+        <v>4958569.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>1302726.0</v>
+        <v>4370535.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>1416242.0</v>
+        <v>3747281.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>1401528.0</v>
+        <v>3283154.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>1366066.0</v>
+        <v>4067514.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>1166378.0</v>
+        <v>3787767.0</v>
+      </c>
+      <c r="H35" s="14" t="n">
+        <v>3489620.0</v>
+      </c>
+      <c r="I35" s="14" t="n">
+        <v>3273026.0</v>
+      </c>
+      <c r="J35" s="14" t="n">
+        <v>2960189.0</v>
+      </c>
+      <c r="K35" s="14" t="n">
+        <v>2868398.0</v>
+      </c>
+      <c r="L35" s="14" t="n">
+        <v>2726029.0</v>
+      </c>
+      <c r="M35" s="14" t="n">
+        <v>2812249.0</v>
+      </c>
+      <c r="N35" s="14" t="n">
+        <v>2977001.0</v>
+      </c>
+      <c r="O35" s="14" t="n">
+        <v>3064932.0</v>
+      </c>
+      <c r="P35" s="14" t="n">
+        <v>3155641.0</v>
+      </c>
+      <c r="Q35" s="14" t="n">
+        <v>3197801.0</v>
+      </c>
+      <c r="R35" s="14" t="n">
+        <v>2995549.0</v>
+      </c>
+      <c r="S35" s="14" t="n">
+        <v>2833179.0</v>
+      </c>
+      <c r="T35" s="14" t="n">
+        <v>2577964.0</v>
+      </c>
+      <c r="U35" s="14" t="n">
+        <v>2541844.0</v>
+      </c>
+      <c r="V35" s="14" t="n">
+        <v>2388860.0</v>
+      </c>
+      <c r="W35" s="14" t="n">
+        <v>2243018.0</v>
+      </c>
+      <c r="X35" s="14" t="n">
+        <v>2044310.0</v>
+      </c>
+      <c r="Y35" s="14" t="n">
+        <v>1933091.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>1020119.0</v>
+        <v>3534508.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>1011494.0</v>
+        <v>3084995.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>996328.0</v>
+        <v>2807106.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>900662.0</v>
+        <v>2726448.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>907200.0</v>
+        <v>2749944.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>733529.0</v>
+        <v>2655500.0</v>
+      </c>
+      <c r="H36" s="14" t="n">
+        <v>2524368.0</v>
+      </c>
+      <c r="I36" s="14" t="n">
+        <v>2447247.0</v>
+      </c>
+      <c r="J36" s="14" t="n">
+        <v>2362566.0</v>
+      </c>
+      <c r="K36" s="14" t="n">
+        <v>2392086.0</v>
+      </c>
+      <c r="L36" s="14" t="n">
+        <v>2339297.0</v>
+      </c>
+      <c r="M36" s="14" t="n">
+        <v>2376383.0</v>
+      </c>
+      <c r="N36" s="14" t="n">
+        <v>2376682.0</v>
+      </c>
+      <c r="O36" s="14" t="n">
+        <v>2315484.0</v>
+      </c>
+      <c r="P36" s="14" t="n">
+        <v>2351725.0</v>
+      </c>
+      <c r="Q36" s="14" t="n">
+        <v>2389533.0</v>
+      </c>
+      <c r="R36" s="14" t="n">
+        <v>2251990.0</v>
+      </c>
+      <c r="S36" s="14" t="n">
+        <v>1993732.0</v>
+      </c>
+      <c r="T36" s="14" t="n">
+        <v>1754101.0</v>
+      </c>
+      <c r="U36" s="14" t="n">
+        <v>1637643.0</v>
+      </c>
+      <c r="V36" s="14" t="n">
+        <v>1498934.0</v>
+      </c>
+      <c r="W36" s="14" t="n">
+        <v>1382157.0</v>
+      </c>
+      <c r="X36" s="14" t="n">
+        <v>1260753.0</v>
+      </c>
+      <c r="Y36" s="14" t="n">
+        <v>1182159.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>723957.0</v>
+        <v>3394494.0</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>648214.0</v>
+        <v>3075674.0</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>774405.0</v>
+        <v>2703296.0</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>732184.0</v>
+        <v>2905906.0</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>734374.0</v>
+        <v>2962527.0</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>838481.0</v>
+        <v>3082583.0</v>
+      </c>
+      <c r="H37" s="14" t="n">
+        <v>3008295.0</v>
+      </c>
+      <c r="I37" s="14" t="n">
+        <v>2942338.0</v>
+      </c>
+      <c r="J37" s="14" t="n">
+        <v>2332356.0</v>
+      </c>
+      <c r="K37" s="14" t="n">
+        <v>2232191.0</v>
+      </c>
+      <c r="L37" s="14" t="n">
+        <v>2235080.0</v>
+      </c>
+      <c r="M37" s="14" t="n">
+        <v>2238366.0</v>
+      </c>
+      <c r="N37" s="14" t="n">
+        <v>2367690.0</v>
+      </c>
+      <c r="O37" s="14" t="n">
+        <v>2363514.0</v>
+      </c>
+      <c r="P37" s="14" t="n">
+        <v>2397064.0</v>
+      </c>
+      <c r="Q37" s="14" t="n">
+        <v>2262332.0</v>
+      </c>
+      <c r="R37" s="14" t="n">
+        <v>2116854.0</v>
+      </c>
+      <c r="S37" s="14" t="n">
+        <v>2009490.0</v>
+      </c>
+      <c r="T37" s="14" t="n">
+        <v>1884141.0</v>
+      </c>
+      <c r="U37" s="14" t="n">
+        <v>1692173.0</v>
+      </c>
+      <c r="V37" s="14" t="n">
+        <v>1605019.0</v>
+      </c>
+      <c r="W37" s="14" t="n">
+        <v>1617712.0</v>
+      </c>
+      <c r="X37" s="14" t="n">
+        <v>1604144.0</v>
+      </c>
+      <c r="Y37" s="14" t="n">
+        <v>1446378.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>3793774.0</v>
+        <v>1.6653866E7</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>3232834.0</v>
+        <v>1.5042571E7</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>4017874.0</v>
+        <v>1.3455247E7</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>3717024.0</v>
+        <v>1.3458482E7</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>3439591.0</v>
+        <v>1.450596E7</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>3215216.0</v>
+        <v>1.3815252E7</v>
+      </c>
+      <c r="H38" s="14" t="n">
+        <v>1.3728225E7</v>
+      </c>
+      <c r="I38" s="14" t="n">
+        <v>1.2857618E7</v>
+      </c>
+      <c r="J38" s="14" t="n">
+        <v>1.1841277E7</v>
+      </c>
+      <c r="K38" s="14" t="n">
+        <v>1.1021569E7</v>
+      </c>
+      <c r="L38" s="14" t="n">
+        <v>1.0574958E7</v>
+      </c>
+      <c r="M38" s="14" t="n">
+        <v>1.0797652E7</v>
+      </c>
+      <c r="N38" s="14" t="n">
+        <v>1.0942251E7</v>
+      </c>
+      <c r="O38" s="14" t="n">
+        <v>1.1680403E7</v>
+      </c>
+      <c r="P38" s="14" t="n">
+        <v>1.2134565E7</v>
+      </c>
+      <c r="Q38" s="14" t="n">
+        <v>1.2876747E7</v>
+      </c>
+      <c r="R38" s="14" t="n">
+        <v>1.2294091E7</v>
+      </c>
+      <c r="S38" s="14" t="n">
+        <v>1.1256882E7</v>
+      </c>
+      <c r="T38" s="14" t="n">
+        <v>1.0554485E7</v>
+      </c>
+      <c r="U38" s="14" t="n">
+        <v>9619480.0</v>
+      </c>
+      <c r="V38" s="14" t="n">
+        <v>9110240.0</v>
+      </c>
+      <c r="W38" s="14" t="n">
+        <v>8532580.0</v>
+      </c>
+      <c r="X38" s="14" t="n">
+        <v>7796878.0</v>
+      </c>
+      <c r="Y38" s="14" t="n">
+        <v>7245878.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>2816431.0</v>
+        <v>1596357.0</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>2687981.0</v>
+        <v>1452423.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>2726384.0</v>
+        <v>1405903.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>2629665.0</v>
+        <v>1305860.0</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>2503284.0</v>
+        <v>1497622.0</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>2425256.0</v>
+        <v>1466840.0</v>
+      </c>
+      <c r="H39" s="14" t="n">
+        <v>1431163.0</v>
+      </c>
+      <c r="I39" s="14" t="n">
+        <v>1328088.0</v>
+      </c>
+      <c r="J39" s="14" t="n">
+        <v>1207634.0</v>
+      </c>
+      <c r="K39" s="14" t="n">
+        <v>1094531.0</v>
+      </c>
+      <c r="L39" s="14" t="n">
+        <v>1009638.0</v>
+      </c>
+      <c r="M39" s="14" t="n">
+        <v>955563.0</v>
+      </c>
+      <c r="N39" s="14" t="n">
+        <v>945798.0</v>
+      </c>
+      <c r="O39" s="14" t="n">
+        <v>1048820.0</v>
+      </c>
+      <c r="P39" s="14" t="n">
+        <v>827022.0</v>
+      </c>
+      <c r="Q39" s="14" t="n">
+        <v>1111924.0</v>
+      </c>
+      <c r="R39" s="14" t="n">
+        <v>1370377.0</v>
+      </c>
+      <c r="S39" s="14" t="n">
+        <v>1360048.0</v>
+      </c>
+      <c r="T39" s="14" t="n">
+        <v>1226934.0</v>
+      </c>
+      <c r="U39" s="14" t="n">
+        <v>1063640.0</v>
+      </c>
+      <c r="V39" s="14" t="n">
+        <v>950859.0</v>
+      </c>
+      <c r="W39" s="14" t="n">
+        <v>845817.0</v>
+      </c>
+      <c r="X39" s="14" t="n">
+        <v>772339.0</v>
+      </c>
+      <c r="Y39" s="14" t="n">
+        <v>741374.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>3041318.0</v>
+        <v>1.8250223E7</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>2937782.0</v>
+        <v>1.6494994E7</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>3007440.0</v>
+        <v>1.486115E7</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>3128865.0</v>
+        <v>1.4764342E7</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>3046116.0</v>
+        <v>1.6003582E7</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>2969784.0</v>
+        <v>1.5282092E7</v>
+      </c>
+      <c r="H40" s="14" t="n">
+        <v>1.5159388E7</v>
+      </c>
+      <c r="I40" s="14" t="n">
+        <v>1.4185706E7</v>
+      </c>
+      <c r="J40" s="14" t="n">
+        <v>1.3048911E7</v>
+      </c>
+      <c r="K40" s="14" t="n">
+        <v>1.21161E7</v>
+      </c>
+      <c r="L40" s="14" t="n">
+        <v>1.1584596E7</v>
+      </c>
+      <c r="M40" s="14" t="n">
+        <v>1.1753215E7</v>
+      </c>
+      <c r="N40" s="14" t="n">
+        <v>1.1888049E7</v>
+      </c>
+      <c r="O40" s="14" t="n">
+        <v>1.2729223E7</v>
+      </c>
+      <c r="P40" s="14" t="n">
+        <v>1.2961587E7</v>
+      </c>
+      <c r="Q40" s="14" t="n">
+        <v>1.3988671E7</v>
+      </c>
+      <c r="R40" s="14" t="n">
+        <v>1.3664468E7</v>
+      </c>
+      <c r="S40" s="14" t="n">
+        <v>1.261693E7</v>
+      </c>
+      <c r="T40" s="14" t="n">
+        <v>1.1781419E7</v>
+      </c>
+      <c r="U40" s="14" t="n">
+        <v>1.068312E7</v>
+      </c>
+      <c r="V40" s="14" t="n">
+        <v>1.0061099E7</v>
+      </c>
+      <c r="W40" s="14" t="n">
+        <v>9378397.0</v>
+      </c>
+      <c r="X40" s="14" t="n">
+        <v>8569217.0</v>
+      </c>
+      <c r="Y40" s="14" t="n">
+        <v>7987252.0</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A41" s="6" t="inlineStr">
+        <is>
+          <t>01 Araba/Álava</t>
+        </is>
+      </c>
+      <c r="B41" s="6"/>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+      <c r="H41" s="6"/>
+      <c r="I41" s="6"/>
+      <c r="J41" s="6"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="6"/>
+      <c r="M41" s="6"/>
+      <c r="N41" s="6"/>
+      <c r="O41" s="6"/>
+      <c r="P41" s="6"/>
+      <c r="Q41" s="6"/>
+      <c r="R41" s="6"/>
+      <c r="S41" s="6"/>
+      <c r="T41" s="6"/>
+      <c r="U41" s="6"/>
+      <c r="V41" s="6"/>
+      <c r="W41" s="6"/>
+      <c r="X41" s="6"/>
+      <c r="Y41" s="6"/>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>1491757.0</v>
+        <v>184831.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>1278257.0</v>
+        <v>159084.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>1471474.0</v>
+        <v>220008.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>1443060.0</v>
+        <v>212214.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>1403891.0</v>
+        <v>244748.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>1300029.0</v>
+        <v>265437.0</v>
+      </c>
+      <c r="H42" s="14" t="n">
+        <v>262289.0</v>
+      </c>
+      <c r="I42" s="14" t="n">
+        <v>289544.0</v>
+      </c>
+      <c r="J42" s="14" t="n">
+        <v>219110.0</v>
+      </c>
+      <c r="K42" s="14" t="n">
+        <v>210880.0</v>
+      </c>
+      <c r="L42" s="14" t="n">
+        <v>222554.0</v>
+      </c>
+      <c r="M42" s="14" t="n">
+        <v>224336.0</v>
+      </c>
+      <c r="N42" s="14" t="n">
+        <v>199324.0</v>
+      </c>
+      <c r="O42" s="14" t="n">
+        <v>185414.0</v>
+      </c>
+      <c r="P42" s="14" t="n">
+        <v>169115.0</v>
+      </c>
+      <c r="Q42" s="14" t="n">
+        <v>200299.0</v>
+      </c>
+      <c r="R42" s="14" t="n">
+        <v>180067.0</v>
+      </c>
+      <c r="S42" s="14" t="n">
+        <v>141173.0</v>
+      </c>
+      <c r="T42" s="14" t="n">
+        <v>141818.0</v>
+      </c>
+      <c r="U42" s="14" t="n">
+        <v>163489.0</v>
+      </c>
+      <c r="V42" s="14" t="n">
+        <v>180319.0</v>
+      </c>
+      <c r="W42" s="14" t="n">
+        <v>205508.0</v>
+      </c>
+      <c r="X42" s="14" t="n">
+        <v>183653.0</v>
+      </c>
+      <c r="Y42" s="14" t="n">
+        <v>165234.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>1.5659622E7</v>
+        <v>4011012.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>1.460707E7</v>
+        <v>3698828.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>1.5813933E7</v>
+        <v>3534397.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>1.5173666E7</v>
+        <v>3381430.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>1.5009737E7</v>
+        <v>3738501.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>1.4037677E7</v>
+        <v>3817380.0</v>
+      </c>
+      <c r="H43" s="14" t="n">
+        <v>3655303.0</v>
+      </c>
+      <c r="I43" s="14" t="n">
+        <v>3573555.0</v>
+      </c>
+      <c r="J43" s="14" t="n">
+        <v>3576317.0</v>
+      </c>
+      <c r="K43" s="14" t="n">
+        <v>3455723.0</v>
+      </c>
+      <c r="L43" s="14" t="n">
+        <v>3268288.0</v>
+      </c>
+      <c r="M43" s="14" t="n">
+        <v>3236551.0</v>
+      </c>
+      <c r="N43" s="14" t="n">
+        <v>3398744.0</v>
+      </c>
+      <c r="O43" s="14" t="n">
+        <v>3267485.0</v>
+      </c>
+      <c r="P43" s="14" t="n">
+        <v>3455189.0</v>
+      </c>
+      <c r="Q43" s="14" t="n">
+        <v>4107261.0</v>
+      </c>
+      <c r="R43" s="14" t="n">
+        <v>3844638.0</v>
+      </c>
+      <c r="S43" s="14" t="n">
+        <v>3518449.0</v>
+      </c>
+      <c r="T43" s="14" t="n">
+        <v>3175825.0</v>
+      </c>
+      <c r="U43" s="14" t="n">
+        <v>2973971.0</v>
+      </c>
+      <c r="V43" s="14" t="n">
+        <v>2748003.0</v>
+      </c>
+      <c r="W43" s="14" t="n">
+        <v>2639175.0</v>
+      </c>
+      <c r="X43" s="14" t="n">
+        <v>2467572.0</v>
+      </c>
+      <c r="Y43" s="14" t="n">
+        <v>2263569.0</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G44" s="6"/>
+      <c r="A44" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+        </is>
+      </c>
+      <c r="B44" s="14" t="n">
+        <v>3806656.0</v>
+      </c>
+      <c r="C44" s="14" t="n">
+        <v>3439453.0</v>
+      </c>
+      <c r="D44" s="14" t="n">
+        <v>3187883.0</v>
+      </c>
+      <c r="E44" s="14" t="n">
+        <v>3155857.0</v>
+      </c>
+      <c r="F44" s="14" t="n">
+        <v>3563479.0</v>
+      </c>
+      <c r="G44" s="14" t="n">
+        <v>3645580.0</v>
+      </c>
+      <c r="H44" s="14" t="n">
+        <v>3450507.0</v>
+      </c>
+      <c r="I44" s="14" t="n">
+        <v>3362877.0</v>
+      </c>
+      <c r="J44" s="14" t="n">
+        <v>3379873.0</v>
+      </c>
+      <c r="K44" s="14" t="n">
+        <v>3265073.0</v>
+      </c>
+      <c r="L44" s="14" t="n">
+        <v>3087597.0</v>
+      </c>
+      <c r="M44" s="14" t="n">
+        <v>3045246.0</v>
+      </c>
+      <c r="N44" s="14" t="n">
+        <v>3208020.0</v>
+      </c>
+      <c r="O44" s="14" t="n">
+        <v>3082811.0</v>
+      </c>
+      <c r="P44" s="14" t="n">
+        <v>3304111.0</v>
+      </c>
+      <c r="Q44" s="14" t="n">
+        <v>3915588.0</v>
+      </c>
+      <c r="R44" s="14" t="n">
+        <v>3672654.0</v>
+      </c>
+      <c r="S44" s="14" t="n">
+        <v>3349146.0</v>
+      </c>
+      <c r="T44" s="14" t="n">
+        <v>3034983.0</v>
+      </c>
+      <c r="U44" s="14" t="n">
+        <v>2855482.0</v>
+      </c>
+      <c r="V44" s="14" t="n">
+        <v>2664416.0</v>
+      </c>
+      <c r="W44" s="14" t="n">
+        <v>2557196.0</v>
+      </c>
+      <c r="X44" s="14" t="n">
+        <v>2395852.0</v>
+      </c>
+      <c r="Y44" s="14" t="n">
+        <v>2199960.0</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>1.2939983E7</v>
+        <v>627209.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>1.1731451E7</v>
+        <v>532363.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>1.2813401E7</v>
+        <v>399331.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>1.2740333E7</v>
+        <v>431000.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>1.2354793E7</v>
+        <v>521559.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>1.197019E7</v>
+        <v>499135.0</v>
+      </c>
+      <c r="H45" s="14" t="n">
+        <v>484886.0</v>
+      </c>
+      <c r="I45" s="14" t="n">
+        <v>348163.0</v>
+      </c>
+      <c r="J45" s="14" t="n">
+        <v>388341.0</v>
+      </c>
+      <c r="K45" s="14" t="n">
+        <v>393904.0</v>
+      </c>
+      <c r="L45" s="14" t="n">
+        <v>450913.0</v>
+      </c>
+      <c r="M45" s="14" t="n">
+        <v>477912.0</v>
+      </c>
+      <c r="N45" s="14" t="n">
+        <v>600518.0</v>
+      </c>
+      <c r="O45" s="14" t="n">
+        <v>761590.0</v>
+      </c>
+      <c r="P45" s="14" t="n">
+        <v>829249.0</v>
+      </c>
+      <c r="Q45" s="14" t="n">
+        <v>805264.0</v>
+      </c>
+      <c r="R45" s="14" t="n">
+        <v>748834.0</v>
+      </c>
+      <c r="S45" s="14" t="n">
+        <v>731222.0</v>
+      </c>
+      <c r="T45" s="14" t="n">
+        <v>701799.0</v>
+      </c>
+      <c r="U45" s="14" t="n">
+        <v>559157.0</v>
+      </c>
+      <c r="V45" s="14" t="n">
+        <v>480410.0</v>
+      </c>
+      <c r="W45" s="14" t="n">
+        <v>475702.0</v>
+      </c>
+      <c r="X45" s="14" t="n">
+        <v>422456.0</v>
+      </c>
+      <c r="Y45" s="14" t="n">
+        <v>357655.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>201362.0</v>
+        <v>2445864.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>189557.0</v>
+        <v>2219584.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>212839.0</v>
+        <v>1932191.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>240281.0</v>
+        <v>1696946.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>231487.0</v>
+        <v>1988412.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>257635.0</v>
+        <v>1895279.0</v>
+      </c>
+      <c r="H46" s="14" t="n">
+        <v>1898322.0</v>
+      </c>
+      <c r="I46" s="14" t="n">
+        <v>1921200.0</v>
+      </c>
+      <c r="J46" s="14" t="n">
+        <v>1795947.0</v>
+      </c>
+      <c r="K46" s="14" t="n">
+        <v>1758261.0</v>
+      </c>
+      <c r="L46" s="14" t="n">
+        <v>1662305.0</v>
+      </c>
+      <c r="M46" s="14" t="n">
+        <v>1687847.0</v>
+      </c>
+      <c r="N46" s="14" t="n">
+        <v>1708380.0</v>
+      </c>
+      <c r="O46" s="14" t="n">
+        <v>1751096.0</v>
+      </c>
+      <c r="P46" s="14" t="n">
+        <v>1763640.0</v>
+      </c>
+      <c r="Q46" s="14" t="n">
+        <v>1848134.0</v>
+      </c>
+      <c r="R46" s="14" t="n">
+        <v>1725187.0</v>
+      </c>
+      <c r="S46" s="14" t="n">
+        <v>1612079.0</v>
+      </c>
+      <c r="T46" s="14" t="n">
+        <v>1480069.0</v>
+      </c>
+      <c r="U46" s="14" t="n">
+        <v>1412095.0</v>
+      </c>
+      <c r="V46" s="14" t="n">
+        <v>1345265.0</v>
+      </c>
+      <c r="W46" s="14" t="n">
+        <v>1318279.0</v>
+      </c>
+      <c r="X46" s="14" t="n">
+        <v>1246701.0</v>
+      </c>
+      <c r="Y46" s="14" t="n">
+        <v>1135489.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>3832143.0</v>
+        <v>2864241.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>3388952.0</v>
+        <v>2527030.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>3781684.0</v>
+        <v>2319262.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>3874027.0</v>
+        <v>2325201.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>3707792.0</v>
+        <v>2381962.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>3638220.0</v>
+        <v>2344966.0</v>
+      </c>
+      <c r="H47" s="14" t="n">
+        <v>2242126.0</v>
+      </c>
+      <c r="I47" s="14" t="n">
+        <v>2181330.0</v>
+      </c>
+      <c r="J47" s="14" t="n">
+        <v>2039848.0</v>
+      </c>
+      <c r="K47" s="14" t="n">
+        <v>1979700.0</v>
+      </c>
+      <c r="L47" s="14" t="n">
+        <v>1934142.0</v>
+      </c>
+      <c r="M47" s="14" t="n">
+        <v>1931458.0</v>
+      </c>
+      <c r="N47" s="14" t="n">
+        <v>1912752.0</v>
+      </c>
+      <c r="O47" s="14" t="n">
+        <v>1836379.0</v>
+      </c>
+      <c r="P47" s="14" t="n">
+        <v>1803041.0</v>
+      </c>
+      <c r="Q47" s="14" t="n">
+        <v>1767318.0</v>
+      </c>
+      <c r="R47" s="14" t="n">
+        <v>1597735.0</v>
+      </c>
+      <c r="S47" s="14" t="n">
+        <v>1362810.0</v>
+      </c>
+      <c r="T47" s="14" t="n">
+        <v>1148452.0</v>
+      </c>
+      <c r="U47" s="14" t="n">
+        <v>998212.0</v>
+      </c>
+      <c r="V47" s="14" t="n">
+        <v>904683.0</v>
+      </c>
+      <c r="W47" s="14" t="n">
+        <v>825923.0</v>
+      </c>
+      <c r="X47" s="14" t="n">
+        <v>725819.0</v>
+      </c>
+      <c r="Y47" s="14" t="n">
+        <v>624630.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>3473573.0</v>
+        <v>2724934.0</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>3145920.0</v>
+        <v>2570938.0</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>3588690.0</v>
+        <v>2422134.0</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>3676861.0</v>
+        <v>2677564.0</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>3472227.0</v>
+        <v>2721392.0</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>3409922.0</v>
+        <v>2677347.0</v>
+      </c>
+      <c r="H48" s="14" t="n">
+        <v>2626834.0</v>
+      </c>
+      <c r="I48" s="14" t="n">
+        <v>2525655.0</v>
+      </c>
+      <c r="J48" s="14" t="n">
+        <v>2229956.0</v>
+      </c>
+      <c r="K48" s="14" t="n">
+        <v>2212078.0</v>
+      </c>
+      <c r="L48" s="14" t="n">
+        <v>2217439.0</v>
+      </c>
+      <c r="M48" s="14" t="n">
+        <v>2162381.0</v>
+      </c>
+      <c r="N48" s="14" t="n">
+        <v>2188336.0</v>
+      </c>
+      <c r="O48" s="14" t="n">
+        <v>2087095.0</v>
+      </c>
+      <c r="P48" s="14" t="n">
+        <v>2095078.0</v>
+      </c>
+      <c r="Q48" s="14" t="n">
+        <v>1984010.0</v>
+      </c>
+      <c r="R48" s="14" t="n">
+        <v>1846761.0</v>
+      </c>
+      <c r="S48" s="14" t="n">
+        <v>1722482.0</v>
+      </c>
+      <c r="T48" s="14" t="n">
+        <v>1579674.0</v>
+      </c>
+      <c r="U48" s="14" t="n">
+        <v>1490726.0</v>
+      </c>
+      <c r="V48" s="14" t="n">
+        <v>1451028.0</v>
+      </c>
+      <c r="W48" s="14" t="n">
+        <v>1278171.0</v>
+      </c>
+      <c r="X48" s="14" t="n">
+        <v>1178333.0</v>
+      </c>
+      <c r="Y48" s="14" t="n">
+        <v>1167590.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>400677.0</v>
+        <v>1.2858091E7</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>429096.0</v>
+        <v>1.1707827E7</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>518235.0</v>
+        <v>1.0827323E7</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>495851.0</v>
+        <v>1.0724355E7</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>484790.0</v>
+        <v>1.1596574E7</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>346285.0</v>
+        <v>1.1499544E7</v>
+      </c>
+      <c r="H49" s="14" t="n">
+        <v>1.116976E7</v>
+      </c>
+      <c r="I49" s="14" t="n">
+        <v>1.0839447E7</v>
+      </c>
+      <c r="J49" s="14" t="n">
+        <v>1.0249519E7</v>
+      </c>
+      <c r="K49" s="14" t="n">
+        <v>1.0010546E7</v>
+      </c>
+      <c r="L49" s="14" t="n">
+        <v>9755641.0</v>
+      </c>
+      <c r="M49" s="14" t="n">
+        <v>9720485.0</v>
+      </c>
+      <c r="N49" s="14" t="n">
+        <v>1.0008054E7</v>
+      </c>
+      <c r="O49" s="14" t="n">
+        <v>9889059.0</v>
+      </c>
+      <c r="P49" s="14" t="n">
+        <v>1.0115312E7</v>
+      </c>
+      <c r="Q49" s="14" t="n">
+        <v>1.0712286E7</v>
+      </c>
+      <c r="R49" s="14" t="n">
+        <v>9943222.0</v>
+      </c>
+      <c r="S49" s="14" t="n">
+        <v>9088215.0</v>
+      </c>
+      <c r="T49" s="14" t="n">
+        <v>8227637.0</v>
+      </c>
+      <c r="U49" s="14" t="n">
+        <v>7597650.0</v>
+      </c>
+      <c r="V49" s="14" t="n">
+        <v>7109708.0</v>
+      </c>
+      <c r="W49" s="14" t="n">
+        <v>6742758.0</v>
+      </c>
+      <c r="X49" s="14" t="n">
+        <v>6224534.0</v>
+      </c>
+      <c r="Y49" s="14" t="n">
+        <v>5714167.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>1946392.0</v>
+        <v>1232513.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>1669800.0</v>
+        <v>1130440.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>1961560.0</v>
+        <v>1131318.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>1857468.0</v>
+        <v>1039873.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>1868501.0</v>
+        <v>1200954.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>1884721.0</v>
+        <v>1221615.0</v>
+      </c>
+      <c r="H50" s="14" t="n">
+        <v>1166369.0</v>
+      </c>
+      <c r="I50" s="14" t="n">
+        <v>1121290.0</v>
+      </c>
+      <c r="J50" s="14" t="n">
+        <v>1047271.0</v>
+      </c>
+      <c r="K50" s="14" t="n">
+        <v>996009.0</v>
+      </c>
+      <c r="L50" s="14" t="n">
+        <v>932550.0</v>
+      </c>
+      <c r="M50" s="14" t="n">
+        <v>860565.0</v>
+      </c>
+      <c r="N50" s="14" t="n">
+        <v>865308.0</v>
+      </c>
+      <c r="O50" s="14" t="n">
+        <v>888222.0</v>
+      </c>
+      <c r="P50" s="14" t="n">
+        <v>689611.0</v>
+      </c>
+      <c r="Q50" s="14" t="n">
+        <v>926189.0</v>
+      </c>
+      <c r="R50" s="14" t="n">
+        <v>1110447.0</v>
+      </c>
+      <c r="S50" s="14" t="n">
+        <v>1098935.0</v>
+      </c>
+      <c r="T50" s="14" t="n">
+        <v>955939.0</v>
+      </c>
+      <c r="U50" s="14" t="n">
+        <v>838632.0</v>
+      </c>
+      <c r="V50" s="14" t="n">
+        <v>739691.0</v>
+      </c>
+      <c r="W50" s="14" t="n">
+        <v>665579.0</v>
+      </c>
+      <c r="X50" s="14" t="n">
+        <v>613610.0</v>
+      </c>
+      <c r="Y50" s="14" t="n">
+        <v>581626.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>2434844.0</v>
+        <v>1.4090604E7</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>2327165.0</v>
+        <v>1.2838267E7</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>2392190.0</v>
+        <v>1.1958641E7</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>2353156.0</v>
+        <v>1.1764228E7</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>2255254.0</v>
+        <v>1.2797528E7</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>2193412.0</v>
+        <v>1.2721159E7</v>
+      </c>
+      <c r="H51" s="14" t="n">
+        <v>1.2336129E7</v>
+      </c>
+      <c r="I51" s="14" t="n">
+        <v>1.1960737E7</v>
+      </c>
+      <c r="J51" s="14" t="n">
+        <v>1.129679E7</v>
+      </c>
+      <c r="K51" s="14" t="n">
+        <v>1.1006555E7</v>
+      </c>
+      <c r="L51" s="14" t="n">
+        <v>1.0688191E7</v>
+      </c>
+      <c r="M51" s="14" t="n">
+        <v>1.058105E7</v>
+      </c>
+      <c r="N51" s="14" t="n">
+        <v>1.0873362E7</v>
+      </c>
+      <c r="O51" s="14" t="n">
+        <v>1.0777281E7</v>
+      </c>
+      <c r="P51" s="14" t="n">
+        <v>1.0804923E7</v>
+      </c>
+      <c r="Q51" s="14" t="n">
+        <v>1.1638475E7</v>
+      </c>
+      <c r="R51" s="14" t="n">
+        <v>1.1053669E7</v>
+      </c>
+      <c r="S51" s="14" t="n">
+        <v>1.018715E7</v>
+      </c>
+      <c r="T51" s="14" t="n">
+        <v>9183576.0</v>
+      </c>
+      <c r="U51" s="14" t="n">
+        <v>8436282.0</v>
+      </c>
+      <c r="V51" s="14" t="n">
+        <v>7849399.0</v>
+      </c>
+      <c r="W51" s="14" t="n">
+        <v>7408337.0</v>
+      </c>
+      <c r="X51" s="14" t="n">
+        <v>6838144.0</v>
+      </c>
+      <c r="Y51" s="14" t="n">
+        <v>6295793.0</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A52" s="6" t="inlineStr">
+        <is>
+          <t>33 Asturias</t>
+        </is>
+      </c>
+      <c r="B52" s="6"/>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6"/>
+      <c r="E52" s="6"/>
+      <c r="F52" s="6"/>
+      <c r="G52" s="6"/>
+      <c r="H52" s="6"/>
+      <c r="I52" s="6"/>
+      <c r="J52" s="6"/>
+      <c r="K52" s="6"/>
+      <c r="L52" s="6"/>
+      <c r="M52" s="6"/>
+      <c r="N52" s="6"/>
+      <c r="O52" s="6"/>
+      <c r="P52" s="6"/>
+      <c r="Q52" s="6"/>
+      <c r="R52" s="6"/>
+      <c r="S52" s="6"/>
+      <c r="T52" s="6"/>
+      <c r="U52" s="6"/>
+      <c r="V52" s="6"/>
+      <c r="W52" s="6"/>
+      <c r="X52" s="6"/>
+      <c r="Y52" s="6"/>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>1.1707303E7</v>
+        <v>389423.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>1.0704838E7</v>
+        <v>320116.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>1.1621124E7</v>
+        <v>331519.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>1.1528631E7</v>
+        <v>300196.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>1.1199149E7</v>
+        <v>334024.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>1.0861504E7</v>
+        <v>313496.0</v>
+      </c>
+      <c r="H53" s="14" t="n">
+        <v>288176.0</v>
+      </c>
+      <c r="I53" s="14" t="n">
+        <v>292625.0</v>
+      </c>
+      <c r="J53" s="14" t="n">
+        <v>295656.0</v>
+      </c>
+      <c r="K53" s="14" t="n">
+        <v>283082.0</v>
+      </c>
+      <c r="L53" s="14" t="n">
+        <v>280346.0</v>
+      </c>
+      <c r="M53" s="14" t="n">
+        <v>295018.0</v>
+      </c>
+      <c r="N53" s="14" t="n">
+        <v>309262.0</v>
+      </c>
+      <c r="O53" s="14" t="n">
+        <v>310278.0</v>
+      </c>
+      <c r="P53" s="14" t="n">
+        <v>294522.0</v>
+      </c>
+      <c r="Q53" s="14" t="n">
+        <v>342426.0</v>
+      </c>
+      <c r="R53" s="14" t="n">
+        <v>385835.0</v>
+      </c>
+      <c r="S53" s="14" t="n">
+        <v>375121.0</v>
+      </c>
+      <c r="T53" s="14" t="n">
+        <v>408679.0</v>
+      </c>
+      <c r="U53" s="14" t="n">
+        <v>409183.0</v>
+      </c>
+      <c r="V53" s="14" t="n">
+        <v>434672.0</v>
+      </c>
+      <c r="W53" s="14" t="n">
+        <v>423257.0</v>
+      </c>
+      <c r="X53" s="14" t="n">
+        <v>432308.0</v>
+      </c>
+      <c r="Y53" s="14" t="n">
+        <v>390193.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>1232680.0</v>
+        <v>5576119.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>1026613.0</v>
+        <v>5861268.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>1192277.0</v>
+        <v>4397922.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>1211702.0</v>
+        <v>3611001.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>1155644.0</v>
+        <v>4032221.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>1108686.0</v>
+        <v>4033252.0</v>
+      </c>
+      <c r="H54" s="14" t="n">
+        <v>3942185.0</v>
+      </c>
+      <c r="I54" s="14" t="n">
+        <v>3673415.0</v>
+      </c>
+      <c r="J54" s="14" t="n">
+        <v>3666395.0</v>
+      </c>
+      <c r="K54" s="14" t="n">
+        <v>3561431.0</v>
+      </c>
+      <c r="L54" s="14" t="n">
+        <v>3643868.0</v>
+      </c>
+      <c r="M54" s="14" t="n">
+        <v>3796474.0</v>
+      </c>
+      <c r="N54" s="14" t="n">
+        <v>4097235.0</v>
+      </c>
+      <c r="O54" s="14" t="n">
+        <v>4330021.0</v>
+      </c>
+      <c r="P54" s="14" t="n">
+        <v>4282588.0</v>
+      </c>
+      <c r="Q54" s="14" t="n">
+        <v>4916001.0</v>
+      </c>
+      <c r="R54" s="14" t="n">
+        <v>4760539.0</v>
+      </c>
+      <c r="S54" s="14" t="n">
+        <v>4428195.0</v>
+      </c>
+      <c r="T54" s="14" t="n">
+        <v>4095366.0</v>
+      </c>
+      <c r="U54" s="14" t="n">
+        <v>3768988.0</v>
+      </c>
+      <c r="V54" s="14" t="n">
+        <v>3595720.0</v>
+      </c>
+      <c r="W54" s="14" t="n">
+        <v>3440803.0</v>
+      </c>
+      <c r="X54" s="14" t="n">
+        <v>3363307.0</v>
+      </c>
+      <c r="Y54" s="14" t="n">
+        <v>3180082.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>1.2939983E7</v>
+        <v>3782307.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>1.1731451E7</v>
+        <v>3496919.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>1.2813401E7</v>
+        <v>3205540.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>1.2740333E7</v>
+        <v>2554043.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>1.2354793E7</v>
+        <v>2925657.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>1.197019E7</v>
+        <v>2967786.0</v>
+      </c>
+      <c r="H55" s="14" t="n">
+        <v>2939626.0</v>
+      </c>
+      <c r="I55" s="14" t="n">
+        <v>2648165.0</v>
+      </c>
+      <c r="J55" s="14" t="n">
+        <v>2621399.0</v>
+      </c>
+      <c r="K55" s="14" t="n">
+        <v>2531238.0</v>
+      </c>
+      <c r="L55" s="14" t="n">
+        <v>2580454.0</v>
+      </c>
+      <c r="M55" s="14" t="n">
+        <v>2677459.0</v>
+      </c>
+      <c r="N55" s="14" t="n">
+        <v>3042065.0</v>
+      </c>
+      <c r="O55" s="14" t="n">
+        <v>3227971.0</v>
+      </c>
+      <c r="P55" s="14" t="n">
+        <v>3228632.0</v>
+      </c>
+      <c r="Q55" s="14" t="n">
+        <v>4009801.0</v>
+      </c>
+      <c r="R55" s="14" t="n">
+        <v>3864871.0</v>
+      </c>
+      <c r="S55" s="14" t="n">
+        <v>3683917.0</v>
+      </c>
+      <c r="T55" s="14" t="n">
+        <v>3301445.0</v>
+      </c>
+      <c r="U55" s="14" t="n">
+        <v>2985537.0</v>
+      </c>
+      <c r="V55" s="14" t="n">
+        <v>2802102.0</v>
+      </c>
+      <c r="W55" s="14" t="n">
+        <v>2694284.0</v>
+      </c>
+      <c r="X55" s="14" t="n">
+        <v>2575171.0</v>
+      </c>
+      <c r="Y55" s="14" t="n">
+        <v>2438586.0</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G56" s="6"/>
+      <c r="A56" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    F. Construcción</t>
+        </is>
+      </c>
+      <c r="B56" s="14" t="n">
+        <v>1708309.0</v>
+      </c>
+      <c r="C56" s="14" t="n">
+        <v>1535344.0</v>
+      </c>
+      <c r="D56" s="14" t="n">
+        <v>1410748.0</v>
+      </c>
+      <c r="E56" s="14" t="n">
+        <v>1330421.0</v>
+      </c>
+      <c r="F56" s="14" t="n">
+        <v>1542502.0</v>
+      </c>
+      <c r="G56" s="14" t="n">
+        <v>1432679.0</v>
+      </c>
+      <c r="H56" s="14" t="n">
+        <v>1375993.0</v>
+      </c>
+      <c r="I56" s="14" t="n">
+        <v>1311477.0</v>
+      </c>
+      <c r="J56" s="14" t="n">
+        <v>1264149.0</v>
+      </c>
+      <c r="K56" s="14" t="n">
+        <v>1202289.0</v>
+      </c>
+      <c r="L56" s="14" t="n">
+        <v>1230975.0</v>
+      </c>
+      <c r="M56" s="14" t="n">
+        <v>1466879.0</v>
+      </c>
+      <c r="N56" s="14" t="n">
+        <v>1716326.0</v>
+      </c>
+      <c r="O56" s="14" t="n">
+        <v>1992631.0</v>
+      </c>
+      <c r="P56" s="14" t="n">
+        <v>2361121.0</v>
+      </c>
+      <c r="Q56" s="14" t="n">
+        <v>2586866.0</v>
+      </c>
+      <c r="R56" s="14" t="n">
+        <v>2523477.0</v>
+      </c>
+      <c r="S56" s="14" t="n">
+        <v>2456303.0</v>
+      </c>
+      <c r="T56" s="14" t="n">
+        <v>2223056.0</v>
+      </c>
+      <c r="U56" s="14" t="n">
+        <v>2012006.0</v>
+      </c>
+      <c r="V56" s="14" t="n">
+        <v>1931585.0</v>
+      </c>
+      <c r="W56" s="14" t="n">
+        <v>1857910.0</v>
+      </c>
+      <c r="X56" s="14" t="n">
+        <v>1668957.0</v>
+      </c>
+      <c r="Y56" s="14" t="n">
+        <v>1489351.0</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>2.3549659E7</v>
+        <v>6101046.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>2.1319148E7</v>
+        <v>5646924.0</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>2.3711269E7</v>
+        <v>4924027.0</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>2.3225369E7</v>
+        <v>4249768.0</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>2.2595763E7</v>
+        <v>5268100.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>2.1692554E7</v>
+        <v>5122401.0</v>
+      </c>
+      <c r="H57" s="14" t="n">
+        <v>5022608.0</v>
+      </c>
+      <c r="I57" s="14" t="n">
+        <v>4857076.0</v>
+      </c>
+      <c r="J57" s="14" t="n">
+        <v>4798775.0</v>
+      </c>
+      <c r="K57" s="14" t="n">
+        <v>4538535.0</v>
+      </c>
+      <c r="L57" s="14" t="n">
+        <v>4512104.0</v>
+      </c>
+      <c r="M57" s="14" t="n">
+        <v>4704956.0</v>
+      </c>
+      <c r="N57" s="14" t="n">
+        <v>4911427.0</v>
+      </c>
+      <c r="O57" s="14" t="n">
+        <v>4832569.0</v>
+      </c>
+      <c r="P57" s="14" t="n">
+        <v>4800355.0</v>
+      </c>
+      <c r="Q57" s="14" t="n">
+        <v>4882379.0</v>
+      </c>
+      <c r="R57" s="14" t="n">
+        <v>4594602.0</v>
+      </c>
+      <c r="S57" s="14" t="n">
+        <v>4279997.0</v>
+      </c>
+      <c r="T57" s="14" t="n">
+        <v>4045084.0</v>
+      </c>
+      <c r="U57" s="14" t="n">
+        <v>3932393.0</v>
+      </c>
+      <c r="V57" s="14" t="n">
+        <v>3710513.0</v>
+      </c>
+      <c r="W57" s="14" t="n">
+        <v>3593270.0</v>
+      </c>
+      <c r="X57" s="14" t="n">
+        <v>3458243.0</v>
+      </c>
+      <c r="Y57" s="14" t="n">
+        <v>3246206.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>306301.0</v>
+        <v>6373247.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>284291.0</v>
+        <v>5546097.0</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>307966.0</v>
+        <v>5178067.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>300874.0</v>
+        <v>4978927.0</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>269648.0</v>
+        <v>5095630.0</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>276055.0</v>
+        <v>4975489.0</v>
+      </c>
+      <c r="H58" s="14" t="n">
+        <v>4763794.0</v>
+      </c>
+      <c r="I58" s="14" t="n">
+        <v>4662750.0</v>
+      </c>
+      <c r="J58" s="14" t="n">
+        <v>4553876.0</v>
+      </c>
+      <c r="K58" s="14" t="n">
+        <v>4527518.0</v>
+      </c>
+      <c r="L58" s="14" t="n">
+        <v>4500447.0</v>
+      </c>
+      <c r="M58" s="14" t="n">
+        <v>4535658.0</v>
+      </c>
+      <c r="N58" s="14" t="n">
+        <v>4511468.0</v>
+      </c>
+      <c r="O58" s="14" t="n">
+        <v>4336646.0</v>
+      </c>
+      <c r="P58" s="14" t="n">
+        <v>4285842.0</v>
+      </c>
+      <c r="Q58" s="14" t="n">
+        <v>4336395.0</v>
+      </c>
+      <c r="R58" s="14" t="n">
+        <v>4062041.0</v>
+      </c>
+      <c r="S58" s="14" t="n">
+        <v>3573595.0</v>
+      </c>
+      <c r="T58" s="14" t="n">
+        <v>3180171.0</v>
+      </c>
+      <c r="U58" s="14" t="n">
+        <v>2824506.0</v>
+      </c>
+      <c r="V58" s="14" t="n">
+        <v>2593490.0</v>
+      </c>
+      <c r="W58" s="14" t="n">
+        <v>2429391.0</v>
+      </c>
+      <c r="X58" s="14" t="n">
+        <v>2211750.0</v>
+      </c>
+      <c r="Y58" s="14" t="n">
+        <v>1999597.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>4572369.0</v>
+        <v>5688582.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>3762056.0</v>
+        <v>5392197.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>4239988.0</v>
+        <v>5101827.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>4254859.0</v>
+        <v>5016308.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>4156823.0</v>
+        <v>5173707.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>3887686.0</v>
+        <v>5086102.0</v>
+      </c>
+      <c r="H59" s="14" t="n">
+        <v>5016438.0</v>
+      </c>
+      <c r="I59" s="14" t="n">
+        <v>4849005.0</v>
+      </c>
+      <c r="J59" s="14" t="n">
+        <v>4828926.0</v>
+      </c>
+      <c r="K59" s="14" t="n">
+        <v>4658699.0</v>
+      </c>
+      <c r="L59" s="14" t="n">
+        <v>4722559.0</v>
+      </c>
+      <c r="M59" s="14" t="n">
+        <v>4737741.0</v>
+      </c>
+      <c r="N59" s="14" t="n">
+        <v>4945501.0</v>
+      </c>
+      <c r="O59" s="14" t="n">
+        <v>4927506.0</v>
+      </c>
+      <c r="P59" s="14" t="n">
+        <v>4915062.0</v>
+      </c>
+      <c r="Q59" s="14" t="n">
+        <v>4672243.0</v>
+      </c>
+      <c r="R59" s="14" t="n">
+        <v>4250683.0</v>
+      </c>
+      <c r="S59" s="14" t="n">
+        <v>3924468.0</v>
+      </c>
+      <c r="T59" s="14" t="n">
+        <v>3640938.0</v>
+      </c>
+      <c r="U59" s="14" t="n">
+        <v>3365378.0</v>
+      </c>
+      <c r="V59" s="14" t="n">
+        <v>3161805.0</v>
+      </c>
+      <c r="W59" s="14" t="n">
+        <v>2933846.0</v>
+      </c>
+      <c r="X59" s="14" t="n">
+        <v>2745743.0</v>
+      </c>
+      <c r="Y59" s="14" t="n">
+        <v>2539317.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>3118701.0</v>
+        <v>2.5836726E7</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>2508510.0</v>
+        <v>2.4301946E7</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>2902969.0</v>
+        <v>2.134411E7</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>2949174.0</v>
+        <v>1.9486621E7</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>2914570.0</v>
+        <v>2.1446184E7</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>2645670.0</v>
+        <v>2.0963419E7</v>
+      </c>
+      <c r="H60" s="14" t="n">
+        <v>2.0409194E7</v>
+      </c>
+      <c r="I60" s="14" t="n">
+        <v>1.9646348E7</v>
+      </c>
+      <c r="J60" s="14" t="n">
+        <v>1.9407777E7</v>
+      </c>
+      <c r="K60" s="14" t="n">
+        <v>1.8771554E7</v>
+      </c>
+      <c r="L60" s="14" t="n">
+        <v>1.8890299E7</v>
+      </c>
+      <c r="M60" s="14" t="n">
+        <v>1.9536726E7</v>
+      </c>
+      <c r="N60" s="14" t="n">
+        <v>2.0491219E7</v>
+      </c>
+      <c r="O60" s="14" t="n">
+        <v>2.0729651E7</v>
+      </c>
+      <c r="P60" s="14" t="n">
+        <v>2.093949E7</v>
+      </c>
+      <c r="Q60" s="14" t="n">
+        <v>2.173631E7</v>
+      </c>
+      <c r="R60" s="14" t="n">
+        <v>2.0577177E7</v>
+      </c>
+      <c r="S60" s="14" t="n">
+        <v>1.9037679E7</v>
+      </c>
+      <c r="T60" s="14" t="n">
+        <v>1.7593294E7</v>
+      </c>
+      <c r="U60" s="14" t="n">
+        <v>1.6312454E7</v>
+      </c>
+      <c r="V60" s="14" t="n">
+        <v>1.5427785E7</v>
+      </c>
+      <c r="W60" s="14" t="n">
+        <v>1.4678477E7</v>
+      </c>
+      <c r="X60" s="14" t="n">
+        <v>1.3880308E7</v>
+      </c>
+      <c r="Y60" s="14" t="n">
+        <v>1.2844746E7</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>1392272.0</v>
+        <v>2513645.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>1314621.0</v>
+        <v>2388156.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>1521189.0</v>
+        <v>2273531.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>1412594.0</v>
+        <v>1889771.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>1365415.0</v>
+        <v>2220434.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>1294628.0</v>
+        <v>2222261.0</v>
+      </c>
+      <c r="H61" s="14" t="n">
+        <v>2129073.0</v>
+      </c>
+      <c r="I61" s="14" t="n">
+        <v>2029093.0</v>
+      </c>
+      <c r="J61" s="14" t="n">
+        <v>1980365.0</v>
+      </c>
+      <c r="K61" s="14" t="n">
+        <v>1864697.0</v>
+      </c>
+      <c r="L61" s="14" t="n">
+        <v>1803591.0</v>
+      </c>
+      <c r="M61" s="14" t="n">
+        <v>1728474.0</v>
+      </c>
+      <c r="N61" s="14" t="n">
+        <v>1770577.0</v>
+      </c>
+      <c r="O61" s="14" t="n">
+        <v>1860965.0</v>
+      </c>
+      <c r="P61" s="14" t="n">
+        <v>1426924.0</v>
+      </c>
+      <c r="Q61" s="14" t="n">
+        <v>1877964.0</v>
+      </c>
+      <c r="R61" s="14" t="n">
+        <v>2296462.0</v>
+      </c>
+      <c r="S61" s="14" t="n">
+        <v>2301348.0</v>
+      </c>
+      <c r="T61" s="14" t="n">
+        <v>2044749.0</v>
+      </c>
+      <c r="U61" s="14" t="n">
+        <v>1802844.0</v>
+      </c>
+      <c r="V61" s="14" t="n">
+        <v>1608641.0</v>
+      </c>
+      <c r="W61" s="14" t="n">
+        <v>1453081.0</v>
+      </c>
+      <c r="X61" s="14" t="n">
+        <v>1372416.0</v>
+      </c>
+      <c r="Y61" s="14" t="n">
+        <v>1311557.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>4867794.0</v>
+        <v>2.8350371E7</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>4189893.0</v>
+        <v>2.6690102E7</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>5208875.0</v>
+        <v>2.3617641E7</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>5031563.0</v>
+        <v>2.1376392E7</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>4955061.0</v>
+        <v>2.3666618E7</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>4775721.0</v>
+        <v>2.318568E7</v>
+      </c>
+      <c r="H62" s="14" t="n">
+        <v>2.2538267E7</v>
+      </c>
+      <c r="I62" s="14" t="n">
+        <v>2.1675441E7</v>
+      </c>
+      <c r="J62" s="14" t="n">
+        <v>2.1388142E7</v>
+      </c>
+      <c r="K62" s="14" t="n">
+        <v>2.0636251E7</v>
+      </c>
+      <c r="L62" s="14" t="n">
+        <v>2.069389E7</v>
+      </c>
+      <c r="M62" s="14" t="n">
+        <v>2.12652E7</v>
+      </c>
+      <c r="N62" s="14" t="n">
+        <v>2.2261796E7</v>
+      </c>
+      <c r="O62" s="14" t="n">
+        <v>2.2590616E7</v>
+      </c>
+      <c r="P62" s="14" t="n">
+        <v>2.2366414E7</v>
+      </c>
+      <c r="Q62" s="14" t="n">
+        <v>2.3614274E7</v>
+      </c>
+      <c r="R62" s="14" t="n">
+        <v>2.2873639E7</v>
+      </c>
+      <c r="S62" s="14" t="n">
+        <v>2.1339027E7</v>
+      </c>
+      <c r="T62" s="14" t="n">
+        <v>1.9638043E7</v>
+      </c>
+      <c r="U62" s="14" t="n">
+        <v>1.8115298E7</v>
+      </c>
+      <c r="V62" s="14" t="n">
+        <v>1.7036426E7</v>
+      </c>
+      <c r="W62" s="14" t="n">
+        <v>1.6131558E7</v>
+      </c>
+      <c r="X62" s="14" t="n">
+        <v>1.5252724E7</v>
+      </c>
+      <c r="Y62" s="14" t="n">
+        <v>1.4156303E7</v>
       </c>
     </row>
     <row r="63">
-      <c r="A63" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A63" s="6" t="inlineStr">
+        <is>
+          <t>05 Ávila</t>
+        </is>
+      </c>
+      <c r="B63" s="6"/>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6"/>
+      <c r="E63" s="6"/>
+      <c r="F63" s="6"/>
+      <c r="G63" s="6"/>
+      <c r="H63" s="6"/>
+      <c r="I63" s="6"/>
+      <c r="J63" s="6"/>
+      <c r="K63" s="6"/>
+      <c r="L63" s="6"/>
+      <c r="M63" s="6"/>
+      <c r="N63" s="6"/>
+      <c r="O63" s="6"/>
+      <c r="P63" s="6"/>
+      <c r="Q63" s="6"/>
+      <c r="R63" s="6"/>
+      <c r="S63" s="6"/>
+      <c r="T63" s="6"/>
+      <c r="U63" s="6"/>
+      <c r="V63" s="6"/>
+      <c r="W63" s="6"/>
+      <c r="X63" s="6"/>
+      <c r="Y63" s="6"/>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>5092263.0</v>
+        <v>131919.0</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>5025246.0</v>
+        <v>129266.0</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>5213870.0</v>
+        <v>148121.0</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>5125594.0</v>
+        <v>140576.0</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>5044411.0</v>
+        <v>106812.0</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>4859501.0</v>
+        <v>134133.0</v>
+      </c>
+      <c r="H64" s="14" t="n">
+        <v>95321.0</v>
+      </c>
+      <c r="I64" s="14" t="n">
+        <v>129448.0</v>
+      </c>
+      <c r="J64" s="14" t="n">
+        <v>124024.0</v>
+      </c>
+      <c r="K64" s="14" t="n">
+        <v>102320.0</v>
+      </c>
+      <c r="L64" s="14" t="n">
+        <v>117226.0</v>
+      </c>
+      <c r="M64" s="14" t="n">
+        <v>122558.0</v>
+      </c>
+      <c r="N64" s="14" t="n">
+        <v>132975.0</v>
+      </c>
+      <c r="O64" s="14" t="n">
+        <v>123931.0</v>
+      </c>
+      <c r="P64" s="14" t="n">
+        <v>96003.0</v>
+      </c>
+      <c r="Q64" s="14" t="n">
+        <v>147518.0</v>
+      </c>
+      <c r="R64" s="14" t="n">
+        <v>156214.0</v>
+      </c>
+      <c r="S64" s="14" t="n">
+        <v>153536.0</v>
+      </c>
+      <c r="T64" s="14" t="n">
+        <v>165978.0</v>
+      </c>
+      <c r="U64" s="14" t="n">
+        <v>191719.0</v>
+      </c>
+      <c r="V64" s="14" t="n">
+        <v>202164.0</v>
+      </c>
+      <c r="W64" s="14" t="n">
+        <v>196104.0</v>
+      </c>
+      <c r="X64" s="14" t="n">
+        <v>167097.0</v>
+      </c>
+      <c r="Y64" s="14" t="n">
+        <v>170799.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>2.1306287E7</v>
+        <v>370612.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>1.945352E7</v>
+        <v>402507.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>2.1504954E7</v>
+        <v>362251.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>2.1017562E7</v>
+        <v>276407.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>2.0483176E7</v>
+        <v>291872.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>1.9684666E7</v>
+        <v>272193.0</v>
+      </c>
+      <c r="H65" s="14" t="n">
+        <v>291191.0</v>
+      </c>
+      <c r="I65" s="14" t="n">
+        <v>268219.0</v>
+      </c>
+      <c r="J65" s="14" t="n">
+        <v>265833.0</v>
+      </c>
+      <c r="K65" s="14" t="n">
+        <v>275922.0</v>
+      </c>
+      <c r="L65" s="14" t="n">
+        <v>292289.0</v>
+      </c>
+      <c r="M65" s="14" t="n">
+        <v>335090.0</v>
+      </c>
+      <c r="N65" s="14" t="n">
+        <v>362528.0</v>
+      </c>
+      <c r="O65" s="14" t="n">
+        <v>358464.0</v>
+      </c>
+      <c r="P65" s="14" t="n">
+        <v>369569.0</v>
+      </c>
+      <c r="Q65" s="14" t="n">
+        <v>417758.0</v>
+      </c>
+      <c r="R65" s="14" t="n">
+        <v>353353.0</v>
+      </c>
+      <c r="S65" s="14" t="n">
+        <v>358747.0</v>
+      </c>
+      <c r="T65" s="14" t="n">
+        <v>353060.0</v>
+      </c>
+      <c r="U65" s="14" t="n">
+        <v>347606.0</v>
+      </c>
+      <c r="V65" s="14" t="n">
+        <v>340620.0</v>
+      </c>
+      <c r="W65" s="14" t="n">
+        <v>330275.0</v>
+      </c>
+      <c r="X65" s="14" t="n">
+        <v>334095.0</v>
+      </c>
+      <c r="Y65" s="14" t="n">
+        <v>341135.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>2243372.0</v>
+        <v>296171.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>1865628.0</v>
+        <v>279557.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>2206315.0</v>
+        <v>272959.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>2207807.0</v>
+        <v>214521.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>2112587.0</v>
+        <v>230010.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>2007888.0</v>
+        <v>217263.0</v>
+      </c>
+      <c r="H66" s="14" t="n">
+        <v>212352.0</v>
+      </c>
+      <c r="I66" s="14" t="n">
+        <v>196449.0</v>
+      </c>
+      <c r="J66" s="14" t="n">
+        <v>187023.0</v>
+      </c>
+      <c r="K66" s="14" t="n">
+        <v>191599.0</v>
+      </c>
+      <c r="L66" s="14" t="n">
+        <v>203464.0</v>
+      </c>
+      <c r="M66" s="14" t="n">
+        <v>228537.0</v>
+      </c>
+      <c r="N66" s="14" t="n">
+        <v>258595.0</v>
+      </c>
+      <c r="O66" s="14" t="n">
+        <v>258729.0</v>
+      </c>
+      <c r="P66" s="14" t="n">
+        <v>276191.0</v>
+      </c>
+      <c r="Q66" s="14" t="n">
+        <v>293832.0</v>
+      </c>
+      <c r="R66" s="14" t="n">
+        <v>267362.0</v>
+      </c>
+      <c r="S66" s="14" t="n">
+        <v>279253.0</v>
+      </c>
+      <c r="T66" s="14" t="n">
+        <v>270523.0</v>
+      </c>
+      <c r="U66" s="14" t="n">
+        <v>271717.0</v>
+      </c>
+      <c r="V66" s="14" t="n">
+        <v>260428.0</v>
+      </c>
+      <c r="W66" s="14" t="n">
+        <v>254441.0</v>
+      </c>
+      <c r="X66" s="14" t="n">
+        <v>259846.0</v>
+      </c>
+      <c r="Y66" s="14" t="n">
+        <v>266290.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>2.3549659E7</v>
+        <v>256284.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>2.1319148E7</v>
+        <v>240723.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>2.3711269E7</v>
+        <v>262009.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>2.3225369E7</v>
+        <v>264368.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>2.2595763E7</v>
+        <v>272728.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>2.1692554E7</v>
+        <v>240791.0</v>
+      </c>
+      <c r="H67" s="14" t="n">
+        <v>226972.0</v>
+      </c>
+      <c r="I67" s="14" t="n">
+        <v>225658.0</v>
+      </c>
+      <c r="J67" s="14" t="n">
+        <v>225470.0</v>
+      </c>
+      <c r="K67" s="14" t="n">
+        <v>242696.0</v>
+      </c>
+      <c r="L67" s="14" t="n">
+        <v>247692.0</v>
+      </c>
+      <c r="M67" s="14" t="n">
+        <v>274899.0</v>
+      </c>
+      <c r="N67" s="14" t="n">
+        <v>302334.0</v>
+      </c>
+      <c r="O67" s="14" t="n">
+        <v>378726.0</v>
+      </c>
+      <c r="P67" s="14" t="n">
+        <v>455189.0</v>
+      </c>
+      <c r="Q67" s="14" t="n">
+        <v>425815.0</v>
+      </c>
+      <c r="R67" s="14" t="n">
+        <v>457275.0</v>
+      </c>
+      <c r="S67" s="14" t="n">
+        <v>359504.0</v>
+      </c>
+      <c r="T67" s="14" t="n">
+        <v>310928.0</v>
+      </c>
+      <c r="U67" s="14" t="n">
+        <v>268188.0</v>
+      </c>
+      <c r="V67" s="14" t="n">
+        <v>231550.0</v>
+      </c>
+      <c r="W67" s="14" t="n">
+        <v>206783.0</v>
+      </c>
+      <c r="X67" s="14" t="n">
+        <v>208457.0</v>
+      </c>
+      <c r="Y67" s="14" t="n">
+        <v>206566.0</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G68" s="6"/>
+      <c r="A68" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+        </is>
+      </c>
+      <c r="B68" s="14" t="n">
+        <v>772872.0</v>
+      </c>
+      <c r="C68" s="14" t="n">
+        <v>706591.0</v>
+      </c>
+      <c r="D68" s="14" t="n">
+        <v>642822.0</v>
+      </c>
+      <c r="E68" s="14" t="n">
+        <v>565259.0</v>
+      </c>
+      <c r="F68" s="14" t="n">
+        <v>742255.0</v>
+      </c>
+      <c r="G68" s="14" t="n">
+        <v>739218.0</v>
+      </c>
+      <c r="H68" s="14" t="n">
+        <v>735633.0</v>
+      </c>
+      <c r="I68" s="14" t="n">
+        <v>685631.0</v>
+      </c>
+      <c r="J68" s="14" t="n">
+        <v>699721.0</v>
+      </c>
+      <c r="K68" s="14" t="n">
+        <v>687618.0</v>
+      </c>
+      <c r="L68" s="14" t="n">
+        <v>701984.0</v>
+      </c>
+      <c r="M68" s="14" t="n">
+        <v>731409.0</v>
+      </c>
+      <c r="N68" s="14" t="n">
+        <v>692668.0</v>
+      </c>
+      <c r="O68" s="14" t="n">
+        <v>628901.0</v>
+      </c>
+      <c r="P68" s="14" t="n">
+        <v>626276.0</v>
+      </c>
+      <c r="Q68" s="14" t="n">
+        <v>624575.0</v>
+      </c>
+      <c r="R68" s="14" t="n">
+        <v>596178.0</v>
+      </c>
+      <c r="S68" s="14" t="n">
+        <v>538419.0</v>
+      </c>
+      <c r="T68" s="14" t="n">
+        <v>503520.0</v>
+      </c>
+      <c r="U68" s="14" t="n">
+        <v>507537.0</v>
+      </c>
+      <c r="V68" s="14" t="n">
+        <v>485235.0</v>
+      </c>
+      <c r="W68" s="14" t="n">
+        <v>460989.0</v>
+      </c>
+      <c r="X68" s="14" t="n">
+        <v>443969.0</v>
+      </c>
+      <c r="Y68" s="14" t="n">
+        <v>421424.0</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>3300110.0</v>
+        <v>778694.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>3076404.0</v>
+        <v>681923.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>3321394.0</v>
+        <v>645997.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>3217007.0</v>
+        <v>625340.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>3110713.0</v>
+        <v>632869.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>3022217.0</v>
+        <v>619871.0</v>
+      </c>
+      <c r="H69" s="14" t="n">
+        <v>600144.0</v>
+      </c>
+      <c r="I69" s="14" t="n">
+        <v>593301.0</v>
+      </c>
+      <c r="J69" s="14" t="n">
+        <v>584982.0</v>
+      </c>
+      <c r="K69" s="14" t="n">
+        <v>576815.0</v>
+      </c>
+      <c r="L69" s="14" t="n">
+        <v>568113.0</v>
+      </c>
+      <c r="M69" s="14" t="n">
+        <v>580207.0</v>
+      </c>
+      <c r="N69" s="14" t="n">
+        <v>581413.0</v>
+      </c>
+      <c r="O69" s="14" t="n">
+        <v>569897.0</v>
+      </c>
+      <c r="P69" s="14" t="n">
+        <v>580354.0</v>
+      </c>
+      <c r="Q69" s="14" t="n">
+        <v>580941.0</v>
+      </c>
+      <c r="R69" s="14" t="n">
+        <v>542996.0</v>
+      </c>
+      <c r="S69" s="14" t="n">
+        <v>467128.0</v>
+      </c>
+      <c r="T69" s="14" t="n">
+        <v>406055.0</v>
+      </c>
+      <c r="U69" s="14" t="n">
+        <v>378007.0</v>
+      </c>
+      <c r="V69" s="14" t="n">
+        <v>350557.0</v>
+      </c>
+      <c r="W69" s="14" t="n">
+        <v>323782.0</v>
+      </c>
+      <c r="X69" s="14" t="n">
+        <v>302687.0</v>
+      </c>
+      <c r="Y69" s="14" t="n">
+        <v>267471.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>141202.0</v>
+        <v>1090322.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>141187.0</v>
+        <v>1002246.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>104443.0</v>
+        <v>879220.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>136527.0</v>
+        <v>912673.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>94592.0</v>
+        <v>939123.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>129512.0</v>
+        <v>878476.0</v>
+      </c>
+      <c r="H70" s="14" t="n">
+        <v>845679.0</v>
+      </c>
+      <c r="I70" s="14" t="n">
+        <v>818713.0</v>
+      </c>
+      <c r="J70" s="14" t="n">
+        <v>818251.0</v>
+      </c>
+      <c r="K70" s="14" t="n">
+        <v>792463.0</v>
+      </c>
+      <c r="L70" s="14" t="n">
+        <v>768587.0</v>
+      </c>
+      <c r="M70" s="14" t="n">
+        <v>751607.0</v>
+      </c>
+      <c r="N70" s="14" t="n">
+        <v>790990.0</v>
+      </c>
+      <c r="O70" s="14" t="n">
+        <v>796021.0</v>
+      </c>
+      <c r="P70" s="14" t="n">
+        <v>797250.0</v>
+      </c>
+      <c r="Q70" s="14" t="n">
+        <v>764576.0</v>
+      </c>
+      <c r="R70" s="14" t="n">
+        <v>709373.0</v>
+      </c>
+      <c r="S70" s="14" t="n">
+        <v>658300.0</v>
+      </c>
+      <c r="T70" s="14" t="n">
+        <v>607209.0</v>
+      </c>
+      <c r="U70" s="14" t="n">
+        <v>575453.0</v>
+      </c>
+      <c r="V70" s="14" t="n">
+        <v>491319.0</v>
+      </c>
+      <c r="W70" s="14" t="n">
+        <v>494463.0</v>
+      </c>
+      <c r="X70" s="14" t="n">
+        <v>491477.0</v>
+      </c>
+      <c r="Y70" s="14" t="n">
+        <v>467785.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>324441.0</v>
+        <v>3400703.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>264401.0</v>
+        <v>3163256.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>281793.0</v>
+        <v>2940420.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>263646.0</v>
+        <v>2784623.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>281915.0</v>
+        <v>2985659.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>260632.0</v>
+        <v>2884682.0</v>
+      </c>
+      <c r="H71" s="14" t="n">
+        <v>2794940.0</v>
+      </c>
+      <c r="I71" s="14" t="n">
+        <v>2720970.0</v>
+      </c>
+      <c r="J71" s="14" t="n">
+        <v>2718281.0</v>
+      </c>
+      <c r="K71" s="14" t="n">
+        <v>2677834.0</v>
+      </c>
+      <c r="L71" s="14" t="n">
+        <v>2695891.0</v>
+      </c>
+      <c r="M71" s="14" t="n">
+        <v>2795770.0</v>
+      </c>
+      <c r="N71" s="14" t="n">
+        <v>2862908.0</v>
+      </c>
+      <c r="O71" s="14" t="n">
+        <v>2855940.0</v>
+      </c>
+      <c r="P71" s="14" t="n">
+        <v>2924641.0</v>
+      </c>
+      <c r="Q71" s="14" t="n">
+        <v>2961183.0</v>
+      </c>
+      <c r="R71" s="14" t="n">
+        <v>2815389.0</v>
+      </c>
+      <c r="S71" s="14" t="n">
+        <v>2535634.0</v>
+      </c>
+      <c r="T71" s="14" t="n">
+        <v>2346750.0</v>
+      </c>
+      <c r="U71" s="14" t="n">
+        <v>2268510.0</v>
+      </c>
+      <c r="V71" s="14" t="n">
+        <v>2101445.0</v>
+      </c>
+      <c r="W71" s="14" t="n">
+        <v>2012396.0</v>
+      </c>
+      <c r="X71" s="14" t="n">
+        <v>1947782.0</v>
+      </c>
+      <c r="Y71" s="14" t="n">
+        <v>1875180.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>251439.0</v>
+        <v>325975.0</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>216637.0</v>
+        <v>305426.0</v>
       </c>
       <c r="D72" s="14" t="n">
-        <v>234660.0</v>
+        <v>307237.0</v>
       </c>
       <c r="E72" s="14" t="n">
-        <v>221987.0</v>
+        <v>271760.0</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>216478.0</v>
+        <v>310840.0</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>201797.0</v>
+        <v>307311.0</v>
+      </c>
+      <c r="H72" s="14" t="n">
+        <v>293014.0</v>
+      </c>
+      <c r="I72" s="14" t="n">
+        <v>282363.0</v>
+      </c>
+      <c r="J72" s="14" t="n">
+        <v>278453.0</v>
+      </c>
+      <c r="K72" s="14" t="n">
+        <v>266908.0</v>
+      </c>
+      <c r="L72" s="14" t="n">
+        <v>258145.0</v>
+      </c>
+      <c r="M72" s="14" t="n">
+        <v>248091.0</v>
+      </c>
+      <c r="N72" s="14" t="n">
+        <v>248232.0</v>
+      </c>
+      <c r="O72" s="14" t="n">
+        <v>257423.0</v>
+      </c>
+      <c r="P72" s="14" t="n">
+        <v>200093.0</v>
+      </c>
+      <c r="Q72" s="14" t="n">
+        <v>256764.0</v>
+      </c>
+      <c r="R72" s="14" t="n">
+        <v>315511.0</v>
+      </c>
+      <c r="S72" s="14" t="n">
+        <v>307739.0</v>
+      </c>
+      <c r="T72" s="14" t="n">
+        <v>273880.0</v>
+      </c>
+      <c r="U72" s="14" t="n">
+        <v>251841.0</v>
+      </c>
+      <c r="V72" s="14" t="n">
+        <v>220103.0</v>
+      </c>
+      <c r="W72" s="14" t="n">
+        <v>200089.0</v>
+      </c>
+      <c r="X72" s="14" t="n">
+        <v>193375.0</v>
+      </c>
+      <c r="Y72" s="14" t="n">
+        <v>192262.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>266759.0</v>
+        <v>3726678.0</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>264628.0</v>
+        <v>3468682.0</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>272458.0</v>
+        <v>3247657.0</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>240505.0</v>
+        <v>3056383.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>228158.0</v>
+        <v>3296499.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>225658.0</v>
+        <v>3191993.0</v>
+      </c>
+      <c r="H73" s="14" t="n">
+        <v>3087954.0</v>
+      </c>
+      <c r="I73" s="14" t="n">
+        <v>3003333.0</v>
+      </c>
+      <c r="J73" s="14" t="n">
+        <v>2996734.0</v>
+      </c>
+      <c r="K73" s="14" t="n">
+        <v>2944742.0</v>
+      </c>
+      <c r="L73" s="14" t="n">
+        <v>2954036.0</v>
+      </c>
+      <c r="M73" s="14" t="n">
+        <v>3043861.0</v>
+      </c>
+      <c r="N73" s="14" t="n">
+        <v>3111140.0</v>
+      </c>
+      <c r="O73" s="14" t="n">
+        <v>3113363.0</v>
+      </c>
+      <c r="P73" s="14" t="n">
+        <v>3124734.0</v>
+      </c>
+      <c r="Q73" s="14" t="n">
+        <v>3217947.0</v>
+      </c>
+      <c r="R73" s="14" t="n">
+        <v>3130900.0</v>
+      </c>
+      <c r="S73" s="14" t="n">
+        <v>2843373.0</v>
+      </c>
+      <c r="T73" s="14" t="n">
+        <v>2620630.0</v>
+      </c>
+      <c r="U73" s="14" t="n">
+        <v>2520351.0</v>
+      </c>
+      <c r="V73" s="14" t="n">
+        <v>2321548.0</v>
+      </c>
+      <c r="W73" s="14" t="n">
+        <v>2212485.0</v>
+      </c>
+      <c r="X73" s="14" t="n">
+        <v>2141157.0</v>
+      </c>
+      <c r="Y73" s="14" t="n">
+        <v>2067442.0</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A74" s="6" t="inlineStr">
+        <is>
+          <t>06 Badajoz</t>
+        </is>
+      </c>
+      <c r="B74" s="6"/>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6"/>
+      <c r="E74" s="6"/>
+      <c r="F74" s="6"/>
+      <c r="G74" s="6"/>
+      <c r="H74" s="6"/>
+      <c r="I74" s="6"/>
+      <c r="J74" s="6"/>
+      <c r="K74" s="6"/>
+      <c r="L74" s="6"/>
+      <c r="M74" s="6"/>
+      <c r="N74" s="6"/>
+      <c r="O74" s="6"/>
+      <c r="P74" s="6"/>
+      <c r="Q74" s="6"/>
+      <c r="R74" s="6"/>
+      <c r="S74" s="6"/>
+      <c r="T74" s="6"/>
+      <c r="U74" s="6"/>
+      <c r="V74" s="6"/>
+      <c r="W74" s="6"/>
+      <c r="X74" s="6"/>
+      <c r="Y74" s="6"/>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>678479.0</v>
+        <v>1022573.0</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>651021.0</v>
+        <v>828644.0</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>660029.0</v>
+        <v>1130862.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>646572.0</v>
+        <v>818172.0</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>627284.0</v>
+        <v>972071.0</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>620545.0</v>
+        <v>1199194.0</v>
+      </c>
+      <c r="H75" s="14" t="n">
+        <v>1180413.0</v>
+      </c>
+      <c r="I75" s="14" t="n">
+        <v>1025316.0</v>
+      </c>
+      <c r="J75" s="14" t="n">
+        <v>954495.0</v>
+      </c>
+      <c r="K75" s="14" t="n">
+        <v>708294.0</v>
+      </c>
+      <c r="L75" s="14" t="n">
+        <v>686513.0</v>
+      </c>
+      <c r="M75" s="14" t="n">
+        <v>673619.0</v>
+      </c>
+      <c r="N75" s="14" t="n">
+        <v>741405.0</v>
+      </c>
+      <c r="O75" s="14" t="n">
+        <v>753586.0</v>
+      </c>
+      <c r="P75" s="14" t="n">
+        <v>756160.0</v>
+      </c>
+      <c r="Q75" s="14" t="n">
+        <v>829223.0</v>
+      </c>
+      <c r="R75" s="14" t="n">
+        <v>852346.0</v>
+      </c>
+      <c r="S75" s="14" t="n">
+        <v>811018.0</v>
+      </c>
+      <c r="T75" s="14" t="n">
+        <v>938766.0</v>
+      </c>
+      <c r="U75" s="14" t="n">
+        <v>924916.0</v>
+      </c>
+      <c r="V75" s="14" t="n">
+        <v>1013120.0</v>
+      </c>
+      <c r="W75" s="14" t="n">
+        <v>1050728.0</v>
+      </c>
+      <c r="X75" s="14" t="n">
+        <v>1040386.0</v>
+      </c>
+      <c r="Y75" s="14" t="n">
+        <v>1042144.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>929338.0</v>
+        <v>1876437.0</v>
       </c>
       <c r="C76" s="14" t="n">
-        <v>929911.0</v>
+        <v>1843927.0</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>961361.0</v>
+        <v>1615869.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>899347.0</v>
+        <v>1766301.0</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>863621.0</v>
+        <v>1813006.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>833295.0</v>
+        <v>1689845.0</v>
+      </c>
+      <c r="H76" s="14" t="n">
+        <v>1820586.0</v>
+      </c>
+      <c r="I76" s="14" t="n">
+        <v>1597088.0</v>
+      </c>
+      <c r="J76" s="14" t="n">
+        <v>1561415.0</v>
+      </c>
+      <c r="K76" s="14" t="n">
+        <v>1516595.0</v>
+      </c>
+      <c r="L76" s="14" t="n">
+        <v>1545565.0</v>
+      </c>
+      <c r="M76" s="14" t="n">
+        <v>1512157.0</v>
+      </c>
+      <c r="N76" s="14" t="n">
+        <v>1583292.0</v>
+      </c>
+      <c r="O76" s="14" t="n">
+        <v>1551115.0</v>
+      </c>
+      <c r="P76" s="14" t="n">
+        <v>1588848.0</v>
+      </c>
+      <c r="Q76" s="14" t="n">
+        <v>1728909.0</v>
+      </c>
+      <c r="R76" s="14" t="n">
+        <v>1571800.0</v>
+      </c>
+      <c r="S76" s="14" t="n">
+        <v>1372892.0</v>
+      </c>
+      <c r="T76" s="14" t="n">
+        <v>1320821.0</v>
+      </c>
+      <c r="U76" s="14" t="n">
+        <v>1150818.0</v>
+      </c>
+      <c r="V76" s="14" t="n">
+        <v>1107567.0</v>
+      </c>
+      <c r="W76" s="14" t="n">
+        <v>1033768.0</v>
+      </c>
+      <c r="X76" s="14" t="n">
+        <v>940230.0</v>
+      </c>
+      <c r="Y76" s="14" t="n">
+        <v>854564.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>2985737.0</v>
+        <v>1208044.0</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>2807189.0</v>
+        <v>1084727.0</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>3012341.0</v>
+        <v>947241.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>2911071.0</v>
+        <v>870998.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>2819776.0</v>
+        <v>875611.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>2742341.0</v>
+        <v>812484.0</v>
+      </c>
+      <c r="H77" s="14" t="n">
+        <v>843292.0</v>
+      </c>
+      <c r="I77" s="14" t="n">
+        <v>725036.0</v>
+      </c>
+      <c r="J77" s="14" t="n">
+        <v>686224.0</v>
+      </c>
+      <c r="K77" s="14" t="n">
+        <v>674744.0</v>
+      </c>
+      <c r="L77" s="14" t="n">
+        <v>694909.0</v>
+      </c>
+      <c r="M77" s="14" t="n">
+        <v>745470.0</v>
+      </c>
+      <c r="N77" s="14" t="n">
+        <v>782022.0</v>
+      </c>
+      <c r="O77" s="14" t="n">
+        <v>762075.0</v>
+      </c>
+      <c r="P77" s="14" t="n">
+        <v>810273.0</v>
+      </c>
+      <c r="Q77" s="14" t="n">
+        <v>922850.0</v>
+      </c>
+      <c r="R77" s="14" t="n">
+        <v>842975.0</v>
+      </c>
+      <c r="S77" s="14" t="n">
+        <v>766086.0</v>
+      </c>
+      <c r="T77" s="14" t="n">
+        <v>727925.0</v>
+      </c>
+      <c r="U77" s="14" t="n">
+        <v>647741.0</v>
+      </c>
+      <c r="V77" s="14" t="n">
+        <v>627929.0</v>
+      </c>
+      <c r="W77" s="14" t="n">
+        <v>589241.0</v>
+      </c>
+      <c r="X77" s="14" t="n">
+        <v>556378.0</v>
+      </c>
+      <c r="Y77" s="14" t="n">
+        <v>510896.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>314373.0</v>
+        <v>927939.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>269215.0</v>
+        <v>831028.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>309053.0</v>
+        <v>736636.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>305936.0</v>
+        <v>679652.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>290937.0</v>
+        <v>794791.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>279876.0</v>
+        <v>711202.0</v>
+      </c>
+      <c r="H78" s="14" t="n">
+        <v>690577.0</v>
+      </c>
+      <c r="I78" s="14" t="n">
+        <v>672320.0</v>
+      </c>
+      <c r="J78" s="14" t="n">
+        <v>704572.0</v>
+      </c>
+      <c r="K78" s="14" t="n">
+        <v>688172.0</v>
+      </c>
+      <c r="L78" s="14" t="n">
+        <v>677351.0</v>
+      </c>
+      <c r="M78" s="14" t="n">
+        <v>780581.0</v>
+      </c>
+      <c r="N78" s="14" t="n">
+        <v>963535.0</v>
+      </c>
+      <c r="O78" s="14" t="n">
+        <v>1172868.0</v>
+      </c>
+      <c r="P78" s="14" t="n">
+        <v>1426458.0</v>
+      </c>
+      <c r="Q78" s="14" t="n">
+        <v>1491758.0</v>
+      </c>
+      <c r="R78" s="14" t="n">
+        <v>1356282.0</v>
+      </c>
+      <c r="S78" s="14" t="n">
+        <v>1285753.0</v>
+      </c>
+      <c r="T78" s="14" t="n">
+        <v>1189711.0</v>
+      </c>
+      <c r="U78" s="14" t="n">
+        <v>973886.0</v>
+      </c>
+      <c r="V78" s="14" t="n">
+        <v>840752.0</v>
+      </c>
+      <c r="W78" s="14" t="n">
+        <v>784729.0</v>
+      </c>
+      <c r="X78" s="14" t="n">
+        <v>743543.0</v>
+      </c>
+      <c r="Y78" s="14" t="n">
+        <v>626852.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>3300110.0</v>
+        <v>2898973.0</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>3076404.0</v>
+        <v>2650008.0</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>3321394.0</v>
+        <v>2282508.0</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>3217007.0</v>
+        <v>1944018.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>3110713.0</v>
+        <v>2288732.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>3022217.0</v>
+        <v>2235039.0</v>
+      </c>
+      <c r="H79" s="14" t="n">
+        <v>2239630.0</v>
+      </c>
+      <c r="I79" s="14" t="n">
+        <v>2153808.0</v>
+      </c>
+      <c r="J79" s="14" t="n">
+        <v>2023049.0</v>
+      </c>
+      <c r="K79" s="14" t="n">
+        <v>1897646.0</v>
+      </c>
+      <c r="L79" s="14" t="n">
+        <v>2012315.0</v>
+      </c>
+      <c r="M79" s="14" t="n">
+        <v>2044886.0</v>
+      </c>
+      <c r="N79" s="14" t="n">
+        <v>2126197.0</v>
+      </c>
+      <c r="O79" s="14" t="n">
+        <v>2096469.0</v>
+      </c>
+      <c r="P79" s="14" t="n">
+        <v>2052144.0</v>
+      </c>
+      <c r="Q79" s="14" t="n">
+        <v>2095980.0</v>
+      </c>
+      <c r="R79" s="14" t="n">
+        <v>1983220.0</v>
+      </c>
+      <c r="S79" s="14" t="n">
+        <v>1841527.0</v>
+      </c>
+      <c r="T79" s="14" t="n">
+        <v>1723598.0</v>
+      </c>
+      <c r="U79" s="14" t="n">
+        <v>1656420.0</v>
+      </c>
+      <c r="V79" s="14" t="n">
+        <v>1545797.0</v>
+      </c>
+      <c r="W79" s="14" t="n">
+        <v>1465182.0</v>
+      </c>
+      <c r="X79" s="14" t="n">
+        <v>1327360.0</v>
+      </c>
+      <c r="Y79" s="14" t="n">
+        <v>1269491.0</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G80" s="6"/>
+      <c r="A80" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+        </is>
+      </c>
+      <c r="B80" s="14" t="n">
+        <v>2733088.0</v>
+      </c>
+      <c r="C80" s="14" t="n">
+        <v>2378625.0</v>
+      </c>
+      <c r="D80" s="14" t="n">
+        <v>2193368.0</v>
+      </c>
+      <c r="E80" s="14" t="n">
+        <v>2087487.0</v>
+      </c>
+      <c r="F80" s="14" t="n">
+        <v>2074441.0</v>
+      </c>
+      <c r="G80" s="14" t="n">
+        <v>2010693.0</v>
+      </c>
+      <c r="H80" s="14" t="n">
+        <v>1894192.0</v>
+      </c>
+      <c r="I80" s="14" t="n">
+        <v>1836207.0</v>
+      </c>
+      <c r="J80" s="14" t="n">
+        <v>1805813.0</v>
+      </c>
+      <c r="K80" s="14" t="n">
+        <v>1771774.0</v>
+      </c>
+      <c r="L80" s="14" t="n">
+        <v>1734880.0</v>
+      </c>
+      <c r="M80" s="14" t="n">
+        <v>1752004.0</v>
+      </c>
+      <c r="N80" s="14" t="n">
+        <v>1762995.0</v>
+      </c>
+      <c r="O80" s="14" t="n">
+        <v>1745085.0</v>
+      </c>
+      <c r="P80" s="14" t="n">
+        <v>1746724.0</v>
+      </c>
+      <c r="Q80" s="14" t="n">
+        <v>1712694.0</v>
+      </c>
+      <c r="R80" s="14" t="n">
+        <v>1540716.0</v>
+      </c>
+      <c r="S80" s="14" t="n">
+        <v>1333919.0</v>
+      </c>
+      <c r="T80" s="14" t="n">
+        <v>1168609.0</v>
+      </c>
+      <c r="U80" s="14" t="n">
+        <v>1056032.0</v>
+      </c>
+      <c r="V80" s="14" t="n">
+        <v>985857.0</v>
+      </c>
+      <c r="W80" s="14" t="n">
+        <v>886654.0</v>
+      </c>
+      <c r="X80" s="14" t="n">
+        <v>811719.0</v>
+      </c>
+      <c r="Y80" s="14" t="n">
+        <v>724523.0</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>1.2723211E7</v>
+        <v>4132265.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>1.1638254E7</v>
+        <v>3877028.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>1.2490571E7</v>
+        <v>3530136.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>1.2331184E7</v>
+        <v>3618834.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>1.207842E7</v>
+        <v>3684732.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>1.1488018E7</v>
+        <v>3545459.0</v>
+      </c>
+      <c r="H81" s="14" t="n">
+        <v>3416823.0</v>
+      </c>
+      <c r="I81" s="14" t="n">
+        <v>3383826.0</v>
+      </c>
+      <c r="J81" s="14" t="n">
+        <v>3329464.0</v>
+      </c>
+      <c r="K81" s="14" t="n">
+        <v>3234456.0</v>
+      </c>
+      <c r="L81" s="14" t="n">
+        <v>3244715.0</v>
+      </c>
+      <c r="M81" s="14" t="n">
+        <v>3171875.0</v>
+      </c>
+      <c r="N81" s="14" t="n">
+        <v>3339905.0</v>
+      </c>
+      <c r="O81" s="14" t="n">
+        <v>3350097.0</v>
+      </c>
+      <c r="P81" s="14" t="n">
+        <v>3278895.0</v>
+      </c>
+      <c r="Q81" s="14" t="n">
+        <v>3113086.0</v>
+      </c>
+      <c r="R81" s="14" t="n">
+        <v>2880797.0</v>
+      </c>
+      <c r="S81" s="14" t="n">
+        <v>2655469.0</v>
+      </c>
+      <c r="T81" s="14" t="n">
+        <v>2455606.0</v>
+      </c>
+      <c r="U81" s="14" t="n">
+        <v>2141124.0</v>
+      </c>
+      <c r="V81" s="14" t="n">
+        <v>2092111.0</v>
+      </c>
+      <c r="W81" s="14" t="n">
+        <v>1879067.0</v>
+      </c>
+      <c r="X81" s="14" t="n">
+        <v>1804773.0</v>
+      </c>
+      <c r="Y81" s="14" t="n">
+        <v>1697962.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>1114803.0</v>
+        <v>1.3591275E7</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>828169.0</v>
+        <v>1.240926E7</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>957944.0</v>
+        <v>1.1489379E7</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>1230152.0</v>
+        <v>1.0914464E7</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>1180567.0</v>
+        <v>1.1627773E7</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>1033853.0</v>
+        <v>1.1391432E7</v>
+      </c>
+      <c r="H82" s="14" t="n">
+        <v>1.1242221E7</v>
+      </c>
+      <c r="I82" s="14" t="n">
+        <v>1.0668565E7</v>
+      </c>
+      <c r="J82" s="14" t="n">
+        <v>1.0378808E7</v>
+      </c>
+      <c r="K82" s="14" t="n">
+        <v>9816937.0</v>
+      </c>
+      <c r="L82" s="14" t="n">
+        <v>9901339.0</v>
+      </c>
+      <c r="M82" s="14" t="n">
+        <v>9935122.0</v>
+      </c>
+      <c r="N82" s="14" t="n">
+        <v>1.0517329E7</v>
+      </c>
+      <c r="O82" s="14" t="n">
+        <v>1.066922E7</v>
+      </c>
+      <c r="P82" s="14" t="n">
+        <v>1.0849229E7</v>
+      </c>
+      <c r="Q82" s="14" t="n">
+        <v>1.097165E7</v>
+      </c>
+      <c r="R82" s="14" t="n">
+        <v>1.0185161E7</v>
+      </c>
+      <c r="S82" s="14" t="n">
+        <v>9300578.0</v>
+      </c>
+      <c r="T82" s="14" t="n">
+        <v>8797111.0</v>
+      </c>
+      <c r="U82" s="14" t="n">
+        <v>7903196.0</v>
+      </c>
+      <c r="V82" s="14" t="n">
+        <v>7585204.0</v>
+      </c>
+      <c r="W82" s="14" t="n">
+        <v>7100128.0</v>
+      </c>
+      <c r="X82" s="14" t="n">
+        <v>6668011.0</v>
+      </c>
+      <c r="Y82" s="14" t="n">
+        <v>6215536.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>1424693.0</v>
+        <v>1335728.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>1284940.0</v>
+        <v>1234863.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>1331190.0</v>
+        <v>1240045.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>1244793.0</v>
+        <v>1064760.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>1340467.0</v>
+        <v>1211207.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>1180240.0</v>
+        <v>1218177.0</v>
+      </c>
+      <c r="H83" s="14" t="n">
+        <v>1177618.0</v>
+      </c>
+      <c r="I83" s="14" t="n">
+        <v>1107940.0</v>
+      </c>
+      <c r="J83" s="14" t="n">
+        <v>1066165.0</v>
+      </c>
+      <c r="K83" s="14" t="n">
+        <v>981761.0</v>
+      </c>
+      <c r="L83" s="14" t="n">
+        <v>952426.0</v>
+      </c>
+      <c r="M83" s="14" t="n">
+        <v>885067.0</v>
+      </c>
+      <c r="N83" s="14" t="n">
+        <v>913747.0</v>
+      </c>
+      <c r="O83" s="14" t="n">
+        <v>961816.0</v>
+      </c>
+      <c r="P83" s="14" t="n">
+        <v>741872.0</v>
+      </c>
+      <c r="Q83" s="14" t="n">
+        <v>950125.0</v>
+      </c>
+      <c r="R83" s="14" t="n">
+        <v>1140023.0</v>
+      </c>
+      <c r="S83" s="14" t="n">
+        <v>1127883.0</v>
+      </c>
+      <c r="T83" s="14" t="n">
+        <v>1025589.0</v>
+      </c>
+      <c r="U83" s="14" t="n">
+        <v>877489.0</v>
+      </c>
+      <c r="V83" s="14" t="n">
+        <v>794207.0</v>
+      </c>
+      <c r="W83" s="14" t="n">
+        <v>705921.0</v>
+      </c>
+      <c r="X83" s="14" t="n">
+        <v>661703.0</v>
+      </c>
+      <c r="Y83" s="14" t="n">
+        <v>637401.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>989504.0</v>
+        <v>1.4927003E7</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>880772.0</v>
+        <v>1.3644123E7</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>894518.0</v>
+        <v>1.2729424E7</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>831268.0</v>
+        <v>1.1979224E7</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>860834.0</v>
+        <v>1.283898E7</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>745777.0</v>
+        <v>1.2609609E7</v>
+      </c>
+      <c r="H84" s="14" t="n">
+        <v>1.2419839E7</v>
+      </c>
+      <c r="I84" s="14" t="n">
+        <v>1.1776505E7</v>
+      </c>
+      <c r="J84" s="14" t="n">
+        <v>1.1444973E7</v>
+      </c>
+      <c r="K84" s="14" t="n">
+        <v>1.0798698E7</v>
+      </c>
+      <c r="L84" s="14" t="n">
+        <v>1.0853765E7</v>
+      </c>
+      <c r="M84" s="14" t="n">
+        <v>1.0820189E7</v>
+      </c>
+      <c r="N84" s="14" t="n">
+        <v>1.1431076E7</v>
+      </c>
+      <c r="O84" s="14" t="n">
+        <v>1.1631036E7</v>
+      </c>
+      <c r="P84" s="14" t="n">
+        <v>1.1591101E7</v>
+      </c>
+      <c r="Q84" s="14" t="n">
+        <v>1.1921775E7</v>
+      </c>
+      <c r="R84" s="14" t="n">
+        <v>1.1325184E7</v>
+      </c>
+      <c r="S84" s="14" t="n">
+        <v>1.0428461E7</v>
+      </c>
+      <c r="T84" s="14" t="n">
+        <v>9822700.0</v>
+      </c>
+      <c r="U84" s="14" t="n">
+        <v>8780685.0</v>
+      </c>
+      <c r="V84" s="14" t="n">
+        <v>8379411.0</v>
+      </c>
+      <c r="W84" s="14" t="n">
+        <v>7806049.0</v>
+      </c>
+      <c r="X84" s="14" t="n">
+        <v>7329714.0</v>
+      </c>
+      <c r="Y84" s="14" t="n">
+        <v>6852937.0</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A85" s="6" t="inlineStr">
+        <is>
+          <t>07 Balears, Illes</t>
+        </is>
+      </c>
+      <c r="B85" s="6"/>
+      <c r="C85" s="6"/>
+      <c r="D85" s="6"/>
+      <c r="E85" s="6"/>
+      <c r="F85" s="6"/>
+      <c r="G85" s="6"/>
+      <c r="H85" s="6"/>
+      <c r="I85" s="6"/>
+      <c r="J85" s="6"/>
+      <c r="K85" s="6"/>
+      <c r="L85" s="6"/>
+      <c r="M85" s="6"/>
+      <c r="N85" s="6"/>
+      <c r="O85" s="6"/>
+      <c r="P85" s="6"/>
+      <c r="Q85" s="6"/>
+      <c r="R85" s="6"/>
+      <c r="S85" s="6"/>
+      <c r="T85" s="6"/>
+      <c r="U85" s="6"/>
+      <c r="V85" s="6"/>
+      <c r="W85" s="6"/>
+      <c r="X85" s="6"/>
+      <c r="Y85" s="6"/>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>2239124.0</v>
+        <v>173325.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>1925604.0</v>
+        <v>150451.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>2274580.0</v>
+        <v>159063.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>2206701.0</v>
+        <v>149556.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>2220970.0</v>
+        <v>188068.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>2128299.0</v>
+        <v>166150.0</v>
+      </c>
+      <c r="H86" s="14" t="n">
+        <v>198555.0</v>
+      </c>
+      <c r="I86" s="14" t="n">
+        <v>210916.0</v>
+      </c>
+      <c r="J86" s="14" t="n">
+        <v>135074.0</v>
+      </c>
+      <c r="K86" s="14" t="n">
+        <v>119353.0</v>
+      </c>
+      <c r="L86" s="14" t="n">
+        <v>105055.0</v>
+      </c>
+      <c r="M86" s="14" t="n">
+        <v>111120.0</v>
+      </c>
+      <c r="N86" s="14" t="n">
+        <v>100486.0</v>
+      </c>
+      <c r="O86" s="14" t="n">
+        <v>98669.0</v>
+      </c>
+      <c r="P86" s="14" t="n">
+        <v>103826.0</v>
+      </c>
+      <c r="Q86" s="14" t="n">
+        <v>118103.0</v>
+      </c>
+      <c r="R86" s="14" t="n">
+        <v>134552.0</v>
+      </c>
+      <c r="S86" s="14" t="n">
+        <v>129399.0</v>
+      </c>
+      <c r="T86" s="14" t="n">
+        <v>158264.0</v>
+      </c>
+      <c r="U86" s="14" t="n">
+        <v>180227.0</v>
+      </c>
+      <c r="V86" s="14" t="n">
+        <v>202693.0</v>
+      </c>
+      <c r="W86" s="14" t="n">
+        <v>238932.0</v>
+      </c>
+      <c r="X86" s="14" t="n">
+        <v>247582.0</v>
+      </c>
+      <c r="Y86" s="14" t="n">
+        <v>250683.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>2390063.0</v>
+        <v>2095829.0</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>2284369.0</v>
+        <v>2364821.0</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>2278521.0</v>
+        <v>1648878.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>2212262.0</v>
+        <v>1525646.0</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>2096498.0</v>
+        <v>1616707.0</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>2036368.0</v>
+        <v>1576636.0</v>
+      </c>
+      <c r="H87" s="14" t="n">
+        <v>1558900.0</v>
+      </c>
+      <c r="I87" s="14" t="n">
+        <v>1506734.0</v>
+      </c>
+      <c r="J87" s="14" t="n">
+        <v>1520397.0</v>
+      </c>
+      <c r="K87" s="14" t="n">
+        <v>1468290.0</v>
+      </c>
+      <c r="L87" s="14" t="n">
+        <v>1373843.0</v>
+      </c>
+      <c r="M87" s="14" t="n">
+        <v>1448588.0</v>
+      </c>
+      <c r="N87" s="14" t="n">
+        <v>1579050.0</v>
+      </c>
+      <c r="O87" s="14" t="n">
+        <v>1741145.0</v>
+      </c>
+      <c r="P87" s="14" t="n">
+        <v>1717070.0</v>
+      </c>
+      <c r="Q87" s="14" t="n">
+        <v>1800962.0</v>
+      </c>
+      <c r="R87" s="14" t="n">
+        <v>1627261.0</v>
+      </c>
+      <c r="S87" s="14" t="n">
+        <v>1492026.0</v>
+      </c>
+      <c r="T87" s="14" t="n">
+        <v>1433066.0</v>
+      </c>
+      <c r="U87" s="14" t="n">
+        <v>1302926.0</v>
+      </c>
+      <c r="V87" s="14" t="n">
+        <v>1244390.0</v>
+      </c>
+      <c r="W87" s="14" t="n">
+        <v>1181707.0</v>
+      </c>
+      <c r="X87" s="14" t="n">
+        <v>1139299.0</v>
+      </c>
+      <c r="Y87" s="14" t="n">
+        <v>1089034.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B88" s="14" t="n">
-        <v>3630016.0</v>
+        <v>953376.0</v>
       </c>
       <c r="C88" s="14" t="n">
-        <v>3639953.0</v>
+        <v>855800.0</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>3719584.0</v>
+        <v>780131.0</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>3579603.0</v>
+        <v>736692.0</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>3440721.0</v>
+        <v>832630.0</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>3397157.0</v>
+        <v>797020.0</v>
+      </c>
+      <c r="H88" s="14" t="n">
+        <v>786871.0</v>
+      </c>
+      <c r="I88" s="14" t="n">
+        <v>767277.0</v>
+      </c>
+      <c r="J88" s="14" t="n">
+        <v>751935.0</v>
+      </c>
+      <c r="K88" s="14" t="n">
+        <v>703946.0</v>
+      </c>
+      <c r="L88" s="14" t="n">
+        <v>635159.0</v>
+      </c>
+      <c r="M88" s="14" t="n">
+        <v>674644.0</v>
+      </c>
+      <c r="N88" s="14" t="n">
+        <v>801617.0</v>
+      </c>
+      <c r="O88" s="14" t="n">
+        <v>881164.0</v>
+      </c>
+      <c r="P88" s="14" t="n">
+        <v>947984.0</v>
+      </c>
+      <c r="Q88" s="14" t="n">
+        <v>1067485.0</v>
+      </c>
+      <c r="R88" s="14" t="n">
+        <v>1007171.0</v>
+      </c>
+      <c r="S88" s="14" t="n">
+        <v>949073.0</v>
+      </c>
+      <c r="T88" s="14" t="n">
+        <v>922815.0</v>
+      </c>
+      <c r="U88" s="14" t="n">
+        <v>869010.0</v>
+      </c>
+      <c r="V88" s="14" t="n">
+        <v>856261.0</v>
+      </c>
+      <c r="W88" s="14" t="n">
+        <v>863636.0</v>
+      </c>
+      <c r="X88" s="14" t="n">
+        <v>862470.0</v>
+      </c>
+      <c r="Y88" s="14" t="n">
+        <v>845793.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>1.1511181E7</v>
+        <v>3091067.0</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>1.0619796E7</v>
+        <v>2860478.0</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>1.1328333E7</v>
+        <v>2534987.0</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>1.115927E7</v>
+        <v>2537853.0</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>1.0949371E7</v>
+        <v>2892773.0</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>1.0424956E7</v>
+        <v>2571165.0</v>
+      </c>
+      <c r="H89" s="14" t="n">
+        <v>2522590.0</v>
+      </c>
+      <c r="I89" s="14" t="n">
+        <v>2394278.0</v>
+      </c>
+      <c r="J89" s="14" t="n">
+        <v>2205505.0</v>
+      </c>
+      <c r="K89" s="14" t="n">
+        <v>2001391.0</v>
+      </c>
+      <c r="L89" s="14" t="n">
+        <v>1953470.0</v>
+      </c>
+      <c r="M89" s="14" t="n">
+        <v>2150058.0</v>
+      </c>
+      <c r="N89" s="14" t="n">
+        <v>2408515.0</v>
+      </c>
+      <c r="O89" s="14" t="n">
+        <v>2773438.0</v>
+      </c>
+      <c r="P89" s="14" t="n">
+        <v>3472595.0</v>
+      </c>
+      <c r="Q89" s="14" t="n">
+        <v>3761040.0</v>
+      </c>
+      <c r="R89" s="14" t="n">
+        <v>3537898.0</v>
+      </c>
+      <c r="S89" s="14" t="n">
+        <v>3347104.0</v>
+      </c>
+      <c r="T89" s="14" t="n">
+        <v>3036591.0</v>
+      </c>
+      <c r="U89" s="14" t="n">
+        <v>2666808.0</v>
+      </c>
+      <c r="V89" s="14" t="n">
+        <v>2476930.0</v>
+      </c>
+      <c r="W89" s="14" t="n">
+        <v>2316595.0</v>
+      </c>
+      <c r="X89" s="14" t="n">
+        <v>2101828.0</v>
+      </c>
+      <c r="Y89" s="14" t="n">
+        <v>1822477.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>1212030.0</v>
+        <v>1.4399549E7</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>1018458.0</v>
+        <v>1.2559051E7</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>1162238.0</v>
+        <v>8849666.0</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>1171914.0</v>
+        <v>6308096.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>1129049.0</v>
+        <v>1.1613341E7</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>1063062.0</v>
+        <v>1.14297E7</v>
+      </c>
+      <c r="H90" s="14" t="n">
+        <v>1.0945635E7</v>
+      </c>
+      <c r="I90" s="14" t="n">
+        <v>1.0294785E7</v>
+      </c>
+      <c r="J90" s="14" t="n">
+        <v>9535238.0</v>
+      </c>
+      <c r="K90" s="14" t="n">
+        <v>8872484.0</v>
+      </c>
+      <c r="L90" s="14" t="n">
+        <v>8559067.0</v>
+      </c>
+      <c r="M90" s="14" t="n">
+        <v>8594143.0</v>
+      </c>
+      <c r="N90" s="14" t="n">
+        <v>8552597.0</v>
+      </c>
+      <c r="O90" s="14" t="n">
+        <v>8442324.0</v>
+      </c>
+      <c r="P90" s="14" t="n">
+        <v>8334225.0</v>
+      </c>
+      <c r="Q90" s="14" t="n">
+        <v>8679414.0</v>
+      </c>
+      <c r="R90" s="14" t="n">
+        <v>8433933.0</v>
+      </c>
+      <c r="S90" s="14" t="n">
+        <v>8017001.0</v>
+      </c>
+      <c r="T90" s="14" t="n">
+        <v>7762831.0</v>
+      </c>
+      <c r="U90" s="14" t="n">
+        <v>7629334.0</v>
+      </c>
+      <c r="V90" s="14" t="n">
+        <v>7325435.0</v>
+      </c>
+      <c r="W90" s="14" t="n">
+        <v>7258797.0</v>
+      </c>
+      <c r="X90" s="14" t="n">
+        <v>7196028.0</v>
+      </c>
+      <c r="Y90" s="14" t="n">
+        <v>6820298.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>1.2723211E7</v>
+        <v>1.0838871E7</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>1.1638254E7</v>
+        <v>9432246.0</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>1.2490571E7</v>
+        <v>8396386.0</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>1.2331184E7</v>
+        <v>8029516.0</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>1.207842E7</v>
+        <v>8767991.0</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>1.1488018E7</v>
+        <v>8484418.0</v>
+      </c>
+      <c r="H91" s="14" t="n">
+        <v>7912579.0</v>
+      </c>
+      <c r="I91" s="14" t="n">
+        <v>7599199.0</v>
+      </c>
+      <c r="J91" s="14" t="n">
+        <v>7372895.0</v>
+      </c>
+      <c r="K91" s="14" t="n">
+        <v>7184203.0</v>
+      </c>
+      <c r="L91" s="14" t="n">
+        <v>6950183.0</v>
+      </c>
+      <c r="M91" s="14" t="n">
+        <v>6807756.0</v>
+      </c>
+      <c r="N91" s="14" t="n">
+        <v>6702041.0</v>
+      </c>
+      <c r="O91" s="14" t="n">
+        <v>6423789.0</v>
+      </c>
+      <c r="P91" s="14" t="n">
+        <v>6365959.0</v>
+      </c>
+      <c r="Q91" s="14" t="n">
+        <v>6462378.0</v>
+      </c>
+      <c r="R91" s="14" t="n">
+        <v>5888095.0</v>
+      </c>
+      <c r="S91" s="14" t="n">
+        <v>5177984.0</v>
+      </c>
+      <c r="T91" s="14" t="n">
+        <v>4387639.0</v>
+      </c>
+      <c r="U91" s="14" t="n">
+        <v>3866398.0</v>
+      </c>
+      <c r="V91" s="14" t="n">
+        <v>3560436.0</v>
+      </c>
+      <c r="W91" s="14" t="n">
+        <v>3294865.0</v>
+      </c>
+      <c r="X91" s="14" t="n">
+        <v>2909292.0</v>
+      </c>
+      <c r="Y91" s="14" t="n">
+        <v>2523982.0</v>
       </c>
     </row>
     <row r="92">
-      <c r="A92" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G92" s="6"/>
+      <c r="A92" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+        </is>
+      </c>
+      <c r="B92" s="14" t="n">
+        <v>7224123.0</v>
+      </c>
+      <c r="C92" s="14" t="n">
+        <v>6494532.0</v>
+      </c>
+      <c r="D92" s="14" t="n">
+        <v>5985941.0</v>
+      </c>
+      <c r="E92" s="14" t="n">
+        <v>5760768.0</v>
+      </c>
+      <c r="F92" s="14" t="n">
+        <v>6048878.0</v>
+      </c>
+      <c r="G92" s="14" t="n">
+        <v>5777148.0</v>
+      </c>
+      <c r="H92" s="14" t="n">
+        <v>5609089.0</v>
+      </c>
+      <c r="I92" s="14" t="n">
+        <v>5397158.0</v>
+      </c>
+      <c r="J92" s="14" t="n">
+        <v>5231534.0</v>
+      </c>
+      <c r="K92" s="14" t="n">
+        <v>5013352.0</v>
+      </c>
+      <c r="L92" s="14" t="n">
+        <v>5000395.0</v>
+      </c>
+      <c r="M92" s="14" t="n">
+        <v>4981081.0</v>
+      </c>
+      <c r="N92" s="14" t="n">
+        <v>5184269.0</v>
+      </c>
+      <c r="O92" s="14" t="n">
+        <v>5110170.0</v>
+      </c>
+      <c r="P92" s="14" t="n">
+        <v>5068855.0</v>
+      </c>
+      <c r="Q92" s="14" t="n">
+        <v>4852062.0</v>
+      </c>
+      <c r="R92" s="14" t="n">
+        <v>4442128.0</v>
+      </c>
+      <c r="S92" s="14" t="n">
+        <v>4082693.0</v>
+      </c>
+      <c r="T92" s="14" t="n">
+        <v>3792956.0</v>
+      </c>
+      <c r="U92" s="14" t="n">
+        <v>3470137.0</v>
+      </c>
+      <c r="V92" s="14" t="n">
+        <v>3182089.0</v>
+      </c>
+      <c r="W92" s="14" t="n">
+        <v>2917937.0</v>
+      </c>
+      <c r="X92" s="14" t="n">
+        <v>2666180.0</v>
+      </c>
+      <c r="Y92" s="14" t="n">
+        <v>2469464.0</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>3.0031668E7</v>
+        <v>3.7822764E7</v>
       </c>
       <c r="C93" s="14" t="n">
-        <v>2.619809E7</v>
+        <v>3.3861579E7</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>3.3935302E7</v>
+        <v>2.7574921E7</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>3.2740793E7</v>
+        <v>2.4311435E7</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>3.1387148E7</v>
+        <v>3.1127758E7</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>2.9826671E7</v>
+        <v>3.0005217E7</v>
+      </c>
+      <c r="H93" s="14" t="n">
+        <v>2.8747348E7</v>
+      </c>
+      <c r="I93" s="14" t="n">
+        <v>2.740307E7</v>
+      </c>
+      <c r="J93" s="14" t="n">
+        <v>2.6000643E7</v>
+      </c>
+      <c r="K93" s="14" t="n">
+        <v>2.4659073E7</v>
+      </c>
+      <c r="L93" s="14" t="n">
+        <v>2.3942013E7</v>
+      </c>
+      <c r="M93" s="14" t="n">
+        <v>2.4092746E7</v>
+      </c>
+      <c r="N93" s="14" t="n">
+        <v>2.4526958E7</v>
+      </c>
+      <c r="O93" s="14" t="n">
+        <v>2.4589535E7</v>
+      </c>
+      <c r="P93" s="14" t="n">
+        <v>2.506253E7</v>
+      </c>
+      <c r="Q93" s="14" t="n">
+        <v>2.5673959E7</v>
+      </c>
+      <c r="R93" s="14" t="n">
+        <v>2.4063867E7</v>
+      </c>
+      <c r="S93" s="14" t="n">
+        <v>2.2246207E7</v>
+      </c>
+      <c r="T93" s="14" t="n">
+        <v>2.0571347E7</v>
+      </c>
+      <c r="U93" s="14" t="n">
+        <v>1.911583E7</v>
+      </c>
+      <c r="V93" s="14" t="n">
+        <v>1.7991973E7</v>
+      </c>
+      <c r="W93" s="14" t="n">
+        <v>1.7208833E7</v>
+      </c>
+      <c r="X93" s="14" t="n">
+        <v>1.6260209E7</v>
+      </c>
+      <c r="Y93" s="14" t="n">
+        <v>1.4975938E7</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>154128.0</v>
+        <v>3679762.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>148537.0</v>
+        <v>3327583.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>181850.0</v>
+        <v>2937225.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>167235.0</v>
+        <v>2357671.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>194847.0</v>
+        <v>3222818.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>208673.0</v>
+        <v>3180751.0</v>
+      </c>
+      <c r="H94" s="14" t="n">
+        <v>2998903.0</v>
+      </c>
+      <c r="I94" s="14" t="n">
+        <v>2830214.0</v>
+      </c>
+      <c r="J94" s="14" t="n">
+        <v>2653099.0</v>
+      </c>
+      <c r="K94" s="14" t="n">
+        <v>2449542.0</v>
+      </c>
+      <c r="L94" s="14" t="n">
+        <v>2285913.0</v>
+      </c>
+      <c r="M94" s="14" t="n">
+        <v>2131559.0</v>
+      </c>
+      <c r="N94" s="14" t="n">
+        <v>2119292.0</v>
+      </c>
+      <c r="O94" s="14" t="n">
+        <v>2207478.0</v>
+      </c>
+      <c r="P94" s="14" t="n">
+        <v>1707890.0</v>
+      </c>
+      <c r="Q94" s="14" t="n">
+        <v>2218168.0</v>
+      </c>
+      <c r="R94" s="14" t="n">
+        <v>2685585.0</v>
+      </c>
+      <c r="S94" s="14" t="n">
+        <v>2689208.0</v>
+      </c>
+      <c r="T94" s="14" t="n">
+        <v>2390868.0</v>
+      </c>
+      <c r="U94" s="14" t="n">
+        <v>2112671.0</v>
+      </c>
+      <c r="V94" s="14" t="n">
+        <v>1876006.0</v>
+      </c>
+      <c r="W94" s="14" t="n">
+        <v>1703571.0</v>
+      </c>
+      <c r="X94" s="14" t="n">
+        <v>1607728.0</v>
+      </c>
+      <c r="Y94" s="14" t="n">
+        <v>1529170.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
-        <v>1806386.0</v>
+        <v>4.1502526E7</v>
       </c>
       <c r="C95" s="14" t="n">
-        <v>1674865.0</v>
+        <v>3.7189162E7</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>1791348.0</v>
+        <v>3.0512146E7</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>1752627.0</v>
+        <v>2.6669106E7</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>1732092.0</v>
+        <v>3.4350576E7</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>1680296.0</v>
+        <v>3.3185968E7</v>
+      </c>
+      <c r="H95" s="14" t="n">
+        <v>3.1746251E7</v>
+      </c>
+      <c r="I95" s="14" t="n">
+        <v>3.0233284E7</v>
+      </c>
+      <c r="J95" s="14" t="n">
+        <v>2.8653742E7</v>
+      </c>
+      <c r="K95" s="14" t="n">
+        <v>2.7108615E7</v>
+      </c>
+      <c r="L95" s="14" t="n">
+        <v>2.6227926E7</v>
+      </c>
+      <c r="M95" s="14" t="n">
+        <v>2.6224305E7</v>
+      </c>
+      <c r="N95" s="14" t="n">
+        <v>2.664625E7</v>
+      </c>
+      <c r="O95" s="14" t="n">
+        <v>2.6797013E7</v>
+      </c>
+      <c r="P95" s="14" t="n">
+        <v>2.677042E7</v>
+      </c>
+      <c r="Q95" s="14" t="n">
+        <v>2.7892127E7</v>
+      </c>
+      <c r="R95" s="14" t="n">
+        <v>2.6749452E7</v>
+      </c>
+      <c r="S95" s="14" t="n">
+        <v>2.4935415E7</v>
+      </c>
+      <c r="T95" s="14" t="n">
+        <v>2.2962215E7</v>
+      </c>
+      <c r="U95" s="14" t="n">
+        <v>2.1228501E7</v>
+      </c>
+      <c r="V95" s="14" t="n">
+        <v>1.9867979E7</v>
+      </c>
+      <c r="W95" s="14" t="n">
+        <v>1.8912404E7</v>
+      </c>
+      <c r="X95" s="14" t="n">
+        <v>1.7867937E7</v>
+      </c>
+      <c r="Y95" s="14" t="n">
+        <v>1.6505108E7</v>
       </c>
     </row>
     <row r="96">
-      <c r="A96" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A96" s="6" t="inlineStr">
+        <is>
+          <t>08 Barcelona</t>
+        </is>
+      </c>
+      <c r="B96" s="6"/>
+      <c r="C96" s="6"/>
+      <c r="D96" s="6"/>
+      <c r="E96" s="6"/>
+      <c r="F96" s="6"/>
+      <c r="G96" s="6"/>
+      <c r="H96" s="6"/>
+      <c r="I96" s="6"/>
+      <c r="J96" s="6"/>
+      <c r="K96" s="6"/>
+      <c r="L96" s="6"/>
+      <c r="M96" s="6"/>
+      <c r="N96" s="6"/>
+      <c r="O96" s="6"/>
+      <c r="P96" s="6"/>
+      <c r="Q96" s="6"/>
+      <c r="R96" s="6"/>
+      <c r="S96" s="6"/>
+      <c r="T96" s="6"/>
+      <c r="U96" s="6"/>
+      <c r="V96" s="6"/>
+      <c r="W96" s="6"/>
+      <c r="X96" s="6"/>
+      <c r="Y96" s="6"/>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>2146768.0</v>
+        <v>879536.0</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>2151854.0</v>
+        <v>687757.0</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>2447974.0</v>
+        <v>720709.0</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>2175371.0</v>
+        <v>814022.0</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>2147979.0</v>
+        <v>909585.0</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>2028122.0</v>
+        <v>788288.0</v>
+      </c>
+      <c r="H97" s="14" t="n">
+        <v>873826.0</v>
+      </c>
+      <c r="I97" s="14" t="n">
+        <v>807508.0</v>
+      </c>
+      <c r="J97" s="14" t="n">
+        <v>782645.0</v>
+      </c>
+      <c r="K97" s="14" t="n">
+        <v>774457.0</v>
+      </c>
+      <c r="L97" s="14" t="n">
+        <v>739554.0</v>
+      </c>
+      <c r="M97" s="14" t="n">
+        <v>749342.0</v>
+      </c>
+      <c r="N97" s="14" t="n">
+        <v>799510.0</v>
+      </c>
+      <c r="O97" s="14" t="n">
+        <v>753037.0</v>
+      </c>
+      <c r="P97" s="14" t="n">
+        <v>711127.0</v>
+      </c>
+      <c r="Q97" s="14" t="n">
+        <v>822209.0</v>
+      </c>
+      <c r="R97" s="14" t="n">
+        <v>790523.0</v>
+      </c>
+      <c r="S97" s="14" t="n">
+        <v>743735.0</v>
+      </c>
+      <c r="T97" s="14" t="n">
+        <v>749232.0</v>
+      </c>
+      <c r="U97" s="14" t="n">
+        <v>767125.0</v>
+      </c>
+      <c r="V97" s="14" t="n">
+        <v>761684.0</v>
+      </c>
+      <c r="W97" s="14" t="n">
+        <v>728891.0</v>
+      </c>
+      <c r="X97" s="14" t="n">
+        <v>692540.0</v>
+      </c>
+      <c r="Y97" s="14" t="n">
+        <v>643113.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>8876564.0</v>
+        <v>3.5437742E7</v>
       </c>
       <c r="C98" s="14" t="n">
-        <v>6310676.0</v>
+        <v>3.2682837E7</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>1.1653261E7</v>
+        <v>3.0166947E7</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>1.1393251E7</v>
+        <v>2.8737362E7</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>1.0960304E7</v>
+        <v>3.0621358E7</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>1.0273752E7</v>
+        <v>3.0074706E7</v>
+      </c>
+      <c r="H98" s="14" t="n">
+        <v>2.9387719E7</v>
+      </c>
+      <c r="I98" s="14" t="n">
+        <v>2.7518452E7</v>
+      </c>
+      <c r="J98" s="14" t="n">
+        <v>2.6396955E7</v>
+      </c>
+      <c r="K98" s="14" t="n">
+        <v>2.5265331E7</v>
+      </c>
+      <c r="L98" s="14" t="n">
+        <v>2.4770381E7</v>
+      </c>
+      <c r="M98" s="14" t="n">
+        <v>2.4243247E7</v>
+      </c>
+      <c r="N98" s="14" t="n">
+        <v>2.5708455E7</v>
+      </c>
+      <c r="O98" s="14" t="n">
+        <v>2.6636348E7</v>
+      </c>
+      <c r="P98" s="14" t="n">
+        <v>2.7345067E7</v>
+      </c>
+      <c r="Q98" s="14" t="n">
+        <v>3.0365246E7</v>
+      </c>
+      <c r="R98" s="14" t="n">
+        <v>2.9687315E7</v>
+      </c>
+      <c r="S98" s="14" t="n">
+        <v>2.9045043E7</v>
+      </c>
+      <c r="T98" s="14" t="n">
+        <v>2.7751743E7</v>
+      </c>
+      <c r="U98" s="14" t="n">
+        <v>2.6117756E7</v>
+      </c>
+      <c r="V98" s="14" t="n">
+        <v>2.5922232E7</v>
+      </c>
+      <c r="W98" s="14" t="n">
+        <v>2.5574076E7</v>
+      </c>
+      <c r="X98" s="14" t="n">
+        <v>2.5611338E7</v>
+      </c>
+      <c r="Y98" s="14" t="n">
+        <v>2.4283582E7</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>8116266.0</v>
+        <v>2.9449392E7</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>7758796.0</v>
+        <v>2.6377411E7</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>8527791.0</v>
+        <v>2.6101909E7</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>8247298.0</v>
+        <v>2.507021E7</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>7706489.0</v>
+        <v>2.692612E7</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>7397483.0</v>
+        <v>2.6332432E7</v>
+      </c>
+      <c r="H99" s="14" t="n">
+        <v>2.5817344E7</v>
+      </c>
+      <c r="I99" s="14" t="n">
+        <v>2.3864779E7</v>
+      </c>
+      <c r="J99" s="14" t="n">
+        <v>2.2813778E7</v>
+      </c>
+      <c r="K99" s="14" t="n">
+        <v>2.1801102E7</v>
+      </c>
+      <c r="L99" s="14" t="n">
+        <v>2.0855338E7</v>
+      </c>
+      <c r="M99" s="14" t="n">
+        <v>2.0387888E7</v>
+      </c>
+      <c r="N99" s="14" t="n">
+        <v>2.1808928E7</v>
+      </c>
+      <c r="O99" s="14" t="n">
+        <v>2.2455976E7</v>
+      </c>
+      <c r="P99" s="14" t="n">
+        <v>2.337954E7</v>
+      </c>
+      <c r="Q99" s="14" t="n">
+        <v>2.6446235E7</v>
+      </c>
+      <c r="R99" s="14" t="n">
+        <v>2.6384395E7</v>
+      </c>
+      <c r="S99" s="14" t="n">
+        <v>2.6112688E7</v>
+      </c>
+      <c r="T99" s="14" t="n">
+        <v>2.5075573E7</v>
+      </c>
+      <c r="U99" s="14" t="n">
+        <v>2.4461871E7</v>
+      </c>
+      <c r="V99" s="14" t="n">
+        <v>2.421189E7</v>
+      </c>
+      <c r="W99" s="14" t="n">
+        <v>2.4054731E7</v>
+      </c>
+      <c r="X99" s="14" t="n">
+        <v>2.4108009E7</v>
+      </c>
+      <c r="Y99" s="14" t="n">
+        <v>2.2916397E7</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>6070699.0</v>
+        <v>9082800.0</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>5860780.0</v>
+        <v>8618554.0</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>6175425.0</v>
+        <v>7683788.0</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>5892667.0</v>
+        <v>7417753.0</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>5710901.0</v>
+        <v>8515584.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>5477554.0</v>
+        <v>7730684.0</v>
+      </c>
+      <c r="H100" s="14" t="n">
+        <v>7470984.0</v>
+      </c>
+      <c r="I100" s="14" t="n">
+        <v>7047673.0</v>
+      </c>
+      <c r="J100" s="14" t="n">
+        <v>6486405.0</v>
+      </c>
+      <c r="K100" s="14" t="n">
+        <v>6021443.0</v>
+      </c>
+      <c r="L100" s="14" t="n">
+        <v>6053915.0</v>
+      </c>
+      <c r="M100" s="14" t="n">
+        <v>6899955.0</v>
+      </c>
+      <c r="N100" s="14" t="n">
+        <v>8402919.0</v>
+      </c>
+      <c r="O100" s="14" t="n">
+        <v>1.0075638E7</v>
+      </c>
+      <c r="P100" s="14" t="n">
+        <v>1.2228173E7</v>
+      </c>
+      <c r="Q100" s="14" t="n">
+        <v>1.2737712E7</v>
+      </c>
+      <c r="R100" s="14" t="n">
+        <v>1.2378516E7</v>
+      </c>
+      <c r="S100" s="14" t="n">
+        <v>1.2029103E7</v>
+      </c>
+      <c r="T100" s="14" t="n">
+        <v>1.0858396E7</v>
+      </c>
+      <c r="U100" s="14" t="n">
+        <v>9843955.0</v>
+      </c>
+      <c r="V100" s="14" t="n">
+        <v>9057991.0</v>
+      </c>
+      <c r="W100" s="14" t="n">
+        <v>8335150.0</v>
+      </c>
+      <c r="X100" s="14" t="n">
+        <v>7643482.0</v>
+      </c>
+      <c r="Y100" s="14" t="n">
+        <v>6786669.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>2.7170811E7</v>
+        <v>5.512609E7</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>2.3905508E7</v>
+        <v>5.0459474E7</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>3.0777649E7</v>
+        <v>4.3351678E7</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>2.9628449E7</v>
+        <v>3.7749396E7</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>2.8452612E7</v>
+        <v>4.7296519E7</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>2.706588E7</v>
+        <v>4.5409514E7</v>
+      </c>
+      <c r="H101" s="14" t="n">
+        <v>4.3323612E7</v>
+      </c>
+      <c r="I101" s="14" t="n">
+        <v>4.1445705E7</v>
+      </c>
+      <c r="J101" s="14" t="n">
+        <v>3.9723709E7</v>
+      </c>
+      <c r="K101" s="14" t="n">
+        <v>3.8084513E7</v>
+      </c>
+      <c r="L101" s="14" t="n">
+        <v>3.7832369E7</v>
+      </c>
+      <c r="M101" s="14" t="n">
+        <v>3.8434509E7</v>
+      </c>
+      <c r="N101" s="14" t="n">
+        <v>3.8778347E7</v>
+      </c>
+      <c r="O101" s="14" t="n">
+        <v>3.8501003E7</v>
+      </c>
+      <c r="P101" s="14" t="n">
+        <v>3.7749565E7</v>
+      </c>
+      <c r="Q101" s="14" t="n">
+        <v>3.8552113E7</v>
+      </c>
+      <c r="R101" s="14" t="n">
+        <v>3.7164596E7</v>
+      </c>
+      <c r="S101" s="14" t="n">
+        <v>3.4856933E7</v>
+      </c>
+      <c r="T101" s="14" t="n">
+        <v>3.3160164E7</v>
+      </c>
+      <c r="U101" s="14" t="n">
+        <v>3.1642443E7</v>
+      </c>
+      <c r="V101" s="14" t="n">
+        <v>3.0079899E7</v>
+      </c>
+      <c r="W101" s="14" t="n">
+        <v>2.8593209E7</v>
+      </c>
+      <c r="X101" s="14" t="n">
+        <v>2.6489069E7</v>
+      </c>
+      <c r="Y101" s="14" t="n">
+        <v>2.4564211E7</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>2860857.0</v>
+        <v>5.5292791E7</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>2292582.0</v>
+        <v>4.8764923E7</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>3157653.0</v>
+        <v>4.413109E7</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>3112344.0</v>
+        <v>4.2150766E7</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>2934536.0</v>
+        <v>4.4232125E7</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>2760791.0</v>
+        <v>4.2038695E7</v>
+      </c>
+      <c r="H102" s="14" t="n">
+        <v>3.9883983E7</v>
+      </c>
+      <c r="I102" s="14" t="n">
+        <v>3.8123662E7</v>
+      </c>
+      <c r="J102" s="14" t="n">
+        <v>3.7211772E7</v>
+      </c>
+      <c r="K102" s="14" t="n">
+        <v>3.6039599E7</v>
+      </c>
+      <c r="L102" s="14" t="n">
+        <v>3.458941E7</v>
+      </c>
+      <c r="M102" s="14" t="n">
+        <v>3.4825621E7</v>
+      </c>
+      <c r="N102" s="14" t="n">
+        <v>3.5088951E7</v>
+      </c>
+      <c r="O102" s="14" t="n">
+        <v>3.4183158E7</v>
+      </c>
+      <c r="P102" s="14" t="n">
+        <v>3.4249395E7</v>
+      </c>
+      <c r="Q102" s="14" t="n">
+        <v>3.4241039E7</v>
+      </c>
+      <c r="R102" s="14" t="n">
+        <v>3.2501338E7</v>
+      </c>
+      <c r="S102" s="14" t="n">
+        <v>2.7883911E7</v>
+      </c>
+      <c r="T102" s="14" t="n">
+        <v>2.4812377E7</v>
+      </c>
+      <c r="U102" s="14" t="n">
+        <v>2.1952489E7</v>
+      </c>
+      <c r="V102" s="14" t="n">
+        <v>1.9689252E7</v>
+      </c>
+      <c r="W102" s="14" t="n">
+        <v>1.7935438E7</v>
+      </c>
+      <c r="X102" s="14" t="n">
+        <v>1.650417E7</v>
+      </c>
+      <c r="Y102" s="14" t="n">
+        <v>1.4756377E7</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>3.0031668E7</v>
+        <v>3.5075761E7</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>2.619809E7</v>
+        <v>3.2828703E7</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>3.3935302E7</v>
+        <v>3.1020032E7</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>3.2740793E7</v>
+        <v>3.070553E7</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>3.1387148E7</v>
+        <v>3.2041649E7</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>2.9826671E7</v>
+        <v>3.0773624E7</v>
+      </c>
+      <c r="H103" s="14" t="n">
+        <v>2.9937887E7</v>
+      </c>
+      <c r="I103" s="14" t="n">
+        <v>2.8737288E7</v>
+      </c>
+      <c r="J103" s="14" t="n">
+        <v>2.7324002E7</v>
+      </c>
+      <c r="K103" s="14" t="n">
+        <v>2.5846328E7</v>
+      </c>
+      <c r="L103" s="14" t="n">
+        <v>2.5857381E7</v>
+      </c>
+      <c r="M103" s="14" t="n">
+        <v>2.6203138E7</v>
+      </c>
+      <c r="N103" s="14" t="n">
+        <v>2.6672287E7</v>
+      </c>
+      <c r="O103" s="14" t="n">
+        <v>2.6655639E7</v>
+      </c>
+      <c r="P103" s="14" t="n">
+        <v>2.6287199E7</v>
+      </c>
+      <c r="Q103" s="14" t="n">
+        <v>2.4951746E7</v>
+      </c>
+      <c r="R103" s="14" t="n">
+        <v>2.2578037E7</v>
+      </c>
+      <c r="S103" s="14" t="n">
+        <v>2.0587671E7</v>
+      </c>
+      <c r="T103" s="14" t="n">
+        <v>1.9336367E7</v>
+      </c>
+      <c r="U103" s="14" t="n">
+        <v>1.7836849E7</v>
+      </c>
+      <c r="V103" s="14" t="n">
+        <v>1.6495086E7</v>
+      </c>
+      <c r="W103" s="14" t="n">
+        <v>1.471771E7</v>
+      </c>
+      <c r="X103" s="14" t="n">
+        <v>1.3883133E7</v>
+      </c>
+      <c r="Y103" s="14" t="n">
+        <v>1.2999837E7</v>
       </c>
     </row>
     <row r="104">
-      <c r="A104" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G104" s="6"/>
+      <c r="A104" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
+        </is>
+      </c>
+      <c r="B104" s="14" t="n">
+        <v>1.9089472E8</v>
+      </c>
+      <c r="C104" s="14" t="n">
+        <v>1.74042248E8</v>
+      </c>
+      <c r="D104" s="14" t="n">
+        <v>1.57074244E8</v>
+      </c>
+      <c r="E104" s="14" t="n">
+        <v>1.47574829E8</v>
+      </c>
+      <c r="F104" s="14" t="n">
+        <v>1.6361682E8</v>
+      </c>
+      <c r="G104" s="14" t="n">
+        <v>1.56815511E8</v>
+      </c>
+      <c r="H104" s="14" t="n">
+        <v>1.50878011E8</v>
+      </c>
+      <c r="I104" s="14" t="n">
+        <v>1.43680288E8</v>
+      </c>
+      <c r="J104" s="14" t="n">
+        <v>1.37925488E8</v>
+      </c>
+      <c r="K104" s="14" t="n">
+        <v>1.32031671E8</v>
+      </c>
+      <c r="L104" s="14" t="n">
+        <v>1.2984301E8</v>
+      </c>
+      <c r="M104" s="14" t="n">
+        <v>1.31355812E8</v>
+      </c>
+      <c r="N104" s="14" t="n">
+        <v>1.35450469E8</v>
+      </c>
+      <c r="O104" s="14" t="n">
+        <v>1.36804823E8</v>
+      </c>
+      <c r="P104" s="14" t="n">
+        <v>1.38570526E8</v>
+      </c>
+      <c r="Q104" s="14" t="n">
+        <v>1.41670065E8</v>
+      </c>
+      <c r="R104" s="14" t="n">
+        <v>1.35100325E8</v>
+      </c>
+      <c r="S104" s="14" t="n">
+        <v>1.25146396E8</v>
+      </c>
+      <c r="T104" s="14" t="n">
+        <v>1.16668279E8</v>
+      </c>
+      <c r="U104" s="14" t="n">
+        <v>1.08160617E8</v>
+      </c>
+      <c r="V104" s="14" t="n">
+        <v>1.02006144E8</v>
+      </c>
+      <c r="W104" s="14" t="n">
+        <v>9.5884474E7</v>
+      </c>
+      <c r="X104" s="14" t="n">
+        <v>9.0823732E7</v>
+      </c>
+      <c r="Y104" s="14" t="n">
+        <v>8.4033789E7</v>
+      </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>1.73721885E8</v>
+        <v>1.8668565E7</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>1.60180344E8</v>
+        <v>1.7208848E7</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>1.79195294E8</v>
+        <v>1.6843201E7</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>1.71924804E8</v>
+        <v>1.4310268E7</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>1.65411007E8</v>
+        <v>1.6943359E7</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>1.57153939E8</v>
+        <v>1.6620747E7</v>
+      </c>
+      <c r="H105" s="14" t="n">
+        <v>1.5739994E7</v>
+      </c>
+      <c r="I105" s="14" t="n">
+        <v>1.4835862E7</v>
+      </c>
+      <c r="J105" s="14" t="n">
+        <v>1.407377E7</v>
+      </c>
+      <c r="K105" s="14" t="n">
+        <v>1.311564E7</v>
+      </c>
+      <c r="L105" s="14" t="n">
+        <v>1.2396614E7</v>
+      </c>
+      <c r="M105" s="14" t="n">
+        <v>1.1620381E7</v>
+      </c>
+      <c r="N105" s="14" t="n">
+        <v>1.1702994E7</v>
+      </c>
+      <c r="O105" s="14" t="n">
+        <v>1.2280252E7</v>
+      </c>
+      <c r="P105" s="14" t="n">
+        <v>9443372.0</v>
+      </c>
+      <c r="Q105" s="14" t="n">
+        <v>1.2242517E7</v>
+      </c>
+      <c r="R105" s="14" t="n">
+        <v>1.5082307E7</v>
+      </c>
+      <c r="S105" s="14" t="n">
+        <v>1.5133379E7</v>
+      </c>
+      <c r="T105" s="14" t="n">
+        <v>1.3562107E7</v>
+      </c>
+      <c r="U105" s="14" t="n">
+        <v>1.1953659E7</v>
+      </c>
+      <c r="V105" s="14" t="n">
+        <v>1.0635732E7</v>
+      </c>
+      <c r="W105" s="14" t="n">
+        <v>9491125.0</v>
+      </c>
+      <c r="X105" s="14" t="n">
+        <v>8978673.0</v>
+      </c>
+      <c r="Y105" s="14" t="n">
+        <v>8578653.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>723577.0</v>
+        <v>2.09563285E8</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>823535.0</v>
+        <v>1.91251096E8</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>895896.0</v>
+        <v>1.73917445E8</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>808213.0</v>
+        <v>1.61885097E8</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>873481.0</v>
+        <v>1.80560179E8</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>813804.0</v>
+        <v>1.73436258E8</v>
+      </c>
+      <c r="H106" s="14" t="n">
+        <v>1.66618005E8</v>
+      </c>
+      <c r="I106" s="14" t="n">
+        <v>1.5851615E8</v>
+      </c>
+      <c r="J106" s="14" t="n">
+        <v>1.51999258E8</v>
+      </c>
+      <c r="K106" s="14" t="n">
+        <v>1.45147311E8</v>
+      </c>
+      <c r="L106" s="14" t="n">
+        <v>1.42239624E8</v>
+      </c>
+      <c r="M106" s="14" t="n">
+        <v>1.42976193E8</v>
+      </c>
+      <c r="N106" s="14" t="n">
+        <v>1.47153463E8</v>
+      </c>
+      <c r="O106" s="14" t="n">
+        <v>1.49085075E8</v>
+      </c>
+      <c r="P106" s="14" t="n">
+        <v>1.48013898E8</v>
+      </c>
+      <c r="Q106" s="14" t="n">
+        <v>1.53912582E8</v>
+      </c>
+      <c r="R106" s="14" t="n">
+        <v>1.50182632E8</v>
+      </c>
+      <c r="S106" s="14" t="n">
+        <v>1.40279775E8</v>
+      </c>
+      <c r="T106" s="14" t="n">
+        <v>1.30230386E8</v>
+      </c>
+      <c r="U106" s="14" t="n">
+        <v>1.20114276E8</v>
+      </c>
+      <c r="V106" s="14" t="n">
+        <v>1.12641876E8</v>
+      </c>
+      <c r="W106" s="14" t="n">
+        <v>1.05375599E8</v>
+      </c>
+      <c r="X106" s="14" t="n">
+        <v>9.9802405E7</v>
+      </c>
+      <c r="Y106" s="14" t="n">
+        <v>9.2612442E7</v>
       </c>
     </row>
     <row r="107">
-      <c r="A107" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A107" s="6" t="inlineStr">
+        <is>
+          <t>48 Bizkaia</t>
+        </is>
+      </c>
+      <c r="B107" s="6"/>
+      <c r="C107" s="6"/>
+      <c r="D107" s="6"/>
+      <c r="E107" s="6"/>
+      <c r="F107" s="6"/>
+      <c r="G107" s="6"/>
+      <c r="H107" s="6"/>
+      <c r="I107" s="6"/>
+      <c r="J107" s="6"/>
+      <c r="K107" s="6"/>
+      <c r="L107" s="6"/>
+      <c r="M107" s="6"/>
+      <c r="N107" s="6"/>
+      <c r="O107" s="6"/>
+      <c r="P107" s="6"/>
+      <c r="Q107" s="6"/>
+      <c r="R107" s="6"/>
+      <c r="S107" s="6"/>
+      <c r="T107" s="6"/>
+      <c r="U107" s="6"/>
+      <c r="V107" s="6"/>
+      <c r="W107" s="6"/>
+      <c r="X107" s="6"/>
+      <c r="Y107" s="6"/>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>2.7764672E7</v>
+        <v>160880.0</v>
       </c>
       <c r="C108" s="14" t="n">
-        <v>2.5263528E7</v>
+        <v>129907.0</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>2.7412031E7</v>
+        <v>96233.0</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>2.6847704E7</v>
+        <v>82842.0</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>2.6262884E7</v>
+        <v>92569.0</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>2.4462252E7</v>
+        <v>101108.0</v>
+      </c>
+      <c r="H108" s="14" t="n">
+        <v>96911.0</v>
+      </c>
+      <c r="I108" s="14" t="n">
+        <v>91693.0</v>
+      </c>
+      <c r="J108" s="14" t="n">
+        <v>104571.0</v>
+      </c>
+      <c r="K108" s="14" t="n">
+        <v>154123.0</v>
+      </c>
+      <c r="L108" s="14" t="n">
+        <v>134355.0</v>
+      </c>
+      <c r="M108" s="14" t="n">
+        <v>127125.0</v>
+      </c>
+      <c r="N108" s="14" t="n">
+        <v>122967.0</v>
+      </c>
+      <c r="O108" s="14" t="n">
+        <v>130578.0</v>
+      </c>
+      <c r="P108" s="14" t="n">
+        <v>130813.0</v>
+      </c>
+      <c r="Q108" s="14" t="n">
+        <v>130467.0</v>
+      </c>
+      <c r="R108" s="14" t="n">
+        <v>170931.0</v>
+      </c>
+      <c r="S108" s="14" t="n">
+        <v>180722.0</v>
+      </c>
+      <c r="T108" s="14" t="n">
+        <v>229338.0</v>
+      </c>
+      <c r="U108" s="14" t="n">
+        <v>255347.0</v>
+      </c>
+      <c r="V108" s="14" t="n">
+        <v>270747.0</v>
+      </c>
+      <c r="W108" s="14" t="n">
+        <v>259666.0</v>
+      </c>
+      <c r="X108" s="14" t="n">
+        <v>310798.0</v>
+      </c>
+      <c r="Y108" s="14" t="n">
+        <v>357128.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>7393843.0</v>
+        <v>8089333.0</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>7182337.0</v>
+        <v>8441705.0</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>8229130.0</v>
+        <v>6392206.0</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>7469104.0</v>
+        <v>5598105.0</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>7264543.0</v>
+        <v>6348767.0</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>6817298.0</v>
+        <v>6242539.0</v>
+      </c>
+      <c r="H109" s="14" t="n">
+        <v>6020413.0</v>
+      </c>
+      <c r="I109" s="14" t="n">
+        <v>5887603.0</v>
+      </c>
+      <c r="J109" s="14" t="n">
+        <v>5912608.0</v>
+      </c>
+      <c r="K109" s="14" t="n">
+        <v>5613653.0</v>
+      </c>
+      <c r="L109" s="14" t="n">
+        <v>5424638.0</v>
+      </c>
+      <c r="M109" s="14" t="n">
+        <v>5698571.0</v>
+      </c>
+      <c r="N109" s="14" t="n">
+        <v>5965114.0</v>
+      </c>
+      <c r="O109" s="14" t="n">
+        <v>5939945.0</v>
+      </c>
+      <c r="P109" s="14" t="n">
+        <v>5874883.0</v>
+      </c>
+      <c r="Q109" s="14" t="n">
+        <v>6392617.0</v>
+      </c>
+      <c r="R109" s="14" t="n">
+        <v>6188599.0</v>
+      </c>
+      <c r="S109" s="14" t="n">
+        <v>6016735.0</v>
+      </c>
+      <c r="T109" s="14" t="n">
+        <v>5752710.0</v>
+      </c>
+      <c r="U109" s="14" t="n">
+        <v>5409741.0</v>
+      </c>
+      <c r="V109" s="14" t="n">
+        <v>5228995.0</v>
+      </c>
+      <c r="W109" s="14" t="n">
+        <v>5070126.0</v>
+      </c>
+      <c r="X109" s="14" t="n">
+        <v>5082581.0</v>
+      </c>
+      <c r="Y109" s="14" t="n">
+        <v>4864348.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>4.2489644E7</v>
+        <v>6287934.0</v>
       </c>
       <c r="C110" s="14" t="n">
-        <v>3.6678272E7</v>
+        <v>6423677.0</v>
       </c>
       <c r="D110" s="14" t="n">
-        <v>4.6043711E7</v>
+        <v>5182022.0</v>
       </c>
       <c r="E110" s="14" t="n">
-        <v>4.3915791E7</v>
+        <v>4177054.0</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>4.2077453E7</v>
+        <v>4844376.0</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>4.012019E7</v>
+        <v>4850307.0</v>
+      </c>
+      <c r="H110" s="14" t="n">
+        <v>4782978.0</v>
+      </c>
+      <c r="I110" s="14" t="n">
+        <v>4607857.0</v>
+      </c>
+      <c r="J110" s="14" t="n">
+        <v>4507302.0</v>
+      </c>
+      <c r="K110" s="14" t="n">
+        <v>4142824.0</v>
+      </c>
+      <c r="L110" s="14" t="n">
+        <v>4090403.0</v>
+      </c>
+      <c r="M110" s="14" t="n">
+        <v>4294057.0</v>
+      </c>
+      <c r="N110" s="14" t="n">
+        <v>4570588.0</v>
+      </c>
+      <c r="O110" s="14" t="n">
+        <v>4573904.0</v>
+      </c>
+      <c r="P110" s="14" t="n">
+        <v>4659017.0</v>
+      </c>
+      <c r="Q110" s="14" t="n">
+        <v>5070149.0</v>
+      </c>
+      <c r="R110" s="14" t="n">
+        <v>4963709.0</v>
+      </c>
+      <c r="S110" s="14" t="n">
+        <v>4818460.0</v>
+      </c>
+      <c r="T110" s="14" t="n">
+        <v>4620794.0</v>
+      </c>
+      <c r="U110" s="14" t="n">
+        <v>4573699.0</v>
+      </c>
+      <c r="V110" s="14" t="n">
+        <v>4441445.0</v>
+      </c>
+      <c r="W110" s="14" t="n">
+        <v>4297083.0</v>
+      </c>
+      <c r="X110" s="14" t="n">
+        <v>4276548.0</v>
+      </c>
+      <c r="Y110" s="14" t="n">
+        <v>4045172.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>4.2975113E7</v>
+        <v>2948065.0</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>4.1181032E7</v>
+        <v>2640106.0</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>4.3372364E7</v>
+        <v>2528739.0</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>4.118542E7</v>
+        <v>2513065.0</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>3.916372E7</v>
+        <v>2793203.0</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>3.7417223E7</v>
+        <v>2532208.0</v>
+      </c>
+      <c r="H111" s="14" t="n">
+        <v>2367543.0</v>
+      </c>
+      <c r="I111" s="14" t="n">
+        <v>2515921.0</v>
+      </c>
+      <c r="J111" s="14" t="n">
+        <v>2382345.0</v>
+      </c>
+      <c r="K111" s="14" t="n">
+        <v>2217755.0</v>
+      </c>
+      <c r="L111" s="14" t="n">
+        <v>2225059.0</v>
+      </c>
+      <c r="M111" s="14" t="n">
+        <v>2430217.0</v>
+      </c>
+      <c r="N111" s="14" t="n">
+        <v>2778489.0</v>
+      </c>
+      <c r="O111" s="14" t="n">
+        <v>3195106.0</v>
+      </c>
+      <c r="P111" s="14" t="n">
+        <v>3898702.0</v>
+      </c>
+      <c r="Q111" s="14" t="n">
+        <v>3972879.0</v>
+      </c>
+      <c r="R111" s="14" t="n">
+        <v>3710830.0</v>
+      </c>
+      <c r="S111" s="14" t="n">
+        <v>3450779.0</v>
+      </c>
+      <c r="T111" s="14" t="n">
+        <v>3079747.0</v>
+      </c>
+      <c r="U111" s="14" t="n">
+        <v>2684382.0</v>
+      </c>
+      <c r="V111" s="14" t="n">
+        <v>2529299.0</v>
+      </c>
+      <c r="W111" s="14" t="n">
+        <v>2194030.0</v>
+      </c>
+      <c r="X111" s="14" t="n">
+        <v>1908906.0</v>
+      </c>
+      <c r="Y111" s="14" t="n">
+        <v>1804649.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>3.1456531E7</v>
+        <v>1.0244941E7</v>
       </c>
       <c r="C112" s="14" t="n">
-        <v>3.1242312E7</v>
+        <v>9059029.0</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>3.2731702E7</v>
+        <v>7884578.0</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>3.1415378E7</v>
+        <v>6810237.0</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>3.0496287E7</v>
+        <v>8446430.0</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>2.9178734E7</v>
+        <v>8255526.0</v>
+      </c>
+      <c r="H112" s="14" t="n">
+        <v>8044541.0</v>
+      </c>
+      <c r="I112" s="14" t="n">
+        <v>7768718.0</v>
+      </c>
+      <c r="J112" s="14" t="n">
+        <v>7241244.0</v>
+      </c>
+      <c r="K112" s="14" t="n">
+        <v>6955042.0</v>
+      </c>
+      <c r="L112" s="14" t="n">
+        <v>6862027.0</v>
+      </c>
+      <c r="M112" s="14" t="n">
+        <v>7213210.0</v>
+      </c>
+      <c r="N112" s="14" t="n">
+        <v>7435870.0</v>
+      </c>
+      <c r="O112" s="14" t="n">
+        <v>7655022.0</v>
+      </c>
+      <c r="P112" s="14" t="n">
+        <v>7444189.0</v>
+      </c>
+      <c r="Q112" s="14" t="n">
+        <v>7571708.0</v>
+      </c>
+      <c r="R112" s="14" t="n">
+        <v>6997229.0</v>
+      </c>
+      <c r="S112" s="14" t="n">
+        <v>6651007.0</v>
+      </c>
+      <c r="T112" s="14" t="n">
+        <v>6475241.0</v>
+      </c>
+      <c r="U112" s="14" t="n">
+        <v>6275116.0</v>
+      </c>
+      <c r="V112" s="14" t="n">
+        <v>5970210.0</v>
+      </c>
+      <c r="W112" s="14" t="n">
+        <v>5742396.0</v>
+      </c>
+      <c r="X112" s="14" t="n">
+        <v>5417429.0</v>
+      </c>
+      <c r="Y112" s="14" t="n">
+        <v>5210634.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>1.57172903E8</v>
+        <v>1.05349E7</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>1.46163042E8</v>
+        <v>9278041.0</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>1.62521314E8</v>
+        <v>8429844.0</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>1.55584339E8</v>
+        <v>8107418.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>1.49948361E8</v>
+        <v>8203185.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>1.42610995E8</v>
+        <v>8002039.0</v>
+      </c>
+      <c r="H113" s="14" t="n">
+        <v>7615414.0</v>
+      </c>
+      <c r="I113" s="14" t="n">
+        <v>7458950.0</v>
+      </c>
+      <c r="J113" s="14" t="n">
+        <v>7395599.0</v>
+      </c>
+      <c r="K113" s="14" t="n">
+        <v>7109906.0</v>
+      </c>
+      <c r="L113" s="14" t="n">
+        <v>6985830.0</v>
+      </c>
+      <c r="M113" s="14" t="n">
+        <v>6985270.0</v>
+      </c>
+      <c r="N113" s="14" t="n">
+        <v>6899010.0</v>
+      </c>
+      <c r="O113" s="14" t="n">
+        <v>6798043.0</v>
+      </c>
+      <c r="P113" s="14" t="n">
+        <v>6787231.0</v>
+      </c>
+      <c r="Q113" s="14" t="n">
+        <v>6660563.0</v>
+      </c>
+      <c r="R113" s="14" t="n">
+        <v>6053073.0</v>
+      </c>
+      <c r="S113" s="14" t="n">
+        <v>5329582.0</v>
+      </c>
+      <c r="T113" s="14" t="n">
+        <v>4831965.0</v>
+      </c>
+      <c r="U113" s="14" t="n">
+        <v>4322662.0</v>
+      </c>
+      <c r="V113" s="14" t="n">
+        <v>3961981.0</v>
+      </c>
+      <c r="W113" s="14" t="n">
+        <v>3598019.0</v>
+      </c>
+      <c r="X113" s="14" t="n">
+        <v>3202156.0</v>
+      </c>
+      <c r="Y113" s="14" t="n">
+        <v>2958333.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>1.6548982E7</v>
+        <v>8279478.0</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>1.4017302E7</v>
+        <v>7735551.0</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>1.667398E7</v>
+        <v>7060915.0</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>1.6340465E7</v>
+        <v>6986105.0</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>1.5462646E7</v>
+        <v>7407389.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>1.4542944E7</v>
+        <v>7058080.0</v>
+      </c>
+      <c r="H114" s="14" t="n">
+        <v>6930416.0</v>
+      </c>
+      <c r="I114" s="14" t="n">
+        <v>6813543.0</v>
+      </c>
+      <c r="J114" s="14" t="n">
+        <v>6806802.0</v>
+      </c>
+      <c r="K114" s="14" t="n">
+        <v>6571009.0</v>
+      </c>
+      <c r="L114" s="14" t="n">
+        <v>6462286.0</v>
+      </c>
+      <c r="M114" s="14" t="n">
+        <v>6373876.0</v>
+      </c>
+      <c r="N114" s="14" t="n">
+        <v>6429722.0</v>
+      </c>
+      <c r="O114" s="14" t="n">
+        <v>6346453.0</v>
+      </c>
+      <c r="P114" s="14" t="n">
+        <v>6065869.0</v>
+      </c>
+      <c r="Q114" s="14" t="n">
+        <v>5821315.0</v>
+      </c>
+      <c r="R114" s="14" t="n">
+        <v>5287163.0</v>
+      </c>
+      <c r="S114" s="14" t="n">
+        <v>4944433.0</v>
+      </c>
+      <c r="T114" s="14" t="n">
+        <v>4778500.0</v>
+      </c>
+      <c r="U114" s="14" t="n">
+        <v>4515261.0</v>
+      </c>
+      <c r="V114" s="14" t="n">
+        <v>4315811.0</v>
+      </c>
+      <c r="W114" s="14" t="n">
+        <v>4165131.0</v>
+      </c>
+      <c r="X114" s="14" t="n">
+        <v>3981179.0</v>
+      </c>
+      <c r="Y114" s="14" t="n">
+        <v>3806537.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>1.73721885E8</v>
+        <v>4.0257597E7</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>1.60180344E8</v>
+        <v>3.7284339E7</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>1.79195294E8</v>
+        <v>3.2392515E7</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>1.71924804E8</v>
+        <v>3.0097772E7</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>1.65411007E8</v>
+        <v>3.3291543E7</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>1.57153939E8</v>
+        <v>3.21915E7</v>
+      </c>
+      <c r="H115" s="14" t="n">
+        <v>3.1075238E7</v>
+      </c>
+      <c r="I115" s="14" t="n">
+        <v>3.0536428E7</v>
+      </c>
+      <c r="J115" s="14" t="n">
+        <v>2.9843169E7</v>
+      </c>
+      <c r="K115" s="14" t="n">
+        <v>2.8621488E7</v>
+      </c>
+      <c r="L115" s="14" t="n">
+        <v>2.8094195E7</v>
+      </c>
+      <c r="M115" s="14" t="n">
+        <v>2.8828269E7</v>
+      </c>
+      <c r="N115" s="14" t="n">
+        <v>2.9631172E7</v>
+      </c>
+      <c r="O115" s="14" t="n">
+        <v>3.0065147E7</v>
+      </c>
+      <c r="P115" s="14" t="n">
+        <v>3.0201687E7</v>
+      </c>
+      <c r="Q115" s="14" t="n">
+        <v>3.0549549E7</v>
+      </c>
+      <c r="R115" s="14" t="n">
+        <v>2.8407825E7</v>
+      </c>
+      <c r="S115" s="14" t="n">
+        <v>2.6573258E7</v>
+      </c>
+      <c r="T115" s="14" t="n">
+        <v>2.5147501E7</v>
+      </c>
+      <c r="U115" s="14" t="n">
+        <v>2.3462509E7</v>
+      </c>
+      <c r="V115" s="14" t="n">
+        <v>2.2277043E7</v>
+      </c>
+      <c r="W115" s="14" t="n">
+        <v>2.1029368E7</v>
+      </c>
+      <c r="X115" s="14" t="n">
+        <v>1.9903049E7</v>
+      </c>
+      <c r="Y115" s="14" t="n">
+        <v>1.9001629E7</v>
       </c>
     </row>
     <row r="116">
-      <c r="A116" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G116" s="6"/>
+      <c r="A116" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B116" s="14" t="n">
+        <v>3972305.0</v>
+      </c>
+      <c r="C116" s="14" t="n">
+        <v>3725294.0</v>
+      </c>
+      <c r="D116" s="14" t="n">
+        <v>3517680.0</v>
+      </c>
+      <c r="E116" s="14" t="n">
+        <v>2918824.0</v>
+      </c>
+      <c r="F116" s="14" t="n">
+        <v>3446113.0</v>
+      </c>
+      <c r="G116" s="14" t="n">
+        <v>3408377.0</v>
+      </c>
+      <c r="H116" s="14" t="n">
+        <v>3239034.0</v>
+      </c>
+      <c r="I116" s="14" t="n">
+        <v>3149902.0</v>
+      </c>
+      <c r="J116" s="14" t="n">
+        <v>3043657.0</v>
+      </c>
+      <c r="K116" s="14" t="n">
+        <v>2841069.0</v>
+      </c>
+      <c r="L116" s="14" t="n">
+        <v>2680560.0</v>
+      </c>
+      <c r="M116" s="14" t="n">
+        <v>2549293.0</v>
+      </c>
+      <c r="N116" s="14" t="n">
+        <v>2559072.0</v>
+      </c>
+      <c r="O116" s="14" t="n">
+        <v>2697768.0</v>
+      </c>
+      <c r="P116" s="14" t="n">
+        <v>2057591.0</v>
+      </c>
+      <c r="Q116" s="14" t="n">
+        <v>2638300.0</v>
+      </c>
+      <c r="R116" s="14" t="n">
+        <v>3169132.0</v>
+      </c>
+      <c r="S116" s="14" t="n">
+        <v>3211767.0</v>
+      </c>
+      <c r="T116" s="14" t="n">
+        <v>2923098.0</v>
+      </c>
+      <c r="U116" s="14" t="n">
+        <v>2594359.0</v>
+      </c>
+      <c r="V116" s="14" t="n">
+        <v>2324809.0</v>
+      </c>
+      <c r="W116" s="14" t="n">
+        <v>2084458.0</v>
+      </c>
+      <c r="X116" s="14" t="n">
+        <v>1970532.0</v>
+      </c>
+      <c r="Y116" s="14" t="n">
+        <v>1943173.0</v>
+      </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>3.54469E7</v>
+        <v>4.4229902E7</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>3.2929019E7</v>
+        <v>4.1009633E7</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>3.6767806E7</v>
+        <v>3.5910195E7</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>3.5582278E7</v>
+        <v>3.3016596E7</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>3.4341919E7</v>
+        <v>3.6737656E7</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>3.3669598E7</v>
+        <v>3.5599877E7</v>
+      </c>
+      <c r="H117" s="14" t="n">
+        <v>3.4314272E7</v>
+      </c>
+      <c r="I117" s="14" t="n">
+        <v>3.368633E7</v>
+      </c>
+      <c r="J117" s="14" t="n">
+        <v>3.2886826E7</v>
+      </c>
+      <c r="K117" s="14" t="n">
+        <v>3.1462557E7</v>
+      </c>
+      <c r="L117" s="14" t="n">
+        <v>3.0774755E7</v>
+      </c>
+      <c r="M117" s="14" t="n">
+        <v>3.1377562E7</v>
+      </c>
+      <c r="N117" s="14" t="n">
+        <v>3.2190244E7</v>
+      </c>
+      <c r="O117" s="14" t="n">
+        <v>3.2762915E7</v>
+      </c>
+      <c r="P117" s="14" t="n">
+        <v>3.2259278E7</v>
+      </c>
+      <c r="Q117" s="14" t="n">
+        <v>3.3187849E7</v>
+      </c>
+      <c r="R117" s="14" t="n">
+        <v>3.1576957E7</v>
+      </c>
+      <c r="S117" s="14" t="n">
+        <v>2.9785025E7</v>
+      </c>
+      <c r="T117" s="14" t="n">
+        <v>2.8070599E7</v>
+      </c>
+      <c r="U117" s="14" t="n">
+        <v>2.6056868E7</v>
+      </c>
+      <c r="V117" s="14" t="n">
+        <v>2.4601852E7</v>
+      </c>
+      <c r="W117" s="14" t="n">
+        <v>2.3113826E7</v>
+      </c>
+      <c r="X117" s="14" t="n">
+        <v>2.1873581E7</v>
+      </c>
+      <c r="Y117" s="14" t="n">
+        <v>2.0944802E7</v>
       </c>
     </row>
     <row r="118">
-      <c r="A118" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A118" s="6" t="inlineStr">
+        <is>
+          <t>09 Burgos</t>
+        </is>
+      </c>
+      <c r="B118" s="6"/>
+      <c r="C118" s="6"/>
+      <c r="D118" s="6"/>
+      <c r="E118" s="6"/>
+      <c r="F118" s="6"/>
+      <c r="G118" s="6"/>
+      <c r="H118" s="6"/>
+      <c r="I118" s="6"/>
+      <c r="J118" s="6"/>
+      <c r="K118" s="6"/>
+      <c r="L118" s="6"/>
+      <c r="M118" s="6"/>
+      <c r="N118" s="6"/>
+      <c r="O118" s="6"/>
+      <c r="P118" s="6"/>
+      <c r="Q118" s="6"/>
+      <c r="R118" s="6"/>
+      <c r="S118" s="6"/>
+      <c r="T118" s="6"/>
+      <c r="U118" s="6"/>
+      <c r="V118" s="6"/>
+      <c r="W118" s="6"/>
+      <c r="X118" s="6"/>
+      <c r="Y118" s="6"/>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>6216317.0</v>
+        <v>340621.0</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>5610559.0</v>
+        <v>379970.0</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>6422101.0</v>
+        <v>551130.0</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>6335173.0</v>
+        <v>476688.0</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>6106863.0</v>
+        <v>433380.0</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>5994142.0</v>
+        <v>443798.0</v>
+      </c>
+      <c r="H119" s="14" t="n">
+        <v>298081.0</v>
+      </c>
+      <c r="I119" s="14" t="n">
+        <v>441316.0</v>
+      </c>
+      <c r="J119" s="14" t="n">
+        <v>372397.0</v>
+      </c>
+      <c r="K119" s="14" t="n">
+        <v>379790.0</v>
+      </c>
+      <c r="L119" s="14" t="n">
+        <v>414688.0</v>
+      </c>
+      <c r="M119" s="14" t="n">
+        <v>466594.0</v>
+      </c>
+      <c r="N119" s="14" t="n">
+        <v>447379.0</v>
+      </c>
+      <c r="O119" s="14" t="n">
+        <v>447119.0</v>
+      </c>
+      <c r="P119" s="14" t="n">
+        <v>428449.0</v>
+      </c>
+      <c r="Q119" s="14" t="n">
+        <v>472525.0</v>
+      </c>
+      <c r="R119" s="14" t="n">
+        <v>484407.0</v>
+      </c>
+      <c r="S119" s="14" t="n">
+        <v>356360.0</v>
+      </c>
+      <c r="T119" s="14" t="n">
+        <v>370680.0</v>
+      </c>
+      <c r="U119" s="14" t="n">
+        <v>421261.0</v>
+      </c>
+      <c r="V119" s="14" t="n">
+        <v>375159.0</v>
+      </c>
+      <c r="W119" s="14" t="n">
+        <v>344625.0</v>
+      </c>
+      <c r="X119" s="14" t="n">
+        <v>390766.0</v>
+      </c>
+      <c r="Y119" s="14" t="n">
+        <v>440226.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>4877367.0</v>
+        <v>3089806.0</v>
       </c>
       <c r="C120" s="14" t="n">
-        <v>4163901.0</v>
+        <v>3134160.0</v>
       </c>
       <c r="D120" s="14" t="n">
-        <v>4878649.0</v>
+        <v>2935295.0</v>
       </c>
       <c r="E120" s="14" t="n">
-        <v>4891924.0</v>
+        <v>2826348.0</v>
       </c>
       <c r="F120" s="14" t="n">
-        <v>4813085.0</v>
+        <v>3179672.0</v>
       </c>
       <c r="G120" s="14" t="n">
-        <v>4672317.0</v>
+        <v>3175139.0</v>
+      </c>
+      <c r="H120" s="14" t="n">
+        <v>3040442.0</v>
+      </c>
+      <c r="I120" s="14" t="n">
+        <v>2732720.0</v>
+      </c>
+      <c r="J120" s="14" t="n">
+        <v>2711155.0</v>
+      </c>
+      <c r="K120" s="14" t="n">
+        <v>2704639.0</v>
+      </c>
+      <c r="L120" s="14" t="n">
+        <v>2744024.0</v>
+      </c>
+      <c r="M120" s="14" t="n">
+        <v>2868762.0</v>
+      </c>
+      <c r="N120" s="14" t="n">
+        <v>2905705.0</v>
+      </c>
+      <c r="O120" s="14" t="n">
+        <v>2828337.0</v>
+      </c>
+      <c r="P120" s="14" t="n">
+        <v>2813070.0</v>
+      </c>
+      <c r="Q120" s="14" t="n">
+        <v>3058642.0</v>
+      </c>
+      <c r="R120" s="14" t="n">
+        <v>2858453.0</v>
+      </c>
+      <c r="S120" s="14" t="n">
+        <v>2671098.0</v>
+      </c>
+      <c r="T120" s="14" t="n">
+        <v>2522623.0</v>
+      </c>
+      <c r="U120" s="14" t="n">
+        <v>2419159.0</v>
+      </c>
+      <c r="V120" s="14" t="n">
+        <v>2290302.0</v>
+      </c>
+      <c r="W120" s="14" t="n">
+        <v>2177088.0</v>
+      </c>
+      <c r="X120" s="14" t="n">
+        <v>2054616.0</v>
+      </c>
+      <c r="Y120" s="14" t="n">
+        <v>2006326.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>2531960.0</v>
+        <v>2599621.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>2501960.0</v>
+        <v>2414227.0</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>2775398.0</v>
+        <v>2422467.0</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>2515552.0</v>
+        <v>2137109.0</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>2367073.0</v>
+        <v>2249178.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>2502343.0</v>
+        <v>2214256.0</v>
+      </c>
+      <c r="H121" s="14" t="n">
+        <v>2412637.0</v>
+      </c>
+      <c r="I121" s="14" t="n">
+        <v>2171362.0</v>
+      </c>
+      <c r="J121" s="14" t="n">
+        <v>2115980.0</v>
+      </c>
+      <c r="K121" s="14" t="n">
+        <v>2103647.0</v>
+      </c>
+      <c r="L121" s="14" t="n">
+        <v>2118124.0</v>
+      </c>
+      <c r="M121" s="14" t="n">
+        <v>2197830.0</v>
+      </c>
+      <c r="N121" s="14" t="n">
+        <v>2258665.0</v>
+      </c>
+      <c r="O121" s="14" t="n">
+        <v>2228057.0</v>
+      </c>
+      <c r="P121" s="14" t="n">
+        <v>2230779.0</v>
+      </c>
+      <c r="Q121" s="14" t="n">
+        <v>2435920.0</v>
+      </c>
+      <c r="R121" s="14" t="n">
+        <v>2317511.0</v>
+      </c>
+      <c r="S121" s="14" t="n">
+        <v>2158855.0</v>
+      </c>
+      <c r="T121" s="14" t="n">
+        <v>2049203.0</v>
+      </c>
+      <c r="U121" s="14" t="n">
+        <v>1997533.0</v>
+      </c>
+      <c r="V121" s="14" t="n">
+        <v>1888968.0</v>
+      </c>
+      <c r="W121" s="14" t="n">
+        <v>1795946.0</v>
+      </c>
+      <c r="X121" s="14" t="n">
+        <v>1712450.0</v>
+      </c>
+      <c r="Y121" s="14" t="n">
+        <v>1694082.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>7637754.0</v>
+        <v>603315.0</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>6701292.0</v>
+        <v>531290.0</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>8332364.0</v>
+        <v>532220.0</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>8090828.0</v>
+        <v>560034.0</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>7918170.0</v>
+        <v>643425.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>7621208.0</v>
+        <v>594804.0</v>
+      </c>
+      <c r="H122" s="14" t="n">
+        <v>596442.0</v>
+      </c>
+      <c r="I122" s="14" t="n">
+        <v>566248.0</v>
+      </c>
+      <c r="J122" s="14" t="n">
+        <v>511410.0</v>
+      </c>
+      <c r="K122" s="14" t="n">
+        <v>462928.0</v>
+      </c>
+      <c r="L122" s="14" t="n">
+        <v>472108.0</v>
+      </c>
+      <c r="M122" s="14" t="n">
+        <v>564784.0</v>
+      </c>
+      <c r="N122" s="14" t="n">
+        <v>626557.0</v>
+      </c>
+      <c r="O122" s="14" t="n">
+        <v>693672.0</v>
+      </c>
+      <c r="P122" s="14" t="n">
+        <v>843017.0</v>
+      </c>
+      <c r="Q122" s="14" t="n">
+        <v>974146.0</v>
+      </c>
+      <c r="R122" s="14" t="n">
+        <v>884788.0</v>
+      </c>
+      <c r="S122" s="14" t="n">
+        <v>836614.0</v>
+      </c>
+      <c r="T122" s="14" t="n">
+        <v>745762.0</v>
+      </c>
+      <c r="U122" s="14" t="n">
+        <v>662200.0</v>
+      </c>
+      <c r="V122" s="14" t="n">
+        <v>636146.0</v>
+      </c>
+      <c r="W122" s="14" t="n">
+        <v>545925.0</v>
+      </c>
+      <c r="X122" s="14" t="n">
+        <v>498390.0</v>
+      </c>
+      <c r="Y122" s="14" t="n">
+        <v>422273.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>8394418.0</v>
+        <v>2083501.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>8114266.0</v>
+        <v>1921328.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>8238406.0</v>
+        <v>1670372.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>8029989.0</v>
+        <v>1414031.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>7660001.0</v>
+        <v>1756884.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>7500261.0</v>
+        <v>1710426.0</v>
+      </c>
+      <c r="H123" s="14" t="n">
+        <v>1724161.0</v>
+      </c>
+      <c r="I123" s="14" t="n">
+        <v>1611114.0</v>
+      </c>
+      <c r="J123" s="14" t="n">
+        <v>1543917.0</v>
+      </c>
+      <c r="K123" s="14" t="n">
+        <v>1485628.0</v>
+      </c>
+      <c r="L123" s="14" t="n">
+        <v>1504787.0</v>
+      </c>
+      <c r="M123" s="14" t="n">
+        <v>1570671.0</v>
+      </c>
+      <c r="N123" s="14" t="n">
+        <v>1601271.0</v>
+      </c>
+      <c r="O123" s="14" t="n">
+        <v>1579613.0</v>
+      </c>
+      <c r="P123" s="14" t="n">
+        <v>1636326.0</v>
+      </c>
+      <c r="Q123" s="14" t="n">
+        <v>1618474.0</v>
+      </c>
+      <c r="R123" s="14" t="n">
+        <v>1522304.0</v>
+      </c>
+      <c r="S123" s="14" t="n">
+        <v>1445993.0</v>
+      </c>
+      <c r="T123" s="14" t="n">
+        <v>1432273.0</v>
+      </c>
+      <c r="U123" s="14" t="n">
+        <v>1369242.0</v>
+      </c>
+      <c r="V123" s="14" t="n">
+        <v>1306550.0</v>
+      </c>
+      <c r="W123" s="14" t="n">
+        <v>1269417.0</v>
+      </c>
+      <c r="X123" s="14" t="n">
+        <v>1198414.0</v>
+      </c>
+      <c r="Y123" s="14" t="n">
+        <v>1147209.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B124" s="14" t="n">
-        <v>7219464.0</v>
+        <v>2044599.0</v>
       </c>
       <c r="C124" s="14" t="n">
-        <v>7045343.0</v>
+        <v>1802655.0</v>
       </c>
       <c r="D124" s="14" t="n">
-        <v>7497822.0</v>
+        <v>1685384.0</v>
       </c>
       <c r="E124" s="14" t="n">
-        <v>7138489.0</v>
+        <v>1612629.0</v>
       </c>
       <c r="F124" s="14" t="n">
-        <v>6995031.0</v>
+        <v>1644606.0</v>
       </c>
       <c r="G124" s="14" t="n">
-        <v>6855562.0</v>
+        <v>1619241.0</v>
+      </c>
+      <c r="H124" s="14" t="n">
+        <v>1548854.0</v>
+      </c>
+      <c r="I124" s="14" t="n">
+        <v>1501943.0</v>
+      </c>
+      <c r="J124" s="14" t="n">
+        <v>1482870.0</v>
+      </c>
+      <c r="K124" s="14" t="n">
+        <v>1445575.0</v>
+      </c>
+      <c r="L124" s="14" t="n">
+        <v>1443281.0</v>
+      </c>
+      <c r="M124" s="14" t="n">
+        <v>1469148.0</v>
+      </c>
+      <c r="N124" s="14" t="n">
+        <v>1460162.0</v>
+      </c>
+      <c r="O124" s="14" t="n">
+        <v>1430982.0</v>
+      </c>
+      <c r="P124" s="14" t="n">
+        <v>1464892.0</v>
+      </c>
+      <c r="Q124" s="14" t="n">
+        <v>1464554.0</v>
+      </c>
+      <c r="R124" s="14" t="n">
+        <v>1347741.0</v>
+      </c>
+      <c r="S124" s="14" t="n">
+        <v>1217184.0</v>
+      </c>
+      <c r="T124" s="14" t="n">
+        <v>1120860.0</v>
+      </c>
+      <c r="U124" s="14" t="n">
+        <v>988354.0</v>
+      </c>
+      <c r="V124" s="14" t="n">
+        <v>912304.0</v>
+      </c>
+      <c r="W124" s="14" t="n">
+        <v>861553.0</v>
+      </c>
+      <c r="X124" s="14" t="n">
+        <v>794260.0</v>
+      </c>
+      <c r="Y124" s="14" t="n">
+        <v>708592.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>3.207018E7</v>
+        <v>2153387.0</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>3.0047417E7</v>
+        <v>1997411.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>3.3346591E7</v>
+        <v>1882489.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>3.2201557E7</v>
+        <v>1885115.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>3.1132668E7</v>
+        <v>1978826.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>3.0555104E7</v>
+        <v>1949699.0</v>
+      </c>
+      <c r="H125" s="14" t="n">
+        <v>1900995.0</v>
+      </c>
+      <c r="I125" s="14" t="n">
+        <v>1825682.0</v>
+      </c>
+      <c r="J125" s="14" t="n">
+        <v>1778731.0</v>
+      </c>
+      <c r="K125" s="14" t="n">
+        <v>1707229.0</v>
+      </c>
+      <c r="L125" s="14" t="n">
+        <v>1702414.0</v>
+      </c>
+      <c r="M125" s="14" t="n">
+        <v>1727912.0</v>
+      </c>
+      <c r="N125" s="14" t="n">
+        <v>1799308.0</v>
+      </c>
+      <c r="O125" s="14" t="n">
+        <v>1785047.0</v>
+      </c>
+      <c r="P125" s="14" t="n">
+        <v>1722689.0</v>
+      </c>
+      <c r="Q125" s="14" t="n">
+        <v>1643218.0</v>
+      </c>
+      <c r="R125" s="14" t="n">
+        <v>1525355.0</v>
+      </c>
+      <c r="S125" s="14" t="n">
+        <v>1426759.0</v>
+      </c>
+      <c r="T125" s="14" t="n">
+        <v>1385137.0</v>
+      </c>
+      <c r="U125" s="14" t="n">
+        <v>1243247.0</v>
+      </c>
+      <c r="V125" s="14" t="n">
+        <v>1155149.0</v>
+      </c>
+      <c r="W125" s="14" t="n">
+        <v>1047709.0</v>
+      </c>
+      <c r="X125" s="14" t="n">
+        <v>977052.0</v>
+      </c>
+      <c r="Y125" s="14" t="n">
+        <v>928183.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>3376720.0</v>
+        <v>1.0315229E7</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>2881602.0</v>
+        <v>9766814.0</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>3421215.0</v>
+        <v>9256890.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>3380721.0</v>
+        <v>8774845.0</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>3209251.0</v>
+        <v>9636793.0</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>3114494.0</v>
+        <v>9493107.0</v>
+      </c>
+      <c r="H126" s="14" t="n">
+        <v>9108975.0</v>
+      </c>
+      <c r="I126" s="14" t="n">
+        <v>8679023.0</v>
+      </c>
+      <c r="J126" s="14" t="n">
+        <v>8400480.0</v>
+      </c>
+      <c r="K126" s="14" t="n">
+        <v>8185789.0</v>
+      </c>
+      <c r="L126" s="14" t="n">
+        <v>8281302.0</v>
+      </c>
+      <c r="M126" s="14" t="n">
+        <v>8667871.0</v>
+      </c>
+      <c r="N126" s="14" t="n">
+        <v>8840382.0</v>
+      </c>
+      <c r="O126" s="14" t="n">
+        <v>8764770.0</v>
+      </c>
+      <c r="P126" s="14" t="n">
+        <v>8908443.0</v>
+      </c>
+      <c r="Q126" s="14" t="n">
+        <v>9231559.0</v>
+      </c>
+      <c r="R126" s="14" t="n">
+        <v>8623048.0</v>
+      </c>
+      <c r="S126" s="14" t="n">
+        <v>7954008.0</v>
+      </c>
+      <c r="T126" s="14" t="n">
+        <v>7577335.0</v>
+      </c>
+      <c r="U126" s="14" t="n">
+        <v>7103463.0</v>
+      </c>
+      <c r="V126" s="14" t="n">
+        <v>6675610.0</v>
+      </c>
+      <c r="W126" s="14" t="n">
+        <v>6246317.0</v>
+      </c>
+      <c r="X126" s="14" t="n">
+        <v>5913498.0</v>
+      </c>
+      <c r="Y126" s="14" t="n">
+        <v>5652809.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B127" s="14" t="n">
+        <v>988767.0</v>
+      </c>
+      <c r="C127" s="14" t="n">
+        <v>943027.0</v>
+      </c>
+      <c r="D127" s="14" t="n">
+        <v>967228.0</v>
+      </c>
+      <c r="E127" s="14" t="n">
+        <v>845475.0</v>
+      </c>
+      <c r="F127" s="14" t="n">
+        <v>991694.0</v>
+      </c>
+      <c r="G127" s="14" t="n">
+        <v>1001089.0</v>
+      </c>
+      <c r="H127" s="14" t="n">
+        <v>945333.0</v>
+      </c>
+      <c r="I127" s="14" t="n">
+        <v>893067.0</v>
+      </c>
+      <c r="J127" s="14" t="n">
+        <v>853187.0</v>
+      </c>
+      <c r="K127" s="14" t="n">
+        <v>809434.0</v>
+      </c>
+      <c r="L127" s="14" t="n">
+        <v>787067.0</v>
+      </c>
+      <c r="M127" s="14" t="n">
+        <v>763303.0</v>
+      </c>
+      <c r="N127" s="14" t="n">
+        <v>760354.0</v>
+      </c>
+      <c r="O127" s="14" t="n">
+        <v>783338.0</v>
+      </c>
+      <c r="P127" s="14" t="n">
+        <v>604183.0</v>
+      </c>
+      <c r="Q127" s="14" t="n">
+        <v>793833.0</v>
+      </c>
+      <c r="R127" s="14" t="n">
+        <v>957636.0</v>
+      </c>
+      <c r="S127" s="14" t="n">
+        <v>956445.0</v>
+      </c>
+      <c r="T127" s="14" t="n">
+        <v>876012.0</v>
+      </c>
+      <c r="U127" s="14" t="n">
+        <v>780337.0</v>
+      </c>
+      <c r="V127" s="14" t="n">
+        <v>691641.0</v>
+      </c>
+      <c r="W127" s="14" t="n">
+        <v>613852.0</v>
+      </c>
+      <c r="X127" s="14" t="n">
+        <v>579958.0</v>
+      </c>
+      <c r="Y127" s="14" t="n">
+        <v>572196.0</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="7" t="inlineStr">
+        <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
-      <c r="B127" s="14" t="n">
-[...29 lines deleted...]
-      <c r="G128" s="6"/>
+      <c r="B128" s="14" t="n">
+        <v>1.1303996E7</v>
+      </c>
+      <c r="C128" s="14" t="n">
+        <v>1.0709841E7</v>
+      </c>
+      <c r="D128" s="14" t="n">
+        <v>1.0224118E7</v>
+      </c>
+      <c r="E128" s="14" t="n">
+        <v>9620320.0</v>
+      </c>
+      <c r="F128" s="14" t="n">
+        <v>1.0628487E7</v>
+      </c>
+      <c r="G128" s="14" t="n">
+        <v>1.0494196E7</v>
+      </c>
+      <c r="H128" s="14" t="n">
+        <v>1.0054308E7</v>
+      </c>
+      <c r="I128" s="14" t="n">
+        <v>9572090.0</v>
+      </c>
+      <c r="J128" s="14" t="n">
+        <v>9253667.0</v>
+      </c>
+      <c r="K128" s="14" t="n">
+        <v>8995223.0</v>
+      </c>
+      <c r="L128" s="14" t="n">
+        <v>9068369.0</v>
+      </c>
+      <c r="M128" s="14" t="n">
+        <v>9431174.0</v>
+      </c>
+      <c r="N128" s="14" t="n">
+        <v>9600736.0</v>
+      </c>
+      <c r="O128" s="14" t="n">
+        <v>9548108.0</v>
+      </c>
+      <c r="P128" s="14" t="n">
+        <v>9512626.0</v>
+      </c>
+      <c r="Q128" s="14" t="n">
+        <v>1.0025392E7</v>
+      </c>
+      <c r="R128" s="14" t="n">
+        <v>9580684.0</v>
+      </c>
+      <c r="S128" s="14" t="n">
+        <v>8910453.0</v>
+      </c>
+      <c r="T128" s="14" t="n">
+        <v>8453347.0</v>
+      </c>
+      <c r="U128" s="14" t="n">
+        <v>7883800.0</v>
+      </c>
+      <c r="V128" s="14" t="n">
+        <v>7367251.0</v>
+      </c>
+      <c r="W128" s="14" t="n">
+        <v>6860169.0</v>
+      </c>
+      <c r="X128" s="14" t="n">
+        <v>6493456.0</v>
+      </c>
+      <c r="Y128" s="14" t="n">
+        <v>6225005.0</v>
+      </c>
     </row>
     <row r="129">
-      <c r="A129" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A129" s="6" t="inlineStr">
+        <is>
+          <t>10 Cáceres</t>
+        </is>
+      </c>
+      <c r="B129" s="6"/>
+      <c r="C129" s="6"/>
+      <c r="D129" s="6"/>
+      <c r="E129" s="6"/>
+      <c r="F129" s="6"/>
+      <c r="G129" s="6"/>
+      <c r="H129" s="6"/>
+      <c r="I129" s="6"/>
+      <c r="J129" s="6"/>
+      <c r="K129" s="6"/>
+      <c r="L129" s="6"/>
+      <c r="M129" s="6"/>
+      <c r="N129" s="6"/>
+      <c r="O129" s="6"/>
+      <c r="P129" s="6"/>
+      <c r="Q129" s="6"/>
+      <c r="R129" s="6"/>
+      <c r="S129" s="6"/>
+      <c r="T129" s="6"/>
+      <c r="U129" s="6"/>
+      <c r="V129" s="6"/>
+      <c r="W129" s="6"/>
+      <c r="X129" s="6"/>
+      <c r="Y129" s="6"/>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>537609.0</v>
+        <v>826652.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>478764.0</v>
+        <v>689835.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>423763.0</v>
+        <v>544097.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>451718.0</v>
+        <v>380318.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>295804.0</v>
+        <v>557714.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>441533.0</v>
+        <v>516428.0</v>
+      </c>
+      <c r="H130" s="14" t="n">
+        <v>569616.0</v>
+      </c>
+      <c r="I130" s="14" t="n">
+        <v>487548.0</v>
+      </c>
+      <c r="J130" s="14" t="n">
+        <v>399194.0</v>
+      </c>
+      <c r="K130" s="14" t="n">
+        <v>374612.0</v>
+      </c>
+      <c r="L130" s="14" t="n">
+        <v>317720.0</v>
+      </c>
+      <c r="M130" s="14" t="n">
+        <v>331405.0</v>
+      </c>
+      <c r="N130" s="14" t="n">
+        <v>319667.0</v>
+      </c>
+      <c r="O130" s="14" t="n">
+        <v>351852.0</v>
+      </c>
+      <c r="P130" s="14" t="n">
+        <v>296964.0</v>
+      </c>
+      <c r="Q130" s="14" t="n">
+        <v>288669.0</v>
+      </c>
+      <c r="R130" s="14" t="n">
+        <v>287301.0</v>
+      </c>
+      <c r="S130" s="14" t="n">
+        <v>245683.0</v>
+      </c>
+      <c r="T130" s="14" t="n">
+        <v>307955.0</v>
+      </c>
+      <c r="U130" s="14" t="n">
+        <v>310409.0</v>
+      </c>
+      <c r="V130" s="14" t="n">
+        <v>305598.0</v>
+      </c>
+      <c r="W130" s="14" t="n">
+        <v>312536.0</v>
+      </c>
+      <c r="X130" s="14" t="n">
+        <v>326463.0</v>
+      </c>
+      <c r="Y130" s="14" t="n">
+        <v>276685.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>2948934.0</v>
+        <v>2412516.0</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>2703579.0</v>
+        <v>2567679.0</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>3069858.0</v>
+        <v>2157712.0</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>3075447.0</v>
+        <v>1435791.0</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>2943588.0</v>
+        <v>1540815.0</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>2655412.0</v>
+        <v>1634351.0</v>
+      </c>
+      <c r="H131" s="14" t="n">
+        <v>1398147.0</v>
+      </c>
+      <c r="I131" s="14" t="n">
+        <v>1340014.0</v>
+      </c>
+      <c r="J131" s="14" t="n">
+        <v>1369596.0</v>
+      </c>
+      <c r="K131" s="14" t="n">
+        <v>1344989.0</v>
+      </c>
+      <c r="L131" s="14" t="n">
+        <v>1416466.0</v>
+      </c>
+      <c r="M131" s="14" t="n">
+        <v>1356305.0</v>
+      </c>
+      <c r="N131" s="14" t="n">
+        <v>1284713.0</v>
+      </c>
+      <c r="O131" s="14" t="n">
+        <v>1190715.0</v>
+      </c>
+      <c r="P131" s="14" t="n">
+        <v>1150283.0</v>
+      </c>
+      <c r="Q131" s="14" t="n">
+        <v>1148477.0</v>
+      </c>
+      <c r="R131" s="14" t="n">
+        <v>1104045.0</v>
+      </c>
+      <c r="S131" s="14" t="n">
+        <v>997271.0</v>
+      </c>
+      <c r="T131" s="14" t="n">
+        <v>949259.0</v>
+      </c>
+      <c r="U131" s="14" t="n">
+        <v>932494.0</v>
+      </c>
+      <c r="V131" s="14" t="n">
+        <v>840623.0</v>
+      </c>
+      <c r="W131" s="14" t="n">
+        <v>799420.0</v>
+      </c>
+      <c r="X131" s="14" t="n">
+        <v>711799.0</v>
+      </c>
+      <c r="Y131" s="14" t="n">
+        <v>669301.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>2524749.0</v>
+        <v>486044.0</v>
       </c>
       <c r="C132" s="14" t="n">
-        <v>2158189.0</v>
+        <v>423916.0</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>2294659.0</v>
+        <v>344946.0</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>2262408.0</v>
+        <v>287569.0</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>2459516.0</v>
+        <v>312656.0</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>2230479.0</v>
+        <v>320096.0</v>
+      </c>
+      <c r="H132" s="14" t="n">
+        <v>319467.0</v>
+      </c>
+      <c r="I132" s="14" t="n">
+        <v>340159.0</v>
+      </c>
+      <c r="J132" s="14" t="n">
+        <v>315960.0</v>
+      </c>
+      <c r="K132" s="14" t="n">
+        <v>298793.0</v>
+      </c>
+      <c r="L132" s="14" t="n">
+        <v>321324.0</v>
+      </c>
+      <c r="M132" s="14" t="n">
+        <v>354917.0</v>
+      </c>
+      <c r="N132" s="14" t="n">
+        <v>383257.0</v>
+      </c>
+      <c r="O132" s="14" t="n">
+        <v>375927.0</v>
+      </c>
+      <c r="P132" s="14" t="n">
+        <v>354743.0</v>
+      </c>
+      <c r="Q132" s="14" t="n">
+        <v>362600.0</v>
+      </c>
+      <c r="R132" s="14" t="n">
+        <v>368815.0</v>
+      </c>
+      <c r="S132" s="14" t="n">
+        <v>328509.0</v>
+      </c>
+      <c r="T132" s="14" t="n">
+        <v>315011.0</v>
+      </c>
+      <c r="U132" s="14" t="n">
+        <v>316329.0</v>
+      </c>
+      <c r="V132" s="14" t="n">
+        <v>282504.0</v>
+      </c>
+      <c r="W132" s="14" t="n">
+        <v>274419.0</v>
+      </c>
+      <c r="X132" s="14" t="n">
+        <v>243444.0</v>
+      </c>
+      <c r="Y132" s="14" t="n">
+        <v>215994.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>527010.0</v>
+        <v>700353.0</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>560582.0</v>
+        <v>655629.0</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>642790.0</v>
+        <v>618897.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>594095.0</v>
+        <v>599854.0</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>599557.0</v>
+        <v>701680.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>566246.0</v>
+        <v>606919.0</v>
+      </c>
+      <c r="H133" s="14" t="n">
+        <v>572948.0</v>
+      </c>
+      <c r="I133" s="14" t="n">
+        <v>584232.0</v>
+      </c>
+      <c r="J133" s="14" t="n">
+        <v>535435.0</v>
+      </c>
+      <c r="K133" s="14" t="n">
+        <v>479474.0</v>
+      </c>
+      <c r="L133" s="14" t="n">
+        <v>494477.0</v>
+      </c>
+      <c r="M133" s="14" t="n">
+        <v>604124.0</v>
+      </c>
+      <c r="N133" s="14" t="n">
+        <v>700735.0</v>
+      </c>
+      <c r="O133" s="14" t="n">
+        <v>831107.0</v>
+      </c>
+      <c r="P133" s="14" t="n">
+        <v>854251.0</v>
+      </c>
+      <c r="Q133" s="14" t="n">
+        <v>976845.0</v>
+      </c>
+      <c r="R133" s="14" t="n">
+        <v>996676.0</v>
+      </c>
+      <c r="S133" s="14" t="n">
+        <v>990721.0</v>
+      </c>
+      <c r="T133" s="14" t="n">
+        <v>842952.0</v>
+      </c>
+      <c r="U133" s="14" t="n">
+        <v>799754.0</v>
+      </c>
+      <c r="V133" s="14" t="n">
+        <v>742468.0</v>
+      </c>
+      <c r="W133" s="14" t="n">
+        <v>653280.0</v>
+      </c>
+      <c r="X133" s="14" t="n">
+        <v>576206.0</v>
+      </c>
+      <c r="Y133" s="14" t="n">
+        <v>521855.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>1630774.0</v>
+        <v>1453353.0</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>1390971.0</v>
+        <v>1364451.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>1733220.0</v>
+        <v>1209495.0</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>1676311.0</v>
+        <v>1091385.0</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>1697379.0</v>
+        <v>1350168.0</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>1580726.0</v>
+        <v>1324070.0</v>
+      </c>
+      <c r="H134" s="14" t="n">
+        <v>1356540.0</v>
+      </c>
+      <c r="I134" s="14" t="n">
+        <v>1148072.0</v>
+      </c>
+      <c r="J134" s="14" t="n">
+        <v>1063442.0</v>
+      </c>
+      <c r="K134" s="14" t="n">
+        <v>1035340.0</v>
+      </c>
+      <c r="L134" s="14" t="n">
+        <v>1026317.0</v>
+      </c>
+      <c r="M134" s="14" t="n">
+        <v>1018993.0</v>
+      </c>
+      <c r="N134" s="14" t="n">
+        <v>1015697.0</v>
+      </c>
+      <c r="O134" s="14" t="n">
+        <v>1073670.0</v>
+      </c>
+      <c r="P134" s="14" t="n">
+        <v>1055414.0</v>
+      </c>
+      <c r="Q134" s="14" t="n">
+        <v>1096533.0</v>
+      </c>
+      <c r="R134" s="14" t="n">
+        <v>1092439.0</v>
+      </c>
+      <c r="S134" s="14" t="n">
+        <v>1054806.0</v>
+      </c>
+      <c r="T134" s="14" t="n">
+        <v>1013009.0</v>
+      </c>
+      <c r="U134" s="14" t="n">
+        <v>966718.0</v>
+      </c>
+      <c r="V134" s="14" t="n">
+        <v>898801.0</v>
+      </c>
+      <c r="W134" s="14" t="n">
+        <v>881847.0</v>
+      </c>
+      <c r="X134" s="14" t="n">
+        <v>850479.0</v>
+      </c>
+      <c r="Y134" s="14" t="n">
+        <v>832232.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>1738882.0</v>
+        <v>1501803.0</v>
       </c>
       <c r="C135" s="14" t="n">
-        <v>1678852.0</v>
+        <v>1341751.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>1715185.0</v>
+        <v>1268956.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>1688992.0</v>
+        <v>1244810.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>1618899.0</v>
+        <v>1251025.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>1570908.0</v>
+        <v>1213612.0</v>
+      </c>
+      <c r="H135" s="14" t="n">
+        <v>1154574.0</v>
+      </c>
+      <c r="I135" s="14" t="n">
+        <v>1130644.0</v>
+      </c>
+      <c r="J135" s="14" t="n">
+        <v>1127151.0</v>
+      </c>
+      <c r="K135" s="14" t="n">
+        <v>1104662.0</v>
+      </c>
+      <c r="L135" s="14" t="n">
+        <v>1106278.0</v>
+      </c>
+      <c r="M135" s="14" t="n">
+        <v>1101153.0</v>
+      </c>
+      <c r="N135" s="14" t="n">
+        <v>1070594.0</v>
+      </c>
+      <c r="O135" s="14" t="n">
+        <v>1056948.0</v>
+      </c>
+      <c r="P135" s="14" t="n">
+        <v>1059170.0</v>
+      </c>
+      <c r="Q135" s="14" t="n">
+        <v>1045342.0</v>
+      </c>
+      <c r="R135" s="14" t="n">
+        <v>968112.0</v>
+      </c>
+      <c r="S135" s="14" t="n">
+        <v>852896.0</v>
+      </c>
+      <c r="T135" s="14" t="n">
+        <v>749858.0</v>
+      </c>
+      <c r="U135" s="14" t="n">
+        <v>659047.0</v>
+      </c>
+      <c r="V135" s="14" t="n">
+        <v>598849.0</v>
+      </c>
+      <c r="W135" s="14" t="n">
+        <v>545141.0</v>
+      </c>
+      <c r="X135" s="14" t="n">
+        <v>520676.0</v>
+      </c>
+      <c r="Y135" s="14" t="n">
+        <v>463952.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B136" s="14" t="n">
-        <v>1914522.0</v>
+        <v>2472996.0</v>
       </c>
       <c r="C136" s="14" t="n">
-        <v>1920724.0</v>
+        <v>2356520.0</v>
       </c>
       <c r="D136" s="14" t="n">
-        <v>2025682.0</v>
+        <v>2188343.0</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>1996019.0</v>
+        <v>2107067.0</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>1941328.0</v>
+        <v>2151122.0</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>1858202.0</v>
+        <v>2041154.0</v>
+      </c>
+      <c r="H136" s="14" t="n">
+        <v>1970188.0</v>
+      </c>
+      <c r="I136" s="14" t="n">
+        <v>1925255.0</v>
+      </c>
+      <c r="J136" s="14" t="n">
+        <v>1908864.0</v>
+      </c>
+      <c r="K136" s="14" t="n">
+        <v>1821489.0</v>
+      </c>
+      <c r="L136" s="14" t="n">
+        <v>1809325.0</v>
+      </c>
+      <c r="M136" s="14" t="n">
+        <v>1803528.0</v>
+      </c>
+      <c r="N136" s="14" t="n">
+        <v>1911732.0</v>
+      </c>
+      <c r="O136" s="14" t="n">
+        <v>1942392.0</v>
+      </c>
+      <c r="P136" s="14" t="n">
+        <v>1932921.0</v>
+      </c>
+      <c r="Q136" s="14" t="n">
+        <v>1816374.0</v>
+      </c>
+      <c r="R136" s="14" t="n">
+        <v>1682269.0</v>
+      </c>
+      <c r="S136" s="14" t="n">
+        <v>1570271.0</v>
+      </c>
+      <c r="T136" s="14" t="n">
+        <v>1473776.0</v>
+      </c>
+      <c r="U136" s="14" t="n">
+        <v>1493618.0</v>
+      </c>
+      <c r="V136" s="14" t="n">
+        <v>1321048.0</v>
+      </c>
+      <c r="W136" s="14" t="n">
+        <v>1260719.0</v>
+      </c>
+      <c r="X136" s="14" t="n">
+        <v>1181440.0</v>
+      </c>
+      <c r="Y136" s="14" t="n">
+        <v>1102202.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>9297731.0</v>
+        <v>9367673.0</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>8733472.0</v>
+        <v>8975865.0</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>9610498.0</v>
+        <v>7987500.0</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>9482582.0</v>
+        <v>6859225.0</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>9096555.0</v>
+        <v>7552524.0</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>8673027.0</v>
+        <v>7336534.0</v>
+      </c>
+      <c r="H137" s="14" t="n">
+        <v>7022013.0</v>
+      </c>
+      <c r="I137" s="14" t="n">
+        <v>6615765.0</v>
+      </c>
+      <c r="J137" s="14" t="n">
+        <v>6403682.0</v>
+      </c>
+      <c r="K137" s="14" t="n">
+        <v>6160566.0</v>
+      </c>
+      <c r="L137" s="14" t="n">
+        <v>6170583.0</v>
+      </c>
+      <c r="M137" s="14" t="n">
+        <v>6215508.0</v>
+      </c>
+      <c r="N137" s="14" t="n">
+        <v>6303138.0</v>
+      </c>
+      <c r="O137" s="14" t="n">
+        <v>6446684.0</v>
+      </c>
+      <c r="P137" s="14" t="n">
+        <v>6349003.0</v>
+      </c>
+      <c r="Q137" s="14" t="n">
+        <v>6372240.0</v>
+      </c>
+      <c r="R137" s="14" t="n">
+        <v>6130842.0</v>
+      </c>
+      <c r="S137" s="14" t="n">
+        <v>5711648.0</v>
+      </c>
+      <c r="T137" s="14" t="n">
+        <v>5336809.0</v>
+      </c>
+      <c r="U137" s="14" t="n">
+        <v>5162040.0</v>
+      </c>
+      <c r="V137" s="14" t="n">
+        <v>4707387.0</v>
+      </c>
+      <c r="W137" s="14" t="n">
+        <v>4452943.0</v>
+      </c>
+      <c r="X137" s="14" t="n">
+        <v>4167063.0</v>
+      </c>
+      <c r="Y137" s="14" t="n">
+        <v>3866227.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
-        <v>978973.0</v>
+        <v>897939.0</v>
       </c>
       <c r="C138" s="14" t="n">
-        <v>837556.0</v>
+        <v>866657.0</v>
       </c>
       <c r="D138" s="14" t="n">
-        <v>985995.0</v>
+        <v>834593.0</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>996606.0</v>
+        <v>658894.0</v>
       </c>
       <c r="F138" s="14" t="n">
-        <v>938633.0</v>
+        <v>774628.0</v>
       </c>
       <c r="G138" s="14" t="n">
-        <v>885203.0</v>
+        <v>767111.0</v>
+      </c>
+      <c r="H138" s="14" t="n">
+        <v>727694.0</v>
+      </c>
+      <c r="I138" s="14" t="n">
+        <v>677201.0</v>
+      </c>
+      <c r="J138" s="14" t="n">
+        <v>646316.0</v>
+      </c>
+      <c r="K138" s="14" t="n">
+        <v>605386.0</v>
+      </c>
+      <c r="L138" s="14" t="n">
+        <v>582074.0</v>
+      </c>
+      <c r="M138" s="14" t="n">
+        <v>543829.0</v>
+      </c>
+      <c r="N138" s="14" t="n">
+        <v>539653.0</v>
+      </c>
+      <c r="O138" s="14" t="n">
+        <v>574732.0</v>
+      </c>
+      <c r="P138" s="14" t="n">
+        <v>430104.0</v>
+      </c>
+      <c r="Q138" s="14" t="n">
+        <v>548345.0</v>
+      </c>
+      <c r="R138" s="14" t="n">
+        <v>680882.0</v>
+      </c>
+      <c r="S138" s="14" t="n">
+        <v>686853.0</v>
+      </c>
+      <c r="T138" s="14" t="n">
+        <v>617101.0</v>
+      </c>
+      <c r="U138" s="14" t="n">
+        <v>566474.0</v>
+      </c>
+      <c r="V138" s="14" t="n">
+        <v>487530.0</v>
+      </c>
+      <c r="W138" s="14" t="n">
+        <v>437764.0</v>
+      </c>
+      <c r="X138" s="14" t="n">
+        <v>409615.0</v>
+      </c>
+      <c r="Y138" s="14" t="n">
+        <v>392032.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>1.0276704E7</v>
+        <v>1.0265612E7</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>9571028.0</v>
+        <v>9842522.0</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>1.0596493E7</v>
+        <v>8822093.0</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>1.0479188E7</v>
+        <v>7518119.0</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>1.0035188E7</v>
+        <v>8327152.0</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>9558230.0</v>
+        <v>8103645.0</v>
+      </c>
+      <c r="H139" s="14" t="n">
+        <v>7749707.0</v>
+      </c>
+      <c r="I139" s="14" t="n">
+        <v>7292966.0</v>
+      </c>
+      <c r="J139" s="14" t="n">
+        <v>7049998.0</v>
+      </c>
+      <c r="K139" s="14" t="n">
+        <v>6765952.0</v>
+      </c>
+      <c r="L139" s="14" t="n">
+        <v>6752657.0</v>
+      </c>
+      <c r="M139" s="14" t="n">
+        <v>6759337.0</v>
+      </c>
+      <c r="N139" s="14" t="n">
+        <v>6842791.0</v>
+      </c>
+      <c r="O139" s="14" t="n">
+        <v>7021416.0</v>
+      </c>
+      <c r="P139" s="14" t="n">
+        <v>6779107.0</v>
+      </c>
+      <c r="Q139" s="14" t="n">
+        <v>6920585.0</v>
+      </c>
+      <c r="R139" s="14" t="n">
+        <v>6811724.0</v>
+      </c>
+      <c r="S139" s="14" t="n">
+        <v>6398501.0</v>
+      </c>
+      <c r="T139" s="14" t="n">
+        <v>5953910.0</v>
+      </c>
+      <c r="U139" s="14" t="n">
+        <v>5728514.0</v>
+      </c>
+      <c r="V139" s="14" t="n">
+        <v>5194917.0</v>
+      </c>
+      <c r="W139" s="14" t="n">
+        <v>4890707.0</v>
+      </c>
+      <c r="X139" s="14" t="n">
+        <v>4576678.0</v>
+      </c>
+      <c r="Y139" s="14" t="n">
+        <v>4258259.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
-          <t>Cáceres</t>
+          <t>11 Cádiz</t>
         </is>
       </c>
       <c r="B140" s="6"/>
       <c r="C140" s="6"/>
       <c r="D140" s="6"/>
       <c r="E140" s="6"/>
       <c r="F140" s="6"/>
       <c r="G140" s="6"/>
+      <c r="H140" s="6"/>
+      <c r="I140" s="6"/>
+      <c r="J140" s="6"/>
+      <c r="K140" s="6"/>
+      <c r="L140" s="6"/>
+      <c r="M140" s="6"/>
+      <c r="N140" s="6"/>
+      <c r="O140" s="6"/>
+      <c r="P140" s="6"/>
+      <c r="Q140" s="6"/>
+      <c r="R140" s="6"/>
+      <c r="S140" s="6"/>
+      <c r="T140" s="6"/>
+      <c r="U140" s="6"/>
+      <c r="V140" s="6"/>
+      <c r="W140" s="6"/>
+      <c r="X140" s="6"/>
+      <c r="Y140" s="6"/>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>7926526.0</v>
+        <v>844304.0</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>7201986.0</v>
+        <v>871805.0</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>7988357.0</v>
+        <v>772193.0</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>7760226.0</v>
+        <v>518315.0</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>7459893.0</v>
+        <v>671251.0</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>7016849.0</v>
+        <v>648682.0</v>
+      </c>
+      <c r="H141" s="14" t="n">
+        <v>707006.0</v>
+      </c>
+      <c r="I141" s="14" t="n">
+        <v>642327.0</v>
+      </c>
+      <c r="J141" s="14" t="n">
+        <v>608699.0</v>
+      </c>
+      <c r="K141" s="14" t="n">
+        <v>575269.0</v>
+      </c>
+      <c r="L141" s="14" t="n">
+        <v>510884.0</v>
+      </c>
+      <c r="M141" s="14" t="n">
+        <v>531486.0</v>
+      </c>
+      <c r="N141" s="14" t="n">
+        <v>551006.0</v>
+      </c>
+      <c r="O141" s="14" t="n">
+        <v>548640.0</v>
+      </c>
+      <c r="P141" s="14" t="n">
+        <v>621874.0</v>
+      </c>
+      <c r="Q141" s="14" t="n">
+        <v>662495.0</v>
+      </c>
+      <c r="R141" s="14" t="n">
+        <v>585565.0</v>
+      </c>
+      <c r="S141" s="14" t="n">
+        <v>454316.0</v>
+      </c>
+      <c r="T141" s="14" t="n">
+        <v>447430.0</v>
+      </c>
+      <c r="U141" s="14" t="n">
+        <v>540986.0</v>
+      </c>
+      <c r="V141" s="14" t="n">
+        <v>510257.0</v>
+      </c>
+      <c r="W141" s="14" t="n">
+        <v>613264.0</v>
+      </c>
+      <c r="X141" s="14" t="n">
+        <v>597374.0</v>
+      </c>
+      <c r="Y141" s="14" t="n">
+        <v>588663.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>539289.0</v>
+        <v>3444995.0</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>384965.0</v>
+        <v>4215547.0</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>549609.0</v>
+        <v>3006192.0</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>529760.0</v>
+        <v>2292862.0</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>569690.0</v>
+        <v>3125779.0</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>491607.0</v>
+        <v>3234666.0</v>
+      </c>
+      <c r="H142" s="14" t="n">
+        <v>3337428.0</v>
+      </c>
+      <c r="I142" s="14" t="n">
+        <v>3016397.0</v>
+      </c>
+      <c r="J142" s="14" t="n">
+        <v>2769319.0</v>
+      </c>
+      <c r="K142" s="14" t="n">
+        <v>2502807.0</v>
+      </c>
+      <c r="L142" s="14" t="n">
+        <v>2709056.0</v>
+      </c>
+      <c r="M142" s="14" t="n">
+        <v>2695121.0</v>
+      </c>
+      <c r="N142" s="14" t="n">
+        <v>2966108.0</v>
+      </c>
+      <c r="O142" s="14" t="n">
+        <v>2991358.0</v>
+      </c>
+      <c r="P142" s="14" t="n">
+        <v>2562198.0</v>
+      </c>
+      <c r="Q142" s="14" t="n">
+        <v>3354227.0</v>
+      </c>
+      <c r="R142" s="14" t="n">
+        <v>3301413.0</v>
+      </c>
+      <c r="S142" s="14" t="n">
+        <v>3297050.0</v>
+      </c>
+      <c r="T142" s="14" t="n">
+        <v>3339497.0</v>
+      </c>
+      <c r="U142" s="14" t="n">
+        <v>3342330.0</v>
+      </c>
+      <c r="V142" s="14" t="n">
+        <v>2875049.0</v>
+      </c>
+      <c r="W142" s="14" t="n">
+        <v>2728433.0</v>
+      </c>
+      <c r="X142" s="14" t="n">
+        <v>2465636.0</v>
+      </c>
+      <c r="Y142" s="14" t="n">
+        <v>2297475.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>1314786.0</v>
+        <v>1684989.0</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>1044502.0</v>
+        <v>2021146.0</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>1131335.0</v>
+        <v>1875489.0</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>1203914.0</v>
+        <v>1328006.0</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>1029432.0</v>
+        <v>2000196.0</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>990264.0</v>
+        <v>2306763.0</v>
+      </c>
+      <c r="H143" s="14" t="n">
+        <v>2463639.0</v>
+      </c>
+      <c r="I143" s="14" t="n">
+        <v>2086590.0</v>
+      </c>
+      <c r="J143" s="14" t="n">
+        <v>1888485.0</v>
+      </c>
+      <c r="K143" s="14" t="n">
+        <v>1589738.0</v>
+      </c>
+      <c r="L143" s="14" t="n">
+        <v>1770668.0</v>
+      </c>
+      <c r="M143" s="14" t="n">
+        <v>1818866.0</v>
+      </c>
+      <c r="N143" s="14" t="n">
+        <v>2084828.0</v>
+      </c>
+      <c r="O143" s="14" t="n">
+        <v>2125683.0</v>
+      </c>
+      <c r="P143" s="14" t="n">
+        <v>1763028.0</v>
+      </c>
+      <c r="Q143" s="14" t="n">
+        <v>2508687.0</v>
+      </c>
+      <c r="R143" s="14" t="n">
+        <v>2523395.0</v>
+      </c>
+      <c r="S143" s="14" t="n">
+        <v>2517865.0</v>
+      </c>
+      <c r="T143" s="14" t="n">
+        <v>2503744.0</v>
+      </c>
+      <c r="U143" s="14" t="n">
+        <v>2586121.0</v>
+      </c>
+      <c r="V143" s="14" t="n">
+        <v>2215414.0</v>
+      </c>
+      <c r="W143" s="14" t="n">
+        <v>2154280.0</v>
+      </c>
+      <c r="X143" s="14" t="n">
+        <v>2001597.0</v>
+      </c>
+      <c r="Y143" s="14" t="n">
+        <v>1867748.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B144" s="14" t="n">
-        <v>304861.0</v>
+        <v>1446908.0</v>
       </c>
       <c r="C144" s="14" t="n">
-        <v>290796.0</v>
+        <v>1331631.0</v>
       </c>
       <c r="D144" s="14" t="n">
-        <v>319407.0</v>
+        <v>1283001.0</v>
       </c>
       <c r="E144" s="14" t="n">
-        <v>327497.0</v>
+        <v>1346743.0</v>
       </c>
       <c r="F144" s="14" t="n">
-        <v>326112.0</v>
+        <v>1595835.0</v>
       </c>
       <c r="G144" s="14" t="n">
-        <v>349890.0</v>
+        <v>1334169.0</v>
+      </c>
+      <c r="H144" s="14" t="n">
+        <v>1179783.0</v>
+      </c>
+      <c r="I144" s="14" t="n">
+        <v>1088377.0</v>
+      </c>
+      <c r="J144" s="14" t="n">
+        <v>1092718.0</v>
+      </c>
+      <c r="K144" s="14" t="n">
+        <v>1064293.0</v>
+      </c>
+      <c r="L144" s="14" t="n">
+        <v>1081809.0</v>
+      </c>
+      <c r="M144" s="14" t="n">
+        <v>1329762.0</v>
+      </c>
+      <c r="N144" s="14" t="n">
+        <v>1607020.0</v>
+      </c>
+      <c r="O144" s="14" t="n">
+        <v>1960188.0</v>
+      </c>
+      <c r="P144" s="14" t="n">
+        <v>2306967.0</v>
+      </c>
+      <c r="Q144" s="14" t="n">
+        <v>2511974.0</v>
+      </c>
+      <c r="R144" s="14" t="n">
+        <v>2625920.0</v>
+      </c>
+      <c r="S144" s="14" t="n">
+        <v>2574428.0</v>
+      </c>
+      <c r="T144" s="14" t="n">
+        <v>2352020.0</v>
+      </c>
+      <c r="U144" s="14" t="n">
+        <v>1986539.0</v>
+      </c>
+      <c r="V144" s="14" t="n">
+        <v>1824274.0</v>
+      </c>
+      <c r="W144" s="14" t="n">
+        <v>1764841.0</v>
+      </c>
+      <c r="X144" s="14" t="n">
+        <v>1513333.0</v>
+      </c>
+      <c r="Y144" s="14" t="n">
+        <v>1245424.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>595778.0</v>
+        <v>6138573.0</v>
       </c>
       <c r="C145" s="14" t="n">
-        <v>579651.0</v>
+        <v>5545338.0</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>676716.0</v>
+        <v>4769413.0</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>585206.0</v>
+        <v>3976604.0</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>555998.0</v>
+        <v>4992339.0</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>564001.0</v>
+        <v>4735123.0</v>
+      </c>
+      <c r="H145" s="14" t="n">
+        <v>4610819.0</v>
+      </c>
+      <c r="I145" s="14" t="n">
+        <v>4493177.0</v>
+      </c>
+      <c r="J145" s="14" t="n">
+        <v>4324115.0</v>
+      </c>
+      <c r="K145" s="14" t="n">
+        <v>4241965.0</v>
+      </c>
+      <c r="L145" s="14" t="n">
+        <v>4377333.0</v>
+      </c>
+      <c r="M145" s="14" t="n">
+        <v>4464190.0</v>
+      </c>
+      <c r="N145" s="14" t="n">
+        <v>4507016.0</v>
+      </c>
+      <c r="O145" s="14" t="n">
+        <v>4345788.0</v>
+      </c>
+      <c r="P145" s="14" t="n">
+        <v>4355474.0</v>
+      </c>
+      <c r="Q145" s="14" t="n">
+        <v>4433889.0</v>
+      </c>
+      <c r="R145" s="14" t="n">
+        <v>4354369.0</v>
+      </c>
+      <c r="S145" s="14" t="n">
+        <v>4198662.0</v>
+      </c>
+      <c r="T145" s="14" t="n">
+        <v>3900963.0</v>
+      </c>
+      <c r="U145" s="14" t="n">
+        <v>3717473.0</v>
+      </c>
+      <c r="V145" s="14" t="n">
+        <v>3578461.0</v>
+      </c>
+      <c r="W145" s="14" t="n">
+        <v>3397767.0</v>
+      </c>
+      <c r="X145" s="14" t="n">
+        <v>3257803.0</v>
+      </c>
+      <c r="Y145" s="14" t="n">
+        <v>3138209.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>1230075.0</v>
+        <v>5848010.0</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>1081047.0</v>
+        <v>5199402.0</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>1341820.0</v>
+        <v>4776165.0</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>1307282.0</v>
+        <v>4568464.0</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>1345237.0</v>
+        <v>4658434.0</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>1134475.0</v>
+        <v>4515013.0</v>
+      </c>
+      <c r="H146" s="14" t="n">
+        <v>4267271.0</v>
+      </c>
+      <c r="I146" s="14" t="n">
+        <v>4148380.0</v>
+      </c>
+      <c r="J146" s="14" t="n">
+        <v>4126412.0</v>
+      </c>
+      <c r="K146" s="14" t="n">
+        <v>4171656.0</v>
+      </c>
+      <c r="L146" s="14" t="n">
+        <v>4034415.0</v>
+      </c>
+      <c r="M146" s="14" t="n">
+        <v>4028224.0</v>
+      </c>
+      <c r="N146" s="14" t="n">
+        <v>4009801.0</v>
+      </c>
+      <c r="O146" s="14" t="n">
+        <v>3895741.0</v>
+      </c>
+      <c r="P146" s="14" t="n">
+        <v>3910610.0</v>
+      </c>
+      <c r="Q146" s="14" t="n">
+        <v>3963754.0</v>
+      </c>
+      <c r="R146" s="14" t="n">
+        <v>3812969.0</v>
+      </c>
+      <c r="S146" s="14" t="n">
+        <v>3357480.0</v>
+      </c>
+      <c r="T146" s="14" t="n">
+        <v>2915999.0</v>
+      </c>
+      <c r="U146" s="14" t="n">
+        <v>2569424.0</v>
+      </c>
+      <c r="V146" s="14" t="n">
+        <v>2339437.0</v>
+      </c>
+      <c r="W146" s="14" t="n">
+        <v>2126232.0</v>
+      </c>
+      <c r="X146" s="14" t="n">
+        <v>1986630.0</v>
+      </c>
+      <c r="Y146" s="14" t="n">
+        <v>1849038.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>1393426.0</v>
+        <v>6718388.0</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>1362215.0</v>
+        <v>6419630.0</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>1374099.0</v>
+        <v>6105616.0</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>1335275.0</v>
+        <v>5963699.0</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>1277886.0</v>
+        <v>6116207.0</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>1253893.0</v>
+        <v>5841460.0</v>
+      </c>
+      <c r="H147" s="14" t="n">
+        <v>5691067.0</v>
+      </c>
+      <c r="I147" s="14" t="n">
+        <v>5534225.0</v>
+      </c>
+      <c r="J147" s="14" t="n">
+        <v>5432677.0</v>
+      </c>
+      <c r="K147" s="14" t="n">
+        <v>5229152.0</v>
+      </c>
+      <c r="L147" s="14" t="n">
+        <v>5300028.0</v>
+      </c>
+      <c r="M147" s="14" t="n">
+        <v>5474491.0</v>
+      </c>
+      <c r="N147" s="14" t="n">
+        <v>5661787.0</v>
+      </c>
+      <c r="O147" s="14" t="n">
+        <v>5570658.0</v>
+      </c>
+      <c r="P147" s="14" t="n">
+        <v>5627528.0</v>
+      </c>
+      <c r="Q147" s="14" t="n">
+        <v>5349699.0</v>
+      </c>
+      <c r="R147" s="14" t="n">
+        <v>4932919.0</v>
+      </c>
+      <c r="S147" s="14" t="n">
+        <v>4589026.0</v>
+      </c>
+      <c r="T147" s="14" t="n">
+        <v>4266941.0</v>
+      </c>
+      <c r="U147" s="14" t="n">
+        <v>3988350.0</v>
+      </c>
+      <c r="V147" s="14" t="n">
+        <v>3709592.0</v>
+      </c>
+      <c r="W147" s="14" t="n">
+        <v>3401412.0</v>
+      </c>
+      <c r="X147" s="14" t="n">
+        <v>3347418.0</v>
+      </c>
+      <c r="Y147" s="14" t="n">
+        <v>3129133.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B148" s="14" t="n">
-        <v>2098080.0</v>
+        <v>2.4441178E7</v>
       </c>
       <c r="C148" s="14" t="n">
-        <v>2119364.0</v>
+        <v>2.3583353E7</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>2171468.0</v>
+        <v>2.071258E7</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>2060811.0</v>
+        <v>1.8666687E7</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>1983968.0</v>
+        <v>2.1159845E7</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>1932839.0</v>
+        <v>2.0309113E7</v>
+      </c>
+      <c r="H148" s="14" t="n">
+        <v>1.9793374E7</v>
+      </c>
+      <c r="I148" s="14" t="n">
+        <v>1.8922883E7</v>
+      </c>
+      <c r="J148" s="14" t="n">
+        <v>1.835394E7</v>
+      </c>
+      <c r="K148" s="14" t="n">
+        <v>1.7785142E7</v>
+      </c>
+      <c r="L148" s="14" t="n">
+        <v>1.8013525E7</v>
+      </c>
+      <c r="M148" s="14" t="n">
+        <v>1.8523274E7</v>
+      </c>
+      <c r="N148" s="14" t="n">
+        <v>1.9302738E7</v>
+      </c>
+      <c r="O148" s="14" t="n">
+        <v>1.9312373E7</v>
+      </c>
+      <c r="P148" s="14" t="n">
+        <v>1.9384651E7</v>
+      </c>
+      <c r="Q148" s="14" t="n">
+        <v>2.0276038E7</v>
+      </c>
+      <c r="R148" s="14" t="n">
+        <v>1.9613155E7</v>
+      </c>
+      <c r="S148" s="14" t="n">
+        <v>1.8470962E7</v>
+      </c>
+      <c r="T148" s="14" t="n">
+        <v>1.722285E7</v>
+      </c>
+      <c r="U148" s="14" t="n">
+        <v>1.6145102E7</v>
+      </c>
+      <c r="V148" s="14" t="n">
+        <v>1.483707E7</v>
+      </c>
+      <c r="W148" s="14" t="n">
+        <v>1.4031949E7</v>
+      </c>
+      <c r="X148" s="14" t="n">
+        <v>1.3168194E7</v>
+      </c>
+      <c r="Y148" s="14" t="n">
+        <v>1.2247942E7</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>7171434.0</v>
+        <v>2342811.0</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>6571744.0</v>
+        <v>2277072.0</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>7245047.0</v>
+        <v>2164202.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>7022248.0</v>
+        <v>1810666.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>6762211.0</v>
+        <v>2192735.0</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>6367079.0</v>
+        <v>2153516.0</v>
+      </c>
+      <c r="H149" s="14" t="n">
+        <v>2067018.0</v>
+      </c>
+      <c r="I149" s="14" t="n">
+        <v>1956677.0</v>
+      </c>
+      <c r="J149" s="14" t="n">
+        <v>1873817.0</v>
+      </c>
+      <c r="K149" s="14" t="n">
+        <v>1767526.0</v>
+      </c>
+      <c r="L149" s="14" t="n">
+        <v>1720420.0</v>
+      </c>
+      <c r="M149" s="14" t="n">
+        <v>1639194.0</v>
+      </c>
+      <c r="N149" s="14" t="n">
+        <v>1667924.0</v>
+      </c>
+      <c r="O149" s="14" t="n">
+        <v>1733631.0</v>
+      </c>
+      <c r="P149" s="14" t="n">
+        <v>1321124.0</v>
+      </c>
+      <c r="Q149" s="14" t="n">
+        <v>1752079.0</v>
+      </c>
+      <c r="R149" s="14" t="n">
+        <v>2188899.0</v>
+      </c>
+      <c r="S149" s="14" t="n">
+        <v>2232123.0</v>
+      </c>
+      <c r="T149" s="14" t="n">
+        <v>1999906.0</v>
+      </c>
+      <c r="U149" s="14" t="n">
+        <v>1781624.0</v>
+      </c>
+      <c r="V149" s="14" t="n">
+        <v>1544709.0</v>
+      </c>
+      <c r="W149" s="14" t="n">
+        <v>1386316.0</v>
+      </c>
+      <c r="X149" s="14" t="n">
+        <v>1299649.0</v>
+      </c>
+      <c r="Y149" s="14" t="n">
+        <v>1248416.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>755092.0</v>
+        <v>2.6783989E7</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>630242.0</v>
+        <v>2.5860425E7</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>743310.0</v>
+        <v>2.2876782E7</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>737978.0</v>
+        <v>2.0477353E7</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>697682.0</v>
+        <v>2.335258E7</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>649770.0</v>
+        <v>2.2462629E7</v>
+      </c>
+      <c r="H150" s="14" t="n">
+        <v>2.1860392E7</v>
+      </c>
+      <c r="I150" s="14" t="n">
+        <v>2.087956E7</v>
+      </c>
+      <c r="J150" s="14" t="n">
+        <v>2.0227757E7</v>
+      </c>
+      <c r="K150" s="14" t="n">
+        <v>1.9552668E7</v>
+      </c>
+      <c r="L150" s="14" t="n">
+        <v>1.9733945E7</v>
+      </c>
+      <c r="M150" s="14" t="n">
+        <v>2.0162468E7</v>
+      </c>
+      <c r="N150" s="14" t="n">
+        <v>2.0970662E7</v>
+      </c>
+      <c r="O150" s="14" t="n">
+        <v>2.1046004E7</v>
+      </c>
+      <c r="P150" s="14" t="n">
+        <v>2.0705775E7</v>
+      </c>
+      <c r="Q150" s="14" t="n">
+        <v>2.2028117E7</v>
+      </c>
+      <c r="R150" s="14" t="n">
+        <v>2.1802054E7</v>
+      </c>
+      <c r="S150" s="14" t="n">
+        <v>2.0703085E7</v>
+      </c>
+      <c r="T150" s="14" t="n">
+        <v>1.9222756E7</v>
+      </c>
+      <c r="U150" s="14" t="n">
+        <v>1.7926726E7</v>
+      </c>
+      <c r="V150" s="14" t="n">
+        <v>1.6381779E7</v>
+      </c>
+      <c r="W150" s="14" t="n">
+        <v>1.5418265E7</v>
+      </c>
+      <c r="X150" s="14" t="n">
+        <v>1.4467843E7</v>
+      </c>
+      <c r="Y150" s="14" t="n">
+        <v>1.3496358E7</v>
       </c>
     </row>
     <row r="151">
-      <c r="A151" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A151" s="6" t="inlineStr">
+        <is>
+          <t>39 Cantabria</t>
+        </is>
+      </c>
+      <c r="B151" s="6"/>
+      <c r="C151" s="6"/>
+      <c r="D151" s="6"/>
+      <c r="E151" s="6"/>
+      <c r="F151" s="6"/>
+      <c r="G151" s="6"/>
+      <c r="H151" s="6"/>
+      <c r="I151" s="6"/>
+      <c r="J151" s="6"/>
+      <c r="K151" s="6"/>
+      <c r="L151" s="6"/>
+      <c r="M151" s="6"/>
+      <c r="N151" s="6"/>
+      <c r="O151" s="6"/>
+      <c r="P151" s="6"/>
+      <c r="Q151" s="6"/>
+      <c r="R151" s="6"/>
+      <c r="S151" s="6"/>
+      <c r="T151" s="6"/>
+      <c r="U151" s="6"/>
+      <c r="V151" s="6"/>
+      <c r="W151" s="6"/>
+      <c r="X151" s="6"/>
+      <c r="Y151" s="6"/>
     </row>
     <row r="152">
-      <c r="A152" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G152" s="6"/>
+      <c r="A152" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+        </is>
+      </c>
+      <c r="B152" s="14" t="n">
+        <v>256050.0</v>
+      </c>
+      <c r="C152" s="14" t="n">
+        <v>180688.0</v>
+      </c>
+      <c r="D152" s="14" t="n">
+        <v>195090.0</v>
+      </c>
+      <c r="E152" s="14" t="n">
+        <v>159520.0</v>
+      </c>
+      <c r="F152" s="14" t="n">
+        <v>162488.0</v>
+      </c>
+      <c r="G152" s="14" t="n">
+        <v>204617.0</v>
+      </c>
+      <c r="H152" s="14" t="n">
+        <v>201789.0</v>
+      </c>
+      <c r="I152" s="14" t="n">
+        <v>189311.0</v>
+      </c>
+      <c r="J152" s="14" t="n">
+        <v>161878.0</v>
+      </c>
+      <c r="K152" s="14" t="n">
+        <v>171065.0</v>
+      </c>
+      <c r="L152" s="14" t="n">
+        <v>159336.0</v>
+      </c>
+      <c r="M152" s="14" t="n">
+        <v>188166.0</v>
+      </c>
+      <c r="N152" s="14" t="n">
+        <v>201576.0</v>
+      </c>
+      <c r="O152" s="14" t="n">
+        <v>191710.0</v>
+      </c>
+      <c r="P152" s="14" t="n">
+        <v>186135.0</v>
+      </c>
+      <c r="Q152" s="14" t="n">
+        <v>217655.0</v>
+      </c>
+      <c r="R152" s="14" t="n">
+        <v>238744.0</v>
+      </c>
+      <c r="S152" s="14" t="n">
+        <v>240200.0</v>
+      </c>
+      <c r="T152" s="14" t="n">
+        <v>267409.0</v>
+      </c>
+      <c r="U152" s="14" t="n">
+        <v>286358.0</v>
+      </c>
+      <c r="V152" s="14" t="n">
+        <v>306119.0</v>
+      </c>
+      <c r="W152" s="14" t="n">
+        <v>335694.0</v>
+      </c>
+      <c r="X152" s="14" t="n">
+        <v>356897.0</v>
+      </c>
+      <c r="Y152" s="14" t="n">
+        <v>350840.0</v>
+      </c>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B153" s="14" t="n">
-        <v>2.2635742E7</v>
+        <v>3306205.0</v>
       </c>
       <c r="C153" s="14" t="n">
-        <v>2.0253717E7</v>
+        <v>3331381.0</v>
       </c>
       <c r="D153" s="14" t="n">
-        <v>2.3153892E7</v>
+        <v>2916369.0</v>
       </c>
       <c r="E153" s="14" t="n">
-        <v>2.2277724E7</v>
+        <v>2546400.0</v>
       </c>
       <c r="F153" s="14" t="n">
-        <v>2.167971E7</v>
+        <v>2717624.0</v>
       </c>
       <c r="G153" s="14" t="n">
-        <v>2.068253E7</v>
+        <v>2653608.0</v>
+      </c>
+      <c r="H153" s="14" t="n">
+        <v>2602702.0</v>
+      </c>
+      <c r="I153" s="14" t="n">
+        <v>2383303.0</v>
+      </c>
+      <c r="J153" s="14" t="n">
+        <v>2317093.0</v>
+      </c>
+      <c r="K153" s="14" t="n">
+        <v>2358864.0</v>
+      </c>
+      <c r="L153" s="14" t="n">
+        <v>2207180.0</v>
+      </c>
+      <c r="M153" s="14" t="n">
+        <v>2411914.0</v>
+      </c>
+      <c r="N153" s="14" t="n">
+        <v>2517331.0</v>
+      </c>
+      <c r="O153" s="14" t="n">
+        <v>2506708.0</v>
+      </c>
+      <c r="P153" s="14" t="n">
+        <v>2430069.0</v>
+      </c>
+      <c r="Q153" s="14" t="n">
+        <v>2637273.0</v>
+      </c>
+      <c r="R153" s="14" t="n">
+        <v>2526562.0</v>
+      </c>
+      <c r="S153" s="14" t="n">
+        <v>2334310.0</v>
+      </c>
+      <c r="T153" s="14" t="n">
+        <v>2220437.0</v>
+      </c>
+      <c r="U153" s="14" t="n">
+        <v>2069352.0</v>
+      </c>
+      <c r="V153" s="14" t="n">
+        <v>1971854.0</v>
+      </c>
+      <c r="W153" s="14" t="n">
+        <v>1921592.0</v>
+      </c>
+      <c r="X153" s="14" t="n">
+        <v>1829769.0</v>
+      </c>
+      <c r="Y153" s="14" t="n">
+        <v>1708790.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>590182.0</v>
+        <v>2717720.0</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>517282.0</v>
+        <v>2567446.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>652209.0</v>
+        <v>2300659.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>656086.0</v>
+        <v>2014521.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>697171.0</v>
+        <v>2180248.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>638582.0</v>
+        <v>2133435.0</v>
+      </c>
+      <c r="H154" s="14" t="n">
+        <v>2119378.0</v>
+      </c>
+      <c r="I154" s="14" t="n">
+        <v>1910627.0</v>
+      </c>
+      <c r="J154" s="14" t="n">
+        <v>1880567.0</v>
+      </c>
+      <c r="K154" s="14" t="n">
+        <v>1932658.0</v>
+      </c>
+      <c r="L154" s="14" t="n">
+        <v>1789447.0</v>
+      </c>
+      <c r="M154" s="14" t="n">
+        <v>1970447.0</v>
+      </c>
+      <c r="N154" s="14" t="n">
+        <v>2047357.0</v>
+      </c>
+      <c r="O154" s="14" t="n">
+        <v>1990620.0</v>
+      </c>
+      <c r="P154" s="14" t="n">
+        <v>1911779.0</v>
+      </c>
+      <c r="Q154" s="14" t="n">
+        <v>2175728.0</v>
+      </c>
+      <c r="R154" s="14" t="n">
+        <v>2088002.0</v>
+      </c>
+      <c r="S154" s="14" t="n">
+        <v>1973706.0</v>
+      </c>
+      <c r="T154" s="14" t="n">
+        <v>1879632.0</v>
+      </c>
+      <c r="U154" s="14" t="n">
+        <v>1770545.0</v>
+      </c>
+      <c r="V154" s="14" t="n">
+        <v>1673789.0</v>
+      </c>
+      <c r="W154" s="14" t="n">
+        <v>1644865.0</v>
+      </c>
+      <c r="X154" s="14" t="n">
+        <v>1570040.0</v>
+      </c>
+      <c r="Y154" s="14" t="n">
+        <v>1453871.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>2965350.0</v>
+        <v>1001302.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>2230039.0</v>
+        <v>915008.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>3068425.0</v>
+        <v>826753.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>3185637.0</v>
+        <v>811355.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>3285288.0</v>
+        <v>932322.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>2980208.0</v>
+        <v>829074.0</v>
+      </c>
+      <c r="H155" s="14" t="n">
+        <v>778240.0</v>
+      </c>
+      <c r="I155" s="14" t="n">
+        <v>798219.0</v>
+      </c>
+      <c r="J155" s="14" t="n">
+        <v>757995.0</v>
+      </c>
+      <c r="K155" s="14" t="n">
+        <v>717623.0</v>
+      </c>
+      <c r="L155" s="14" t="n">
+        <v>732364.0</v>
+      </c>
+      <c r="M155" s="14" t="n">
+        <v>841668.0</v>
+      </c>
+      <c r="N155" s="14" t="n">
+        <v>990257.0</v>
+      </c>
+      <c r="O155" s="14" t="n">
+        <v>1211447.0</v>
+      </c>
+      <c r="P155" s="14" t="n">
+        <v>1422537.0</v>
+      </c>
+      <c r="Q155" s="14" t="n">
+        <v>1547745.0</v>
+      </c>
+      <c r="R155" s="14" t="n">
+        <v>1487512.0</v>
+      </c>
+      <c r="S155" s="14" t="n">
+        <v>1434087.0</v>
+      </c>
+      <c r="T155" s="14" t="n">
+        <v>1326558.0</v>
+      </c>
+      <c r="U155" s="14" t="n">
+        <v>1189630.0</v>
+      </c>
+      <c r="V155" s="14" t="n">
+        <v>1131202.0</v>
+      </c>
+      <c r="W155" s="14" t="n">
+        <v>1065023.0</v>
+      </c>
+      <c r="X155" s="14" t="n">
+        <v>936312.0</v>
+      </c>
+      <c r="Y155" s="14" t="n">
+        <v>828696.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>1903996.0</v>
+        <v>3594448.0</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>1325381.0</v>
+        <v>3209653.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>2016715.0</v>
+        <v>2761359.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>2329291.0</v>
+        <v>2382008.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>2482061.0</v>
+        <v>2994839.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>2118267.0</v>
+        <v>2917580.0</v>
+      </c>
+      <c r="H156" s="14" t="n">
+        <v>2829413.0</v>
+      </c>
+      <c r="I156" s="14" t="n">
+        <v>2713309.0</v>
+      </c>
+      <c r="J156" s="14" t="n">
+        <v>2661099.0</v>
+      </c>
+      <c r="K156" s="14" t="n">
+        <v>2573759.0</v>
+      </c>
+      <c r="L156" s="14" t="n">
+        <v>2600439.0</v>
+      </c>
+      <c r="M156" s="14" t="n">
+        <v>2637280.0</v>
+      </c>
+      <c r="N156" s="14" t="n">
+        <v>2741713.0</v>
+      </c>
+      <c r="O156" s="14" t="n">
+        <v>2758283.0</v>
+      </c>
+      <c r="P156" s="14" t="n">
+        <v>2809882.0</v>
+      </c>
+      <c r="Q156" s="14" t="n">
+        <v>2778828.0</v>
+      </c>
+      <c r="R156" s="14" t="n">
+        <v>2663764.0</v>
+      </c>
+      <c r="S156" s="14" t="n">
+        <v>2501139.0</v>
+      </c>
+      <c r="T156" s="14" t="n">
+        <v>2388807.0</v>
+      </c>
+      <c r="U156" s="14" t="n">
+        <v>2313230.0</v>
+      </c>
+      <c r="V156" s="14" t="n">
+        <v>2180564.0</v>
+      </c>
+      <c r="W156" s="14" t="n">
+        <v>2098113.0</v>
+      </c>
+      <c r="X156" s="14" t="n">
+        <v>2000016.0</v>
+      </c>
+      <c r="Y156" s="14" t="n">
+        <v>1829298.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>1228858.0</v>
+        <v>3706048.0</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>1285220.0</v>
+        <v>3318124.0</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>1519941.0</v>
+        <v>3137576.0</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>1270459.0</v>
+        <v>2998543.0</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>1130660.0</v>
+        <v>3014734.0</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>1037637.0</v>
+        <v>2939078.0</v>
+      </c>
+      <c r="H157" s="14" t="n">
+        <v>2815882.0</v>
+      </c>
+      <c r="I157" s="14" t="n">
+        <v>2756870.0</v>
+      </c>
+      <c r="J157" s="14" t="n">
+        <v>2687099.0</v>
+      </c>
+      <c r="K157" s="14" t="n">
+        <v>2638831.0</v>
+      </c>
+      <c r="L157" s="14" t="n">
+        <v>2602425.0</v>
+      </c>
+      <c r="M157" s="14" t="n">
+        <v>2564685.0</v>
+      </c>
+      <c r="N157" s="14" t="n">
+        <v>2534832.0</v>
+      </c>
+      <c r="O157" s="14" t="n">
+        <v>2451302.0</v>
+      </c>
+      <c r="P157" s="14" t="n">
+        <v>2455857.0</v>
+      </c>
+      <c r="Q157" s="14" t="n">
+        <v>2468477.0</v>
+      </c>
+      <c r="R157" s="14" t="n">
+        <v>2314920.0</v>
+      </c>
+      <c r="S157" s="14" t="n">
+        <v>2029398.0</v>
+      </c>
+      <c r="T157" s="14" t="n">
+        <v>1818575.0</v>
+      </c>
+      <c r="U157" s="14" t="n">
+        <v>1669115.0</v>
+      </c>
+      <c r="V157" s="14" t="n">
+        <v>1553265.0</v>
+      </c>
+      <c r="W157" s="14" t="n">
+        <v>1429398.0</v>
+      </c>
+      <c r="X157" s="14" t="n">
+        <v>1298253.0</v>
+      </c>
+      <c r="Y157" s="14" t="n">
+        <v>1185723.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>4713925.0</v>
+        <v>3392323.0</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>3915656.0</v>
+        <v>3210290.0</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>4931412.0</v>
+        <v>3001811.0</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>4646686.0</v>
+        <v>2944930.0</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>4544716.0</v>
+        <v>3113105.0</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>4413817.0</v>
+        <v>2973088.0</v>
+      </c>
+      <c r="H158" s="14" t="n">
+        <v>2831913.0</v>
+      </c>
+      <c r="I158" s="14" t="n">
+        <v>2791473.0</v>
+      </c>
+      <c r="J158" s="14" t="n">
+        <v>2706482.0</v>
+      </c>
+      <c r="K158" s="14" t="n">
+        <v>2599709.0</v>
+      </c>
+      <c r="L158" s="14" t="n">
+        <v>2601381.0</v>
+      </c>
+      <c r="M158" s="14" t="n">
+        <v>2587557.0</v>
+      </c>
+      <c r="N158" s="14" t="n">
+        <v>2686085.0</v>
+      </c>
+      <c r="O158" s="14" t="n">
+        <v>2702052.0</v>
+      </c>
+      <c r="P158" s="14" t="n">
+        <v>2689849.0</v>
+      </c>
+      <c r="Q158" s="14" t="n">
+        <v>2574693.0</v>
+      </c>
+      <c r="R158" s="14" t="n">
+        <v>2318198.0</v>
+      </c>
+      <c r="S158" s="14" t="n">
+        <v>2123830.0</v>
+      </c>
+      <c r="T158" s="14" t="n">
+        <v>1966071.0</v>
+      </c>
+      <c r="U158" s="14" t="n">
+        <v>1771788.0</v>
+      </c>
+      <c r="V158" s="14" t="n">
+        <v>1640542.0</v>
+      </c>
+      <c r="W158" s="14" t="n">
+        <v>1529364.0</v>
+      </c>
+      <c r="X158" s="14" t="n">
+        <v>1438001.0</v>
+      </c>
+      <c r="Y158" s="14" t="n">
+        <v>1342302.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>4743273.0</v>
+        <v>1.5256376E7</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>4504009.0</v>
+        <v>1.4165144E7</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>4618525.0</v>
+        <v>1.2838958E7</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>4471088.0</v>
+        <v>1.1842756E7</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>4231629.0</v>
+        <v>1.2935112E7</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>4111100.0</v>
+        <v>1.2517045E7</v>
+      </c>
+      <c r="H159" s="14" t="n">
+        <v>1.2059939E7</v>
+      </c>
+      <c r="I159" s="14" t="n">
+        <v>1.1632485E7</v>
+      </c>
+      <c r="J159" s="14" t="n">
+        <v>1.1291646E7</v>
+      </c>
+      <c r="K159" s="14" t="n">
+        <v>1.1059851E7</v>
+      </c>
+      <c r="L159" s="14" t="n">
+        <v>1.0903125E7</v>
+      </c>
+      <c r="M159" s="14" t="n">
+        <v>1.123127E7</v>
+      </c>
+      <c r="N159" s="14" t="n">
+        <v>1.1671794E7</v>
+      </c>
+      <c r="O159" s="14" t="n">
+        <v>1.1821502E7</v>
+      </c>
+      <c r="P159" s="14" t="n">
+        <v>1.1994329E7</v>
+      </c>
+      <c r="Q159" s="14" t="n">
+        <v>1.2224671E7</v>
+      </c>
+      <c r="R159" s="14" t="n">
+        <v>1.15497E7</v>
+      </c>
+      <c r="S159" s="14" t="n">
+        <v>1.0662964E7</v>
+      </c>
+      <c r="T159" s="14" t="n">
+        <v>9987857.0</v>
+      </c>
+      <c r="U159" s="14" t="n">
+        <v>9299473.0</v>
+      </c>
+      <c r="V159" s="14" t="n">
+        <v>8783546.0</v>
+      </c>
+      <c r="W159" s="14" t="n">
+        <v>8379184.0</v>
+      </c>
+      <c r="X159" s="14" t="n">
+        <v>7859248.0</v>
+      </c>
+      <c r="Y159" s="14" t="n">
+        <v>7245649.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>6237843.0</v>
+        <v>1484287.0</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>6029118.0</v>
+        <v>1392011.0</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>6208929.0</v>
+        <v>1367580.0</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>5929165.0</v>
+        <v>1148485.0</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>5762617.0</v>
+        <v>1339239.0</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>5585848.0</v>
+        <v>1326890.0</v>
+      </c>
+      <c r="H160" s="14" t="n">
+        <v>1258084.0</v>
+      </c>
+      <c r="I160" s="14" t="n">
+        <v>1201414.0</v>
+      </c>
+      <c r="J160" s="14" t="n">
+        <v>1152197.0</v>
+      </c>
+      <c r="K160" s="14" t="n">
+        <v>1098645.0</v>
+      </c>
+      <c r="L160" s="14" t="n">
+        <v>1040999.0</v>
+      </c>
+      <c r="M160" s="14" t="n">
+        <v>993665.0</v>
+      </c>
+      <c r="N160" s="14" t="n">
+        <v>1008520.0</v>
+      </c>
+      <c r="O160" s="14" t="n">
+        <v>1061253.0</v>
+      </c>
+      <c r="P160" s="14" t="n">
+        <v>817355.0</v>
+      </c>
+      <c r="Q160" s="14" t="n">
+        <v>1056182.0</v>
+      </c>
+      <c r="R160" s="14" t="n">
+        <v>1288974.0</v>
+      </c>
+      <c r="S160" s="14" t="n">
+        <v>1288980.0</v>
+      </c>
+      <c r="T160" s="14" t="n">
+        <v>1160821.0</v>
+      </c>
+      <c r="U160" s="14" t="n">
+        <v>1027773.0</v>
+      </c>
+      <c r="V160" s="14" t="n">
+        <v>915852.0</v>
+      </c>
+      <c r="W160" s="14" t="n">
+        <v>829489.0</v>
+      </c>
+      <c r="X160" s="14" t="n">
+        <v>777083.0</v>
+      </c>
+      <c r="Y160" s="14" t="n">
+        <v>739842.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>2.0479431E7</v>
+        <v>1.6740663E7</v>
       </c>
       <c r="C161" s="14" t="n">
-        <v>1.8481324E7</v>
+        <v>1.5557155E7</v>
       </c>
       <c r="D161" s="14" t="n">
-        <v>2.0999441E7</v>
+        <v>1.4206538E7</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>2.0159121E7</v>
+        <v>1.2991241E7</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>1.9652081E7</v>
+        <v>1.4274351E7</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>1.8767192E7</v>
+        <v>1.3843935E7</v>
+      </c>
+      <c r="H161" s="14" t="n">
+        <v>1.3318023E7</v>
+      </c>
+      <c r="I161" s="14" t="n">
+        <v>1.2833899E7</v>
+      </c>
+      <c r="J161" s="14" t="n">
+        <v>1.2443843E7</v>
+      </c>
+      <c r="K161" s="14" t="n">
+        <v>1.2158496E7</v>
+      </c>
+      <c r="L161" s="14" t="n">
+        <v>1.1944124E7</v>
+      </c>
+      <c r="M161" s="14" t="n">
+        <v>1.2224935E7</v>
+      </c>
+      <c r="N161" s="14" t="n">
+        <v>1.2680314E7</v>
+      </c>
+      <c r="O161" s="14" t="n">
+        <v>1.2882755E7</v>
+      </c>
+      <c r="P161" s="14" t="n">
+        <v>1.2811684E7</v>
+      </c>
+      <c r="Q161" s="14" t="n">
+        <v>1.3280853E7</v>
+      </c>
+      <c r="R161" s="14" t="n">
+        <v>1.2838674E7</v>
+      </c>
+      <c r="S161" s="14" t="n">
+        <v>1.1951944E7</v>
+      </c>
+      <c r="T161" s="14" t="n">
+        <v>1.1148678E7</v>
+      </c>
+      <c r="U161" s="14" t="n">
+        <v>1.0327246E7</v>
+      </c>
+      <c r="V161" s="14" t="n">
+        <v>9699398.0</v>
+      </c>
+      <c r="W161" s="14" t="n">
+        <v>9208673.0</v>
+      </c>
+      <c r="X161" s="14" t="n">
+        <v>8636331.0</v>
+      </c>
+      <c r="Y161" s="14" t="n">
+        <v>7985491.0</v>
       </c>
     </row>
     <row r="162">
-      <c r="A162" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A162" s="6" t="inlineStr">
+        <is>
+          <t>12 Castellón/Castelló</t>
+        </is>
+      </c>
+      <c r="B162" s="6"/>
+      <c r="C162" s="6"/>
+      <c r="D162" s="6"/>
+      <c r="E162" s="6"/>
+      <c r="F162" s="6"/>
+      <c r="G162" s="6"/>
+      <c r="H162" s="6"/>
+      <c r="I162" s="6"/>
+      <c r="J162" s="6"/>
+      <c r="K162" s="6"/>
+      <c r="L162" s="6"/>
+      <c r="M162" s="6"/>
+      <c r="N162" s="6"/>
+      <c r="O162" s="6"/>
+      <c r="P162" s="6"/>
+      <c r="Q162" s="6"/>
+      <c r="R162" s="6"/>
+      <c r="S162" s="6"/>
+      <c r="T162" s="6"/>
+      <c r="U162" s="6"/>
+      <c r="V162" s="6"/>
+      <c r="W162" s="6"/>
+      <c r="X162" s="6"/>
+      <c r="Y162" s="6"/>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>2.2635742E7</v>
+        <v>598830.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>2.0253717E7</v>
+        <v>444675.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>2.3153892E7</v>
+        <v>438700.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>2.2277724E7</v>
+        <v>392768.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>2.167971E7</v>
+        <v>374461.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>2.068253E7</v>
+        <v>311579.0</v>
+      </c>
+      <c r="H163" s="14" t="n">
+        <v>365606.0</v>
+      </c>
+      <c r="I163" s="14" t="n">
+        <v>351534.0</v>
+      </c>
+      <c r="J163" s="14" t="n">
+        <v>430758.0</v>
+      </c>
+      <c r="K163" s="14" t="n">
+        <v>443685.0</v>
+      </c>
+      <c r="L163" s="14" t="n">
+        <v>345307.0</v>
+      </c>
+      <c r="M163" s="14" t="n">
+        <v>356038.0</v>
+      </c>
+      <c r="N163" s="14" t="n">
+        <v>389545.0</v>
+      </c>
+      <c r="O163" s="14" t="n">
+        <v>406170.0</v>
+      </c>
+      <c r="P163" s="14" t="n">
+        <v>347098.0</v>
+      </c>
+      <c r="Q163" s="14" t="n">
+        <v>327529.0</v>
+      </c>
+      <c r="R163" s="14" t="n">
+        <v>385423.0</v>
+      </c>
+      <c r="S163" s="14" t="n">
+        <v>418544.0</v>
+      </c>
+      <c r="T163" s="14" t="n">
+        <v>407621.0</v>
+      </c>
+      <c r="U163" s="14" t="n">
+        <v>398136.0</v>
+      </c>
+      <c r="V163" s="14" t="n">
+        <v>342001.0</v>
+      </c>
+      <c r="W163" s="14" t="n">
+        <v>319093.0</v>
+      </c>
+      <c r="X163" s="14" t="n">
+        <v>308454.0</v>
+      </c>
+      <c r="Y163" s="14" t="n">
+        <v>269039.0</v>
       </c>
     </row>
     <row r="164">
-      <c r="A164" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G164" s="6"/>
+      <c r="A164" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+        </is>
+      </c>
+      <c r="B164" s="14" t="n">
+        <v>4317880.0</v>
+      </c>
+      <c r="C164" s="14" t="n">
+        <v>5081941.0</v>
+      </c>
+      <c r="D164" s="14" t="n">
+        <v>4573745.0</v>
+      </c>
+      <c r="E164" s="14" t="n">
+        <v>4246834.0</v>
+      </c>
+      <c r="F164" s="14" t="n">
+        <v>4808622.0</v>
+      </c>
+      <c r="G164" s="14" t="n">
+        <v>4827464.0</v>
+      </c>
+      <c r="H164" s="14" t="n">
+        <v>4988457.0</v>
+      </c>
+      <c r="I164" s="14" t="n">
+        <v>4198296.0</v>
+      </c>
+      <c r="J164" s="14" t="n">
+        <v>3864638.0</v>
+      </c>
+      <c r="K164" s="14" t="n">
+        <v>3291150.0</v>
+      </c>
+      <c r="L164" s="14" t="n">
+        <v>3359639.0</v>
+      </c>
+      <c r="M164" s="14" t="n">
+        <v>3165478.0</v>
+      </c>
+      <c r="N164" s="14" t="n">
+        <v>3498813.0</v>
+      </c>
+      <c r="O164" s="14" t="n">
+        <v>3030485.0</v>
+      </c>
+      <c r="P164" s="14" t="n">
+        <v>2963182.0</v>
+      </c>
+      <c r="Q164" s="14" t="n">
+        <v>3574996.0</v>
+      </c>
+      <c r="R164" s="14" t="n">
+        <v>3660556.0</v>
+      </c>
+      <c r="S164" s="14" t="n">
+        <v>3587521.0</v>
+      </c>
+      <c r="T164" s="14" t="n">
+        <v>3395713.0</v>
+      </c>
+      <c r="U164" s="14" t="n">
+        <v>3290863.0</v>
+      </c>
+      <c r="V164" s="14" t="n">
+        <v>3117828.0</v>
+      </c>
+      <c r="W164" s="14" t="n">
+        <v>3084770.0</v>
+      </c>
+      <c r="X164" s="14" t="n">
+        <v>2988513.0</v>
+      </c>
+      <c r="Y164" s="14" t="n">
+        <v>2718738.0</v>
+      </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>1.4022067E7</v>
+        <v>3949279.0</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>1.2852323E7</v>
+        <v>4658383.0</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>1.4180759E7</v>
+        <v>4211998.0</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>1.3743992E7</v>
+        <v>4010749.0</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>1.3228614E7</v>
+        <v>4568434.0</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>1.2735884E7</v>
+        <v>4569652.0</v>
+      </c>
+      <c r="H165" s="14" t="n">
+        <v>4689289.0</v>
+      </c>
+      <c r="I165" s="14" t="n">
+        <v>3870244.0</v>
+      </c>
+      <c r="J165" s="14" t="n">
+        <v>3546468.0</v>
+      </c>
+      <c r="K165" s="14" t="n">
+        <v>3006908.0</v>
+      </c>
+      <c r="L165" s="14" t="n">
+        <v>3081582.0</v>
+      </c>
+      <c r="M165" s="14" t="n">
+        <v>2873256.0</v>
+      </c>
+      <c r="N165" s="14" t="n">
+        <v>3229953.0</v>
+      </c>
+      <c r="O165" s="14" t="n">
+        <v>2737125.0</v>
+      </c>
+      <c r="P165" s="14" t="n">
+        <v>2740143.0</v>
+      </c>
+      <c r="Q165" s="14" t="n">
+        <v>3315482.0</v>
+      </c>
+      <c r="R165" s="14" t="n">
+        <v>3405699.0</v>
+      </c>
+      <c r="S165" s="14" t="n">
+        <v>3318627.0</v>
+      </c>
+      <c r="T165" s="14" t="n">
+        <v>3176057.0</v>
+      </c>
+      <c r="U165" s="14" t="n">
+        <v>3028870.0</v>
+      </c>
+      <c r="V165" s="14" t="n">
+        <v>2918331.0</v>
+      </c>
+      <c r="W165" s="14" t="n">
+        <v>2887678.0</v>
+      </c>
+      <c r="X165" s="14" t="n">
+        <v>2771264.0</v>
+      </c>
+      <c r="Y165" s="14" t="n">
+        <v>2489579.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>185011.0</v>
+        <v>866260.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>155059.0</v>
+        <v>843371.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>153770.0</v>
+        <v>786858.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>201567.0</v>
+        <v>771379.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>193803.0</v>
+        <v>917054.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>183308.0</v>
+        <v>826437.0</v>
+      </c>
+      <c r="H166" s="14" t="n">
+        <v>806037.0</v>
+      </c>
+      <c r="I166" s="14" t="n">
+        <v>712297.0</v>
+      </c>
+      <c r="J166" s="14" t="n">
+        <v>655758.0</v>
+      </c>
+      <c r="K166" s="14" t="n">
+        <v>581602.0</v>
+      </c>
+      <c r="L166" s="14" t="n">
+        <v>619241.0</v>
+      </c>
+      <c r="M166" s="14" t="n">
+        <v>812113.0</v>
+      </c>
+      <c r="N166" s="14" t="n">
+        <v>945876.0</v>
+      </c>
+      <c r="O166" s="14" t="n">
+        <v>1185908.0</v>
+      </c>
+      <c r="P166" s="14" t="n">
+        <v>1465100.0</v>
+      </c>
+      <c r="Q166" s="14" t="n">
+        <v>1631656.0</v>
+      </c>
+      <c r="R166" s="14" t="n">
+        <v>1602112.0</v>
+      </c>
+      <c r="S166" s="14" t="n">
+        <v>1531228.0</v>
+      </c>
+      <c r="T166" s="14" t="n">
+        <v>1314014.0</v>
+      </c>
+      <c r="U166" s="14" t="n">
+        <v>1084426.0</v>
+      </c>
+      <c r="V166" s="14" t="n">
+        <v>988633.0</v>
+      </c>
+      <c r="W166" s="14" t="n">
+        <v>873413.0</v>
+      </c>
+      <c r="X166" s="14" t="n">
+        <v>800670.0</v>
+      </c>
+      <c r="Y166" s="14" t="n">
+        <v>713265.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>2834352.0</v>
+        <v>4035158.0</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>2479943.0</v>
+        <v>3709661.0</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>2671327.0</v>
+        <v>3143351.0</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>2616881.0</v>
+        <v>2550921.0</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>2565467.0</v>
+        <v>3247829.0</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>2357859.0</v>
+        <v>3130839.0</v>
+      </c>
+      <c r="H167" s="14" t="n">
+        <v>3014435.0</v>
+      </c>
+      <c r="I167" s="14" t="n">
+        <v>2933961.0</v>
+      </c>
+      <c r="J167" s="14" t="n">
+        <v>2770185.0</v>
+      </c>
+      <c r="K167" s="14" t="n">
+        <v>2693223.0</v>
+      </c>
+      <c r="L167" s="14" t="n">
+        <v>2614282.0</v>
+      </c>
+      <c r="M167" s="14" t="n">
+        <v>2653463.0</v>
+      </c>
+      <c r="N167" s="14" t="n">
+        <v>2805924.0</v>
+      </c>
+      <c r="O167" s="14" t="n">
+        <v>2814509.0</v>
+      </c>
+      <c r="P167" s="14" t="n">
+        <v>2807924.0</v>
+      </c>
+      <c r="Q167" s="14" t="n">
+        <v>2852492.0</v>
+      </c>
+      <c r="R167" s="14" t="n">
+        <v>2677796.0</v>
+      </c>
+      <c r="S167" s="14" t="n">
+        <v>2627976.0</v>
+      </c>
+      <c r="T167" s="14" t="n">
+        <v>2444370.0</v>
+      </c>
+      <c r="U167" s="14" t="n">
+        <v>2214926.0</v>
+      </c>
+      <c r="V167" s="14" t="n">
+        <v>2192661.0</v>
+      </c>
+      <c r="W167" s="14" t="n">
+        <v>2170361.0</v>
+      </c>
+      <c r="X167" s="14" t="n">
+        <v>2034886.0</v>
+      </c>
+      <c r="Y167" s="14" t="n">
+        <v>1945921.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B168" s="14" t="n">
-        <v>2264179.0</v>
+        <v>3435122.0</v>
       </c>
       <c r="C168" s="14" t="n">
-        <v>2001452.0</v>
+        <v>3029941.0</v>
       </c>
       <c r="D168" s="14" t="n">
-        <v>2188319.0</v>
+        <v>2791856.0</v>
       </c>
       <c r="E168" s="14" t="n">
-        <v>2144534.0</v>
+        <v>2650976.0</v>
       </c>
       <c r="F168" s="14" t="n">
-        <v>2125576.0</v>
+        <v>2691949.0</v>
       </c>
       <c r="G168" s="14" t="n">
-        <v>1930866.0</v>
+        <v>2604752.0</v>
+      </c>
+      <c r="H168" s="14" t="n">
+        <v>2481541.0</v>
+      </c>
+      <c r="I168" s="14" t="n">
+        <v>2394528.0</v>
+      </c>
+      <c r="J168" s="14" t="n">
+        <v>2368749.0</v>
+      </c>
+      <c r="K168" s="14" t="n">
+        <v>2364777.0</v>
+      </c>
+      <c r="L168" s="14" t="n">
+        <v>2338337.0</v>
+      </c>
+      <c r="M168" s="14" t="n">
+        <v>2403362.0</v>
+      </c>
+      <c r="N168" s="14" t="n">
+        <v>2428891.0</v>
+      </c>
+      <c r="O168" s="14" t="n">
+        <v>2385177.0</v>
+      </c>
+      <c r="P168" s="14" t="n">
+        <v>2410207.0</v>
+      </c>
+      <c r="Q168" s="14" t="n">
+        <v>2452997.0</v>
+      </c>
+      <c r="R168" s="14" t="n">
+        <v>2243907.0</v>
+      </c>
+      <c r="S168" s="14" t="n">
+        <v>2012363.0</v>
+      </c>
+      <c r="T168" s="14" t="n">
+        <v>1735421.0</v>
+      </c>
+      <c r="U168" s="14" t="n">
+        <v>1472992.0</v>
+      </c>
+      <c r="V168" s="14" t="n">
+        <v>1389644.0</v>
+      </c>
+      <c r="W168" s="14" t="n">
+        <v>1266120.0</v>
+      </c>
+      <c r="X168" s="14" t="n">
+        <v>1137389.0</v>
+      </c>
+      <c r="Y168" s="14" t="n">
+        <v>1051981.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>824530.0</v>
+        <v>2863793.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>810175.0</v>
+        <v>2718017.0</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>929138.0</v>
+        <v>2548719.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>826073.0</v>
+        <v>2454895.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>780403.0</v>
+        <v>2573571.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>796276.0</v>
+        <v>2470370.0</v>
+      </c>
+      <c r="H169" s="14" t="n">
+        <v>2374851.0</v>
+      </c>
+      <c r="I169" s="14" t="n">
+        <v>2291527.0</v>
+      </c>
+      <c r="J169" s="14" t="n">
+        <v>2269114.0</v>
+      </c>
+      <c r="K169" s="14" t="n">
+        <v>2203628.0</v>
+      </c>
+      <c r="L169" s="14" t="n">
+        <v>2236701.0</v>
+      </c>
+      <c r="M169" s="14" t="n">
+        <v>2243992.0</v>
+      </c>
+      <c r="N169" s="14" t="n">
+        <v>2382842.0</v>
+      </c>
+      <c r="O169" s="14" t="n">
+        <v>2408465.0</v>
+      </c>
+      <c r="P169" s="14" t="n">
+        <v>2410625.0</v>
+      </c>
+      <c r="Q169" s="14" t="n">
+        <v>1960165.0</v>
+      </c>
+      <c r="R169" s="14" t="n">
+        <v>1803779.0</v>
+      </c>
+      <c r="S169" s="14" t="n">
+        <v>1729453.0</v>
+      </c>
+      <c r="T169" s="14" t="n">
+        <v>1615750.0</v>
+      </c>
+      <c r="U169" s="14" t="n">
+        <v>1357153.0</v>
+      </c>
+      <c r="V169" s="14" t="n">
+        <v>1404863.0</v>
+      </c>
+      <c r="W169" s="14" t="n">
+        <v>1301942.0</v>
+      </c>
+      <c r="X169" s="14" t="n">
+        <v>1301771.0</v>
+      </c>
+      <c r="Y169" s="14" t="n">
+        <v>1295944.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>2693982.0</v>
+        <v>1.6117043E7</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>2319072.0</v>
+        <v>1.5827606E7</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>2921214.0</v>
+        <v>1.4283229E7</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>2827099.0</v>
+        <v>1.3067773E7</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>2754414.0</v>
+        <v>1.4613486E7</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>2632889.0</v>
+        <v>1.4171441E7</v>
+      </c>
+      <c r="H170" s="14" t="n">
+        <v>1.4030927E7</v>
+      </c>
+      <c r="I170" s="14" t="n">
+        <v>1.2882143E7</v>
+      </c>
+      <c r="J170" s="14" t="n">
+        <v>1.2359202E7</v>
+      </c>
+      <c r="K170" s="14" t="n">
+        <v>1.1578065E7</v>
+      </c>
+      <c r="L170" s="14" t="n">
+        <v>1.1513507E7</v>
+      </c>
+      <c r="M170" s="14" t="n">
+        <v>1.1634446E7</v>
+      </c>
+      <c r="N170" s="14" t="n">
+        <v>1.2451891E7</v>
+      </c>
+      <c r="O170" s="14" t="n">
+        <v>1.2230714E7</v>
+      </c>
+      <c r="P170" s="14" t="n">
+        <v>1.2404136E7</v>
+      </c>
+      <c r="Q170" s="14" t="n">
+        <v>1.2799835E7</v>
+      </c>
+      <c r="R170" s="14" t="n">
+        <v>1.2373573E7</v>
+      </c>
+      <c r="S170" s="14" t="n">
+        <v>1.1907085E7</v>
+      </c>
+      <c r="T170" s="14" t="n">
+        <v>1.0912889E7</v>
+      </c>
+      <c r="U170" s="14" t="n">
+        <v>9818496.0</v>
+      </c>
+      <c r="V170" s="14" t="n">
+        <v>9435630.0</v>
+      </c>
+      <c r="W170" s="14" t="n">
+        <v>9015699.0</v>
+      </c>
+      <c r="X170" s="14" t="n">
+        <v>8571683.0</v>
+      </c>
+      <c r="Y170" s="14" t="n">
+        <v>7994888.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>3078541.0</v>
+        <v>1544900.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>2940643.0</v>
+        <v>1528222.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>2967918.0</v>
+        <v>1492416.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>2892643.0</v>
+        <v>1273468.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>2776838.0</v>
+        <v>1521703.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>2718041.0</v>
+        <v>1513814.0</v>
+      </c>
+      <c r="H171" s="14" t="n">
+        <v>1475111.0</v>
+      </c>
+      <c r="I171" s="14" t="n">
+        <v>1340866.0</v>
+      </c>
+      <c r="J171" s="14" t="n">
+        <v>1269380.0</v>
+      </c>
+      <c r="K171" s="14" t="n">
+        <v>1156822.0</v>
+      </c>
+      <c r="L171" s="14" t="n">
+        <v>1106265.0</v>
+      </c>
+      <c r="M171" s="14" t="n">
+        <v>1034763.0</v>
+      </c>
+      <c r="N171" s="14" t="n">
+        <v>1081690.0</v>
+      </c>
+      <c r="O171" s="14" t="n">
+        <v>1102424.0</v>
+      </c>
+      <c r="P171" s="14" t="n">
+        <v>848278.0</v>
+      </c>
+      <c r="Q171" s="14" t="n">
+        <v>1111156.0</v>
+      </c>
+      <c r="R171" s="14" t="n">
+        <v>1387920.0</v>
+      </c>
+      <c r="S171" s="14" t="n">
+        <v>1445925.0</v>
+      </c>
+      <c r="T171" s="14" t="n">
+        <v>1273446.0</v>
+      </c>
+      <c r="U171" s="14" t="n">
+        <v>1089243.0</v>
+      </c>
+      <c r="V171" s="14" t="n">
+        <v>986408.0</v>
+      </c>
+      <c r="W171" s="14" t="n">
+        <v>894302.0</v>
+      </c>
+      <c r="X171" s="14" t="n">
+        <v>848491.0</v>
+      </c>
+      <c r="Y171" s="14" t="n">
+        <v>816757.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>3069890.0</v>
+        <v>1.7661943E7</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>3022731.0</v>
+        <v>1.7355828E7</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>3217884.0</v>
+        <v>1.5775645E7</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>3073223.0</v>
+        <v>1.4341241E7</v>
       </c>
       <c r="F172" s="14" t="n">
-        <v>2920882.0</v>
+        <v>1.6135189E7</v>
       </c>
       <c r="G172" s="14" t="n">
-        <v>2868663.0</v>
+        <v>1.5685255E7</v>
+      </c>
+      <c r="H172" s="14" t="n">
+        <v>1.5506038E7</v>
+      </c>
+      <c r="I172" s="14" t="n">
+        <v>1.4223009E7</v>
+      </c>
+      <c r="J172" s="14" t="n">
+        <v>1.3628582E7</v>
+      </c>
+      <c r="K172" s="14" t="n">
+        <v>1.2734887E7</v>
+      </c>
+      <c r="L172" s="14" t="n">
+        <v>1.2619772E7</v>
+      </c>
+      <c r="M172" s="14" t="n">
+        <v>1.2669209E7</v>
+      </c>
+      <c r="N172" s="14" t="n">
+        <v>1.3533581E7</v>
+      </c>
+      <c r="O172" s="14" t="n">
+        <v>1.3333138E7</v>
+      </c>
+      <c r="P172" s="14" t="n">
+        <v>1.3252414E7</v>
+      </c>
+      <c r="Q172" s="14" t="n">
+        <v>1.3910991E7</v>
+      </c>
+      <c r="R172" s="14" t="n">
+        <v>1.3761493E7</v>
+      </c>
+      <c r="S172" s="14" t="n">
+        <v>1.335301E7</v>
+      </c>
+      <c r="T172" s="14" t="n">
+        <v>1.2186335E7</v>
+      </c>
+      <c r="U172" s="14" t="n">
+        <v>1.0907739E7</v>
+      </c>
+      <c r="V172" s="14" t="n">
+        <v>1.0422038E7</v>
+      </c>
+      <c r="W172" s="14" t="n">
+        <v>9910001.0</v>
+      </c>
+      <c r="X172" s="14" t="n">
+        <v>9420174.0</v>
+      </c>
+      <c r="Y172" s="14" t="n">
+        <v>8811645.0</v>
       </c>
     </row>
     <row r="173">
-      <c r="A173" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A173" s="6" t="inlineStr">
+        <is>
+          <t>13 Ciudad Real</t>
+        </is>
+      </c>
+      <c r="B173" s="6"/>
+      <c r="C173" s="6"/>
+      <c r="D173" s="6"/>
+      <c r="E173" s="6"/>
+      <c r="F173" s="6"/>
+      <c r="G173" s="6"/>
+      <c r="H173" s="6"/>
+      <c r="I173" s="6"/>
+      <c r="J173" s="6"/>
+      <c r="K173" s="6"/>
+      <c r="L173" s="6"/>
+      <c r="M173" s="6"/>
+      <c r="N173" s="6"/>
+      <c r="O173" s="6"/>
+      <c r="P173" s="6"/>
+      <c r="Q173" s="6"/>
+      <c r="R173" s="6"/>
+      <c r="S173" s="6"/>
+      <c r="T173" s="6"/>
+      <c r="U173" s="6"/>
+      <c r="V173" s="6"/>
+      <c r="W173" s="6"/>
+      <c r="X173" s="6"/>
+      <c r="Y173" s="6"/>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>1335761.0</v>
+        <v>1012696.0</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>1124700.0</v>
+        <v>946470.0</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>1319508.0</v>
+        <v>985470.0</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>1306506.0</v>
+        <v>1056963.0</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>1236807.0</v>
+        <v>883603.0</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>1178848.0</v>
+        <v>1161291.0</v>
+      </c>
+      <c r="H174" s="14" t="n">
+        <v>1132644.0</v>
+      </c>
+      <c r="I174" s="14" t="n">
+        <v>1093463.0</v>
+      </c>
+      <c r="J174" s="14" t="n">
+        <v>883763.0</v>
+      </c>
+      <c r="K174" s="14" t="n">
+        <v>630361.0</v>
+      </c>
+      <c r="L174" s="14" t="n">
+        <v>935883.0</v>
+      </c>
+      <c r="M174" s="14" t="n">
+        <v>943229.0</v>
+      </c>
+      <c r="N174" s="14" t="n">
+        <v>601821.0</v>
+      </c>
+      <c r="O174" s="14" t="n">
+        <v>654634.0</v>
+      </c>
+      <c r="P174" s="14" t="n">
+        <v>652328.0</v>
+      </c>
+      <c r="Q174" s="14" t="n">
+        <v>717523.0</v>
+      </c>
+      <c r="R174" s="14" t="n">
+        <v>748582.0</v>
+      </c>
+      <c r="S174" s="14" t="n">
+        <v>729711.0</v>
+      </c>
+      <c r="T174" s="14" t="n">
+        <v>763223.0</v>
+      </c>
+      <c r="U174" s="14" t="n">
+        <v>805251.0</v>
+      </c>
+      <c r="V174" s="14" t="n">
+        <v>958589.0</v>
+      </c>
+      <c r="W174" s="14" t="n">
+        <v>847689.0</v>
+      </c>
+      <c r="X174" s="14" t="n">
+        <v>872490.0</v>
+      </c>
+      <c r="Y174" s="14" t="n">
+        <v>920076.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>1.4022067E7</v>
+        <v>2474815.0</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>1.2852323E7</v>
+        <v>3087539.0</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>1.4180759E7</v>
+        <v>1827596.0</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>1.3743992E7</v>
+        <v>1657599.0</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>1.3228614E7</v>
+        <v>2125801.0</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>1.2735884E7</v>
+        <v>2019815.0</v>
+      </c>
+      <c r="H175" s="14" t="n">
+        <v>2150011.0</v>
+      </c>
+      <c r="I175" s="14" t="n">
+        <v>2051797.0</v>
+      </c>
+      <c r="J175" s="14" t="n">
+        <v>2050022.0</v>
+      </c>
+      <c r="K175" s="14" t="n">
+        <v>1780960.0</v>
+      </c>
+      <c r="L175" s="14" t="n">
+        <v>1805490.0</v>
+      </c>
+      <c r="M175" s="14" t="n">
+        <v>1895481.0</v>
+      </c>
+      <c r="N175" s="14" t="n">
+        <v>2177103.0</v>
+      </c>
+      <c r="O175" s="14" t="n">
+        <v>2012646.0</v>
+      </c>
+      <c r="P175" s="14" t="n">
+        <v>2141350.0</v>
+      </c>
+      <c r="Q175" s="14" t="n">
+        <v>2254525.0</v>
+      </c>
+      <c r="R175" s="14" t="n">
+        <v>2044091.0</v>
+      </c>
+      <c r="S175" s="14" t="n">
+        <v>1790374.0</v>
+      </c>
+      <c r="T175" s="14" t="n">
+        <v>1854891.0</v>
+      </c>
+      <c r="U175" s="14" t="n">
+        <v>1836251.0</v>
+      </c>
+      <c r="V175" s="14" t="n">
+        <v>1629447.0</v>
+      </c>
+      <c r="W175" s="14" t="n">
+        <v>1556292.0</v>
+      </c>
+      <c r="X175" s="14" t="n">
+        <v>1387775.0</v>
+      </c>
+      <c r="Y175" s="14" t="n">
+        <v>1400508.0</v>
       </c>
     </row>
     <row r="176">
-      <c r="A176" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G176" s="6"/>
+      <c r="A176" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+        </is>
+      </c>
+      <c r="B176" s="14" t="n">
+        <v>1912076.0</v>
+      </c>
+      <c r="C176" s="14" t="n">
+        <v>2345142.0</v>
+      </c>
+      <c r="D176" s="14" t="n">
+        <v>1421010.0</v>
+      </c>
+      <c r="E176" s="14" t="n">
+        <v>1173239.0</v>
+      </c>
+      <c r="F176" s="14" t="n">
+        <v>1558675.0</v>
+      </c>
+      <c r="G176" s="14" t="n">
+        <v>1519533.0</v>
+      </c>
+      <c r="H176" s="14" t="n">
+        <v>1579044.0</v>
+      </c>
+      <c r="I176" s="14" t="n">
+        <v>1479830.0</v>
+      </c>
+      <c r="J176" s="14" t="n">
+        <v>1431894.0</v>
+      </c>
+      <c r="K176" s="14" t="n">
+        <v>1155343.0</v>
+      </c>
+      <c r="L176" s="14" t="n">
+        <v>1127652.0</v>
+      </c>
+      <c r="M176" s="14" t="n">
+        <v>1206275.0</v>
+      </c>
+      <c r="N176" s="14" t="n">
+        <v>1429817.0</v>
+      </c>
+      <c r="O176" s="14" t="n">
+        <v>1340650.0</v>
+      </c>
+      <c r="P176" s="14" t="n">
+        <v>1496977.0</v>
+      </c>
+      <c r="Q176" s="14" t="n">
+        <v>1605562.0</v>
+      </c>
+      <c r="R176" s="14" t="n">
+        <v>1441057.0</v>
+      </c>
+      <c r="S176" s="14" t="n">
+        <v>1225673.0</v>
+      </c>
+      <c r="T176" s="14" t="n">
+        <v>1242293.0</v>
+      </c>
+      <c r="U176" s="14" t="n">
+        <v>1226543.0</v>
+      </c>
+      <c r="V176" s="14" t="n">
+        <v>1024961.0</v>
+      </c>
+      <c r="W176" s="14" t="n">
+        <v>955094.0</v>
+      </c>
+      <c r="X176" s="14" t="n">
+        <v>848102.0</v>
+      </c>
+      <c r="Y176" s="14" t="n">
+        <v>833590.0</v>
+      </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>1.6147043E7</v>
+        <v>819527.0</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>1.4226621E7</v>
+        <v>748758.0</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>1.6082541E7</v>
+        <v>673588.0</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>1.5645552E7</v>
+        <v>644258.0</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>1.5483683E7</v>
+        <v>709238.0</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>1.4179631E7</v>
+        <v>645261.0</v>
+      </c>
+      <c r="H177" s="14" t="n">
+        <v>611611.0</v>
+      </c>
+      <c r="I177" s="14" t="n">
+        <v>660574.0</v>
+      </c>
+      <c r="J177" s="14" t="n">
+        <v>642749.0</v>
+      </c>
+      <c r="K177" s="14" t="n">
+        <v>623308.0</v>
+      </c>
+      <c r="L177" s="14" t="n">
+        <v>633894.0</v>
+      </c>
+      <c r="M177" s="14" t="n">
+        <v>781135.0</v>
+      </c>
+      <c r="N177" s="14" t="n">
+        <v>954866.0</v>
+      </c>
+      <c r="O177" s="14" t="n">
+        <v>1149233.0</v>
+      </c>
+      <c r="P177" s="14" t="n">
+        <v>1223830.0</v>
+      </c>
+      <c r="Q177" s="14" t="n">
+        <v>1453646.0</v>
+      </c>
+      <c r="R177" s="14" t="n">
+        <v>1462794.0</v>
+      </c>
+      <c r="S177" s="14" t="n">
+        <v>1368213.0</v>
+      </c>
+      <c r="T177" s="14" t="n">
+        <v>1138912.0</v>
+      </c>
+      <c r="U177" s="14" t="n">
+        <v>1010924.0</v>
+      </c>
+      <c r="V177" s="14" t="n">
+        <v>828367.0</v>
+      </c>
+      <c r="W177" s="14" t="n">
+        <v>778273.0</v>
+      </c>
+      <c r="X177" s="14" t="n">
+        <v>700990.0</v>
+      </c>
+      <c r="Y177" s="14" t="n">
+        <v>631927.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B178" s="14" t="n">
-        <v>429078.0</v>
+        <v>2368636.0</v>
       </c>
       <c r="C178" s="14" t="n">
-        <v>394736.0</v>
+        <v>2088084.0</v>
       </c>
       <c r="D178" s="14" t="n">
-        <v>366391.0</v>
+        <v>1937212.0</v>
       </c>
       <c r="E178" s="14" t="n">
-        <v>317347.0</v>
+        <v>1799538.0</v>
       </c>
       <c r="F178" s="14" t="n">
-        <v>363050.0</v>
+        <v>2132209.0</v>
       </c>
       <c r="G178" s="14" t="n">
-        <v>351937.0</v>
+        <v>2020519.0</v>
+      </c>
+      <c r="H178" s="14" t="n">
+        <v>1926328.0</v>
+      </c>
+      <c r="I178" s="14" t="n">
+        <v>1858124.0</v>
+      </c>
+      <c r="J178" s="14" t="n">
+        <v>1934946.0</v>
+      </c>
+      <c r="K178" s="14" t="n">
+        <v>1877342.0</v>
+      </c>
+      <c r="L178" s="14" t="n">
+        <v>1820830.0</v>
+      </c>
+      <c r="M178" s="14" t="n">
+        <v>1917776.0</v>
+      </c>
+      <c r="N178" s="14" t="n">
+        <v>1927039.0</v>
+      </c>
+      <c r="O178" s="14" t="n">
+        <v>1849817.0</v>
+      </c>
+      <c r="P178" s="14" t="n">
+        <v>1745858.0</v>
+      </c>
+      <c r="Q178" s="14" t="n">
+        <v>1793767.0</v>
+      </c>
+      <c r="R178" s="14" t="n">
+        <v>1722026.0</v>
+      </c>
+      <c r="S178" s="14" t="n">
+        <v>1594169.0</v>
+      </c>
+      <c r="T178" s="14" t="n">
+        <v>1450850.0</v>
+      </c>
+      <c r="U178" s="14" t="n">
+        <v>1366759.0</v>
+      </c>
+      <c r="V178" s="14" t="n">
+        <v>1270687.0</v>
+      </c>
+      <c r="W178" s="14" t="n">
+        <v>1191654.0</v>
+      </c>
+      <c r="X178" s="14" t="n">
+        <v>1115001.0</v>
+      </c>
+      <c r="Y178" s="14" t="n">
+        <v>978446.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>5233733.0</v>
+        <v>2049830.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>4312375.0</v>
+        <v>1797182.0</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>4928270.0</v>
+        <v>1675410.0</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>4963664.0</v>
+        <v>1626380.0</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>5126776.0</v>
+        <v>1634824.0</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>4330597.0</v>
+        <v>1594817.0</v>
+      </c>
+      <c r="H179" s="14" t="n">
+        <v>1524001.0</v>
+      </c>
+      <c r="I179" s="14" t="n">
+        <v>1503293.0</v>
+      </c>
+      <c r="J179" s="14" t="n">
+        <v>1495162.0</v>
+      </c>
+      <c r="K179" s="14" t="n">
+        <v>1507213.0</v>
+      </c>
+      <c r="L179" s="14" t="n">
+        <v>1497055.0</v>
+      </c>
+      <c r="M179" s="14" t="n">
+        <v>1475962.0</v>
+      </c>
+      <c r="N179" s="14" t="n">
+        <v>1472541.0</v>
+      </c>
+      <c r="O179" s="14" t="n">
+        <v>1440980.0</v>
+      </c>
+      <c r="P179" s="14" t="n">
+        <v>1424083.0</v>
+      </c>
+      <c r="Q179" s="14" t="n">
+        <v>1409711.0</v>
+      </c>
+      <c r="R179" s="14" t="n">
+        <v>1321765.0</v>
+      </c>
+      <c r="S179" s="14" t="n">
+        <v>1157853.0</v>
+      </c>
+      <c r="T179" s="14" t="n">
+        <v>987917.0</v>
+      </c>
+      <c r="U179" s="14" t="n">
+        <v>874645.0</v>
+      </c>
+      <c r="V179" s="14" t="n">
+        <v>816215.0</v>
+      </c>
+      <c r="W179" s="14" t="n">
+        <v>749962.0</v>
+      </c>
+      <c r="X179" s="14" t="n">
+        <v>669288.0</v>
+      </c>
+      <c r="Y179" s="14" t="n">
+        <v>589747.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>4811949.0</v>
+        <v>2633063.0</v>
       </c>
       <c r="C180" s="14" t="n">
-        <v>3975218.0</v>
+        <v>2502485.0</v>
       </c>
       <c r="D180" s="14" t="n">
-        <v>4574401.0</v>
+        <v>2390349.0</v>
       </c>
       <c r="E180" s="14" t="n">
-        <v>4582461.0</v>
+        <v>2493767.0</v>
       </c>
       <c r="F180" s="14" t="n">
-        <v>4691777.0</v>
+        <v>2496227.0</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>3901906.0</v>
+        <v>2417889.0</v>
+      </c>
+      <c r="H180" s="14" t="n">
+        <v>2336105.0</v>
+      </c>
+      <c r="I180" s="14" t="n">
+        <v>2210245.0</v>
+      </c>
+      <c r="J180" s="14" t="n">
+        <v>2150754.0</v>
+      </c>
+      <c r="K180" s="14" t="n">
+        <v>2069862.0</v>
+      </c>
+      <c r="L180" s="14" t="n">
+        <v>2050720.0</v>
+      </c>
+      <c r="M180" s="14" t="n">
+        <v>2080847.0</v>
+      </c>
+      <c r="N180" s="14" t="n">
+        <v>2299994.0</v>
+      </c>
+      <c r="O180" s="14" t="n">
+        <v>2348362.0</v>
+      </c>
+      <c r="P180" s="14" t="n">
+        <v>2315106.0</v>
+      </c>
+      <c r="Q180" s="14" t="n">
+        <v>2152573.0</v>
+      </c>
+      <c r="R180" s="14" t="n">
+        <v>1938676.0</v>
+      </c>
+      <c r="S180" s="14" t="n">
+        <v>1754903.0</v>
+      </c>
+      <c r="T180" s="14" t="n">
+        <v>1612901.0</v>
+      </c>
+      <c r="U180" s="14" t="n">
+        <v>1603871.0</v>
+      </c>
+      <c r="V180" s="14" t="n">
+        <v>1497224.0</v>
+      </c>
+      <c r="W180" s="14" t="n">
+        <v>1281188.0</v>
+      </c>
+      <c r="X180" s="14" t="n">
+        <v>1171982.0</v>
+      </c>
+      <c r="Y180" s="14" t="n">
+        <v>1047292.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>758542.0</v>
+        <v>1.1358567E7</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>749752.0</v>
+        <v>1.1170518E7</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>889592.0</v>
+        <v>9489625.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>801525.0</v>
+        <v>9278505.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>786759.0</v>
+        <v>9981902.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>691647.0</v>
+        <v>9859592.0</v>
+      </c>
+      <c r="H181" s="14" t="n">
+        <v>9680700.0</v>
+      </c>
+      <c r="I181" s="14" t="n">
+        <v>9377496.0</v>
+      </c>
+      <c r="J181" s="14" t="n">
+        <v>9157396.0</v>
+      </c>
+      <c r="K181" s="14" t="n">
+        <v>8489046.0</v>
+      </c>
+      <c r="L181" s="14" t="n">
+        <v>8743872.0</v>
+      </c>
+      <c r="M181" s="14" t="n">
+        <v>9094430.0</v>
+      </c>
+      <c r="N181" s="14" t="n">
+        <v>9433364.0</v>
+      </c>
+      <c r="O181" s="14" t="n">
+        <v>9455672.0</v>
+      </c>
+      <c r="P181" s="14" t="n">
+        <v>9502555.0</v>
+      </c>
+      <c r="Q181" s="14" t="n">
+        <v>9781745.0</v>
+      </c>
+      <c r="R181" s="14" t="n">
+        <v>9237934.0</v>
+      </c>
+      <c r="S181" s="14" t="n">
+        <v>8395223.0</v>
+      </c>
+      <c r="T181" s="14" t="n">
+        <v>7808694.0</v>
+      </c>
+      <c r="U181" s="14" t="n">
+        <v>7497701.0</v>
+      </c>
+      <c r="V181" s="14" t="n">
+        <v>7000529.0</v>
+      </c>
+      <c r="W181" s="14" t="n">
+        <v>6405058.0</v>
+      </c>
+      <c r="X181" s="14" t="n">
+        <v>5917526.0</v>
+      </c>
+      <c r="Y181" s="14" t="n">
+        <v>5567996.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B182" s="14" t="n">
-        <v>2930316.0</v>
+        <v>1088776.0</v>
       </c>
       <c r="C182" s="14" t="n">
-        <v>2492836.0</v>
+        <v>1078560.0</v>
       </c>
       <c r="D182" s="14" t="n">
-        <v>3183379.0</v>
+        <v>991546.0</v>
       </c>
       <c r="E182" s="14" t="n">
-        <v>3048536.0</v>
+        <v>904059.0</v>
       </c>
       <c r="F182" s="14" t="n">
-        <v>2948273.0</v>
+        <v>1034098.0</v>
       </c>
       <c r="G182" s="14" t="n">
-        <v>2859925.0</v>
+        <v>1047076.0</v>
+      </c>
+      <c r="H182" s="14" t="n">
+        <v>1009471.0</v>
+      </c>
+      <c r="I182" s="14" t="n">
+        <v>967979.0</v>
+      </c>
+      <c r="J182" s="14" t="n">
+        <v>933265.0</v>
+      </c>
+      <c r="K182" s="14" t="n">
+        <v>844091.0</v>
+      </c>
+      <c r="L182" s="14" t="n">
+        <v>836506.0</v>
+      </c>
+      <c r="M182" s="14" t="n">
+        <v>806003.0</v>
+      </c>
+      <c r="N182" s="14" t="n">
+        <v>813966.0</v>
+      </c>
+      <c r="O182" s="14" t="n">
+        <v>848265.0</v>
+      </c>
+      <c r="P182" s="14" t="n">
+        <v>646622.0</v>
+      </c>
+      <c r="Q182" s="14" t="n">
+        <v>844284.0</v>
+      </c>
+      <c r="R182" s="14" t="n">
+        <v>1031387.0</v>
+      </c>
+      <c r="S182" s="14" t="n">
+        <v>1016874.0</v>
+      </c>
+      <c r="T182" s="14" t="n">
+        <v>907055.0</v>
+      </c>
+      <c r="U182" s="14" t="n">
+        <v>827630.0</v>
+      </c>
+      <c r="V182" s="14" t="n">
+        <v>730794.0</v>
+      </c>
+      <c r="W182" s="14" t="n">
+        <v>634012.0</v>
+      </c>
+      <c r="X182" s="14" t="n">
+        <v>586277.0</v>
+      </c>
+      <c r="Y182" s="14" t="n">
+        <v>568408.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>2748923.0</v>
+        <v>1.2447343E7</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>2600229.0</v>
+        <v>1.2249078E7</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>2651625.0</v>
+        <v>1.0481171E7</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>2563454.0</v>
+        <v>1.0182564E7</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>2447368.0</v>
+        <v>1.1016E7</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>2360795.0</v>
+        <v>1.0906668E7</v>
+      </c>
+      <c r="H183" s="14" t="n">
+        <v>1.0690171E7</v>
+      </c>
+      <c r="I183" s="14" t="n">
+        <v>1.0345475E7</v>
+      </c>
+      <c r="J183" s="14" t="n">
+        <v>1.0090661E7</v>
+      </c>
+      <c r="K183" s="14" t="n">
+        <v>9333137.0</v>
+      </c>
+      <c r="L183" s="14" t="n">
+        <v>9580378.0</v>
+      </c>
+      <c r="M183" s="14" t="n">
+        <v>9900433.0</v>
+      </c>
+      <c r="N183" s="14" t="n">
+        <v>1.024733E7</v>
+      </c>
+      <c r="O183" s="14" t="n">
+        <v>1.0303937E7</v>
+      </c>
+      <c r="P183" s="14" t="n">
+        <v>1.0149177E7</v>
+      </c>
+      <c r="Q183" s="14" t="n">
+        <v>1.0626029E7</v>
+      </c>
+      <c r="R183" s="14" t="n">
+        <v>1.0269321E7</v>
+      </c>
+      <c r="S183" s="14" t="n">
+        <v>9412097.0</v>
+      </c>
+      <c r="T183" s="14" t="n">
+        <v>8715749.0</v>
+      </c>
+      <c r="U183" s="14" t="n">
+        <v>8325331.0</v>
+      </c>
+      <c r="V183" s="14" t="n">
+        <v>7731323.0</v>
+      </c>
+      <c r="W183" s="14" t="n">
+        <v>7039070.0</v>
+      </c>
+      <c r="X183" s="14" t="n">
+        <v>6503803.0</v>
+      </c>
+      <c r="Y183" s="14" t="n">
+        <v>6136404.0</v>
       </c>
     </row>
     <row r="184">
-      <c r="A184" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A184" s="6" t="inlineStr">
+        <is>
+          <t>14 Córdoba</t>
+        </is>
+      </c>
+      <c r="B184" s="6"/>
+      <c r="C184" s="6"/>
+      <c r="D184" s="6"/>
+      <c r="E184" s="6"/>
+      <c r="F184" s="6"/>
+      <c r="G184" s="6"/>
+      <c r="H184" s="6"/>
+      <c r="I184" s="6"/>
+      <c r="J184" s="6"/>
+      <c r="K184" s="6"/>
+      <c r="L184" s="6"/>
+      <c r="M184" s="6"/>
+      <c r="N184" s="6"/>
+      <c r="O184" s="6"/>
+      <c r="P184" s="6"/>
+      <c r="Q184" s="6"/>
+      <c r="R184" s="6"/>
+      <c r="S184" s="6"/>
+      <c r="T184" s="6"/>
+      <c r="U184" s="6"/>
+      <c r="V184" s="6"/>
+      <c r="W184" s="6"/>
+      <c r="X184" s="6"/>
+      <c r="Y184" s="6"/>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>1.4608854E7</v>
+        <v>1480418.0</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>1.2981657E7</v>
+        <v>1147166.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>1.4586073E7</v>
+        <v>1493209.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>1.4157554E7</v>
+        <v>1137973.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>1.403537E7</v>
+        <v>876488.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>1.2866357E7</v>
+        <v>1363672.0</v>
+      </c>
+      <c r="H185" s="14" t="n">
+        <v>1340023.0</v>
+      </c>
+      <c r="I185" s="14" t="n">
+        <v>1168321.0</v>
+      </c>
+      <c r="J185" s="14" t="n">
+        <v>1062850.0</v>
+      </c>
+      <c r="K185" s="14" t="n">
+        <v>768788.0</v>
+      </c>
+      <c r="L185" s="14" t="n">
+        <v>856418.0</v>
+      </c>
+      <c r="M185" s="14" t="n">
+        <v>574363.0</v>
+      </c>
+      <c r="N185" s="14" t="n">
+        <v>825690.0</v>
+      </c>
+      <c r="O185" s="14" t="n">
+        <v>835724.0</v>
+      </c>
+      <c r="P185" s="14" t="n">
+        <v>777731.0</v>
+      </c>
+      <c r="Q185" s="14" t="n">
+        <v>820946.0</v>
+      </c>
+      <c r="R185" s="14" t="n">
+        <v>947706.0</v>
+      </c>
+      <c r="S185" s="14" t="n">
+        <v>878193.0</v>
+      </c>
+      <c r="T185" s="14" t="n">
+        <v>848989.0</v>
+      </c>
+      <c r="U185" s="14" t="n">
+        <v>874713.0</v>
+      </c>
+      <c r="V185" s="14" t="n">
+        <v>918812.0</v>
+      </c>
+      <c r="W185" s="14" t="n">
+        <v>816945.0</v>
+      </c>
+      <c r="X185" s="14" t="n">
+        <v>795009.0</v>
+      </c>
+      <c r="Y185" s="14" t="n">
+        <v>706372.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>1538189.0</v>
+        <v>2187411.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>1244964.0</v>
+        <v>2047218.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>1496468.0</v>
+        <v>1715243.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>1487998.0</v>
+        <v>1304886.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>1448313.0</v>
+        <v>1418013.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>1313274.0</v>
+        <v>1340446.0</v>
+      </c>
+      <c r="H186" s="14" t="n">
+        <v>1512323.0</v>
+      </c>
+      <c r="I186" s="14" t="n">
+        <v>1524606.0</v>
+      </c>
+      <c r="J186" s="14" t="n">
+        <v>1566360.0</v>
+      </c>
+      <c r="K186" s="14" t="n">
+        <v>1543785.0</v>
+      </c>
+      <c r="L186" s="14" t="n">
+        <v>1484969.0</v>
+      </c>
+      <c r="M186" s="14" t="n">
+        <v>1508043.0</v>
+      </c>
+      <c r="N186" s="14" t="n">
+        <v>1606921.0</v>
+      </c>
+      <c r="O186" s="14" t="n">
+        <v>1757201.0</v>
+      </c>
+      <c r="P186" s="14" t="n">
+        <v>1737376.0</v>
+      </c>
+      <c r="Q186" s="14" t="n">
+        <v>1879789.0</v>
+      </c>
+      <c r="R186" s="14" t="n">
+        <v>1819715.0</v>
+      </c>
+      <c r="S186" s="14" t="n">
+        <v>1706547.0</v>
+      </c>
+      <c r="T186" s="14" t="n">
+        <v>1610462.0</v>
+      </c>
+      <c r="U186" s="14" t="n">
+        <v>1479969.0</v>
+      </c>
+      <c r="V186" s="14" t="n">
+        <v>1486183.0</v>
+      </c>
+      <c r="W186" s="14" t="n">
+        <v>1401071.0</v>
+      </c>
+      <c r="X186" s="14" t="n">
+        <v>1352817.0</v>
+      </c>
+      <c r="Y186" s="14" t="n">
+        <v>1246207.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>1.6147043E7</v>
+        <v>1785904.0</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>1.4226621E7</v>
+        <v>1572412.0</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>1.6082541E7</v>
+        <v>1347297.0</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>1.5645552E7</v>
+        <v>1013871.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>1.5483683E7</v>
+        <v>1042489.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>1.4179631E7</v>
+        <v>951328.0</v>
+      </c>
+      <c r="H187" s="14" t="n">
+        <v>1016359.0</v>
+      </c>
+      <c r="I187" s="14" t="n">
+        <v>1040542.0</v>
+      </c>
+      <c r="J187" s="14" t="n">
+        <v>1056527.0</v>
+      </c>
+      <c r="K187" s="14" t="n">
+        <v>1049478.0</v>
+      </c>
+      <c r="L187" s="14" t="n">
+        <v>1003626.0</v>
+      </c>
+      <c r="M187" s="14" t="n">
+        <v>1026403.0</v>
+      </c>
+      <c r="N187" s="14" t="n">
+        <v>1130422.0</v>
+      </c>
+      <c r="O187" s="14" t="n">
+        <v>1279434.0</v>
+      </c>
+      <c r="P187" s="14" t="n">
+        <v>1324394.0</v>
+      </c>
+      <c r="Q187" s="14" t="n">
+        <v>1489591.0</v>
+      </c>
+      <c r="R187" s="14" t="n">
+        <v>1452911.0</v>
+      </c>
+      <c r="S187" s="14" t="n">
+        <v>1362089.0</v>
+      </c>
+      <c r="T187" s="14" t="n">
+        <v>1294003.0</v>
+      </c>
+      <c r="U187" s="14" t="n">
+        <v>1199061.0</v>
+      </c>
+      <c r="V187" s="14" t="n">
+        <v>1235576.0</v>
+      </c>
+      <c r="W187" s="14" t="n">
+        <v>1157492.0</v>
+      </c>
+      <c r="X187" s="14" t="n">
+        <v>1130742.0</v>
+      </c>
+      <c r="Y187" s="14" t="n">
+        <v>1031707.0</v>
       </c>
     </row>
     <row r="188">
-      <c r="A188" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G188" s="6"/>
+      <c r="A188" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    F. Construcción</t>
+        </is>
+      </c>
+      <c r="B188" s="14" t="n">
+        <v>1058903.0</v>
+      </c>
+      <c r="C188" s="14" t="n">
+        <v>977583.0</v>
+      </c>
+      <c r="D188" s="14" t="n">
+        <v>804433.0</v>
+      </c>
+      <c r="E188" s="14" t="n">
+        <v>722445.0</v>
+      </c>
+      <c r="F188" s="14" t="n">
+        <v>829217.0</v>
+      </c>
+      <c r="G188" s="14" t="n">
+        <v>786977.0</v>
+      </c>
+      <c r="H188" s="14" t="n">
+        <v>786831.0</v>
+      </c>
+      <c r="I188" s="14" t="n">
+        <v>748390.0</v>
+      </c>
+      <c r="J188" s="14" t="n">
+        <v>771522.0</v>
+      </c>
+      <c r="K188" s="14" t="n">
+        <v>772766.0</v>
+      </c>
+      <c r="L188" s="14" t="n">
+        <v>803687.0</v>
+      </c>
+      <c r="M188" s="14" t="n">
+        <v>934585.0</v>
+      </c>
+      <c r="N188" s="14" t="n">
+        <v>1072357.0</v>
+      </c>
+      <c r="O188" s="14" t="n">
+        <v>1195384.0</v>
+      </c>
+      <c r="P188" s="14" t="n">
+        <v>1471040.0</v>
+      </c>
+      <c r="Q188" s="14" t="n">
+        <v>1674955.0</v>
+      </c>
+      <c r="R188" s="14" t="n">
+        <v>1620719.0</v>
+      </c>
+      <c r="S188" s="14" t="n">
+        <v>1495302.0</v>
+      </c>
+      <c r="T188" s="14" t="n">
+        <v>1278141.0</v>
+      </c>
+      <c r="U188" s="14" t="n">
+        <v>1172862.0</v>
+      </c>
+      <c r="V188" s="14" t="n">
+        <v>1091405.0</v>
+      </c>
+      <c r="W188" s="14" t="n">
+        <v>1040739.0</v>
+      </c>
+      <c r="X188" s="14" t="n">
+        <v>846053.0</v>
+      </c>
+      <c r="Y188" s="14" t="n">
+        <v>748823.0</v>
+      </c>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>1.0832838E7</v>
+        <v>3082326.0</v>
       </c>
       <c r="C189" s="14" t="n">
-        <v>9995769.0</v>
+        <v>2809594.0</v>
       </c>
       <c r="D189" s="14" t="n">
-        <v>1.0769403E7</v>
+        <v>2490125.0</v>
       </c>
       <c r="E189" s="14" t="n">
-        <v>1.0710723E7</v>
+        <v>2297216.0</v>
       </c>
       <c r="F189" s="14" t="n">
-        <v>1.0453734E7</v>
+        <v>3084353.0</v>
       </c>
       <c r="G189" s="14" t="n">
-        <v>1.0118184E7</v>
+        <v>2984161.0</v>
+      </c>
+      <c r="H189" s="14" t="n">
+        <v>2923340.0</v>
+      </c>
+      <c r="I189" s="14" t="n">
+        <v>2750659.0</v>
+      </c>
+      <c r="J189" s="14" t="n">
+        <v>2767808.0</v>
+      </c>
+      <c r="K189" s="14" t="n">
+        <v>2628479.0</v>
+      </c>
+      <c r="L189" s="14" t="n">
+        <v>2604966.0</v>
+      </c>
+      <c r="M189" s="14" t="n">
+        <v>2680501.0</v>
+      </c>
+      <c r="N189" s="14" t="n">
+        <v>2724710.0</v>
+      </c>
+      <c r="O189" s="14" t="n">
+        <v>2599407.0</v>
+      </c>
+      <c r="P189" s="14" t="n">
+        <v>2644713.0</v>
+      </c>
+      <c r="Q189" s="14" t="n">
+        <v>2706011.0</v>
+      </c>
+      <c r="R189" s="14" t="n">
+        <v>2630274.0</v>
+      </c>
+      <c r="S189" s="14" t="n">
+        <v>2486247.0</v>
+      </c>
+      <c r="T189" s="14" t="n">
+        <v>2350010.0</v>
+      </c>
+      <c r="U189" s="14" t="n">
+        <v>2315914.0</v>
+      </c>
+      <c r="V189" s="14" t="n">
+        <v>2138975.0</v>
+      </c>
+      <c r="W189" s="14" t="n">
+        <v>1991132.0</v>
+      </c>
+      <c r="X189" s="14" t="n">
+        <v>1861115.0</v>
+      </c>
+      <c r="Y189" s="14" t="n">
+        <v>1829617.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>962771.0</v>
+        <v>3532205.0</v>
       </c>
       <c r="C190" s="14" t="n">
-        <v>1067394.0</v>
+        <v>3057824.0</v>
       </c>
       <c r="D190" s="14" t="n">
-        <v>868740.0</v>
+        <v>2804916.0</v>
       </c>
       <c r="E190" s="14" t="n">
-        <v>1188504.0</v>
+        <v>2703658.0</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>1130161.0</v>
+        <v>2762338.0</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>1100007.0</v>
+        <v>2654920.0</v>
+      </c>
+      <c r="H190" s="14" t="n">
+        <v>2524724.0</v>
+      </c>
+      <c r="I190" s="14" t="n">
+        <v>2459298.0</v>
+      </c>
+      <c r="J190" s="14" t="n">
+        <v>2449128.0</v>
+      </c>
+      <c r="K190" s="14" t="n">
+        <v>2465843.0</v>
+      </c>
+      <c r="L190" s="14" t="n">
+        <v>2413142.0</v>
+      </c>
+      <c r="M190" s="14" t="n">
+        <v>2411275.0</v>
+      </c>
+      <c r="N190" s="14" t="n">
+        <v>2426149.0</v>
+      </c>
+      <c r="O190" s="14" t="n">
+        <v>2367627.0</v>
+      </c>
+      <c r="P190" s="14" t="n">
+        <v>2454981.0</v>
+      </c>
+      <c r="Q190" s="14" t="n">
+        <v>2452806.0</v>
+      </c>
+      <c r="R190" s="14" t="n">
+        <v>2342212.0</v>
+      </c>
+      <c r="S190" s="14" t="n">
+        <v>2023042.0</v>
+      </c>
+      <c r="T190" s="14" t="n">
+        <v>1789152.0</v>
+      </c>
+      <c r="U190" s="14" t="n">
+        <v>1632979.0</v>
+      </c>
+      <c r="V190" s="14" t="n">
+        <v>1425695.0</v>
+      </c>
+      <c r="W190" s="14" t="n">
+        <v>1267373.0</v>
+      </c>
+      <c r="X190" s="14" t="n">
+        <v>1154128.0</v>
+      </c>
+      <c r="Y190" s="14" t="n">
+        <v>1093686.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>1830190.0</v>
+        <v>4369978.0</v>
       </c>
       <c r="C191" s="14" t="n">
-        <v>1425229.0</v>
+        <v>4112450.0</v>
       </c>
       <c r="D191" s="14" t="n">
-        <v>1844805.0</v>
+        <v>3831322.0</v>
       </c>
       <c r="E191" s="14" t="n">
-        <v>1758526.0</v>
+        <v>3805491.0</v>
       </c>
       <c r="F191" s="14" t="n">
-        <v>1870995.0</v>
+        <v>3929445.0</v>
       </c>
       <c r="G191" s="14" t="n">
-        <v>1792103.0</v>
+        <v>3789218.0</v>
+      </c>
+      <c r="H191" s="14" t="n">
+        <v>3691313.0</v>
+      </c>
+      <c r="I191" s="14" t="n">
+        <v>3644170.0</v>
+      </c>
+      <c r="J191" s="14" t="n">
+        <v>3499311.0</v>
+      </c>
+      <c r="K191" s="14" t="n">
+        <v>3285706.0</v>
+      </c>
+      <c r="L191" s="14" t="n">
+        <v>3285626.0</v>
+      </c>
+      <c r="M191" s="14" t="n">
+        <v>3282409.0</v>
+      </c>
+      <c r="N191" s="14" t="n">
+        <v>3454874.0</v>
+      </c>
+      <c r="O191" s="14" t="n">
+        <v>3473079.0</v>
+      </c>
+      <c r="P191" s="14" t="n">
+        <v>3485117.0</v>
+      </c>
+      <c r="Q191" s="14" t="n">
+        <v>3292732.0</v>
+      </c>
+      <c r="R191" s="14" t="n">
+        <v>2994780.0</v>
+      </c>
+      <c r="S191" s="14" t="n">
+        <v>2774765.0</v>
+      </c>
+      <c r="T191" s="14" t="n">
+        <v>2550060.0</v>
+      </c>
+      <c r="U191" s="14" t="n">
+        <v>2371314.0</v>
+      </c>
+      <c r="V191" s="14" t="n">
+        <v>2051201.0</v>
+      </c>
+      <c r="W191" s="14" t="n">
+        <v>1828490.0</v>
+      </c>
+      <c r="X191" s="14" t="n">
+        <v>1874656.0</v>
+      </c>
+      <c r="Y191" s="14" t="n">
+        <v>1798991.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>1547223.0</v>
+        <v>1.5711241E7</v>
       </c>
       <c r="C192" s="14" t="n">
-        <v>1184306.0</v>
+        <v>1.4151835E7</v>
       </c>
       <c r="D192" s="14" t="n">
-        <v>1589514.0</v>
+        <v>1.3139248E7</v>
       </c>
       <c r="E192" s="14" t="n">
-        <v>1551914.0</v>
+        <v>1.1971669E7</v>
       </c>
       <c r="F192" s="14" t="n">
-        <v>1609039.0</v>
+        <v>1.2899854E7</v>
       </c>
       <c r="G192" s="14" t="n">
-        <v>1519471.0</v>
+        <v>1.2919394E7</v>
+      </c>
+      <c r="H192" s="14" t="n">
+        <v>1.2778554E7</v>
+      </c>
+      <c r="I192" s="14" t="n">
+        <v>1.2295444E7</v>
+      </c>
+      <c r="J192" s="14" t="n">
+        <v>1.2116979E7</v>
+      </c>
+      <c r="K192" s="14" t="n">
+        <v>1.1465367E7</v>
+      </c>
+      <c r="L192" s="14" t="n">
+        <v>1.1448808E7</v>
+      </c>
+      <c r="M192" s="14" t="n">
+        <v>1.1391176E7</v>
+      </c>
+      <c r="N192" s="14" t="n">
+        <v>1.2110701E7</v>
+      </c>
+      <c r="O192" s="14" t="n">
+        <v>1.2228422E7</v>
+      </c>
+      <c r="P192" s="14" t="n">
+        <v>1.2570958E7</v>
+      </c>
+      <c r="Q192" s="14" t="n">
+        <v>1.2827239E7</v>
+      </c>
+      <c r="R192" s="14" t="n">
+        <v>1.2355406E7</v>
+      </c>
+      <c r="S192" s="14" t="n">
+        <v>1.1364096E7</v>
+      </c>
+      <c r="T192" s="14" t="n">
+        <v>1.0426814E7</v>
+      </c>
+      <c r="U192" s="14" t="n">
+        <v>9847751.0</v>
+      </c>
+      <c r="V192" s="14" t="n">
+        <v>9112271.0</v>
+      </c>
+      <c r="W192" s="14" t="n">
+        <v>8345750.0</v>
+      </c>
+      <c r="X192" s="14" t="n">
+        <v>7883778.0</v>
+      </c>
+      <c r="Y192" s="14" t="n">
+        <v>7423696.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B193" s="14" t="n">
-        <v>660968.0</v>
+        <v>1506002.0</v>
       </c>
       <c r="C193" s="14" t="n">
-        <v>635088.0</v>
+        <v>1366419.0</v>
       </c>
       <c r="D193" s="14" t="n">
-        <v>697770.0</v>
+        <v>1372885.0</v>
       </c>
       <c r="E193" s="14" t="n">
-        <v>634697.0</v>
+        <v>1162841.0</v>
       </c>
       <c r="F193" s="14" t="n">
-        <v>605461.0</v>
+        <v>1337374.0</v>
       </c>
       <c r="G193" s="14" t="n">
-        <v>650532.0</v>
+        <v>1372989.0</v>
+      </c>
+      <c r="H193" s="14" t="n">
+        <v>1334468.0</v>
+      </c>
+      <c r="I193" s="14" t="n">
+        <v>1271869.0</v>
+      </c>
+      <c r="J193" s="14" t="n">
+        <v>1237284.0</v>
+      </c>
+      <c r="K193" s="14" t="n">
+        <v>1139385.0</v>
+      </c>
+      <c r="L193" s="14" t="n">
+        <v>1093445.0</v>
+      </c>
+      <c r="M193" s="14" t="n">
+        <v>1007825.0</v>
+      </c>
+      <c r="N193" s="14" t="n">
+        <v>1046545.0</v>
+      </c>
+      <c r="O193" s="14" t="n">
+        <v>1098125.0</v>
+      </c>
+      <c r="P193" s="14" t="n">
+        <v>856797.0</v>
+      </c>
+      <c r="Q193" s="14" t="n">
+        <v>1108446.0</v>
+      </c>
+      <c r="R193" s="14" t="n">
+        <v>1379430.0</v>
+      </c>
+      <c r="S193" s="14" t="n">
+        <v>1374295.0</v>
+      </c>
+      <c r="T193" s="14" t="n">
+        <v>1212213.0</v>
+      </c>
+      <c r="U193" s="14" t="n">
+        <v>1088351.0</v>
+      </c>
+      <c r="V193" s="14" t="n">
+        <v>949478.0</v>
+      </c>
+      <c r="W193" s="14" t="n">
+        <v>825167.0</v>
+      </c>
+      <c r="X193" s="14" t="n">
+        <v>778448.0</v>
+      </c>
+      <c r="Y193" s="14" t="n">
+        <v>757111.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>2003563.0</v>
+        <v>1.7217243E7</v>
       </c>
       <c r="C194" s="14" t="n">
-        <v>1764264.0</v>
+        <v>1.5518254E7</v>
       </c>
       <c r="D194" s="14" t="n">
-        <v>2097107.0</v>
+        <v>1.4512133E7</v>
       </c>
       <c r="E194" s="14" t="n">
-        <v>1974176.0</v>
+        <v>1.313451E7</v>
       </c>
       <c r="F194" s="14" t="n">
-        <v>1890531.0</v>
+        <v>1.4237228E7</v>
       </c>
       <c r="G194" s="14" t="n">
-        <v>1817446.0</v>
+        <v>1.4292383E7</v>
+      </c>
+      <c r="H194" s="14" t="n">
+        <v>1.4113022E7</v>
+      </c>
+      <c r="I194" s="14" t="n">
+        <v>1.3567313E7</v>
+      </c>
+      <c r="J194" s="14" t="n">
+        <v>1.3354263E7</v>
+      </c>
+      <c r="K194" s="14" t="n">
+        <v>1.2604752E7</v>
+      </c>
+      <c r="L194" s="14" t="n">
+        <v>1.2542253E7</v>
+      </c>
+      <c r="M194" s="14" t="n">
+        <v>1.2399001E7</v>
+      </c>
+      <c r="N194" s="14" t="n">
+        <v>1.3157246E7</v>
+      </c>
+      <c r="O194" s="14" t="n">
+        <v>1.3326547E7</v>
+      </c>
+      <c r="P194" s="14" t="n">
+        <v>1.3427755E7</v>
+      </c>
+      <c r="Q194" s="14" t="n">
+        <v>1.3935685E7</v>
+      </c>
+      <c r="R194" s="14" t="n">
+        <v>1.3734836E7</v>
+      </c>
+      <c r="S194" s="14" t="n">
+        <v>1.2738391E7</v>
+      </c>
+      <c r="T194" s="14" t="n">
+        <v>1.1639027E7</v>
+      </c>
+      <c r="U194" s="14" t="n">
+        <v>1.0936102E7</v>
+      </c>
+      <c r="V194" s="14" t="n">
+        <v>1.0061749E7</v>
+      </c>
+      <c r="W194" s="14" t="n">
+        <v>9170917.0</v>
+      </c>
+      <c r="X194" s="14" t="n">
+        <v>8662226.0</v>
+      </c>
+      <c r="Y194" s="14" t="n">
+        <v>8180807.0</v>
       </c>
     </row>
     <row r="195">
-      <c r="A195" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A195" s="6" t="inlineStr">
+        <is>
+          <t>15 Coruña, A</t>
+        </is>
+      </c>
+      <c r="B195" s="6"/>
+      <c r="C195" s="6"/>
+      <c r="D195" s="6"/>
+      <c r="E195" s="6"/>
+      <c r="F195" s="6"/>
+      <c r="G195" s="6"/>
+      <c r="H195" s="6"/>
+      <c r="I195" s="6"/>
+      <c r="J195" s="6"/>
+      <c r="K195" s="6"/>
+      <c r="L195" s="6"/>
+      <c r="M195" s="6"/>
+      <c r="N195" s="6"/>
+      <c r="O195" s="6"/>
+      <c r="P195" s="6"/>
+      <c r="Q195" s="6"/>
+      <c r="R195" s="6"/>
+      <c r="S195" s="6"/>
+      <c r="T195" s="6"/>
+      <c r="U195" s="6"/>
+      <c r="V195" s="6"/>
+      <c r="W195" s="6"/>
+      <c r="X195" s="6"/>
+      <c r="Y195" s="6"/>
     </row>
     <row r="196">
       <c r="A196" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B196" s="14" t="n">
-        <v>2628011.0</v>
+        <v>1084236.0</v>
       </c>
       <c r="C196" s="14" t="n">
-        <v>2573562.0</v>
+        <v>867635.0</v>
       </c>
       <c r="D196" s="14" t="n">
-        <v>2589507.0</v>
+        <v>1049640.0</v>
       </c>
       <c r="E196" s="14" t="n">
-        <v>2508097.0</v>
+        <v>934838.0</v>
       </c>
       <c r="F196" s="14" t="n">
-        <v>2417615.0</v>
+        <v>1017276.0</v>
       </c>
       <c r="G196" s="14" t="n">
-        <v>2279520.0</v>
+        <v>1017210.0</v>
+      </c>
+      <c r="H196" s="14" t="n">
+        <v>1010001.0</v>
+      </c>
+      <c r="I196" s="14" t="n">
+        <v>1030957.0</v>
+      </c>
+      <c r="J196" s="14" t="n">
+        <v>1044910.0</v>
+      </c>
+      <c r="K196" s="14" t="n">
+        <v>947886.0</v>
+      </c>
+      <c r="L196" s="14" t="n">
+        <v>922034.0</v>
+      </c>
+      <c r="M196" s="14" t="n">
+        <v>855704.0</v>
+      </c>
+      <c r="N196" s="14" t="n">
+        <v>833951.0</v>
+      </c>
+      <c r="O196" s="14" t="n">
+        <v>885272.0</v>
+      </c>
+      <c r="P196" s="14" t="n">
+        <v>854315.0</v>
+      </c>
+      <c r="Q196" s="14" t="n">
+        <v>839049.0</v>
+      </c>
+      <c r="R196" s="14" t="n">
+        <v>868702.0</v>
+      </c>
+      <c r="S196" s="14" t="n">
+        <v>799072.0</v>
+      </c>
+      <c r="T196" s="14" t="n">
+        <v>877833.0</v>
+      </c>
+      <c r="U196" s="14" t="n">
+        <v>869389.0</v>
+      </c>
+      <c r="V196" s="14" t="n">
+        <v>866443.0</v>
+      </c>
+      <c r="W196" s="14" t="n">
+        <v>793499.0</v>
+      </c>
+      <c r="X196" s="14" t="n">
+        <v>737336.0</v>
+      </c>
+      <c r="Y196" s="14" t="n">
+        <v>708882.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>9800887.0</v>
+        <v>5882175.0</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>9121044.0</v>
+        <v>6021754.0</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>9767319.0</v>
+        <v>4135201.0</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>9692124.0</v>
+        <v>3621794.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>9475996.0</v>
+        <v>4134837.0</v>
       </c>
       <c r="G197" s="14" t="n">
-        <v>9181169.0</v>
+        <v>4181671.0</v>
+      </c>
+      <c r="H197" s="14" t="n">
+        <v>3917547.0</v>
+      </c>
+      <c r="I197" s="14" t="n">
+        <v>3847315.0</v>
+      </c>
+      <c r="J197" s="14" t="n">
+        <v>3875479.0</v>
+      </c>
+      <c r="K197" s="14" t="n">
+        <v>3510236.0</v>
+      </c>
+      <c r="L197" s="14" t="n">
+        <v>3841662.0</v>
+      </c>
+      <c r="M197" s="14" t="n">
+        <v>3850450.0</v>
+      </c>
+      <c r="N197" s="14" t="n">
+        <v>4157670.0</v>
+      </c>
+      <c r="O197" s="14" t="n">
+        <v>4182232.0</v>
+      </c>
+      <c r="P197" s="14" t="n">
+        <v>3975045.0</v>
+      </c>
+      <c r="Q197" s="14" t="n">
+        <v>4453083.0</v>
+      </c>
+      <c r="R197" s="14" t="n">
+        <v>4194931.0</v>
+      </c>
+      <c r="S197" s="14" t="n">
+        <v>3845773.0</v>
+      </c>
+      <c r="T197" s="14" t="n">
+        <v>3652119.0</v>
+      </c>
+      <c r="U197" s="14" t="n">
+        <v>3557948.0</v>
+      </c>
+      <c r="V197" s="14" t="n">
+        <v>3309043.0</v>
+      </c>
+      <c r="W197" s="14" t="n">
+        <v>3229039.0</v>
+      </c>
+      <c r="X197" s="14" t="n">
+        <v>2961282.0</v>
+      </c>
+      <c r="Y197" s="14" t="n">
+        <v>2812133.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>1031951.0</v>
+        <v>4249097.0</v>
       </c>
       <c r="C198" s="14" t="n">
-        <v>874725.0</v>
+        <v>4200338.0</v>
       </c>
       <c r="D198" s="14" t="n">
-        <v>1002084.0</v>
+        <v>2904258.0</v>
       </c>
       <c r="E198" s="14" t="n">
-        <v>1018599.0</v>
+        <v>2407476.0</v>
       </c>
       <c r="F198" s="14" t="n">
-        <v>977738.0</v>
+        <v>2946694.0</v>
       </c>
       <c r="G198" s="14" t="n">
-        <v>937015.0</v>
+        <v>2852010.0</v>
+      </c>
+      <c r="H198" s="14" t="n">
+        <v>2658740.0</v>
+      </c>
+      <c r="I198" s="14" t="n">
+        <v>2685458.0</v>
+      </c>
+      <c r="J198" s="14" t="n">
+        <v>2642604.0</v>
+      </c>
+      <c r="K198" s="14" t="n">
+        <v>2328308.0</v>
+      </c>
+      <c r="L198" s="14" t="n">
+        <v>2479620.0</v>
+      </c>
+      <c r="M198" s="14" t="n">
+        <v>2612637.0</v>
+      </c>
+      <c r="N198" s="14" t="n">
+        <v>2955221.0</v>
+      </c>
+      <c r="O198" s="14" t="n">
+        <v>2944999.0</v>
+      </c>
+      <c r="P198" s="14" t="n">
+        <v>2780961.0</v>
+      </c>
+      <c r="Q198" s="14" t="n">
+        <v>3181510.0</v>
+      </c>
+      <c r="R198" s="14" t="n">
+        <v>3072961.0</v>
+      </c>
+      <c r="S198" s="14" t="n">
+        <v>2832364.0</v>
+      </c>
+      <c r="T198" s="14" t="n">
+        <v>2650755.0</v>
+      </c>
+      <c r="U198" s="14" t="n">
+        <v>2594996.0</v>
+      </c>
+      <c r="V198" s="14" t="n">
+        <v>2320415.0</v>
+      </c>
+      <c r="W198" s="14" t="n">
+        <v>2222802.0</v>
+      </c>
+      <c r="X198" s="14" t="n">
+        <v>2024202.0</v>
+      </c>
+      <c r="Y198" s="14" t="n">
+        <v>1835696.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>1.0832838E7</v>
+        <v>2056188.0</v>
       </c>
       <c r="C199" s="14" t="n">
-        <v>9995769.0</v>
+        <v>1965382.0</v>
       </c>
       <c r="D199" s="14" t="n">
-        <v>1.0769403E7</v>
+        <v>1784878.0</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>1.0710723E7</v>
+        <v>1733603.0</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>1.0453734E7</v>
+        <v>1909753.0</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>1.0118184E7</v>
+        <v>1737354.0</v>
+      </c>
+      <c r="H199" s="14" t="n">
+        <v>1697864.0</v>
+      </c>
+      <c r="I199" s="14" t="n">
+        <v>1614402.0</v>
+      </c>
+      <c r="J199" s="14" t="n">
+        <v>1550290.0</v>
+      </c>
+      <c r="K199" s="14" t="n">
+        <v>1429497.0</v>
+      </c>
+      <c r="L199" s="14" t="n">
+        <v>1454665.0</v>
+      </c>
+      <c r="M199" s="14" t="n">
+        <v>1679055.0</v>
+      </c>
+      <c r="N199" s="14" t="n">
+        <v>1966414.0</v>
+      </c>
+      <c r="O199" s="14" t="n">
+        <v>2385509.0</v>
+      </c>
+      <c r="P199" s="14" t="n">
+        <v>2822758.0</v>
+      </c>
+      <c r="Q199" s="14" t="n">
+        <v>2837147.0</v>
+      </c>
+      <c r="R199" s="14" t="n">
+        <v>2705732.0</v>
+      </c>
+      <c r="S199" s="14" t="n">
+        <v>2498567.0</v>
+      </c>
+      <c r="T199" s="14" t="n">
+        <v>2332573.0</v>
+      </c>
+      <c r="U199" s="14" t="n">
+        <v>2004746.0</v>
+      </c>
+      <c r="V199" s="14" t="n">
+        <v>1907998.0</v>
+      </c>
+      <c r="W199" s="14" t="n">
+        <v>1874842.0</v>
+      </c>
+      <c r="X199" s="14" t="n">
+        <v>1605178.0</v>
+      </c>
+      <c r="Y199" s="14" t="n">
+        <v>1353774.0</v>
       </c>
     </row>
     <row r="200">
-      <c r="A200" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G200" s="6"/>
+      <c r="A200" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+        </is>
+      </c>
+      <c r="B200" s="14" t="n">
+        <v>8027922.0</v>
+      </c>
+      <c r="C200" s="14" t="n">
+        <v>7212132.0</v>
+      </c>
+      <c r="D200" s="14" t="n">
+        <v>6303199.0</v>
+      </c>
+      <c r="E200" s="14" t="n">
+        <v>5575193.0</v>
+      </c>
+      <c r="F200" s="14" t="n">
+        <v>6682849.0</v>
+      </c>
+      <c r="G200" s="14" t="n">
+        <v>6562961.0</v>
+      </c>
+      <c r="H200" s="14" t="n">
+        <v>6364042.0</v>
+      </c>
+      <c r="I200" s="14" t="n">
+        <v>6171205.0</v>
+      </c>
+      <c r="J200" s="14" t="n">
+        <v>5721341.0</v>
+      </c>
+      <c r="K200" s="14" t="n">
+        <v>5459588.0</v>
+      </c>
+      <c r="L200" s="14" t="n">
+        <v>5349141.0</v>
+      </c>
+      <c r="M200" s="14" t="n">
+        <v>5413910.0</v>
+      </c>
+      <c r="N200" s="14" t="n">
+        <v>5526546.0</v>
+      </c>
+      <c r="O200" s="14" t="n">
+        <v>5676401.0</v>
+      </c>
+      <c r="P200" s="14" t="n">
+        <v>5509876.0</v>
+      </c>
+      <c r="Q200" s="14" t="n">
+        <v>5385673.0</v>
+      </c>
+      <c r="R200" s="14" t="n">
+        <v>5072433.0</v>
+      </c>
+      <c r="S200" s="14" t="n">
+        <v>4672508.0</v>
+      </c>
+      <c r="T200" s="14" t="n">
+        <v>4350816.0</v>
+      </c>
+      <c r="U200" s="14" t="n">
+        <v>4111307.0</v>
+      </c>
+      <c r="V200" s="14" t="n">
+        <v>3781742.0</v>
+      </c>
+      <c r="W200" s="14" t="n">
+        <v>3606114.0</v>
+      </c>
+      <c r="X200" s="14" t="n">
+        <v>3388617.0</v>
+      </c>
+      <c r="Y200" s="14" t="n">
+        <v>3085461.0</v>
+      </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>1.4616131E7</v>
+        <v>6929712.0</v>
       </c>
       <c r="C201" s="14" t="n">
-        <v>1.3007297E7</v>
+        <v>6057110.0</v>
       </c>
       <c r="D201" s="14" t="n">
-        <v>1.4121822E7</v>
+        <v>5590644.0</v>
       </c>
       <c r="E201" s="14" t="n">
-        <v>1.4203118E7</v>
+        <v>5345209.0</v>
       </c>
       <c r="F201" s="14" t="n">
-        <v>1.3995974E7</v>
+        <v>5389261.0</v>
       </c>
       <c r="G201" s="14" t="n">
-        <v>1.3443759E7</v>
+        <v>5195809.0</v>
+      </c>
+      <c r="H201" s="14" t="n">
+        <v>4930350.0</v>
+      </c>
+      <c r="I201" s="14" t="n">
+        <v>4816058.0</v>
+      </c>
+      <c r="J201" s="14" t="n">
+        <v>4644466.0</v>
+      </c>
+      <c r="K201" s="14" t="n">
+        <v>4477648.0</v>
+      </c>
+      <c r="L201" s="14" t="n">
+        <v>4362271.0</v>
+      </c>
+      <c r="M201" s="14" t="n">
+        <v>4311625.0</v>
+      </c>
+      <c r="N201" s="14" t="n">
+        <v>4301474.0</v>
+      </c>
+      <c r="O201" s="14" t="n">
+        <v>4095140.0</v>
+      </c>
+      <c r="P201" s="14" t="n">
+        <v>4204958.0</v>
+      </c>
+      <c r="Q201" s="14" t="n">
+        <v>4184462.0</v>
+      </c>
+      <c r="R201" s="14" t="n">
+        <v>3871147.0</v>
+      </c>
+      <c r="S201" s="14" t="n">
+        <v>3374305.0</v>
+      </c>
+      <c r="T201" s="14" t="n">
+        <v>2970240.0</v>
+      </c>
+      <c r="U201" s="14" t="n">
+        <v>2643462.0</v>
+      </c>
+      <c r="V201" s="14" t="n">
+        <v>2395255.0</v>
+      </c>
+      <c r="W201" s="14" t="n">
+        <v>2200790.0</v>
+      </c>
+      <c r="X201" s="14" t="n">
+        <v>2006267.0</v>
+      </c>
+      <c r="Y201" s="14" t="n">
+        <v>1808556.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>1495086.0</v>
+        <v>6476775.0</v>
       </c>
       <c r="C202" s="14" t="n">
-        <v>1135706.0</v>
+        <v>6243224.0</v>
       </c>
       <c r="D202" s="14" t="n">
-        <v>851623.0</v>
+        <v>5954733.0</v>
       </c>
       <c r="E202" s="14" t="n">
-        <v>1379236.0</v>
+        <v>6035495.0</v>
       </c>
       <c r="F202" s="14" t="n">
-        <v>1321382.0</v>
+        <v>6073486.0</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>1161510.0</v>
+        <v>5909924.0</v>
+      </c>
+      <c r="H202" s="14" t="n">
+        <v>5713005.0</v>
+      </c>
+      <c r="I202" s="14" t="n">
+        <v>5589868.0</v>
+      </c>
+      <c r="J202" s="14" t="n">
+        <v>5446328.0</v>
+      </c>
+      <c r="K202" s="14" t="n">
+        <v>5342491.0</v>
+      </c>
+      <c r="L202" s="14" t="n">
+        <v>5432243.0</v>
+      </c>
+      <c r="M202" s="14" t="n">
+        <v>5391969.0</v>
+      </c>
+      <c r="N202" s="14" t="n">
+        <v>5626959.0</v>
+      </c>
+      <c r="O202" s="14" t="n">
+        <v>5616422.0</v>
+      </c>
+      <c r="P202" s="14" t="n">
+        <v>5603310.0</v>
+      </c>
+      <c r="Q202" s="14" t="n">
+        <v>5264017.0</v>
+      </c>
+      <c r="R202" s="14" t="n">
+        <v>4798685.0</v>
+      </c>
+      <c r="S202" s="14" t="n">
+        <v>4425646.0</v>
+      </c>
+      <c r="T202" s="14" t="n">
+        <v>4079467.0</v>
+      </c>
+      <c r="U202" s="14" t="n">
+        <v>3715325.0</v>
+      </c>
+      <c r="V202" s="14" t="n">
+        <v>3523667.0</v>
+      </c>
+      <c r="W202" s="14" t="n">
+        <v>3106317.0</v>
+      </c>
+      <c r="X202" s="14" t="n">
+        <v>2895435.0</v>
+      </c>
+      <c r="Y202" s="14" t="n">
+        <v>2877392.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>1519904.0</v>
+        <v>3.0457008E7</v>
       </c>
       <c r="C203" s="14" t="n">
-        <v>1269133.0</v>
+        <v>2.8367237E7</v>
       </c>
       <c r="D203" s="14" t="n">
-        <v>1391994.0</v>
+        <v>2.4818295E7</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>1320128.0</v>
+        <v>2.3246132E7</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>1488696.0</v>
+        <v>2.5207462E7</v>
       </c>
       <c r="G203" s="14" t="n">
-        <v>1506315.0</v>
+        <v>2.4604929E7</v>
+      </c>
+      <c r="H203" s="14" t="n">
+        <v>2.3632809E7</v>
+      </c>
+      <c r="I203" s="14" t="n">
+        <v>2.3069805E7</v>
+      </c>
+      <c r="J203" s="14" t="n">
+        <v>2.2282814E7</v>
+      </c>
+      <c r="K203" s="14" t="n">
+        <v>2.1167346E7</v>
+      </c>
+      <c r="L203" s="14" t="n">
+        <v>2.1362016E7</v>
+      </c>
+      <c r="M203" s="14" t="n">
+        <v>2.1502713E7</v>
+      </c>
+      <c r="N203" s="14" t="n">
+        <v>2.2413014E7</v>
+      </c>
+      <c r="O203" s="14" t="n">
+        <v>2.2840976E7</v>
+      </c>
+      <c r="P203" s="14" t="n">
+        <v>2.2970262E7</v>
+      </c>
+      <c r="Q203" s="14" t="n">
+        <v>2.2963431E7</v>
+      </c>
+      <c r="R203" s="14" t="n">
+        <v>2.151163E7</v>
+      </c>
+      <c r="S203" s="14" t="n">
+        <v>1.9615871E7</v>
+      </c>
+      <c r="T203" s="14" t="n">
+        <v>1.8263048E7</v>
+      </c>
+      <c r="U203" s="14" t="n">
+        <v>1.6902177E7</v>
+      </c>
+      <c r="V203" s="14" t="n">
+        <v>1.5784148E7</v>
+      </c>
+      <c r="W203" s="14" t="n">
+        <v>1.4810601E7</v>
+      </c>
+      <c r="X203" s="14" t="n">
+        <v>1.3594115E7</v>
+      </c>
+      <c r="Y203" s="14" t="n">
+        <v>1.2646198E7</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>1230162.0</v>
+        <v>3020728.0</v>
       </c>
       <c r="C204" s="14" t="n">
-        <v>1011867.0</v>
+        <v>2850903.0</v>
       </c>
       <c r="D204" s="14" t="n">
-        <v>1051099.0</v>
+        <v>2711359.0</v>
       </c>
       <c r="E204" s="14" t="n">
-        <v>960619.0</v>
+        <v>2255218.0</v>
       </c>
       <c r="F204" s="14" t="n">
-        <v>1023959.0</v>
+        <v>2611962.0</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>1056339.0</v>
+        <v>2606925.0</v>
+      </c>
+      <c r="H204" s="14" t="n">
+        <v>2465009.0</v>
+      </c>
+      <c r="I204" s="14" t="n">
+        <v>2381719.0</v>
+      </c>
+      <c r="J204" s="14" t="n">
+        <v>2275017.0</v>
+      </c>
+      <c r="K204" s="14" t="n">
+        <v>2103494.0</v>
+      </c>
+      <c r="L204" s="14" t="n">
+        <v>2040434.0</v>
+      </c>
+      <c r="M204" s="14" t="n">
+        <v>1903388.0</v>
+      </c>
+      <c r="N204" s="14" t="n">
+        <v>1937697.0</v>
+      </c>
+      <c r="O204" s="14" t="n">
+        <v>2051187.0</v>
+      </c>
+      <c r="P204" s="14" t="n">
+        <v>1565662.0</v>
+      </c>
+      <c r="Q204" s="14" t="n">
+        <v>1984382.0</v>
+      </c>
+      <c r="R204" s="14" t="n">
+        <v>2401433.0</v>
+      </c>
+      <c r="S204" s="14" t="n">
+        <v>2371787.0</v>
+      </c>
+      <c r="T204" s="14" t="n">
+        <v>2123196.0</v>
+      </c>
+      <c r="U204" s="14" t="n">
+        <v>1868683.0</v>
+      </c>
+      <c r="V204" s="14" t="n">
+        <v>1646378.0</v>
+      </c>
+      <c r="W204" s="14" t="n">
+        <v>1466885.0</v>
+      </c>
+      <c r="X204" s="14" t="n">
+        <v>1344679.0</v>
+      </c>
+      <c r="Y204" s="14" t="n">
+        <v>1291642.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>780631.0</v>
+        <v>3.3477736E7</v>
       </c>
       <c r="C205" s="14" t="n">
-        <v>689441.0</v>
+        <v>3.121814E7</v>
       </c>
       <c r="D205" s="14" t="n">
-        <v>789781.0</v>
+        <v>2.7529654E7</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>749397.0</v>
+        <v>2.550135E7</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>754069.0</v>
+        <v>2.7819424E7</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>713500.0</v>
+        <v>2.7211854E7</v>
+      </c>
+      <c r="H205" s="14" t="n">
+        <v>2.6097818E7</v>
+      </c>
+      <c r="I205" s="14" t="n">
+        <v>2.5451524E7</v>
+      </c>
+      <c r="J205" s="14" t="n">
+        <v>2.4557831E7</v>
+      </c>
+      <c r="K205" s="14" t="n">
+        <v>2.327084E7</v>
+      </c>
+      <c r="L205" s="14" t="n">
+        <v>2.340245E7</v>
+      </c>
+      <c r="M205" s="14" t="n">
+        <v>2.3406101E7</v>
+      </c>
+      <c r="N205" s="14" t="n">
+        <v>2.4350711E7</v>
+      </c>
+      <c r="O205" s="14" t="n">
+        <v>2.4892163E7</v>
+      </c>
+      <c r="P205" s="14" t="n">
+        <v>2.4535924E7</v>
+      </c>
+      <c r="Q205" s="14" t="n">
+        <v>2.4947813E7</v>
+      </c>
+      <c r="R205" s="14" t="n">
+        <v>2.3913063E7</v>
+      </c>
+      <c r="S205" s="14" t="n">
+        <v>2.1987658E7</v>
+      </c>
+      <c r="T205" s="14" t="n">
+        <v>2.0386244E7</v>
+      </c>
+      <c r="U205" s="14" t="n">
+        <v>1.877086E7</v>
+      </c>
+      <c r="V205" s="14" t="n">
+        <v>1.7430526E7</v>
+      </c>
+      <c r="W205" s="14" t="n">
+        <v>1.6277486E7</v>
+      </c>
+      <c r="X205" s="14" t="n">
+        <v>1.4938794E7</v>
+      </c>
+      <c r="Y205" s="14" t="n">
+        <v>1.393784E7</v>
       </c>
     </row>
     <row r="206">
-      <c r="A206" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A206" s="6" t="inlineStr">
+        <is>
+          <t>16 Cuenca</t>
+        </is>
+      </c>
+      <c r="B206" s="6"/>
+      <c r="C206" s="6"/>
+      <c r="D206" s="6"/>
+      <c r="E206" s="6"/>
+      <c r="F206" s="6"/>
+      <c r="G206" s="6"/>
+      <c r="H206" s="6"/>
+      <c r="I206" s="6"/>
+      <c r="J206" s="6"/>
+      <c r="K206" s="6"/>
+      <c r="L206" s="6"/>
+      <c r="M206" s="6"/>
+      <c r="N206" s="6"/>
+      <c r="O206" s="6"/>
+      <c r="P206" s="6"/>
+      <c r="Q206" s="6"/>
+      <c r="R206" s="6"/>
+      <c r="S206" s="6"/>
+      <c r="T206" s="6"/>
+      <c r="U206" s="6"/>
+      <c r="V206" s="6"/>
+      <c r="W206" s="6"/>
+      <c r="X206" s="6"/>
+      <c r="Y206" s="6"/>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>2786778.0</v>
+        <v>703669.0</v>
       </c>
       <c r="C207" s="14" t="n">
-        <v>2665513.0</v>
+        <v>745727.0</v>
       </c>
       <c r="D207" s="14" t="n">
-        <v>2738673.0</v>
+        <v>759091.0</v>
       </c>
       <c r="E207" s="14" t="n">
-        <v>2629091.0</v>
+        <v>688655.0</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>2503637.0</v>
+        <v>707691.0</v>
       </c>
       <c r="G207" s="14" t="n">
-        <v>2437197.0</v>
+        <v>700320.0</v>
+      </c>
+      <c r="H207" s="14" t="n">
+        <v>697115.0</v>
+      </c>
+      <c r="I207" s="14" t="n">
+        <v>612846.0</v>
+      </c>
+      <c r="J207" s="14" t="n">
+        <v>641417.0</v>
+      </c>
+      <c r="K207" s="14" t="n">
+        <v>519128.0</v>
+      </c>
+      <c r="L207" s="14" t="n">
+        <v>562410.0</v>
+      </c>
+      <c r="M207" s="14" t="n">
+        <v>489683.0</v>
+      </c>
+      <c r="N207" s="14" t="n">
+        <v>507281.0</v>
+      </c>
+      <c r="O207" s="14" t="n">
+        <v>478313.0</v>
+      </c>
+      <c r="P207" s="14" t="n">
+        <v>409888.0</v>
+      </c>
+      <c r="Q207" s="14" t="n">
+        <v>458036.0</v>
+      </c>
+      <c r="R207" s="14" t="n">
+        <v>571168.0</v>
+      </c>
+      <c r="S207" s="14" t="n">
+        <v>428610.0</v>
+      </c>
+      <c r="T207" s="14" t="n">
+        <v>433728.0</v>
+      </c>
+      <c r="U207" s="14" t="n">
+        <v>548488.0</v>
+      </c>
+      <c r="V207" s="14" t="n">
+        <v>534410.0</v>
+      </c>
+      <c r="W207" s="14" t="n">
+        <v>517261.0</v>
+      </c>
+      <c r="X207" s="14" t="n">
+        <v>469013.0</v>
+      </c>
+      <c r="Y207" s="14" t="n">
+        <v>483583.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B208" s="14" t="n">
-        <v>3966979.0</v>
+        <v>1226360.0</v>
       </c>
       <c r="C208" s="14" t="n">
-        <v>3847235.0</v>
+        <v>1303346.0</v>
       </c>
       <c r="D208" s="14" t="n">
-        <v>3989016.0</v>
+        <v>877313.0</v>
       </c>
       <c r="E208" s="14" t="n">
-        <v>3846110.0</v>
+        <v>504305.0</v>
       </c>
       <c r="F208" s="14" t="n">
-        <v>3737722.0</v>
+        <v>542750.0</v>
       </c>
       <c r="G208" s="14" t="n">
-        <v>3678163.0</v>
+        <v>623032.0</v>
+      </c>
+      <c r="H208" s="14" t="n">
+        <v>584970.0</v>
+      </c>
+      <c r="I208" s="14" t="n">
+        <v>672770.0</v>
+      </c>
+      <c r="J208" s="14" t="n">
+        <v>694370.0</v>
+      </c>
+      <c r="K208" s="14" t="n">
+        <v>699784.0</v>
+      </c>
+      <c r="L208" s="14" t="n">
+        <v>759238.0</v>
+      </c>
+      <c r="M208" s="14" t="n">
+        <v>731080.0</v>
+      </c>
+      <c r="N208" s="14" t="n">
+        <v>712150.0</v>
+      </c>
+      <c r="O208" s="14" t="n">
+        <v>637484.0</v>
+      </c>
+      <c r="P208" s="14" t="n">
+        <v>564343.0</v>
+      </c>
+      <c r="Q208" s="14" t="n">
+        <v>625556.0</v>
+      </c>
+      <c r="R208" s="14" t="n">
+        <v>568474.0</v>
+      </c>
+      <c r="S208" s="14" t="n">
+        <v>522838.0</v>
+      </c>
+      <c r="T208" s="14" t="n">
+        <v>480356.0</v>
+      </c>
+      <c r="U208" s="14" t="n">
+        <v>406058.0</v>
+      </c>
+      <c r="V208" s="14" t="n">
+        <v>317773.0</v>
+      </c>
+      <c r="W208" s="14" t="n">
+        <v>284678.0</v>
+      </c>
+      <c r="X208" s="14" t="n">
+        <v>291317.0</v>
+      </c>
+      <c r="Y208" s="14" t="n">
+        <v>281950.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B209" s="14" t="n">
-        <v>1.3223779E7</v>
+        <v>541382.0</v>
       </c>
       <c r="C209" s="14" t="n">
-        <v>1.1869035E7</v>
+        <v>507749.0</v>
       </c>
       <c r="D209" s="14" t="n">
-        <v>1.2807798E7</v>
+        <v>485883.0</v>
       </c>
       <c r="E209" s="14" t="n">
-        <v>1.2852388E7</v>
+        <v>252330.0</v>
       </c>
       <c r="F209" s="14" t="n">
-        <v>1.2686936E7</v>
+        <v>267208.0</v>
       </c>
       <c r="G209" s="14" t="n">
-        <v>1.2198761E7</v>
+        <v>251643.0</v>
+      </c>
+      <c r="H209" s="14" t="n">
+        <v>258800.0</v>
+      </c>
+      <c r="I209" s="14" t="n">
+        <v>365271.0</v>
+      </c>
+      <c r="J209" s="14" t="n">
+        <v>375239.0</v>
+      </c>
+      <c r="K209" s="14" t="n">
+        <v>368525.0</v>
+      </c>
+      <c r="L209" s="14" t="n">
+        <v>397927.0</v>
+      </c>
+      <c r="M209" s="14" t="n">
+        <v>363064.0</v>
+      </c>
+      <c r="N209" s="14" t="n">
+        <v>358484.0</v>
+      </c>
+      <c r="O209" s="14" t="n">
+        <v>327959.0</v>
+      </c>
+      <c r="P209" s="14" t="n">
+        <v>294737.0</v>
+      </c>
+      <c r="Q209" s="14" t="n">
+        <v>339350.0</v>
+      </c>
+      <c r="R209" s="14" t="n">
+        <v>327172.0</v>
+      </c>
+      <c r="S209" s="14" t="n">
+        <v>321927.0</v>
+      </c>
+      <c r="T209" s="14" t="n">
+        <v>301322.0</v>
+      </c>
+      <c r="U209" s="14" t="n">
+        <v>255788.0</v>
+      </c>
+      <c r="V209" s="14" t="n">
+        <v>220124.0</v>
+      </c>
+      <c r="W209" s="14" t="n">
+        <v>207891.0</v>
+      </c>
+      <c r="X209" s="14" t="n">
+        <v>219201.0</v>
+      </c>
+      <c r="Y209" s="14" t="n">
+        <v>217686.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B210" s="14" t="n">
-        <v>1392352.0</v>
+        <v>322273.0</v>
       </c>
       <c r="C210" s="14" t="n">
-        <v>1138262.0</v>
+        <v>292338.0</v>
       </c>
       <c r="D210" s="14" t="n">
-        <v>1314024.0</v>
+        <v>271377.0</v>
       </c>
       <c r="E210" s="14" t="n">
-        <v>1350730.0</v>
+        <v>255805.0</v>
       </c>
       <c r="F210" s="14" t="n">
-        <v>1309038.0</v>
+        <v>280808.0</v>
       </c>
       <c r="G210" s="14" t="n">
-        <v>1244998.0</v>
+        <v>273637.0</v>
+      </c>
+      <c r="H210" s="14" t="n">
+        <v>254839.0</v>
+      </c>
+      <c r="I210" s="14" t="n">
+        <v>274924.0</v>
+      </c>
+      <c r="J210" s="14" t="n">
+        <v>258652.0</v>
+      </c>
+      <c r="K210" s="14" t="n">
+        <v>268568.0</v>
+      </c>
+      <c r="L210" s="14" t="n">
+        <v>283582.0</v>
+      </c>
+      <c r="M210" s="14" t="n">
+        <v>328512.0</v>
+      </c>
+      <c r="N210" s="14" t="n">
+        <v>359828.0</v>
+      </c>
+      <c r="O210" s="14" t="n">
+        <v>410895.0</v>
+      </c>
+      <c r="P210" s="14" t="n">
+        <v>526737.0</v>
+      </c>
+      <c r="Q210" s="14" t="n">
+        <v>561194.0</v>
+      </c>
+      <c r="R210" s="14" t="n">
+        <v>519058.0</v>
+      </c>
+      <c r="S210" s="14" t="n">
+        <v>543301.0</v>
+      </c>
+      <c r="T210" s="14" t="n">
+        <v>474677.0</v>
+      </c>
+      <c r="U210" s="14" t="n">
+        <v>407339.0</v>
+      </c>
+      <c r="V210" s="14" t="n">
+        <v>378815.0</v>
+      </c>
+      <c r="W210" s="14" t="n">
+        <v>329103.0</v>
+      </c>
+      <c r="X210" s="14" t="n">
+        <v>284871.0</v>
+      </c>
+      <c r="Y210" s="14" t="n">
+        <v>226427.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B211" s="14" t="n">
-        <v>1.4616131E7</v>
+        <v>1257011.0</v>
       </c>
       <c r="C211" s="14" t="n">
-        <v>1.3007297E7</v>
+        <v>1112776.0</v>
       </c>
       <c r="D211" s="14" t="n">
-        <v>1.4121822E7</v>
+        <v>995530.0</v>
       </c>
       <c r="E211" s="14" t="n">
-        <v>1.4203118E7</v>
+        <v>916525.0</v>
       </c>
       <c r="F211" s="14" t="n">
-        <v>1.3995974E7</v>
+        <v>1081623.0</v>
       </c>
       <c r="G211" s="14" t="n">
-        <v>1.3443759E7</v>
+        <v>1043955.0</v>
+      </c>
+      <c r="H211" s="14" t="n">
+        <v>998523.0</v>
+      </c>
+      <c r="I211" s="14" t="n">
+        <v>913792.0</v>
+      </c>
+      <c r="J211" s="14" t="n">
+        <v>816615.0</v>
+      </c>
+      <c r="K211" s="14" t="n">
+        <v>748462.0</v>
+      </c>
+      <c r="L211" s="14" t="n">
+        <v>722345.0</v>
+      </c>
+      <c r="M211" s="14" t="n">
+        <v>785563.0</v>
+      </c>
+      <c r="N211" s="14" t="n">
+        <v>814879.0</v>
+      </c>
+      <c r="O211" s="14" t="n">
+        <v>824127.0</v>
+      </c>
+      <c r="P211" s="14" t="n">
+        <v>816136.0</v>
+      </c>
+      <c r="Q211" s="14" t="n">
+        <v>812670.0</v>
+      </c>
+      <c r="R211" s="14" t="n">
+        <v>775416.0</v>
+      </c>
+      <c r="S211" s="14" t="n">
+        <v>707055.0</v>
+      </c>
+      <c r="T211" s="14" t="n">
+        <v>652120.0</v>
+      </c>
+      <c r="U211" s="14" t="n">
+        <v>597906.0</v>
+      </c>
+      <c r="V211" s="14" t="n">
+        <v>527378.0</v>
+      </c>
+      <c r="W211" s="14" t="n">
+        <v>494369.0</v>
+      </c>
+      <c r="X211" s="14" t="n">
+        <v>505004.0</v>
+      </c>
+      <c r="Y211" s="14" t="n">
+        <v>456061.0</v>
       </c>
     </row>
     <row r="212">
-      <c r="A212" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G212" s="6"/>
+      <c r="A212" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+        </is>
+      </c>
+      <c r="B212" s="14" t="n">
+        <v>817670.0</v>
+      </c>
+      <c r="C212" s="14" t="n">
+        <v>701874.0</v>
+      </c>
+      <c r="D212" s="14" t="n">
+        <v>654732.0</v>
+      </c>
+      <c r="E212" s="14" t="n">
+        <v>633704.0</v>
+      </c>
+      <c r="F212" s="14" t="n">
+        <v>642021.0</v>
+      </c>
+      <c r="G212" s="14" t="n">
+        <v>625305.0</v>
+      </c>
+      <c r="H212" s="14" t="n">
+        <v>591234.0</v>
+      </c>
+      <c r="I212" s="14" t="n">
+        <v>581978.0</v>
+      </c>
+      <c r="J212" s="14" t="n">
+        <v>581554.0</v>
+      </c>
+      <c r="K212" s="14" t="n">
+        <v>590390.0</v>
+      </c>
+      <c r="L212" s="14" t="n">
+        <v>584230.0</v>
+      </c>
+      <c r="M212" s="14" t="n">
+        <v>597535.0</v>
+      </c>
+      <c r="N212" s="14" t="n">
+        <v>592753.0</v>
+      </c>
+      <c r="O212" s="14" t="n">
+        <v>590784.0</v>
+      </c>
+      <c r="P212" s="14" t="n">
+        <v>608000.0</v>
+      </c>
+      <c r="Q212" s="14" t="n">
+        <v>604367.0</v>
+      </c>
+      <c r="R212" s="14" t="n">
+        <v>572417.0</v>
+      </c>
+      <c r="S212" s="14" t="n">
+        <v>492831.0</v>
+      </c>
+      <c r="T212" s="14" t="n">
+        <v>430736.0</v>
+      </c>
+      <c r="U212" s="14" t="n">
+        <v>379679.0</v>
+      </c>
+      <c r="V212" s="14" t="n">
+        <v>336887.0</v>
+      </c>
+      <c r="W212" s="14" t="n">
+        <v>313681.0</v>
+      </c>
+      <c r="X212" s="14" t="n">
+        <v>304891.0</v>
+      </c>
+      <c r="Y212" s="14" t="n">
+        <v>278917.0</v>
+      </c>
     </row>
     <row r="213">
       <c r="A213" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B213" s="14" t="n">
-        <v>2.7347965E7</v>
+        <v>1020214.0</v>
       </c>
       <c r="C213" s="14" t="n">
-        <v>2.5361458E7</v>
+        <v>992426.0</v>
       </c>
       <c r="D213" s="14" t="n">
-        <v>2.7718066E7</v>
+        <v>946325.0</v>
       </c>
       <c r="E213" s="14" t="n">
-        <v>2.7119027E7</v>
+        <v>875250.0</v>
       </c>
       <c r="F213" s="14" t="n">
-        <v>2.6009714E7</v>
+        <v>899276.0</v>
       </c>
       <c r="G213" s="14" t="n">
-        <v>2.5335281E7</v>
+        <v>889546.0</v>
+      </c>
+      <c r="H213" s="14" t="n">
+        <v>873944.0</v>
+      </c>
+      <c r="I213" s="14" t="n">
+        <v>830826.0</v>
+      </c>
+      <c r="J213" s="14" t="n">
+        <v>829860.0</v>
+      </c>
+      <c r="K213" s="14" t="n">
+        <v>812578.0</v>
+      </c>
+      <c r="L213" s="14" t="n">
+        <v>828485.0</v>
+      </c>
+      <c r="M213" s="14" t="n">
+        <v>885296.0</v>
+      </c>
+      <c r="N213" s="14" t="n">
+        <v>953784.0</v>
+      </c>
+      <c r="O213" s="14" t="n">
+        <v>942943.0</v>
+      </c>
+      <c r="P213" s="14" t="n">
+        <v>914404.0</v>
+      </c>
+      <c r="Q213" s="14" t="n">
+        <v>856915.0</v>
+      </c>
+      <c r="R213" s="14" t="n">
+        <v>788294.0</v>
+      </c>
+      <c r="S213" s="14" t="n">
+        <v>725830.0</v>
+      </c>
+      <c r="T213" s="14" t="n">
+        <v>674042.0</v>
+      </c>
+      <c r="U213" s="14" t="n">
+        <v>596296.0</v>
+      </c>
+      <c r="V213" s="14" t="n">
+        <v>558108.0</v>
+      </c>
+      <c r="W213" s="14" t="n">
+        <v>537807.0</v>
+      </c>
+      <c r="X213" s="14" t="n">
+        <v>499598.0</v>
+      </c>
+      <c r="Y213" s="14" t="n">
+        <v>478724.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B214" s="14" t="n">
-        <v>971640.0</v>
+        <v>5347197.0</v>
       </c>
       <c r="C214" s="14" t="n">
-        <v>908992.0</v>
+        <v>5148487.0</v>
       </c>
       <c r="D214" s="14" t="n">
-        <v>963008.0</v>
+        <v>4504368.0</v>
       </c>
       <c r="E214" s="14" t="n">
-        <v>1002371.0</v>
+        <v>3874244.0</v>
       </c>
       <c r="F214" s="14" t="n">
-        <v>970347.0</v>
+        <v>4154169.0</v>
       </c>
       <c r="G214" s="14" t="n">
-        <v>998598.0</v>
+        <v>4155795.0</v>
+      </c>
+      <c r="H214" s="14" t="n">
+        <v>4000625.0</v>
+      </c>
+      <c r="I214" s="14" t="n">
+        <v>3887136.0</v>
+      </c>
+      <c r="J214" s="14" t="n">
+        <v>3822468.0</v>
+      </c>
+      <c r="K214" s="14" t="n">
+        <v>3638910.0</v>
+      </c>
+      <c r="L214" s="14" t="n">
+        <v>3740290.0</v>
+      </c>
+      <c r="M214" s="14" t="n">
+        <v>3817669.0</v>
+      </c>
+      <c r="N214" s="14" t="n">
+        <v>3940675.0</v>
+      </c>
+      <c r="O214" s="14" t="n">
+        <v>3884546.0</v>
+      </c>
+      <c r="P214" s="14" t="n">
+        <v>3839508.0</v>
+      </c>
+      <c r="Q214" s="14" t="n">
+        <v>3918738.0</v>
+      </c>
+      <c r="R214" s="14" t="n">
+        <v>3794827.0</v>
+      </c>
+      <c r="S214" s="14" t="n">
+        <v>3420465.0</v>
+      </c>
+      <c r="T214" s="14" t="n">
+        <v>3145659.0</v>
+      </c>
+      <c r="U214" s="14" t="n">
+        <v>2935766.0</v>
+      </c>
+      <c r="V214" s="14" t="n">
+        <v>2653371.0</v>
+      </c>
+      <c r="W214" s="14" t="n">
+        <v>2476899.0</v>
+      </c>
+      <c r="X214" s="14" t="n">
+        <v>2354694.0</v>
+      </c>
+      <c r="Y214" s="14" t="n">
+        <v>2205662.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B215" s="14" t="n">
-        <v>3953030.0</v>
+        <v>512556.0</v>
       </c>
       <c r="C215" s="14" t="n">
-        <v>3628728.0</v>
+        <v>497108.0</v>
       </c>
       <c r="D215" s="14" t="n">
-        <v>4181304.0</v>
+        <v>470649.0</v>
       </c>
       <c r="E215" s="14" t="n">
-        <v>4242412.0</v>
+        <v>379433.0</v>
       </c>
       <c r="F215" s="14" t="n">
-        <v>3972572.0</v>
+        <v>433589.0</v>
       </c>
       <c r="G215" s="14" t="n">
-        <v>3915723.0</v>
+        <v>443967.0</v>
+      </c>
+      <c r="H215" s="14" t="n">
+        <v>420486.0</v>
+      </c>
+      <c r="I215" s="14" t="n">
+        <v>403003.0</v>
+      </c>
+      <c r="J215" s="14" t="n">
+        <v>391609.0</v>
+      </c>
+      <c r="K215" s="14" t="n">
+        <v>362599.0</v>
+      </c>
+      <c r="L215" s="14" t="n">
+        <v>357953.0</v>
+      </c>
+      <c r="M215" s="14" t="n">
+        <v>339154.0</v>
+      </c>
+      <c r="N215" s="14" t="n">
+        <v>342381.0</v>
+      </c>
+      <c r="O215" s="14" t="n">
+        <v>350786.0</v>
+      </c>
+      <c r="P215" s="14" t="n">
+        <v>264017.0</v>
+      </c>
+      <c r="Q215" s="14" t="n">
+        <v>341521.0</v>
+      </c>
+      <c r="R215" s="14" t="n">
+        <v>428062.0</v>
+      </c>
+      <c r="S215" s="14" t="n">
+        <v>417887.0</v>
+      </c>
+      <c r="T215" s="14" t="n">
+        <v>369940.0</v>
+      </c>
+      <c r="U215" s="14" t="n">
+        <v>329214.0</v>
+      </c>
+      <c r="V215" s="14" t="n">
+        <v>281807.0</v>
+      </c>
+      <c r="W215" s="14" t="n">
+        <v>250221.0</v>
+      </c>
+      <c r="X215" s="14" t="n">
+        <v>237484.0</v>
+      </c>
+      <c r="Y215" s="14" t="n">
+        <v>229765.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B216" s="14" t="n">
-        <v>2597552.0</v>
+        <v>5859753.0</v>
       </c>
       <c r="C216" s="14" t="n">
-        <v>2355242.0</v>
+        <v>5645595.0</v>
       </c>
       <c r="D216" s="14" t="n">
-        <v>2912326.0</v>
+        <v>4975017.0</v>
       </c>
       <c r="E216" s="14" t="n">
-        <v>2822960.0</v>
+        <v>4253677.0</v>
       </c>
       <c r="F216" s="14" t="n">
-        <v>2625695.0</v>
+        <v>4587758.0</v>
       </c>
       <c r="G216" s="14" t="n">
-        <v>2672360.0</v>
+        <v>4599762.0</v>
+      </c>
+      <c r="H216" s="14" t="n">
+        <v>4421111.0</v>
+      </c>
+      <c r="I216" s="14" t="n">
+        <v>4290139.0</v>
+      </c>
+      <c r="J216" s="14" t="n">
+        <v>4214077.0</v>
+      </c>
+      <c r="K216" s="14" t="n">
+        <v>4001509.0</v>
+      </c>
+      <c r="L216" s="14" t="n">
+        <v>4098243.0</v>
+      </c>
+      <c r="M216" s="14" t="n">
+        <v>4156823.0</v>
+      </c>
+      <c r="N216" s="14" t="n">
+        <v>4283056.0</v>
+      </c>
+      <c r="O216" s="14" t="n">
+        <v>4235332.0</v>
+      </c>
+      <c r="P216" s="14" t="n">
+        <v>4103525.0</v>
+      </c>
+      <c r="Q216" s="14" t="n">
+        <v>4260259.0</v>
+      </c>
+      <c r="R216" s="14" t="n">
+        <v>4222889.0</v>
+      </c>
+      <c r="S216" s="14" t="n">
+        <v>3838352.0</v>
+      </c>
+      <c r="T216" s="14" t="n">
+        <v>3515599.0</v>
+      </c>
+      <c r="U216" s="14" t="n">
+        <v>3264980.0</v>
+      </c>
+      <c r="V216" s="14" t="n">
+        <v>2935178.0</v>
+      </c>
+      <c r="W216" s="14" t="n">
+        <v>2727120.0</v>
+      </c>
+      <c r="X216" s="14" t="n">
+        <v>2592178.0</v>
+      </c>
+      <c r="Y216" s="14" t="n">
+        <v>2435427.0</v>
       </c>
     </row>
     <row r="217">
-      <c r="A217" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A217" s="6" t="inlineStr">
+        <is>
+          <t>20 Gipuzkoa</t>
+        </is>
+      </c>
+      <c r="B217" s="6"/>
+      <c r="C217" s="6"/>
+      <c r="D217" s="6"/>
+      <c r="E217" s="6"/>
+      <c r="F217" s="6"/>
+      <c r="G217" s="6"/>
+      <c r="H217" s="6"/>
+      <c r="I217" s="6"/>
+      <c r="J217" s="6"/>
+      <c r="K217" s="6"/>
+      <c r="L217" s="6"/>
+      <c r="M217" s="6"/>
+      <c r="N217" s="6"/>
+      <c r="O217" s="6"/>
+      <c r="P217" s="6"/>
+      <c r="Q217" s="6"/>
+      <c r="R217" s="6"/>
+      <c r="S217" s="6"/>
+      <c r="T217" s="6"/>
+      <c r="U217" s="6"/>
+      <c r="V217" s="6"/>
+      <c r="W217" s="6"/>
+      <c r="X217" s="6"/>
+      <c r="Y217" s="6"/>
     </row>
     <row r="218">
       <c r="A218" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B218" s="14" t="n">
-        <v>6169564.0</v>
+        <v>156450.0</v>
       </c>
       <c r="C218" s="14" t="n">
-        <v>5397387.0</v>
+        <v>135095.0</v>
       </c>
       <c r="D218" s="14" t="n">
-        <v>6485156.0</v>
+        <v>100947.0</v>
       </c>
       <c r="E218" s="14" t="n">
-        <v>6326294.0</v>
+        <v>107756.0</v>
       </c>
       <c r="F218" s="14" t="n">
-        <v>6162460.0</v>
+        <v>137237.0</v>
       </c>
       <c r="G218" s="14" t="n">
-        <v>5955441.0</v>
+        <v>147222.0</v>
+      </c>
+      <c r="H218" s="14" t="n">
+        <v>140837.0</v>
+      </c>
+      <c r="I218" s="14" t="n">
+        <v>128657.0</v>
+      </c>
+      <c r="J218" s="14" t="n">
+        <v>132879.0</v>
+      </c>
+      <c r="K218" s="14" t="n">
+        <v>153423.0</v>
+      </c>
+      <c r="L218" s="14" t="n">
+        <v>138262.0</v>
+      </c>
+      <c r="M218" s="14" t="n">
+        <v>136835.0</v>
+      </c>
+      <c r="N218" s="14" t="n">
+        <v>129745.0</v>
+      </c>
+      <c r="O218" s="14" t="n">
+        <v>131279.0</v>
+      </c>
+      <c r="P218" s="14" t="n">
+        <v>124672.0</v>
+      </c>
+      <c r="Q218" s="14" t="n">
+        <v>130096.0</v>
+      </c>
+      <c r="R218" s="14" t="n">
+        <v>163147.0</v>
+      </c>
+      <c r="S218" s="14" t="n">
+        <v>163373.0</v>
+      </c>
+      <c r="T218" s="14" t="n">
+        <v>183035.0</v>
+      </c>
+      <c r="U218" s="14" t="n">
+        <v>206142.0</v>
+      </c>
+      <c r="V218" s="14" t="n">
+        <v>208634.0</v>
+      </c>
+      <c r="W218" s="14" t="n">
+        <v>256769.0</v>
+      </c>
+      <c r="X218" s="14" t="n">
+        <v>258919.0</v>
+      </c>
+      <c r="Y218" s="14" t="n">
+        <v>225139.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B219" s="14" t="n">
-        <v>5622858.0</v>
+        <v>6852738.0</v>
       </c>
       <c r="C219" s="14" t="n">
-        <v>5371364.0</v>
+        <v>6256295.0</v>
       </c>
       <c r="D219" s="14" t="n">
-        <v>5434532.0</v>
+        <v>6041266.0</v>
       </c>
       <c r="E219" s="14" t="n">
-        <v>5235195.0</v>
+        <v>5165296.0</v>
       </c>
       <c r="F219" s="14" t="n">
-        <v>4979845.0</v>
+        <v>5642376.0</v>
       </c>
       <c r="G219" s="14" t="n">
-        <v>4863525.0</v>
+        <v>5437459.0</v>
+      </c>
+      <c r="H219" s="14" t="n">
+        <v>5285203.0</v>
+      </c>
+      <c r="I219" s="14" t="n">
+        <v>4898835.0</v>
+      </c>
+      <c r="J219" s="14" t="n">
+        <v>4782915.0</v>
+      </c>
+      <c r="K219" s="14" t="n">
+        <v>4803870.0</v>
+      </c>
+      <c r="L219" s="14" t="n">
+        <v>4779040.0</v>
+      </c>
+      <c r="M219" s="14" t="n">
+        <v>4995705.0</v>
+      </c>
+      <c r="N219" s="14" t="n">
+        <v>5284050.0</v>
+      </c>
+      <c r="O219" s="14" t="n">
+        <v>5242499.0</v>
+      </c>
+      <c r="P219" s="14" t="n">
+        <v>4916626.0</v>
+      </c>
+      <c r="Q219" s="14" t="n">
+        <v>5619371.0</v>
+      </c>
+      <c r="R219" s="14" t="n">
+        <v>5557144.0</v>
+      </c>
+      <c r="S219" s="14" t="n">
+        <v>5334085.0</v>
+      </c>
+      <c r="T219" s="14" t="n">
+        <v>5032486.0</v>
+      </c>
+      <c r="U219" s="14" t="n">
+        <v>4887866.0</v>
+      </c>
+      <c r="V219" s="14" t="n">
+        <v>4783511.0</v>
+      </c>
+      <c r="W219" s="14" t="n">
+        <v>4735969.0</v>
+      </c>
+      <c r="X219" s="14" t="n">
+        <v>4697297.0</v>
+      </c>
+      <c r="Y219" s="14" t="n">
+        <v>4561752.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B220" s="14" t="n">
-        <v>6262883.0</v>
+        <v>6545833.0</v>
       </c>
       <c r="C220" s="14" t="n">
-        <v>6118677.0</v>
+        <v>5970351.0</v>
       </c>
       <c r="D220" s="14" t="n">
-        <v>6187238.0</v>
+        <v>5692315.0</v>
       </c>
       <c r="E220" s="14" t="n">
-        <v>6019529.0</v>
+        <v>4913182.0</v>
       </c>
       <c r="F220" s="14" t="n">
-        <v>5805490.0</v>
+        <v>5431944.0</v>
       </c>
       <c r="G220" s="14" t="n">
-        <v>5661475.0</v>
+        <v>5295712.0</v>
+      </c>
+      <c r="H220" s="14" t="n">
+        <v>5094546.0</v>
+      </c>
+      <c r="I220" s="14" t="n">
+        <v>4688704.0</v>
+      </c>
+      <c r="J220" s="14" t="n">
+        <v>4526803.0</v>
+      </c>
+      <c r="K220" s="14" t="n">
+        <v>4522062.0</v>
+      </c>
+      <c r="L220" s="14" t="n">
+        <v>4511202.0</v>
+      </c>
+      <c r="M220" s="14" t="n">
+        <v>4710099.0</v>
+      </c>
+      <c r="N220" s="14" t="n">
+        <v>4987502.0</v>
+      </c>
+      <c r="O220" s="14" t="n">
+        <v>4957515.0</v>
+      </c>
+      <c r="P220" s="14" t="n">
+        <v>4651985.0</v>
+      </c>
+      <c r="Q220" s="14" t="n">
+        <v>5361078.0</v>
+      </c>
+      <c r="R220" s="14" t="n">
+        <v>5303004.0</v>
+      </c>
+      <c r="S220" s="14" t="n">
+        <v>5079603.0</v>
+      </c>
+      <c r="T220" s="14" t="n">
+        <v>4792435.0</v>
+      </c>
+      <c r="U220" s="14" t="n">
+        <v>4636505.0</v>
+      </c>
+      <c r="V220" s="14" t="n">
+        <v>4563175.0</v>
+      </c>
+      <c r="W220" s="14" t="n">
+        <v>4547071.0</v>
+      </c>
+      <c r="X220" s="14" t="n">
+        <v>4529493.0</v>
+      </c>
+      <c r="Y220" s="14" t="n">
+        <v>4401078.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B221" s="14" t="n">
-        <v>2.474276E7</v>
+        <v>1436534.0</v>
       </c>
       <c r="C221" s="14" t="n">
-        <v>2.314209E7</v>
+        <v>1359457.0</v>
       </c>
       <c r="D221" s="14" t="n">
-        <v>2.5138922E7</v>
+        <v>1214512.0</v>
       </c>
       <c r="E221" s="14" t="n">
-        <v>2.4542726E7</v>
+        <v>1165812.0</v>
       </c>
       <c r="F221" s="14" t="n">
-        <v>2.3579389E7</v>
+        <v>1506932.0</v>
       </c>
       <c r="G221" s="14" t="n">
-        <v>2.2992079E7</v>
+        <v>1444153.0</v>
+      </c>
+      <c r="H221" s="14" t="n">
+        <v>1465391.0</v>
+      </c>
+      <c r="I221" s="14" t="n">
+        <v>1291643.0</v>
+      </c>
+      <c r="J221" s="14" t="n">
+        <v>1245141.0</v>
+      </c>
+      <c r="K221" s="14" t="n">
+        <v>1176785.0</v>
+      </c>
+      <c r="L221" s="14" t="n">
+        <v>1206202.0</v>
+      </c>
+      <c r="M221" s="14" t="n">
+        <v>1356546.0</v>
+      </c>
+      <c r="N221" s="14" t="n">
+        <v>1433923.0</v>
+      </c>
+      <c r="O221" s="14" t="n">
+        <v>1547987.0</v>
+      </c>
+      <c r="P221" s="14" t="n">
+        <v>1913227.0</v>
+      </c>
+      <c r="Q221" s="14" t="n">
+        <v>1844512.0</v>
+      </c>
+      <c r="R221" s="14" t="n">
+        <v>1864094.0</v>
+      </c>
+      <c r="S221" s="14" t="n">
+        <v>1715816.0</v>
+      </c>
+      <c r="T221" s="14" t="n">
+        <v>1528862.0</v>
+      </c>
+      <c r="U221" s="14" t="n">
+        <v>1401511.0</v>
+      </c>
+      <c r="V221" s="14" t="n">
+        <v>1298237.0</v>
+      </c>
+      <c r="W221" s="14" t="n">
+        <v>1283237.0</v>
+      </c>
+      <c r="X221" s="14" t="n">
+        <v>1168424.0</v>
+      </c>
+      <c r="Y221" s="14" t="n">
+        <v>926450.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B222" s="14" t="n">
-        <v>2605205.0</v>
+        <v>5825657.0</v>
       </c>
       <c r="C222" s="14" t="n">
-        <v>2219368.0</v>
+        <v>5494056.0</v>
       </c>
       <c r="D222" s="14" t="n">
-        <v>2579144.0</v>
+        <v>4929459.0</v>
       </c>
       <c r="E222" s="14" t="n">
-        <v>2576301.0</v>
+        <v>4346800.0</v>
       </c>
       <c r="F222" s="14" t="n">
-        <v>2430325.0</v>
+        <v>5325947.0</v>
       </c>
       <c r="G222" s="14" t="n">
-        <v>2343202.0</v>
+        <v>5149441.0</v>
+      </c>
+      <c r="H222" s="14" t="n">
+        <v>4972427.0</v>
+      </c>
+      <c r="I222" s="14" t="n">
+        <v>4637229.0</v>
+      </c>
+      <c r="J222" s="14" t="n">
+        <v>4499147.0</v>
+      </c>
+      <c r="K222" s="14" t="n">
+        <v>4351994.0</v>
+      </c>
+      <c r="L222" s="14" t="n">
+        <v>4375613.0</v>
+      </c>
+      <c r="M222" s="14" t="n">
+        <v>4448248.0</v>
+      </c>
+      <c r="N222" s="14" t="n">
+        <v>4360291.0</v>
+      </c>
+      <c r="O222" s="14" t="n">
+        <v>4301994.0</v>
+      </c>
+      <c r="P222" s="14" t="n">
+        <v>4324000.0</v>
+      </c>
+      <c r="Q222" s="14" t="n">
+        <v>4579598.0</v>
+      </c>
+      <c r="R222" s="14" t="n">
+        <v>4393020.0</v>
+      </c>
+      <c r="S222" s="14" t="n">
+        <v>4129547.0</v>
+      </c>
+      <c r="T222" s="14" t="n">
+        <v>3752971.0</v>
+      </c>
+      <c r="U222" s="14" t="n">
+        <v>3607678.0</v>
+      </c>
+      <c r="V222" s="14" t="n">
+        <v>3404440.0</v>
+      </c>
+      <c r="W222" s="14" t="n">
+        <v>3241322.0</v>
+      </c>
+      <c r="X222" s="14" t="n">
+        <v>3170774.0</v>
+      </c>
+      <c r="Y222" s="14" t="n">
+        <v>2872780.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B223" s="14" t="n">
-        <v>2.7347965E7</v>
+        <v>5963691.0</v>
       </c>
       <c r="C223" s="14" t="n">
-        <v>2.5361458E7</v>
+        <v>5241246.0</v>
       </c>
       <c r="D223" s="14" t="n">
-        <v>2.7718066E7</v>
+        <v>4814305.0</v>
       </c>
       <c r="E223" s="14" t="n">
-        <v>2.7119027E7</v>
+        <v>4582772.0</v>
       </c>
       <c r="F223" s="14" t="n">
-        <v>2.6009714E7</v>
+        <v>4657175.0</v>
       </c>
       <c r="G223" s="14" t="n">
-        <v>2.5335281E7</v>
+        <v>4509107.0</v>
+      </c>
+      <c r="H223" s="14" t="n">
+        <v>4297315.0</v>
+      </c>
+      <c r="I223" s="14" t="n">
+        <v>4213639.0</v>
+      </c>
+      <c r="J223" s="14" t="n">
+        <v>4116878.0</v>
+      </c>
+      <c r="K223" s="14" t="n">
+        <v>3915933.0</v>
+      </c>
+      <c r="L223" s="14" t="n">
+        <v>3835385.0</v>
+      </c>
+      <c r="M223" s="14" t="n">
+        <v>3833041.0</v>
+      </c>
+      <c r="N223" s="14" t="n">
+        <v>3791578.0</v>
+      </c>
+      <c r="O223" s="14" t="n">
+        <v>3728562.0</v>
+      </c>
+      <c r="P223" s="14" t="n">
+        <v>3738904.0</v>
+      </c>
+      <c r="Q223" s="14" t="n">
+        <v>3689518.0</v>
+      </c>
+      <c r="R223" s="14" t="n">
+        <v>3512418.0</v>
+      </c>
+      <c r="S223" s="14" t="n">
+        <v>3085336.0</v>
+      </c>
+      <c r="T223" s="14" t="n">
+        <v>2630341.0</v>
+      </c>
+      <c r="U223" s="14" t="n">
+        <v>2356344.0</v>
+      </c>
+      <c r="V223" s="14" t="n">
+        <v>2159505.0</v>
+      </c>
+      <c r="W223" s="14" t="n">
+        <v>1956528.0</v>
+      </c>
+      <c r="X223" s="14" t="n">
+        <v>1821214.0</v>
+      </c>
+      <c r="Y223" s="14" t="n">
+        <v>1593478.0</v>
       </c>
     </row>
     <row r="224">
-      <c r="A224" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G224" s="6"/>
+      <c r="A224" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+        </is>
+      </c>
+      <c r="B224" s="14" t="n">
+        <v>5705953.0</v>
+      </c>
+      <c r="C224" s="14" t="n">
+        <v>5562153.0</v>
+      </c>
+      <c r="D224" s="14" t="n">
+        <v>5212300.0</v>
+      </c>
+      <c r="E224" s="14" t="n">
+        <v>4587872.0</v>
+      </c>
+      <c r="F224" s="14" t="n">
+        <v>4899418.0</v>
+      </c>
+      <c r="G224" s="14" t="n">
+        <v>4643889.0</v>
+      </c>
+      <c r="H224" s="14" t="n">
+        <v>4605763.0</v>
+      </c>
+      <c r="I224" s="14" t="n">
+        <v>4286311.0</v>
+      </c>
+      <c r="J224" s="14" t="n">
+        <v>4178440.0</v>
+      </c>
+      <c r="K224" s="14" t="n">
+        <v>3943018.0</v>
+      </c>
+      <c r="L224" s="14" t="n">
+        <v>3952540.0</v>
+      </c>
+      <c r="M224" s="14" t="n">
+        <v>3956434.0</v>
+      </c>
+      <c r="N224" s="14" t="n">
+        <v>4185634.0</v>
+      </c>
+      <c r="O224" s="14" t="n">
+        <v>4210926.0</v>
+      </c>
+      <c r="P224" s="14" t="n">
+        <v>4209636.0</v>
+      </c>
+      <c r="Q224" s="14" t="n">
+        <v>3978318.0</v>
+      </c>
+      <c r="R224" s="14" t="n">
+        <v>3634281.0</v>
+      </c>
+      <c r="S224" s="14" t="n">
+        <v>3325149.0</v>
+      </c>
+      <c r="T224" s="14" t="n">
+        <v>3096759.0</v>
+      </c>
+      <c r="U224" s="14" t="n">
+        <v>2850527.0</v>
+      </c>
+      <c r="V224" s="14" t="n">
+        <v>2592157.0</v>
+      </c>
+      <c r="W224" s="14" t="n">
+        <v>2511416.0</v>
+      </c>
+      <c r="X224" s="14" t="n">
+        <v>2355678.0</v>
+      </c>
+      <c r="Y224" s="14" t="n">
+        <v>2064821.0</v>
+      </c>
     </row>
     <row r="225">
       <c r="A225" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B225" s="14" t="n">
-        <v>4594001.0</v>
+        <v>2.5941023E7</v>
       </c>
       <c r="C225" s="14" t="n">
-        <v>4195214.0</v>
+        <v>2.4048302E7</v>
       </c>
       <c r="D225" s="14" t="n">
-        <v>4515520.0</v>
+        <v>2.2312789E7</v>
       </c>
       <c r="E225" s="14" t="n">
-        <v>4541324.0</v>
+        <v>1.9956308E7</v>
       </c>
       <c r="F225" s="14" t="n">
-        <v>4354270.0</v>
+        <v>2.2169085E7</v>
       </c>
       <c r="G225" s="14" t="n">
-        <v>4212435.0</v>
+        <v>2.1331271E7</v>
+      </c>
+      <c r="H225" s="14" t="n">
+        <v>2.0766936E7</v>
+      </c>
+      <c r="I225" s="14" t="n">
+        <v>1.9456314E7</v>
+      </c>
+      <c r="J225" s="14" t="n">
+        <v>1.89554E7</v>
+      </c>
+      <c r="K225" s="14" t="n">
+        <v>1.8345023E7</v>
+      </c>
+      <c r="L225" s="14" t="n">
+        <v>1.8287042E7</v>
+      </c>
+      <c r="M225" s="14" t="n">
+        <v>1.8726809E7</v>
+      </c>
+      <c r="N225" s="14" t="n">
+        <v>1.9185221E7</v>
+      </c>
+      <c r="O225" s="14" t="n">
+        <v>1.9163247E7</v>
+      </c>
+      <c r="P225" s="14" t="n">
+        <v>1.9227065E7</v>
+      </c>
+      <c r="Q225" s="14" t="n">
+        <v>1.9841413E7</v>
+      </c>
+      <c r="R225" s="14" t="n">
+        <v>1.9124104E7</v>
+      </c>
+      <c r="S225" s="14" t="n">
+        <v>1.7753306E7</v>
+      </c>
+      <c r="T225" s="14" t="n">
+        <v>1.6224454E7</v>
+      </c>
+      <c r="U225" s="14" t="n">
+        <v>1.5310068E7</v>
+      </c>
+      <c r="V225" s="14" t="n">
+        <v>1.4446484E7</v>
+      </c>
+      <c r="W225" s="14" t="n">
+        <v>1.3985241E7</v>
+      </c>
+      <c r="X225" s="14" t="n">
+        <v>1.3472306E7</v>
+      </c>
+      <c r="Y225" s="14" t="n">
+        <v>1.224442E7</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B226" s="14" t="n">
-        <v>757799.0</v>
+        <v>2486578.0</v>
       </c>
       <c r="C226" s="14" t="n">
-        <v>695451.0</v>
+        <v>2321965.0</v>
       </c>
       <c r="D226" s="14" t="n">
-        <v>695787.0</v>
+        <v>2331404.0</v>
       </c>
       <c r="E226" s="14" t="n">
-        <v>716731.0</v>
+        <v>1935466.0</v>
       </c>
       <c r="F226" s="14" t="n">
-        <v>695587.0</v>
+        <v>2295712.0</v>
       </c>
       <c r="G226" s="14" t="n">
-        <v>616514.0</v>
+        <v>2262804.0</v>
+      </c>
+      <c r="H226" s="14" t="n">
+        <v>2167958.0</v>
+      </c>
+      <c r="I226" s="14" t="n">
+        <v>2011612.0</v>
+      </c>
+      <c r="J226" s="14" t="n">
+        <v>1934325.0</v>
+      </c>
+      <c r="K226" s="14" t="n">
+        <v>1822814.0</v>
+      </c>
+      <c r="L226" s="14" t="n">
+        <v>1746675.0</v>
+      </c>
+      <c r="M226" s="14" t="n">
+        <v>1657486.0</v>
+      </c>
+      <c r="N226" s="14" t="n">
+        <v>1658442.0</v>
+      </c>
+      <c r="O226" s="14" t="n">
+        <v>1721166.0</v>
+      </c>
+      <c r="P226" s="14" t="n">
+        <v>1310436.0</v>
+      </c>
+      <c r="Q226" s="14" t="n">
+        <v>1714683.0</v>
+      </c>
+      <c r="R226" s="14" t="n">
+        <v>2134786.0</v>
+      </c>
+      <c r="S226" s="14" t="n">
+        <v>2146283.0</v>
+      </c>
+      <c r="T226" s="14" t="n">
+        <v>1885588.0</v>
+      </c>
+      <c r="U226" s="14" t="n">
+        <v>1691822.0</v>
+      </c>
+      <c r="V226" s="14" t="n">
+        <v>1505951.0</v>
+      </c>
+      <c r="W226" s="14" t="n">
+        <v>1383691.0</v>
+      </c>
+      <c r="X226" s="14" t="n">
+        <v>1331297.0</v>
+      </c>
+      <c r="Y226" s="14" t="n">
+        <v>1249152.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B227" s="14" t="n">
-        <v>513832.0</v>
+        <v>2.8427601E7</v>
       </c>
       <c r="C227" s="14" t="n">
-        <v>433609.0</v>
+        <v>2.6370267E7</v>
       </c>
       <c r="D227" s="14" t="n">
-        <v>471007.0</v>
+        <v>2.4644193E7</v>
       </c>
       <c r="E227" s="14" t="n">
-        <v>542435.0</v>
+        <v>2.1891774E7</v>
       </c>
       <c r="F227" s="14" t="n">
-        <v>509056.0</v>
+        <v>2.4464797E7</v>
       </c>
       <c r="G227" s="14" t="n">
-        <v>587618.0</v>
+        <v>2.3594075E7</v>
+      </c>
+      <c r="H227" s="14" t="n">
+        <v>2.2934894E7</v>
+      </c>
+      <c r="I227" s="14" t="n">
+        <v>2.1467926E7</v>
+      </c>
+      <c r="J227" s="14" t="n">
+        <v>2.0889725E7</v>
+      </c>
+      <c r="K227" s="14" t="n">
+        <v>2.0167837E7</v>
+      </c>
+      <c r="L227" s="14" t="n">
+        <v>2.0033717E7</v>
+      </c>
+      <c r="M227" s="14" t="n">
+        <v>2.0384295E7</v>
+      </c>
+      <c r="N227" s="14" t="n">
+        <v>2.0843663E7</v>
+      </c>
+      <c r="O227" s="14" t="n">
+        <v>2.0884413E7</v>
+      </c>
+      <c r="P227" s="14" t="n">
+        <v>2.0537501E7</v>
+      </c>
+      <c r="Q227" s="14" t="n">
+        <v>2.1556096E7</v>
+      </c>
+      <c r="R227" s="14" t="n">
+        <v>2.125889E7</v>
+      </c>
+      <c r="S227" s="14" t="n">
+        <v>1.9899589E7</v>
+      </c>
+      <c r="T227" s="14" t="n">
+        <v>1.8110042E7</v>
+      </c>
+      <c r="U227" s="14" t="n">
+        <v>1.700189E7</v>
+      </c>
+      <c r="V227" s="14" t="n">
+        <v>1.5952435E7</v>
+      </c>
+      <c r="W227" s="14" t="n">
+        <v>1.5368932E7</v>
+      </c>
+      <c r="X227" s="14" t="n">
+        <v>1.4803603E7</v>
+      </c>
+      <c r="Y227" s="14" t="n">
+        <v>1.3493572E7</v>
       </c>
     </row>
     <row r="228">
-      <c r="A228" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A228" s="6" t="inlineStr">
+        <is>
+          <t>17 Girona</t>
+        </is>
+      </c>
+      <c r="B228" s="6"/>
+      <c r="C228" s="6"/>
+      <c r="D228" s="6"/>
+      <c r="E228" s="6"/>
+      <c r="F228" s="6"/>
+      <c r="G228" s="6"/>
+      <c r="H228" s="6"/>
+      <c r="I228" s="6"/>
+      <c r="J228" s="6"/>
+      <c r="K228" s="6"/>
+      <c r="L228" s="6"/>
+      <c r="M228" s="6"/>
+      <c r="N228" s="6"/>
+      <c r="O228" s="6"/>
+      <c r="P228" s="6"/>
+      <c r="Q228" s="6"/>
+      <c r="R228" s="6"/>
+      <c r="S228" s="6"/>
+      <c r="T228" s="6"/>
+      <c r="U228" s="6"/>
+      <c r="V228" s="6"/>
+      <c r="W228" s="6"/>
+      <c r="X228" s="6"/>
+      <c r="Y228" s="6"/>
     </row>
     <row r="229">
       <c r="A229" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B229" s="14" t="n">
-        <v>273704.0</v>
+        <v>724610.0</v>
       </c>
       <c r="C229" s="14" t="n">
-        <v>252164.0</v>
+        <v>519616.0</v>
       </c>
       <c r="D229" s="14" t="n">
-        <v>276267.0</v>
+        <v>516204.0</v>
       </c>
       <c r="E229" s="14" t="n">
-        <v>269157.0</v>
+        <v>580582.0</v>
       </c>
       <c r="F229" s="14" t="n">
-        <v>252276.0</v>
+        <v>641372.0</v>
       </c>
       <c r="G229" s="14" t="n">
-        <v>270745.0</v>
+        <v>542414.0</v>
+      </c>
+      <c r="H229" s="14" t="n">
+        <v>568282.0</v>
+      </c>
+      <c r="I229" s="14" t="n">
+        <v>472272.0</v>
+      </c>
+      <c r="J229" s="14" t="n">
+        <v>460571.0</v>
+      </c>
+      <c r="K229" s="14" t="n">
+        <v>510588.0</v>
+      </c>
+      <c r="L229" s="14" t="n">
+        <v>495967.0</v>
+      </c>
+      <c r="M229" s="14" t="n">
+        <v>466566.0</v>
+      </c>
+      <c r="N229" s="14" t="n">
+        <v>463232.0</v>
+      </c>
+      <c r="O229" s="14" t="n">
+        <v>477292.0</v>
+      </c>
+      <c r="P229" s="14" t="n">
+        <v>414271.0</v>
+      </c>
+      <c r="Q229" s="14" t="n">
+        <v>434613.0</v>
+      </c>
+      <c r="R229" s="14" t="n">
+        <v>479551.0</v>
+      </c>
+      <c r="S229" s="14" t="n">
+        <v>479911.0</v>
+      </c>
+      <c r="T229" s="14" t="n">
+        <v>513242.0</v>
+      </c>
+      <c r="U229" s="14" t="n">
+        <v>474366.0</v>
+      </c>
+      <c r="V229" s="14" t="n">
+        <v>438422.0</v>
+      </c>
+      <c r="W229" s="14" t="n">
+        <v>439894.0</v>
+      </c>
+      <c r="X229" s="14" t="n">
+        <v>441803.0</v>
+      </c>
+      <c r="Y229" s="14" t="n">
+        <v>360116.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B230" s="14" t="n">
-        <v>987352.0</v>
+        <v>4516069.0</v>
       </c>
       <c r="C230" s="14" t="n">
-        <v>898560.0</v>
+        <v>4175671.0</v>
       </c>
       <c r="D230" s="14" t="n">
-        <v>1063817.0</v>
+        <v>3990897.0</v>
       </c>
       <c r="E230" s="14" t="n">
-        <v>1020011.0</v>
+        <v>2444497.0</v>
       </c>
       <c r="F230" s="14" t="n">
-        <v>979968.0</v>
+        <v>2406094.0</v>
       </c>
       <c r="G230" s="14" t="n">
-        <v>893787.0</v>
+        <v>2353586.0</v>
+      </c>
+      <c r="H230" s="14" t="n">
+        <v>2376969.0</v>
+      </c>
+      <c r="I230" s="14" t="n">
+        <v>3136327.0</v>
+      </c>
+      <c r="J230" s="14" t="n">
+        <v>2838519.0</v>
+      </c>
+      <c r="K230" s="14" t="n">
+        <v>2658253.0</v>
+      </c>
+      <c r="L230" s="14" t="n">
+        <v>2639192.0</v>
+      </c>
+      <c r="M230" s="14" t="n">
+        <v>2819632.0</v>
+      </c>
+      <c r="N230" s="14" t="n">
+        <v>2972232.0</v>
+      </c>
+      <c r="O230" s="14" t="n">
+        <v>3069479.0</v>
+      </c>
+      <c r="P230" s="14" t="n">
+        <v>3122068.0</v>
+      </c>
+      <c r="Q230" s="14" t="n">
+        <v>3213377.0</v>
+      </c>
+      <c r="R230" s="14" t="n">
+        <v>3146374.0</v>
+      </c>
+      <c r="S230" s="14" t="n">
+        <v>2825422.0</v>
+      </c>
+      <c r="T230" s="14" t="n">
+        <v>2593367.0</v>
+      </c>
+      <c r="U230" s="14" t="n">
+        <v>2515802.0</v>
+      </c>
+      <c r="V230" s="14" t="n">
+        <v>2461000.0</v>
+      </c>
+      <c r="W230" s="14" t="n">
+        <v>2302622.0</v>
+      </c>
+      <c r="X230" s="14" t="n">
+        <v>2133383.0</v>
+      </c>
+      <c r="Y230" s="14" t="n">
+        <v>1791702.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B231" s="14" t="n">
-        <v>671677.0</v>
+        <v>4079539.0</v>
       </c>
       <c r="C231" s="14" t="n">
-        <v>645053.0</v>
+        <v>3731932.0</v>
       </c>
       <c r="D231" s="14" t="n">
-        <v>655596.0</v>
+        <v>3582928.0</v>
       </c>
       <c r="E231" s="14" t="n">
-        <v>638364.0</v>
+        <v>2073671.0</v>
       </c>
       <c r="F231" s="14" t="n">
-        <v>605678.0</v>
+        <v>2043108.0</v>
       </c>
       <c r="G231" s="14" t="n">
-        <v>596793.0</v>
+        <v>1982530.0</v>
+      </c>
+      <c r="H231" s="14" t="n">
+        <v>2000579.0</v>
+      </c>
+      <c r="I231" s="14" t="n">
+        <v>2761961.0</v>
+      </c>
+      <c r="J231" s="14" t="n">
+        <v>2479922.0</v>
+      </c>
+      <c r="K231" s="14" t="n">
+        <v>2354368.0</v>
+      </c>
+      <c r="L231" s="14" t="n">
+        <v>2290906.0</v>
+      </c>
+      <c r="M231" s="14" t="n">
+        <v>2450356.0</v>
+      </c>
+      <c r="N231" s="14" t="n">
+        <v>2594612.0</v>
+      </c>
+      <c r="O231" s="14" t="n">
+        <v>2633855.0</v>
+      </c>
+      <c r="P231" s="14" t="n">
+        <v>2652929.0</v>
+      </c>
+      <c r="Q231" s="14" t="n">
+        <v>2829957.0</v>
+      </c>
+      <c r="R231" s="14" t="n">
+        <v>2824725.0</v>
+      </c>
+      <c r="S231" s="14" t="n">
+        <v>2546083.0</v>
+      </c>
+      <c r="T231" s="14" t="n">
+        <v>2348619.0</v>
+      </c>
+      <c r="U231" s="14" t="n">
+        <v>2226592.0</v>
+      </c>
+      <c r="V231" s="14" t="n">
+        <v>2192361.0</v>
+      </c>
+      <c r="W231" s="14" t="n">
+        <v>2092280.0</v>
+      </c>
+      <c r="X231" s="14" t="n">
+        <v>1932753.0</v>
+      </c>
+      <c r="Y231" s="14" t="n">
+        <v>1631795.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B232" s="14" t="n">
-        <v>952006.0</v>
+        <v>1624491.0</v>
       </c>
       <c r="C232" s="14" t="n">
-        <v>903256.0</v>
+        <v>1566415.0</v>
       </c>
       <c r="D232" s="14" t="n">
-        <v>932880.0</v>
+        <v>1422308.0</v>
       </c>
       <c r="E232" s="14" t="n">
-        <v>922734.0</v>
+        <v>1376837.0</v>
       </c>
       <c r="F232" s="14" t="n">
-        <v>904437.0</v>
+        <v>1528981.0</v>
       </c>
       <c r="G232" s="14" t="n">
-        <v>856866.0</v>
+        <v>1355666.0</v>
+      </c>
+      <c r="H232" s="14" t="n">
+        <v>1267541.0</v>
+      </c>
+      <c r="I232" s="14" t="n">
+        <v>1235790.0</v>
+      </c>
+      <c r="J232" s="14" t="n">
+        <v>1157125.0</v>
+      </c>
+      <c r="K232" s="14" t="n">
+        <v>1082059.0</v>
+      </c>
+      <c r="L232" s="14" t="n">
+        <v>1119412.0</v>
+      </c>
+      <c r="M232" s="14" t="n">
+        <v>1265088.0</v>
+      </c>
+      <c r="N232" s="14" t="n">
+        <v>1478806.0</v>
+      </c>
+      <c r="O232" s="14" t="n">
+        <v>1710381.0</v>
+      </c>
+      <c r="P232" s="14" t="n">
+        <v>2161008.0</v>
+      </c>
+      <c r="Q232" s="14" t="n">
+        <v>2346578.0</v>
+      </c>
+      <c r="R232" s="14" t="n">
+        <v>2394177.0</v>
+      </c>
+      <c r="S232" s="14" t="n">
+        <v>2415809.0</v>
+      </c>
+      <c r="T232" s="14" t="n">
+        <v>2038216.0</v>
+      </c>
+      <c r="U232" s="14" t="n">
+        <v>1729186.0</v>
+      </c>
+      <c r="V232" s="14" t="n">
+        <v>1606577.0</v>
+      </c>
+      <c r="W232" s="14" t="n">
+        <v>1451198.0</v>
+      </c>
+      <c r="X232" s="14" t="n">
+        <v>1364105.0</v>
+      </c>
+      <c r="Y232" s="14" t="n">
+        <v>1201969.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B233" s="14" t="n">
-        <v>4156370.0</v>
+        <v>8323318.0</v>
       </c>
       <c r="C233" s="14" t="n">
-        <v>3828093.0</v>
+        <v>7466613.0</v>
       </c>
       <c r="D233" s="14" t="n">
-        <v>4095354.0</v>
+        <v>5953398.0</v>
       </c>
       <c r="E233" s="14" t="n">
-        <v>4109432.0</v>
+        <v>4856684.0</v>
       </c>
       <c r="F233" s="14" t="n">
-        <v>3947002.0</v>
+        <v>6408592.0</v>
       </c>
       <c r="G233" s="14" t="n">
-        <v>3822323.0</v>
+        <v>6280842.0</v>
+      </c>
+      <c r="H233" s="14" t="n">
+        <v>6140930.0</v>
+      </c>
+      <c r="I233" s="14" t="n">
+        <v>5977908.0</v>
+      </c>
+      <c r="J233" s="14" t="n">
+        <v>5713537.0</v>
+      </c>
+      <c r="K233" s="14" t="n">
+        <v>5423851.0</v>
+      </c>
+      <c r="L233" s="14" t="n">
+        <v>5302811.0</v>
+      </c>
+      <c r="M233" s="14" t="n">
+        <v>5392065.0</v>
+      </c>
+      <c r="N233" s="14" t="n">
+        <v>5417941.0</v>
+      </c>
+      <c r="O233" s="14" t="n">
+        <v>5430972.0</v>
+      </c>
+      <c r="P233" s="14" t="n">
+        <v>5296745.0</v>
+      </c>
+      <c r="Q233" s="14" t="n">
+        <v>5376428.0</v>
+      </c>
+      <c r="R233" s="14" t="n">
+        <v>5096205.0</v>
+      </c>
+      <c r="S233" s="14" t="n">
+        <v>4851940.0</v>
+      </c>
+      <c r="T233" s="14" t="n">
+        <v>4402192.0</v>
+      </c>
+      <c r="U233" s="14" t="n">
+        <v>4269386.0</v>
+      </c>
+      <c r="V233" s="14" t="n">
+        <v>3900174.0</v>
+      </c>
+      <c r="W233" s="14" t="n">
+        <v>3702914.0</v>
+      </c>
+      <c r="X233" s="14" t="n">
+        <v>3304380.0</v>
+      </c>
+      <c r="Y233" s="14" t="n">
+        <v>3023937.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B234" s="14" t="n">
-        <v>437631.0</v>
+        <v>6595978.0</v>
       </c>
       <c r="C234" s="14" t="n">
-        <v>367121.0</v>
+        <v>5841384.0</v>
       </c>
       <c r="D234" s="14" t="n">
-        <v>420166.0</v>
+        <v>5281683.0</v>
       </c>
       <c r="E234" s="14" t="n">
-        <v>431892.0</v>
+        <v>5059476.0</v>
       </c>
       <c r="F234" s="14" t="n">
-        <v>407268.0</v>
+        <v>5149901.0</v>
       </c>
       <c r="G234" s="14" t="n">
-        <v>390112.0</v>
+        <v>4917747.0</v>
+      </c>
+      <c r="H234" s="14" t="n">
+        <v>4752958.0</v>
+      </c>
+      <c r="I234" s="14" t="n">
+        <v>4605946.0</v>
+      </c>
+      <c r="J234" s="14" t="n">
+        <v>4503250.0</v>
+      </c>
+      <c r="K234" s="14" t="n">
+        <v>4459094.0</v>
+      </c>
+      <c r="L234" s="14" t="n">
+        <v>4352577.0</v>
+      </c>
+      <c r="M234" s="14" t="n">
+        <v>4386251.0</v>
+      </c>
+      <c r="N234" s="14" t="n">
+        <v>4372611.0</v>
+      </c>
+      <c r="O234" s="14" t="n">
+        <v>4237549.0</v>
+      </c>
+      <c r="P234" s="14" t="n">
+        <v>4097829.0</v>
+      </c>
+      <c r="Q234" s="14" t="n">
+        <v>4134409.0</v>
+      </c>
+      <c r="R234" s="14" t="n">
+        <v>3935725.0</v>
+      </c>
+      <c r="S234" s="14" t="n">
+        <v>3501668.0</v>
+      </c>
+      <c r="T234" s="14" t="n">
+        <v>3031675.0</v>
+      </c>
+      <c r="U234" s="14" t="n">
+        <v>2780923.0</v>
+      </c>
+      <c r="V234" s="14" t="n">
+        <v>2442656.0</v>
+      </c>
+      <c r="W234" s="14" t="n">
+        <v>2268369.0</v>
+      </c>
+      <c r="X234" s="14" t="n">
+        <v>2053968.0</v>
+      </c>
+      <c r="Y234" s="14" t="n">
+        <v>1848627.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B235" s="14" t="n">
-        <v>4594001.0</v>
+        <v>4822596.0</v>
       </c>
       <c r="C235" s="14" t="n">
-        <v>4195214.0</v>
+        <v>4406206.0</v>
       </c>
       <c r="D235" s="14" t="n">
-        <v>4515520.0</v>
+        <v>3974764.0</v>
       </c>
       <c r="E235" s="14" t="n">
-        <v>4541324.0</v>
+        <v>3693902.0</v>
       </c>
       <c r="F235" s="14" t="n">
-        <v>4354270.0</v>
+        <v>3860787.0</v>
       </c>
       <c r="G235" s="14" t="n">
-        <v>4212435.0</v>
+        <v>3703041.0</v>
+      </c>
+      <c r="H235" s="14" t="n">
+        <v>3562982.0</v>
+      </c>
+      <c r="I235" s="14" t="n">
+        <v>3399064.0</v>
+      </c>
+      <c r="J235" s="14" t="n">
+        <v>3369285.0</v>
+      </c>
+      <c r="K235" s="14" t="n">
+        <v>3246100.0</v>
+      </c>
+      <c r="L235" s="14" t="n">
+        <v>3290570.0</v>
+      </c>
+      <c r="M235" s="14" t="n">
+        <v>3285045.0</v>
+      </c>
+      <c r="N235" s="14" t="n">
+        <v>3349969.0</v>
+      </c>
+      <c r="O235" s="14" t="n">
+        <v>3360104.0</v>
+      </c>
+      <c r="P235" s="14" t="n">
+        <v>3318517.0</v>
+      </c>
+      <c r="Q235" s="14" t="n">
+        <v>3186458.0</v>
+      </c>
+      <c r="R235" s="14" t="n">
+        <v>2856477.0</v>
+      </c>
+      <c r="S235" s="14" t="n">
+        <v>2646744.0</v>
+      </c>
+      <c r="T235" s="14" t="n">
+        <v>2433184.0</v>
+      </c>
+      <c r="U235" s="14" t="n">
+        <v>2194306.0</v>
+      </c>
+      <c r="V235" s="14" t="n">
+        <v>2071751.0</v>
+      </c>
+      <c r="W235" s="14" t="n">
+        <v>1887268.0</v>
+      </c>
+      <c r="X235" s="14" t="n">
+        <v>1677665.0</v>
+      </c>
+      <c r="Y235" s="14" t="n">
+        <v>1650391.0</v>
       </c>
     </row>
     <row r="236">
-      <c r="A236" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G236" s="6"/>
+      <c r="A236" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
+        </is>
+      </c>
+      <c r="B236" s="14" t="n">
+        <v>2.6607062E7</v>
+      </c>
+      <c r="C236" s="14" t="n">
+        <v>2.3975905E7</v>
+      </c>
+      <c r="D236" s="14" t="n">
+        <v>2.1139254E7</v>
+      </c>
+      <c r="E236" s="14" t="n">
+        <v>1.8011978E7</v>
+      </c>
+      <c r="F236" s="14" t="n">
+        <v>1.9995727E7</v>
+      </c>
+      <c r="G236" s="14" t="n">
+        <v>1.9153296E7</v>
+      </c>
+      <c r="H236" s="14" t="n">
+        <v>1.8669662E7</v>
+      </c>
+      <c r="I236" s="14" t="n">
+        <v>1.8827307E7</v>
+      </c>
+      <c r="J236" s="14" t="n">
+        <v>1.8042287E7</v>
+      </c>
+      <c r="K236" s="14" t="n">
+        <v>1.7379945E7</v>
+      </c>
+      <c r="L236" s="14" t="n">
+        <v>1.7200529E7</v>
+      </c>
+      <c r="M236" s="14" t="n">
+        <v>1.7614647E7</v>
+      </c>
+      <c r="N236" s="14" t="n">
+        <v>1.8054791E7</v>
+      </c>
+      <c r="O236" s="14" t="n">
+        <v>1.8285777E7</v>
+      </c>
+      <c r="P236" s="14" t="n">
+        <v>1.8410438E7</v>
+      </c>
+      <c r="Q236" s="14" t="n">
+        <v>1.8691863E7</v>
+      </c>
+      <c r="R236" s="14" t="n">
+        <v>1.7908509E7</v>
+      </c>
+      <c r="S236" s="14" t="n">
+        <v>1.6721494E7</v>
+      </c>
+      <c r="T236" s="14" t="n">
+        <v>1.5011876E7</v>
+      </c>
+      <c r="U236" s="14" t="n">
+        <v>1.3963969E7</v>
+      </c>
+      <c r="V236" s="14" t="n">
+        <v>1.292058E7</v>
+      </c>
+      <c r="W236" s="14" t="n">
+        <v>1.2052265E7</v>
+      </c>
+      <c r="X236" s="14" t="n">
+        <v>1.0975304E7</v>
+      </c>
+      <c r="Y236" s="14" t="n">
+        <v>9876742.0</v>
+      </c>
     </row>
     <row r="237">
       <c r="A237" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B237" s="14" t="n">
-        <v>2.3839E7</v>
+        <v>2550422.0</v>
       </c>
       <c r="C237" s="14" t="n">
-        <v>2.1835162E7</v>
+        <v>2314974.0</v>
       </c>
       <c r="D237" s="14" t="n">
-        <v>2.4493773E7</v>
+        <v>2208784.0</v>
       </c>
       <c r="E237" s="14" t="n">
-        <v>2.3598874E7</v>
+        <v>1743954.0</v>
       </c>
       <c r="F237" s="14" t="n">
-        <v>2.2964012E7</v>
+        <v>2063922.0</v>
       </c>
       <c r="G237" s="14" t="n">
-        <v>2.1474532E7</v>
+        <v>2025637.0</v>
+      </c>
+      <c r="H237" s="14" t="n">
+        <v>1942560.0</v>
+      </c>
+      <c r="I237" s="14" t="n">
+        <v>1942186.0</v>
+      </c>
+      <c r="J237" s="14" t="n">
+        <v>1837431.0</v>
+      </c>
+      <c r="K237" s="14" t="n">
+        <v>1723277.0</v>
+      </c>
+      <c r="L237" s="14" t="n">
+        <v>1639567.0</v>
+      </c>
+      <c r="M237" s="14" t="n">
+        <v>1556546.0</v>
+      </c>
+      <c r="N237" s="14" t="n">
+        <v>1558288.0</v>
+      </c>
+      <c r="O237" s="14" t="n">
+        <v>1639826.0</v>
+      </c>
+      <c r="P237" s="14" t="n">
+        <v>1253439.0</v>
+      </c>
+      <c r="Q237" s="14" t="n">
+        <v>1612517.0</v>
+      </c>
+      <c r="R237" s="14" t="n">
+        <v>1995460.0</v>
+      </c>
+      <c r="S237" s="14" t="n">
+        <v>2017572.0</v>
+      </c>
+      <c r="T237" s="14" t="n">
+        <v>1742422.0</v>
+      </c>
+      <c r="U237" s="14" t="n">
+        <v>1541665.0</v>
+      </c>
+      <c r="V237" s="14" t="n">
+        <v>1346396.0</v>
+      </c>
+      <c r="W237" s="14" t="n">
+        <v>1192692.0</v>
+      </c>
+      <c r="X237" s="14" t="n">
+        <v>1085224.0</v>
+      </c>
+      <c r="Y237" s="14" t="n">
+        <v>1008863.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B238" s="14" t="n">
-        <v>91933.0</v>
+        <v>2.9157484E7</v>
       </c>
       <c r="C238" s="14" t="n">
-        <v>96251.0</v>
+        <v>2.6290879E7</v>
       </c>
       <c r="D238" s="14" t="n">
-        <v>119345.0</v>
+        <v>2.3348038E7</v>
       </c>
       <c r="E238" s="14" t="n">
-        <v>133270.0</v>
+        <v>1.9755932E7</v>
       </c>
       <c r="F238" s="14" t="n">
-        <v>124298.0</v>
+        <v>2.2059649E7</v>
       </c>
       <c r="G238" s="14" t="n">
-        <v>114479.0</v>
+        <v>2.1178933E7</v>
+      </c>
+      <c r="H238" s="14" t="n">
+        <v>2.0612222E7</v>
+      </c>
+      <c r="I238" s="14" t="n">
+        <v>2.0769493E7</v>
+      </c>
+      <c r="J238" s="14" t="n">
+        <v>1.9879718E7</v>
+      </c>
+      <c r="K238" s="14" t="n">
+        <v>1.9103222E7</v>
+      </c>
+      <c r="L238" s="14" t="n">
+        <v>1.8840096E7</v>
+      </c>
+      <c r="M238" s="14" t="n">
+        <v>1.9171193E7</v>
+      </c>
+      <c r="N238" s="14" t="n">
+        <v>1.9613079E7</v>
+      </c>
+      <c r="O238" s="14" t="n">
+        <v>1.9925603E7</v>
+      </c>
+      <c r="P238" s="14" t="n">
+        <v>1.9663877E7</v>
+      </c>
+      <c r="Q238" s="14" t="n">
+        <v>2.030438E7</v>
+      </c>
+      <c r="R238" s="14" t="n">
+        <v>1.9903969E7</v>
+      </c>
+      <c r="S238" s="14" t="n">
+        <v>1.8739066E7</v>
+      </c>
+      <c r="T238" s="14" t="n">
+        <v>1.6754298E7</v>
+      </c>
+      <c r="U238" s="14" t="n">
+        <v>1.5505634E7</v>
+      </c>
+      <c r="V238" s="14" t="n">
+        <v>1.4266976E7</v>
+      </c>
+      <c r="W238" s="14" t="n">
+        <v>1.3244957E7</v>
+      </c>
+      <c r="X238" s="14" t="n">
+        <v>1.2060528E7</v>
+      </c>
+      <c r="Y238" s="14" t="n">
+        <v>1.0885605E7</v>
       </c>
     </row>
     <row r="239">
-      <c r="A239" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A239" s="6" t="inlineStr">
+        <is>
+          <t>18 Granada</t>
+        </is>
+      </c>
+      <c r="B239" s="6"/>
+      <c r="C239" s="6"/>
+      <c r="D239" s="6"/>
+      <c r="E239" s="6"/>
+      <c r="F239" s="6"/>
+      <c r="G239" s="6"/>
+      <c r="H239" s="6"/>
+      <c r="I239" s="6"/>
+      <c r="J239" s="6"/>
+      <c r="K239" s="6"/>
+      <c r="L239" s="6"/>
+      <c r="M239" s="6"/>
+      <c r="N239" s="6"/>
+      <c r="O239" s="6"/>
+      <c r="P239" s="6"/>
+      <c r="Q239" s="6"/>
+      <c r="R239" s="6"/>
+      <c r="S239" s="6"/>
+      <c r="T239" s="6"/>
+      <c r="U239" s="6"/>
+      <c r="V239" s="6"/>
+      <c r="W239" s="6"/>
+      <c r="X239" s="6"/>
+      <c r="Y239" s="6"/>
     </row>
     <row r="240">
       <c r="A240" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B240" s="14" t="n">
-        <v>5534807.0</v>
+        <v>1192125.0</v>
       </c>
       <c r="C240" s="14" t="n">
-        <v>4897711.0</v>
+        <v>1061105.0</v>
       </c>
       <c r="D240" s="14" t="n">
-        <v>5470374.0</v>
+        <v>1128113.0</v>
       </c>
       <c r="E240" s="14" t="n">
-        <v>5341151.0</v>
+        <v>1060142.0</v>
       </c>
       <c r="F240" s="14" t="n">
-        <v>5126615.0</v>
+        <v>1107323.0</v>
       </c>
       <c r="G240" s="14" t="n">
-        <v>4754295.0</v>
+        <v>1110312.0</v>
+      </c>
+      <c r="H240" s="14" t="n">
+        <v>1166349.0</v>
+      </c>
+      <c r="I240" s="14" t="n">
+        <v>1073631.0</v>
+      </c>
+      <c r="J240" s="14" t="n">
+        <v>1153625.0</v>
+      </c>
+      <c r="K240" s="14" t="n">
+        <v>1023993.0</v>
+      </c>
+      <c r="L240" s="14" t="n">
+        <v>901210.0</v>
+      </c>
+      <c r="M240" s="14" t="n">
+        <v>882487.0</v>
+      </c>
+      <c r="N240" s="14" t="n">
+        <v>781592.0</v>
+      </c>
+      <c r="O240" s="14" t="n">
+        <v>793376.0</v>
+      </c>
+      <c r="P240" s="14" t="n">
+        <v>655211.0</v>
+      </c>
+      <c r="Q240" s="14" t="n">
+        <v>696679.0</v>
+      </c>
+      <c r="R240" s="14" t="n">
+        <v>712035.0</v>
+      </c>
+      <c r="S240" s="14" t="n">
+        <v>629789.0</v>
+      </c>
+      <c r="T240" s="14" t="n">
+        <v>661537.0</v>
+      </c>
+      <c r="U240" s="14" t="n">
+        <v>663747.0</v>
+      </c>
+      <c r="V240" s="14" t="n">
+        <v>707204.0</v>
+      </c>
+      <c r="W240" s="14" t="n">
+        <v>663177.0</v>
+      </c>
+      <c r="X240" s="14" t="n">
+        <v>677082.0</v>
+      </c>
+      <c r="Y240" s="14" t="n">
+        <v>588351.0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B241" s="14" t="n">
-        <v>1186543.0</v>
+        <v>1779595.0</v>
       </c>
       <c r="C241" s="14" t="n">
-        <v>1160660.0</v>
+        <v>1883258.0</v>
       </c>
       <c r="D241" s="14" t="n">
-        <v>1497326.0</v>
+        <v>1730458.0</v>
       </c>
       <c r="E241" s="14" t="n">
-        <v>1434654.0</v>
+        <v>1438843.0</v>
       </c>
       <c r="F241" s="14" t="n">
-        <v>1465100.0</v>
+        <v>1315839.0</v>
       </c>
       <c r="G241" s="14" t="n">
-        <v>1284672.0</v>
+        <v>1191384.0</v>
+      </c>
+      <c r="H241" s="14" t="n">
+        <v>1066265.0</v>
+      </c>
+      <c r="I241" s="14" t="n">
+        <v>1142694.0</v>
+      </c>
+      <c r="J241" s="14" t="n">
+        <v>1067531.0</v>
+      </c>
+      <c r="K241" s="14" t="n">
+        <v>1051538.0</v>
+      </c>
+      <c r="L241" s="14" t="n">
+        <v>1015250.0</v>
+      </c>
+      <c r="M241" s="14" t="n">
+        <v>1070157.0</v>
+      </c>
+      <c r="N241" s="14" t="n">
+        <v>1080477.0</v>
+      </c>
+      <c r="O241" s="14" t="n">
+        <v>1118547.0</v>
+      </c>
+      <c r="P241" s="14" t="n">
+        <v>1127771.0</v>
+      </c>
+      <c r="Q241" s="14" t="n">
+        <v>1222151.0</v>
+      </c>
+      <c r="R241" s="14" t="n">
+        <v>1198807.0</v>
+      </c>
+      <c r="S241" s="14" t="n">
+        <v>1158972.0</v>
+      </c>
+      <c r="T241" s="14" t="n">
+        <v>1062313.0</v>
+      </c>
+      <c r="U241" s="14" t="n">
+        <v>967587.0</v>
+      </c>
+      <c r="V241" s="14" t="n">
+        <v>979812.0</v>
+      </c>
+      <c r="W241" s="14" t="n">
+        <v>843358.0</v>
+      </c>
+      <c r="X241" s="14" t="n">
+        <v>794177.0</v>
+      </c>
+      <c r="Y241" s="14" t="n">
+        <v>745622.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B242" s="14" t="n">
-        <v>4963137.0</v>
+        <v>1058232.0</v>
       </c>
       <c r="C242" s="14" t="n">
-        <v>4277263.0</v>
+        <v>923573.0</v>
       </c>
       <c r="D242" s="14" t="n">
-        <v>5254022.0</v>
+        <v>846150.0</v>
       </c>
       <c r="E242" s="14" t="n">
-        <v>5046710.0</v>
+        <v>613427.0</v>
       </c>
       <c r="F242" s="14" t="n">
-        <v>4894316.0</v>
+        <v>625971.0</v>
       </c>
       <c r="G242" s="14" t="n">
-        <v>4549179.0</v>
+        <v>581083.0</v>
+      </c>
+      <c r="H242" s="14" t="n">
+        <v>575635.0</v>
+      </c>
+      <c r="I242" s="14" t="n">
+        <v>676208.0</v>
+      </c>
+      <c r="J242" s="14" t="n">
+        <v>636418.0</v>
+      </c>
+      <c r="K242" s="14" t="n">
+        <v>666624.0</v>
+      </c>
+      <c r="L242" s="14" t="n">
+        <v>636545.0</v>
+      </c>
+      <c r="M242" s="14" t="n">
+        <v>691009.0</v>
+      </c>
+      <c r="N242" s="14" t="n">
+        <v>711338.0</v>
+      </c>
+      <c r="O242" s="14" t="n">
+        <v>725421.0</v>
+      </c>
+      <c r="P242" s="14" t="n">
+        <v>749797.0</v>
+      </c>
+      <c r="Q242" s="14" t="n">
+        <v>861962.0</v>
+      </c>
+      <c r="R242" s="14" t="n">
+        <v>882722.0</v>
+      </c>
+      <c r="S242" s="14" t="n">
+        <v>879044.0</v>
+      </c>
+      <c r="T242" s="14" t="n">
+        <v>812341.0</v>
+      </c>
+      <c r="U242" s="14" t="n">
+        <v>771094.0</v>
+      </c>
+      <c r="V242" s="14" t="n">
+        <v>802970.0</v>
+      </c>
+      <c r="W242" s="14" t="n">
+        <v>689454.0</v>
+      </c>
+      <c r="X242" s="14" t="n">
+        <v>663480.0</v>
+      </c>
+      <c r="Y242" s="14" t="n">
+        <v>638952.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B243" s="14" t="n">
-        <v>4743611.0</v>
+        <v>1245257.0</v>
       </c>
       <c r="C243" s="14" t="n">
-        <v>4586643.0</v>
+        <v>1123200.0</v>
       </c>
       <c r="D243" s="14" t="n">
-        <v>4677171.0</v>
+        <v>953852.0</v>
       </c>
       <c r="E243" s="14" t="n">
-        <v>4524857.0</v>
+        <v>992378.0</v>
       </c>
       <c r="F243" s="14" t="n">
-        <v>4322475.0</v>
+        <v>1238477.0</v>
       </c>
       <c r="G243" s="14" t="n">
-        <v>4236976.0</v>
+        <v>1143655.0</v>
+      </c>
+      <c r="H243" s="14" t="n">
+        <v>1035974.0</v>
+      </c>
+      <c r="I243" s="14" t="n">
+        <v>956715.0</v>
+      </c>
+      <c r="J243" s="14" t="n">
+        <v>953354.0</v>
+      </c>
+      <c r="K243" s="14" t="n">
+        <v>889903.0</v>
+      </c>
+      <c r="L243" s="14" t="n">
+        <v>885688.0</v>
+      </c>
+      <c r="M243" s="14" t="n">
+        <v>1061889.0</v>
+      </c>
+      <c r="N243" s="14" t="n">
+        <v>1265281.0</v>
+      </c>
+      <c r="O243" s="14" t="n">
+        <v>1434093.0</v>
+      </c>
+      <c r="P243" s="14" t="n">
+        <v>1960152.0</v>
+      </c>
+      <c r="Q243" s="14" t="n">
+        <v>2414219.0</v>
+      </c>
+      <c r="R243" s="14" t="n">
+        <v>2349233.0</v>
+      </c>
+      <c r="S243" s="14" t="n">
+        <v>2130968.0</v>
+      </c>
+      <c r="T243" s="14" t="n">
+        <v>1751645.0</v>
+      </c>
+      <c r="U243" s="14" t="n">
+        <v>1494907.0</v>
+      </c>
+      <c r="V243" s="14" t="n">
+        <v>1321845.0</v>
+      </c>
+      <c r="W243" s="14" t="n">
+        <v>1138902.0</v>
+      </c>
+      <c r="X243" s="14" t="n">
+        <v>949750.0</v>
+      </c>
+      <c r="Y243" s="14" t="n">
+        <v>929555.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B244" s="14" t="n">
-        <v>4661181.0</v>
+        <v>4848055.0</v>
       </c>
       <c r="C244" s="14" t="n">
-        <v>4626774.0</v>
+        <v>4443113.0</v>
       </c>
       <c r="D244" s="14" t="n">
-        <v>4959233.0</v>
+        <v>3713243.0</v>
       </c>
       <c r="E244" s="14" t="n">
-        <v>4696794.0</v>
+        <v>3025401.0</v>
       </c>
       <c r="F244" s="14" t="n">
-        <v>4648704.0</v>
+        <v>3945665.0</v>
       </c>
       <c r="G244" s="14" t="n">
-        <v>4312745.0</v>
+        <v>3767622.0</v>
+      </c>
+      <c r="H244" s="14" t="n">
+        <v>3801130.0</v>
+      </c>
+      <c r="I244" s="14" t="n">
+        <v>3737800.0</v>
+      </c>
+      <c r="J244" s="14" t="n">
+        <v>3799124.0</v>
+      </c>
+      <c r="K244" s="14" t="n">
+        <v>3477232.0</v>
+      </c>
+      <c r="L244" s="14" t="n">
+        <v>3328955.0</v>
+      </c>
+      <c r="M244" s="14" t="n">
+        <v>3406563.0</v>
+      </c>
+      <c r="N244" s="14" t="n">
+        <v>3445698.0</v>
+      </c>
+      <c r="O244" s="14" t="n">
+        <v>3378660.0</v>
+      </c>
+      <c r="P244" s="14" t="n">
+        <v>3375328.0</v>
+      </c>
+      <c r="Q244" s="14" t="n">
+        <v>3351027.0</v>
+      </c>
+      <c r="R244" s="14" t="n">
+        <v>3214152.0</v>
+      </c>
+      <c r="S244" s="14" t="n">
+        <v>3119445.0</v>
+      </c>
+      <c r="T244" s="14" t="n">
+        <v>2862800.0</v>
+      </c>
+      <c r="U244" s="14" t="n">
+        <v>2774964.0</v>
+      </c>
+      <c r="V244" s="14" t="n">
+        <v>2642569.0</v>
+      </c>
+      <c r="W244" s="14" t="n">
+        <v>2544494.0</v>
+      </c>
+      <c r="X244" s="14" t="n">
+        <v>2386858.0</v>
+      </c>
+      <c r="Y244" s="14" t="n">
+        <v>2195129.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B245" s="14" t="n">
-        <v>2.1568065E7</v>
+        <v>4840392.0</v>
       </c>
       <c r="C245" s="14" t="n">
-        <v>1.9924378E7</v>
+        <v>4215918.0</v>
       </c>
       <c r="D245" s="14" t="n">
-        <v>2.2214647E7</v>
+        <v>3785709.0</v>
       </c>
       <c r="E245" s="14" t="n">
-        <v>2.1354431E7</v>
+        <v>3616723.0</v>
       </c>
       <c r="F245" s="14" t="n">
-        <v>2.0815989E7</v>
+        <v>3722644.0</v>
       </c>
       <c r="G245" s="14" t="n">
-        <v>1.9485533E7</v>
+        <v>3551853.0</v>
+      </c>
+      <c r="H245" s="14" t="n">
+        <v>3362060.0</v>
+      </c>
+      <c r="I245" s="14" t="n">
+        <v>3275749.0</v>
+      </c>
+      <c r="J245" s="14" t="n">
+        <v>3228897.0</v>
+      </c>
+      <c r="K245" s="14" t="n">
+        <v>3221776.0</v>
+      </c>
+      <c r="L245" s="14" t="n">
+        <v>3151701.0</v>
+      </c>
+      <c r="M245" s="14" t="n">
+        <v>3105385.0</v>
+      </c>
+      <c r="N245" s="14" t="n">
+        <v>3106956.0</v>
+      </c>
+      <c r="O245" s="14" t="n">
+        <v>3038650.0</v>
+      </c>
+      <c r="P245" s="14" t="n">
+        <v>3081748.0</v>
+      </c>
+      <c r="Q245" s="14" t="n">
+        <v>3102646.0</v>
+      </c>
+      <c r="R245" s="14" t="n">
+        <v>2909871.0</v>
+      </c>
+      <c r="S245" s="14" t="n">
+        <v>2571934.0</v>
+      </c>
+      <c r="T245" s="14" t="n">
+        <v>2205002.0</v>
+      </c>
+      <c r="U245" s="14" t="n">
+        <v>1972418.0</v>
+      </c>
+      <c r="V245" s="14" t="n">
+        <v>1770615.0</v>
+      </c>
+      <c r="W245" s="14" t="n">
+        <v>1627136.0</v>
+      </c>
+      <c r="X245" s="14" t="n">
+        <v>1484821.0</v>
+      </c>
+      <c r="Y245" s="14" t="n">
+        <v>1312918.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B246" s="14" t="n">
-        <v>2270935.0</v>
+        <v>5108948.0</v>
       </c>
       <c r="C246" s="14" t="n">
-        <v>1910784.0</v>
+        <v>4765719.0</v>
       </c>
       <c r="D246" s="14" t="n">
-        <v>2279126.0</v>
+        <v>4403840.0</v>
       </c>
       <c r="E246" s="14" t="n">
-        <v>2244443.0</v>
+        <v>4421687.0</v>
       </c>
       <c r="F246" s="14" t="n">
-        <v>2148023.0</v>
+        <v>4561827.0</v>
       </c>
       <c r="G246" s="14" t="n">
-        <v>1988999.0</v>
+        <v>4422005.0</v>
+      </c>
+      <c r="H246" s="14" t="n">
+        <v>4339861.0</v>
+      </c>
+      <c r="I246" s="14" t="n">
+        <v>4212962.0</v>
+      </c>
+      <c r="J246" s="14" t="n">
+        <v>4192475.0</v>
+      </c>
+      <c r="K246" s="14" t="n">
+        <v>4051458.0</v>
+      </c>
+      <c r="L246" s="14" t="n">
+        <v>4052484.0</v>
+      </c>
+      <c r="M246" s="14" t="n">
+        <v>3994901.0</v>
+      </c>
+      <c r="N246" s="14" t="n">
+        <v>4176057.0</v>
+      </c>
+      <c r="O246" s="14" t="n">
+        <v>4069839.0</v>
+      </c>
+      <c r="P246" s="14" t="n">
+        <v>4008261.0</v>
+      </c>
+      <c r="Q246" s="14" t="n">
+        <v>3810148.0</v>
+      </c>
+      <c r="R246" s="14" t="n">
+        <v>3497798.0</v>
+      </c>
+      <c r="S246" s="14" t="n">
+        <v>3229134.0</v>
+      </c>
+      <c r="T246" s="14" t="n">
+        <v>2937424.0</v>
+      </c>
+      <c r="U246" s="14" t="n">
+        <v>2900666.0</v>
+      </c>
+      <c r="V246" s="14" t="n">
+        <v>2705635.0</v>
+      </c>
+      <c r="W246" s="14" t="n">
+        <v>2576492.0</v>
+      </c>
+      <c r="X246" s="14" t="n">
+        <v>2278245.0</v>
+      </c>
+      <c r="Y246" s="14" t="n">
+        <v>2093413.0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B247" s="14" t="n">
-        <v>2.3839E7</v>
+        <v>1.9014372E7</v>
       </c>
       <c r="C247" s="14" t="n">
-        <v>2.1835162E7</v>
+        <v>1.7492313E7</v>
       </c>
       <c r="D247" s="14" t="n">
-        <v>2.4493773E7</v>
+        <v>1.5715215E7</v>
       </c>
       <c r="E247" s="14" t="n">
-        <v>2.3598874E7</v>
+        <v>1.4555174E7</v>
       </c>
       <c r="F247" s="14" t="n">
-        <v>2.2964012E7</v>
+        <v>1.5891775E7</v>
       </c>
       <c r="G247" s="14" t="n">
-        <v>2.1474532E7</v>
+        <v>1.5186831E7</v>
+      </c>
+      <c r="H247" s="14" t="n">
+        <v>1.4771639E7</v>
+      </c>
+      <c r="I247" s="14" t="n">
+        <v>1.4399551E7</v>
+      </c>
+      <c r="J247" s="14" t="n">
+        <v>1.4395006E7</v>
+      </c>
+      <c r="K247" s="14" t="n">
+        <v>1.37159E7</v>
+      </c>
+      <c r="L247" s="14" t="n">
+        <v>1.3335288E7</v>
+      </c>
+      <c r="M247" s="14" t="n">
+        <v>1.3521382E7</v>
+      </c>
+      <c r="N247" s="14" t="n">
+        <v>1.3856061E7</v>
+      </c>
+      <c r="O247" s="14" t="n">
+        <v>1.3833165E7</v>
+      </c>
+      <c r="P247" s="14" t="n">
+        <v>1.4208471E7</v>
+      </c>
+      <c r="Q247" s="14" t="n">
+        <v>1.459687E7</v>
+      </c>
+      <c r="R247" s="14" t="n">
+        <v>1.3881896E7</v>
+      </c>
+      <c r="S247" s="14" t="n">
+        <v>1.2840242E7</v>
+      </c>
+      <c r="T247" s="14" t="n">
+        <v>1.1480721E7</v>
+      </c>
+      <c r="U247" s="14" t="n">
+        <v>1.0774289E7</v>
+      </c>
+      <c r="V247" s="14" t="n">
+        <v>1.012768E7</v>
+      </c>
+      <c r="W247" s="14" t="n">
+        <v>9393559.0</v>
+      </c>
+      <c r="X247" s="14" t="n">
+        <v>8570933.0</v>
+      </c>
+      <c r="Y247" s="14" t="n">
+        <v>7864988.0</v>
       </c>
     </row>
     <row r="248">
-      <c r="A248" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G248" s="6"/>
+      <c r="A248" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B248" s="14" t="n">
+        <v>1822624.0</v>
+      </c>
+      <c r="C248" s="14" t="n">
+        <v>1688956.0</v>
+      </c>
+      <c r="D248" s="14" t="n">
+        <v>1642041.0</v>
+      </c>
+      <c r="E248" s="14" t="n">
+        <v>1412709.0</v>
+      </c>
+      <c r="F248" s="14" t="n">
+        <v>1646310.0</v>
+      </c>
+      <c r="G248" s="14" t="n">
+        <v>1611802.0</v>
+      </c>
+      <c r="H248" s="14" t="n">
+        <v>1542720.0</v>
+      </c>
+      <c r="I248" s="14" t="n">
+        <v>1488700.0</v>
+      </c>
+      <c r="J248" s="14" t="n">
+        <v>1469640.0</v>
+      </c>
+      <c r="K248" s="14" t="n">
+        <v>1363216.0</v>
+      </c>
+      <c r="L248" s="14" t="n">
+        <v>1273760.0</v>
+      </c>
+      <c r="M248" s="14" t="n">
+        <v>1196695.0</v>
+      </c>
+      <c r="N248" s="14" t="n">
+        <v>1197686.0</v>
+      </c>
+      <c r="O248" s="14" t="n">
+        <v>1242455.0</v>
+      </c>
+      <c r="P248" s="14" t="n">
+        <v>968328.0</v>
+      </c>
+      <c r="Q248" s="14" t="n">
+        <v>1260580.0</v>
+      </c>
+      <c r="R248" s="14" t="n">
+        <v>1548742.0</v>
+      </c>
+      <c r="S248" s="14" t="n">
+        <v>1552526.0</v>
+      </c>
+      <c r="T248" s="14" t="n">
+        <v>1335405.0</v>
+      </c>
+      <c r="U248" s="14" t="n">
+        <v>1192204.0</v>
+      </c>
+      <c r="V248" s="14" t="n">
+        <v>1057412.0</v>
+      </c>
+      <c r="W248" s="14" t="n">
+        <v>931678.0</v>
+      </c>
+      <c r="X248" s="14" t="n">
+        <v>849285.0</v>
+      </c>
+      <c r="Y248" s="14" t="n">
+        <v>804737.0</v>
+      </c>
     </row>
     <row r="249">
       <c r="A249" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B249" s="14" t="n">
-        <v>2.1355174E7</v>
+        <v>2.0836996E7</v>
       </c>
       <c r="C249" s="14" t="n">
-        <v>1.9520752E7</v>
+        <v>1.9181269E7</v>
       </c>
       <c r="D249" s="14" t="n">
-        <v>2.182832E7</v>
+        <v>1.7357256E7</v>
       </c>
       <c r="E249" s="14" t="n">
-        <v>2.0939426E7</v>
+        <v>1.5967883E7</v>
       </c>
       <c r="F249" s="14" t="n">
-        <v>2.0402148E7</v>
+        <v>1.7538085E7</v>
       </c>
       <c r="G249" s="14" t="n">
-        <v>2.0555058E7</v>
+        <v>1.6798633E7</v>
+      </c>
+      <c r="H249" s="14" t="n">
+        <v>1.6314359E7</v>
+      </c>
+      <c r="I249" s="14" t="n">
+        <v>1.5888251E7</v>
+      </c>
+      <c r="J249" s="14" t="n">
+        <v>1.5864646E7</v>
+      </c>
+      <c r="K249" s="14" t="n">
+        <v>1.5079116E7</v>
+      </c>
+      <c r="L249" s="14" t="n">
+        <v>1.4609048E7</v>
+      </c>
+      <c r="M249" s="14" t="n">
+        <v>1.4718077E7</v>
+      </c>
+      <c r="N249" s="14" t="n">
+        <v>1.5053747E7</v>
+      </c>
+      <c r="O249" s="14" t="n">
+        <v>1.507562E7</v>
+      </c>
+      <c r="P249" s="14" t="n">
+        <v>1.5176799E7</v>
+      </c>
+      <c r="Q249" s="14" t="n">
+        <v>1.585745E7</v>
+      </c>
+      <c r="R249" s="14" t="n">
+        <v>1.5430638E7</v>
+      </c>
+      <c r="S249" s="14" t="n">
+        <v>1.4392768E7</v>
+      </c>
+      <c r="T249" s="14" t="n">
+        <v>1.2816126E7</v>
+      </c>
+      <c r="U249" s="14" t="n">
+        <v>1.1966493E7</v>
+      </c>
+      <c r="V249" s="14" t="n">
+        <v>1.1185092E7</v>
+      </c>
+      <c r="W249" s="14" t="n">
+        <v>1.0325237E7</v>
+      </c>
+      <c r="X249" s="14" t="n">
+        <v>9420218.0</v>
+      </c>
+      <c r="Y249" s="14" t="n">
+        <v>8669725.0</v>
       </c>
     </row>
     <row r="250">
-      <c r="A250" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A250" s="6" t="inlineStr">
+        <is>
+          <t>19 Guadalajara</t>
+        </is>
+      </c>
+      <c r="B250" s="6"/>
+      <c r="C250" s="6"/>
+      <c r="D250" s="6"/>
+      <c r="E250" s="6"/>
+      <c r="F250" s="6"/>
+      <c r="G250" s="6"/>
+      <c r="H250" s="6"/>
+      <c r="I250" s="6"/>
+      <c r="J250" s="6"/>
+      <c r="K250" s="6"/>
+      <c r="L250" s="6"/>
+      <c r="M250" s="6"/>
+      <c r="N250" s="6"/>
+      <c r="O250" s="6"/>
+      <c r="P250" s="6"/>
+      <c r="Q250" s="6"/>
+      <c r="R250" s="6"/>
+      <c r="S250" s="6"/>
+      <c r="T250" s="6"/>
+      <c r="U250" s="6"/>
+      <c r="V250" s="6"/>
+      <c r="W250" s="6"/>
+      <c r="X250" s="6"/>
+      <c r="Y250" s="6"/>
     </row>
     <row r="251">
       <c r="A251" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B251" s="14" t="n">
-        <v>2877101.0</v>
+        <v>368879.0</v>
       </c>
       <c r="C251" s="14" t="n">
-        <v>2471563.0</v>
+        <v>367250.0</v>
       </c>
       <c r="D251" s="14" t="n">
-        <v>2455373.0</v>
+        <v>229280.0</v>
       </c>
       <c r="E251" s="14" t="n">
-        <v>2409597.0</v>
+        <v>205974.0</v>
       </c>
       <c r="F251" s="14" t="n">
-        <v>2432387.0</v>
+        <v>187463.0</v>
       </c>
       <c r="G251" s="14" t="n">
-        <v>3221270.0</v>
+        <v>222180.0</v>
+      </c>
+      <c r="H251" s="14" t="n">
+        <v>168011.0</v>
+      </c>
+      <c r="I251" s="14" t="n">
+        <v>166916.0</v>
+      </c>
+      <c r="J251" s="14" t="n">
+        <v>131003.0</v>
+      </c>
+      <c r="K251" s="14" t="n">
+        <v>138738.0</v>
+      </c>
+      <c r="L251" s="14" t="n">
+        <v>165537.0</v>
+      </c>
+      <c r="M251" s="14" t="n">
+        <v>153191.0</v>
+      </c>
+      <c r="N251" s="14" t="n">
+        <v>160723.0</v>
+      </c>
+      <c r="O251" s="14" t="n">
+        <v>147029.0</v>
+      </c>
+      <c r="P251" s="14" t="n">
+        <v>122595.0</v>
+      </c>
+      <c r="Q251" s="14" t="n">
+        <v>184221.0</v>
+      </c>
+      <c r="R251" s="14" t="n">
+        <v>148433.0</v>
+      </c>
+      <c r="S251" s="14" t="n">
+        <v>112597.0</v>
+      </c>
+      <c r="T251" s="14" t="n">
+        <v>87685.0</v>
+      </c>
+      <c r="U251" s="14" t="n">
+        <v>137429.0</v>
+      </c>
+      <c r="V251" s="14" t="n">
+        <v>118310.0</v>
+      </c>
+      <c r="W251" s="14" t="n">
+        <v>134957.0</v>
+      </c>
+      <c r="X251" s="14" t="n">
+        <v>114804.0</v>
+      </c>
+      <c r="Y251" s="14" t="n">
+        <v>131622.0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B252" s="14" t="n">
-        <v>2443136.0</v>
+        <v>1939216.0</v>
       </c>
       <c r="C252" s="14" t="n">
-        <v>2089661.0</v>
+        <v>2249059.0</v>
       </c>
       <c r="D252" s="14" t="n">
-        <v>2079978.0</v>
+        <v>1754020.0</v>
       </c>
       <c r="E252" s="14" t="n">
-        <v>2021324.0</v>
+        <v>1418712.0</v>
       </c>
       <c r="F252" s="14" t="n">
-        <v>2035104.0</v>
+        <v>1564426.0</v>
       </c>
       <c r="G252" s="14" t="n">
-        <v>2831109.0</v>
+        <v>1427969.0</v>
+      </c>
+      <c r="H252" s="14" t="n">
+        <v>1390086.0</v>
+      </c>
+      <c r="I252" s="14" t="n">
+        <v>1221842.0</v>
+      </c>
+      <c r="J252" s="14" t="n">
+        <v>1262477.0</v>
+      </c>
+      <c r="K252" s="14" t="n">
+        <v>1368060.0</v>
+      </c>
+      <c r="L252" s="14" t="n">
+        <v>1539722.0</v>
+      </c>
+      <c r="M252" s="14" t="n">
+        <v>1637964.0</v>
+      </c>
+      <c r="N252" s="14" t="n">
+        <v>1610702.0</v>
+      </c>
+      <c r="O252" s="14" t="n">
+        <v>1478078.0</v>
+      </c>
+      <c r="P252" s="14" t="n">
+        <v>1350067.0</v>
+      </c>
+      <c r="Q252" s="14" t="n">
+        <v>1447663.0</v>
+      </c>
+      <c r="R252" s="14" t="n">
+        <v>1393343.0</v>
+      </c>
+      <c r="S252" s="14" t="n">
+        <v>1286850.0</v>
+      </c>
+      <c r="T252" s="14" t="n">
+        <v>1231103.0</v>
+      </c>
+      <c r="U252" s="14" t="n">
+        <v>1135406.0</v>
+      </c>
+      <c r="V252" s="14" t="n">
+        <v>1112084.0</v>
+      </c>
+      <c r="W252" s="14" t="n">
+        <v>999162.0</v>
+      </c>
+      <c r="X252" s="14" t="n">
+        <v>871686.0</v>
+      </c>
+      <c r="Y252" s="14" t="n">
+        <v>716723.0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B253" s="14" t="n">
-        <v>1382527.0</v>
+        <v>937986.0</v>
       </c>
       <c r="C253" s="14" t="n">
-        <v>1333140.0</v>
+        <v>805803.0</v>
       </c>
       <c r="D253" s="14" t="n">
-        <v>1477548.0</v>
+        <v>734695.0</v>
       </c>
       <c r="E253" s="14" t="n">
-        <v>1309795.0</v>
+        <v>764556.0</v>
       </c>
       <c r="F253" s="14" t="n">
-        <v>1232516.0</v>
+        <v>842363.0</v>
       </c>
       <c r="G253" s="14" t="n">
-        <v>1195395.0</v>
+        <v>782091.0</v>
+      </c>
+      <c r="H253" s="14" t="n">
+        <v>801644.0</v>
+      </c>
+      <c r="I253" s="14" t="n">
+        <v>699308.0</v>
+      </c>
+      <c r="J253" s="14" t="n">
+        <v>716183.0</v>
+      </c>
+      <c r="K253" s="14" t="n">
+        <v>825355.0</v>
+      </c>
+      <c r="L253" s="14" t="n">
+        <v>941738.0</v>
+      </c>
+      <c r="M253" s="14" t="n">
+        <v>992838.0</v>
+      </c>
+      <c r="N253" s="14" t="n">
+        <v>1016433.0</v>
+      </c>
+      <c r="O253" s="14" t="n">
+        <v>937599.0</v>
+      </c>
+      <c r="P253" s="14" t="n">
+        <v>865607.0</v>
+      </c>
+      <c r="Q253" s="14" t="n">
+        <v>927680.0</v>
+      </c>
+      <c r="R253" s="14" t="n">
+        <v>917611.0</v>
+      </c>
+      <c r="S253" s="14" t="n">
+        <v>861364.0</v>
+      </c>
+      <c r="T253" s="14" t="n">
+        <v>842363.0</v>
+      </c>
+      <c r="U253" s="14" t="n">
+        <v>798139.0</v>
+      </c>
+      <c r="V253" s="14" t="n">
+        <v>781854.0</v>
+      </c>
+      <c r="W253" s="14" t="n">
+        <v>721552.0</v>
+      </c>
+      <c r="X253" s="14" t="n">
+        <v>632251.0</v>
+      </c>
+      <c r="Y253" s="14" t="n">
+        <v>531466.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B254" s="14" t="n">
-        <v>5538267.0</v>
+        <v>336137.0</v>
       </c>
       <c r="C254" s="14" t="n">
-        <v>4718878.0</v>
+        <v>289417.0</v>
       </c>
       <c r="D254" s="14" t="n">
-        <v>6238839.0</v>
+        <v>256702.0</v>
       </c>
       <c r="E254" s="14" t="n">
-        <v>6074237.0</v>
+        <v>270910.0</v>
       </c>
       <c r="F254" s="14" t="n">
-        <v>5964293.0</v>
+        <v>341569.0</v>
       </c>
       <c r="G254" s="14" t="n">
-        <v>5786723.0</v>
+        <v>316013.0</v>
+      </c>
+      <c r="H254" s="14" t="n">
+        <v>276776.0</v>
+      </c>
+      <c r="I254" s="14" t="n">
+        <v>229330.0</v>
+      </c>
+      <c r="J254" s="14" t="n">
+        <v>198070.0</v>
+      </c>
+      <c r="K254" s="14" t="n">
+        <v>165412.0</v>
+      </c>
+      <c r="L254" s="14" t="n">
+        <v>183734.0</v>
+      </c>
+      <c r="M254" s="14" t="n">
+        <v>240645.0</v>
+      </c>
+      <c r="N254" s="14" t="n">
+        <v>297503.0</v>
+      </c>
+      <c r="O254" s="14" t="n">
+        <v>344892.0</v>
+      </c>
+      <c r="P254" s="14" t="n">
+        <v>439694.0</v>
+      </c>
+      <c r="Q254" s="14" t="n">
+        <v>454948.0</v>
+      </c>
+      <c r="R254" s="14" t="n">
+        <v>477679.0</v>
+      </c>
+      <c r="S254" s="14" t="n">
+        <v>422713.0</v>
+      </c>
+      <c r="T254" s="14" t="n">
+        <v>376957.0</v>
+      </c>
+      <c r="U254" s="14" t="n">
+        <v>328731.0</v>
+      </c>
+      <c r="V254" s="14" t="n">
+        <v>298540.0</v>
+      </c>
+      <c r="W254" s="14" t="n">
+        <v>283763.0</v>
+      </c>
+      <c r="X254" s="14" t="n">
+        <v>217993.0</v>
+      </c>
+      <c r="Y254" s="14" t="n">
+        <v>196662.0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B255" s="14" t="n">
-        <v>5196307.0</v>
+        <v>1022646.0</v>
       </c>
       <c r="C255" s="14" t="n">
-        <v>4943076.0</v>
+        <v>961423.0</v>
       </c>
       <c r="D255" s="14" t="n">
-        <v>5049800.0</v>
+        <v>874111.0</v>
       </c>
       <c r="E255" s="14" t="n">
-        <v>4817930.0</v>
+        <v>762080.0</v>
       </c>
       <c r="F255" s="14" t="n">
-        <v>4667125.0</v>
+        <v>872066.0</v>
       </c>
       <c r="G255" s="14" t="n">
-        <v>4520597.0</v>
+        <v>806251.0</v>
+      </c>
+      <c r="H255" s="14" t="n">
+        <v>764185.0</v>
+      </c>
+      <c r="I255" s="14" t="n">
+        <v>740601.0</v>
+      </c>
+      <c r="J255" s="14" t="n">
+        <v>612437.0</v>
+      </c>
+      <c r="K255" s="14" t="n">
+        <v>610443.0</v>
+      </c>
+      <c r="L255" s="14" t="n">
+        <v>631777.0</v>
+      </c>
+      <c r="M255" s="14" t="n">
+        <v>645253.0</v>
+      </c>
+      <c r="N255" s="14" t="n">
+        <v>636320.0</v>
+      </c>
+      <c r="O255" s="14" t="n">
+        <v>673580.0</v>
+      </c>
+      <c r="P255" s="14" t="n">
+        <v>754199.0</v>
+      </c>
+      <c r="Q255" s="14" t="n">
+        <v>805441.0</v>
+      </c>
+      <c r="R255" s="14" t="n">
+        <v>726843.0</v>
+      </c>
+      <c r="S255" s="14" t="n">
+        <v>678594.0</v>
+      </c>
+      <c r="T255" s="14" t="n">
+        <v>660352.0</v>
+      </c>
+      <c r="U255" s="14" t="n">
+        <v>609102.0</v>
+      </c>
+      <c r="V255" s="14" t="n">
+        <v>542901.0</v>
+      </c>
+      <c r="W255" s="14" t="n">
+        <v>512277.0</v>
+      </c>
+      <c r="X255" s="14" t="n">
+        <v>497204.0</v>
+      </c>
+      <c r="Y255" s="14" t="n">
+        <v>465266.0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B256" s="14" t="n">
-        <v>3822602.0</v>
+        <v>1312253.0</v>
       </c>
       <c r="C256" s="14" t="n">
-        <v>3758477.0</v>
+        <v>1166998.0</v>
       </c>
       <c r="D256" s="14" t="n">
-        <v>3943933.0</v>
+        <v>1090667.0</v>
       </c>
       <c r="E256" s="14" t="n">
-        <v>3780264.0</v>
+        <v>1025759.0</v>
       </c>
       <c r="F256" s="14" t="n">
-        <v>3629438.0</v>
+        <v>1052524.0</v>
       </c>
       <c r="G256" s="14" t="n">
-        <v>3451279.0</v>
+        <v>1035865.0</v>
+      </c>
+      <c r="H256" s="14" t="n">
+        <v>969767.0</v>
+      </c>
+      <c r="I256" s="14" t="n">
+        <v>925025.0</v>
+      </c>
+      <c r="J256" s="14" t="n">
+        <v>899681.0</v>
+      </c>
+      <c r="K256" s="14" t="n">
+        <v>861787.0</v>
+      </c>
+      <c r="L256" s="14" t="n">
+        <v>819799.0</v>
+      </c>
+      <c r="M256" s="14" t="n">
+        <v>804583.0</v>
+      </c>
+      <c r="N256" s="14" t="n">
+        <v>806140.0</v>
+      </c>
+      <c r="O256" s="14" t="n">
+        <v>787181.0</v>
+      </c>
+      <c r="P256" s="14" t="n">
+        <v>780846.0</v>
+      </c>
+      <c r="Q256" s="14" t="n">
+        <v>768830.0</v>
+      </c>
+      <c r="R256" s="14" t="n">
+        <v>655239.0</v>
+      </c>
+      <c r="S256" s="14" t="n">
+        <v>560634.0</v>
+      </c>
+      <c r="T256" s="14" t="n">
+        <v>495791.0</v>
+      </c>
+      <c r="U256" s="14" t="n">
+        <v>418731.0</v>
+      </c>
+      <c r="V256" s="14" t="n">
+        <v>359151.0</v>
+      </c>
+      <c r="W256" s="14" t="n">
+        <v>325234.0</v>
+      </c>
+      <c r="X256" s="14" t="n">
+        <v>291893.0</v>
+      </c>
+      <c r="Y256" s="14" t="n">
+        <v>266945.0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B257" s="14" t="n">
-        <v>1.9320851E7</v>
+        <v>1297779.0</v>
       </c>
       <c r="C257" s="14" t="n">
-        <v>1.7812501E7</v>
+        <v>1151444.0</v>
       </c>
       <c r="D257" s="14" t="n">
-        <v>1.9797212E7</v>
+        <v>1050652.0</v>
       </c>
       <c r="E257" s="14" t="n">
-        <v>1.8947948E7</v>
+        <v>1085251.0</v>
       </c>
       <c r="F257" s="14" t="n">
-        <v>1.8493817E7</v>
+        <v>1105021.0</v>
       </c>
       <c r="G257" s="14" t="n">
-        <v>1.8651218E7</v>
+        <v>1060989.0</v>
+      </c>
+      <c r="H257" s="14" t="n">
+        <v>1058887.0</v>
+      </c>
+      <c r="I257" s="14" t="n">
+        <v>1025029.0</v>
+      </c>
+      <c r="J257" s="14" t="n">
+        <v>1000468.0</v>
+      </c>
+      <c r="K257" s="14" t="n">
+        <v>955304.0</v>
+      </c>
+      <c r="L257" s="14" t="n">
+        <v>979634.0</v>
+      </c>
+      <c r="M257" s="14" t="n">
+        <v>1011015.0</v>
+      </c>
+      <c r="N257" s="14" t="n">
+        <v>1139455.0</v>
+      </c>
+      <c r="O257" s="14" t="n">
+        <v>1155038.0</v>
+      </c>
+      <c r="P257" s="14" t="n">
+        <v>1109016.0</v>
+      </c>
+      <c r="Q257" s="14" t="n">
+        <v>1009969.0</v>
+      </c>
+      <c r="R257" s="14" t="n">
+        <v>889825.0</v>
+      </c>
+      <c r="S257" s="14" t="n">
+        <v>797810.0</v>
+      </c>
+      <c r="T257" s="14" t="n">
+        <v>739012.0</v>
+      </c>
+      <c r="U257" s="14" t="n">
+        <v>566388.0</v>
+      </c>
+      <c r="V257" s="14" t="n">
+        <v>572486.0</v>
+      </c>
+      <c r="W257" s="14" t="n">
+        <v>516477.0</v>
+      </c>
+      <c r="X257" s="14" t="n">
+        <v>529842.0</v>
+      </c>
+      <c r="Y257" s="14" t="n">
+        <v>456676.0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B258" s="14" t="n">
-        <v>2034323.0</v>
+        <v>6276910.0</v>
       </c>
       <c r="C258" s="14" t="n">
-        <v>1708251.0</v>
+        <v>6185591.0</v>
       </c>
       <c r="D258" s="14" t="n">
-        <v>2031108.0</v>
+        <v>5255432.0</v>
       </c>
       <c r="E258" s="14" t="n">
-        <v>1991478.0</v>
+        <v>4768686.0</v>
       </c>
       <c r="F258" s="14" t="n">
-        <v>1908331.0</v>
+        <v>5123069.0</v>
       </c>
       <c r="G258" s="14" t="n">
-        <v>1903840.0</v>
+        <v>4869267.0</v>
+      </c>
+      <c r="H258" s="14" t="n">
+        <v>4627712.0</v>
+      </c>
+      <c r="I258" s="14" t="n">
+        <v>4308743.0</v>
+      </c>
+      <c r="J258" s="14" t="n">
+        <v>4104136.0</v>
+      </c>
+      <c r="K258" s="14" t="n">
+        <v>4099744.0</v>
+      </c>
+      <c r="L258" s="14" t="n">
+        <v>4320203.0</v>
+      </c>
+      <c r="M258" s="14" t="n">
+        <v>4492651.0</v>
+      </c>
+      <c r="N258" s="14" t="n">
+        <v>4650843.0</v>
+      </c>
+      <c r="O258" s="14" t="n">
+        <v>4585798.0</v>
+      </c>
+      <c r="P258" s="14" t="n">
+        <v>4556417.0</v>
+      </c>
+      <c r="Q258" s="14" t="n">
+        <v>4671072.0</v>
+      </c>
+      <c r="R258" s="14" t="n">
+        <v>4291362.0</v>
+      </c>
+      <c r="S258" s="14" t="n">
+        <v>3859198.0</v>
+      </c>
+      <c r="T258" s="14" t="n">
+        <v>3590900.0</v>
+      </c>
+      <c r="U258" s="14" t="n">
+        <v>3195787.0</v>
+      </c>
+      <c r="V258" s="14" t="n">
+        <v>3003472.0</v>
+      </c>
+      <c r="W258" s="14" t="n">
+        <v>2771870.0</v>
+      </c>
+      <c r="X258" s="14" t="n">
+        <v>2523422.0</v>
+      </c>
+      <c r="Y258" s="14" t="n">
+        <v>2233894.0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="7" t="inlineStr">
         <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B259" s="14" t="n">
+        <v>601674.0</v>
+      </c>
+      <c r="C259" s="14" t="n">
+        <v>597245.0</v>
+      </c>
+      <c r="D259" s="14" t="n">
+        <v>549126.0</v>
+      </c>
+      <c r="E259" s="14" t="n">
+        <v>456551.0</v>
+      </c>
+      <c r="F259" s="14" t="n">
+        <v>524792.0</v>
+      </c>
+      <c r="G259" s="14" t="n">
+        <v>510674.0</v>
+      </c>
+      <c r="H259" s="14" t="n">
+        <v>478325.0</v>
+      </c>
+      <c r="I259" s="14" t="n">
+        <v>441833.0</v>
+      </c>
+      <c r="J259" s="14" t="n">
+        <v>414852.0</v>
+      </c>
+      <c r="K259" s="14" t="n">
+        <v>401968.0</v>
+      </c>
+      <c r="L259" s="14" t="n">
+        <v>405831.0</v>
+      </c>
+      <c r="M259" s="14" t="n">
+        <v>390596.0</v>
+      </c>
+      <c r="N259" s="14" t="n">
+        <v>395828.0</v>
+      </c>
+      <c r="O259" s="14" t="n">
+        <v>405879.0</v>
+      </c>
+      <c r="P259" s="14" t="n">
+        <v>307151.0</v>
+      </c>
+      <c r="Q259" s="14" t="n">
+        <v>399062.0</v>
+      </c>
+      <c r="R259" s="14" t="n">
+        <v>472662.0</v>
+      </c>
+      <c r="S259" s="14" t="n">
+        <v>459786.0</v>
+      </c>
+      <c r="T259" s="14" t="n">
+        <v>410753.0</v>
+      </c>
+      <c r="U259" s="14" t="n">
+        <v>346663.0</v>
+      </c>
+      <c r="V259" s="14" t="n">
+        <v>306710.0</v>
+      </c>
+      <c r="W259" s="14" t="n">
+        <v>269159.0</v>
+      </c>
+      <c r="X259" s="14" t="n">
+        <v>245433.0</v>
+      </c>
+      <c r="Y259" s="14" t="n">
+        <v>225341.0</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="7" t="inlineStr">
+        <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
-      <c r="B259" s="14" t="n">
-[...29 lines deleted...]
-      <c r="G260" s="6"/>
+      <c r="B260" s="14" t="n">
+        <v>6878584.0</v>
+      </c>
+      <c r="C260" s="14" t="n">
+        <v>6782836.0</v>
+      </c>
+      <c r="D260" s="14" t="n">
+        <v>5804558.0</v>
+      </c>
+      <c r="E260" s="14" t="n">
+        <v>5225237.0</v>
+      </c>
+      <c r="F260" s="14" t="n">
+        <v>5647861.0</v>
+      </c>
+      <c r="G260" s="14" t="n">
+        <v>5379941.0</v>
+      </c>
+      <c r="H260" s="14" t="n">
+        <v>5106037.0</v>
+      </c>
+      <c r="I260" s="14" t="n">
+        <v>4750576.0</v>
+      </c>
+      <c r="J260" s="14" t="n">
+        <v>4518988.0</v>
+      </c>
+      <c r="K260" s="14" t="n">
+        <v>4501712.0</v>
+      </c>
+      <c r="L260" s="14" t="n">
+        <v>4726034.0</v>
+      </c>
+      <c r="M260" s="14" t="n">
+        <v>4883247.0</v>
+      </c>
+      <c r="N260" s="14" t="n">
+        <v>5046671.0</v>
+      </c>
+      <c r="O260" s="14" t="n">
+        <v>4991677.0</v>
+      </c>
+      <c r="P260" s="14" t="n">
+        <v>4863568.0</v>
+      </c>
+      <c r="Q260" s="14" t="n">
+        <v>5070134.0</v>
+      </c>
+      <c r="R260" s="14" t="n">
+        <v>4764024.0</v>
+      </c>
+      <c r="S260" s="14" t="n">
+        <v>4318984.0</v>
+      </c>
+      <c r="T260" s="14" t="n">
+        <v>4001653.0</v>
+      </c>
+      <c r="U260" s="14" t="n">
+        <v>3542450.0</v>
+      </c>
+      <c r="V260" s="14" t="n">
+        <v>3310182.0</v>
+      </c>
+      <c r="W260" s="14" t="n">
+        <v>3041029.0</v>
+      </c>
+      <c r="X260" s="14" t="n">
+        <v>2768855.0</v>
+      </c>
+      <c r="Y260" s="14" t="n">
+        <v>2459235.0</v>
+      </c>
     </row>
     <row r="261">
-      <c r="A261" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A261" s="6" t="inlineStr">
+        <is>
+          <t>21 Huelva</t>
+        </is>
+      </c>
+      <c r="B261" s="6"/>
+      <c r="C261" s="6"/>
+      <c r="D261" s="6"/>
+      <c r="E261" s="6"/>
+      <c r="F261" s="6"/>
+      <c r="G261" s="6"/>
+      <c r="H261" s="6"/>
+      <c r="I261" s="6"/>
+      <c r="J261" s="6"/>
+      <c r="K261" s="6"/>
+      <c r="L261" s="6"/>
+      <c r="M261" s="6"/>
+      <c r="N261" s="6"/>
+      <c r="O261" s="6"/>
+      <c r="P261" s="6"/>
+      <c r="Q261" s="6"/>
+      <c r="R261" s="6"/>
+      <c r="S261" s="6"/>
+      <c r="T261" s="6"/>
+      <c r="U261" s="6"/>
+      <c r="V261" s="6"/>
+      <c r="W261" s="6"/>
+      <c r="X261" s="6"/>
+      <c r="Y261" s="6"/>
     </row>
     <row r="262">
       <c r="A262" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B262" s="14" t="n">
-        <v>1088230.0</v>
+        <v>1002040.0</v>
       </c>
       <c r="C262" s="14" t="n">
-        <v>1058030.0</v>
+        <v>852302.0</v>
       </c>
       <c r="D262" s="14" t="n">
-        <v>1075910.0</v>
+        <v>835927.0</v>
       </c>
       <c r="E262" s="14" t="n">
-        <v>1122985.0</v>
+        <v>645533.0</v>
       </c>
       <c r="F262" s="14" t="n">
-        <v>1150124.0</v>
+        <v>712757.0</v>
       </c>
       <c r="G262" s="14" t="n">
-        <v>1067372.0</v>
+        <v>786526.0</v>
+      </c>
+      <c r="H262" s="14" t="n">
+        <v>742912.0</v>
+      </c>
+      <c r="I262" s="14" t="n">
+        <v>672582.0</v>
+      </c>
+      <c r="J262" s="14" t="n">
+        <v>639615.0</v>
+      </c>
+      <c r="K262" s="14" t="n">
+        <v>481861.0</v>
+      </c>
+      <c r="L262" s="14" t="n">
+        <v>505990.0</v>
+      </c>
+      <c r="M262" s="14" t="n">
+        <v>580200.0</v>
+      </c>
+      <c r="N262" s="14" t="n">
+        <v>551278.0</v>
+      </c>
+      <c r="O262" s="14" t="n">
+        <v>535976.0</v>
+      </c>
+      <c r="P262" s="14" t="n">
+        <v>507506.0</v>
+      </c>
+      <c r="Q262" s="14" t="n">
+        <v>590985.0</v>
+      </c>
+      <c r="R262" s="14" t="n">
+        <v>630956.0</v>
+      </c>
+      <c r="S262" s="14" t="n">
+        <v>599307.0</v>
+      </c>
+      <c r="T262" s="14" t="n">
+        <v>709756.0</v>
+      </c>
+      <c r="U262" s="14" t="n">
+        <v>583748.0</v>
+      </c>
+      <c r="V262" s="14" t="n">
+        <v>561361.0</v>
+      </c>
+      <c r="W262" s="14" t="n">
+        <v>524568.0</v>
+      </c>
+      <c r="X262" s="14" t="n">
+        <v>494954.0</v>
+      </c>
+      <c r="Y262" s="14" t="n">
+        <v>448563.0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B263" s="14" t="n">
-        <v>1549956.0</v>
+        <v>2708680.0</v>
       </c>
       <c r="C263" s="14" t="n">
-        <v>1399420.0</v>
+        <v>3439592.0</v>
       </c>
       <c r="D263" s="14" t="n">
-        <v>1291695.0</v>
+        <v>2145318.0</v>
       </c>
       <c r="E263" s="14" t="n">
-        <v>1173326.0</v>
+        <v>1536259.0</v>
       </c>
       <c r="F263" s="14" t="n">
-        <v>1049607.0</v>
+        <v>1984932.0</v>
       </c>
       <c r="G263" s="14" t="n">
-        <v>1128985.0</v>
+        <v>2097062.0</v>
+      </c>
+      <c r="H263" s="14" t="n">
+        <v>2030309.0</v>
+      </c>
+      <c r="I263" s="14" t="n">
+        <v>1632705.0</v>
+      </c>
+      <c r="J263" s="14" t="n">
+        <v>1502411.0</v>
+      </c>
+      <c r="K263" s="14" t="n">
+        <v>1354550.0</v>
+      </c>
+      <c r="L263" s="14" t="n">
+        <v>1348808.0</v>
+      </c>
+      <c r="M263" s="14" t="n">
+        <v>1690132.0</v>
+      </c>
+      <c r="N263" s="14" t="n">
+        <v>1662114.0</v>
+      </c>
+      <c r="O263" s="14" t="n">
+        <v>1296676.0</v>
+      </c>
+      <c r="P263" s="14" t="n">
+        <v>1004609.0</v>
+      </c>
+      <c r="Q263" s="14" t="n">
+        <v>1412880.0</v>
+      </c>
+      <c r="R263" s="14" t="n">
+        <v>1209190.0</v>
+      </c>
+      <c r="S263" s="14" t="n">
+        <v>1278897.0</v>
+      </c>
+      <c r="T263" s="14" t="n">
+        <v>1341554.0</v>
+      </c>
+      <c r="U263" s="14" t="n">
+        <v>1474067.0</v>
+      </c>
+      <c r="V263" s="14" t="n">
+        <v>1137359.0</v>
+      </c>
+      <c r="W263" s="14" t="n">
+        <v>1159365.0</v>
+      </c>
+      <c r="X263" s="14" t="n">
+        <v>1034336.0</v>
+      </c>
+      <c r="Y263" s="14" t="n">
+        <v>1098387.0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B264" s="14" t="n">
-        <v>713568.0</v>
+        <v>768012.0</v>
       </c>
       <c r="C264" s="14" t="n">
-        <v>612214.0</v>
+        <v>1107682.0</v>
       </c>
       <c r="D264" s="14" t="n">
-        <v>631141.0</v>
+        <v>973987.0</v>
       </c>
       <c r="E264" s="14" t="n">
-        <v>586758.0</v>
+        <v>631320.0</v>
       </c>
       <c r="F264" s="14" t="n">
-        <v>579939.0</v>
+        <v>1058655.0</v>
       </c>
       <c r="G264" s="14" t="n">
-        <v>686474.0</v>
+        <v>1220233.0</v>
+      </c>
+      <c r="H264" s="14" t="n">
+        <v>1292658.0</v>
+      </c>
+      <c r="I264" s="14" t="n">
+        <v>1046415.0</v>
+      </c>
+      <c r="J264" s="14" t="n">
+        <v>1024669.0</v>
+      </c>
+      <c r="K264" s="14" t="n">
+        <v>841590.0</v>
+      </c>
+      <c r="L264" s="14" t="n">
+        <v>870550.0</v>
+      </c>
+      <c r="M264" s="14" t="n">
+        <v>1164974.0</v>
+      </c>
+      <c r="N264" s="14" t="n">
+        <v>1166751.0</v>
+      </c>
+      <c r="O264" s="14" t="n">
+        <v>846747.0</v>
+      </c>
+      <c r="P264" s="14" t="n">
+        <v>658054.0</v>
+      </c>
+      <c r="Q264" s="14" t="n">
+        <v>1082489.0</v>
+      </c>
+      <c r="R264" s="14" t="n">
+        <v>897926.0</v>
+      </c>
+      <c r="S264" s="14" t="n">
+        <v>948335.0</v>
+      </c>
+      <c r="T264" s="14" t="n">
+        <v>1005183.0</v>
+      </c>
+      <c r="U264" s="14" t="n">
+        <v>1078617.0</v>
+      </c>
+      <c r="V264" s="14" t="n">
+        <v>796792.0</v>
+      </c>
+      <c r="W264" s="14" t="n">
+        <v>850157.0</v>
+      </c>
+      <c r="X264" s="14" t="n">
+        <v>777352.0</v>
+      </c>
+      <c r="Y264" s="14" t="n">
+        <v>828759.0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B265" s="14" t="n">
-        <v>900062.0</v>
+        <v>685402.0</v>
       </c>
       <c r="C265" s="14" t="n">
-        <v>947043.0</v>
+        <v>628749.0</v>
       </c>
       <c r="D265" s="14" t="n">
-        <v>1179578.0</v>
+        <v>509305.0</v>
       </c>
       <c r="E265" s="14" t="n">
-        <v>1089042.0</v>
+        <v>491028.0</v>
       </c>
       <c r="F265" s="14" t="n">
-        <v>992838.0</v>
+        <v>573584.0</v>
       </c>
       <c r="G265" s="14" t="n">
-        <v>912113.0</v>
+        <v>575028.0</v>
+      </c>
+      <c r="H265" s="14" t="n">
+        <v>531528.0</v>
+      </c>
+      <c r="I265" s="14" t="n">
+        <v>573998.0</v>
+      </c>
+      <c r="J265" s="14" t="n">
+        <v>547462.0</v>
+      </c>
+      <c r="K265" s="14" t="n">
+        <v>465515.0</v>
+      </c>
+      <c r="L265" s="14" t="n">
+        <v>431094.0</v>
+      </c>
+      <c r="M265" s="14" t="n">
+        <v>510923.0</v>
+      </c>
+      <c r="N265" s="14" t="n">
+        <v>666518.0</v>
+      </c>
+      <c r="O265" s="14" t="n">
+        <v>846221.0</v>
+      </c>
+      <c r="P265" s="14" t="n">
+        <v>1088798.0</v>
+      </c>
+      <c r="Q265" s="14" t="n">
+        <v>1149090.0</v>
+      </c>
+      <c r="R265" s="14" t="n">
+        <v>1187038.0</v>
+      </c>
+      <c r="S265" s="14" t="n">
+        <v>1230200.0</v>
+      </c>
+      <c r="T265" s="14" t="n">
+        <v>1112327.0</v>
+      </c>
+      <c r="U265" s="14" t="n">
+        <v>878299.0</v>
+      </c>
+      <c r="V265" s="14" t="n">
+        <v>763574.0</v>
+      </c>
+      <c r="W265" s="14" t="n">
+        <v>697107.0</v>
+      </c>
+      <c r="X265" s="14" t="n">
+        <v>704078.0</v>
+      </c>
+      <c r="Y265" s="14" t="n">
+        <v>610090.0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B266" s="14" t="n">
-        <v>3580557.0</v>
+        <v>2504974.0</v>
       </c>
       <c r="C266" s="14" t="n">
-        <v>2979032.0</v>
+        <v>2160831.0</v>
       </c>
       <c r="D266" s="14" t="n">
-        <v>3897511.0</v>
+        <v>1859550.0</v>
       </c>
       <c r="E266" s="14" t="n">
-        <v>3697255.0</v>
+        <v>1569249.0</v>
       </c>
       <c r="F266" s="14" t="n">
-        <v>3746635.0</v>
+        <v>1975389.0</v>
       </c>
       <c r="G266" s="14" t="n">
-        <v>3671782.0</v>
+        <v>1891782.0</v>
+      </c>
+      <c r="H266" s="14" t="n">
+        <v>1764044.0</v>
+      </c>
+      <c r="I266" s="14" t="n">
+        <v>1657836.0</v>
+      </c>
+      <c r="J266" s="14" t="n">
+        <v>1538478.0</v>
+      </c>
+      <c r="K266" s="14" t="n">
+        <v>1507942.0</v>
+      </c>
+      <c r="L266" s="14" t="n">
+        <v>1565436.0</v>
+      </c>
+      <c r="M266" s="14" t="n">
+        <v>1667475.0</v>
+      </c>
+      <c r="N266" s="14" t="n">
+        <v>1730765.0</v>
+      </c>
+      <c r="O266" s="14" t="n">
+        <v>1642997.0</v>
+      </c>
+      <c r="P266" s="14" t="n">
+        <v>1693400.0</v>
+      </c>
+      <c r="Q266" s="14" t="n">
+        <v>1772567.0</v>
+      </c>
+      <c r="R266" s="14" t="n">
+        <v>1723808.0</v>
+      </c>
+      <c r="S266" s="14" t="n">
+        <v>1611031.0</v>
+      </c>
+      <c r="T266" s="14" t="n">
+        <v>1542137.0</v>
+      </c>
+      <c r="U266" s="14" t="n">
+        <v>1471895.0</v>
+      </c>
+      <c r="V266" s="14" t="n">
+        <v>1447713.0</v>
+      </c>
+      <c r="W266" s="14" t="n">
+        <v>1381370.0</v>
+      </c>
+      <c r="X266" s="14" t="n">
+        <v>1324635.0</v>
+      </c>
+      <c r="Y266" s="14" t="n">
+        <v>1316587.0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B267" s="14" t="n">
-        <v>3743645.0</v>
+        <v>2524633.0</v>
       </c>
       <c r="C267" s="14" t="n">
-        <v>3565696.0</v>
+        <v>2250352.0</v>
       </c>
       <c r="D267" s="14" t="n">
-        <v>3690752.0</v>
+        <v>2060556.0</v>
       </c>
       <c r="E267" s="14" t="n">
-        <v>3517298.0</v>
+        <v>1977661.0</v>
       </c>
       <c r="F267" s="14" t="n">
-        <v>3333979.0</v>
+        <v>2014128.0</v>
       </c>
       <c r="G267" s="14" t="n">
-        <v>3246311.0</v>
+        <v>1939675.0</v>
+      </c>
+      <c r="H267" s="14" t="n">
+        <v>1840290.0</v>
+      </c>
+      <c r="I267" s="14" t="n">
+        <v>1800327.0</v>
+      </c>
+      <c r="J267" s="14" t="n">
+        <v>1789062.0</v>
+      </c>
+      <c r="K267" s="14" t="n">
+        <v>1813177.0</v>
+      </c>
+      <c r="L267" s="14" t="n">
+        <v>1777564.0</v>
+      </c>
+      <c r="M267" s="14" t="n">
+        <v>1775169.0</v>
+      </c>
+      <c r="N267" s="14" t="n">
+        <v>1779095.0</v>
+      </c>
+      <c r="O267" s="14" t="n">
+        <v>1741980.0</v>
+      </c>
+      <c r="P267" s="14" t="n">
+        <v>1760681.0</v>
+      </c>
+      <c r="Q267" s="14" t="n">
+        <v>1780592.0</v>
+      </c>
+      <c r="R267" s="14" t="n">
+        <v>1681021.0</v>
+      </c>
+      <c r="S267" s="14" t="n">
+        <v>1414929.0</v>
+      </c>
+      <c r="T267" s="14" t="n">
+        <v>1253021.0</v>
+      </c>
+      <c r="U267" s="14" t="n">
+        <v>1086486.0</v>
+      </c>
+      <c r="V267" s="14" t="n">
+        <v>1000637.0</v>
+      </c>
+      <c r="W267" s="14" t="n">
+        <v>898895.0</v>
+      </c>
+      <c r="X267" s="14" t="n">
+        <v>829152.0</v>
+      </c>
+      <c r="Y267" s="14" t="n">
+        <v>781172.0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B268" s="14" t="n">
-        <v>4645227.0</v>
+        <v>2604753.0</v>
       </c>
       <c r="C268" s="14" t="n">
-        <v>4470191.0</v>
+        <v>2395100.0</v>
       </c>
       <c r="D268" s="14" t="n">
-        <v>4630985.0</v>
+        <v>2222974.0</v>
       </c>
       <c r="E268" s="14" t="n">
-        <v>4488398.0</v>
+        <v>2307331.0</v>
       </c>
       <c r="F268" s="14" t="n">
-        <v>4394423.0</v>
+        <v>2391232.0</v>
       </c>
       <c r="G268" s="14" t="n">
-        <v>4252260.0</v>
+        <v>2308519.0</v>
+      </c>
+      <c r="H268" s="14" t="n">
+        <v>2180827.0</v>
+      </c>
+      <c r="I268" s="14" t="n">
+        <v>2081700.0</v>
+      </c>
+      <c r="J268" s="14" t="n">
+        <v>2091760.0</v>
+      </c>
+      <c r="K268" s="14" t="n">
+        <v>2025129.0</v>
+      </c>
+      <c r="L268" s="14" t="n">
+        <v>2061791.0</v>
+      </c>
+      <c r="M268" s="14" t="n">
+        <v>2072124.0</v>
+      </c>
+      <c r="N268" s="14" t="n">
+        <v>2155845.0</v>
+      </c>
+      <c r="O268" s="14" t="n">
+        <v>2164264.0</v>
+      </c>
+      <c r="P268" s="14" t="n">
+        <v>2121820.0</v>
+      </c>
+      <c r="Q268" s="14" t="n">
+        <v>1999122.0</v>
+      </c>
+      <c r="R268" s="14" t="n">
+        <v>1836853.0</v>
+      </c>
+      <c r="S268" s="14" t="n">
+        <v>1684029.0</v>
+      </c>
+      <c r="T268" s="14" t="n">
+        <v>1539496.0</v>
+      </c>
+      <c r="U268" s="14" t="n">
+        <v>1444825.0</v>
+      </c>
+      <c r="V268" s="14" t="n">
+        <v>1471998.0</v>
+      </c>
+      <c r="W268" s="14" t="n">
+        <v>1282602.0</v>
+      </c>
+      <c r="X268" s="14" t="n">
+        <v>1228795.0</v>
+      </c>
+      <c r="Y268" s="14" t="n">
+        <v>1183359.0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B269" s="14" t="n">
-        <v>1.5507677E7</v>
+        <v>1.2030482E7</v>
       </c>
       <c r="C269" s="14" t="n">
-        <v>1.4419412E7</v>
+        <v>1.1726926E7</v>
       </c>
       <c r="D269" s="14" t="n">
-        <v>1.5766431E7</v>
+        <v>9633630.0</v>
       </c>
       <c r="E269" s="14" t="n">
-        <v>1.5088304E7</v>
+        <v>8527061.0</v>
       </c>
       <c r="F269" s="14" t="n">
-        <v>1.4667606E7</v>
+        <v>9652022.0</v>
       </c>
       <c r="G269" s="14" t="n">
-        <v>1.4278823E7</v>
+        <v>9598592.0</v>
+      </c>
+      <c r="H269" s="14" t="n">
+        <v>9089910.0</v>
+      </c>
+      <c r="I269" s="14" t="n">
+        <v>8419148.0</v>
+      </c>
+      <c r="J269" s="14" t="n">
+        <v>8108788.0</v>
+      </c>
+      <c r="K269" s="14" t="n">
+        <v>7648174.0</v>
+      </c>
+      <c r="L269" s="14" t="n">
+        <v>7690683.0</v>
+      </c>
+      <c r="M269" s="14" t="n">
+        <v>8296023.0</v>
+      </c>
+      <c r="N269" s="14" t="n">
+        <v>8545615.0</v>
+      </c>
+      <c r="O269" s="14" t="n">
+        <v>8228114.0</v>
+      </c>
+      <c r="P269" s="14" t="n">
+        <v>8176814.0</v>
+      </c>
+      <c r="Q269" s="14" t="n">
+        <v>8705236.0</v>
+      </c>
+      <c r="R269" s="14" t="n">
+        <v>8268866.0</v>
+      </c>
+      <c r="S269" s="14" t="n">
+        <v>7818393.0</v>
+      </c>
+      <c r="T269" s="14" t="n">
+        <v>7498291.0</v>
+      </c>
+      <c r="U269" s="14" t="n">
+        <v>6939320.0</v>
+      </c>
+      <c r="V269" s="14" t="n">
+        <v>6382642.0</v>
+      </c>
+      <c r="W269" s="14" t="n">
+        <v>5943907.0</v>
+      </c>
+      <c r="X269" s="14" t="n">
+        <v>5615950.0</v>
+      </c>
+      <c r="Y269" s="14" t="n">
+        <v>5438158.0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B270" s="14" t="n">
-        <v>1632828.0</v>
+        <v>1153183.0</v>
       </c>
       <c r="C270" s="14" t="n">
-        <v>1382848.0</v>
+        <v>1132284.0</v>
       </c>
       <c r="D270" s="14" t="n">
-        <v>1617567.0</v>
+        <v>1006592.0</v>
       </c>
       <c r="E270" s="14" t="n">
-        <v>1585672.0</v>
+        <v>826361.0</v>
       </c>
       <c r="F270" s="14" t="n">
-        <v>1513322.0</v>
+        <v>998555.0</v>
       </c>
       <c r="G270" s="14" t="n">
-        <v>1457248.0</v>
+        <v>1017933.0</v>
+      </c>
+      <c r="H270" s="14" t="n">
+        <v>947955.0</v>
+      </c>
+      <c r="I270" s="14" t="n">
+        <v>869832.0</v>
+      </c>
+      <c r="J270" s="14" t="n">
+        <v>827359.0</v>
+      </c>
+      <c r="K270" s="14" t="n">
+        <v>759911.0</v>
+      </c>
+      <c r="L270" s="14" t="n">
+        <v>734562.0</v>
+      </c>
+      <c r="M270" s="14" t="n">
+        <v>734082.0</v>
+      </c>
+      <c r="N270" s="14" t="n">
+        <v>738242.0</v>
+      </c>
+      <c r="O270" s="14" t="n">
+        <v>738529.0</v>
+      </c>
+      <c r="P270" s="14" t="n">
+        <v>557048.0</v>
+      </c>
+      <c r="Q270" s="14" t="n">
+        <v>751977.0</v>
+      </c>
+      <c r="R270" s="14" t="n">
+        <v>922662.0</v>
+      </c>
+      <c r="S270" s="14" t="n">
+        <v>944333.0</v>
+      </c>
+      <c r="T270" s="14" t="n">
+        <v>870523.0</v>
+      </c>
+      <c r="U270" s="14" t="n">
+        <v>765469.0</v>
+      </c>
+      <c r="V270" s="14" t="n">
+        <v>664772.0</v>
+      </c>
+      <c r="W270" s="14" t="n">
+        <v>587231.0</v>
+      </c>
+      <c r="X270" s="14" t="n">
+        <v>554117.0</v>
+      </c>
+      <c r="Y270" s="14" t="n">
+        <v>553727.0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B271" s="14" t="n">
-        <v>1.7140505E7</v>
+        <v>1.3183665E7</v>
       </c>
       <c r="C271" s="14" t="n">
-        <v>1.580226E7</v>
+        <v>1.285921E7</v>
       </c>
       <c r="D271" s="14" t="n">
-        <v>1.7383998E7</v>
+        <v>1.0640222E7</v>
       </c>
       <c r="E271" s="14" t="n">
-        <v>1.6673976E7</v>
+        <v>9353422.0</v>
       </c>
       <c r="F271" s="14" t="n">
-        <v>1.6180928E7</v>
+        <v>1.0650577E7</v>
       </c>
       <c r="G271" s="14" t="n">
-        <v>1.5736071E7</v>
+        <v>1.0616525E7</v>
+      </c>
+      <c r="H271" s="14" t="n">
+        <v>1.0037865E7</v>
+      </c>
+      <c r="I271" s="14" t="n">
+        <v>9288980.0</v>
+      </c>
+      <c r="J271" s="14" t="n">
+        <v>8936147.0</v>
+      </c>
+      <c r="K271" s="14" t="n">
+        <v>8408085.0</v>
+      </c>
+      <c r="L271" s="14" t="n">
+        <v>8425245.0</v>
+      </c>
+      <c r="M271" s="14" t="n">
+        <v>9030105.0</v>
+      </c>
+      <c r="N271" s="14" t="n">
+        <v>9283857.0</v>
+      </c>
+      <c r="O271" s="14" t="n">
+        <v>8966643.0</v>
+      </c>
+      <c r="P271" s="14" t="n">
+        <v>8733862.0</v>
+      </c>
+      <c r="Q271" s="14" t="n">
+        <v>9457213.0</v>
+      </c>
+      <c r="R271" s="14" t="n">
+        <v>9191528.0</v>
+      </c>
+      <c r="S271" s="14" t="n">
+        <v>8762726.0</v>
+      </c>
+      <c r="T271" s="14" t="n">
+        <v>8368814.0</v>
+      </c>
+      <c r="U271" s="14" t="n">
+        <v>7704789.0</v>
+      </c>
+      <c r="V271" s="14" t="n">
+        <v>7047414.0</v>
+      </c>
+      <c r="W271" s="14" t="n">
+        <v>6531138.0</v>
+      </c>
+      <c r="X271" s="14" t="n">
+        <v>6170067.0</v>
+      </c>
+      <c r="Y271" s="14" t="n">
+        <v>5991885.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="6" t="inlineStr">
         <is>
-          <t>Guadalajara</t>
+          <t>22 Huesca</t>
         </is>
       </c>
       <c r="B272" s="6"/>
       <c r="C272" s="6"/>
       <c r="D272" s="6"/>
       <c r="E272" s="6"/>
       <c r="F272" s="6"/>
       <c r="G272" s="6"/>
+      <c r="H272" s="6"/>
+      <c r="I272" s="6"/>
+      <c r="J272" s="6"/>
+      <c r="K272" s="6"/>
+      <c r="L272" s="6"/>
+      <c r="M272" s="6"/>
+      <c r="N272" s="6"/>
+      <c r="O272" s="6"/>
+      <c r="P272" s="6"/>
+      <c r="Q272" s="6"/>
+      <c r="R272" s="6"/>
+      <c r="S272" s="6"/>
+      <c r="T272" s="6"/>
+      <c r="U272" s="6"/>
+      <c r="V272" s="6"/>
+      <c r="W272" s="6"/>
+      <c r="X272" s="6"/>
+      <c r="Y272" s="6"/>
     </row>
     <row r="273">
       <c r="A273" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B273" s="14" t="n">
-        <v>5502747.0</v>
+        <v>1237532.0</v>
       </c>
       <c r="C273" s="14" t="n">
-        <v>5047876.0</v>
+        <v>862713.0</v>
       </c>
       <c r="D273" s="14" t="n">
-        <v>5465337.0</v>
+        <v>1004006.0</v>
       </c>
       <c r="E273" s="14" t="n">
-        <v>5224085.0</v>
+        <v>1025146.0</v>
       </c>
       <c r="F273" s="14" t="n">
-        <v>4953890.0</v>
+        <v>861155.0</v>
       </c>
       <c r="G273" s="14" t="n">
-        <v>4618771.0</v>
+        <v>814109.0</v>
+      </c>
+      <c r="H273" s="14" t="n">
+        <v>886246.0</v>
+      </c>
+      <c r="I273" s="14" t="n">
+        <v>850760.0</v>
+      </c>
+      <c r="J273" s="14" t="n">
+        <v>630558.0</v>
+      </c>
+      <c r="K273" s="14" t="n">
+        <v>711836.0</v>
+      </c>
+      <c r="L273" s="14" t="n">
+        <v>823914.0</v>
+      </c>
+      <c r="M273" s="14" t="n">
+        <v>669267.0</v>
+      </c>
+      <c r="N273" s="14" t="n">
+        <v>690973.0</v>
+      </c>
+      <c r="O273" s="14" t="n">
+        <v>697019.0</v>
+      </c>
+      <c r="P273" s="14" t="n">
+        <v>643454.0</v>
+      </c>
+      <c r="Q273" s="14" t="n">
+        <v>637091.0</v>
+      </c>
+      <c r="R273" s="14" t="n">
+        <v>588659.0</v>
+      </c>
+      <c r="S273" s="14" t="n">
+        <v>522168.0</v>
+      </c>
+      <c r="T273" s="14" t="n">
+        <v>483784.0</v>
+      </c>
+      <c r="U273" s="14" t="n">
+        <v>609824.0</v>
+      </c>
+      <c r="V273" s="14" t="n">
+        <v>567034.0</v>
+      </c>
+      <c r="W273" s="14" t="n">
+        <v>527282.0</v>
+      </c>
+      <c r="X273" s="14" t="n">
+        <v>525884.0</v>
+      </c>
+      <c r="Y273" s="14" t="n">
+        <v>484456.0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B274" s="14" t="n">
-        <v>219859.0</v>
+        <v>1590339.0</v>
       </c>
       <c r="C274" s="14" t="n">
-        <v>208007.0</v>
+        <v>1795707.0</v>
       </c>
       <c r="D274" s="14" t="n">
-        <v>184310.0</v>
+        <v>1221580.0</v>
       </c>
       <c r="E274" s="14" t="n">
-        <v>227387.0</v>
+        <v>964480.0</v>
       </c>
       <c r="F274" s="14" t="n">
-        <v>167643.0</v>
+        <v>1013784.0</v>
       </c>
       <c r="G274" s="14" t="n">
-        <v>167915.0</v>
+        <v>963789.0</v>
+      </c>
+      <c r="H274" s="14" t="n">
+        <v>1018000.0</v>
+      </c>
+      <c r="I274" s="14" t="n">
+        <v>1057415.0</v>
+      </c>
+      <c r="J274" s="14" t="n">
+        <v>1023390.0</v>
+      </c>
+      <c r="K274" s="14" t="n">
+        <v>1029788.0</v>
+      </c>
+      <c r="L274" s="14" t="n">
+        <v>1003991.0</v>
+      </c>
+      <c r="M274" s="14" t="n">
+        <v>1011906.0</v>
+      </c>
+      <c r="N274" s="14" t="n">
+        <v>1123213.0</v>
+      </c>
+      <c r="O274" s="14" t="n">
+        <v>1143701.0</v>
+      </c>
+      <c r="P274" s="14" t="n">
+        <v>1079956.0</v>
+      </c>
+      <c r="Q274" s="14" t="n">
+        <v>1260699.0</v>
+      </c>
+      <c r="R274" s="14" t="n">
+        <v>1093639.0</v>
+      </c>
+      <c r="S274" s="14" t="n">
+        <v>994925.0</v>
+      </c>
+      <c r="T274" s="14" t="n">
+        <v>918236.0</v>
+      </c>
+      <c r="U274" s="14" t="n">
+        <v>820478.0</v>
+      </c>
+      <c r="V274" s="14" t="n">
+        <v>801092.0</v>
+      </c>
+      <c r="W274" s="14" t="n">
+        <v>772933.0</v>
+      </c>
+      <c r="X274" s="14" t="n">
+        <v>700268.0</v>
+      </c>
+      <c r="Y274" s="14" t="n">
+        <v>611538.0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B275" s="14" t="n">
-        <v>1389705.0</v>
+        <v>1144805.0</v>
       </c>
       <c r="C275" s="14" t="n">
-        <v>1219830.0</v>
+        <v>1014562.0</v>
       </c>
       <c r="D275" s="14" t="n">
-        <v>1357634.0</v>
+        <v>875267.0</v>
       </c>
       <c r="E275" s="14" t="n">
-        <v>1243243.0</v>
+        <v>749947.0</v>
       </c>
       <c r="F275" s="14" t="n">
-        <v>1209689.0</v>
+        <v>777391.0</v>
       </c>
       <c r="G275" s="14" t="n">
-        <v>1067195.0</v>
+        <v>732468.0</v>
+      </c>
+      <c r="H275" s="14" t="n">
+        <v>694704.0</v>
+      </c>
+      <c r="I275" s="14" t="n">
+        <v>731192.0</v>
+      </c>
+      <c r="J275" s="14" t="n">
+        <v>688801.0</v>
+      </c>
+      <c r="K275" s="14" t="n">
+        <v>675812.0</v>
+      </c>
+      <c r="L275" s="14" t="n">
+        <v>616887.0</v>
+      </c>
+      <c r="M275" s="14" t="n">
+        <v>612397.0</v>
+      </c>
+      <c r="N275" s="14" t="n">
+        <v>678631.0</v>
+      </c>
+      <c r="O275" s="14" t="n">
+        <v>696315.0</v>
+      </c>
+      <c r="P275" s="14" t="n">
+        <v>688146.0</v>
+      </c>
+      <c r="Q275" s="14" t="n">
+        <v>863354.0</v>
+      </c>
+      <c r="R275" s="14" t="n">
+        <v>753814.0</v>
+      </c>
+      <c r="S275" s="14" t="n">
+        <v>701524.0</v>
+      </c>
+      <c r="T275" s="14" t="n">
+        <v>648739.0</v>
+      </c>
+      <c r="U275" s="14" t="n">
+        <v>597391.0</v>
+      </c>
+      <c r="V275" s="14" t="n">
+        <v>581893.0</v>
+      </c>
+      <c r="W275" s="14" t="n">
+        <v>606970.0</v>
+      </c>
+      <c r="X275" s="14" t="n">
+        <v>559455.0</v>
+      </c>
+      <c r="Y275" s="14" t="n">
+        <v>495983.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B276" s="14" t="n">
-        <v>826448.0</v>
+        <v>496818.0</v>
       </c>
       <c r="C276" s="14" t="n">
-        <v>771768.0</v>
+        <v>461208.0</v>
       </c>
       <c r="D276" s="14" t="n">
-        <v>859030.0</v>
+        <v>436628.0</v>
       </c>
       <c r="E276" s="14" t="n">
-        <v>798757.0</v>
+        <v>433091.0</v>
       </c>
       <c r="F276" s="14" t="n">
-        <v>816872.0</v>
+        <v>392187.0</v>
       </c>
       <c r="G276" s="14" t="n">
-        <v>718041.0</v>
+        <v>325841.0</v>
+      </c>
+      <c r="H276" s="14" t="n">
+        <v>284988.0</v>
+      </c>
+      <c r="I276" s="14" t="n">
+        <v>362477.0</v>
+      </c>
+      <c r="J276" s="14" t="n">
+        <v>358969.0</v>
+      </c>
+      <c r="K276" s="14" t="n">
+        <v>348038.0</v>
+      </c>
+      <c r="L276" s="14" t="n">
+        <v>323848.0</v>
+      </c>
+      <c r="M276" s="14" t="n">
+        <v>372854.0</v>
+      </c>
+      <c r="N276" s="14" t="n">
+        <v>408051.0</v>
+      </c>
+      <c r="O276" s="14" t="n">
+        <v>471508.0</v>
+      </c>
+      <c r="P276" s="14" t="n">
+        <v>538228.0</v>
+      </c>
+      <c r="Q276" s="14" t="n">
+        <v>620852.0</v>
+      </c>
+      <c r="R276" s="14" t="n">
+        <v>640670.0</v>
+      </c>
+      <c r="S276" s="14" t="n">
+        <v>549028.0</v>
+      </c>
+      <c r="T276" s="14" t="n">
+        <v>520333.0</v>
+      </c>
+      <c r="U276" s="14" t="n">
+        <v>472670.0</v>
+      </c>
+      <c r="V276" s="14" t="n">
+        <v>456207.0</v>
+      </c>
+      <c r="W276" s="14" t="n">
+        <v>441723.0</v>
+      </c>
+      <c r="X276" s="14" t="n">
+        <v>388006.0</v>
+      </c>
+      <c r="Y276" s="14" t="n">
+        <v>296343.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B277" s="14" t="n">
-        <v>256396.0</v>
+        <v>1449252.0</v>
       </c>
       <c r="C277" s="14" t="n">
-        <v>267054.0</v>
+        <v>1388789.0</v>
       </c>
       <c r="D277" s="14" t="n">
-        <v>336046.0</v>
+        <v>1227535.0</v>
       </c>
       <c r="E277" s="14" t="n">
-        <v>310839.0</v>
+        <v>1146986.0</v>
       </c>
       <c r="F277" s="14" t="n">
-        <v>273993.0</v>
+        <v>1447632.0</v>
       </c>
       <c r="G277" s="14" t="n">
-        <v>225844.0</v>
+        <v>1429728.0</v>
+      </c>
+      <c r="H277" s="14" t="n">
+        <v>1372973.0</v>
+      </c>
+      <c r="I277" s="14" t="n">
+        <v>1294858.0</v>
+      </c>
+      <c r="J277" s="14" t="n">
+        <v>1249364.0</v>
+      </c>
+      <c r="K277" s="14" t="n">
+        <v>1140666.0</v>
+      </c>
+      <c r="L277" s="14" t="n">
+        <v>1172201.0</v>
+      </c>
+      <c r="M277" s="14" t="n">
+        <v>1171964.0</v>
+      </c>
+      <c r="N277" s="14" t="n">
+        <v>1251354.0</v>
+      </c>
+      <c r="O277" s="14" t="n">
+        <v>1224180.0</v>
+      </c>
+      <c r="P277" s="14" t="n">
+        <v>1295065.0</v>
+      </c>
+      <c r="Q277" s="14" t="n">
+        <v>1324679.0</v>
+      </c>
+      <c r="R277" s="14" t="n">
+        <v>1165636.0</v>
+      </c>
+      <c r="S277" s="14" t="n">
+        <v>1052376.0</v>
+      </c>
+      <c r="T277" s="14" t="n">
+        <v>980133.0</v>
+      </c>
+      <c r="U277" s="14" t="n">
+        <v>929530.0</v>
+      </c>
+      <c r="V277" s="14" t="n">
+        <v>879356.0</v>
+      </c>
+      <c r="W277" s="14" t="n">
+        <v>824078.0</v>
+      </c>
+      <c r="X277" s="14" t="n">
+        <v>753672.0</v>
+      </c>
+      <c r="Y277" s="14" t="n">
+        <v>691380.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B278" s="14" t="n">
-        <v>870770.0</v>
+        <v>1233205.0</v>
       </c>
       <c r="C278" s="14" t="n">
-        <v>747142.0</v>
+        <v>1063643.0</v>
       </c>
       <c r="D278" s="14" t="n">
-        <v>857710.0</v>
+        <v>985710.0</v>
       </c>
       <c r="E278" s="14" t="n">
-        <v>787759.0</v>
+        <v>960857.0</v>
       </c>
       <c r="F278" s="14" t="n">
-        <v>749984.0</v>
+        <v>966727.0</v>
       </c>
       <c r="G278" s="14" t="n">
-        <v>724388.0</v>
+        <v>950424.0</v>
+      </c>
+      <c r="H278" s="14" t="n">
+        <v>898904.0</v>
+      </c>
+      <c r="I278" s="14" t="n">
+        <v>872870.0</v>
+      </c>
+      <c r="J278" s="14" t="n">
+        <v>828420.0</v>
+      </c>
+      <c r="K278" s="14" t="n">
+        <v>824775.0</v>
+      </c>
+      <c r="L278" s="14" t="n">
+        <v>818344.0</v>
+      </c>
+      <c r="M278" s="14" t="n">
+        <v>832240.0</v>
+      </c>
+      <c r="N278" s="14" t="n">
+        <v>820618.0</v>
+      </c>
+      <c r="O278" s="14" t="n">
+        <v>792236.0</v>
+      </c>
+      <c r="P278" s="14" t="n">
+        <v>811055.0</v>
+      </c>
+      <c r="Q278" s="14" t="n">
+        <v>823978.0</v>
+      </c>
+      <c r="R278" s="14" t="n">
+        <v>747859.0</v>
+      </c>
+      <c r="S278" s="14" t="n">
+        <v>631913.0</v>
+      </c>
+      <c r="T278" s="14" t="n">
+        <v>563576.0</v>
+      </c>
+      <c r="U278" s="14" t="n">
+        <v>521274.0</v>
+      </c>
+      <c r="V278" s="14" t="n">
+        <v>499924.0</v>
+      </c>
+      <c r="W278" s="14" t="n">
+        <v>451741.0</v>
+      </c>
+      <c r="X278" s="14" t="n">
+        <v>419351.0</v>
+      </c>
+      <c r="Y278" s="14" t="n">
+        <v>383000.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B279" s="14" t="n">
-        <v>1101430.0</v>
+        <v>1446286.0</v>
       </c>
       <c r="C279" s="14" t="n">
-        <v>1044130.0</v>
+        <v>1387802.0</v>
       </c>
       <c r="D279" s="14" t="n">
-        <v>1074778.0</v>
+        <v>1263231.0</v>
       </c>
       <c r="E279" s="14" t="n">
-        <v>1057499.0</v>
+        <v>1238774.0</v>
       </c>
       <c r="F279" s="14" t="n">
-        <v>993459.0</v>
+        <v>1269422.0</v>
       </c>
       <c r="G279" s="14" t="n">
-        <v>948573.0</v>
+        <v>1245833.0</v>
+      </c>
+      <c r="H279" s="14" t="n">
+        <v>1220714.0</v>
+      </c>
+      <c r="I279" s="14" t="n">
+        <v>1202555.0</v>
+      </c>
+      <c r="J279" s="14" t="n">
+        <v>1117115.0</v>
+      </c>
+      <c r="K279" s="14" t="n">
+        <v>1115932.0</v>
+      </c>
+      <c r="L279" s="14" t="n">
+        <v>1097749.0</v>
+      </c>
+      <c r="M279" s="14" t="n">
+        <v>1070625.0</v>
+      </c>
+      <c r="N279" s="14" t="n">
+        <v>1112092.0</v>
+      </c>
+      <c r="O279" s="14" t="n">
+        <v>1098352.0</v>
+      </c>
+      <c r="P279" s="14" t="n">
+        <v>1045888.0</v>
+      </c>
+      <c r="Q279" s="14" t="n">
+        <v>996309.0</v>
+      </c>
+      <c r="R279" s="14" t="n">
+        <v>920135.0</v>
+      </c>
+      <c r="S279" s="14" t="n">
+        <v>857574.0</v>
+      </c>
+      <c r="T279" s="14" t="n">
+        <v>802749.0</v>
+      </c>
+      <c r="U279" s="14" t="n">
+        <v>724315.0</v>
+      </c>
+      <c r="V279" s="14" t="n">
+        <v>686779.0</v>
+      </c>
+      <c r="W279" s="14" t="n">
+        <v>630502.0</v>
+      </c>
+      <c r="X279" s="14" t="n">
+        <v>591642.0</v>
+      </c>
+      <c r="Y279" s="14" t="n">
+        <v>568981.0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B280" s="14" t="n">
-        <v>1140388.0</v>
+        <v>7453432.0</v>
       </c>
       <c r="C280" s="14" t="n">
-        <v>1119976.0</v>
+        <v>6959862.0</v>
       </c>
       <c r="D280" s="14" t="n">
-        <v>1146314.0</v>
+        <v>6138690.0</v>
       </c>
       <c r="E280" s="14" t="n">
-        <v>1100573.0</v>
+        <v>5769334.0</v>
       </c>
       <c r="F280" s="14" t="n">
-        <v>1095833.0</v>
+        <v>5950907.0</v>
       </c>
       <c r="G280" s="14" t="n">
-        <v>1057156.0</v>
+        <v>5729724.0</v>
+      </c>
+      <c r="H280" s="14" t="n">
+        <v>5681825.0</v>
+      </c>
+      <c r="I280" s="14" t="n">
+        <v>5640935.0</v>
+      </c>
+      <c r="J280" s="14" t="n">
+        <v>5207816.0</v>
+      </c>
+      <c r="K280" s="14" t="n">
+        <v>5171035.0</v>
+      </c>
+      <c r="L280" s="14" t="n">
+        <v>5240047.0</v>
+      </c>
+      <c r="M280" s="14" t="n">
+        <v>5128856.0</v>
+      </c>
+      <c r="N280" s="14" t="n">
+        <v>5406301.0</v>
+      </c>
+      <c r="O280" s="14" t="n">
+        <v>5426996.0</v>
+      </c>
+      <c r="P280" s="14" t="n">
+        <v>5413646.0</v>
+      </c>
+      <c r="Q280" s="14" t="n">
+        <v>5663608.0</v>
+      </c>
+      <c r="R280" s="14" t="n">
+        <v>5156598.0</v>
+      </c>
+      <c r="S280" s="14" t="n">
+        <v>4607984.0</v>
+      </c>
+      <c r="T280" s="14" t="n">
+        <v>4268811.0</v>
+      </c>
+      <c r="U280" s="14" t="n">
+        <v>4078091.0</v>
+      </c>
+      <c r="V280" s="14" t="n">
+        <v>3890392.0</v>
+      </c>
+      <c r="W280" s="14" t="n">
+        <v>3648259.0</v>
+      </c>
+      <c r="X280" s="14" t="n">
+        <v>3378823.0</v>
+      </c>
+      <c r="Y280" s="14" t="n">
+        <v>3035698.0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B281" s="14" t="n">
-        <v>4978548.0</v>
+        <v>714449.0</v>
       </c>
       <c r="C281" s="14" t="n">
-        <v>4606139.0</v>
+        <v>672004.0</v>
       </c>
       <c r="D281" s="14" t="n">
-        <v>4956792.0</v>
+        <v>641415.0</v>
       </c>
       <c r="E281" s="14" t="n">
-        <v>4727300.0</v>
+        <v>561704.0</v>
       </c>
       <c r="F281" s="14" t="n">
-        <v>4490601.0</v>
+        <v>616426.0</v>
       </c>
       <c r="G281" s="14" t="n">
-        <v>4191071.0</v>
+        <v>609998.0</v>
+      </c>
+      <c r="H281" s="14" t="n">
+        <v>593339.0</v>
+      </c>
+      <c r="I281" s="14" t="n">
+        <v>583157.0</v>
+      </c>
+      <c r="J281" s="14" t="n">
+        <v>531622.0</v>
+      </c>
+      <c r="K281" s="14" t="n">
+        <v>514157.0</v>
+      </c>
+      <c r="L281" s="14" t="n">
+        <v>500734.0</v>
+      </c>
+      <c r="M281" s="14" t="n">
+        <v>453852.0</v>
+      </c>
+      <c r="N281" s="14" t="n">
+        <v>467147.0</v>
+      </c>
+      <c r="O281" s="14" t="n">
+        <v>487339.0</v>
+      </c>
+      <c r="P281" s="14" t="n">
+        <v>369032.0</v>
+      </c>
+      <c r="Q281" s="14" t="n">
+        <v>489477.0</v>
+      </c>
+      <c r="R281" s="14" t="n">
+        <v>576339.0</v>
+      </c>
+      <c r="S281" s="14" t="n">
+        <v>558205.0</v>
+      </c>
+      <c r="T281" s="14" t="n">
+        <v>497537.0</v>
+      </c>
+      <c r="U281" s="14" t="n">
+        <v>452965.0</v>
+      </c>
+      <c r="V281" s="14" t="n">
+        <v>408007.0</v>
+      </c>
+      <c r="W281" s="14" t="n">
+        <v>363459.0</v>
+      </c>
+      <c r="X281" s="14" t="n">
+        <v>336470.0</v>
+      </c>
+      <c r="Y281" s="14" t="n">
+        <v>312667.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B282" s="14" t="n">
-        <v>524199.0</v>
+        <v>8167881.0</v>
       </c>
       <c r="C282" s="14" t="n">
-        <v>441737.0</v>
+        <v>7631866.0</v>
       </c>
       <c r="D282" s="14" t="n">
-        <v>508545.0</v>
+        <v>6780105.0</v>
       </c>
       <c r="E282" s="14" t="n">
-        <v>496785.0</v>
+        <v>6331038.0</v>
       </c>
       <c r="F282" s="14" t="n">
-        <v>463289.0</v>
+        <v>6567333.0</v>
       </c>
       <c r="G282" s="14" t="n">
-        <v>427700.0</v>
+        <v>6339722.0</v>
+      </c>
+      <c r="H282" s="14" t="n">
+        <v>6275164.0</v>
+      </c>
+      <c r="I282" s="14" t="n">
+        <v>6224092.0</v>
+      </c>
+      <c r="J282" s="14" t="n">
+        <v>5739438.0</v>
+      </c>
+      <c r="K282" s="14" t="n">
+        <v>5685192.0</v>
+      </c>
+      <c r="L282" s="14" t="n">
+        <v>5740781.0</v>
+      </c>
+      <c r="M282" s="14" t="n">
+        <v>5582708.0</v>
+      </c>
+      <c r="N282" s="14" t="n">
+        <v>5873448.0</v>
+      </c>
+      <c r="O282" s="14" t="n">
+        <v>5914335.0</v>
+      </c>
+      <c r="P282" s="14" t="n">
+        <v>5782678.0</v>
+      </c>
+      <c r="Q282" s="14" t="n">
+        <v>6153085.0</v>
+      </c>
+      <c r="R282" s="14" t="n">
+        <v>5732937.0</v>
+      </c>
+      <c r="S282" s="14" t="n">
+        <v>5166189.0</v>
+      </c>
+      <c r="T282" s="14" t="n">
+        <v>4766348.0</v>
+      </c>
+      <c r="U282" s="14" t="n">
+        <v>4531056.0</v>
+      </c>
+      <c r="V282" s="14" t="n">
+        <v>4298399.0</v>
+      </c>
+      <c r="W282" s="14" t="n">
+        <v>4011718.0</v>
+      </c>
+      <c r="X282" s="14" t="n">
+        <v>3715293.0</v>
+      </c>
+      <c r="Y282" s="14" t="n">
+        <v>3348365.0</v>
       </c>
     </row>
     <row r="283">
-      <c r="A283" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A283" s="6" t="inlineStr">
+        <is>
+          <t>23 Jaén</t>
+        </is>
+      </c>
+      <c r="B283" s="6"/>
+      <c r="C283" s="6"/>
+      <c r="D283" s="6"/>
+      <c r="E283" s="6"/>
+      <c r="F283" s="6"/>
+      <c r="G283" s="6"/>
+      <c r="H283" s="6"/>
+      <c r="I283" s="6"/>
+      <c r="J283" s="6"/>
+      <c r="K283" s="6"/>
+      <c r="L283" s="6"/>
+      <c r="M283" s="6"/>
+      <c r="N283" s="6"/>
+      <c r="O283" s="6"/>
+      <c r="P283" s="6"/>
+      <c r="Q283" s="6"/>
+      <c r="R283" s="6"/>
+      <c r="S283" s="6"/>
+      <c r="T283" s="6"/>
+      <c r="U283" s="6"/>
+      <c r="V283" s="6"/>
+      <c r="W283" s="6"/>
+      <c r="X283" s="6"/>
+      <c r="Y283" s="6"/>
     </row>
     <row r="284">
-      <c r="A284" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G284" s="6"/>
+      <c r="A284" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+        </is>
+      </c>
+      <c r="B284" s="14" t="n">
+        <v>1187611.0</v>
+      </c>
+      <c r="C284" s="14" t="n">
+        <v>739478.0</v>
+      </c>
+      <c r="D284" s="14" t="n">
+        <v>1607513.0</v>
+      </c>
+      <c r="E284" s="14" t="n">
+        <v>1253018.0</v>
+      </c>
+      <c r="F284" s="14" t="n">
+        <v>924056.0</v>
+      </c>
+      <c r="G284" s="14" t="n">
+        <v>1567311.0</v>
+      </c>
+      <c r="H284" s="14" t="n">
+        <v>1289906.0</v>
+      </c>
+      <c r="I284" s="14" t="n">
+        <v>1352286.0</v>
+      </c>
+      <c r="J284" s="14" t="n">
+        <v>1377602.0</v>
+      </c>
+      <c r="K284" s="14" t="n">
+        <v>593567.0</v>
+      </c>
+      <c r="L284" s="14" t="n">
+        <v>1099207.0</v>
+      </c>
+      <c r="M284" s="14" t="n">
+        <v>350017.0</v>
+      </c>
+      <c r="N284" s="14" t="n">
+        <v>1013258.0</v>
+      </c>
+      <c r="O284" s="14" t="n">
+        <v>1031371.0</v>
+      </c>
+      <c r="P284" s="14" t="n">
+        <v>859624.0</v>
+      </c>
+      <c r="Q284" s="14" t="n">
+        <v>866764.0</v>
+      </c>
+      <c r="R284" s="14" t="n">
+        <v>1032582.0</v>
+      </c>
+      <c r="S284" s="14" t="n">
+        <v>886622.0</v>
+      </c>
+      <c r="T284" s="14" t="n">
+        <v>798593.0</v>
+      </c>
+      <c r="U284" s="14" t="n">
+        <v>1108007.0</v>
+      </c>
+      <c r="V284" s="14" t="n">
+        <v>1198056.0</v>
+      </c>
+      <c r="W284" s="14" t="n">
+        <v>769959.0</v>
+      </c>
+      <c r="X284" s="14" t="n">
+        <v>1028308.0</v>
+      </c>
+      <c r="Y284" s="14" t="n">
+        <v>981733.0</v>
+      </c>
     </row>
     <row r="285">
       <c r="A285" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B285" s="14" t="n">
-        <v>1.0763135E7</v>
+        <v>1701407.0</v>
       </c>
       <c r="C285" s="14" t="n">
-        <v>9243502.0</v>
+        <v>1554791.0</v>
       </c>
       <c r="D285" s="14" t="n">
-        <v>1.0544112E7</v>
+        <v>1440624.0</v>
       </c>
       <c r="E285" s="14" t="n">
-        <v>1.0530211E7</v>
+        <v>1256490.0</v>
       </c>
       <c r="F285" s="14" t="n">
-        <v>9942373.0</v>
+        <v>1315545.0</v>
       </c>
       <c r="G285" s="14" t="n">
-        <v>9194292.0</v>
+        <v>1195831.0</v>
+      </c>
+      <c r="H285" s="14" t="n">
+        <v>1299711.0</v>
+      </c>
+      <c r="I285" s="14" t="n">
+        <v>1190963.0</v>
+      </c>
+      <c r="J285" s="14" t="n">
+        <v>1188456.0</v>
+      </c>
+      <c r="K285" s="14" t="n">
+        <v>1117622.0</v>
+      </c>
+      <c r="L285" s="14" t="n">
+        <v>1165911.0</v>
+      </c>
+      <c r="M285" s="14" t="n">
+        <v>1140823.0</v>
+      </c>
+      <c r="N285" s="14" t="n">
+        <v>1252982.0</v>
+      </c>
+      <c r="O285" s="14" t="n">
+        <v>1259667.0</v>
+      </c>
+      <c r="P285" s="14" t="n">
+        <v>1203538.0</v>
+      </c>
+      <c r="Q285" s="14" t="n">
+        <v>1348018.0</v>
+      </c>
+      <c r="R285" s="14" t="n">
+        <v>1354598.0</v>
+      </c>
+      <c r="S285" s="14" t="n">
+        <v>1356205.0</v>
+      </c>
+      <c r="T285" s="14" t="n">
+        <v>1325939.0</v>
+      </c>
+      <c r="U285" s="14" t="n">
+        <v>1160503.0</v>
+      </c>
+      <c r="V285" s="14" t="n">
+        <v>1193260.0</v>
+      </c>
+      <c r="W285" s="14" t="n">
+        <v>1113603.0</v>
+      </c>
+      <c r="X285" s="14" t="n">
+        <v>1066503.0</v>
+      </c>
+      <c r="Y285" s="14" t="n">
+        <v>955305.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B286" s="14" t="n">
-        <v>887316.0</v>
+        <v>1523782.0</v>
       </c>
       <c r="C286" s="14" t="n">
-        <v>644247.0</v>
+        <v>1373833.0</v>
       </c>
       <c r="D286" s="14" t="n">
-        <v>692537.0</v>
+        <v>1277839.0</v>
       </c>
       <c r="E286" s="14" t="n">
-        <v>795503.0</v>
+        <v>1080771.0</v>
       </c>
       <c r="F286" s="14" t="n">
-        <v>732578.0</v>
+        <v>1132994.0</v>
       </c>
       <c r="G286" s="14" t="n">
-        <v>668661.0</v>
+        <v>1020281.0</v>
+      </c>
+      <c r="H286" s="14" t="n">
+        <v>1034537.0</v>
+      </c>
+      <c r="I286" s="14" t="n">
+        <v>946760.0</v>
+      </c>
+      <c r="J286" s="14" t="n">
+        <v>932265.0</v>
+      </c>
+      <c r="K286" s="14" t="n">
+        <v>855060.0</v>
+      </c>
+      <c r="L286" s="14" t="n">
+        <v>879577.0</v>
+      </c>
+      <c r="M286" s="14" t="n">
+        <v>874878.0</v>
+      </c>
+      <c r="N286" s="14" t="n">
+        <v>961679.0</v>
+      </c>
+      <c r="O286" s="14" t="n">
+        <v>954454.0</v>
+      </c>
+      <c r="P286" s="14" t="n">
+        <v>925807.0</v>
+      </c>
+      <c r="Q286" s="14" t="n">
+        <v>1040310.0</v>
+      </c>
+      <c r="R286" s="14" t="n">
+        <v>1061315.0</v>
+      </c>
+      <c r="S286" s="14" t="n">
+        <v>1101155.0</v>
+      </c>
+      <c r="T286" s="14" t="n">
+        <v>1099503.0</v>
+      </c>
+      <c r="U286" s="14" t="n">
+        <v>1005367.0</v>
+      </c>
+      <c r="V286" s="14" t="n">
+        <v>1047872.0</v>
+      </c>
+      <c r="W286" s="14" t="n">
+        <v>981497.0</v>
+      </c>
+      <c r="X286" s="14" t="n">
+        <v>954356.0</v>
+      </c>
+      <c r="Y286" s="14" t="n">
+        <v>865590.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B287" s="14" t="n">
-        <v>2134574.0</v>
+        <v>746967.0</v>
       </c>
       <c r="C287" s="14" t="n">
-        <v>1494167.0</v>
+        <v>732120.0</v>
       </c>
       <c r="D287" s="14" t="n">
-        <v>1948511.0</v>
+        <v>625235.0</v>
       </c>
       <c r="E287" s="14" t="n">
-        <v>2065276.0</v>
+        <v>572004.0</v>
       </c>
       <c r="F287" s="14" t="n">
-        <v>1998590.0</v>
+        <v>623587.0</v>
       </c>
       <c r="G287" s="14" t="n">
-        <v>1613117.0</v>
+        <v>568240.0</v>
+      </c>
+      <c r="H287" s="14" t="n">
+        <v>528510.0</v>
+      </c>
+      <c r="I287" s="14" t="n">
+        <v>576220.0</v>
+      </c>
+      <c r="J287" s="14" t="n">
+        <v>554745.0</v>
+      </c>
+      <c r="K287" s="14" t="n">
+        <v>533003.0</v>
+      </c>
+      <c r="L287" s="14" t="n">
+        <v>567832.0</v>
+      </c>
+      <c r="M287" s="14" t="n">
+        <v>709149.0</v>
+      </c>
+      <c r="N287" s="14" t="n">
+        <v>853165.0</v>
+      </c>
+      <c r="O287" s="14" t="n">
+        <v>985869.0</v>
+      </c>
+      <c r="P287" s="14" t="n">
+        <v>1269684.0</v>
+      </c>
+      <c r="Q287" s="14" t="n">
+        <v>1280502.0</v>
+      </c>
+      <c r="R287" s="14" t="n">
+        <v>1235124.0</v>
+      </c>
+      <c r="S287" s="14" t="n">
+        <v>1133325.0</v>
+      </c>
+      <c r="T287" s="14" t="n">
+        <v>1068391.0</v>
+      </c>
+      <c r="U287" s="14" t="n">
+        <v>968561.0</v>
+      </c>
+      <c r="V287" s="14" t="n">
+        <v>926145.0</v>
+      </c>
+      <c r="W287" s="14" t="n">
+        <v>833945.0</v>
+      </c>
+      <c r="X287" s="14" t="n">
+        <v>717370.0</v>
+      </c>
+      <c r="Y287" s="14" t="n">
+        <v>611453.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B288" s="14" t="n">
-        <v>1000517.0</v>
+        <v>2398257.0</v>
       </c>
       <c r="C288" s="14" t="n">
-        <v>630072.0</v>
+        <v>2216176.0</v>
       </c>
       <c r="D288" s="14" t="n">
-        <v>1067398.0</v>
+        <v>1932284.0</v>
       </c>
       <c r="E288" s="14" t="n">
-        <v>1232150.0</v>
+        <v>1661753.0</v>
       </c>
       <c r="F288" s="14" t="n">
-        <v>1302324.0</v>
+        <v>2129099.0</v>
       </c>
       <c r="G288" s="14" t="n">
-        <v>1062301.0</v>
+        <v>2139710.0</v>
+      </c>
+      <c r="H288" s="14" t="n">
+        <v>2133527.0</v>
+      </c>
+      <c r="I288" s="14" t="n">
+        <v>2089988.0</v>
+      </c>
+      <c r="J288" s="14" t="n">
+        <v>2238951.0</v>
+      </c>
+      <c r="K288" s="14" t="n">
+        <v>2095542.0</v>
+      </c>
+      <c r="L288" s="14" t="n">
+        <v>2067793.0</v>
+      </c>
+      <c r="M288" s="14" t="n">
+        <v>2111298.0</v>
+      </c>
+      <c r="N288" s="14" t="n">
+        <v>2133515.0</v>
+      </c>
+      <c r="O288" s="14" t="n">
+        <v>1995423.0</v>
+      </c>
+      <c r="P288" s="14" t="n">
+        <v>2029920.0</v>
+      </c>
+      <c r="Q288" s="14" t="n">
+        <v>2059216.0</v>
+      </c>
+      <c r="R288" s="14" t="n">
+        <v>1966133.0</v>
+      </c>
+      <c r="S288" s="14" t="n">
+        <v>1862027.0</v>
+      </c>
+      <c r="T288" s="14" t="n">
+        <v>1789263.0</v>
+      </c>
+      <c r="U288" s="14" t="n">
+        <v>1707743.0</v>
+      </c>
+      <c r="V288" s="14" t="n">
+        <v>1620000.0</v>
+      </c>
+      <c r="W288" s="14" t="n">
+        <v>1565136.0</v>
+      </c>
+      <c r="X288" s="14" t="n">
+        <v>1440712.0</v>
+      </c>
+      <c r="Y288" s="14" t="n">
+        <v>1350268.0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B289" s="14" t="n">
-        <v>485002.0</v>
+        <v>2598915.0</v>
       </c>
       <c r="C289" s="14" t="n">
-        <v>468596.0</v>
+        <v>2293889.0</v>
       </c>
       <c r="D289" s="14" t="n">
-        <v>546306.0</v>
+        <v>2151578.0</v>
       </c>
       <c r="E289" s="14" t="n">
-        <v>547569.0</v>
+        <v>2103036.0</v>
       </c>
       <c r="F289" s="14" t="n">
-        <v>509396.0</v>
+        <v>2162414.0</v>
       </c>
       <c r="G289" s="14" t="n">
-        <v>547238.0</v>
+        <v>2118278.0</v>
+      </c>
+      <c r="H289" s="14" t="n">
+        <v>2017792.0</v>
+      </c>
+      <c r="I289" s="14" t="n">
+        <v>1965209.0</v>
+      </c>
+      <c r="J289" s="14" t="n">
+        <v>1950355.0</v>
+      </c>
+      <c r="K289" s="14" t="n">
+        <v>1952574.0</v>
+      </c>
+      <c r="L289" s="14" t="n">
+        <v>1894774.0</v>
+      </c>
+      <c r="M289" s="14" t="n">
+        <v>1913740.0</v>
+      </c>
+      <c r="N289" s="14" t="n">
+        <v>1925316.0</v>
+      </c>
+      <c r="O289" s="14" t="n">
+        <v>1880629.0</v>
+      </c>
+      <c r="P289" s="14" t="n">
+        <v>1901654.0</v>
+      </c>
+      <c r="Q289" s="14" t="n">
+        <v>1908750.0</v>
+      </c>
+      <c r="R289" s="14" t="n">
+        <v>1788531.0</v>
+      </c>
+      <c r="S289" s="14" t="n">
+        <v>1539750.0</v>
+      </c>
+      <c r="T289" s="14" t="n">
+        <v>1378483.0</v>
+      </c>
+      <c r="U289" s="14" t="n">
+        <v>1227087.0</v>
+      </c>
+      <c r="V289" s="14" t="n">
+        <v>1100846.0</v>
+      </c>
+      <c r="W289" s="14" t="n">
+        <v>1002478.0</v>
+      </c>
+      <c r="X289" s="14" t="n">
+        <v>907542.0</v>
+      </c>
+      <c r="Y289" s="14" t="n">
+        <v>821587.0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B290" s="14" t="n">
-        <v>1793457.0</v>
+        <v>3277230.0</v>
       </c>
       <c r="C290" s="14" t="n">
-        <v>1545198.0</v>
+        <v>3168113.0</v>
       </c>
       <c r="D290" s="14" t="n">
-        <v>1951281.0</v>
+        <v>2975288.0</v>
       </c>
       <c r="E290" s="14" t="n">
-        <v>1856449.0</v>
+        <v>2980702.0</v>
       </c>
       <c r="F290" s="14" t="n">
-        <v>1738754.0</v>
+        <v>3054702.0</v>
       </c>
       <c r="G290" s="14" t="n">
-        <v>1628555.0</v>
+        <v>2927135.0</v>
+      </c>
+      <c r="H290" s="14" t="n">
+        <v>2801100.0</v>
+      </c>
+      <c r="I290" s="14" t="n">
+        <v>2706862.0</v>
+      </c>
+      <c r="J290" s="14" t="n">
+        <v>2779292.0</v>
+      </c>
+      <c r="K290" s="14" t="n">
+        <v>2705267.0</v>
+      </c>
+      <c r="L290" s="14" t="n">
+        <v>2689698.0</v>
+      </c>
+      <c r="M290" s="14" t="n">
+        <v>2732750.0</v>
+      </c>
+      <c r="N290" s="14" t="n">
+        <v>2868080.0</v>
+      </c>
+      <c r="O290" s="14" t="n">
+        <v>2870393.0</v>
+      </c>
+      <c r="P290" s="14" t="n">
+        <v>2923233.0</v>
+      </c>
+      <c r="Q290" s="14" t="n">
+        <v>2770280.0</v>
+      </c>
+      <c r="R290" s="14" t="n">
+        <v>2462363.0</v>
+      </c>
+      <c r="S290" s="14" t="n">
+        <v>2228626.0</v>
+      </c>
+      <c r="T290" s="14" t="n">
+        <v>2035867.0</v>
+      </c>
+      <c r="U290" s="14" t="n">
+        <v>2027476.0</v>
+      </c>
+      <c r="V290" s="14" t="n">
+        <v>1863139.0</v>
+      </c>
+      <c r="W290" s="14" t="n">
+        <v>1624527.0</v>
+      </c>
+      <c r="X290" s="14" t="n">
+        <v>1453714.0</v>
+      </c>
+      <c r="Y290" s="14" t="n">
+        <v>1375314.0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B291" s="14" t="n">
-        <v>2041220.0</v>
+        <v>1.1910387E7</v>
       </c>
       <c r="C291" s="14" t="n">
-        <v>1949759.0</v>
+        <v>1.0704567E7</v>
       </c>
       <c r="D291" s="14" t="n">
-        <v>1996873.0</v>
+        <v>1.0732522E7</v>
       </c>
       <c r="E291" s="14" t="n">
-        <v>1920805.0</v>
+        <v>9827003.0</v>
       </c>
       <c r="F291" s="14" t="n">
-        <v>1824919.0</v>
+        <v>1.0209403E7</v>
       </c>
       <c r="G291" s="14" t="n">
-        <v>1784148.0</v>
+        <v>1.0516505E7</v>
+      </c>
+      <c r="H291" s="14" t="n">
+        <v>1.0070546E7</v>
+      </c>
+      <c r="I291" s="14" t="n">
+        <v>9881528.0</v>
+      </c>
+      <c r="J291" s="14" t="n">
+        <v>1.0089401E7</v>
+      </c>
+      <c r="K291" s="14" t="n">
+        <v>8997575.0</v>
+      </c>
+      <c r="L291" s="14" t="n">
+        <v>9485215.0</v>
+      </c>
+      <c r="M291" s="14" t="n">
+        <v>8957777.0</v>
+      </c>
+      <c r="N291" s="14" t="n">
+        <v>1.0046316E7</v>
+      </c>
+      <c r="O291" s="14" t="n">
+        <v>1.0023352E7</v>
+      </c>
+      <c r="P291" s="14" t="n">
+        <v>1.0187653E7</v>
+      </c>
+      <c r="Q291" s="14" t="n">
+        <v>1.023353E7</v>
+      </c>
+      <c r="R291" s="14" t="n">
+        <v>9839331.0</v>
+      </c>
+      <c r="S291" s="14" t="n">
+        <v>9006555.0</v>
+      </c>
+      <c r="T291" s="14" t="n">
+        <v>8396536.0</v>
+      </c>
+      <c r="U291" s="14" t="n">
+        <v>8199377.0</v>
+      </c>
+      <c r="V291" s="14" t="n">
+        <v>7901446.0</v>
+      </c>
+      <c r="W291" s="14" t="n">
+        <v>6909648.0</v>
+      </c>
+      <c r="X291" s="14" t="n">
+        <v>6614149.0</v>
+      </c>
+      <c r="Y291" s="14" t="n">
+        <v>6095660.0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B292" s="14" t="n">
-        <v>2396255.0</v>
+        <v>1141671.0</v>
       </c>
       <c r="C292" s="14" t="n">
-        <v>2332641.0</v>
+        <v>1033571.0</v>
       </c>
       <c r="D292" s="14" t="n">
-        <v>2427483.0</v>
+        <v>1121413.0</v>
       </c>
       <c r="E292" s="14" t="n">
-        <v>2343179.0</v>
+        <v>954402.0</v>
       </c>
       <c r="F292" s="14" t="n">
-        <v>2208245.0</v>
+        <v>1057887.0</v>
       </c>
       <c r="G292" s="14" t="n">
-        <v>2101118.0</v>
+        <v>1118754.0</v>
+      </c>
+      <c r="H292" s="14" t="n">
+        <v>1051635.0</v>
+      </c>
+      <c r="I292" s="14" t="n">
+        <v>1022098.0</v>
+      </c>
+      <c r="J292" s="14" t="n">
+        <v>1030727.0</v>
+      </c>
+      <c r="K292" s="14" t="n">
+        <v>894621.0</v>
+      </c>
+      <c r="L292" s="14" t="n">
+        <v>906494.0</v>
+      </c>
+      <c r="M292" s="14" t="n">
+        <v>792727.0</v>
+      </c>
+      <c r="N292" s="14" t="n">
+        <v>868438.0</v>
+      </c>
+      <c r="O292" s="14" t="n">
+        <v>900398.0</v>
+      </c>
+      <c r="P292" s="14" t="n">
+        <v>694473.0</v>
+      </c>
+      <c r="Q292" s="14" t="n">
+        <v>884743.0</v>
+      </c>
+      <c r="R292" s="14" t="n">
+        <v>1098978.0</v>
+      </c>
+      <c r="S292" s="14" t="n">
+        <v>1089412.0</v>
+      </c>
+      <c r="T292" s="14" t="n">
+        <v>975933.0</v>
+      </c>
+      <c r="U292" s="14" t="n">
+        <v>906271.0</v>
+      </c>
+      <c r="V292" s="14" t="n">
+        <v>823458.0</v>
+      </c>
+      <c r="W292" s="14" t="n">
+        <v>683317.0</v>
+      </c>
+      <c r="X292" s="14" t="n">
+        <v>653110.0</v>
+      </c>
+      <c r="Y292" s="14" t="n">
+        <v>621645.0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B293" s="14" t="n">
-        <v>9737824.0</v>
+        <v>1.3052058E7</v>
       </c>
       <c r="C293" s="14" t="n">
-        <v>8434608.0</v>
+        <v>1.1738138E7</v>
       </c>
       <c r="D293" s="14" t="n">
-        <v>9562991.0</v>
+        <v>1.1853935E7</v>
       </c>
       <c r="E293" s="14" t="n">
-        <v>9528781.0</v>
+        <v>1.0781405E7</v>
       </c>
       <c r="F293" s="14" t="n">
-        <v>9012482.0</v>
+        <v>1.126729E7</v>
       </c>
       <c r="G293" s="14" t="n">
-        <v>8342837.0</v>
+        <v>1.1635259E7</v>
+      </c>
+      <c r="H293" s="14" t="n">
+        <v>1.1122181E7</v>
+      </c>
+      <c r="I293" s="14" t="n">
+        <v>1.0903626E7</v>
+      </c>
+      <c r="J293" s="14" t="n">
+        <v>1.1120128E7</v>
+      </c>
+      <c r="K293" s="14" t="n">
+        <v>9892196.0</v>
+      </c>
+      <c r="L293" s="14" t="n">
+        <v>1.0391709E7</v>
+      </c>
+      <c r="M293" s="14" t="n">
+        <v>9750504.0</v>
+      </c>
+      <c r="N293" s="14" t="n">
+        <v>1.0914754E7</v>
+      </c>
+      <c r="O293" s="14" t="n">
+        <v>1.092375E7</v>
+      </c>
+      <c r="P293" s="14" t="n">
+        <v>1.0882126E7</v>
+      </c>
+      <c r="Q293" s="14" t="n">
+        <v>1.1118273E7</v>
+      </c>
+      <c r="R293" s="14" t="n">
+        <v>1.0938309E7</v>
+      </c>
+      <c r="S293" s="14" t="n">
+        <v>1.0095967E7</v>
+      </c>
+      <c r="T293" s="14" t="n">
+        <v>9372469.0</v>
+      </c>
+      <c r="U293" s="14" t="n">
+        <v>9105648.0</v>
+      </c>
+      <c r="V293" s="14" t="n">
+        <v>8724904.0</v>
+      </c>
+      <c r="W293" s="14" t="n">
+        <v>7592965.0</v>
+      </c>
+      <c r="X293" s="14" t="n">
+        <v>7267259.0</v>
+      </c>
+      <c r="Y293" s="14" t="n">
+        <v>6717305.0</v>
       </c>
     </row>
     <row r="294">
-      <c r="A294" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A294" s="6" t="inlineStr">
+        <is>
+          <t>24 León</t>
+        </is>
+      </c>
+      <c r="B294" s="6"/>
+      <c r="C294" s="6"/>
+      <c r="D294" s="6"/>
+      <c r="E294" s="6"/>
+      <c r="F294" s="6"/>
+      <c r="G294" s="6"/>
+      <c r="H294" s="6"/>
+      <c r="I294" s="6"/>
+      <c r="J294" s="6"/>
+      <c r="K294" s="6"/>
+      <c r="L294" s="6"/>
+      <c r="M294" s="6"/>
+      <c r="N294" s="6"/>
+      <c r="O294" s="6"/>
+      <c r="P294" s="6"/>
+      <c r="Q294" s="6"/>
+      <c r="R294" s="6"/>
+      <c r="S294" s="6"/>
+      <c r="T294" s="6"/>
+      <c r="U294" s="6"/>
+      <c r="V294" s="6"/>
+      <c r="W294" s="6"/>
+      <c r="X294" s="6"/>
+      <c r="Y294" s="6"/>
     </row>
     <row r="295">
       <c r="A295" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B295" s="14" t="n">
-        <v>1.0763135E7</v>
+        <v>529535.0</v>
       </c>
       <c r="C295" s="14" t="n">
-        <v>9243502.0</v>
+        <v>547921.0</v>
       </c>
       <c r="D295" s="14" t="n">
-        <v>1.0544112E7</v>
+        <v>487311.0</v>
       </c>
       <c r="E295" s="14" t="n">
-        <v>1.0530211E7</v>
+        <v>396517.0</v>
       </c>
       <c r="F295" s="14" t="n">
-        <v>9942373.0</v>
+        <v>374120.0</v>
       </c>
       <c r="G295" s="14" t="n">
-        <v>9194292.0</v>
+        <v>360767.0</v>
+      </c>
+      <c r="H295" s="14" t="n">
+        <v>252450.0</v>
+      </c>
+      <c r="I295" s="14" t="n">
+        <v>315872.0</v>
+      </c>
+      <c r="J295" s="14" t="n">
+        <v>342117.0</v>
+      </c>
+      <c r="K295" s="14" t="n">
+        <v>296067.0</v>
+      </c>
+      <c r="L295" s="14" t="n">
+        <v>315881.0</v>
+      </c>
+      <c r="M295" s="14" t="n">
+        <v>334841.0</v>
+      </c>
+      <c r="N295" s="14" t="n">
+        <v>316292.0</v>
+      </c>
+      <c r="O295" s="14" t="n">
+        <v>336664.0</v>
+      </c>
+      <c r="P295" s="14" t="n">
+        <v>366093.0</v>
+      </c>
+      <c r="Q295" s="14" t="n">
+        <v>338780.0</v>
+      </c>
+      <c r="R295" s="14" t="n">
+        <v>348753.0</v>
+      </c>
+      <c r="S295" s="14" t="n">
+        <v>348687.0</v>
+      </c>
+      <c r="T295" s="14" t="n">
+        <v>396368.0</v>
+      </c>
+      <c r="U295" s="14" t="n">
+        <v>407908.0</v>
+      </c>
+      <c r="V295" s="14" t="n">
+        <v>431646.0</v>
+      </c>
+      <c r="W295" s="14" t="n">
+        <v>428341.0</v>
+      </c>
+      <c r="X295" s="14" t="n">
+        <v>450880.0</v>
+      </c>
+      <c r="Y295" s="14" t="n">
+        <v>419428.0</v>
       </c>
     </row>
     <row r="296">
-      <c r="A296" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G296" s="6"/>
+      <c r="A296" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+        </is>
+      </c>
+      <c r="B296" s="14" t="n">
+        <v>1819893.0</v>
+      </c>
+      <c r="C296" s="14" t="n">
+        <v>2016937.0</v>
+      </c>
+      <c r="D296" s="14" t="n">
+        <v>1580236.0</v>
+      </c>
+      <c r="E296" s="14" t="n">
+        <v>1334848.0</v>
+      </c>
+      <c r="F296" s="14" t="n">
+        <v>1251403.0</v>
+      </c>
+      <c r="G296" s="14" t="n">
+        <v>1237207.0</v>
+      </c>
+      <c r="H296" s="14" t="n">
+        <v>1307524.0</v>
+      </c>
+      <c r="I296" s="14" t="n">
+        <v>1268989.0</v>
+      </c>
+      <c r="J296" s="14" t="n">
+        <v>1311387.0</v>
+      </c>
+      <c r="K296" s="14" t="n">
+        <v>1323127.0</v>
+      </c>
+      <c r="L296" s="14" t="n">
+        <v>1357636.0</v>
+      </c>
+      <c r="M296" s="14" t="n">
+        <v>1498286.0</v>
+      </c>
+      <c r="N296" s="14" t="n">
+        <v>1584344.0</v>
+      </c>
+      <c r="O296" s="14" t="n">
+        <v>1668465.0</v>
+      </c>
+      <c r="P296" s="14" t="n">
+        <v>1628587.0</v>
+      </c>
+      <c r="Q296" s="14" t="n">
+        <v>1737702.0</v>
+      </c>
+      <c r="R296" s="14" t="n">
+        <v>1758050.0</v>
+      </c>
+      <c r="S296" s="14" t="n">
+        <v>1584735.0</v>
+      </c>
+      <c r="T296" s="14" t="n">
+        <v>1579303.0</v>
+      </c>
+      <c r="U296" s="14" t="n">
+        <v>1587519.0</v>
+      </c>
+      <c r="V296" s="14" t="n">
+        <v>1621990.0</v>
+      </c>
+      <c r="W296" s="14" t="n">
+        <v>1585318.0</v>
+      </c>
+      <c r="X296" s="14" t="n">
+        <v>1545530.0</v>
+      </c>
+      <c r="Y296" s="14" t="n">
+        <v>1517485.0</v>
+      </c>
     </row>
     <row r="297">
       <c r="A297" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B297" s="14" t="n">
-        <v>6802388.0</v>
+        <v>1163133.0</v>
       </c>
       <c r="C297" s="14" t="n">
-        <v>6277103.0</v>
+        <v>1017580.0</v>
       </c>
       <c r="D297" s="14" t="n">
-        <v>6499251.0</v>
+        <v>977135.0</v>
       </c>
       <c r="E297" s="14" t="n">
-        <v>6302079.0</v>
+        <v>897010.0</v>
       </c>
       <c r="F297" s="14" t="n">
-        <v>6218389.0</v>
+        <v>877580.0</v>
       </c>
       <c r="G297" s="14" t="n">
-        <v>6166084.0</v>
+        <v>823276.0</v>
+      </c>
+      <c r="H297" s="14" t="n">
+        <v>777786.0</v>
+      </c>
+      <c r="I297" s="14" t="n">
+        <v>722071.0</v>
+      </c>
+      <c r="J297" s="14" t="n">
+        <v>669878.0</v>
+      </c>
+      <c r="K297" s="14" t="n">
+        <v>644212.0</v>
+      </c>
+      <c r="L297" s="14" t="n">
+        <v>660695.0</v>
+      </c>
+      <c r="M297" s="14" t="n">
+        <v>691084.0</v>
+      </c>
+      <c r="N297" s="14" t="n">
+        <v>753945.0</v>
+      </c>
+      <c r="O297" s="14" t="n">
+        <v>783881.0</v>
+      </c>
+      <c r="P297" s="14" t="n">
+        <v>849761.0</v>
+      </c>
+      <c r="Q297" s="14" t="n">
+        <v>890432.0</v>
+      </c>
+      <c r="R297" s="14" t="n">
+        <v>931150.0</v>
+      </c>
+      <c r="S297" s="14" t="n">
+        <v>853239.0</v>
+      </c>
+      <c r="T297" s="14" t="n">
+        <v>786042.0</v>
+      </c>
+      <c r="U297" s="14" t="n">
+        <v>759055.0</v>
+      </c>
+      <c r="V297" s="14" t="n">
+        <v>738253.0</v>
+      </c>
+      <c r="W297" s="14" t="n">
+        <v>710940.0</v>
+      </c>
+      <c r="X297" s="14" t="n">
+        <v>684320.0</v>
+      </c>
+      <c r="Y297" s="14" t="n">
+        <v>618440.0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B298" s="14" t="n">
-        <v>972723.0</v>
+        <v>694007.0</v>
       </c>
       <c r="C298" s="14" t="n">
-        <v>1035363.0</v>
+        <v>658455.0</v>
       </c>
       <c r="D298" s="14" t="n">
-        <v>846752.0</v>
+        <v>581541.0</v>
       </c>
       <c r="E298" s="14" t="n">
-        <v>833267.0</v>
+        <v>501864.0</v>
       </c>
       <c r="F298" s="14" t="n">
-        <v>884390.0</v>
+        <v>585092.0</v>
       </c>
       <c r="G298" s="14" t="n">
-        <v>855935.0</v>
+        <v>544674.0</v>
+      </c>
+      <c r="H298" s="14" t="n">
+        <v>547300.0</v>
+      </c>
+      <c r="I298" s="14" t="n">
+        <v>526237.0</v>
+      </c>
+      <c r="J298" s="14" t="n">
+        <v>518897.0</v>
+      </c>
+      <c r="K298" s="14" t="n">
+        <v>484105.0</v>
+      </c>
+      <c r="L298" s="14" t="n">
+        <v>493650.0</v>
+      </c>
+      <c r="M298" s="14" t="n">
+        <v>589909.0</v>
+      </c>
+      <c r="N298" s="14" t="n">
+        <v>680035.0</v>
+      </c>
+      <c r="O298" s="14" t="n">
+        <v>789859.0</v>
+      </c>
+      <c r="P298" s="14" t="n">
+        <v>1023006.0</v>
+      </c>
+      <c r="Q298" s="14" t="n">
+        <v>999824.0</v>
+      </c>
+      <c r="R298" s="14" t="n">
+        <v>1006821.0</v>
+      </c>
+      <c r="S298" s="14" t="n">
+        <v>1017236.0</v>
+      </c>
+      <c r="T298" s="14" t="n">
+        <v>925361.0</v>
+      </c>
+      <c r="U298" s="14" t="n">
+        <v>790502.0</v>
+      </c>
+      <c r="V298" s="14" t="n">
+        <v>747859.0</v>
+      </c>
+      <c r="W298" s="14" t="n">
+        <v>688332.0</v>
+      </c>
+      <c r="X298" s="14" t="n">
+        <v>662028.0</v>
+      </c>
+      <c r="Y298" s="14" t="n">
+        <v>631325.0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B299" s="14" t="n">
-        <v>1105405.0</v>
+        <v>2776405.0</v>
       </c>
       <c r="C299" s="14" t="n">
-        <v>891562.0</v>
+        <v>2568813.0</v>
       </c>
       <c r="D299" s="14" t="n">
-        <v>945859.0</v>
+        <v>2241856.0</v>
       </c>
       <c r="E299" s="14" t="n">
-        <v>902137.0</v>
+        <v>1982823.0</v>
       </c>
       <c r="F299" s="14" t="n">
-        <v>952430.0</v>
+        <v>2487194.0</v>
       </c>
       <c r="G299" s="14" t="n">
-        <v>992950.0</v>
+        <v>2416957.0</v>
+      </c>
+      <c r="H299" s="14" t="n">
+        <v>2332918.0</v>
+      </c>
+      <c r="I299" s="14" t="n">
+        <v>2226976.0</v>
+      </c>
+      <c r="J299" s="14" t="n">
+        <v>2178712.0</v>
+      </c>
+      <c r="K299" s="14" t="n">
+        <v>2100871.0</v>
+      </c>
+      <c r="L299" s="14" t="n">
+        <v>2077390.0</v>
+      </c>
+      <c r="M299" s="14" t="n">
+        <v>2160390.0</v>
+      </c>
+      <c r="N299" s="14" t="n">
+        <v>2226295.0</v>
+      </c>
+      <c r="O299" s="14" t="n">
+        <v>2176305.0</v>
+      </c>
+      <c r="P299" s="14" t="n">
+        <v>2191224.0</v>
+      </c>
+      <c r="Q299" s="14" t="n">
+        <v>2158780.0</v>
+      </c>
+      <c r="R299" s="14" t="n">
+        <v>2033855.0</v>
+      </c>
+      <c r="S299" s="14" t="n">
+        <v>1900026.0</v>
+      </c>
+      <c r="T299" s="14" t="n">
+        <v>1758128.0</v>
+      </c>
+      <c r="U299" s="14" t="n">
+        <v>1653306.0</v>
+      </c>
+      <c r="V299" s="14" t="n">
+        <v>1599775.0</v>
+      </c>
+      <c r="W299" s="14" t="n">
+        <v>1514090.0</v>
+      </c>
+      <c r="X299" s="14" t="n">
+        <v>1428013.0</v>
+      </c>
+      <c r="Y299" s="14" t="n">
+        <v>1321674.0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B300" s="14" t="n">
-        <v>867271.0</v>
+        <v>2461609.0</v>
       </c>
       <c r="C300" s="14" t="n">
-        <v>746279.0</v>
+        <v>2206061.0</v>
       </c>
       <c r="D300" s="14" t="n">
-        <v>781522.0</v>
+        <v>2078231.0</v>
       </c>
       <c r="E300" s="14" t="n">
-        <v>737461.0</v>
+        <v>1967191.0</v>
       </c>
       <c r="F300" s="14" t="n">
-        <v>697855.0</v>
+        <v>1991886.0</v>
       </c>
       <c r="G300" s="14" t="n">
-        <v>740125.0</v>
+        <v>1959331.0</v>
+      </c>
+      <c r="H300" s="14" t="n">
+        <v>1890721.0</v>
+      </c>
+      <c r="I300" s="14" t="n">
+        <v>1837563.0</v>
+      </c>
+      <c r="J300" s="14" t="n">
+        <v>1849294.0</v>
+      </c>
+      <c r="K300" s="14" t="n">
+        <v>1832152.0</v>
+      </c>
+      <c r="L300" s="14" t="n">
+        <v>1824790.0</v>
+      </c>
+      <c r="M300" s="14" t="n">
+        <v>1832166.0</v>
+      </c>
+      <c r="N300" s="14" t="n">
+        <v>1797156.0</v>
+      </c>
+      <c r="O300" s="14" t="n">
+        <v>1721058.0</v>
+      </c>
+      <c r="P300" s="14" t="n">
+        <v>1735959.0</v>
+      </c>
+      <c r="Q300" s="14" t="n">
+        <v>1761606.0</v>
+      </c>
+      <c r="R300" s="14" t="n">
+        <v>1647711.0</v>
+      </c>
+      <c r="S300" s="14" t="n">
+        <v>1492844.0</v>
+      </c>
+      <c r="T300" s="14" t="n">
+        <v>1305893.0</v>
+      </c>
+      <c r="U300" s="14" t="n">
+        <v>1150584.0</v>
+      </c>
+      <c r="V300" s="14" t="n">
+        <v>1096542.0</v>
+      </c>
+      <c r="W300" s="14" t="n">
+        <v>1025845.0</v>
+      </c>
+      <c r="X300" s="14" t="n">
+        <v>959404.0</v>
+      </c>
+      <c r="Y300" s="14" t="n">
+        <v>840293.0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B301" s="14" t="n">
-        <v>442920.0</v>
+        <v>2845665.0</v>
       </c>
       <c r="C301" s="14" t="n">
-        <v>430346.0</v>
+        <v>2723819.0</v>
       </c>
       <c r="D301" s="14" t="n">
-        <v>388936.0</v>
+        <v>2496234.0</v>
       </c>
       <c r="E301" s="14" t="n">
-        <v>323074.0</v>
+        <v>2271329.0</v>
       </c>
       <c r="F301" s="14" t="n">
-        <v>284382.0</v>
+        <v>2407496.0</v>
       </c>
       <c r="G301" s="14" t="n">
-        <v>359826.0</v>
+        <v>2319471.0</v>
+      </c>
+      <c r="H301" s="14" t="n">
+        <v>2275055.0</v>
+      </c>
+      <c r="I301" s="14" t="n">
+        <v>2190222.0</v>
+      </c>
+      <c r="J301" s="14" t="n">
+        <v>2198908.0</v>
+      </c>
+      <c r="K301" s="14" t="n">
+        <v>2174624.0</v>
+      </c>
+      <c r="L301" s="14" t="n">
+        <v>2207698.0</v>
+      </c>
+      <c r="M301" s="14" t="n">
+        <v>2211735.0</v>
+      </c>
+      <c r="N301" s="14" t="n">
+        <v>2301545.0</v>
+      </c>
+      <c r="O301" s="14" t="n">
+        <v>2343201.0</v>
+      </c>
+      <c r="P301" s="14" t="n">
+        <v>2326723.0</v>
+      </c>
+      <c r="Q301" s="14" t="n">
+        <v>2253560.0</v>
+      </c>
+      <c r="R301" s="14" t="n">
+        <v>2076305.0</v>
+      </c>
+      <c r="S301" s="14" t="n">
+        <v>1948902.0</v>
+      </c>
+      <c r="T301" s="14" t="n">
+        <v>1811039.0</v>
+      </c>
+      <c r="U301" s="14" t="n">
+        <v>1550844.0</v>
+      </c>
+      <c r="V301" s="14" t="n">
+        <v>1360062.0</v>
+      </c>
+      <c r="W301" s="14" t="n">
+        <v>1356035.0</v>
+      </c>
+      <c r="X301" s="14" t="n">
+        <v>1285184.0</v>
+      </c>
+      <c r="Y301" s="14" t="n">
+        <v>1160635.0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B302" s="14" t="n">
-        <v>1275846.0</v>
+        <v>1.1127114E7</v>
       </c>
       <c r="C302" s="14" t="n">
-        <v>1113337.0</v>
+        <v>1.0722006E7</v>
       </c>
       <c r="D302" s="14" t="n">
-        <v>1409365.0</v>
+        <v>9465409.0</v>
       </c>
       <c r="E302" s="14" t="n">
-        <v>1382802.0</v>
+        <v>8454572.0</v>
       </c>
       <c r="F302" s="14" t="n">
-        <v>1333751.0</v>
+        <v>9097191.0</v>
       </c>
       <c r="G302" s="14" t="n">
-        <v>1253635.0</v>
+        <v>8838407.0</v>
+      </c>
+      <c r="H302" s="14" t="n">
+        <v>8605968.0</v>
+      </c>
+      <c r="I302" s="14" t="n">
+        <v>8365859.0</v>
+      </c>
+      <c r="J302" s="14" t="n">
+        <v>8399315.0</v>
+      </c>
+      <c r="K302" s="14" t="n">
+        <v>8210946.0</v>
+      </c>
+      <c r="L302" s="14" t="n">
+        <v>8277045.0</v>
+      </c>
+      <c r="M302" s="14" t="n">
+        <v>8627327.0</v>
+      </c>
+      <c r="N302" s="14" t="n">
+        <v>8905667.0</v>
+      </c>
+      <c r="O302" s="14" t="n">
+        <v>9035552.0</v>
+      </c>
+      <c r="P302" s="14" t="n">
+        <v>9271592.0</v>
+      </c>
+      <c r="Q302" s="14" t="n">
+        <v>9250252.0</v>
+      </c>
+      <c r="R302" s="14" t="n">
+        <v>8871495.0</v>
+      </c>
+      <c r="S302" s="14" t="n">
+        <v>8292430.0</v>
+      </c>
+      <c r="T302" s="14" t="n">
+        <v>7776092.0</v>
+      </c>
+      <c r="U302" s="14" t="n">
+        <v>7140663.0</v>
+      </c>
+      <c r="V302" s="14" t="n">
+        <v>6857874.0</v>
+      </c>
+      <c r="W302" s="14" t="n">
+        <v>6597961.0</v>
+      </c>
+      <c r="X302" s="14" t="n">
+        <v>6331039.0</v>
+      </c>
+      <c r="Y302" s="14" t="n">
+        <v>5890840.0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B303" s="14" t="n">
-        <v>1055854.0</v>
+        <v>1066590.0</v>
       </c>
       <c r="C303" s="14" t="n">
-        <v>1010901.0</v>
+        <v>1035255.0</v>
       </c>
       <c r="D303" s="14" t="n">
-        <v>1020279.0</v>
+        <v>989015.0</v>
       </c>
       <c r="E303" s="14" t="n">
-        <v>1002034.0</v>
+        <v>821921.0</v>
       </c>
       <c r="F303" s="14" t="n">
-        <v>950695.0</v>
+        <v>944597.0</v>
       </c>
       <c r="G303" s="14" t="n">
-        <v>923968.0</v>
+        <v>939191.0</v>
+      </c>
+      <c r="H303" s="14" t="n">
+        <v>900179.0</v>
+      </c>
+      <c r="I303" s="14" t="n">
+        <v>866094.0</v>
+      </c>
+      <c r="J303" s="14" t="n">
+        <v>858508.0</v>
+      </c>
+      <c r="K303" s="14" t="n">
+        <v>817000.0</v>
+      </c>
+      <c r="L303" s="14" t="n">
+        <v>791507.0</v>
+      </c>
+      <c r="M303" s="14" t="n">
+        <v>764383.0</v>
+      </c>
+      <c r="N303" s="14" t="n">
+        <v>770528.0</v>
+      </c>
+      <c r="O303" s="14" t="n">
+        <v>811918.0</v>
+      </c>
+      <c r="P303" s="14" t="n">
+        <v>632475.0</v>
+      </c>
+      <c r="Q303" s="14" t="n">
+        <v>800219.0</v>
+      </c>
+      <c r="R303" s="14" t="n">
+        <v>991046.0</v>
+      </c>
+      <c r="S303" s="14" t="n">
+        <v>1003961.0</v>
+      </c>
+      <c r="T303" s="14" t="n">
+        <v>904986.0</v>
+      </c>
+      <c r="U303" s="14" t="n">
+        <v>789750.0</v>
+      </c>
+      <c r="V303" s="14" t="n">
+        <v>715262.0</v>
+      </c>
+      <c r="W303" s="14" t="n">
+        <v>653081.0</v>
+      </c>
+      <c r="X303" s="14" t="n">
+        <v>625599.0</v>
+      </c>
+      <c r="Y303" s="14" t="n">
+        <v>601011.0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B304" s="14" t="n">
-        <v>1301635.0</v>
+        <v>1.2193704E7</v>
       </c>
       <c r="C304" s="14" t="n">
-        <v>1246288.0</v>
+        <v>1.1757261E7</v>
       </c>
       <c r="D304" s="14" t="n">
-        <v>1283310.0</v>
+        <v>1.0454424E7</v>
       </c>
       <c r="E304" s="14" t="n">
-        <v>1259402.0</v>
+        <v>9276493.0</v>
       </c>
       <c r="F304" s="14" t="n">
-        <v>1231093.0</v>
+        <v>1.0041788E7</v>
       </c>
       <c r="G304" s="14" t="n">
-        <v>1208700.0</v>
+        <v>9777598.0</v>
+      </c>
+      <c r="H304" s="14" t="n">
+        <v>9506147.0</v>
+      </c>
+      <c r="I304" s="14" t="n">
+        <v>9231953.0</v>
+      </c>
+      <c r="J304" s="14" t="n">
+        <v>9257823.0</v>
+      </c>
+      <c r="K304" s="14" t="n">
+        <v>9027946.0</v>
+      </c>
+      <c r="L304" s="14" t="n">
+        <v>9068552.0</v>
+      </c>
+      <c r="M304" s="14" t="n">
+        <v>9391710.0</v>
+      </c>
+      <c r="N304" s="14" t="n">
+        <v>9676195.0</v>
+      </c>
+      <c r="O304" s="14" t="n">
+        <v>9847470.0</v>
+      </c>
+      <c r="P304" s="14" t="n">
+        <v>9904067.0</v>
+      </c>
+      <c r="Q304" s="14" t="n">
+        <v>1.0050471E7</v>
+      </c>
+      <c r="R304" s="14" t="n">
+        <v>9862541.0</v>
+      </c>
+      <c r="S304" s="14" t="n">
+        <v>9296391.0</v>
+      </c>
+      <c r="T304" s="14" t="n">
+        <v>8681078.0</v>
+      </c>
+      <c r="U304" s="14" t="n">
+        <v>7930413.0</v>
+      </c>
+      <c r="V304" s="14" t="n">
+        <v>7573136.0</v>
+      </c>
+      <c r="W304" s="14" t="n">
+        <v>7251042.0</v>
+      </c>
+      <c r="X304" s="14" t="n">
+        <v>6956638.0</v>
+      </c>
+      <c r="Y304" s="14" t="n">
+        <v>6491851.0</v>
       </c>
     </row>
     <row r="305">
-      <c r="A305" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A305" s="6" t="inlineStr">
+        <is>
+          <t>25 Lleida</t>
+        </is>
+      </c>
+      <c r="B305" s="6"/>
+      <c r="C305" s="6"/>
+      <c r="D305" s="6"/>
+      <c r="E305" s="6"/>
+      <c r="F305" s="6"/>
+      <c r="G305" s="6"/>
+      <c r="H305" s="6"/>
+      <c r="I305" s="6"/>
+      <c r="J305" s="6"/>
+      <c r="K305" s="6"/>
+      <c r="L305" s="6"/>
+      <c r="M305" s="6"/>
+      <c r="N305" s="6"/>
+      <c r="O305" s="6"/>
+      <c r="P305" s="6"/>
+      <c r="Q305" s="6"/>
+      <c r="R305" s="6"/>
+      <c r="S305" s="6"/>
+      <c r="T305" s="6"/>
+      <c r="U305" s="6"/>
+      <c r="V305" s="6"/>
+      <c r="W305" s="6"/>
+      <c r="X305" s="6"/>
+      <c r="Y305" s="6"/>
     </row>
     <row r="306">
       <c r="A306" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B306" s="14" t="n">
-        <v>648005.0</v>
+        <v>688738.0</v>
       </c>
       <c r="C306" s="14" t="n">
-        <v>549306.0</v>
+        <v>470407.0</v>
       </c>
       <c r="D306" s="14" t="n">
-        <v>604750.0</v>
+        <v>751851.0</v>
       </c>
       <c r="E306" s="14" t="n">
-        <v>599363.0</v>
+        <v>759449.0</v>
       </c>
       <c r="F306" s="14" t="n">
-        <v>581648.0</v>
+        <v>645009.0</v>
       </c>
       <c r="G306" s="14" t="n">
-        <v>571070.0</v>
+        <v>659766.0</v>
+      </c>
+      <c r="H306" s="14" t="n">
+        <v>604300.0</v>
+      </c>
+      <c r="I306" s="14" t="n">
+        <v>578158.0</v>
+      </c>
+      <c r="J306" s="14" t="n">
+        <v>537792.0</v>
+      </c>
+      <c r="K306" s="14" t="n">
+        <v>508552.0</v>
+      </c>
+      <c r="L306" s="14" t="n">
+        <v>605270.0</v>
+      </c>
+      <c r="M306" s="14" t="n">
+        <v>501793.0</v>
+      </c>
+      <c r="N306" s="14" t="n">
+        <v>553728.0</v>
+      </c>
+      <c r="O306" s="14" t="n">
+        <v>639544.0</v>
+      </c>
+      <c r="P306" s="14" t="n">
+        <v>600231.0</v>
+      </c>
+      <c r="Q306" s="14" t="n">
+        <v>675428.0</v>
+      </c>
+      <c r="R306" s="14" t="n">
+        <v>725680.0</v>
+      </c>
+      <c r="S306" s="14" t="n">
+        <v>694771.0</v>
+      </c>
+      <c r="T306" s="14" t="n">
+        <v>681045.0</v>
+      </c>
+      <c r="U306" s="14" t="n">
+        <v>743422.0</v>
+      </c>
+      <c r="V306" s="14" t="n">
+        <v>828780.0</v>
+      </c>
+      <c r="W306" s="14" t="n">
+        <v>741403.0</v>
+      </c>
+      <c r="X306" s="14" t="n">
+        <v>711289.0</v>
+      </c>
+      <c r="Y306" s="14" t="n">
+        <v>635612.0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B307" s="14" t="n">
-        <v>6802388.0</v>
+        <v>2409213.0</v>
       </c>
       <c r="C307" s="14" t="n">
-        <v>6277103.0</v>
+        <v>2236870.0</v>
       </c>
       <c r="D307" s="14" t="n">
-        <v>6499251.0</v>
+        <v>1970679.0</v>
       </c>
       <c r="E307" s="14" t="n">
-        <v>6302079.0</v>
+        <v>1195693.0</v>
       </c>
       <c r="F307" s="14" t="n">
-        <v>6218389.0</v>
+        <v>1194672.0</v>
       </c>
       <c r="G307" s="14" t="n">
-        <v>6166084.0</v>
+        <v>1106075.0</v>
+      </c>
+      <c r="H307" s="14" t="n">
+        <v>1082591.0</v>
+      </c>
+      <c r="I307" s="14" t="n">
+        <v>1571566.0</v>
+      </c>
+      <c r="J307" s="14" t="n">
+        <v>1672604.0</v>
+      </c>
+      <c r="K307" s="14" t="n">
+        <v>1714004.0</v>
+      </c>
+      <c r="L307" s="14" t="n">
+        <v>1771143.0</v>
+      </c>
+      <c r="M307" s="14" t="n">
+        <v>1733998.0</v>
+      </c>
+      <c r="N307" s="14" t="n">
+        <v>1784587.0</v>
+      </c>
+      <c r="O307" s="14" t="n">
+        <v>1837605.0</v>
+      </c>
+      <c r="P307" s="14" t="n">
+        <v>1760750.0</v>
+      </c>
+      <c r="Q307" s="14" t="n">
+        <v>1874862.0</v>
+      </c>
+      <c r="R307" s="14" t="n">
+        <v>1685520.0</v>
+      </c>
+      <c r="S307" s="14" t="n">
+        <v>1596136.0</v>
+      </c>
+      <c r="T307" s="14" t="n">
+        <v>1397452.0</v>
+      </c>
+      <c r="U307" s="14" t="n">
+        <v>1311488.0</v>
+      </c>
+      <c r="V307" s="14" t="n">
+        <v>1213843.0</v>
+      </c>
+      <c r="W307" s="14" t="n">
+        <v>1143313.0</v>
+      </c>
+      <c r="X307" s="14" t="n">
+        <v>1061349.0</v>
+      </c>
+      <c r="Y307" s="14" t="n">
+        <v>1003609.0</v>
       </c>
     </row>
     <row r="308">
-      <c r="A308" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G308" s="6"/>
+      <c r="A308" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+        </is>
+      </c>
+      <c r="B308" s="14" t="n">
+        <v>2016070.0</v>
+      </c>
+      <c r="C308" s="14" t="n">
+        <v>1756902.0</v>
+      </c>
+      <c r="D308" s="14" t="n">
+        <v>1558043.0</v>
+      </c>
+      <c r="E308" s="14" t="n">
+        <v>903492.0</v>
+      </c>
+      <c r="F308" s="14" t="n">
+        <v>891005.0</v>
+      </c>
+      <c r="G308" s="14" t="n">
+        <v>806660.0</v>
+      </c>
+      <c r="H308" s="14" t="n">
+        <v>768189.0</v>
+      </c>
+      <c r="I308" s="14" t="n">
+        <v>1267404.0</v>
+      </c>
+      <c r="J308" s="14" t="n">
+        <v>1349356.0</v>
+      </c>
+      <c r="K308" s="14" t="n">
+        <v>1398393.0</v>
+      </c>
+      <c r="L308" s="14" t="n">
+        <v>1421253.0</v>
+      </c>
+      <c r="M308" s="14" t="n">
+        <v>1361226.0</v>
+      </c>
+      <c r="N308" s="14" t="n">
+        <v>1406093.0</v>
+      </c>
+      <c r="O308" s="14" t="n">
+        <v>1399359.0</v>
+      </c>
+      <c r="P308" s="14" t="n">
+        <v>1342528.0</v>
+      </c>
+      <c r="Q308" s="14" t="n">
+        <v>1472278.0</v>
+      </c>
+      <c r="R308" s="14" t="n">
+        <v>1368894.0</v>
+      </c>
+      <c r="S308" s="14" t="n">
+        <v>1361430.0</v>
+      </c>
+      <c r="T308" s="14" t="n">
+        <v>1205907.0</v>
+      </c>
+      <c r="U308" s="14" t="n">
+        <v>1164504.0</v>
+      </c>
+      <c r="V308" s="14" t="n">
+        <v>1083211.0</v>
+      </c>
+      <c r="W308" s="14" t="n">
+        <v>1043813.0</v>
+      </c>
+      <c r="X308" s="14" t="n">
+        <v>971769.0</v>
+      </c>
+      <c r="Y308" s="14" t="n">
+        <v>934236.0</v>
+      </c>
     </row>
     <row r="309">
       <c r="A309" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B309" s="14" t="n">
-        <v>1.1754569E7</v>
+        <v>856212.0</v>
       </c>
       <c r="C309" s="14" t="n">
-        <v>1.0675734E7</v>
+        <v>741985.0</v>
       </c>
       <c r="D309" s="14" t="n">
-        <v>1.1170612E7</v>
+        <v>653517.0</v>
       </c>
       <c r="E309" s="14" t="n">
-        <v>1.1573127E7</v>
+        <v>649997.0</v>
       </c>
       <c r="F309" s="14" t="n">
-        <v>1.1029663E7</v>
+        <v>839861.0</v>
       </c>
       <c r="G309" s="14" t="n">
-        <v>1.080367E7</v>
+        <v>785149.0</v>
+      </c>
+      <c r="H309" s="14" t="n">
+        <v>790881.0</v>
+      </c>
+      <c r="I309" s="14" t="n">
+        <v>854181.0</v>
+      </c>
+      <c r="J309" s="14" t="n">
+        <v>840046.0</v>
+      </c>
+      <c r="K309" s="14" t="n">
+        <v>789657.0</v>
+      </c>
+      <c r="L309" s="14" t="n">
+        <v>760185.0</v>
+      </c>
+      <c r="M309" s="14" t="n">
+        <v>833012.0</v>
+      </c>
+      <c r="N309" s="14" t="n">
+        <v>947741.0</v>
+      </c>
+      <c r="O309" s="14" t="n">
+        <v>1086590.0</v>
+      </c>
+      <c r="P309" s="14" t="n">
+        <v>1393836.0</v>
+      </c>
+      <c r="Q309" s="14" t="n">
+        <v>1344709.0</v>
+      </c>
+      <c r="R309" s="14" t="n">
+        <v>1358331.0</v>
+      </c>
+      <c r="S309" s="14" t="n">
+        <v>1191349.0</v>
+      </c>
+      <c r="T309" s="14" t="n">
+        <v>1096395.0</v>
+      </c>
+      <c r="U309" s="14" t="n">
+        <v>1027392.0</v>
+      </c>
+      <c r="V309" s="14" t="n">
+        <v>1004139.0</v>
+      </c>
+      <c r="W309" s="14" t="n">
+        <v>973315.0</v>
+      </c>
+      <c r="X309" s="14" t="n">
+        <v>859038.0</v>
+      </c>
+      <c r="Y309" s="14" t="n">
+        <v>756667.0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B310" s="14" t="n">
-        <v>1535182.0</v>
+        <v>4093522.0</v>
       </c>
       <c r="C310" s="14" t="n">
-        <v>1250522.0</v>
+        <v>3913845.0</v>
       </c>
       <c r="D310" s="14" t="n">
-        <v>897842.0</v>
+        <v>3501069.0</v>
       </c>
       <c r="E310" s="14" t="n">
-        <v>1585200.0</v>
+        <v>3045383.0</v>
       </c>
       <c r="F310" s="14" t="n">
-        <v>1271962.0</v>
+        <v>3888168.0</v>
       </c>
       <c r="G310" s="14" t="n">
-        <v>1344402.0</v>
+        <v>3663780.0</v>
+      </c>
+      <c r="H310" s="14" t="n">
+        <v>3579484.0</v>
+      </c>
+      <c r="I310" s="14" t="n">
+        <v>3536104.0</v>
+      </c>
+      <c r="J310" s="14" t="n">
+        <v>3870576.0</v>
+      </c>
+      <c r="K310" s="14" t="n">
+        <v>3600554.0</v>
+      </c>
+      <c r="L310" s="14" t="n">
+        <v>3458530.0</v>
+      </c>
+      <c r="M310" s="14" t="n">
+        <v>3461744.0</v>
+      </c>
+      <c r="N310" s="14" t="n">
+        <v>3313481.0</v>
+      </c>
+      <c r="O310" s="14" t="n">
+        <v>3154326.0</v>
+      </c>
+      <c r="P310" s="14" t="n">
+        <v>3208397.0</v>
+      </c>
+      <c r="Q310" s="14" t="n">
+        <v>3186991.0</v>
+      </c>
+      <c r="R310" s="14" t="n">
+        <v>2934651.0</v>
+      </c>
+      <c r="S310" s="14" t="n">
+        <v>2762575.0</v>
+      </c>
+      <c r="T310" s="14" t="n">
+        <v>2475255.0</v>
+      </c>
+      <c r="U310" s="14" t="n">
+        <v>2404681.0</v>
+      </c>
+      <c r="V310" s="14" t="n">
+        <v>2270013.0</v>
+      </c>
+      <c r="W310" s="14" t="n">
+        <v>2078114.0</v>
+      </c>
+      <c r="X310" s="14" t="n">
+        <v>1883933.0</v>
+      </c>
+      <c r="Y310" s="14" t="n">
+        <v>1717896.0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B311" s="14" t="n">
-        <v>1362513.0</v>
+        <v>2939961.0</v>
       </c>
       <c r="C311" s="14" t="n">
-        <v>1222063.0</v>
+        <v>2610178.0</v>
       </c>
       <c r="D311" s="14" t="n">
-        <v>1291407.0</v>
+        <v>2362220.0</v>
       </c>
       <c r="E311" s="14" t="n">
-        <v>1177705.0</v>
+        <v>2322293.0</v>
       </c>
       <c r="F311" s="14" t="n">
-        <v>1279406.0</v>
+        <v>2374120.0</v>
       </c>
       <c r="G311" s="14" t="n">
-        <v>1176675.0</v>
+        <v>2303296.0</v>
+      </c>
+      <c r="H311" s="14" t="n">
+        <v>2213170.0</v>
+      </c>
+      <c r="I311" s="14" t="n">
+        <v>2147067.0</v>
+      </c>
+      <c r="J311" s="14" t="n">
+        <v>2133644.0</v>
+      </c>
+      <c r="K311" s="14" t="n">
+        <v>2086806.0</v>
+      </c>
+      <c r="L311" s="14" t="n">
+        <v>2037335.0</v>
+      </c>
+      <c r="M311" s="14" t="n">
+        <v>2056883.0</v>
+      </c>
+      <c r="N311" s="14" t="n">
+        <v>2048536.0</v>
+      </c>
+      <c r="O311" s="14" t="n">
+        <v>1987836.0</v>
+      </c>
+      <c r="P311" s="14" t="n">
+        <v>1957125.0</v>
+      </c>
+      <c r="Q311" s="14" t="n">
+        <v>1955727.0</v>
+      </c>
+      <c r="R311" s="14" t="n">
+        <v>1866840.0</v>
+      </c>
+      <c r="S311" s="14" t="n">
+        <v>1688821.0</v>
+      </c>
+      <c r="T311" s="14" t="n">
+        <v>1488559.0</v>
+      </c>
+      <c r="U311" s="14" t="n">
+        <v>1411801.0</v>
+      </c>
+      <c r="V311" s="14" t="n">
+        <v>1325981.0</v>
+      </c>
+      <c r="W311" s="14" t="n">
+        <v>1220581.0</v>
+      </c>
+      <c r="X311" s="14" t="n">
+        <v>1156178.0</v>
+      </c>
+      <c r="Y311" s="14" t="n">
+        <v>1066483.0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B312" s="14" t="n">
-        <v>1182833.0</v>
+        <v>2774709.0</v>
       </c>
       <c r="C312" s="14" t="n">
-        <v>1078634.0</v>
+        <v>2602273.0</v>
       </c>
       <c r="D312" s="14" t="n">
-        <v>1142351.0</v>
+        <v>2489461.0</v>
       </c>
       <c r="E312" s="14" t="n">
-        <v>1030245.0</v>
+        <v>2633139.0</v>
       </c>
       <c r="F312" s="14" t="n">
-        <v>1042273.0</v>
+        <v>2629088.0</v>
       </c>
       <c r="G312" s="14" t="n">
-        <v>961133.0</v>
+        <v>2505632.0</v>
+      </c>
+      <c r="H312" s="14" t="n">
+        <v>2419859.0</v>
+      </c>
+      <c r="I312" s="14" t="n">
+        <v>2335783.0</v>
+      </c>
+      <c r="J312" s="14" t="n">
+        <v>2301284.0</v>
+      </c>
+      <c r="K312" s="14" t="n">
+        <v>2212298.0</v>
+      </c>
+      <c r="L312" s="14" t="n">
+        <v>2246009.0</v>
+      </c>
+      <c r="M312" s="14" t="n">
+        <v>2267822.0</v>
+      </c>
+      <c r="N312" s="14" t="n">
+        <v>2313192.0</v>
+      </c>
+      <c r="O312" s="14" t="n">
+        <v>2284275.0</v>
+      </c>
+      <c r="P312" s="14" t="n">
+        <v>2266823.0</v>
+      </c>
+      <c r="Q312" s="14" t="n">
+        <v>2145690.0</v>
+      </c>
+      <c r="R312" s="14" t="n">
+        <v>1897992.0</v>
+      </c>
+      <c r="S312" s="14" t="n">
+        <v>1717658.0</v>
+      </c>
+      <c r="T312" s="14" t="n">
+        <v>1546681.0</v>
+      </c>
+      <c r="U312" s="14" t="n">
+        <v>1581113.0</v>
+      </c>
+      <c r="V312" s="14" t="n">
+        <v>1444592.0</v>
+      </c>
+      <c r="W312" s="14" t="n">
+        <v>1350475.0</v>
+      </c>
+      <c r="X312" s="14" t="n">
+        <v>1255644.0</v>
+      </c>
+      <c r="Y312" s="14" t="n">
+        <v>1108406.0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B313" s="14" t="n">
-        <v>596843.0</v>
+        <v>1.3762355E7</v>
       </c>
       <c r="C313" s="14" t="n">
-        <v>545873.0</v>
+        <v>1.2575558E7</v>
       </c>
       <c r="D313" s="14" t="n">
-        <v>593931.0</v>
+        <v>1.1728797E7</v>
       </c>
       <c r="E313" s="14" t="n">
-        <v>541105.0</v>
+        <v>1.0605954E7</v>
       </c>
       <c r="F313" s="14" t="n">
-        <v>506504.0</v>
+        <v>1.1570918E7</v>
       </c>
       <c r="G313" s="14" t="n">
-        <v>549356.0</v>
+        <v>1.1023698E7</v>
+      </c>
+      <c r="H313" s="14" t="n">
+        <v>1.0690285E7</v>
+      </c>
+      <c r="I313" s="14" t="n">
+        <v>1.1022859E7</v>
+      </c>
+      <c r="J313" s="14" t="n">
+        <v>1.1355946E7</v>
+      </c>
+      <c r="K313" s="14" t="n">
+        <v>1.0911871E7</v>
+      </c>
+      <c r="L313" s="14" t="n">
+        <v>1.0878472E7</v>
+      </c>
+      <c r="M313" s="14" t="n">
+        <v>1.0855252E7</v>
+      </c>
+      <c r="N313" s="14" t="n">
+        <v>1.0961265E7</v>
+      </c>
+      <c r="O313" s="14" t="n">
+        <v>1.0990176E7</v>
+      </c>
+      <c r="P313" s="14" t="n">
+        <v>1.1187162E7</v>
+      </c>
+      <c r="Q313" s="14" t="n">
+        <v>1.1183407E7</v>
+      </c>
+      <c r="R313" s="14" t="n">
+        <v>1.0469014E7</v>
+      </c>
+      <c r="S313" s="14" t="n">
+        <v>9651310.0</v>
+      </c>
+      <c r="T313" s="14" t="n">
+        <v>8685387.0</v>
+      </c>
+      <c r="U313" s="14" t="n">
+        <v>8479897.0</v>
+      </c>
+      <c r="V313" s="14" t="n">
+        <v>8087348.0</v>
+      </c>
+      <c r="W313" s="14" t="n">
+        <v>7507201.0</v>
+      </c>
+      <c r="X313" s="14" t="n">
+        <v>6927431.0</v>
+      </c>
+      <c r="Y313" s="14" t="n">
+        <v>6288673.0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B314" s="14" t="n">
-        <v>1900108.0</v>
+        <v>1319191.0</v>
       </c>
       <c r="C314" s="14" t="n">
-        <v>1636284.0</v>
+        <v>1214223.0</v>
       </c>
       <c r="D314" s="14" t="n">
-        <v>2103115.0</v>
+        <v>1225511.0</v>
       </c>
       <c r="E314" s="14" t="n">
-        <v>2099747.0</v>
+        <v>1029349.0</v>
       </c>
       <c r="F314" s="14" t="n">
-        <v>2102940.0</v>
+        <v>1195253.0</v>
       </c>
       <c r="G314" s="14" t="n">
-        <v>2053074.0</v>
+        <v>1168009.0</v>
+      </c>
+      <c r="H314" s="14" t="n">
+        <v>1113034.0</v>
+      </c>
+      <c r="I314" s="14" t="n">
+        <v>1137688.0</v>
+      </c>
+      <c r="J314" s="14" t="n">
+        <v>1156923.0</v>
+      </c>
+      <c r="K314" s="14" t="n">
+        <v>1083214.0</v>
+      </c>
+      <c r="L314" s="14" t="n">
+        <v>1038876.0</v>
+      </c>
+      <c r="M314" s="14" t="n">
+        <v>960295.0</v>
+      </c>
+      <c r="N314" s="14" t="n">
+        <v>947224.0</v>
+      </c>
+      <c r="O314" s="14" t="n">
+        <v>987207.0</v>
+      </c>
+      <c r="P314" s="14" t="n">
+        <v>762414.0</v>
+      </c>
+      <c r="Q314" s="14" t="n">
+        <v>966160.0</v>
+      </c>
+      <c r="R314" s="14" t="n">
+        <v>1167787.0</v>
+      </c>
+      <c r="S314" s="14" t="n">
+        <v>1166350.0</v>
+      </c>
+      <c r="T314" s="14" t="n">
+        <v>1009206.0</v>
+      </c>
+      <c r="U314" s="14" t="n">
+        <v>937321.0</v>
+      </c>
+      <c r="V314" s="14" t="n">
+        <v>843651.0</v>
+      </c>
+      <c r="W314" s="14" t="n">
+        <v>743798.0</v>
+      </c>
+      <c r="X314" s="14" t="n">
+        <v>685875.0</v>
+      </c>
+      <c r="Y314" s="14" t="n">
+        <v>643129.0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B315" s="14" t="n">
-        <v>2144868.0</v>
+        <v>1.5081546E7</v>
       </c>
       <c r="C315" s="14" t="n">
-        <v>2073365.0</v>
+        <v>1.3789781E7</v>
       </c>
       <c r="D315" s="14" t="n">
-        <v>2143888.0</v>
+        <v>1.2954308E7</v>
       </c>
       <c r="E315" s="14" t="n">
-        <v>2097670.0</v>
+        <v>1.1635303E7</v>
       </c>
       <c r="F315" s="14" t="n">
-        <v>2000939.0</v>
+        <v>1.2766171E7</v>
       </c>
       <c r="G315" s="14" t="n">
-        <v>1947548.0</v>
+        <v>1.2191707E7</v>
+      </c>
+      <c r="H315" s="14" t="n">
+        <v>1.1803319E7</v>
+      </c>
+      <c r="I315" s="14" t="n">
+        <v>1.2160547E7</v>
+      </c>
+      <c r="J315" s="14" t="n">
+        <v>1.2512869E7</v>
+      </c>
+      <c r="K315" s="14" t="n">
+        <v>1.1995085E7</v>
+      </c>
+      <c r="L315" s="14" t="n">
+        <v>1.1917348E7</v>
+      </c>
+      <c r="M315" s="14" t="n">
+        <v>1.1815547E7</v>
+      </c>
+      <c r="N315" s="14" t="n">
+        <v>1.1908489E7</v>
+      </c>
+      <c r="O315" s="14" t="n">
+        <v>1.1977383E7</v>
+      </c>
+      <c r="P315" s="14" t="n">
+        <v>1.1949576E7</v>
+      </c>
+      <c r="Q315" s="14" t="n">
+        <v>1.2149567E7</v>
+      </c>
+      <c r="R315" s="14" t="n">
+        <v>1.1636801E7</v>
+      </c>
+      <c r="S315" s="14" t="n">
+        <v>1.081766E7</v>
+      </c>
+      <c r="T315" s="14" t="n">
+        <v>9694593.0</v>
+      </c>
+      <c r="U315" s="14" t="n">
+        <v>9417218.0</v>
+      </c>
+      <c r="V315" s="14" t="n">
+        <v>8930999.0</v>
+      </c>
+      <c r="W315" s="14" t="n">
+        <v>8250999.0</v>
+      </c>
+      <c r="X315" s="14" t="n">
+        <v>7613306.0</v>
+      </c>
+      <c r="Y315" s="14" t="n">
+        <v>6931802.0</v>
       </c>
     </row>
     <row r="316">
-      <c r="A316" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A316" s="6" t="inlineStr">
+        <is>
+          <t>27 Lugo</t>
+        </is>
+      </c>
+      <c r="B316" s="6"/>
+      <c r="C316" s="6"/>
+      <c r="D316" s="6"/>
+      <c r="E316" s="6"/>
+      <c r="F316" s="6"/>
+      <c r="G316" s="6"/>
+      <c r="H316" s="6"/>
+      <c r="I316" s="6"/>
+      <c r="J316" s="6"/>
+      <c r="K316" s="6"/>
+      <c r="L316" s="6"/>
+      <c r="M316" s="6"/>
+      <c r="N316" s="6"/>
+      <c r="O316" s="6"/>
+      <c r="P316" s="6"/>
+      <c r="Q316" s="6"/>
+      <c r="R316" s="6"/>
+      <c r="S316" s="6"/>
+      <c r="T316" s="6"/>
+      <c r="U316" s="6"/>
+      <c r="V316" s="6"/>
+      <c r="W316" s="6"/>
+      <c r="X316" s="6"/>
+      <c r="Y316" s="6"/>
     </row>
     <row r="317">
       <c r="A317" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B317" s="14" t="n">
-        <v>1.0634813E7</v>
+        <v>1166778.0</v>
       </c>
       <c r="C317" s="14" t="n">
-        <v>9741506.0</v>
+        <v>880140.0</v>
       </c>
       <c r="D317" s="14" t="n">
-        <v>1.0131195E7</v>
+        <v>708688.0</v>
       </c>
       <c r="E317" s="14" t="n">
-        <v>1.047251E7</v>
+        <v>671942.0</v>
       </c>
       <c r="F317" s="14" t="n">
-        <v>9998068.0</v>
+        <v>756888.0</v>
       </c>
       <c r="G317" s="14" t="n">
-        <v>9803166.0</v>
+        <v>709739.0</v>
+      </c>
+      <c r="H317" s="14" t="n">
+        <v>710774.0</v>
+      </c>
+      <c r="I317" s="14" t="n">
+        <v>770355.0</v>
+      </c>
+      <c r="J317" s="14" t="n">
+        <v>760941.0</v>
+      </c>
+      <c r="K317" s="14" t="n">
+        <v>735602.0</v>
+      </c>
+      <c r="L317" s="14" t="n">
+        <v>686288.0</v>
+      </c>
+      <c r="M317" s="14" t="n">
+        <v>643233.0</v>
+      </c>
+      <c r="N317" s="14" t="n">
+        <v>589914.0</v>
+      </c>
+      <c r="O317" s="14" t="n">
+        <v>587380.0</v>
+      </c>
+      <c r="P317" s="14" t="n">
+        <v>559775.0</v>
+      </c>
+      <c r="Q317" s="14" t="n">
+        <v>692624.0</v>
+      </c>
+      <c r="R317" s="14" t="n">
+        <v>671377.0</v>
+      </c>
+      <c r="S317" s="14" t="n">
+        <v>504799.0</v>
+      </c>
+      <c r="T317" s="14" t="n">
+        <v>552201.0</v>
+      </c>
+      <c r="U317" s="14" t="n">
+        <v>585263.0</v>
+      </c>
+      <c r="V317" s="14" t="n">
+        <v>531064.0</v>
+      </c>
+      <c r="W317" s="14" t="n">
+        <v>539809.0</v>
+      </c>
+      <c r="X317" s="14" t="n">
+        <v>496692.0</v>
+      </c>
+      <c r="Y317" s="14" t="n">
+        <v>416262.0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B318" s="14" t="n">
-        <v>1119756.0</v>
+        <v>1347853.0</v>
       </c>
       <c r="C318" s="14" t="n">
-        <v>934228.0</v>
+        <v>1394146.0</v>
       </c>
       <c r="D318" s="14" t="n">
-        <v>1039417.0</v>
+        <v>1098249.0</v>
       </c>
       <c r="E318" s="14" t="n">
-        <v>1100617.0</v>
+        <v>772752.0</v>
       </c>
       <c r="F318" s="14" t="n">
-        <v>1031595.0</v>
+        <v>1031541.0</v>
       </c>
       <c r="G318" s="14" t="n">
-        <v>1000504.0</v>
+        <v>1111569.0</v>
+      </c>
+      <c r="H318" s="14" t="n">
+        <v>991784.0</v>
+      </c>
+      <c r="I318" s="14" t="n">
+        <v>988207.0</v>
+      </c>
+      <c r="J318" s="14" t="n">
+        <v>1112091.0</v>
+      </c>
+      <c r="K318" s="14" t="n">
+        <v>1086357.0</v>
+      </c>
+      <c r="L318" s="14" t="n">
+        <v>1092924.0</v>
+      </c>
+      <c r="M318" s="14" t="n">
+        <v>958486.0</v>
+      </c>
+      <c r="N318" s="14" t="n">
+        <v>976092.0</v>
+      </c>
+      <c r="O318" s="14" t="n">
+        <v>944746.0</v>
+      </c>
+      <c r="P318" s="14" t="n">
+        <v>940959.0</v>
+      </c>
+      <c r="Q318" s="14" t="n">
+        <v>1020582.0</v>
+      </c>
+      <c r="R318" s="14" t="n">
+        <v>1093433.0</v>
+      </c>
+      <c r="S318" s="14" t="n">
+        <v>1089339.0</v>
+      </c>
+      <c r="T318" s="14" t="n">
+        <v>981036.0</v>
+      </c>
+      <c r="U318" s="14" t="n">
+        <v>873851.0</v>
+      </c>
+      <c r="V318" s="14" t="n">
+        <v>851041.0</v>
+      </c>
+      <c r="W318" s="14" t="n">
+        <v>780456.0</v>
+      </c>
+      <c r="X318" s="14" t="n">
+        <v>763617.0</v>
+      </c>
+      <c r="Y318" s="14" t="n">
+        <v>804593.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B319" s="14" t="n">
-        <v>1.1754569E7</v>
+        <v>751162.0</v>
       </c>
       <c r="C319" s="14" t="n">
-        <v>1.0675734E7</v>
+        <v>712381.0</v>
       </c>
       <c r="D319" s="14" t="n">
-        <v>1.1170612E7</v>
+        <v>732612.0</v>
       </c>
       <c r="E319" s="14" t="n">
-        <v>1.1573127E7</v>
+        <v>451212.0</v>
       </c>
       <c r="F319" s="14" t="n">
-        <v>1.1029663E7</v>
+        <v>629802.0</v>
       </c>
       <c r="G319" s="14" t="n">
-        <v>1.080367E7</v>
+        <v>706552.0</v>
+      </c>
+      <c r="H319" s="14" t="n">
+        <v>757744.0</v>
+      </c>
+      <c r="I319" s="14" t="n">
+        <v>721294.0</v>
+      </c>
+      <c r="J319" s="14" t="n">
+        <v>792143.0</v>
+      </c>
+      <c r="K319" s="14" t="n">
+        <v>793126.0</v>
+      </c>
+      <c r="L319" s="14" t="n">
+        <v>752584.0</v>
+      </c>
+      <c r="M319" s="14" t="n">
+        <v>643794.0</v>
+      </c>
+      <c r="N319" s="14" t="n">
+        <v>665827.0</v>
+      </c>
+      <c r="O319" s="14" t="n">
+        <v>658035.0</v>
+      </c>
+      <c r="P319" s="14" t="n">
+        <v>685301.0</v>
+      </c>
+      <c r="Q319" s="14" t="n">
+        <v>765388.0</v>
+      </c>
+      <c r="R319" s="14" t="n">
+        <v>883632.0</v>
+      </c>
+      <c r="S319" s="14" t="n">
+        <v>938355.0</v>
+      </c>
+      <c r="T319" s="14" t="n">
+        <v>843812.0</v>
+      </c>
+      <c r="U319" s="14" t="n">
+        <v>759138.0</v>
+      </c>
+      <c r="V319" s="14" t="n">
+        <v>757481.0</v>
+      </c>
+      <c r="W319" s="14" t="n">
+        <v>706396.0</v>
+      </c>
+      <c r="X319" s="14" t="n">
+        <v>701981.0</v>
+      </c>
+      <c r="Y319" s="14" t="n">
+        <v>749411.0</v>
       </c>
     </row>
     <row r="320">
-      <c r="A320" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G320" s="6"/>
+      <c r="A320" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    F. Construcción</t>
+        </is>
+      </c>
+      <c r="B320" s="14" t="n">
+        <v>510962.0</v>
+      </c>
+      <c r="C320" s="14" t="n">
+        <v>464427.0</v>
+      </c>
+      <c r="D320" s="14" t="n">
+        <v>397591.0</v>
+      </c>
+      <c r="E320" s="14" t="n">
+        <v>395117.0</v>
+      </c>
+      <c r="F320" s="14" t="n">
+        <v>445039.0</v>
+      </c>
+      <c r="G320" s="14" t="n">
+        <v>437250.0</v>
+      </c>
+      <c r="H320" s="14" t="n">
+        <v>452764.0</v>
+      </c>
+      <c r="I320" s="14" t="n">
+        <v>528738.0</v>
+      </c>
+      <c r="J320" s="14" t="n">
+        <v>482129.0</v>
+      </c>
+      <c r="K320" s="14" t="n">
+        <v>427475.0</v>
+      </c>
+      <c r="L320" s="14" t="n">
+        <v>392047.0</v>
+      </c>
+      <c r="M320" s="14" t="n">
+        <v>536695.0</v>
+      </c>
+      <c r="N320" s="14" t="n">
+        <v>637164.0</v>
+      </c>
+      <c r="O320" s="14" t="n">
+        <v>712632.0</v>
+      </c>
+      <c r="P320" s="14" t="n">
+        <v>731517.0</v>
+      </c>
+      <c r="Q320" s="14" t="n">
+        <v>803306.0</v>
+      </c>
+      <c r="R320" s="14" t="n">
+        <v>721571.0</v>
+      </c>
+      <c r="S320" s="14" t="n">
+        <v>704363.0</v>
+      </c>
+      <c r="T320" s="14" t="n">
+        <v>592191.0</v>
+      </c>
+      <c r="U320" s="14" t="n">
+        <v>503851.0</v>
+      </c>
+      <c r="V320" s="14" t="n">
+        <v>491032.0</v>
+      </c>
+      <c r="W320" s="14" t="n">
+        <v>466574.0</v>
+      </c>
+      <c r="X320" s="14" t="n">
+        <v>417771.0</v>
+      </c>
+      <c r="Y320" s="14" t="n">
+        <v>387017.0</v>
+      </c>
     </row>
     <row r="321">
       <c r="A321" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B321" s="14" t="n">
-        <v>1.0224642E7</v>
+        <v>2195754.0</v>
       </c>
       <c r="C321" s="14" t="n">
-        <v>9304383.0</v>
+        <v>2033300.0</v>
       </c>
       <c r="D321" s="14" t="n">
-        <v>1.009325E7</v>
+        <v>1842724.0</v>
       </c>
       <c r="E321" s="14" t="n">
-        <v>9831635.0</v>
+        <v>1624242.0</v>
       </c>
       <c r="F321" s="14" t="n">
-        <v>9556582.0</v>
+        <v>1943317.0</v>
       </c>
       <c r="G321" s="14" t="n">
-        <v>9269965.0</v>
+        <v>1928911.0</v>
+      </c>
+      <c r="H321" s="14" t="n">
+        <v>1862775.0</v>
+      </c>
+      <c r="I321" s="14" t="n">
+        <v>1811735.0</v>
+      </c>
+      <c r="J321" s="14" t="n">
+        <v>1817256.0</v>
+      </c>
+      <c r="K321" s="14" t="n">
+        <v>1688582.0</v>
+      </c>
+      <c r="L321" s="14" t="n">
+        <v>1633252.0</v>
+      </c>
+      <c r="M321" s="14" t="n">
+        <v>1677083.0</v>
+      </c>
+      <c r="N321" s="14" t="n">
+        <v>1691872.0</v>
+      </c>
+      <c r="O321" s="14" t="n">
+        <v>1667713.0</v>
+      </c>
+      <c r="P321" s="14" t="n">
+        <v>1630015.0</v>
+      </c>
+      <c r="Q321" s="14" t="n">
+        <v>1595712.0</v>
+      </c>
+      <c r="R321" s="14" t="n">
+        <v>1497801.0</v>
+      </c>
+      <c r="S321" s="14" t="n">
+        <v>1446899.0</v>
+      </c>
+      <c r="T321" s="14" t="n">
+        <v>1369985.0</v>
+      </c>
+      <c r="U321" s="14" t="n">
+        <v>1268331.0</v>
+      </c>
+      <c r="V321" s="14" t="n">
+        <v>1159306.0</v>
+      </c>
+      <c r="W321" s="14" t="n">
+        <v>1073724.0</v>
+      </c>
+      <c r="X321" s="14" t="n">
+        <v>990408.0</v>
+      </c>
+      <c r="Y321" s="14" t="n">
+        <v>896086.0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B322" s="14" t="n">
-        <v>487420.0</v>
+        <v>1554759.0</v>
       </c>
       <c r="C322" s="14" t="n">
-        <v>398244.0</v>
+        <v>1364911.0</v>
       </c>
       <c r="D322" s="14" t="n">
-        <v>365818.0</v>
+        <v>1282170.0</v>
       </c>
       <c r="E322" s="14" t="n">
-        <v>367205.0</v>
+        <v>1239442.0</v>
       </c>
       <c r="F322" s="14" t="n">
-        <v>250521.0</v>
+        <v>1252845.0</v>
       </c>
       <c r="G322" s="14" t="n">
-        <v>316027.0</v>
+        <v>1216777.0</v>
+      </c>
+      <c r="H322" s="14" t="n">
+        <v>1160743.0</v>
+      </c>
+      <c r="I322" s="14" t="n">
+        <v>1137628.0</v>
+      </c>
+      <c r="J322" s="14" t="n">
+        <v>1102715.0</v>
+      </c>
+      <c r="K322" s="14" t="n">
+        <v>1080839.0</v>
+      </c>
+      <c r="L322" s="14" t="n">
+        <v>1065831.0</v>
+      </c>
+      <c r="M322" s="14" t="n">
+        <v>1063096.0</v>
+      </c>
+      <c r="N322" s="14" t="n">
+        <v>1049705.0</v>
+      </c>
+      <c r="O322" s="14" t="n">
+        <v>1004873.0</v>
+      </c>
+      <c r="P322" s="14" t="n">
+        <v>1009750.0</v>
+      </c>
+      <c r="Q322" s="14" t="n">
+        <v>1005772.0</v>
+      </c>
+      <c r="R322" s="14" t="n">
+        <v>948960.0</v>
+      </c>
+      <c r="S322" s="14" t="n">
+        <v>888926.0</v>
+      </c>
+      <c r="T322" s="14" t="n">
+        <v>821613.0</v>
+      </c>
+      <c r="U322" s="14" t="n">
+        <v>738363.0</v>
+      </c>
+      <c r="V322" s="14" t="n">
+        <v>682329.0</v>
+      </c>
+      <c r="W322" s="14" t="n">
+        <v>627039.0</v>
+      </c>
+      <c r="X322" s="14" t="n">
+        <v>575960.0</v>
+      </c>
+      <c r="Y322" s="14" t="n">
+        <v>527830.0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B323" s="14" t="n">
-        <v>1524493.0</v>
+        <v>1807645.0</v>
       </c>
       <c r="C323" s="14" t="n">
-        <v>1276866.0</v>
+        <v>1677069.0</v>
       </c>
       <c r="D323" s="14" t="n">
-        <v>1208184.0</v>
+        <v>1585498.0</v>
       </c>
       <c r="E323" s="14" t="n">
-        <v>1198362.0</v>
+        <v>1628855.0</v>
       </c>
       <c r="F323" s="14" t="n">
-        <v>1265872.0</v>
+        <v>1661628.0</v>
       </c>
       <c r="G323" s="14" t="n">
-        <v>1233090.0</v>
+        <v>1620756.0</v>
+      </c>
+      <c r="H323" s="14" t="n">
+        <v>1576974.0</v>
+      </c>
+      <c r="I323" s="14" t="n">
+        <v>1537984.0</v>
+      </c>
+      <c r="J323" s="14" t="n">
+        <v>1528272.0</v>
+      </c>
+      <c r="K323" s="14" t="n">
+        <v>1451801.0</v>
+      </c>
+      <c r="L323" s="14" t="n">
+        <v>1448741.0</v>
+      </c>
+      <c r="M323" s="14" t="n">
+        <v>1445524.0</v>
+      </c>
+      <c r="N323" s="14" t="n">
+        <v>1499127.0</v>
+      </c>
+      <c r="O323" s="14" t="n">
+        <v>1501113.0</v>
+      </c>
+      <c r="P323" s="14" t="n">
+        <v>1442555.0</v>
+      </c>
+      <c r="Q323" s="14" t="n">
+        <v>1356521.0</v>
+      </c>
+      <c r="R323" s="14" t="n">
+        <v>1278612.0</v>
+      </c>
+      <c r="S323" s="14" t="n">
+        <v>1229759.0</v>
+      </c>
+      <c r="T323" s="14" t="n">
+        <v>1170281.0</v>
+      </c>
+      <c r="U323" s="14" t="n">
+        <v>957658.0</v>
+      </c>
+      <c r="V323" s="14" t="n">
+        <v>928740.0</v>
+      </c>
+      <c r="W323" s="14" t="n">
+        <v>888042.0</v>
+      </c>
+      <c r="X323" s="14" t="n">
+        <v>971590.0</v>
+      </c>
+      <c r="Y323" s="14" t="n">
+        <v>844531.0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B324" s="14" t="n">
-        <v>1016874.0</v>
+        <v>8583751.0</v>
       </c>
       <c r="C324" s="14" t="n">
-        <v>905858.0</v>
+        <v>7813993.0</v>
       </c>
       <c r="D324" s="14" t="n">
-        <v>895326.0</v>
+        <v>6914920.0</v>
       </c>
       <c r="E324" s="14" t="n">
-        <v>841179.0</v>
+        <v>6332350.0</v>
       </c>
       <c r="F324" s="14" t="n">
-        <v>792899.0</v>
+        <v>7091258.0</v>
       </c>
       <c r="G324" s="14" t="n">
-        <v>741730.0</v>
+        <v>7025002.0</v>
+      </c>
+      <c r="H324" s="14" t="n">
+        <v>6755814.0</v>
+      </c>
+      <c r="I324" s="14" t="n">
+        <v>6774647.0</v>
+      </c>
+      <c r="J324" s="14" t="n">
+        <v>6803404.0</v>
+      </c>
+      <c r="K324" s="14" t="n">
+        <v>6470656.0</v>
+      </c>
+      <c r="L324" s="14" t="n">
+        <v>6319083.0</v>
+      </c>
+      <c r="M324" s="14" t="n">
+        <v>6324117.0</v>
+      </c>
+      <c r="N324" s="14" t="n">
+        <v>6443874.0</v>
+      </c>
+      <c r="O324" s="14" t="n">
+        <v>6418457.0</v>
+      </c>
+      <c r="P324" s="14" t="n">
+        <v>6314571.0</v>
+      </c>
+      <c r="Q324" s="14" t="n">
+        <v>6474517.0</v>
+      </c>
+      <c r="R324" s="14" t="n">
+        <v>6211754.0</v>
+      </c>
+      <c r="S324" s="14" t="n">
+        <v>5864085.0</v>
+      </c>
+      <c r="T324" s="14" t="n">
+        <v>5487307.0</v>
+      </c>
+      <c r="U324" s="14" t="n">
+        <v>4927317.0</v>
+      </c>
+      <c r="V324" s="14" t="n">
+        <v>4643512.0</v>
+      </c>
+      <c r="W324" s="14" t="n">
+        <v>4375644.0</v>
+      </c>
+      <c r="X324" s="14" t="n">
+        <v>4216038.0</v>
+      </c>
+      <c r="Y324" s="14" t="n">
+        <v>3876319.0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B325" s="14" t="n">
-        <v>587871.0</v>
+        <v>822796.0</v>
       </c>
       <c r="C325" s="14" t="n">
-        <v>502355.0</v>
+        <v>754474.0</v>
       </c>
       <c r="D325" s="14" t="n">
-        <v>584515.0</v>
+        <v>722521.0</v>
       </c>
       <c r="E325" s="14" t="n">
-        <v>544025.0</v>
+        <v>612788.0</v>
       </c>
       <c r="F325" s="14" t="n">
-        <v>550158.0</v>
+        <v>731618.0</v>
       </c>
       <c r="G325" s="14" t="n">
-        <v>526235.0</v>
+        <v>743978.0</v>
+      </c>
+      <c r="H325" s="14" t="n">
+        <v>703086.0</v>
+      </c>
+      <c r="I325" s="14" t="n">
+        <v>698236.0</v>
+      </c>
+      <c r="J325" s="14" t="n">
+        <v>692465.0</v>
+      </c>
+      <c r="K325" s="14" t="n">
+        <v>641327.0</v>
+      </c>
+      <c r="L325" s="14" t="n">
+        <v>601984.0</v>
+      </c>
+      <c r="M325" s="14" t="n">
+        <v>558021.0</v>
+      </c>
+      <c r="N325" s="14" t="n">
+        <v>555428.0</v>
+      </c>
+      <c r="O325" s="14" t="n">
+        <v>574912.0</v>
+      </c>
+      <c r="P325" s="14" t="n">
+        <v>429386.0</v>
+      </c>
+      <c r="Q325" s="14" t="n">
+        <v>557773.0</v>
+      </c>
+      <c r="R325" s="14" t="n">
+        <v>691640.0</v>
+      </c>
+      <c r="S325" s="14" t="n">
+        <v>707722.0</v>
+      </c>
+      <c r="T325" s="14" t="n">
+        <v>636575.0</v>
+      </c>
+      <c r="U325" s="14" t="n">
+        <v>543361.0</v>
+      </c>
+      <c r="V325" s="14" t="n">
+        <v>483298.0</v>
+      </c>
+      <c r="W325" s="14" t="n">
+        <v>432394.0</v>
+      </c>
+      <c r="X325" s="14" t="n">
+        <v>416275.0</v>
+      </c>
+      <c r="Y325" s="14" t="n">
+        <v>395317.0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B326" s="14" t="n">
-        <v>2188755.0</v>
+        <v>9406547.0</v>
       </c>
       <c r="C326" s="14" t="n">
-        <v>1950487.0</v>
+        <v>8568467.0</v>
       </c>
       <c r="D326" s="14" t="n">
-        <v>2453693.0</v>
+        <v>7637441.0</v>
       </c>
       <c r="E326" s="14" t="n">
-        <v>2368751.0</v>
+        <v>6945138.0</v>
       </c>
       <c r="F326" s="14" t="n">
-        <v>2296681.0</v>
+        <v>7822876.0</v>
       </c>
       <c r="G326" s="14" t="n">
-        <v>2184971.0</v>
+        <v>7768980.0</v>
+      </c>
+      <c r="H326" s="14" t="n">
+        <v>7458900.0</v>
+      </c>
+      <c r="I326" s="14" t="n">
+        <v>7472883.0</v>
+      </c>
+      <c r="J326" s="14" t="n">
+        <v>7495869.0</v>
+      </c>
+      <c r="K326" s="14" t="n">
+        <v>7111983.0</v>
+      </c>
+      <c r="L326" s="14" t="n">
+        <v>6921067.0</v>
+      </c>
+      <c r="M326" s="14" t="n">
+        <v>6882138.0</v>
+      </c>
+      <c r="N326" s="14" t="n">
+        <v>6999302.0</v>
+      </c>
+      <c r="O326" s="14" t="n">
+        <v>6993369.0</v>
+      </c>
+      <c r="P326" s="14" t="n">
+        <v>6743957.0</v>
+      </c>
+      <c r="Q326" s="14" t="n">
+        <v>7032290.0</v>
+      </c>
+      <c r="R326" s="14" t="n">
+        <v>6903394.0</v>
+      </c>
+      <c r="S326" s="14" t="n">
+        <v>6571807.0</v>
+      </c>
+      <c r="T326" s="14" t="n">
+        <v>6123882.0</v>
+      </c>
+      <c r="U326" s="14" t="n">
+        <v>5470678.0</v>
+      </c>
+      <c r="V326" s="14" t="n">
+        <v>5126810.0</v>
+      </c>
+      <c r="W326" s="14" t="n">
+        <v>4808038.0</v>
+      </c>
+      <c r="X326" s="14" t="n">
+        <v>4632313.0</v>
+      </c>
+      <c r="Y326" s="14" t="n">
+        <v>4271636.0</v>
       </c>
     </row>
     <row r="327">
-      <c r="A327" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A327" s="6" t="inlineStr">
+        <is>
+          <t>28 Madrid</t>
+        </is>
+      </c>
+      <c r="B327" s="6"/>
+      <c r="C327" s="6"/>
+      <c r="D327" s="6"/>
+      <c r="E327" s="6"/>
+      <c r="F327" s="6"/>
+      <c r="G327" s="6"/>
+      <c r="H327" s="6"/>
+      <c r="I327" s="6"/>
+      <c r="J327" s="6"/>
+      <c r="K327" s="6"/>
+      <c r="L327" s="6"/>
+      <c r="M327" s="6"/>
+      <c r="N327" s="6"/>
+      <c r="O327" s="6"/>
+      <c r="P327" s="6"/>
+      <c r="Q327" s="6"/>
+      <c r="R327" s="6"/>
+      <c r="S327" s="6"/>
+      <c r="T327" s="6"/>
+      <c r="U327" s="6"/>
+      <c r="V327" s="6"/>
+      <c r="W327" s="6"/>
+      <c r="X327" s="6"/>
+      <c r="Y327" s="6"/>
     </row>
     <row r="328">
       <c r="A328" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B328" s="14" t="n">
-        <v>2322297.0</v>
+        <v>202152.0</v>
       </c>
       <c r="C328" s="14" t="n">
-        <v>2314234.0</v>
+        <v>146341.0</v>
       </c>
       <c r="D328" s="14" t="n">
-        <v>2464503.0</v>
+        <v>164630.0</v>
       </c>
       <c r="E328" s="14" t="n">
-        <v>2374576.0</v>
+        <v>160566.0</v>
       </c>
       <c r="F328" s="14" t="n">
-        <v>2323324.0</v>
+        <v>153894.0</v>
       </c>
       <c r="G328" s="14" t="n">
-        <v>2229235.0</v>
+        <v>181610.0</v>
+      </c>
+      <c r="H328" s="14" t="n">
+        <v>119270.0</v>
+      </c>
+      <c r="I328" s="14" t="n">
+        <v>133876.0</v>
+      </c>
+      <c r="J328" s="14" t="n">
+        <v>147864.0</v>
+      </c>
+      <c r="K328" s="14" t="n">
+        <v>111172.0</v>
+      </c>
+      <c r="L328" s="14" t="n">
+        <v>179002.0</v>
+      </c>
+      <c r="M328" s="14" t="n">
+        <v>156643.0</v>
+      </c>
+      <c r="N328" s="14" t="n">
+        <v>119971.0</v>
+      </c>
+      <c r="O328" s="14" t="n">
+        <v>120768.0</v>
+      </c>
+      <c r="P328" s="14" t="n">
+        <v>120011.0</v>
+      </c>
+      <c r="Q328" s="14" t="n">
+        <v>146923.0</v>
+      </c>
+      <c r="R328" s="14" t="n">
+        <v>176601.0</v>
+      </c>
+      <c r="S328" s="14" t="n">
+        <v>181629.0</v>
+      </c>
+      <c r="T328" s="14" t="n">
+        <v>192895.0</v>
+      </c>
+      <c r="U328" s="14" t="n">
+        <v>219027.0</v>
+      </c>
+      <c r="V328" s="14" t="n">
+        <v>264771.0</v>
+      </c>
+      <c r="W328" s="14" t="n">
+        <v>262697.0</v>
+      </c>
+      <c r="X328" s="14" t="n">
+        <v>247429.0</v>
+      </c>
+      <c r="Y328" s="14" t="n">
+        <v>273320.0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B329" s="14" t="n">
-        <v>9250629.0</v>
+        <v>2.3118643E7</v>
       </c>
       <c r="C329" s="14" t="n">
-        <v>8490161.0</v>
+        <v>2.2125361E7</v>
       </c>
       <c r="D329" s="14" t="n">
-        <v>9154081.0</v>
+        <v>1.9050265E7</v>
       </c>
       <c r="E329" s="14" t="n">
-        <v>8896650.0</v>
+        <v>1.7609541E7</v>
       </c>
       <c r="F329" s="14" t="n">
-        <v>8662783.0</v>
+        <v>1.8413151E7</v>
       </c>
       <c r="G329" s="14" t="n">
-        <v>8411497.0</v>
+        <v>1.7438131E7</v>
+      </c>
+      <c r="H329" s="14" t="n">
+        <v>1.6700446E7</v>
+      </c>
+      <c r="I329" s="14" t="n">
+        <v>1.6056597E7</v>
+      </c>
+      <c r="J329" s="14" t="n">
+        <v>1.5812971E7</v>
+      </c>
+      <c r="K329" s="14" t="n">
+        <v>1.4944754E7</v>
+      </c>
+      <c r="L329" s="14" t="n">
+        <v>1.5342598E7</v>
+      </c>
+      <c r="M329" s="14" t="n">
+        <v>1.5299864E7</v>
+      </c>
+      <c r="N329" s="14" t="n">
+        <v>1.5815975E7</v>
+      </c>
+      <c r="O329" s="14" t="n">
+        <v>1.5079295E7</v>
+      </c>
+      <c r="P329" s="14" t="n">
+        <v>1.5229368E7</v>
+      </c>
+      <c r="Q329" s="14" t="n">
+        <v>1.6297871E7</v>
+      </c>
+      <c r="R329" s="14" t="n">
+        <v>1.5859382E7</v>
+      </c>
+      <c r="S329" s="14" t="n">
+        <v>1.5520001E7</v>
+      </c>
+      <c r="T329" s="14" t="n">
+        <v>1.4680479E7</v>
+      </c>
+      <c r="U329" s="14" t="n">
+        <v>1.4076198E7</v>
+      </c>
+      <c r="V329" s="14" t="n">
+        <v>1.3915774E7</v>
+      </c>
+      <c r="W329" s="14" t="n">
+        <v>1.3756743E7</v>
+      </c>
+      <c r="X329" s="14" t="n">
+        <v>1.3898445E7</v>
+      </c>
+      <c r="Y329" s="14" t="n">
+        <v>1.3493139E7</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B330" s="14" t="n">
-        <v>974013.0</v>
+        <v>1.5177165E7</v>
       </c>
       <c r="C330" s="14" t="n">
-        <v>814222.0</v>
+        <v>1.3447974E7</v>
       </c>
       <c r="D330" s="14" t="n">
-        <v>939169.0</v>
+        <v>1.2619251E7</v>
       </c>
       <c r="E330" s="14" t="n">
-        <v>934985.0</v>
+        <v>1.1788681E7</v>
       </c>
       <c r="F330" s="14" t="n">
-        <v>893799.0</v>
+        <v>1.2497106E7</v>
       </c>
       <c r="G330" s="14" t="n">
-        <v>858468.0</v>
+        <v>1.1828327E7</v>
+      </c>
+      <c r="H330" s="14" t="n">
+        <v>1.1671256E7</v>
+      </c>
+      <c r="I330" s="14" t="n">
+        <v>1.145657E7</v>
+      </c>
+      <c r="J330" s="14" t="n">
+        <v>1.1435927E7</v>
+      </c>
+      <c r="K330" s="14" t="n">
+        <v>1.1102784E7</v>
+      </c>
+      <c r="L330" s="14" t="n">
+        <v>1.1141855E7</v>
+      </c>
+      <c r="M330" s="14" t="n">
+        <v>1.0864167E7</v>
+      </c>
+      <c r="N330" s="14" t="n">
+        <v>1.140621E7</v>
+      </c>
+      <c r="O330" s="14" t="n">
+        <v>1.1255672E7</v>
+      </c>
+      <c r="P330" s="14" t="n">
+        <v>1.211276E7</v>
+      </c>
+      <c r="Q330" s="14" t="n">
+        <v>1.304863E7</v>
+      </c>
+      <c r="R330" s="14" t="n">
+        <v>1.319367E7</v>
+      </c>
+      <c r="S330" s="14" t="n">
+        <v>1.3269164E7</v>
+      </c>
+      <c r="T330" s="14" t="n">
+        <v>1.3011086E7</v>
+      </c>
+      <c r="U330" s="14" t="n">
+        <v>1.2935967E7</v>
+      </c>
+      <c r="V330" s="14" t="n">
+        <v>1.295674E7</v>
+      </c>
+      <c r="W330" s="14" t="n">
+        <v>1.3111207E7</v>
+      </c>
+      <c r="X330" s="14" t="n">
+        <v>1.3374161E7</v>
+      </c>
+      <c r="Y330" s="14" t="n">
+        <v>1.3108655E7</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B331" s="14" t="n">
-        <v>1.0224642E7</v>
+        <v>1.2433738E7</v>
       </c>
       <c r="C331" s="14" t="n">
-        <v>9304383.0</v>
+        <v>1.1694487E7</v>
       </c>
       <c r="D331" s="14" t="n">
-        <v>1.009325E7</v>
+        <v>1.0434692E7</v>
       </c>
       <c r="E331" s="14" t="n">
-        <v>9831635.0</v>
+        <v>1.0318137E7</v>
       </c>
       <c r="F331" s="14" t="n">
-        <v>9556582.0</v>
+        <v>1.1893578E7</v>
       </c>
       <c r="G331" s="14" t="n">
-        <v>9269965.0</v>
+        <v>1.078421E7</v>
+      </c>
+      <c r="H331" s="14" t="n">
+        <v>1.0303912E7</v>
+      </c>
+      <c r="I331" s="14" t="n">
+        <v>9751112.0</v>
+      </c>
+      <c r="J331" s="14" t="n">
+        <v>9357540.0</v>
+      </c>
+      <c r="K331" s="14" t="n">
+        <v>8743904.0</v>
+      </c>
+      <c r="L331" s="14" t="n">
+        <v>8649226.0</v>
+      </c>
+      <c r="M331" s="14" t="n">
+        <v>1.0060903E7</v>
+      </c>
+      <c r="N331" s="14" t="n">
+        <v>1.177601E7</v>
+      </c>
+      <c r="O331" s="14" t="n">
+        <v>1.3440331E7</v>
+      </c>
+      <c r="P331" s="14" t="n">
+        <v>1.7160795E7</v>
+      </c>
+      <c r="Q331" s="14" t="n">
+        <v>1.8282885E7</v>
+      </c>
+      <c r="R331" s="14" t="n">
+        <v>1.8026707E7</v>
+      </c>
+      <c r="S331" s="14" t="n">
+        <v>1.7689702E7</v>
+      </c>
+      <c r="T331" s="14" t="n">
+        <v>1.6476334E7</v>
+      </c>
+      <c r="U331" s="14" t="n">
+        <v>1.4738857E7</v>
+      </c>
+      <c r="V331" s="14" t="n">
+        <v>1.3986857E7</v>
+      </c>
+      <c r="W331" s="14" t="n">
+        <v>1.305635E7</v>
+      </c>
+      <c r="X331" s="14" t="n">
+        <v>1.1911928E7</v>
+      </c>
+      <c r="Y331" s="14" t="n">
+        <v>1.0790547E7</v>
       </c>
     </row>
     <row r="332">
-      <c r="A332" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G332" s="6"/>
+      <c r="A332" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+        </is>
+      </c>
+      <c r="B332" s="14" t="n">
+        <v>9.1171437E7</v>
+      </c>
+      <c r="C332" s="14" t="n">
+        <v>8.1751997E7</v>
+      </c>
+      <c r="D332" s="14" t="n">
+        <v>7.0081149E7</v>
+      </c>
+      <c r="E332" s="14" t="n">
+        <v>6.1373745E7</v>
+      </c>
+      <c r="F332" s="14" t="n">
+        <v>7.3978406E7</v>
+      </c>
+      <c r="G332" s="14" t="n">
+        <v>7.130155E7</v>
+      </c>
+      <c r="H332" s="14" t="n">
+        <v>6.9013837E7</v>
+      </c>
+      <c r="I332" s="14" t="n">
+        <v>6.5429564E7</v>
+      </c>
+      <c r="J332" s="14" t="n">
+        <v>6.270609E7</v>
+      </c>
+      <c r="K332" s="14" t="n">
+        <v>5.8719118E7</v>
+      </c>
+      <c r="L332" s="14" t="n">
+        <v>5.8564612E7</v>
+      </c>
+      <c r="M332" s="14" t="n">
+        <v>5.9719447E7</v>
+      </c>
+      <c r="N332" s="14" t="n">
+        <v>6.0733842E7</v>
+      </c>
+      <c r="O332" s="14" t="n">
+        <v>5.9631988E7</v>
+      </c>
+      <c r="P332" s="14" t="n">
+        <v>5.882095E7</v>
+      </c>
+      <c r="Q332" s="14" t="n">
+        <v>5.8670226E7</v>
+      </c>
+      <c r="R332" s="14" t="n">
+        <v>5.6349157E7</v>
+      </c>
+      <c r="S332" s="14" t="n">
+        <v>5.2610944E7</v>
+      </c>
+      <c r="T332" s="14" t="n">
+        <v>4.9123072E7</v>
+      </c>
+      <c r="U332" s="14" t="n">
+        <v>4.6220313E7</v>
+      </c>
+      <c r="V332" s="14" t="n">
+        <v>4.2634079E7</v>
+      </c>
+      <c r="W332" s="14" t="n">
+        <v>3.9782288E7</v>
+      </c>
+      <c r="X332" s="14" t="n">
+        <v>3.6612918E7</v>
+      </c>
+      <c r="Y332" s="14" t="n">
+        <v>3.3111514E7</v>
+      </c>
     </row>
     <row r="333">
       <c r="A333" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B333" s="14" t="n">
-        <v>1.2558913E7</v>
+        <v>9.2199145E7</v>
       </c>
       <c r="C333" s="14" t="n">
-        <v>1.1521909E7</v>
+        <v>7.9745998E7</v>
       </c>
       <c r="D333" s="14" t="n">
-        <v>1.2641158E7</v>
+        <v>7.2498412E7</v>
       </c>
       <c r="E333" s="14" t="n">
-        <v>1.2073427E7</v>
+        <v>6.8759759E7</v>
       </c>
       <c r="F333" s="14" t="n">
-        <v>1.1689061E7</v>
+        <v>7.1193932E7</v>
       </c>
       <c r="G333" s="14" t="n">
-        <v>1.2040238E7</v>
+        <v>6.8410554E7</v>
+      </c>
+      <c r="H333" s="14" t="n">
+        <v>6.4834179E7</v>
+      </c>
+      <c r="I333" s="14" t="n">
+        <v>6.2080666E7</v>
+      </c>
+      <c r="J333" s="14" t="n">
+        <v>5.9197727E7</v>
+      </c>
+      <c r="K333" s="14" t="n">
+        <v>5.7377681E7</v>
+      </c>
+      <c r="L333" s="14" t="n">
+        <v>5.5364069E7</v>
+      </c>
+      <c r="M333" s="14" t="n">
+        <v>5.7074745E7</v>
+      </c>
+      <c r="N333" s="14" t="n">
+        <v>5.6335032E7</v>
+      </c>
+      <c r="O333" s="14" t="n">
+        <v>5.4608836E7</v>
+      </c>
+      <c r="P333" s="14" t="n">
+        <v>5.6871838E7</v>
+      </c>
+      <c r="Q333" s="14" t="n">
+        <v>5.5852078E7</v>
+      </c>
+      <c r="R333" s="14" t="n">
+        <v>5.0687686E7</v>
+      </c>
+      <c r="S333" s="14" t="n">
+        <v>4.4179929E7</v>
+      </c>
+      <c r="T333" s="14" t="n">
+        <v>3.8871231E7</v>
+      </c>
+      <c r="U333" s="14" t="n">
+        <v>3.5499847E7</v>
+      </c>
+      <c r="V333" s="14" t="n">
+        <v>3.3132048E7</v>
+      </c>
+      <c r="W333" s="14" t="n">
+        <v>3.0768362E7</v>
+      </c>
+      <c r="X333" s="14" t="n">
+        <v>2.7890496E7</v>
+      </c>
+      <c r="Y333" s="14" t="n">
+        <v>2.4728987E7</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B334" s="14" t="n">
-        <v>734891.0</v>
+        <v>5.0575391E7</v>
       </c>
       <c r="C334" s="14" t="n">
-        <v>768325.0</v>
+        <v>4.7801613E7</v>
       </c>
       <c r="D334" s="14" t="n">
-        <v>635301.0</v>
+        <v>4.4520707E7</v>
       </c>
       <c r="E334" s="14" t="n">
-        <v>676443.0</v>
+        <v>4.3297298E7</v>
       </c>
       <c r="F334" s="14" t="n">
-        <v>604061.0</v>
+        <v>4.5374367E7</v>
       </c>
       <c r="G334" s="14" t="n">
-        <v>582666.0</v>
+        <v>4.3217047E7</v>
+      </c>
+      <c r="H334" s="14" t="n">
+        <v>4.2206144E7</v>
+      </c>
+      <c r="I334" s="14" t="n">
+        <v>4.0940291E7</v>
+      </c>
+      <c r="J334" s="14" t="n">
+        <v>3.9914001E7</v>
+      </c>
+      <c r="K334" s="14" t="n">
+        <v>3.8409227E7</v>
+      </c>
+      <c r="L334" s="14" t="n">
+        <v>3.8393938E7</v>
+      </c>
+      <c r="M334" s="14" t="n">
+        <v>3.80876E7</v>
+      </c>
+      <c r="N334" s="14" t="n">
+        <v>3.8965955E7</v>
+      </c>
+      <c r="O334" s="14" t="n">
+        <v>3.9073954E7</v>
+      </c>
+      <c r="P334" s="14" t="n">
+        <v>3.8372946E7</v>
+      </c>
+      <c r="Q334" s="14" t="n">
+        <v>3.6561892E7</v>
+      </c>
+      <c r="R334" s="14" t="n">
+        <v>3.3559582E7</v>
+      </c>
+      <c r="S334" s="14" t="n">
+        <v>3.1237247E7</v>
+      </c>
+      <c r="T334" s="14" t="n">
+        <v>2.9068917E7</v>
+      </c>
+      <c r="U334" s="14" t="n">
+        <v>2.7286475E7</v>
+      </c>
+      <c r="V334" s="14" t="n">
+        <v>2.5161162E7</v>
+      </c>
+      <c r="W334" s="14" t="n">
+        <v>2.3342959E7</v>
+      </c>
+      <c r="X334" s="14" t="n">
+        <v>2.1952309E7</v>
+      </c>
+      <c r="Y334" s="14" t="n">
+        <v>2.0468199E7</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B335" s="14" t="n">
-        <v>1433652.0</v>
+        <v>2.69700506E8</v>
       </c>
       <c r="C335" s="14" t="n">
-        <v>1208932.0</v>
+        <v>2.43265797E8</v>
       </c>
       <c r="D335" s="14" t="n">
-        <v>1219140.0</v>
+        <v>2.16749855E8</v>
       </c>
       <c r="E335" s="14" t="n">
-        <v>1132398.0</v>
+        <v>2.01519046E8</v>
       </c>
       <c r="F335" s="14" t="n">
-        <v>1107831.0</v>
+        <v>2.21007328E8</v>
       </c>
       <c r="G335" s="14" t="n">
-        <v>1614129.0</v>
+        <v>2.11333102E8</v>
+      </c>
+      <c r="H335" s="14" t="n">
+        <v>2.03177788E8</v>
+      </c>
+      <c r="I335" s="14" t="n">
+        <v>1.94392106E8</v>
+      </c>
+      <c r="J335" s="14" t="n">
+        <v>1.87136193E8</v>
+      </c>
+      <c r="K335" s="14" t="n">
+        <v>1.78305856E8</v>
+      </c>
+      <c r="L335" s="14" t="n">
+        <v>1.76493445E8</v>
+      </c>
+      <c r="M335" s="14" t="n">
+        <v>1.80399202E8</v>
+      </c>
+      <c r="N335" s="14" t="n">
+        <v>1.83746785E8</v>
+      </c>
+      <c r="O335" s="14" t="n">
+        <v>1.81955172E8</v>
+      </c>
+      <c r="P335" s="14" t="n">
+        <v>1.86575908E8</v>
+      </c>
+      <c r="Q335" s="14" t="n">
+        <v>1.85811875E8</v>
+      </c>
+      <c r="R335" s="14" t="n">
+        <v>1.74659115E8</v>
+      </c>
+      <c r="S335" s="14" t="n">
+        <v>1.61419452E8</v>
+      </c>
+      <c r="T335" s="14" t="n">
+        <v>1.48412928E8</v>
+      </c>
+      <c r="U335" s="14" t="n">
+        <v>1.38040717E8</v>
+      </c>
+      <c r="V335" s="14" t="n">
+        <v>1.29094691E8</v>
+      </c>
+      <c r="W335" s="14" t="n">
+        <v>1.20969399E8</v>
+      </c>
+      <c r="X335" s="14" t="n">
+        <v>1.12513525E8</v>
+      </c>
+      <c r="Y335" s="14" t="n">
+        <v>1.02865706E8</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B336" s="14" t="n">
-        <v>1010745.0</v>
+        <v>2.6239056E7</v>
       </c>
       <c r="C336" s="14" t="n">
-        <v>910459.0</v>
+        <v>2.3905773E7</v>
       </c>
       <c r="D336" s="14" t="n">
-        <v>907084.0</v>
+        <v>2.3087754E7</v>
       </c>
       <c r="E336" s="14" t="n">
-        <v>822445.0</v>
+        <v>1.9542886E7</v>
       </c>
       <c r="F336" s="14" t="n">
-        <v>781446.0</v>
+        <v>2.2882031E7</v>
       </c>
       <c r="G336" s="14" t="n">
-        <v>1299134.0</v>
+        <v>2.2402706E7</v>
+      </c>
+      <c r="H336" s="14" t="n">
+        <v>2.1195368E7</v>
+      </c>
+      <c r="I336" s="14" t="n">
+        <v>2.0076995E7</v>
+      </c>
+      <c r="J336" s="14" t="n">
+        <v>1.9095332E7</v>
+      </c>
+      <c r="K336" s="14" t="n">
+        <v>1.7712249E7</v>
+      </c>
+      <c r="L336" s="14" t="n">
+        <v>1.6851078E7</v>
+      </c>
+      <c r="M336" s="14" t="n">
+        <v>1.5960468E7</v>
+      </c>
+      <c r="N336" s="14" t="n">
+        <v>1.5876939E7</v>
+      </c>
+      <c r="O336" s="14" t="n">
+        <v>1.6334677E7</v>
+      </c>
+      <c r="P336" s="14" t="n">
+        <v>1.2714241E7</v>
+      </c>
+      <c r="Q336" s="14" t="n">
+        <v>1.6053694E7</v>
+      </c>
+      <c r="R336" s="14" t="n">
+        <v>1.9492377E7</v>
+      </c>
+      <c r="S336" s="14" t="n">
+        <v>1.9513009E7</v>
+      </c>
+      <c r="T336" s="14" t="n">
+        <v>1.724903E7</v>
+      </c>
+      <c r="U336" s="14" t="n">
+        <v>1.5256187E7</v>
+      </c>
+      <c r="V336" s="14" t="n">
+        <v>1.3460584E7</v>
+      </c>
+      <c r="W336" s="14" t="n">
+        <v>1.1975244E7</v>
+      </c>
+      <c r="X336" s="14" t="n">
+        <v>1.1124776E7</v>
+      </c>
+      <c r="Y336" s="14" t="n">
+        <v>1.050346E7</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B337" s="14" t="n">
-        <v>641829.0</v>
+        <v>2.95939562E8</v>
       </c>
       <c r="C337" s="14" t="n">
-        <v>629368.0</v>
+        <v>2.6717157E8</v>
       </c>
       <c r="D337" s="14" t="n">
-        <v>811609.0</v>
+        <v>2.39837609E8</v>
       </c>
       <c r="E337" s="14" t="n">
-        <v>758582.0</v>
+        <v>2.21061932E8</v>
       </c>
       <c r="F337" s="14" t="n">
-        <v>769027.0</v>
+        <v>2.43889359E8</v>
       </c>
       <c r="G337" s="14" t="n">
-        <v>826260.0</v>
+        <v>2.33735808E8</v>
+      </c>
+      <c r="H337" s="14" t="n">
+        <v>2.24373156E8</v>
+      </c>
+      <c r="I337" s="14" t="n">
+        <v>2.14469101E8</v>
+      </c>
+      <c r="J337" s="14" t="n">
+        <v>2.06231525E8</v>
+      </c>
+      <c r="K337" s="14" t="n">
+        <v>1.96018105E8</v>
+      </c>
+      <c r="L337" s="14" t="n">
+        <v>1.93344523E8</v>
+      </c>
+      <c r="M337" s="14" t="n">
+        <v>1.9635967E8</v>
+      </c>
+      <c r="N337" s="14" t="n">
+        <v>1.99623724E8</v>
+      </c>
+      <c r="O337" s="14" t="n">
+        <v>1.98289849E8</v>
+      </c>
+      <c r="P337" s="14" t="n">
+        <v>1.99290149E8</v>
+      </c>
+      <c r="Q337" s="14" t="n">
+        <v>2.01865569E8</v>
+      </c>
+      <c r="R337" s="14" t="n">
+        <v>1.94151492E8</v>
+      </c>
+      <c r="S337" s="14" t="n">
+        <v>1.80932461E8</v>
+      </c>
+      <c r="T337" s="14" t="n">
+        <v>1.65661958E8</v>
+      </c>
+      <c r="U337" s="14" t="n">
+        <v>1.53296904E8</v>
+      </c>
+      <c r="V337" s="14" t="n">
+        <v>1.42555275E8</v>
+      </c>
+      <c r="W337" s="14" t="n">
+        <v>1.32944643E8</v>
+      </c>
+      <c r="X337" s="14" t="n">
+        <v>1.23638301E8</v>
+      </c>
+      <c r="Y337" s="14" t="n">
+        <v>1.13369166E8</v>
       </c>
     </row>
     <row r="338">
-      <c r="A338" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A338" s="6" t="inlineStr">
+        <is>
+          <t>29 Málaga</t>
+        </is>
+      </c>
+      <c r="B338" s="6"/>
+      <c r="C338" s="6"/>
+      <c r="D338" s="6"/>
+      <c r="E338" s="6"/>
+      <c r="F338" s="6"/>
+      <c r="G338" s="6"/>
+      <c r="H338" s="6"/>
+      <c r="I338" s="6"/>
+      <c r="J338" s="6"/>
+      <c r="K338" s="6"/>
+      <c r="L338" s="6"/>
+      <c r="M338" s="6"/>
+      <c r="N338" s="6"/>
+      <c r="O338" s="6"/>
+      <c r="P338" s="6"/>
+      <c r="Q338" s="6"/>
+      <c r="R338" s="6"/>
+      <c r="S338" s="6"/>
+      <c r="T338" s="6"/>
+      <c r="U338" s="6"/>
+      <c r="V338" s="6"/>
+      <c r="W338" s="6"/>
+      <c r="X338" s="6"/>
+      <c r="Y338" s="6"/>
     </row>
     <row r="339">
       <c r="A339" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B339" s="14" t="n">
-        <v>2360633.0</v>
+        <v>1133434.0</v>
       </c>
       <c r="C339" s="14" t="n">
-        <v>2268866.0</v>
+        <v>967496.0</v>
       </c>
       <c r="D339" s="14" t="n">
-        <v>2327973.0</v>
+        <v>742122.0</v>
       </c>
       <c r="E339" s="14" t="n">
-        <v>2256545.0</v>
+        <v>696066.0</v>
       </c>
       <c r="F339" s="14" t="n">
-        <v>2173202.0</v>
+        <v>781813.0</v>
       </c>
       <c r="G339" s="14" t="n">
-        <v>2107281.0</v>
+        <v>794289.0</v>
+      </c>
+      <c r="H339" s="14" t="n">
+        <v>887715.0</v>
+      </c>
+      <c r="I339" s="14" t="n">
+        <v>734633.0</v>
+      </c>
+      <c r="J339" s="14" t="n">
+        <v>716745.0</v>
+      </c>
+      <c r="K339" s="14" t="n">
+        <v>679747.0</v>
+      </c>
+      <c r="L339" s="14" t="n">
+        <v>553965.0</v>
+      </c>
+      <c r="M339" s="14" t="n">
+        <v>610165.0</v>
+      </c>
+      <c r="N339" s="14" t="n">
+        <v>635131.0</v>
+      </c>
+      <c r="O339" s="14" t="n">
+        <v>537188.0</v>
+      </c>
+      <c r="P339" s="14" t="n">
+        <v>544575.0</v>
+      </c>
+      <c r="Q339" s="14" t="n">
+        <v>617864.0</v>
+      </c>
+      <c r="R339" s="14" t="n">
+        <v>625045.0</v>
+      </c>
+      <c r="S339" s="14" t="n">
+        <v>541538.0</v>
+      </c>
+      <c r="T339" s="14" t="n">
+        <v>585555.0</v>
+      </c>
+      <c r="U339" s="14" t="n">
+        <v>554180.0</v>
+      </c>
+      <c r="V339" s="14" t="n">
+        <v>609316.0</v>
+      </c>
+      <c r="W339" s="14" t="n">
+        <v>563663.0</v>
+      </c>
+      <c r="X339" s="14" t="n">
+        <v>591018.0</v>
+      </c>
+      <c r="Y339" s="14" t="n">
+        <v>508641.0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B340" s="14" t="n">
-        <v>2774807.0</v>
+        <v>2286552.0</v>
       </c>
       <c r="C340" s="14" t="n">
-        <v>2679171.0</v>
+        <v>2146337.0</v>
       </c>
       <c r="D340" s="14" t="n">
-        <v>2685708.0</v>
+        <v>1685855.0</v>
       </c>
       <c r="E340" s="14" t="n">
-        <v>2557885.0</v>
+        <v>1267181.0</v>
       </c>
       <c r="F340" s="14" t="n">
-        <v>2464994.0</v>
+        <v>1427074.0</v>
       </c>
       <c r="G340" s="14" t="n">
-        <v>2371664.0</v>
+        <v>1354562.0</v>
+      </c>
+      <c r="H340" s="14" t="n">
+        <v>1335044.0</v>
+      </c>
+      <c r="I340" s="14" t="n">
+        <v>1433554.0</v>
+      </c>
+      <c r="J340" s="14" t="n">
+        <v>1390868.0</v>
+      </c>
+      <c r="K340" s="14" t="n">
+        <v>1373387.0</v>
+      </c>
+      <c r="L340" s="14" t="n">
+        <v>1369233.0</v>
+      </c>
+      <c r="M340" s="14" t="n">
+        <v>1349159.0</v>
+      </c>
+      <c r="N340" s="14" t="n">
+        <v>1455042.0</v>
+      </c>
+      <c r="O340" s="14" t="n">
+        <v>1527512.0</v>
+      </c>
+      <c r="P340" s="14" t="n">
+        <v>1454668.0</v>
+      </c>
+      <c r="Q340" s="14" t="n">
+        <v>1582554.0</v>
+      </c>
+      <c r="R340" s="14" t="n">
+        <v>1599107.0</v>
+      </c>
+      <c r="S340" s="14" t="n">
+        <v>1420714.0</v>
+      </c>
+      <c r="T340" s="14" t="n">
+        <v>1374088.0</v>
+      </c>
+      <c r="U340" s="14" t="n">
+        <v>1163915.0</v>
+      </c>
+      <c r="V340" s="14" t="n">
+        <v>1184855.0</v>
+      </c>
+      <c r="W340" s="14" t="n">
+        <v>1064418.0</v>
+      </c>
+      <c r="X340" s="14" t="n">
+        <v>1064370.0</v>
+      </c>
+      <c r="Y340" s="14" t="n">
+        <v>910715.0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B341" s="14" t="n">
-        <v>1.1362534E7</v>
+        <v>1322570.0</v>
       </c>
       <c r="C341" s="14" t="n">
-        <v>1.0513633E7</v>
+        <v>1108110.0</v>
       </c>
       <c r="D341" s="14" t="n">
-        <v>1.1464908E7</v>
+        <v>955272.0</v>
       </c>
       <c r="E341" s="14" t="n">
-        <v>1.0925115E7</v>
+        <v>680389.0</v>
       </c>
       <c r="F341" s="14" t="n">
-        <v>1.0595639E7</v>
+        <v>764899.0</v>
       </c>
       <c r="G341" s="14" t="n">
-        <v>1.0925012E7</v>
+        <v>707174.0</v>
+      </c>
+      <c r="H341" s="14" t="n">
+        <v>647575.0</v>
+      </c>
+      <c r="I341" s="14" t="n">
+        <v>740509.0</v>
+      </c>
+      <c r="J341" s="14" t="n">
+        <v>697292.0</v>
+      </c>
+      <c r="K341" s="14" t="n">
+        <v>675681.0</v>
+      </c>
+      <c r="L341" s="14" t="n">
+        <v>628388.0</v>
+      </c>
+      <c r="M341" s="14" t="n">
+        <v>657335.0</v>
+      </c>
+      <c r="N341" s="14" t="n">
+        <v>747376.0</v>
+      </c>
+      <c r="O341" s="14" t="n">
+        <v>824973.0</v>
+      </c>
+      <c r="P341" s="14" t="n">
+        <v>806667.0</v>
+      </c>
+      <c r="Q341" s="14" t="n">
+        <v>949786.0</v>
+      </c>
+      <c r="R341" s="14" t="n">
+        <v>1047724.0</v>
+      </c>
+      <c r="S341" s="14" t="n">
+        <v>967852.0</v>
+      </c>
+      <c r="T341" s="14" t="n">
+        <v>975763.0</v>
+      </c>
+      <c r="U341" s="14" t="n">
+        <v>850193.0</v>
+      </c>
+      <c r="V341" s="14" t="n">
+        <v>881511.0</v>
+      </c>
+      <c r="W341" s="14" t="n">
+        <v>804175.0</v>
+      </c>
+      <c r="X341" s="14" t="n">
+        <v>842016.0</v>
+      </c>
+      <c r="Y341" s="14" t="n">
+        <v>731559.0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B342" s="14" t="n">
-        <v>1196379.0</v>
+        <v>3232695.0</v>
       </c>
       <c r="C342" s="14" t="n">
-        <v>1008276.0</v>
+        <v>2913543.0</v>
       </c>
       <c r="D342" s="14" t="n">
-        <v>1176250.0</v>
+        <v>2619645.0</v>
       </c>
       <c r="E342" s="14" t="n">
-        <v>1148312.0</v>
+        <v>2601855.0</v>
       </c>
       <c r="F342" s="14" t="n">
-        <v>1093422.0</v>
+        <v>3138841.0</v>
       </c>
       <c r="G342" s="14" t="n">
-        <v>1115226.0</v>
+        <v>2786555.0</v>
+      </c>
+      <c r="H342" s="14" t="n">
+        <v>2525655.0</v>
+      </c>
+      <c r="I342" s="14" t="n">
+        <v>2205944.0</v>
+      </c>
+      <c r="J342" s="14" t="n">
+        <v>2036540.0</v>
+      </c>
+      <c r="K342" s="14" t="n">
+        <v>1810759.0</v>
+      </c>
+      <c r="L342" s="14" t="n">
+        <v>1787558.0</v>
+      </c>
+      <c r="M342" s="14" t="n">
+        <v>2081128.0</v>
+      </c>
+      <c r="N342" s="14" t="n">
+        <v>2626815.0</v>
+      </c>
+      <c r="O342" s="14" t="n">
+        <v>3318938.0</v>
+      </c>
+      <c r="P342" s="14" t="n">
+        <v>3873539.0</v>
+      </c>
+      <c r="Q342" s="14" t="n">
+        <v>4167995.0</v>
+      </c>
+      <c r="R342" s="14" t="n">
+        <v>4124634.0</v>
+      </c>
+      <c r="S342" s="14" t="n">
+        <v>4394323.0</v>
+      </c>
+      <c r="T342" s="14" t="n">
+        <v>4142939.0</v>
+      </c>
+      <c r="U342" s="14" t="n">
+        <v>3695827.0</v>
+      </c>
+      <c r="V342" s="14" t="n">
+        <v>3302956.0</v>
+      </c>
+      <c r="W342" s="14" t="n">
+        <v>2905222.0</v>
+      </c>
+      <c r="X342" s="14" t="n">
+        <v>2482711.0</v>
+      </c>
+      <c r="Y342" s="14" t="n">
+        <v>2057773.0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B343" s="14" t="n">
-        <v>1.2558913E7</v>
+        <v>1.1213646E7</v>
       </c>
       <c r="C343" s="14" t="n">
-        <v>1.1521909E7</v>
+        <v>9872769.0</v>
       </c>
       <c r="D343" s="14" t="n">
-        <v>1.2641158E7</v>
+        <v>8210823.0</v>
       </c>
       <c r="E343" s="14" t="n">
-        <v>1.2073427E7</v>
+        <v>6800873.0</v>
       </c>
       <c r="F343" s="14" t="n">
-        <v>1.1689061E7</v>
+        <v>8873360.0</v>
       </c>
       <c r="G343" s="14" t="n">
-        <v>1.2040238E7</v>
+        <v>8609388.0</v>
+      </c>
+      <c r="H343" s="14" t="n">
+        <v>8297342.0</v>
+      </c>
+      <c r="I343" s="14" t="n">
+        <v>7881420.0</v>
+      </c>
+      <c r="J343" s="14" t="n">
+        <v>7735391.0</v>
+      </c>
+      <c r="K343" s="14" t="n">
+        <v>7177831.0</v>
+      </c>
+      <c r="L343" s="14" t="n">
+        <v>6880584.0</v>
+      </c>
+      <c r="M343" s="14" t="n">
+        <v>6854993.0</v>
+      </c>
+      <c r="N343" s="14" t="n">
+        <v>6995277.0</v>
+      </c>
+      <c r="O343" s="14" t="n">
+        <v>7013226.0</v>
+      </c>
+      <c r="P343" s="14" t="n">
+        <v>7213366.0</v>
+      </c>
+      <c r="Q343" s="14" t="n">
+        <v>7228569.0</v>
+      </c>
+      <c r="R343" s="14" t="n">
+        <v>6874405.0</v>
+      </c>
+      <c r="S343" s="14" t="n">
+        <v>6561944.0</v>
+      </c>
+      <c r="T343" s="14" t="n">
+        <v>6250917.0</v>
+      </c>
+      <c r="U343" s="14" t="n">
+        <v>5971535.0</v>
+      </c>
+      <c r="V343" s="14" t="n">
+        <v>5500889.0</v>
+      </c>
+      <c r="W343" s="14" t="n">
+        <v>5062272.0</v>
+      </c>
+      <c r="X343" s="14" t="n">
+        <v>4813221.0</v>
+      </c>
+      <c r="Y343" s="14" t="n">
+        <v>4421704.0</v>
       </c>
     </row>
     <row r="344">
-      <c r="A344" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G344" s="6"/>
+      <c r="A344" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+        </is>
+      </c>
+      <c r="B344" s="14" t="n">
+        <v>1.0924173E7</v>
+      </c>
+      <c r="C344" s="14" t="n">
+        <v>9656985.0</v>
+      </c>
+      <c r="D344" s="14" t="n">
+        <v>8670501.0</v>
+      </c>
+      <c r="E344" s="14" t="n">
+        <v>8159502.0</v>
+      </c>
+      <c r="F344" s="14" t="n">
+        <v>8414325.0</v>
+      </c>
+      <c r="G344" s="14" t="n">
+        <v>8040215.0</v>
+      </c>
+      <c r="H344" s="14" t="n">
+        <v>7547265.0</v>
+      </c>
+      <c r="I344" s="14" t="n">
+        <v>7306821.0</v>
+      </c>
+      <c r="J344" s="14" t="n">
+        <v>7160919.0</v>
+      </c>
+      <c r="K344" s="14" t="n">
+        <v>7103847.0</v>
+      </c>
+      <c r="L344" s="14" t="n">
+        <v>6841328.0</v>
+      </c>
+      <c r="M344" s="14" t="n">
+        <v>6798121.0</v>
+      </c>
+      <c r="N344" s="14" t="n">
+        <v>6761529.0</v>
+      </c>
+      <c r="O344" s="14" t="n">
+        <v>6581289.0</v>
+      </c>
+      <c r="P344" s="14" t="n">
+        <v>6645173.0</v>
+      </c>
+      <c r="Q344" s="14" t="n">
+        <v>6745174.0</v>
+      </c>
+      <c r="R344" s="14" t="n">
+        <v>6261127.0</v>
+      </c>
+      <c r="S344" s="14" t="n">
+        <v>5438473.0</v>
+      </c>
+      <c r="T344" s="14" t="n">
+        <v>4828288.0</v>
+      </c>
+      <c r="U344" s="14" t="n">
+        <v>4249275.0</v>
+      </c>
+      <c r="V344" s="14" t="n">
+        <v>3683301.0</v>
+      </c>
+      <c r="W344" s="14" t="n">
+        <v>3228806.0</v>
+      </c>
+      <c r="X344" s="14" t="n">
+        <v>2979270.0</v>
+      </c>
+      <c r="Y344" s="14" t="n">
+        <v>2629923.0</v>
+      </c>
     </row>
     <row r="345">
       <c r="A345" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B345" s="14" t="n">
-        <v>7395362.0</v>
+        <v>8837783.0</v>
       </c>
       <c r="C345" s="14" t="n">
-        <v>6891215.0</v>
+        <v>8391432.0</v>
       </c>
       <c r="D345" s="14" t="n">
-        <v>7763915.0</v>
+        <v>7605013.0</v>
       </c>
       <c r="E345" s="14" t="n">
-        <v>7730616.0</v>
+        <v>6473653.0</v>
       </c>
       <c r="F345" s="14" t="n">
-        <v>7410760.0</v>
+        <v>6845029.0</v>
       </c>
       <c r="G345" s="14" t="n">
-        <v>7416957.0</v>
+        <v>6635200.0</v>
+      </c>
+      <c r="H345" s="14" t="n">
+        <v>6476771.0</v>
+      </c>
+      <c r="I345" s="14" t="n">
+        <v>6284699.0</v>
+      </c>
+      <c r="J345" s="14" t="n">
+        <v>6258341.0</v>
+      </c>
+      <c r="K345" s="14" t="n">
+        <v>6061081.0</v>
+      </c>
+      <c r="L345" s="14" t="n">
+        <v>6147166.0</v>
+      </c>
+      <c r="M345" s="14" t="n">
+        <v>6252230.0</v>
+      </c>
+      <c r="N345" s="14" t="n">
+        <v>6610467.0</v>
+      </c>
+      <c r="O345" s="14" t="n">
+        <v>6439130.0</v>
+      </c>
+      <c r="P345" s="14" t="n">
+        <v>6203840.0</v>
+      </c>
+      <c r="Q345" s="14" t="n">
+        <v>5908980.0</v>
+      </c>
+      <c r="R345" s="14" t="n">
+        <v>5403185.0</v>
+      </c>
+      <c r="S345" s="14" t="n">
+        <v>5049838.0</v>
+      </c>
+      <c r="T345" s="14" t="n">
+        <v>4757685.0</v>
+      </c>
+      <c r="U345" s="14" t="n">
+        <v>3978573.0</v>
+      </c>
+      <c r="V345" s="14" t="n">
+        <v>3491751.0</v>
+      </c>
+      <c r="W345" s="14" t="n">
+        <v>3495000.0</v>
+      </c>
+      <c r="X345" s="14" t="n">
+        <v>3314797.0</v>
+      </c>
+      <c r="Y345" s="14" t="n">
+        <v>3032653.0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B346" s="14" t="n">
-        <v>647279.0</v>
+        <v>3.7628283E7</v>
       </c>
       <c r="C346" s="14" t="n">
-        <v>653364.0</v>
+        <v>3.3948562E7</v>
       </c>
       <c r="D346" s="14" t="n">
-        <v>716511.0</v>
+        <v>2.9533959E7</v>
       </c>
       <c r="E346" s="14" t="n">
-        <v>699386.0</v>
+        <v>2.599913E7</v>
       </c>
       <c r="F346" s="14" t="n">
-        <v>682869.0</v>
+        <v>2.9480442E7</v>
       </c>
       <c r="G346" s="14" t="n">
-        <v>746175.0</v>
+        <v>2.8220209E7</v>
+      </c>
+      <c r="H346" s="14" t="n">
+        <v>2.7069792E7</v>
+      </c>
+      <c r="I346" s="14" t="n">
+        <v>2.5847071E7</v>
+      </c>
+      <c r="J346" s="14" t="n">
+        <v>2.5298804E7</v>
+      </c>
+      <c r="K346" s="14" t="n">
+        <v>2.4206652E7</v>
+      </c>
+      <c r="L346" s="14" t="n">
+        <v>2.3579834E7</v>
+      </c>
+      <c r="M346" s="14" t="n">
+        <v>2.3945796E7</v>
+      </c>
+      <c r="N346" s="14" t="n">
+        <v>2.5084261E7</v>
+      </c>
+      <c r="O346" s="14" t="n">
+        <v>2.5417283E7</v>
+      </c>
+      <c r="P346" s="14" t="n">
+        <v>2.5935161E7</v>
+      </c>
+      <c r="Q346" s="14" t="n">
+        <v>2.6251136E7</v>
+      </c>
+      <c r="R346" s="14" t="n">
+        <v>2.4887503E7</v>
+      </c>
+      <c r="S346" s="14" t="n">
+        <v>2.340683E7</v>
+      </c>
+      <c r="T346" s="14" t="n">
+        <v>2.1939472E7</v>
+      </c>
+      <c r="U346" s="14" t="n">
+        <v>1.9613305E7</v>
+      </c>
+      <c r="V346" s="14" t="n">
+        <v>1.7773068E7</v>
+      </c>
+      <c r="W346" s="14" t="n">
+        <v>1.6319381E7</v>
+      </c>
+      <c r="X346" s="14" t="n">
+        <v>1.5245387E7</v>
+      </c>
+      <c r="Y346" s="14" t="n">
+        <v>1.3561409E7</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B347" s="14" t="n">
-        <v>866820.0</v>
+        <v>3606861.0</v>
       </c>
       <c r="C347" s="14" t="n">
-        <v>774232.0</v>
+        <v>3277876.0</v>
       </c>
       <c r="D347" s="14" t="n">
-        <v>1043134.0</v>
+        <v>3085924.0</v>
       </c>
       <c r="E347" s="14" t="n">
-        <v>1127715.0</v>
+        <v>2517489.0</v>
       </c>
       <c r="F347" s="14" t="n">
-        <v>1005714.0</v>
+        <v>3049674.0</v>
       </c>
       <c r="G347" s="14" t="n">
-        <v>1005778.0</v>
+        <v>2984179.0</v>
+      </c>
+      <c r="H347" s="14" t="n">
+        <v>2821829.0</v>
+      </c>
+      <c r="I347" s="14" t="n">
+        <v>2666501.0</v>
+      </c>
+      <c r="J347" s="14" t="n">
+        <v>2577589.0</v>
+      </c>
+      <c r="K347" s="14" t="n">
+        <v>2401225.0</v>
+      </c>
+      <c r="L347" s="14" t="n">
+        <v>2248550.0</v>
+      </c>
+      <c r="M347" s="14" t="n">
+        <v>2117204.0</v>
+      </c>
+      <c r="N347" s="14" t="n">
+        <v>2166316.0</v>
+      </c>
+      <c r="O347" s="14" t="n">
+        <v>2279837.0</v>
+      </c>
+      <c r="P347" s="14" t="n">
+        <v>1766530.0</v>
+      </c>
+      <c r="Q347" s="14" t="n">
+        <v>2267196.0</v>
+      </c>
+      <c r="R347" s="14" t="n">
+        <v>2777094.0</v>
+      </c>
+      <c r="S347" s="14" t="n">
+        <v>2829058.0</v>
+      </c>
+      <c r="T347" s="14" t="n">
+        <v>2550777.0</v>
+      </c>
+      <c r="U347" s="14" t="n">
+        <v>2169474.0</v>
+      </c>
+      <c r="V347" s="14" t="n">
+        <v>1855570.0</v>
+      </c>
+      <c r="W347" s="14" t="n">
+        <v>1618708.0</v>
+      </c>
+      <c r="X347" s="14" t="n">
+        <v>1511424.0</v>
+      </c>
+      <c r="Y347" s="14" t="n">
+        <v>1389420.0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B348" s="14" t="n">
-        <v>475584.0</v>
+        <v>4.1235144E7</v>
       </c>
       <c r="C348" s="14" t="n">
-        <v>441422.0</v>
+        <v>3.7226438E7</v>
       </c>
       <c r="D348" s="14" t="n">
-        <v>622456.0</v>
+        <v>3.2619883E7</v>
       </c>
       <c r="E348" s="14" t="n">
-        <v>699355.0</v>
+        <v>2.8516619E7</v>
       </c>
       <c r="F348" s="14" t="n">
-        <v>748326.0</v>
+        <v>3.2530116E7</v>
       </c>
       <c r="G348" s="14" t="n">
-        <v>717776.0</v>
+        <v>3.1204388E7</v>
+      </c>
+      <c r="H348" s="14" t="n">
+        <v>2.9891621E7</v>
+      </c>
+      <c r="I348" s="14" t="n">
+        <v>2.8513572E7</v>
+      </c>
+      <c r="J348" s="14" t="n">
+        <v>2.7876393E7</v>
+      </c>
+      <c r="K348" s="14" t="n">
+        <v>2.6607877E7</v>
+      </c>
+      <c r="L348" s="14" t="n">
+        <v>2.5828384E7</v>
+      </c>
+      <c r="M348" s="14" t="n">
+        <v>2.6063E7</v>
+      </c>
+      <c r="N348" s="14" t="n">
+        <v>2.7250577E7</v>
+      </c>
+      <c r="O348" s="14" t="n">
+        <v>2.769712E7</v>
+      </c>
+      <c r="P348" s="14" t="n">
+        <v>2.7701691E7</v>
+      </c>
+      <c r="Q348" s="14" t="n">
+        <v>2.8518332E7</v>
+      </c>
+      <c r="R348" s="14" t="n">
+        <v>2.7664597E7</v>
+      </c>
+      <c r="S348" s="14" t="n">
+        <v>2.6235888E7</v>
+      </c>
+      <c r="T348" s="14" t="n">
+        <v>2.4490249E7</v>
+      </c>
+      <c r="U348" s="14" t="n">
+        <v>2.1782779E7</v>
+      </c>
+      <c r="V348" s="14" t="n">
+        <v>1.9628638E7</v>
+      </c>
+      <c r="W348" s="14" t="n">
+        <v>1.7938089E7</v>
+      </c>
+      <c r="X348" s="14" t="n">
+        <v>1.6756811E7</v>
+      </c>
+      <c r="Y348" s="14" t="n">
+        <v>1.4950829E7</v>
       </c>
     </row>
     <row r="349">
-      <c r="A349" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A349" s="6" t="inlineStr">
+        <is>
+          <t>30 Murcia</t>
+        </is>
+      </c>
+      <c r="B349" s="6"/>
+      <c r="C349" s="6"/>
+      <c r="D349" s="6"/>
+      <c r="E349" s="6"/>
+      <c r="F349" s="6"/>
+      <c r="G349" s="6"/>
+      <c r="H349" s="6"/>
+      <c r="I349" s="6"/>
+      <c r="J349" s="6"/>
+      <c r="K349" s="6"/>
+      <c r="L349" s="6"/>
+      <c r="M349" s="6"/>
+      <c r="N349" s="6"/>
+      <c r="O349" s="6"/>
+      <c r="P349" s="6"/>
+      <c r="Q349" s="6"/>
+      <c r="R349" s="6"/>
+      <c r="S349" s="6"/>
+      <c r="T349" s="6"/>
+      <c r="U349" s="6"/>
+      <c r="V349" s="6"/>
+      <c r="W349" s="6"/>
+      <c r="X349" s="6"/>
+      <c r="Y349" s="6"/>
     </row>
     <row r="350">
       <c r="A350" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B350" s="14" t="n">
-        <v>1781960.0</v>
+        <v>2310557.0</v>
       </c>
       <c r="C350" s="14" t="n">
-        <v>1572441.0</v>
+        <v>1507202.0</v>
       </c>
       <c r="D350" s="14" t="n">
-        <v>1885830.0</v>
+        <v>1573468.0</v>
       </c>
       <c r="E350" s="14" t="n">
-        <v>1859352.0</v>
+        <v>1499188.0</v>
       </c>
       <c r="F350" s="14" t="n">
-        <v>1803771.0</v>
+        <v>1639867.0</v>
       </c>
       <c r="G350" s="14" t="n">
-        <v>1748391.0</v>
+        <v>1499720.0</v>
+      </c>
+      <c r="H350" s="14" t="n">
+        <v>1627573.0</v>
+      </c>
+      <c r="I350" s="14" t="n">
+        <v>1604681.0</v>
+      </c>
+      <c r="J350" s="14" t="n">
+        <v>1477723.0</v>
+      </c>
+      <c r="K350" s="14" t="n">
+        <v>1210938.0</v>
+      </c>
+      <c r="L350" s="14" t="n">
+        <v>1289356.0</v>
+      </c>
+      <c r="M350" s="14" t="n">
+        <v>1086470.0</v>
+      </c>
+      <c r="N350" s="14" t="n">
+        <v>983862.0</v>
+      </c>
+      <c r="O350" s="14" t="n">
+        <v>1047944.0</v>
+      </c>
+      <c r="P350" s="14" t="n">
+        <v>953172.0</v>
+      </c>
+      <c r="Q350" s="14" t="n">
+        <v>1106165.0</v>
+      </c>
+      <c r="R350" s="14" t="n">
+        <v>1119471.0</v>
+      </c>
+      <c r="S350" s="14" t="n">
+        <v>1016364.0</v>
+      </c>
+      <c r="T350" s="14" t="n">
+        <v>1148606.0</v>
+      </c>
+      <c r="U350" s="14" t="n">
+        <v>1221587.0</v>
+      </c>
+      <c r="V350" s="14" t="n">
+        <v>1311422.0</v>
+      </c>
+      <c r="W350" s="14" t="n">
+        <v>1297343.0</v>
+      </c>
+      <c r="X350" s="14" t="n">
+        <v>1162495.0</v>
+      </c>
+      <c r="Y350" s="14" t="n">
+        <v>1150838.0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B351" s="14" t="n">
-        <v>1294058.0</v>
+        <v>7516343.0</v>
       </c>
       <c r="C351" s="14" t="n">
-        <v>1245507.0</v>
+        <v>8197657.0</v>
       </c>
       <c r="D351" s="14" t="n">
-        <v>1263369.0</v>
+        <v>6523471.0</v>
       </c>
       <c r="E351" s="14" t="n">
-        <v>1226001.0</v>
+        <v>5590500.0</v>
       </c>
       <c r="F351" s="14" t="n">
-        <v>1172396.0</v>
+        <v>6101714.0</v>
       </c>
       <c r="G351" s="14" t="n">
-        <v>1148841.0</v>
+        <v>5851440.0</v>
+      </c>
+      <c r="H351" s="14" t="n">
+        <v>5957692.0</v>
+      </c>
+      <c r="I351" s="14" t="n">
+        <v>5701598.0</v>
+      </c>
+      <c r="J351" s="14" t="n">
+        <v>5649743.0</v>
+      </c>
+      <c r="K351" s="14" t="n">
+        <v>5026879.0</v>
+      </c>
+      <c r="L351" s="14" t="n">
+        <v>4987835.0</v>
+      </c>
+      <c r="M351" s="14" t="n">
+        <v>4918418.0</v>
+      </c>
+      <c r="N351" s="14" t="n">
+        <v>4954379.0</v>
+      </c>
+      <c r="O351" s="14" t="n">
+        <v>4929141.0</v>
+      </c>
+      <c r="P351" s="14" t="n">
+        <v>4697586.0</v>
+      </c>
+      <c r="Q351" s="14" t="n">
+        <v>5102144.0</v>
+      </c>
+      <c r="R351" s="14" t="n">
+        <v>4913967.0</v>
+      </c>
+      <c r="S351" s="14" t="n">
+        <v>4619137.0</v>
+      </c>
+      <c r="T351" s="14" t="n">
+        <v>4394928.0</v>
+      </c>
+      <c r="U351" s="14" t="n">
+        <v>4050243.0</v>
+      </c>
+      <c r="V351" s="14" t="n">
+        <v>3863611.0</v>
+      </c>
+      <c r="W351" s="14" t="n">
+        <v>3682909.0</v>
+      </c>
+      <c r="X351" s="14" t="n">
+        <v>3527921.0</v>
+      </c>
+      <c r="Y351" s="14" t="n">
+        <v>3323859.0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B352" s="14" t="n">
-        <v>1701452.0</v>
+        <v>5675708.0</v>
       </c>
       <c r="C352" s="14" t="n">
-        <v>1651304.0</v>
+        <v>5792727.0</v>
       </c>
       <c r="D352" s="14" t="n">
-        <v>1692749.0</v>
+        <v>4498201.0</v>
       </c>
       <c r="E352" s="14" t="n">
-        <v>1650815.0</v>
+        <v>3815341.0</v>
       </c>
       <c r="F352" s="14" t="n">
-        <v>1602503.0</v>
+        <v>4204818.0</v>
       </c>
       <c r="G352" s="14" t="n">
-        <v>1557686.0</v>
+        <v>4027826.0</v>
+      </c>
+      <c r="H352" s="14" t="n">
+        <v>4196073.0</v>
+      </c>
+      <c r="I352" s="14" t="n">
+        <v>4003056.0</v>
+      </c>
+      <c r="J352" s="14" t="n">
+        <v>3885844.0</v>
+      </c>
+      <c r="K352" s="14" t="n">
+        <v>3383691.0</v>
+      </c>
+      <c r="L352" s="14" t="n">
+        <v>3367085.0</v>
+      </c>
+      <c r="M352" s="14" t="n">
+        <v>3272134.0</v>
+      </c>
+      <c r="N352" s="14" t="n">
+        <v>3332193.0</v>
+      </c>
+      <c r="O352" s="14" t="n">
+        <v>3278386.0</v>
+      </c>
+      <c r="P352" s="14" t="n">
+        <v>3273901.0</v>
+      </c>
+      <c r="Q352" s="14" t="n">
+        <v>3632962.0</v>
+      </c>
+      <c r="R352" s="14" t="n">
+        <v>3576988.0</v>
+      </c>
+      <c r="S352" s="14" t="n">
+        <v>3448118.0</v>
+      </c>
+      <c r="T352" s="14" t="n">
+        <v>3332495.0</v>
+      </c>
+      <c r="U352" s="14" t="n">
+        <v>3101074.0</v>
+      </c>
+      <c r="V352" s="14" t="n">
+        <v>2978460.0</v>
+      </c>
+      <c r="W352" s="14" t="n">
+        <v>2868790.0</v>
+      </c>
+      <c r="X352" s="14" t="n">
+        <v>2762840.0</v>
+      </c>
+      <c r="Y352" s="14" t="n">
+        <v>2616320.0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B353" s="14" t="n">
-        <v>6690870.0</v>
+        <v>2125461.0</v>
       </c>
       <c r="C353" s="14" t="n">
-        <v>6288168.0</v>
+        <v>1946984.0</v>
       </c>
       <c r="D353" s="14" t="n">
-        <v>7041489.0</v>
+        <v>1739534.0</v>
       </c>
       <c r="E353" s="14" t="n">
-        <v>6995378.0</v>
+        <v>1663424.0</v>
       </c>
       <c r="F353" s="14" t="n">
-        <v>6717567.0</v>
+        <v>1949086.0</v>
       </c>
       <c r="G353" s="14" t="n">
-        <v>6730013.0</v>
+        <v>1760091.0</v>
+      </c>
+      <c r="H353" s="14" t="n">
+        <v>1668845.0</v>
+      </c>
+      <c r="I353" s="14" t="n">
+        <v>1607977.0</v>
+      </c>
+      <c r="J353" s="14" t="n">
+        <v>1560779.0</v>
+      </c>
+      <c r="K353" s="14" t="n">
+        <v>1499703.0</v>
+      </c>
+      <c r="L353" s="14" t="n">
+        <v>1476438.0</v>
+      </c>
+      <c r="M353" s="14" t="n">
+        <v>1755054.0</v>
+      </c>
+      <c r="N353" s="14" t="n">
+        <v>2115415.0</v>
+      </c>
+      <c r="O353" s="14" t="n">
+        <v>2647571.0</v>
+      </c>
+      <c r="P353" s="14" t="n">
+        <v>3080205.0</v>
+      </c>
+      <c r="Q353" s="14" t="n">
+        <v>3595519.0</v>
+      </c>
+      <c r="R353" s="14" t="n">
+        <v>3541034.0</v>
+      </c>
+      <c r="S353" s="14" t="n">
+        <v>3346886.0</v>
+      </c>
+      <c r="T353" s="14" t="n">
+        <v>2912035.0</v>
+      </c>
+      <c r="U353" s="14" t="n">
+        <v>2443032.0</v>
+      </c>
+      <c r="V353" s="14" t="n">
+        <v>2147849.0</v>
+      </c>
+      <c r="W353" s="14" t="n">
+        <v>1856443.0</v>
+      </c>
+      <c r="X353" s="14" t="n">
+        <v>1620710.0</v>
+      </c>
+      <c r="Y353" s="14" t="n">
+        <v>1385760.0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B354" s="14" t="n">
-        <v>704492.0</v>
+        <v>9370564.0</v>
       </c>
       <c r="C354" s="14" t="n">
-        <v>603047.0</v>
+        <v>8513075.0</v>
       </c>
       <c r="D354" s="14" t="n">
-        <v>722426.0</v>
+        <v>7526143.0</v>
       </c>
       <c r="E354" s="14" t="n">
-        <v>735238.0</v>
+        <v>6617926.0</v>
       </c>
       <c r="F354" s="14" t="n">
-        <v>693193.0</v>
+        <v>7624306.0</v>
       </c>
       <c r="G354" s="14" t="n">
-        <v>686944.0</v>
+        <v>7315640.0</v>
+      </c>
+      <c r="H354" s="14" t="n">
+        <v>7125096.0</v>
+      </c>
+      <c r="I354" s="14" t="n">
+        <v>6822460.0</v>
+      </c>
+      <c r="J354" s="14" t="n">
+        <v>6648149.0</v>
+      </c>
+      <c r="K354" s="14" t="n">
+        <v>6245054.0</v>
+      </c>
+      <c r="L354" s="14" t="n">
+        <v>6204616.0</v>
+      </c>
+      <c r="M354" s="14" t="n">
+        <v>6204407.0</v>
+      </c>
+      <c r="N354" s="14" t="n">
+        <v>6295402.0</v>
+      </c>
+      <c r="O354" s="14" t="n">
+        <v>6291067.0</v>
+      </c>
+      <c r="P354" s="14" t="n">
+        <v>6413597.0</v>
+      </c>
+      <c r="Q354" s="14" t="n">
+        <v>6509046.0</v>
+      </c>
+      <c r="R354" s="14" t="n">
+        <v>6070661.0</v>
+      </c>
+      <c r="S354" s="14" t="n">
+        <v>5648580.0</v>
+      </c>
+      <c r="T354" s="14" t="n">
+        <v>5299927.0</v>
+      </c>
+      <c r="U354" s="14" t="n">
+        <v>4981289.0</v>
+      </c>
+      <c r="V354" s="14" t="n">
+        <v>4676737.0</v>
+      </c>
+      <c r="W354" s="14" t="n">
+        <v>4340357.0</v>
+      </c>
+      <c r="X354" s="14" t="n">
+        <v>4071596.0</v>
+      </c>
+      <c r="Y354" s="14" t="n">
+        <v>3623302.0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B355" s="14" t="n">
-        <v>7395362.0</v>
+        <v>7126374.0</v>
       </c>
       <c r="C355" s="14" t="n">
-        <v>6891215.0</v>
+        <v>6291722.0</v>
       </c>
       <c r="D355" s="14" t="n">
-        <v>7763915.0</v>
+        <v>5900795.0</v>
       </c>
       <c r="E355" s="14" t="n">
-        <v>7730616.0</v>
+        <v>5578461.0</v>
       </c>
       <c r="F355" s="14" t="n">
-        <v>7410760.0</v>
+        <v>5591149.0</v>
       </c>
       <c r="G355" s="14" t="n">
-        <v>7416957.0</v>
+        <v>5376786.0</v>
+      </c>
+      <c r="H355" s="14" t="n">
+        <v>5143828.0</v>
+      </c>
+      <c r="I355" s="14" t="n">
+        <v>4956063.0</v>
+      </c>
+      <c r="J355" s="14" t="n">
+        <v>4781362.0</v>
+      </c>
+      <c r="K355" s="14" t="n">
+        <v>4696578.0</v>
+      </c>
+      <c r="L355" s="14" t="n">
+        <v>4594645.0</v>
+      </c>
+      <c r="M355" s="14" t="n">
+        <v>4605595.0</v>
+      </c>
+      <c r="N355" s="14" t="n">
+        <v>4653798.0</v>
+      </c>
+      <c r="O355" s="14" t="n">
+        <v>4596863.0</v>
+      </c>
+      <c r="P355" s="14" t="n">
+        <v>4659810.0</v>
+      </c>
+      <c r="Q355" s="14" t="n">
+        <v>4755569.0</v>
+      </c>
+      <c r="R355" s="14" t="n">
+        <v>4476761.0</v>
+      </c>
+      <c r="S355" s="14" t="n">
+        <v>3940240.0</v>
+      </c>
+      <c r="T355" s="14" t="n">
+        <v>3450612.0</v>
+      </c>
+      <c r="U355" s="14" t="n">
+        <v>3077218.0</v>
+      </c>
+      <c r="V355" s="14" t="n">
+        <v>2776794.0</v>
+      </c>
+      <c r="W355" s="14" t="n">
+        <v>2506008.0</v>
+      </c>
+      <c r="X355" s="14" t="n">
+        <v>2248454.0</v>
+      </c>
+      <c r="Y355" s="14" t="n">
+        <v>2009111.0</v>
       </c>
     </row>
     <row r="356">
-      <c r="A356" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G356" s="6"/>
+      <c r="A356" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+        </is>
+      </c>
+      <c r="B356" s="14" t="n">
+        <v>7857197.0</v>
+      </c>
+      <c r="C356" s="14" t="n">
+        <v>7579435.0</v>
+      </c>
+      <c r="D356" s="14" t="n">
+        <v>7105317.0</v>
+      </c>
+      <c r="E356" s="14" t="n">
+        <v>6799745.0</v>
+      </c>
+      <c r="F356" s="14" t="n">
+        <v>6998363.0</v>
+      </c>
+      <c r="G356" s="14" t="n">
+        <v>6871870.0</v>
+      </c>
+      <c r="H356" s="14" t="n">
+        <v>6722864.0</v>
+      </c>
+      <c r="I356" s="14" t="n">
+        <v>6507128.0</v>
+      </c>
+      <c r="J356" s="14" t="n">
+        <v>6350180.0</v>
+      </c>
+      <c r="K356" s="14" t="n">
+        <v>6098624.0</v>
+      </c>
+      <c r="L356" s="14" t="n">
+        <v>6136700.0</v>
+      </c>
+      <c r="M356" s="14" t="n">
+        <v>6190290.0</v>
+      </c>
+      <c r="N356" s="14" t="n">
+        <v>6492497.0</v>
+      </c>
+      <c r="O356" s="14" t="n">
+        <v>6522390.0</v>
+      </c>
+      <c r="P356" s="14" t="n">
+        <v>6480704.0</v>
+      </c>
+      <c r="Q356" s="14" t="n">
+        <v>6123330.0</v>
+      </c>
+      <c r="R356" s="14" t="n">
+        <v>5443130.0</v>
+      </c>
+      <c r="S356" s="14" t="n">
+        <v>4942223.0</v>
+      </c>
+      <c r="T356" s="14" t="n">
+        <v>4538960.0</v>
+      </c>
+      <c r="U356" s="14" t="n">
+        <v>4180570.0</v>
+      </c>
+      <c r="V356" s="14" t="n">
+        <v>3919098.0</v>
+      </c>
+      <c r="W356" s="14" t="n">
+        <v>3619794.0</v>
+      </c>
+      <c r="X356" s="14" t="n">
+        <v>3316454.0</v>
+      </c>
+      <c r="Y356" s="14" t="n">
+        <v>3105248.0</v>
+      </c>
     </row>
     <row r="357">
       <c r="A357" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B357" s="14" t="n">
-        <v>2.37540292E8</v>
+        <v>3.6306496E7</v>
       </c>
       <c r="C357" s="14" t="n">
-        <v>2.19030504E8</v>
+        <v>3.4036075E7</v>
       </c>
       <c r="D357" s="14" t="n">
-        <v>2.42093235E8</v>
+        <v>3.0368728E7</v>
       </c>
       <c r="E357" s="14" t="n">
-        <v>2.31423389E8</v>
+        <v>2.7749244E7</v>
       </c>
       <c r="F357" s="14" t="n">
-        <v>2.22566193E8</v>
+        <v>2.9904485E7</v>
       </c>
       <c r="G357" s="14" t="n">
-        <v>2.12360938E8</v>
+        <v>2.8675547E7</v>
+      </c>
+      <c r="H357" s="14" t="n">
+        <v>2.8245898E7</v>
+      </c>
+      <c r="I357" s="14" t="n">
+        <v>2.7199907E7</v>
+      </c>
+      <c r="J357" s="14" t="n">
+        <v>2.6467936E7</v>
+      </c>
+      <c r="K357" s="14" t="n">
+        <v>2.4777776E7</v>
+      </c>
+      <c r="L357" s="14" t="n">
+        <v>2.468959E7</v>
+      </c>
+      <c r="M357" s="14" t="n">
+        <v>2.4760234E7</v>
+      </c>
+      <c r="N357" s="14" t="n">
+        <v>2.5495353E7</v>
+      </c>
+      <c r="O357" s="14" t="n">
+        <v>2.6034976E7</v>
+      </c>
+      <c r="P357" s="14" t="n">
+        <v>2.6285074E7</v>
+      </c>
+      <c r="Q357" s="14" t="n">
+        <v>2.7191773E7</v>
+      </c>
+      <c r="R357" s="14" t="n">
+        <v>2.5565024E7</v>
+      </c>
+      <c r="S357" s="14" t="n">
+        <v>2.351343E7</v>
+      </c>
+      <c r="T357" s="14" t="n">
+        <v>2.1745068E7</v>
+      </c>
+      <c r="U357" s="14" t="n">
+        <v>1.9953939E7</v>
+      </c>
+      <c r="V357" s="14" t="n">
+        <v>1.8695511E7</v>
+      </c>
+      <c r="W357" s="14" t="n">
+        <v>1.7302854E7</v>
+      </c>
+      <c r="X357" s="14" t="n">
+        <v>1.594763E7</v>
+      </c>
+      <c r="Y357" s="14" t="n">
+        <v>1.4598118E7</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B358" s="14" t="n">
-        <v>162499.0</v>
+        <v>3532245.0</v>
       </c>
       <c r="C358" s="14" t="n">
-        <v>162448.0</v>
+        <v>3344731.0</v>
       </c>
       <c r="D358" s="14" t="n">
-        <v>151583.0</v>
+        <v>3234815.0</v>
       </c>
       <c r="E358" s="14" t="n">
-        <v>186207.0</v>
+        <v>2691062.0</v>
       </c>
       <c r="F358" s="14" t="n">
-        <v>119227.0</v>
+        <v>3096166.0</v>
       </c>
       <c r="G358" s="14" t="n">
-        <v>134924.0</v>
+        <v>3039798.0</v>
+      </c>
+      <c r="H358" s="14" t="n">
+        <v>2946592.0</v>
+      </c>
+      <c r="I358" s="14" t="n">
+        <v>2809231.0</v>
+      </c>
+      <c r="J358" s="14" t="n">
+        <v>2700782.0</v>
+      </c>
+      <c r="K358" s="14" t="n">
+        <v>2461333.0</v>
+      </c>
+      <c r="L358" s="14" t="n">
+        <v>2357290.0</v>
+      </c>
+      <c r="M358" s="14" t="n">
+        <v>2190614.0</v>
+      </c>
+      <c r="N358" s="14" t="n">
+        <v>2202967.0</v>
+      </c>
+      <c r="O358" s="14" t="n">
+        <v>2337240.0</v>
+      </c>
+      <c r="P358" s="14" t="n">
+        <v>1791200.0</v>
+      </c>
+      <c r="Q358" s="14" t="n">
+        <v>2349303.0</v>
+      </c>
+      <c r="R358" s="14" t="n">
+        <v>2853118.0</v>
+      </c>
+      <c r="S358" s="14" t="n">
+        <v>2842394.0</v>
+      </c>
+      <c r="T358" s="14" t="n">
+        <v>2527282.0</v>
+      </c>
+      <c r="U358" s="14" t="n">
+        <v>2205299.0</v>
+      </c>
+      <c r="V358" s="14" t="n">
+        <v>1949364.0</v>
+      </c>
+      <c r="W358" s="14" t="n">
+        <v>1712879.0</v>
+      </c>
+      <c r="X358" s="14" t="n">
+        <v>1576822.0</v>
+      </c>
+      <c r="Y358" s="14" t="n">
+        <v>1490592.0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B359" s="14" t="n">
-        <v>2.309142E7</v>
+        <v>3.9838741E7</v>
       </c>
       <c r="C359" s="14" t="n">
-        <v>2.1389543E7</v>
+        <v>3.7380806E7</v>
       </c>
       <c r="D359" s="14" t="n">
-        <v>2.2573777E7</v>
+        <v>3.3603543E7</v>
       </c>
       <c r="E359" s="14" t="n">
-        <v>2.1447938E7</v>
+        <v>3.0440306E7</v>
       </c>
       <c r="F359" s="14" t="n">
-        <v>2.053092E7</v>
+        <v>3.3000651E7</v>
       </c>
       <c r="G359" s="14" t="n">
-        <v>1.9812097E7</v>
+        <v>3.1715345E7</v>
+      </c>
+      <c r="H359" s="14" t="n">
+        <v>3.119249E7</v>
+      </c>
+      <c r="I359" s="14" t="n">
+        <v>3.0009138E7</v>
+      </c>
+      <c r="J359" s="14" t="n">
+        <v>2.9168718E7</v>
+      </c>
+      <c r="K359" s="14" t="n">
+        <v>2.7239109E7</v>
+      </c>
+      <c r="L359" s="14" t="n">
+        <v>2.704688E7</v>
+      </c>
+      <c r="M359" s="14" t="n">
+        <v>2.6950848E7</v>
+      </c>
+      <c r="N359" s="14" t="n">
+        <v>2.769832E7</v>
+      </c>
+      <c r="O359" s="14" t="n">
+        <v>2.8372216E7</v>
+      </c>
+      <c r="P359" s="14" t="n">
+        <v>2.8076274E7</v>
+      </c>
+      <c r="Q359" s="14" t="n">
+        <v>2.9541076E7</v>
+      </c>
+      <c r="R359" s="14" t="n">
+        <v>2.8418142E7</v>
+      </c>
+      <c r="S359" s="14" t="n">
+        <v>2.6355824E7</v>
+      </c>
+      <c r="T359" s="14" t="n">
+        <v>2.427235E7</v>
+      </c>
+      <c r="U359" s="14" t="n">
+        <v>2.2159238E7</v>
+      </c>
+      <c r="V359" s="14" t="n">
+        <v>2.0644875E7</v>
+      </c>
+      <c r="W359" s="14" t="n">
+        <v>1.9015733E7</v>
+      </c>
+      <c r="X359" s="14" t="n">
+        <v>1.7524452E7</v>
+      </c>
+      <c r="Y359" s="14" t="n">
+        <v>1.608871E7</v>
       </c>
     </row>
     <row r="360">
-      <c r="A360" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A360" s="6" t="inlineStr">
+        <is>
+          <t>31 Navarra</t>
+        </is>
+      </c>
+      <c r="B360" s="6"/>
+      <c r="C360" s="6"/>
+      <c r="D360" s="6"/>
+      <c r="E360" s="6"/>
+      <c r="F360" s="6"/>
+      <c r="G360" s="6"/>
+      <c r="H360" s="6"/>
+      <c r="I360" s="6"/>
+      <c r="J360" s="6"/>
+      <c r="K360" s="6"/>
+      <c r="L360" s="6"/>
+      <c r="M360" s="6"/>
+      <c r="N360" s="6"/>
+      <c r="O360" s="6"/>
+      <c r="P360" s="6"/>
+      <c r="Q360" s="6"/>
+      <c r="R360" s="6"/>
+      <c r="S360" s="6"/>
+      <c r="T360" s="6"/>
+      <c r="U360" s="6"/>
+      <c r="V360" s="6"/>
+      <c r="W360" s="6"/>
+      <c r="X360" s="6"/>
+      <c r="Y360" s="6"/>
     </row>
     <row r="361">
       <c r="A361" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B361" s="14" t="n">
-        <v>9638924.0</v>
+        <v>858567.0</v>
       </c>
       <c r="C361" s="14" t="n">
-        <v>9543051.0</v>
+        <v>749404.0</v>
       </c>
       <c r="D361" s="14" t="n">
-        <v>1.0978541E7</v>
+        <v>729704.0</v>
       </c>
       <c r="E361" s="14" t="n">
-        <v>9952484.0</v>
+        <v>690071.0</v>
       </c>
       <c r="F361" s="14" t="n">
-        <v>9570293.0</v>
+        <v>686704.0</v>
       </c>
       <c r="G361" s="14" t="n">
-        <v>9009764.0</v>
+        <v>647078.0</v>
+      </c>
+      <c r="H361" s="14" t="n">
+        <v>718173.0</v>
+      </c>
+      <c r="I361" s="14" t="n">
+        <v>647270.0</v>
+      </c>
+      <c r="J361" s="14" t="n">
+        <v>622572.0</v>
+      </c>
+      <c r="K361" s="14" t="n">
+        <v>605512.0</v>
+      </c>
+      <c r="L361" s="14" t="n">
+        <v>584020.0</v>
+      </c>
+      <c r="M361" s="14" t="n">
+        <v>596896.0</v>
+      </c>
+      <c r="N361" s="14" t="n">
+        <v>539969.0</v>
+      </c>
+      <c r="O361" s="14" t="n">
+        <v>557673.0</v>
+      </c>
+      <c r="P361" s="14" t="n">
+        <v>522730.0</v>
+      </c>
+      <c r="Q361" s="14" t="n">
+        <v>561986.0</v>
+      </c>
+      <c r="R361" s="14" t="n">
+        <v>553611.0</v>
+      </c>
+      <c r="S361" s="14" t="n">
+        <v>468568.0</v>
+      </c>
+      <c r="T361" s="14" t="n">
+        <v>490096.0</v>
+      </c>
+      <c r="U361" s="14" t="n">
+        <v>486478.0</v>
+      </c>
+      <c r="V361" s="14" t="n">
+        <v>500617.0</v>
+      </c>
+      <c r="W361" s="14" t="n">
+        <v>447150.0</v>
+      </c>
+      <c r="X361" s="14" t="n">
+        <v>423031.0</v>
+      </c>
+      <c r="Y361" s="14" t="n">
+        <v>405672.0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B362" s="14" t="n">
-        <v>6.8316587E7</v>
+        <v>6806070.0</v>
       </c>
       <c r="C362" s="14" t="n">
-        <v>5.9733235E7</v>
+        <v>6760778.0</v>
       </c>
       <c r="D362" s="14" t="n">
-        <v>7.1999847E7</v>
+        <v>5703421.0</v>
       </c>
       <c r="E362" s="14" t="n">
-        <v>6.8943741E7</v>
+        <v>5276026.0</v>
       </c>
       <c r="F362" s="14" t="n">
-        <v>6.6991349E7</v>
+        <v>5752201.0</v>
       </c>
       <c r="G362" s="14" t="n">
-        <v>6.3296445E7</v>
+        <v>5521958.0</v>
+      </c>
+      <c r="H362" s="14" t="n">
+        <v>5454429.0</v>
+      </c>
+      <c r="I362" s="14" t="n">
+        <v>5168942.0</v>
+      </c>
+      <c r="J362" s="14" t="n">
+        <v>5119316.0</v>
+      </c>
+      <c r="K362" s="14" t="n">
+        <v>5011921.0</v>
+      </c>
+      <c r="L362" s="14" t="n">
+        <v>4844122.0</v>
+      </c>
+      <c r="M362" s="14" t="n">
+        <v>4685979.0</v>
+      </c>
+      <c r="N362" s="14" t="n">
+        <v>4983225.0</v>
+      </c>
+      <c r="O362" s="14" t="n">
+        <v>4872213.0</v>
+      </c>
+      <c r="P362" s="14" t="n">
+        <v>4840162.0</v>
+      </c>
+      <c r="Q362" s="14" t="n">
+        <v>5245902.0</v>
+      </c>
+      <c r="R362" s="14" t="n">
+        <v>4879793.0</v>
+      </c>
+      <c r="S362" s="14" t="n">
+        <v>4634731.0</v>
+      </c>
+      <c r="T362" s="14" t="n">
+        <v>4336973.0</v>
+      </c>
+      <c r="U362" s="14" t="n">
+        <v>4061235.0</v>
+      </c>
+      <c r="V362" s="14" t="n">
+        <v>3852106.0</v>
+      </c>
+      <c r="W362" s="14" t="n">
+        <v>3719839.0</v>
+      </c>
+      <c r="X362" s="14" t="n">
+        <v>3507090.0</v>
+      </c>
+      <c r="Y362" s="14" t="n">
+        <v>3334481.0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B363" s="14" t="n">
-        <v>6.8867253E7</v>
+        <v>5852215.0</v>
       </c>
       <c r="C363" s="14" t="n">
-        <v>6.5309206E7</v>
+        <v>5232304.0</v>
       </c>
       <c r="D363" s="14" t="n">
-        <v>6.7864003E7</v>
+        <v>4825395.0</v>
       </c>
       <c r="E363" s="14" t="n">
-        <v>6.5125272E7</v>
+        <v>4461704.0</v>
       </c>
       <c r="F363" s="14" t="n">
-        <v>6.187769E7</v>
+        <v>4850457.0</v>
       </c>
       <c r="G363" s="14" t="n">
-        <v>5.9188104E7</v>
+        <v>4670873.0</v>
+      </c>
+      <c r="H363" s="14" t="n">
+        <v>4621877.0</v>
+      </c>
+      <c r="I363" s="14" t="n">
+        <v>4383809.0</v>
+      </c>
+      <c r="J363" s="14" t="n">
+        <v>4364318.0</v>
+      </c>
+      <c r="K363" s="14" t="n">
+        <v>4329333.0</v>
+      </c>
+      <c r="L363" s="14" t="n">
+        <v>4131965.0</v>
+      </c>
+      <c r="M363" s="14" t="n">
+        <v>3945802.0</v>
+      </c>
+      <c r="N363" s="14" t="n">
+        <v>4233862.0</v>
+      </c>
+      <c r="O363" s="14" t="n">
+        <v>4149738.0</v>
+      </c>
+      <c r="P363" s="14" t="n">
+        <v>4188143.0</v>
+      </c>
+      <c r="Q363" s="14" t="n">
+        <v>4541673.0</v>
+      </c>
+      <c r="R363" s="14" t="n">
+        <v>4270730.0</v>
+      </c>
+      <c r="S363" s="14" t="n">
+        <v>4079499.0</v>
+      </c>
+      <c r="T363" s="14" t="n">
+        <v>3810205.0</v>
+      </c>
+      <c r="U363" s="14" t="n">
+        <v>3592131.0</v>
+      </c>
+      <c r="V363" s="14" t="n">
+        <v>3423012.0</v>
+      </c>
+      <c r="W363" s="14" t="n">
+        <v>3321397.0</v>
+      </c>
+      <c r="X363" s="14" t="n">
+        <v>3128221.0</v>
+      </c>
+      <c r="Y363" s="14" t="n">
+        <v>2977246.0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B364" s="14" t="n">
-        <v>4.4835198E7</v>
+        <v>1262057.0</v>
       </c>
       <c r="C364" s="14" t="n">
-        <v>4.3725772E7</v>
+        <v>1163720.0</v>
       </c>
       <c r="D364" s="14" t="n">
-        <v>4.59989E7</v>
+        <v>1089679.0</v>
       </c>
       <c r="E364" s="14" t="n">
-        <v>4.3768607E7</v>
+        <v>1009888.0</v>
       </c>
       <c r="F364" s="14" t="n">
-        <v>4.2667921E7</v>
+        <v>1164725.0</v>
       </c>
       <c r="G364" s="14" t="n">
-        <v>4.1263231E7</v>
+        <v>1075450.0</v>
+      </c>
+      <c r="H364" s="14" t="n">
+        <v>1020321.0</v>
+      </c>
+      <c r="I364" s="14" t="n">
+        <v>979343.0</v>
+      </c>
+      <c r="J364" s="14" t="n">
+        <v>956768.0</v>
+      </c>
+      <c r="K364" s="14" t="n">
+        <v>873495.0</v>
+      </c>
+      <c r="L364" s="14" t="n">
+        <v>912270.0</v>
+      </c>
+      <c r="M364" s="14" t="n">
+        <v>1095367.0</v>
+      </c>
+      <c r="N364" s="14" t="n">
+        <v>1258658.0</v>
+      </c>
+      <c r="O364" s="14" t="n">
+        <v>1447203.0</v>
+      </c>
+      <c r="P364" s="14" t="n">
+        <v>1727978.0</v>
+      </c>
+      <c r="Q364" s="14" t="n">
+        <v>1760882.0</v>
+      </c>
+      <c r="R364" s="14" t="n">
+        <v>1752577.0</v>
+      </c>
+      <c r="S364" s="14" t="n">
+        <v>1674759.0</v>
+      </c>
+      <c r="T364" s="14" t="n">
+        <v>1511424.0</v>
+      </c>
+      <c r="U364" s="14" t="n">
+        <v>1331915.0</v>
+      </c>
+      <c r="V364" s="14" t="n">
+        <v>1242527.0</v>
+      </c>
+      <c r="W364" s="14" t="n">
+        <v>1137765.0</v>
+      </c>
+      <c r="X364" s="14" t="n">
+        <v>1037538.0</v>
+      </c>
+      <c r="Y364" s="14" t="n">
+        <v>958483.0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B365" s="14" t="n">
-        <v>2.14911881E8</v>
+        <v>4873022.0</v>
       </c>
       <c r="C365" s="14" t="n">
-        <v>1.99863255E8</v>
+        <v>4432198.0</v>
       </c>
       <c r="D365" s="14" t="n">
-        <v>2.19566651E8</v>
+        <v>3868663.0</v>
       </c>
       <c r="E365" s="14" t="n">
-        <v>2.09424249E8</v>
+        <v>3317760.0</v>
       </c>
       <c r="F365" s="14" t="n">
-        <v>2.017574E8</v>
+        <v>4150287.0</v>
       </c>
       <c r="G365" s="14" t="n">
-        <v>1.92704565E8</v>
+        <v>3987363.0</v>
+      </c>
+      <c r="H365" s="14" t="n">
+        <v>3864699.0</v>
+      </c>
+      <c r="I365" s="14" t="n">
+        <v>3765630.0</v>
+      </c>
+      <c r="J365" s="14" t="n">
+        <v>3527284.0</v>
+      </c>
+      <c r="K365" s="14" t="n">
+        <v>3297682.0</v>
+      </c>
+      <c r="L365" s="14" t="n">
+        <v>3266685.0</v>
+      </c>
+      <c r="M365" s="14" t="n">
+        <v>3309723.0</v>
+      </c>
+      <c r="N365" s="14" t="n">
+        <v>3417157.0</v>
+      </c>
+      <c r="O365" s="14" t="n">
+        <v>3432760.0</v>
+      </c>
+      <c r="P365" s="14" t="n">
+        <v>3434812.0</v>
+      </c>
+      <c r="Q365" s="14" t="n">
+        <v>3382390.0</v>
+      </c>
+      <c r="R365" s="14" t="n">
+        <v>3232226.0</v>
+      </c>
+      <c r="S365" s="14" t="n">
+        <v>3058619.0</v>
+      </c>
+      <c r="T365" s="14" t="n">
+        <v>2938282.0</v>
+      </c>
+      <c r="U365" s="14" t="n">
+        <v>2860029.0</v>
+      </c>
+      <c r="V365" s="14" t="n">
+        <v>2730479.0</v>
+      </c>
+      <c r="W365" s="14" t="n">
+        <v>2681527.0</v>
+      </c>
+      <c r="X365" s="14" t="n">
+        <v>2546198.0</v>
+      </c>
+      <c r="Y365" s="14" t="n">
+        <v>2381288.0</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B366" s="14" t="n">
-        <v>2.2628411E7</v>
+        <v>4458644.0</v>
       </c>
       <c r="C366" s="14" t="n">
-        <v>1.9167249E7</v>
+        <v>3864919.0</v>
       </c>
       <c r="D366" s="14" t="n">
-        <v>2.2526584E7</v>
+        <v>3524220.0</v>
       </c>
       <c r="E366" s="14" t="n">
-        <v>2.199914E7</v>
+        <v>3408011.0</v>
       </c>
       <c r="F366" s="14" t="n">
-        <v>2.0808793E7</v>
+        <v>3479737.0</v>
       </c>
       <c r="G366" s="14" t="n">
-        <v>1.9656373E7</v>
+        <v>3343875.0</v>
+      </c>
+      <c r="H366" s="14" t="n">
+        <v>3198368.0</v>
+      </c>
+      <c r="I366" s="14" t="n">
+        <v>3151641.0</v>
+      </c>
+      <c r="J366" s="14" t="n">
+        <v>2995625.0</v>
+      </c>
+      <c r="K366" s="14" t="n">
+        <v>2876479.0</v>
+      </c>
+      <c r="L366" s="14" t="n">
+        <v>2834783.0</v>
+      </c>
+      <c r="M366" s="14" t="n">
+        <v>2887245.0</v>
+      </c>
+      <c r="N366" s="14" t="n">
+        <v>2864684.0</v>
+      </c>
+      <c r="O366" s="14" t="n">
+        <v>2763729.0</v>
+      </c>
+      <c r="P366" s="14" t="n">
+        <v>2837683.0</v>
+      </c>
+      <c r="Q366" s="14" t="n">
+        <v>2869820.0</v>
+      </c>
+      <c r="R366" s="14" t="n">
+        <v>2595534.0</v>
+      </c>
+      <c r="S366" s="14" t="n">
+        <v>2293211.0</v>
+      </c>
+      <c r="T366" s="14" t="n">
+        <v>2039831.0</v>
+      </c>
+      <c r="U366" s="14" t="n">
+        <v>1832046.0</v>
+      </c>
+      <c r="V366" s="14" t="n">
+        <v>1676465.0</v>
+      </c>
+      <c r="W366" s="14" t="n">
+        <v>1498679.0</v>
+      </c>
+      <c r="X366" s="14" t="n">
+        <v>1365655.0</v>
+      </c>
+      <c r="Y366" s="14" t="n">
+        <v>1214635.0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B367" s="14" t="n">
-        <v>2.37540292E8</v>
+        <v>4502610.0</v>
       </c>
       <c r="C367" s="14" t="n">
-        <v>2.19030504E8</v>
+        <v>4157183.0</v>
       </c>
       <c r="D367" s="14" t="n">
-        <v>2.42093235E8</v>
+        <v>3901013.0</v>
       </c>
       <c r="E367" s="14" t="n">
-        <v>2.31423389E8</v>
+        <v>3765074.0</v>
       </c>
       <c r="F367" s="14" t="n">
-        <v>2.22566193E8</v>
+        <v>3859773.0</v>
       </c>
       <c r="G367" s="14" t="n">
-        <v>2.12360938E8</v>
+        <v>3720726.0</v>
+      </c>
+      <c r="H367" s="14" t="n">
+        <v>3581961.0</v>
+      </c>
+      <c r="I367" s="14" t="n">
+        <v>3428167.0</v>
+      </c>
+      <c r="J367" s="14" t="n">
+        <v>3415237.0</v>
+      </c>
+      <c r="K367" s="14" t="n">
+        <v>3382800.0</v>
+      </c>
+      <c r="L367" s="14" t="n">
+        <v>3392976.0</v>
+      </c>
+      <c r="M367" s="14" t="n">
+        <v>3389985.0</v>
+      </c>
+      <c r="N367" s="14" t="n">
+        <v>3558410.0</v>
+      </c>
+      <c r="O367" s="14" t="n">
+        <v>3525356.0</v>
+      </c>
+      <c r="P367" s="14" t="n">
+        <v>3490034.0</v>
+      </c>
+      <c r="Q367" s="14" t="n">
+        <v>3318477.0</v>
+      </c>
+      <c r="R367" s="14" t="n">
+        <v>3062578.0</v>
+      </c>
+      <c r="S367" s="14" t="n">
+        <v>2833463.0</v>
+      </c>
+      <c r="T367" s="14" t="n">
+        <v>2686166.0</v>
+      </c>
+      <c r="U367" s="14" t="n">
+        <v>2530505.0</v>
+      </c>
+      <c r="V367" s="14" t="n">
+        <v>2360878.0</v>
+      </c>
+      <c r="W367" s="14" t="n">
+        <v>2205506.0</v>
+      </c>
+      <c r="X367" s="14" t="n">
+        <v>2088348.0</v>
+      </c>
+      <c r="Y367" s="14" t="n">
+        <v>1966689.0</v>
       </c>
     </row>
     <row r="368">
-      <c r="A368" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G368" s="6"/>
+      <c r="A368" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
+        </is>
+      </c>
+      <c r="B368" s="14" t="n">
+        <v>2.276097E7</v>
+      </c>
+      <c r="C368" s="14" t="n">
+        <v>2.1128202E7</v>
+      </c>
+      <c r="D368" s="14" t="n">
+        <v>1.88167E7</v>
+      </c>
+      <c r="E368" s="14" t="n">
+        <v>1.746683E7</v>
+      </c>
+      <c r="F368" s="14" t="n">
+        <v>1.9093427E7</v>
+      </c>
+      <c r="G368" s="14" t="n">
+        <v>1.829645E7</v>
+      </c>
+      <c r="H368" s="14" t="n">
+        <v>1.7837951E7</v>
+      </c>
+      <c r="I368" s="14" t="n">
+        <v>1.7140993E7</v>
+      </c>
+      <c r="J368" s="14" t="n">
+        <v>1.6636802E7</v>
+      </c>
+      <c r="K368" s="14" t="n">
+        <v>1.6047889E7</v>
+      </c>
+      <c r="L368" s="14" t="n">
+        <v>1.5834856E7</v>
+      </c>
+      <c r="M368" s="14" t="n">
+        <v>1.5965195E7</v>
+      </c>
+      <c r="N368" s="14" t="n">
+        <v>1.6622103E7</v>
+      </c>
+      <c r="O368" s="14" t="n">
+        <v>1.6598934E7</v>
+      </c>
+      <c r="P368" s="14" t="n">
+        <v>1.6853399E7</v>
+      </c>
+      <c r="Q368" s="14" t="n">
+        <v>1.7139457E7</v>
+      </c>
+      <c r="R368" s="14" t="n">
+        <v>1.6076319E7</v>
+      </c>
+      <c r="S368" s="14" t="n">
+        <v>1.4963351E7</v>
+      </c>
+      <c r="T368" s="14" t="n">
+        <v>1.4002772E7</v>
+      </c>
+      <c r="U368" s="14" t="n">
+        <v>1.3102208E7</v>
+      </c>
+      <c r="V368" s="14" t="n">
+        <v>1.2363072E7</v>
+      </c>
+      <c r="W368" s="14" t="n">
+        <v>1.1690466E7</v>
+      </c>
+      <c r="X368" s="14" t="n">
+        <v>1.096786E7</v>
+      </c>
+      <c r="Y368" s="14" t="n">
+        <v>1.0261248E7</v>
+      </c>
     </row>
     <row r="369">
       <c r="A369" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B369" s="14" t="n">
-        <v>3.0776021E7</v>
+        <v>2214406.0</v>
       </c>
       <c r="C369" s="14" t="n">
-        <v>2.8160097E7</v>
+        <v>2076272.0</v>
       </c>
       <c r="D369" s="14" t="n">
-        <v>3.2202624E7</v>
+        <v>2004317.0</v>
       </c>
       <c r="E369" s="14" t="n">
-        <v>3.0872083E7</v>
+        <v>1693896.0</v>
       </c>
       <c r="F369" s="14" t="n">
-        <v>2.9598917E7</v>
+        <v>1976841.0</v>
       </c>
       <c r="G369" s="14" t="n">
-        <v>2.8186668E7</v>
+        <v>1939545.0</v>
+      </c>
+      <c r="H369" s="14" t="n">
+        <v>1860843.0</v>
+      </c>
+      <c r="I369" s="14" t="n">
+        <v>1770338.0</v>
+      </c>
+      <c r="J369" s="14" t="n">
+        <v>1697615.0</v>
+      </c>
+      <c r="K369" s="14" t="n">
+        <v>1594138.0</v>
+      </c>
+      <c r="L369" s="14" t="n">
+        <v>1511866.0</v>
+      </c>
+      <c r="M369" s="14" t="n">
+        <v>1412490.0</v>
+      </c>
+      <c r="N369" s="14" t="n">
+        <v>1436260.0</v>
+      </c>
+      <c r="O369" s="14" t="n">
+        <v>1490138.0</v>
+      </c>
+      <c r="P369" s="14" t="n">
+        <v>1148477.0</v>
+      </c>
+      <c r="Q369" s="14" t="n">
+        <v>1480807.0</v>
+      </c>
+      <c r="R369" s="14" t="n">
+        <v>1794156.0</v>
+      </c>
+      <c r="S369" s="14" t="n">
+        <v>1808828.0</v>
+      </c>
+      <c r="T369" s="14" t="n">
+        <v>1627447.0</v>
+      </c>
+      <c r="U369" s="14" t="n">
+        <v>1448049.0</v>
+      </c>
+      <c r="V369" s="14" t="n">
+        <v>1289086.0</v>
+      </c>
+      <c r="W369" s="14" t="n">
+        <v>1157286.0</v>
+      </c>
+      <c r="X369" s="14" t="n">
+        <v>1084447.0</v>
+      </c>
+      <c r="Y369" s="14" t="n">
+        <v>1047760.0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B370" s="14" t="n">
-        <v>741095.0</v>
+        <v>2.4975376E7</v>
       </c>
       <c r="C370" s="14" t="n">
-        <v>694679.0</v>
+        <v>2.3204474E7</v>
       </c>
       <c r="D370" s="14" t="n">
-        <v>759634.0</v>
+        <v>2.0821017E7</v>
       </c>
       <c r="E370" s="14" t="n">
-        <v>803355.0</v>
+        <v>1.9160726E7</v>
       </c>
       <c r="F370" s="14" t="n">
-        <v>875366.0</v>
+        <v>2.1070268E7</v>
       </c>
       <c r="G370" s="14" t="n">
-        <v>730350.0</v>
+        <v>2.0235995E7</v>
+      </c>
+      <c r="H370" s="14" t="n">
+        <v>1.9698794E7</v>
+      </c>
+      <c r="I370" s="14" t="n">
+        <v>1.8911331E7</v>
+      </c>
+      <c r="J370" s="14" t="n">
+        <v>1.8334417E7</v>
+      </c>
+      <c r="K370" s="14" t="n">
+        <v>1.7642027E7</v>
+      </c>
+      <c r="L370" s="14" t="n">
+        <v>1.7346722E7</v>
+      </c>
+      <c r="M370" s="14" t="n">
+        <v>1.7377685E7</v>
+      </c>
+      <c r="N370" s="14" t="n">
+        <v>1.8058363E7</v>
+      </c>
+      <c r="O370" s="14" t="n">
+        <v>1.8089072E7</v>
+      </c>
+      <c r="P370" s="14" t="n">
+        <v>1.8001876E7</v>
+      </c>
+      <c r="Q370" s="14" t="n">
+        <v>1.8620264E7</v>
+      </c>
+      <c r="R370" s="14" t="n">
+        <v>1.7870475E7</v>
+      </c>
+      <c r="S370" s="14" t="n">
+        <v>1.6772179E7</v>
+      </c>
+      <c r="T370" s="14" t="n">
+        <v>1.5630219E7</v>
+      </c>
+      <c r="U370" s="14" t="n">
+        <v>1.4550257E7</v>
+      </c>
+      <c r="V370" s="14" t="n">
+        <v>1.3652158E7</v>
+      </c>
+      <c r="W370" s="14" t="n">
+        <v>1.2847752E7</v>
+      </c>
+      <c r="X370" s="14" t="n">
+        <v>1.2052307E7</v>
+      </c>
+      <c r="Y370" s="14" t="n">
+        <v>1.1309008E7</v>
       </c>
     </row>
     <row r="371">
-      <c r="A371" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A371" s="6" t="inlineStr">
+        <is>
+          <t>32 Ourense</t>
+        </is>
+      </c>
+      <c r="B371" s="6"/>
+      <c r="C371" s="6"/>
+      <c r="D371" s="6"/>
+      <c r="E371" s="6"/>
+      <c r="F371" s="6"/>
+      <c r="G371" s="6"/>
+      <c r="H371" s="6"/>
+      <c r="I371" s="6"/>
+      <c r="J371" s="6"/>
+      <c r="K371" s="6"/>
+      <c r="L371" s="6"/>
+      <c r="M371" s="6"/>
+      <c r="N371" s="6"/>
+      <c r="O371" s="6"/>
+      <c r="P371" s="6"/>
+      <c r="Q371" s="6"/>
+      <c r="R371" s="6"/>
+      <c r="S371" s="6"/>
+      <c r="T371" s="6"/>
+      <c r="U371" s="6"/>
+      <c r="V371" s="6"/>
+      <c r="W371" s="6"/>
+      <c r="X371" s="6"/>
+      <c r="Y371" s="6"/>
     </row>
     <row r="372">
       <c r="A372" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B372" s="14" t="n">
-        <v>781474.0</v>
+        <v>868478.0</v>
       </c>
       <c r="C372" s="14" t="n">
-        <v>679044.0</v>
+        <v>634997.0</v>
       </c>
       <c r="D372" s="14" t="n">
-        <v>771216.0</v>
+        <v>400632.0</v>
       </c>
       <c r="E372" s="14" t="n">
-        <v>714080.0</v>
+        <v>343560.0</v>
       </c>
       <c r="F372" s="14" t="n">
-        <v>652417.0</v>
+        <v>536078.0</v>
       </c>
       <c r="G372" s="14" t="n">
-        <v>751751.0</v>
+        <v>423898.0</v>
+      </c>
+      <c r="H372" s="14" t="n">
+        <v>422844.0</v>
+      </c>
+      <c r="I372" s="14" t="n">
+        <v>478204.0</v>
+      </c>
+      <c r="J372" s="14" t="n">
+        <v>471761.0</v>
+      </c>
+      <c r="K372" s="14" t="n">
+        <v>473812.0</v>
+      </c>
+      <c r="L372" s="14" t="n">
+        <v>436833.0</v>
+      </c>
+      <c r="M372" s="14" t="n">
+        <v>418564.0</v>
+      </c>
+      <c r="N372" s="14" t="n">
+        <v>408169.0</v>
+      </c>
+      <c r="O372" s="14" t="n">
+        <v>400644.0</v>
+      </c>
+      <c r="P372" s="14" t="n">
+        <v>353856.0</v>
+      </c>
+      <c r="Q372" s="14" t="n">
+        <v>283625.0</v>
+      </c>
+      <c r="R372" s="14" t="n">
+        <v>340795.0</v>
+      </c>
+      <c r="S372" s="14" t="n">
+        <v>306473.0</v>
+      </c>
+      <c r="T372" s="14" t="n">
+        <v>298620.0</v>
+      </c>
+      <c r="U372" s="14" t="n">
+        <v>319413.0</v>
+      </c>
+      <c r="V372" s="14" t="n">
+        <v>297972.0</v>
+      </c>
+      <c r="W372" s="14" t="n">
+        <v>273317.0</v>
+      </c>
+      <c r="X372" s="14" t="n">
+        <v>265449.0</v>
+      </c>
+      <c r="Y372" s="14" t="n">
+        <v>224035.0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B373" s="14" t="n">
-        <v>2484676.0</v>
+        <v>1639062.0</v>
       </c>
       <c r="C373" s="14" t="n">
-        <v>2482994.0</v>
+        <v>1604188.0</v>
       </c>
       <c r="D373" s="14" t="n">
-        <v>2989565.0</v>
+        <v>1443774.0</v>
       </c>
       <c r="E373" s="14" t="n">
-        <v>2653490.0</v>
+        <v>1135742.0</v>
       </c>
       <c r="F373" s="14" t="n">
-        <v>2420493.0</v>
+        <v>1158826.0</v>
       </c>
       <c r="G373" s="14" t="n">
-        <v>2103102.0</v>
+        <v>1121301.0</v>
+      </c>
+      <c r="H373" s="14" t="n">
+        <v>1074019.0</v>
+      </c>
+      <c r="I373" s="14" t="n">
+        <v>995517.0</v>
+      </c>
+      <c r="J373" s="14" t="n">
+        <v>978756.0</v>
+      </c>
+      <c r="K373" s="14" t="n">
+        <v>913589.0</v>
+      </c>
+      <c r="L373" s="14" t="n">
+        <v>1035003.0</v>
+      </c>
+      <c r="M373" s="14" t="n">
+        <v>1059295.0</v>
+      </c>
+      <c r="N373" s="14" t="n">
+        <v>1074978.0</v>
+      </c>
+      <c r="O373" s="14" t="n">
+        <v>1010792.0</v>
+      </c>
+      <c r="P373" s="14" t="n">
+        <v>972858.0</v>
+      </c>
+      <c r="Q373" s="14" t="n">
+        <v>1129087.0</v>
+      </c>
+      <c r="R373" s="14" t="n">
+        <v>1060746.0</v>
+      </c>
+      <c r="S373" s="14" t="n">
+        <v>1017674.0</v>
+      </c>
+      <c r="T373" s="14" t="n">
+        <v>934958.0</v>
+      </c>
+      <c r="U373" s="14" t="n">
+        <v>852133.0</v>
+      </c>
+      <c r="V373" s="14" t="n">
+        <v>797626.0</v>
+      </c>
+      <c r="W373" s="14" t="n">
+        <v>732496.0</v>
+      </c>
+      <c r="X373" s="14" t="n">
+        <v>650968.0</v>
+      </c>
+      <c r="Y373" s="14" t="n">
+        <v>577704.0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B374" s="14" t="n">
-        <v>7893378.0</v>
+        <v>1182492.0</v>
       </c>
       <c r="C374" s="14" t="n">
-        <v>6696639.0</v>
+        <v>997278.0</v>
       </c>
       <c r="D374" s="14" t="n">
-        <v>8765068.0</v>
+        <v>815251.0</v>
       </c>
       <c r="E374" s="14" t="n">
-        <v>8448592.0</v>
+        <v>634521.0</v>
       </c>
       <c r="F374" s="14" t="n">
-        <v>8178387.0</v>
+        <v>691041.0</v>
       </c>
       <c r="G374" s="14" t="n">
-        <v>7742216.0</v>
+        <v>681774.0</v>
+      </c>
+      <c r="H374" s="14" t="n">
+        <v>695859.0</v>
+      </c>
+      <c r="I374" s="14" t="n">
+        <v>617637.0</v>
+      </c>
+      <c r="J374" s="14" t="n">
+        <v>596394.0</v>
+      </c>
+      <c r="K374" s="14" t="n">
+        <v>560471.0</v>
+      </c>
+      <c r="L374" s="14" t="n">
+        <v>627529.0</v>
+      </c>
+      <c r="M374" s="14" t="n">
+        <v>676746.0</v>
+      </c>
+      <c r="N374" s="14" t="n">
+        <v>718493.0</v>
+      </c>
+      <c r="O374" s="14" t="n">
+        <v>669694.0</v>
+      </c>
+      <c r="P374" s="14" t="n">
+        <v>640885.0</v>
+      </c>
+      <c r="Q374" s="14" t="n">
+        <v>783845.0</v>
+      </c>
+      <c r="R374" s="14" t="n">
+        <v>766260.0</v>
+      </c>
+      <c r="S374" s="14" t="n">
+        <v>740522.0</v>
+      </c>
+      <c r="T374" s="14" t="n">
+        <v>643482.0</v>
+      </c>
+      <c r="U374" s="14" t="n">
+        <v>581871.0</v>
+      </c>
+      <c r="V374" s="14" t="n">
+        <v>555525.0</v>
+      </c>
+      <c r="W374" s="14" t="n">
+        <v>535608.0</v>
+      </c>
+      <c r="X374" s="14" t="n">
+        <v>493884.0</v>
+      </c>
+      <c r="Y374" s="14" t="n">
+        <v>440699.0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B375" s="14" t="n">
-        <v>8534746.0</v>
+        <v>471618.0</v>
       </c>
       <c r="C375" s="14" t="n">
-        <v>8044382.0</v>
+        <v>460920.0</v>
       </c>
       <c r="D375" s="14" t="n">
-        <v>8342239.0</v>
+        <v>425448.0</v>
       </c>
       <c r="E375" s="14" t="n">
-        <v>7961994.0</v>
+        <v>435119.0</v>
       </c>
       <c r="F375" s="14" t="n">
-        <v>7484228.0</v>
+        <v>520977.0</v>
       </c>
       <c r="G375" s="14" t="n">
-        <v>7241157.0</v>
+        <v>475898.0</v>
+      </c>
+      <c r="H375" s="14" t="n">
+        <v>459071.0</v>
+      </c>
+      <c r="I375" s="14" t="n">
+        <v>430755.0</v>
+      </c>
+      <c r="J375" s="14" t="n">
+        <v>463713.0</v>
+      </c>
+      <c r="K375" s="14" t="n">
+        <v>465909.0</v>
+      </c>
+      <c r="L375" s="14" t="n">
+        <v>455582.0</v>
+      </c>
+      <c r="M375" s="14" t="n">
+        <v>517258.0</v>
+      </c>
+      <c r="N375" s="14" t="n">
+        <v>589725.0</v>
+      </c>
+      <c r="O375" s="14" t="n">
+        <v>624664.0</v>
+      </c>
+      <c r="P375" s="14" t="n">
+        <v>615131.0</v>
+      </c>
+      <c r="Q375" s="14" t="n">
+        <v>747790.0</v>
+      </c>
+      <c r="R375" s="14" t="n">
+        <v>708191.0</v>
+      </c>
+      <c r="S375" s="14" t="n">
+        <v>706542.0</v>
+      </c>
+      <c r="T375" s="14" t="n">
+        <v>673406.0</v>
+      </c>
+      <c r="U375" s="14" t="n">
+        <v>617197.0</v>
+      </c>
+      <c r="V375" s="14" t="n">
+        <v>620498.0</v>
+      </c>
+      <c r="W375" s="14" t="n">
+        <v>536808.0</v>
+      </c>
+      <c r="X375" s="14" t="n">
+        <v>524214.0</v>
+      </c>
+      <c r="Y375" s="14" t="n">
+        <v>470550.0</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B376" s="14" t="n">
-        <v>6790462.0</v>
+        <v>1988228.0</v>
       </c>
       <c r="C376" s="14" t="n">
-        <v>6544666.0</v>
+        <v>1824940.0</v>
       </c>
       <c r="D376" s="14" t="n">
-        <v>6948800.0</v>
+        <v>1582917.0</v>
       </c>
       <c r="E376" s="14" t="n">
-        <v>6734822.0</v>
+        <v>1300145.0</v>
       </c>
       <c r="F376" s="14" t="n">
-        <v>6558200.0</v>
+        <v>1569730.0</v>
       </c>
       <c r="G376" s="14" t="n">
-        <v>6343322.0</v>
+        <v>1517916.0</v>
+      </c>
+      <c r="H376" s="14" t="n">
+        <v>1413786.0</v>
+      </c>
+      <c r="I376" s="14" t="n">
+        <v>1350060.0</v>
+      </c>
+      <c r="J376" s="14" t="n">
+        <v>1173608.0</v>
+      </c>
+      <c r="K376" s="14" t="n">
+        <v>1175574.0</v>
+      </c>
+      <c r="L376" s="14" t="n">
+        <v>1180785.0</v>
+      </c>
+      <c r="M376" s="14" t="n">
+        <v>1226307.0</v>
+      </c>
+      <c r="N376" s="14" t="n">
+        <v>1207588.0</v>
+      </c>
+      <c r="O376" s="14" t="n">
+        <v>1208312.0</v>
+      </c>
+      <c r="P376" s="14" t="n">
+        <v>1270179.0</v>
+      </c>
+      <c r="Q376" s="14" t="n">
+        <v>1316194.0</v>
+      </c>
+      <c r="R376" s="14" t="n">
+        <v>1207149.0</v>
+      </c>
+      <c r="S376" s="14" t="n">
+        <v>1147919.0</v>
+      </c>
+      <c r="T376" s="14" t="n">
+        <v>1099673.0</v>
+      </c>
+      <c r="U376" s="14" t="n">
+        <v>1022776.0</v>
+      </c>
+      <c r="V376" s="14" t="n">
+        <v>985460.0</v>
+      </c>
+      <c r="W376" s="14" t="n">
+        <v>956482.0</v>
+      </c>
+      <c r="X376" s="14" t="n">
+        <v>906138.0</v>
+      </c>
+      <c r="Y376" s="14" t="n">
+        <v>843224.0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B377" s="14" t="n">
-        <v>2.7844256E7</v>
+        <v>1415837.0</v>
       </c>
       <c r="C377" s="14" t="n">
-        <v>2.5695821E7</v>
+        <v>1240523.0</v>
       </c>
       <c r="D377" s="14" t="n">
-        <v>2.9206195E7</v>
+        <v>1159835.0</v>
       </c>
       <c r="E377" s="14" t="n">
-        <v>2.7936283E7</v>
+        <v>1149510.0</v>
       </c>
       <c r="F377" s="14" t="n">
-        <v>2.6830861E7</v>
+        <v>1155420.0</v>
       </c>
       <c r="G377" s="14" t="n">
-        <v>2.5576502E7</v>
+        <v>1133440.0</v>
+      </c>
+      <c r="H377" s="14" t="n">
+        <v>1087571.0</v>
+      </c>
+      <c r="I377" s="14" t="n">
+        <v>1065413.0</v>
+      </c>
+      <c r="J377" s="14" t="n">
+        <v>1037474.0</v>
+      </c>
+      <c r="K377" s="14" t="n">
+        <v>1021919.0</v>
+      </c>
+      <c r="L377" s="14" t="n">
+        <v>1001342.0</v>
+      </c>
+      <c r="M377" s="14" t="n">
+        <v>987392.0</v>
+      </c>
+      <c r="N377" s="14" t="n">
+        <v>982578.0</v>
+      </c>
+      <c r="O377" s="14" t="n">
+        <v>943283.0</v>
+      </c>
+      <c r="P377" s="14" t="n">
+        <v>948102.0</v>
+      </c>
+      <c r="Q377" s="14" t="n">
+        <v>964199.0</v>
+      </c>
+      <c r="R377" s="14" t="n">
+        <v>877285.0</v>
+      </c>
+      <c r="S377" s="14" t="n">
+        <v>795376.0</v>
+      </c>
+      <c r="T377" s="14" t="n">
+        <v>726524.0</v>
+      </c>
+      <c r="U377" s="14" t="n">
+        <v>643348.0</v>
+      </c>
+      <c r="V377" s="14" t="n">
+        <v>614353.0</v>
+      </c>
+      <c r="W377" s="14" t="n">
+        <v>579065.0</v>
+      </c>
+      <c r="X377" s="14" t="n">
+        <v>536898.0</v>
+      </c>
+      <c r="Y377" s="14" t="n">
+        <v>498334.0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B378" s="14" t="n">
-        <v>2931765.0</v>
+        <v>1751536.0</v>
       </c>
       <c r="C378" s="14" t="n">
-        <v>2464276.0</v>
+        <v>1647612.0</v>
       </c>
       <c r="D378" s="14" t="n">
-        <v>2996429.0</v>
+        <v>1562968.0</v>
       </c>
       <c r="E378" s="14" t="n">
-        <v>2935800.0</v>
+        <v>1488576.0</v>
       </c>
       <c r="F378" s="14" t="n">
-        <v>2768056.0</v>
+        <v>1528755.0</v>
       </c>
       <c r="G378" s="14" t="n">
-        <v>2610166.0</v>
+        <v>1461854.0</v>
+      </c>
+      <c r="H378" s="14" t="n">
+        <v>1444354.0</v>
+      </c>
+      <c r="I378" s="14" t="n">
+        <v>1405597.0</v>
+      </c>
+      <c r="J378" s="14" t="n">
+        <v>1402418.0</v>
+      </c>
+      <c r="K378" s="14" t="n">
+        <v>1332911.0</v>
+      </c>
+      <c r="L378" s="14" t="n">
+        <v>1320441.0</v>
+      </c>
+      <c r="M378" s="14" t="n">
+        <v>1363937.0</v>
+      </c>
+      <c r="N378" s="14" t="n">
+        <v>1419795.0</v>
+      </c>
+      <c r="O378" s="14" t="n">
+        <v>1427732.0</v>
+      </c>
+      <c r="P378" s="14" t="n">
+        <v>1397900.0</v>
+      </c>
+      <c r="Q378" s="14" t="n">
+        <v>1314343.0</v>
+      </c>
+      <c r="R378" s="14" t="n">
+        <v>1190833.0</v>
+      </c>
+      <c r="S378" s="14" t="n">
+        <v>1101234.0</v>
+      </c>
+      <c r="T378" s="14" t="n">
+        <v>1033018.0</v>
+      </c>
+      <c r="U378" s="14" t="n">
+        <v>1013374.0</v>
+      </c>
+      <c r="V378" s="14" t="n">
+        <v>999555.0</v>
+      </c>
+      <c r="W378" s="14" t="n">
+        <v>1035202.0</v>
+      </c>
+      <c r="X378" s="14" t="n">
+        <v>909146.0</v>
+      </c>
+      <c r="Y378" s="14" t="n">
+        <v>831622.0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B379" s="14" t="n">
-        <v>3.0776021E7</v>
+        <v>8134759.0</v>
       </c>
       <c r="C379" s="14" t="n">
-        <v>2.8160097E7</v>
+        <v>7413180.0</v>
       </c>
       <c r="D379" s="14" t="n">
-        <v>3.2202624E7</v>
+        <v>6575574.0</v>
       </c>
       <c r="E379" s="14" t="n">
-        <v>3.0872083E7</v>
+        <v>5852652.0</v>
       </c>
       <c r="F379" s="14" t="n">
-        <v>2.9598917E7</v>
+        <v>6469786.0</v>
       </c>
       <c r="G379" s="14" t="n">
-        <v>2.8186668E7</v>
+        <v>6134307.0</v>
+      </c>
+      <c r="H379" s="14" t="n">
+        <v>5901645.0</v>
+      </c>
+      <c r="I379" s="14" t="n">
+        <v>5725546.0</v>
+      </c>
+      <c r="J379" s="14" t="n">
+        <v>5527730.0</v>
+      </c>
+      <c r="K379" s="14" t="n">
+        <v>5383714.0</v>
+      </c>
+      <c r="L379" s="14" t="n">
+        <v>5429986.0</v>
+      </c>
+      <c r="M379" s="14" t="n">
+        <v>5572753.0</v>
+      </c>
+      <c r="N379" s="14" t="n">
+        <v>5682833.0</v>
+      </c>
+      <c r="O379" s="14" t="n">
+        <v>5615427.0</v>
+      </c>
+      <c r="P379" s="14" t="n">
+        <v>5558026.0</v>
+      </c>
+      <c r="Q379" s="14" t="n">
+        <v>5755238.0</v>
+      </c>
+      <c r="R379" s="14" t="n">
+        <v>5384999.0</v>
+      </c>
+      <c r="S379" s="14" t="n">
+        <v>5075218.0</v>
+      </c>
+      <c r="T379" s="14" t="n">
+        <v>4766199.0</v>
+      </c>
+      <c r="U379" s="14" t="n">
+        <v>4468241.0</v>
+      </c>
+      <c r="V379" s="14" t="n">
+        <v>4315464.0</v>
+      </c>
+      <c r="W379" s="14" t="n">
+        <v>4113370.0</v>
+      </c>
+      <c r="X379" s="14" t="n">
+        <v>3792813.0</v>
+      </c>
+      <c r="Y379" s="14" t="n">
+        <v>3445469.0</v>
       </c>
     </row>
     <row r="380">
-      <c r="A380" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G380" s="6"/>
+      <c r="A380" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B380" s="14" t="n">
+        <v>779758.0</v>
+      </c>
+      <c r="C380" s="14" t="n">
+        <v>715774.0</v>
+      </c>
+      <c r="D380" s="14" t="n">
+        <v>687064.0</v>
+      </c>
+      <c r="E380" s="14" t="n">
+        <v>567732.0</v>
+      </c>
+      <c r="F380" s="14" t="n">
+        <v>669133.0</v>
+      </c>
+      <c r="G380" s="14" t="n">
+        <v>650848.0</v>
+      </c>
+      <c r="H380" s="14" t="n">
+        <v>616159.0</v>
+      </c>
+      <c r="I380" s="14" t="n">
+        <v>591876.0</v>
+      </c>
+      <c r="J380" s="14" t="n">
+        <v>564475.0</v>
+      </c>
+      <c r="K380" s="14" t="n">
+        <v>534824.0</v>
+      </c>
+      <c r="L380" s="14" t="n">
+        <v>518563.0</v>
+      </c>
+      <c r="M380" s="14" t="n">
+        <v>493190.0</v>
+      </c>
+      <c r="N380" s="14" t="n">
+        <v>491179.0</v>
+      </c>
+      <c r="O380" s="14" t="n">
+        <v>504193.0</v>
+      </c>
+      <c r="P380" s="14" t="n">
+        <v>378641.0</v>
+      </c>
+      <c r="Q380" s="14" t="n">
+        <v>497172.0</v>
+      </c>
+      <c r="R380" s="14" t="n">
+        <v>600781.0</v>
+      </c>
+      <c r="S380" s="14" t="n">
+        <v>613334.0</v>
+      </c>
+      <c r="T380" s="14" t="n">
+        <v>553883.0</v>
+      </c>
+      <c r="U380" s="14" t="n">
+        <v>493835.0</v>
+      </c>
+      <c r="V380" s="14" t="n">
+        <v>450132.0</v>
+      </c>
+      <c r="W380" s="14" t="n">
+        <v>407445.0</v>
+      </c>
+      <c r="X380" s="14" t="n">
+        <v>375385.0</v>
+      </c>
+      <c r="Y380" s="14" t="n">
+        <v>352333.0</v>
+      </c>
     </row>
     <row r="381">
       <c r="A381" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B381" s="14" t="n">
-        <v>3.271923E7</v>
+        <v>8914517.0</v>
       </c>
       <c r="C381" s="14" t="n">
-        <v>2.977548E7</v>
+        <v>8128954.0</v>
       </c>
       <c r="D381" s="14" t="n">
-        <v>3.231925E7</v>
+        <v>7262638.0</v>
       </c>
       <c r="E381" s="14" t="n">
-        <v>3.1094181E7</v>
+        <v>6420384.0</v>
       </c>
       <c r="F381" s="14" t="n">
-        <v>3.0540937E7</v>
+        <v>7138919.0</v>
       </c>
       <c r="G381" s="14" t="n">
-        <v>2.9366951E7</v>
+        <v>6785155.0</v>
+      </c>
+      <c r="H381" s="14" t="n">
+        <v>6517804.0</v>
+      </c>
+      <c r="I381" s="14" t="n">
+        <v>6317422.0</v>
+      </c>
+      <c r="J381" s="14" t="n">
+        <v>6092205.0</v>
+      </c>
+      <c r="K381" s="14" t="n">
+        <v>5918538.0</v>
+      </c>
+      <c r="L381" s="14" t="n">
+        <v>5948549.0</v>
+      </c>
+      <c r="M381" s="14" t="n">
+        <v>6065943.0</v>
+      </c>
+      <c r="N381" s="14" t="n">
+        <v>6174012.0</v>
+      </c>
+      <c r="O381" s="14" t="n">
+        <v>6119620.0</v>
+      </c>
+      <c r="P381" s="14" t="n">
+        <v>5936667.0</v>
+      </c>
+      <c r="Q381" s="14" t="n">
+        <v>6252410.0</v>
+      </c>
+      <c r="R381" s="14" t="n">
+        <v>5985780.0</v>
+      </c>
+      <c r="S381" s="14" t="n">
+        <v>5688552.0</v>
+      </c>
+      <c r="T381" s="14" t="n">
+        <v>5320082.0</v>
+      </c>
+      <c r="U381" s="14" t="n">
+        <v>4962076.0</v>
+      </c>
+      <c r="V381" s="14" t="n">
+        <v>4765596.0</v>
+      </c>
+      <c r="W381" s="14" t="n">
+        <v>4520815.0</v>
+      </c>
+      <c r="X381" s="14" t="n">
+        <v>4168198.0</v>
+      </c>
+      <c r="Y381" s="14" t="n">
+        <v>3797802.0</v>
       </c>
     </row>
     <row r="382">
-      <c r="A382" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A382" s="6" t="inlineStr">
+        <is>
+          <t>34 Palencia</t>
+        </is>
+      </c>
+      <c r="B382" s="6"/>
+      <c r="C382" s="6"/>
+      <c r="D382" s="6"/>
+      <c r="E382" s="6"/>
+      <c r="F382" s="6"/>
+      <c r="G382" s="6"/>
+      <c r="H382" s="6"/>
+      <c r="I382" s="6"/>
+      <c r="J382" s="6"/>
+      <c r="K382" s="6"/>
+      <c r="L382" s="6"/>
+      <c r="M382" s="6"/>
+      <c r="N382" s="6"/>
+      <c r="O382" s="6"/>
+      <c r="P382" s="6"/>
+      <c r="Q382" s="6"/>
+      <c r="R382" s="6"/>
+      <c r="S382" s="6"/>
+      <c r="T382" s="6"/>
+      <c r="U382" s="6"/>
+      <c r="V382" s="6"/>
+      <c r="W382" s="6"/>
+      <c r="X382" s="6"/>
+      <c r="Y382" s="6"/>
     </row>
     <row r="383">
       <c r="A383" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B383" s="14" t="n">
-        <v>5608933.0</v>
+        <v>218529.0</v>
       </c>
       <c r="C383" s="14" t="n">
-        <v>4816771.0</v>
+        <v>257849.0</v>
       </c>
       <c r="D383" s="14" t="n">
-        <v>5306154.0</v>
+        <v>351891.0</v>
       </c>
       <c r="E383" s="14" t="n">
-        <v>5105053.0</v>
+        <v>276857.0</v>
       </c>
       <c r="F383" s="14" t="n">
-        <v>5195295.0</v>
+        <v>236066.0</v>
       </c>
       <c r="G383" s="14" t="n">
-        <v>4990286.0</v>
+        <v>310589.0</v>
+      </c>
+      <c r="H383" s="14" t="n">
+        <v>127539.0</v>
+      </c>
+      <c r="I383" s="14" t="n">
+        <v>282944.0</v>
+      </c>
+      <c r="J383" s="14" t="n">
+        <v>251117.0</v>
+      </c>
+      <c r="K383" s="14" t="n">
+        <v>212304.0</v>
+      </c>
+      <c r="L383" s="14" t="n">
+        <v>277945.0</v>
+      </c>
+      <c r="M383" s="14" t="n">
+        <v>236806.0</v>
+      </c>
+      <c r="N383" s="14" t="n">
+        <v>286465.0</v>
+      </c>
+      <c r="O383" s="14" t="n">
+        <v>303712.0</v>
+      </c>
+      <c r="P383" s="14" t="n">
+        <v>317082.0</v>
+      </c>
+      <c r="Q383" s="14" t="n">
+        <v>355833.0</v>
+      </c>
+      <c r="R383" s="14" t="n">
+        <v>344700.0</v>
+      </c>
+      <c r="S383" s="14" t="n">
+        <v>278575.0</v>
+      </c>
+      <c r="T383" s="14" t="n">
+        <v>322828.0</v>
+      </c>
+      <c r="U383" s="14" t="n">
+        <v>339091.0</v>
+      </c>
+      <c r="V383" s="14" t="n">
+        <v>332504.0</v>
+      </c>
+      <c r="W383" s="14" t="n">
+        <v>319584.0</v>
+      </c>
+      <c r="X383" s="14" t="n">
+        <v>306007.0</v>
+      </c>
+      <c r="Y383" s="14" t="n">
+        <v>311739.0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B384" s="14" t="n">
-        <v>4275150.0</v>
+        <v>1461829.0</v>
       </c>
       <c r="C384" s="14" t="n">
-        <v>3660672.0</v>
+        <v>1382504.0</v>
       </c>
       <c r="D384" s="14" t="n">
-        <v>4075736.0</v>
+        <v>1151487.0</v>
       </c>
       <c r="E384" s="14" t="n">
-        <v>3910015.0</v>
+        <v>1084541.0</v>
       </c>
       <c r="F384" s="14" t="n">
-        <v>4064110.0</v>
+        <v>1243721.0</v>
       </c>
       <c r="G384" s="14" t="n">
-        <v>3906810.0</v>
+        <v>1201025.0</v>
+      </c>
+      <c r="H384" s="14" t="n">
+        <v>1177538.0</v>
+      </c>
+      <c r="I384" s="14" t="n">
+        <v>1140377.0</v>
+      </c>
+      <c r="J384" s="14" t="n">
+        <v>1051116.0</v>
+      </c>
+      <c r="K384" s="14" t="n">
+        <v>957754.0</v>
+      </c>
+      <c r="L384" s="14" t="n">
+        <v>947148.0</v>
+      </c>
+      <c r="M384" s="14" t="n">
+        <v>987134.0</v>
+      </c>
+      <c r="N384" s="14" t="n">
+        <v>1093560.0</v>
+      </c>
+      <c r="O384" s="14" t="n">
+        <v>1073206.0</v>
+      </c>
+      <c r="P384" s="14" t="n">
+        <v>1103357.0</v>
+      </c>
+      <c r="Q384" s="14" t="n">
+        <v>1254312.0</v>
+      </c>
+      <c r="R384" s="14" t="n">
+        <v>1163657.0</v>
+      </c>
+      <c r="S384" s="14" t="n">
+        <v>1048674.0</v>
+      </c>
+      <c r="T384" s="14" t="n">
+        <v>1005976.0</v>
+      </c>
+      <c r="U384" s="14" t="n">
+        <v>950059.0</v>
+      </c>
+      <c r="V384" s="14" t="n">
+        <v>924172.0</v>
+      </c>
+      <c r="W384" s="14" t="n">
+        <v>832278.0</v>
+      </c>
+      <c r="X384" s="14" t="n">
+        <v>704629.0</v>
+      </c>
+      <c r="Y384" s="14" t="n">
+        <v>622040.0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B385" s="14" t="n">
-        <v>1705143.0</v>
+        <v>1122279.0</v>
       </c>
       <c r="C385" s="14" t="n">
-        <v>1632555.0</v>
+        <v>985002.0</v>
       </c>
       <c r="D385" s="14" t="n">
-        <v>1909159.0</v>
+        <v>955864.0</v>
       </c>
       <c r="E385" s="14" t="n">
-        <v>1723682.0</v>
+        <v>942827.0</v>
       </c>
       <c r="F385" s="14" t="n">
-        <v>1644819.0</v>
+        <v>1036622.0</v>
       </c>
       <c r="G385" s="14" t="n">
-        <v>1576588.0</v>
+        <v>1013106.0</v>
+      </c>
+      <c r="H385" s="14" t="n">
+        <v>1001548.0</v>
+      </c>
+      <c r="I385" s="14" t="n">
+        <v>949532.0</v>
+      </c>
+      <c r="J385" s="14" t="n">
+        <v>853471.0</v>
+      </c>
+      <c r="K385" s="14" t="n">
+        <v>771202.0</v>
+      </c>
+      <c r="L385" s="14" t="n">
+        <v>748345.0</v>
+      </c>
+      <c r="M385" s="14" t="n">
+        <v>765000.0</v>
+      </c>
+      <c r="N385" s="14" t="n">
+        <v>862521.0</v>
+      </c>
+      <c r="O385" s="14" t="n">
+        <v>844852.0</v>
+      </c>
+      <c r="P385" s="14" t="n">
+        <v>881746.0</v>
+      </c>
+      <c r="Q385" s="14" t="n">
+        <v>1015155.0</v>
+      </c>
+      <c r="R385" s="14" t="n">
+        <v>929320.0</v>
+      </c>
+      <c r="S385" s="14" t="n">
+        <v>830950.0</v>
+      </c>
+      <c r="T385" s="14" t="n">
+        <v>808262.0</v>
+      </c>
+      <c r="U385" s="14" t="n">
+        <v>771917.0</v>
+      </c>
+      <c r="V385" s="14" t="n">
+        <v>730471.0</v>
+      </c>
+      <c r="W385" s="14" t="n">
+        <v>671353.0</v>
+      </c>
+      <c r="X385" s="14" t="n">
+        <v>554453.0</v>
+      </c>
+      <c r="Y385" s="14" t="n">
+        <v>487668.0</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B386" s="14" t="n">
-        <v>7516651.0</v>
+        <v>242049.0</v>
       </c>
       <c r="C386" s="14" t="n">
-        <v>6590539.0</v>
+        <v>214688.0</v>
       </c>
       <c r="D386" s="14" t="n">
-        <v>7618779.0</v>
+        <v>205163.0</v>
       </c>
       <c r="E386" s="14" t="n">
-        <v>7262350.0</v>
+        <v>197150.0</v>
       </c>
       <c r="F386" s="14" t="n">
-        <v>7104803.0</v>
+        <v>207044.0</v>
       </c>
       <c r="G386" s="14" t="n">
-        <v>6780110.0</v>
+        <v>182179.0</v>
+      </c>
+      <c r="H386" s="14" t="n">
+        <v>163773.0</v>
+      </c>
+      <c r="I386" s="14" t="n">
+        <v>200154.0</v>
+      </c>
+      <c r="J386" s="14" t="n">
+        <v>200532.0</v>
+      </c>
+      <c r="K386" s="14" t="n">
+        <v>204401.0</v>
+      </c>
+      <c r="L386" s="14" t="n">
+        <v>201681.0</v>
+      </c>
+      <c r="M386" s="14" t="n">
+        <v>230264.0</v>
+      </c>
+      <c r="N386" s="14" t="n">
+        <v>243779.0</v>
+      </c>
+      <c r="O386" s="14" t="n">
+        <v>255525.0</v>
+      </c>
+      <c r="P386" s="14" t="n">
+        <v>330038.0</v>
+      </c>
+      <c r="Q386" s="14" t="n">
+        <v>293689.0</v>
+      </c>
+      <c r="R386" s="14" t="n">
+        <v>321783.0</v>
+      </c>
+      <c r="S386" s="14" t="n">
+        <v>310020.0</v>
+      </c>
+      <c r="T386" s="14" t="n">
+        <v>280051.0</v>
+      </c>
+      <c r="U386" s="14" t="n">
+        <v>243756.0</v>
+      </c>
+      <c r="V386" s="14" t="n">
+        <v>225422.0</v>
+      </c>
+      <c r="W386" s="14" t="n">
+        <v>230253.0</v>
+      </c>
+      <c r="X386" s="14" t="n">
+        <v>197963.0</v>
+      </c>
+      <c r="Y386" s="14" t="n">
+        <v>172300.0</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B387" s="14" t="n">
-        <v>6215565.0</v>
+        <v>876300.0</v>
       </c>
       <c r="C387" s="14" t="n">
-        <v>5887143.0</v>
+        <v>767934.0</v>
       </c>
       <c r="D387" s="14" t="n">
-        <v>5914766.0</v>
+        <v>639921.0</v>
       </c>
       <c r="E387" s="14" t="n">
-        <v>5688462.0</v>
+        <v>551416.0</v>
       </c>
       <c r="F387" s="14" t="n">
-        <v>5454943.0</v>
+        <v>680928.0</v>
       </c>
       <c r="G387" s="14" t="n">
-        <v>5259498.0</v>
+        <v>680198.0</v>
+      </c>
+      <c r="H387" s="14" t="n">
+        <v>671330.0</v>
+      </c>
+      <c r="I387" s="14" t="n">
+        <v>641579.0</v>
+      </c>
+      <c r="J387" s="14" t="n">
+        <v>546936.0</v>
+      </c>
+      <c r="K387" s="14" t="n">
+        <v>541956.0</v>
+      </c>
+      <c r="L387" s="14" t="n">
+        <v>542607.0</v>
+      </c>
+      <c r="M387" s="14" t="n">
+        <v>599919.0</v>
+      </c>
+      <c r="N387" s="14" t="n">
+        <v>628111.0</v>
+      </c>
+      <c r="O387" s="14" t="n">
+        <v>629621.0</v>
+      </c>
+      <c r="P387" s="14" t="n">
+        <v>663893.0</v>
+      </c>
+      <c r="Q387" s="14" t="n">
+        <v>652457.0</v>
+      </c>
+      <c r="R387" s="14" t="n">
+        <v>630876.0</v>
+      </c>
+      <c r="S387" s="14" t="n">
+        <v>583373.0</v>
+      </c>
+      <c r="T387" s="14" t="n">
+        <v>560072.0</v>
+      </c>
+      <c r="U387" s="14" t="n">
+        <v>539424.0</v>
+      </c>
+      <c r="V387" s="14" t="n">
+        <v>512078.0</v>
+      </c>
+      <c r="W387" s="14" t="n">
+        <v>497397.0</v>
+      </c>
+      <c r="X387" s="14" t="n">
+        <v>480482.0</v>
+      </c>
+      <c r="Y387" s="14" t="n">
+        <v>462238.0</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B388" s="14" t="n">
-        <v>7000380.0</v>
+        <v>835802.0</v>
       </c>
       <c r="C388" s="14" t="n">
-        <v>6723558.0</v>
+        <v>734190.0</v>
       </c>
       <c r="D388" s="14" t="n">
-        <v>6945191.0</v>
+        <v>694778.0</v>
       </c>
       <c r="E388" s="14" t="n">
-        <v>6818586.0</v>
+        <v>676555.0</v>
       </c>
       <c r="F388" s="14" t="n">
-        <v>6655972.0</v>
+        <v>702821.0</v>
       </c>
       <c r="G388" s="14" t="n">
-        <v>6422300.0</v>
+        <v>686830.0</v>
+      </c>
+      <c r="H388" s="14" t="n">
+        <v>660949.0</v>
+      </c>
+      <c r="I388" s="14" t="n">
+        <v>637100.0</v>
+      </c>
+      <c r="J388" s="14" t="n">
+        <v>624967.0</v>
+      </c>
+      <c r="K388" s="14" t="n">
+        <v>602290.0</v>
+      </c>
+      <c r="L388" s="14" t="n">
+        <v>591773.0</v>
+      </c>
+      <c r="M388" s="14" t="n">
+        <v>591226.0</v>
+      </c>
+      <c r="N388" s="14" t="n">
+        <v>585121.0</v>
+      </c>
+      <c r="O388" s="14" t="n">
+        <v>555372.0</v>
+      </c>
+      <c r="P388" s="14" t="n">
+        <v>559256.0</v>
+      </c>
+      <c r="Q388" s="14" t="n">
+        <v>566931.0</v>
+      </c>
+      <c r="R388" s="14" t="n">
+        <v>540459.0</v>
+      </c>
+      <c r="S388" s="14" t="n">
+        <v>478350.0</v>
+      </c>
+      <c r="T388" s="14" t="n">
+        <v>431551.0</v>
+      </c>
+      <c r="U388" s="14" t="n">
+        <v>386812.0</v>
+      </c>
+      <c r="V388" s="14" t="n">
+        <v>358302.0</v>
+      </c>
+      <c r="W388" s="14" t="n">
+        <v>340950.0</v>
+      </c>
+      <c r="X388" s="14" t="n">
+        <v>324592.0</v>
+      </c>
+      <c r="Y388" s="14" t="n">
+        <v>294209.0</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B389" s="14" t="n">
-        <v>2.9602352E7</v>
+        <v>971520.0</v>
       </c>
       <c r="C389" s="14" t="n">
-        <v>2.7169843E7</v>
+        <v>941245.0</v>
       </c>
       <c r="D389" s="14" t="n">
-        <v>2.9311969E7</v>
+        <v>874280.0</v>
       </c>
       <c r="E389" s="14" t="n">
-        <v>2.8138364E7</v>
+        <v>899991.0</v>
       </c>
       <c r="F389" s="14" t="n">
-        <v>2.7685517E7</v>
+        <v>934591.0</v>
       </c>
       <c r="G389" s="14" t="n">
-        <v>2.6648712E7</v>
+        <v>896049.0</v>
+      </c>
+      <c r="H389" s="14" t="n">
+        <v>885935.0</v>
+      </c>
+      <c r="I389" s="14" t="n">
+        <v>880186.0</v>
+      </c>
+      <c r="J389" s="14" t="n">
+        <v>897223.0</v>
+      </c>
+      <c r="K389" s="14" t="n">
+        <v>876258.0</v>
+      </c>
+      <c r="L389" s="14" t="n">
+        <v>880975.0</v>
+      </c>
+      <c r="M389" s="14" t="n">
+        <v>860158.0</v>
+      </c>
+      <c r="N389" s="14" t="n">
+        <v>892688.0</v>
+      </c>
+      <c r="O389" s="14" t="n">
+        <v>882592.0</v>
+      </c>
+      <c r="P389" s="14" t="n">
+        <v>858111.0</v>
+      </c>
+      <c r="Q389" s="14" t="n">
+        <v>818741.0</v>
+      </c>
+      <c r="R389" s="14" t="n">
+        <v>760157.0</v>
+      </c>
+      <c r="S389" s="14" t="n">
+        <v>704769.0</v>
+      </c>
+      <c r="T389" s="14" t="n">
+        <v>660496.0</v>
+      </c>
+      <c r="U389" s="14" t="n">
+        <v>620368.0</v>
+      </c>
+      <c r="V389" s="14" t="n">
+        <v>577517.0</v>
+      </c>
+      <c r="W389" s="14" t="n">
+        <v>529751.0</v>
+      </c>
+      <c r="X389" s="14" t="n">
+        <v>475314.0</v>
+      </c>
+      <c r="Y389" s="14" t="n">
+        <v>461065.0</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B390" s="14" t="n">
-        <v>3116878.0</v>
+        <v>4606029.0</v>
       </c>
       <c r="C390" s="14" t="n">
-        <v>2605637.0</v>
+        <v>4298410.0</v>
       </c>
       <c r="D390" s="14" t="n">
-        <v>3007281.0</v>
+        <v>3917520.0</v>
       </c>
       <c r="E390" s="14" t="n">
-        <v>2955817.0</v>
+        <v>3686510.0</v>
       </c>
       <c r="F390" s="14" t="n">
-        <v>2855420.0</v>
+        <v>4005171.0</v>
       </c>
       <c r="G390" s="14" t="n">
-        <v>2718239.0</v>
+        <v>3956870.0</v>
+      </c>
+      <c r="H390" s="14" t="n">
+        <v>3687064.0</v>
+      </c>
+      <c r="I390" s="14" t="n">
+        <v>3782340.0</v>
+      </c>
+      <c r="J390" s="14" t="n">
+        <v>3571891.0</v>
+      </c>
+      <c r="K390" s="14" t="n">
+        <v>3394963.0</v>
+      </c>
+      <c r="L390" s="14" t="n">
+        <v>3442129.0</v>
+      </c>
+      <c r="M390" s="14" t="n">
+        <v>3505507.0</v>
+      </c>
+      <c r="N390" s="14" t="n">
+        <v>3729724.0</v>
+      </c>
+      <c r="O390" s="14" t="n">
+        <v>3700028.0</v>
+      </c>
+      <c r="P390" s="14" t="n">
+        <v>3831737.0</v>
+      </c>
+      <c r="Q390" s="14" t="n">
+        <v>3941963.0</v>
+      </c>
+      <c r="R390" s="14" t="n">
+        <v>3761632.0</v>
+      </c>
+      <c r="S390" s="14" t="n">
+        <v>3403761.0</v>
+      </c>
+      <c r="T390" s="14" t="n">
+        <v>3260974.0</v>
+      </c>
+      <c r="U390" s="14" t="n">
+        <v>3079510.0</v>
+      </c>
+      <c r="V390" s="14" t="n">
+        <v>2929995.0</v>
+      </c>
+      <c r="W390" s="14" t="n">
+        <v>2750213.0</v>
+      </c>
+      <c r="X390" s="14" t="n">
+        <v>2488987.0</v>
+      </c>
+      <c r="Y390" s="14" t="n">
+        <v>2323591.0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="7" t="inlineStr">
         <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B391" s="14" t="n">
+        <v>441511.0</v>
+      </c>
+      <c r="C391" s="14" t="n">
+        <v>415030.0</v>
+      </c>
+      <c r="D391" s="14" t="n">
+        <v>409331.0</v>
+      </c>
+      <c r="E391" s="14" t="n">
+        <v>355926.0</v>
+      </c>
+      <c r="F391" s="14" t="n">
+        <v>412744.0</v>
+      </c>
+      <c r="G391" s="14" t="n">
+        <v>418248.0</v>
+      </c>
+      <c r="H391" s="14" t="n">
+        <v>383222.0</v>
+      </c>
+      <c r="I391" s="14" t="n">
+        <v>389538.0</v>
+      </c>
+      <c r="J391" s="14" t="n">
+        <v>363541.0</v>
+      </c>
+      <c r="K391" s="14" t="n">
+        <v>336549.0</v>
+      </c>
+      <c r="L391" s="14" t="n">
+        <v>327950.0</v>
+      </c>
+      <c r="M391" s="14" t="n">
+        <v>309330.0</v>
+      </c>
+      <c r="N391" s="14" t="n">
+        <v>321173.0</v>
+      </c>
+      <c r="O391" s="14" t="n">
+        <v>330966.0</v>
+      </c>
+      <c r="P391" s="14" t="n">
+        <v>260003.0</v>
+      </c>
+      <c r="Q391" s="14" t="n">
+        <v>338964.0</v>
+      </c>
+      <c r="R391" s="14" t="n">
+        <v>417944.0</v>
+      </c>
+      <c r="S391" s="14" t="n">
+        <v>409581.0</v>
+      </c>
+      <c r="T391" s="14" t="n">
+        <v>377161.0</v>
+      </c>
+      <c r="U391" s="14" t="n">
+        <v>338592.0</v>
+      </c>
+      <c r="V391" s="14" t="n">
+        <v>303744.0</v>
+      </c>
+      <c r="W391" s="14" t="n">
+        <v>270807.0</v>
+      </c>
+      <c r="X391" s="14" t="n">
+        <v>244978.0</v>
+      </c>
+      <c r="Y391" s="14" t="n">
+        <v>236496.0</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="7" t="inlineStr">
+        <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
-      <c r="B391" s="14" t="n">
-[...29 lines deleted...]
-      <c r="G392" s="6"/>
+      <c r="B392" s="14" t="n">
+        <v>5047540.0</v>
+      </c>
+      <c r="C392" s="14" t="n">
+        <v>4713440.0</v>
+      </c>
+      <c r="D392" s="14" t="n">
+        <v>4326851.0</v>
+      </c>
+      <c r="E392" s="14" t="n">
+        <v>4042436.0</v>
+      </c>
+      <c r="F392" s="14" t="n">
+        <v>4417915.0</v>
+      </c>
+      <c r="G392" s="14" t="n">
+        <v>4375118.0</v>
+      </c>
+      <c r="H392" s="14" t="n">
+        <v>4070286.0</v>
+      </c>
+      <c r="I392" s="14" t="n">
+        <v>4171878.0</v>
+      </c>
+      <c r="J392" s="14" t="n">
+        <v>3935432.0</v>
+      </c>
+      <c r="K392" s="14" t="n">
+        <v>3731512.0</v>
+      </c>
+      <c r="L392" s="14" t="n">
+        <v>3770079.0</v>
+      </c>
+      <c r="M392" s="14" t="n">
+        <v>3814837.0</v>
+      </c>
+      <c r="N392" s="14" t="n">
+        <v>4050897.0</v>
+      </c>
+      <c r="O392" s="14" t="n">
+        <v>4030994.0</v>
+      </c>
+      <c r="P392" s="14" t="n">
+        <v>4091740.0</v>
+      </c>
+      <c r="Q392" s="14" t="n">
+        <v>4280927.0</v>
+      </c>
+      <c r="R392" s="14" t="n">
+        <v>4179576.0</v>
+      </c>
+      <c r="S392" s="14" t="n">
+        <v>3813342.0</v>
+      </c>
+      <c r="T392" s="14" t="n">
+        <v>3638135.0</v>
+      </c>
+      <c r="U392" s="14" t="n">
+        <v>3418102.0</v>
+      </c>
+      <c r="V392" s="14" t="n">
+        <v>3233739.0</v>
+      </c>
+      <c r="W392" s="14" t="n">
+        <v>3021020.0</v>
+      </c>
+      <c r="X392" s="14" t="n">
+        <v>2733965.0</v>
+      </c>
+      <c r="Y392" s="14" t="n">
+        <v>2560087.0</v>
+      </c>
     </row>
     <row r="393">
-      <c r="A393" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A393" s="6" t="inlineStr">
+        <is>
+          <t>35 Palmas, Las</t>
+        </is>
+      </c>
+      <c r="B393" s="6"/>
+      <c r="C393" s="6"/>
+      <c r="D393" s="6"/>
+      <c r="E393" s="6"/>
+      <c r="F393" s="6"/>
+      <c r="G393" s="6"/>
+      <c r="H393" s="6"/>
+      <c r="I393" s="6"/>
+      <c r="J393" s="6"/>
+      <c r="K393" s="6"/>
+      <c r="L393" s="6"/>
+      <c r="M393" s="6"/>
+      <c r="N393" s="6"/>
+      <c r="O393" s="6"/>
+      <c r="P393" s="6"/>
+      <c r="Q393" s="6"/>
+      <c r="R393" s="6"/>
+      <c r="S393" s="6"/>
+      <c r="T393" s="6"/>
+      <c r="U393" s="6"/>
+      <c r="V393" s="6"/>
+      <c r="W393" s="6"/>
+      <c r="X393" s="6"/>
+      <c r="Y393" s="6"/>
     </row>
     <row r="394">
       <c r="A394" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B394" s="14" t="n">
-        <v>715214.0</v>
+        <v>310998.0</v>
       </c>
       <c r="C394" s="14" t="n">
-        <v>693269.0</v>
+        <v>329742.0</v>
       </c>
       <c r="D394" s="14" t="n">
-        <v>671653.0</v>
+        <v>253070.0</v>
       </c>
       <c r="E394" s="14" t="n">
-        <v>658809.0</v>
+        <v>248575.0</v>
       </c>
       <c r="F394" s="14" t="n">
-        <v>712885.0</v>
+        <v>264378.0</v>
       </c>
       <c r="G394" s="14" t="n">
-        <v>647769.0</v>
+        <v>252687.0</v>
+      </c>
+      <c r="H394" s="14" t="n">
+        <v>256409.0</v>
+      </c>
+      <c r="I394" s="14" t="n">
+        <v>230856.0</v>
+      </c>
+      <c r="J394" s="14" t="n">
+        <v>223376.0</v>
+      </c>
+      <c r="K394" s="14" t="n">
+        <v>245815.0</v>
+      </c>
+      <c r="L394" s="14" t="n">
+        <v>252719.0</v>
+      </c>
+      <c r="M394" s="14" t="n">
+        <v>266597.0</v>
+      </c>
+      <c r="N394" s="14" t="n">
+        <v>284627.0</v>
+      </c>
+      <c r="O394" s="14" t="n">
+        <v>276458.0</v>
+      </c>
+      <c r="P394" s="14" t="n">
+        <v>256601.0</v>
+      </c>
+      <c r="Q394" s="14" t="n">
+        <v>257104.0</v>
+      </c>
+      <c r="R394" s="14" t="n">
+        <v>266889.0</v>
+      </c>
+      <c r="S394" s="14" t="n">
+        <v>238055.0</v>
+      </c>
+      <c r="T394" s="14" t="n">
+        <v>248943.0</v>
+      </c>
+      <c r="U394" s="14" t="n">
+        <v>249199.0</v>
+      </c>
+      <c r="V394" s="14" t="n">
+        <v>249398.0</v>
+      </c>
+      <c r="W394" s="14" t="n">
+        <v>243080.0</v>
+      </c>
+      <c r="X394" s="14" t="n">
+        <v>240331.0</v>
+      </c>
+      <c r="Y394" s="14" t="n">
+        <v>225588.0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B395" s="14" t="n">
-        <v>5498025.0</v>
+        <v>1717839.0</v>
       </c>
       <c r="C395" s="14" t="n">
-        <v>5096618.0</v>
+        <v>1817524.0</v>
       </c>
       <c r="D395" s="14" t="n">
-        <v>5608308.0</v>
+        <v>1352918.0</v>
       </c>
       <c r="E395" s="14" t="n">
-        <v>5401327.0</v>
+        <v>1300583.0</v>
       </c>
       <c r="F395" s="14" t="n">
-        <v>5332752.0</v>
+        <v>1402132.0</v>
       </c>
       <c r="G395" s="14" t="n">
-        <v>5072247.0</v>
+        <v>1344890.0</v>
+      </c>
+      <c r="H395" s="14" t="n">
+        <v>1357876.0</v>
+      </c>
+      <c r="I395" s="14" t="n">
+        <v>1265034.0</v>
+      </c>
+      <c r="J395" s="14" t="n">
+        <v>1327294.0</v>
+      </c>
+      <c r="K395" s="14" t="n">
+        <v>1328312.0</v>
+      </c>
+      <c r="L395" s="14" t="n">
+        <v>1306216.0</v>
+      </c>
+      <c r="M395" s="14" t="n">
+        <v>1383110.0</v>
+      </c>
+      <c r="N395" s="14" t="n">
+        <v>1461443.0</v>
+      </c>
+      <c r="O395" s="14" t="n">
+        <v>1500906.0</v>
+      </c>
+      <c r="P395" s="14" t="n">
+        <v>1491724.0</v>
+      </c>
+      <c r="Q395" s="14" t="n">
+        <v>1533953.0</v>
+      </c>
+      <c r="R395" s="14" t="n">
+        <v>1434984.0</v>
+      </c>
+      <c r="S395" s="14" t="n">
+        <v>1356560.0</v>
+      </c>
+      <c r="T395" s="14" t="n">
+        <v>1245343.0</v>
+      </c>
+      <c r="U395" s="14" t="n">
+        <v>1078985.0</v>
+      </c>
+      <c r="V395" s="14" t="n">
+        <v>1145441.0</v>
+      </c>
+      <c r="W395" s="14" t="n">
+        <v>1060169.0</v>
+      </c>
+      <c r="X395" s="14" t="n">
+        <v>1000329.0</v>
+      </c>
+      <c r="Y395" s="14" t="n">
+        <v>902348.0</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B396" s="14" t="n">
-        <v>4752883.0</v>
+        <v>812408.0</v>
       </c>
       <c r="C396" s="14" t="n">
-        <v>4436495.0</v>
+        <v>738063.0</v>
       </c>
       <c r="D396" s="14" t="n">
-        <v>4872516.0</v>
+        <v>667795.0</v>
       </c>
       <c r="E396" s="14" t="n">
-        <v>4699130.0</v>
+        <v>676006.0</v>
       </c>
       <c r="F396" s="14" t="n">
-        <v>4639300.0</v>
+        <v>782264.0</v>
       </c>
       <c r="G396" s="14" t="n">
-        <v>4433981.0</v>
+        <v>728677.0</v>
+      </c>
+      <c r="H396" s="14" t="n">
+        <v>750359.0</v>
+      </c>
+      <c r="I396" s="14" t="n">
+        <v>660509.0</v>
+      </c>
+      <c r="J396" s="14" t="n">
+        <v>684472.0</v>
+      </c>
+      <c r="K396" s="14" t="n">
+        <v>731474.0</v>
+      </c>
+      <c r="L396" s="14" t="n">
+        <v>708803.0</v>
+      </c>
+      <c r="M396" s="14" t="n">
+        <v>728300.0</v>
+      </c>
+      <c r="N396" s="14" t="n">
+        <v>791652.0</v>
+      </c>
+      <c r="O396" s="14" t="n">
+        <v>764042.0</v>
+      </c>
+      <c r="P396" s="14" t="n">
+        <v>829786.0</v>
+      </c>
+      <c r="Q396" s="14" t="n">
+        <v>887006.0</v>
+      </c>
+      <c r="R396" s="14" t="n">
+        <v>943200.0</v>
+      </c>
+      <c r="S396" s="14" t="n">
+        <v>942338.0</v>
+      </c>
+      <c r="T396" s="14" t="n">
+        <v>943729.0</v>
+      </c>
+      <c r="U396" s="14" t="n">
+        <v>841701.0</v>
+      </c>
+      <c r="V396" s="14" t="n">
+        <v>885030.0</v>
+      </c>
+      <c r="W396" s="14" t="n">
+        <v>832326.0</v>
+      </c>
+      <c r="X396" s="14" t="n">
+        <v>817967.0</v>
+      </c>
+      <c r="Y396" s="14" t="n">
+        <v>772961.0</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B397" s="14" t="n">
-        <v>1046069.0</v>
+        <v>1616106.0</v>
       </c>
       <c r="C397" s="14" t="n">
-        <v>970671.0</v>
+        <v>1470209.0</v>
       </c>
       <c r="D397" s="14" t="n">
-        <v>1117296.0</v>
+        <v>1312158.0</v>
       </c>
       <c r="E397" s="14" t="n">
-        <v>1031445.0</v>
+        <v>1233000.0</v>
       </c>
       <c r="F397" s="14" t="n">
-        <v>984856.0</v>
+        <v>1324292.0</v>
       </c>
       <c r="G397" s="14" t="n">
-        <v>940387.0</v>
+        <v>1168787.0</v>
+      </c>
+      <c r="H397" s="14" t="n">
+        <v>1026203.0</v>
+      </c>
+      <c r="I397" s="14" t="n">
+        <v>1045815.0</v>
+      </c>
+      <c r="J397" s="14" t="n">
+        <v>961005.0</v>
+      </c>
+      <c r="K397" s="14" t="n">
+        <v>919770.0</v>
+      </c>
+      <c r="L397" s="14" t="n">
+        <v>927334.0</v>
+      </c>
+      <c r="M397" s="14" t="n">
+        <v>1034605.0</v>
+      </c>
+      <c r="N397" s="14" t="n">
+        <v>1175986.0</v>
+      </c>
+      <c r="O397" s="14" t="n">
+        <v>1439664.0</v>
+      </c>
+      <c r="P397" s="14" t="n">
+        <v>1634286.0</v>
+      </c>
+      <c r="Q397" s="14" t="n">
+        <v>1789747.0</v>
+      </c>
+      <c r="R397" s="14" t="n">
+        <v>1821629.0</v>
+      </c>
+      <c r="S397" s="14" t="n">
+        <v>1770242.0</v>
+      </c>
+      <c r="T397" s="14" t="n">
+        <v>1770785.0</v>
+      </c>
+      <c r="U397" s="14" t="n">
+        <v>1737672.0</v>
+      </c>
+      <c r="V397" s="14" t="n">
+        <v>1628673.0</v>
+      </c>
+      <c r="W397" s="14" t="n">
+        <v>1553252.0</v>
+      </c>
+      <c r="X397" s="14" t="n">
+        <v>1488358.0</v>
+      </c>
+      <c r="Y397" s="14" t="n">
+        <v>1278395.0</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B398" s="14" t="n">
-        <v>3751217.0</v>
+        <v>9787936.0</v>
       </c>
       <c r="C398" s="14" t="n">
-        <v>3208902.0</v>
+        <v>8704251.0</v>
       </c>
       <c r="D398" s="14" t="n">
-        <v>4025408.0</v>
+        <v>6778171.0</v>
       </c>
       <c r="E398" s="14" t="n">
-        <v>3841865.0</v>
+        <v>5443429.0</v>
       </c>
       <c r="F398" s="14" t="n">
-        <v>3740364.0</v>
+        <v>8743000.0</v>
       </c>
       <c r="G398" s="14" t="n">
-        <v>3632411.0</v>
+        <v>8700407.0</v>
+      </c>
+      <c r="H398" s="14" t="n">
+        <v>8428128.0</v>
+      </c>
+      <c r="I398" s="14" t="n">
+        <v>7858570.0</v>
+      </c>
+      <c r="J398" s="14" t="n">
+        <v>7193341.0</v>
+      </c>
+      <c r="K398" s="14" t="n">
+        <v>6966997.0</v>
+      </c>
+      <c r="L398" s="14" t="n">
+        <v>6976188.0</v>
+      </c>
+      <c r="M398" s="14" t="n">
+        <v>6864895.0</v>
+      </c>
+      <c r="N398" s="14" t="n">
+        <v>7084018.0</v>
+      </c>
+      <c r="O398" s="14" t="n">
+        <v>6895971.0</v>
+      </c>
+      <c r="P398" s="14" t="n">
+        <v>7079601.0</v>
+      </c>
+      <c r="Q398" s="14" t="n">
+        <v>7536777.0</v>
+      </c>
+      <c r="R398" s="14" t="n">
+        <v>7354435.0</v>
+      </c>
+      <c r="S398" s="14" t="n">
+        <v>7047383.0</v>
+      </c>
+      <c r="T398" s="14" t="n">
+        <v>6658734.0</v>
+      </c>
+      <c r="U398" s="14" t="n">
+        <v>6636363.0</v>
+      </c>
+      <c r="V398" s="14" t="n">
+        <v>6477026.0</v>
+      </c>
+      <c r="W398" s="14" t="n">
+        <v>6247907.0</v>
+      </c>
+      <c r="X398" s="14" t="n">
+        <v>5924118.0</v>
+      </c>
+      <c r="Y398" s="14" t="n">
+        <v>5386304.0</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B399" s="14" t="n">
-        <v>3620392.0</v>
+        <v>6451142.0</v>
       </c>
       <c r="C399" s="14" t="n">
-        <v>3502143.0</v>
+        <v>5668810.0</v>
       </c>
       <c r="D399" s="14" t="n">
-        <v>3587200.0</v>
+        <v>5072735.0</v>
       </c>
       <c r="E399" s="14" t="n">
-        <v>3444532.0</v>
+        <v>4896235.0</v>
       </c>
       <c r="F399" s="14" t="n">
-        <v>3302677.0</v>
+        <v>5208690.0</v>
       </c>
       <c r="G399" s="14" t="n">
-        <v>3253278.0</v>
+        <v>5090888.0</v>
+      </c>
+      <c r="H399" s="14" t="n">
+        <v>4769748.0</v>
+      </c>
+      <c r="I399" s="14" t="n">
+        <v>4646922.0</v>
+      </c>
+      <c r="J399" s="14" t="n">
+        <v>4514219.0</v>
+      </c>
+      <c r="K399" s="14" t="n">
+        <v>4355956.0</v>
+      </c>
+      <c r="L399" s="14" t="n">
+        <v>4324916.0</v>
+      </c>
+      <c r="M399" s="14" t="n">
+        <v>4299932.0</v>
+      </c>
+      <c r="N399" s="14" t="n">
+        <v>4333284.0</v>
+      </c>
+      <c r="O399" s="14" t="n">
+        <v>4237288.0</v>
+      </c>
+      <c r="P399" s="14" t="n">
+        <v>4317925.0</v>
+      </c>
+      <c r="Q399" s="14" t="n">
+        <v>4329978.0</v>
+      </c>
+      <c r="R399" s="14" t="n">
+        <v>4112219.0</v>
+      </c>
+      <c r="S399" s="14" t="n">
+        <v>3697987.0</v>
+      </c>
+      <c r="T399" s="14" t="n">
+        <v>3341841.0</v>
+      </c>
+      <c r="U399" s="14" t="n">
+        <v>3007816.0</v>
+      </c>
+      <c r="V399" s="14" t="n">
+        <v>2816745.0</v>
+      </c>
+      <c r="W399" s="14" t="n">
+        <v>2559909.0</v>
+      </c>
+      <c r="X399" s="14" t="n">
+        <v>2412831.0</v>
+      </c>
+      <c r="Y399" s="14" t="n">
+        <v>2210576.0</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B400" s="14" t="n">
-        <v>3932937.0</v>
+        <v>6575179.0</v>
       </c>
       <c r="C400" s="14" t="n">
-        <v>3808630.0</v>
+        <v>6133379.0</v>
       </c>
       <c r="D400" s="14" t="n">
-        <v>3921279.0</v>
+        <v>5500668.0</v>
       </c>
       <c r="E400" s="14" t="n">
-        <v>3778278.0</v>
+        <v>5068658.0</v>
       </c>
       <c r="F400" s="14" t="n">
-        <v>3629543.0</v>
+        <v>5222330.0</v>
       </c>
       <c r="G400" s="14" t="n">
-        <v>3462481.0</v>
+        <v>5047375.0</v>
+      </c>
+      <c r="H400" s="14" t="n">
+        <v>4930425.0</v>
+      </c>
+      <c r="I400" s="14" t="n">
+        <v>4844526.0</v>
+      </c>
+      <c r="J400" s="14" t="n">
+        <v>4710215.0</v>
+      </c>
+      <c r="K400" s="14" t="n">
+        <v>4651028.0</v>
+      </c>
+      <c r="L400" s="14" t="n">
+        <v>4676434.0</v>
+      </c>
+      <c r="M400" s="14" t="n">
+        <v>4513264.0</v>
+      </c>
+      <c r="N400" s="14" t="n">
+        <v>4761679.0</v>
+      </c>
+      <c r="O400" s="14" t="n">
+        <v>4741785.0</v>
+      </c>
+      <c r="P400" s="14" t="n">
+        <v>4798640.0</v>
+      </c>
+      <c r="Q400" s="14" t="n">
+        <v>4637956.0</v>
+      </c>
+      <c r="R400" s="14" t="n">
+        <v>4302017.0</v>
+      </c>
+      <c r="S400" s="14" t="n">
+        <v>4012555.0</v>
+      </c>
+      <c r="T400" s="14" t="n">
+        <v>3762379.0</v>
+      </c>
+      <c r="U400" s="14" t="n">
+        <v>3561477.0</v>
+      </c>
+      <c r="V400" s="14" t="n">
+        <v>3376930.0</v>
+      </c>
+      <c r="W400" s="14" t="n">
+        <v>3155899.0</v>
+      </c>
+      <c r="X400" s="14" t="n">
+        <v>2903231.0</v>
+      </c>
+      <c r="Y400" s="14" t="n">
+        <v>2775994.0</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B401" s="14" t="n">
-        <v>1.8563854E7</v>
+        <v>2.64592E7</v>
       </c>
       <c r="C401" s="14" t="n">
-        <v>1.7280233E7</v>
+        <v>2.4123915E7</v>
       </c>
       <c r="D401" s="14" t="n">
-        <v>1.8931144E7</v>
+        <v>2.026972E7</v>
       </c>
       <c r="E401" s="14" t="n">
-        <v>1.8156256E7</v>
+        <v>1.819048E7</v>
       </c>
       <c r="F401" s="14" t="n">
-        <v>1.7703077E7</v>
+        <v>2.2164822E7</v>
       </c>
       <c r="G401" s="14" t="n">
-        <v>1.7008573E7</v>
+        <v>2.1605034E7</v>
+      </c>
+      <c r="H401" s="14" t="n">
+        <v>2.0768789E7</v>
+      </c>
+      <c r="I401" s="14" t="n">
+        <v>1.9891723E7</v>
+      </c>
+      <c r="J401" s="14" t="n">
+        <v>1.892945E7</v>
+      </c>
+      <c r="K401" s="14" t="n">
+        <v>1.8467878E7</v>
+      </c>
+      <c r="L401" s="14" t="n">
+        <v>1.8463807E7</v>
+      </c>
+      <c r="M401" s="14" t="n">
+        <v>1.8362403E7</v>
+      </c>
+      <c r="N401" s="14" t="n">
+        <v>1.9101037E7</v>
+      </c>
+      <c r="O401" s="14" t="n">
+        <v>1.9092072E7</v>
+      </c>
+      <c r="P401" s="14" t="n">
+        <v>1.9578777E7</v>
+      </c>
+      <c r="Q401" s="14" t="n">
+        <v>2.0085515E7</v>
+      </c>
+      <c r="R401" s="14" t="n">
+        <v>1.9292173E7</v>
+      </c>
+      <c r="S401" s="14" t="n">
+        <v>1.8122782E7</v>
+      </c>
+      <c r="T401" s="14" t="n">
+        <v>1.7028025E7</v>
+      </c>
+      <c r="U401" s="14" t="n">
+        <v>1.6271512E7</v>
+      </c>
+      <c r="V401" s="14" t="n">
+        <v>1.5694213E7</v>
+      </c>
+      <c r="W401" s="14" t="n">
+        <v>1.4820216E7</v>
+      </c>
+      <c r="X401" s="14" t="n">
+        <v>1.3969198E7</v>
+      </c>
+      <c r="Y401" s="14" t="n">
+        <v>1.2779205E7</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B402" s="14" t="n">
-        <v>1954617.0</v>
+        <v>1665431.0</v>
       </c>
       <c r="C402" s="14" t="n">
-        <v>1657206.0</v>
+        <v>1359951.0</v>
       </c>
       <c r="D402" s="14" t="n">
-        <v>1942253.0</v>
+        <v>1094387.0</v>
       </c>
       <c r="E402" s="14" t="n">
-        <v>1907239.0</v>
+        <v>969022.0</v>
       </c>
       <c r="F402" s="14" t="n">
-        <v>1825854.0</v>
+        <v>1313868.0</v>
       </c>
       <c r="G402" s="14" t="n">
-        <v>1734919.0</v>
+        <v>1369278.0</v>
+      </c>
+      <c r="H402" s="14" t="n">
+        <v>1320890.0</v>
+      </c>
+      <c r="I402" s="14" t="n">
+        <v>1241731.0</v>
+      </c>
+      <c r="J402" s="14" t="n">
+        <v>1176742.0</v>
+      </c>
+      <c r="K402" s="14" t="n">
+        <v>1104721.0</v>
+      </c>
+      <c r="L402" s="14" t="n">
+        <v>1055274.0</v>
+      </c>
+      <c r="M402" s="14" t="n">
+        <v>980743.0</v>
+      </c>
+      <c r="N402" s="14" t="n">
+        <v>992847.0</v>
+      </c>
+      <c r="O402" s="14" t="n">
+        <v>1034815.0</v>
+      </c>
+      <c r="P402" s="14" t="n">
+        <v>814060.0</v>
+      </c>
+      <c r="Q402" s="14" t="n">
+        <v>1045928.0</v>
+      </c>
+      <c r="R402" s="14" t="n">
+        <v>1284581.0</v>
+      </c>
+      <c r="S402" s="14" t="n">
+        <v>1293736.0</v>
+      </c>
+      <c r="T402" s="14" t="n">
+        <v>1150765.0</v>
+      </c>
+      <c r="U402" s="14" t="n">
+        <v>1036500.0</v>
+      </c>
+      <c r="V402" s="14" t="n">
+        <v>930836.0</v>
+      </c>
+      <c r="W402" s="14" t="n">
+        <v>834811.0</v>
+      </c>
+      <c r="X402" s="14" t="n">
+        <v>785030.0</v>
+      </c>
+      <c r="Y402" s="14" t="n">
+        <v>746285.0</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B403" s="14" t="n">
-        <v>2.0518471E7</v>
+        <v>2.8124631E7</v>
       </c>
       <c r="C403" s="14" t="n">
-        <v>1.8937439E7</v>
+        <v>2.5483866E7</v>
       </c>
       <c r="D403" s="14" t="n">
-        <v>2.0873397E7</v>
+        <v>2.1364107E7</v>
       </c>
       <c r="E403" s="14" t="n">
-        <v>2.0063495E7</v>
+        <v>1.9159502E7</v>
       </c>
       <c r="F403" s="14" t="n">
-        <v>1.9528931E7</v>
+        <v>2.347869E7</v>
       </c>
       <c r="G403" s="14" t="n">
-        <v>1.8743492E7</v>
+        <v>2.2974312E7</v>
+      </c>
+      <c r="H403" s="14" t="n">
+        <v>2.2089679E7</v>
+      </c>
+      <c r="I403" s="14" t="n">
+        <v>2.1133454E7</v>
+      </c>
+      <c r="J403" s="14" t="n">
+        <v>2.0106192E7</v>
+      </c>
+      <c r="K403" s="14" t="n">
+        <v>1.9572599E7</v>
+      </c>
+      <c r="L403" s="14" t="n">
+        <v>1.9519081E7</v>
+      </c>
+      <c r="M403" s="14" t="n">
+        <v>1.9343146E7</v>
+      </c>
+      <c r="N403" s="14" t="n">
+        <v>2.0093884E7</v>
+      </c>
+      <c r="O403" s="14" t="n">
+        <v>2.0126887E7</v>
+      </c>
+      <c r="P403" s="14" t="n">
+        <v>2.0392837E7</v>
+      </c>
+      <c r="Q403" s="14" t="n">
+        <v>2.1131443E7</v>
+      </c>
+      <c r="R403" s="14" t="n">
+        <v>2.0576754E7</v>
+      </c>
+      <c r="S403" s="14" t="n">
+        <v>1.9416518E7</v>
+      </c>
+      <c r="T403" s="14" t="n">
+        <v>1.817879E7</v>
+      </c>
+      <c r="U403" s="14" t="n">
+        <v>1.7308012E7</v>
+      </c>
+      <c r="V403" s="14" t="n">
+        <v>1.6625049E7</v>
+      </c>
+      <c r="W403" s="14" t="n">
+        <v>1.5655027E7</v>
+      </c>
+      <c r="X403" s="14" t="n">
+        <v>1.4754228E7</v>
+      </c>
+      <c r="Y403" s="14" t="n">
+        <v>1.352549E7</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="6" t="inlineStr">
         <is>
-          <t>Ourense</t>
+          <t>36 Pontevedra</t>
         </is>
       </c>
       <c r="B404" s="6"/>
       <c r="C404" s="6"/>
       <c r="D404" s="6"/>
       <c r="E404" s="6"/>
       <c r="F404" s="6"/>
       <c r="G404" s="6"/>
+      <c r="H404" s="6"/>
+      <c r="I404" s="6"/>
+      <c r="J404" s="6"/>
+      <c r="K404" s="6"/>
+      <c r="L404" s="6"/>
+      <c r="M404" s="6"/>
+      <c r="N404" s="6"/>
+      <c r="O404" s="6"/>
+      <c r="P404" s="6"/>
+      <c r="Q404" s="6"/>
+      <c r="R404" s="6"/>
+      <c r="S404" s="6"/>
+      <c r="T404" s="6"/>
+      <c r="U404" s="6"/>
+      <c r="V404" s="6"/>
+      <c r="W404" s="6"/>
+      <c r="X404" s="6"/>
+      <c r="Y404" s="6"/>
     </row>
     <row r="405">
       <c r="A405" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B405" s="14" t="n">
-        <v>7104228.0</v>
+        <v>696129.0</v>
       </c>
       <c r="C405" s="14" t="n">
-        <v>6384529.0</v>
+        <v>693172.0</v>
       </c>
       <c r="D405" s="14" t="n">
-        <v>7100820.0</v>
+        <v>733125.0</v>
       </c>
       <c r="E405" s="14" t="n">
-        <v>6762983.0</v>
+        <v>695808.0</v>
       </c>
       <c r="F405" s="14" t="n">
-        <v>6494652.0</v>
+        <v>864823.0</v>
       </c>
       <c r="G405" s="14" t="n">
-        <v>6287287.0</v>
+        <v>838099.0</v>
+      </c>
+      <c r="H405" s="14" t="n">
+        <v>1010254.0</v>
+      </c>
+      <c r="I405" s="14" t="n">
+        <v>938023.0</v>
+      </c>
+      <c r="J405" s="14" t="n">
+        <v>867728.0</v>
+      </c>
+      <c r="K405" s="14" t="n">
+        <v>916438.0</v>
+      </c>
+      <c r="L405" s="14" t="n">
+        <v>836157.0</v>
+      </c>
+      <c r="M405" s="14" t="n">
+        <v>771280.0</v>
+      </c>
+      <c r="N405" s="14" t="n">
+        <v>844423.0</v>
+      </c>
+      <c r="O405" s="14" t="n">
+        <v>792431.0</v>
+      </c>
+      <c r="P405" s="14" t="n">
+        <v>659562.0</v>
+      </c>
+      <c r="Q405" s="14" t="n">
+        <v>661737.0</v>
+      </c>
+      <c r="R405" s="14" t="n">
+        <v>723045.0</v>
+      </c>
+      <c r="S405" s="14" t="n">
+        <v>707419.0</v>
+      </c>
+      <c r="T405" s="14" t="n">
+        <v>672349.0</v>
+      </c>
+      <c r="U405" s="14" t="n">
+        <v>664846.0</v>
+      </c>
+      <c r="V405" s="14" t="n">
+        <v>666254.0</v>
+      </c>
+      <c r="W405" s="14" t="n">
+        <v>668292.0</v>
+      </c>
+      <c r="X405" s="14" t="n">
+        <v>695653.0</v>
+      </c>
+      <c r="Y405" s="14" t="n">
+        <v>694940.0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B406" s="14" t="n">
-        <v>382289.0</v>
+        <v>4885872.0</v>
       </c>
       <c r="C406" s="14" t="n">
-        <v>334061.0</v>
+        <v>4623956.0</v>
       </c>
       <c r="D406" s="14" t="n">
-        <v>507480.0</v>
+        <v>4281044.0</v>
       </c>
       <c r="E406" s="14" t="n">
-        <v>417715.0</v>
+        <v>3986867.0</v>
       </c>
       <c r="F406" s="14" t="n">
-        <v>406243.0</v>
+        <v>3933635.0</v>
       </c>
       <c r="G406" s="14" t="n">
-        <v>463194.0</v>
+        <v>3790208.0</v>
+      </c>
+      <c r="H406" s="14" t="n">
+        <v>3910716.0</v>
+      </c>
+      <c r="I406" s="14" t="n">
+        <v>3399520.0</v>
+      </c>
+      <c r="J406" s="14" t="n">
+        <v>3330728.0</v>
+      </c>
+      <c r="K406" s="14" t="n">
+        <v>3311648.0</v>
+      </c>
+      <c r="L406" s="14" t="n">
+        <v>3298783.0</v>
+      </c>
+      <c r="M406" s="14" t="n">
+        <v>3242839.0</v>
+      </c>
+      <c r="N406" s="14" t="n">
+        <v>3395116.0</v>
+      </c>
+      <c r="O406" s="14" t="n">
+        <v>3548149.0</v>
+      </c>
+      <c r="P406" s="14" t="n">
+        <v>3789801.0</v>
+      </c>
+      <c r="Q406" s="14" t="n">
+        <v>4472238.0</v>
+      </c>
+      <c r="R406" s="14" t="n">
+        <v>3998691.0</v>
+      </c>
+      <c r="S406" s="14" t="n">
+        <v>3717755.0</v>
+      </c>
+      <c r="T406" s="14" t="n">
+        <v>3384146.0</v>
+      </c>
+      <c r="U406" s="14" t="n">
+        <v>3144595.0</v>
+      </c>
+      <c r="V406" s="14" t="n">
+        <v>3110585.0</v>
+      </c>
+      <c r="W406" s="14" t="n">
+        <v>2855629.0</v>
+      </c>
+      <c r="X406" s="14" t="n">
+        <v>2733524.0</v>
+      </c>
+      <c r="Y406" s="14" t="n">
+        <v>2592471.0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B407" s="14" t="n">
-        <v>1392490.0</v>
+        <v>4351989.0</v>
       </c>
       <c r="C407" s="14" t="n">
-        <v>1137917.0</v>
+        <v>4033023.0</v>
       </c>
       <c r="D407" s="14" t="n">
-        <v>1171849.0</v>
+        <v>3876796.0</v>
       </c>
       <c r="E407" s="14" t="n">
-        <v>1137588.0</v>
+        <v>3786666.0</v>
       </c>
       <c r="F407" s="14" t="n">
-        <v>1089105.0</v>
+        <v>3757265.0</v>
       </c>
       <c r="G407" s="14" t="n">
-        <v>1013218.0</v>
+        <v>3617349.0</v>
+      </c>
+      <c r="H407" s="14" t="n">
+        <v>3644041.0</v>
+      </c>
+      <c r="I407" s="14" t="n">
+        <v>3120857.0</v>
+      </c>
+      <c r="J407" s="14" t="n">
+        <v>3033338.0</v>
+      </c>
+      <c r="K407" s="14" t="n">
+        <v>3008422.0</v>
+      </c>
+      <c r="L407" s="14" t="n">
+        <v>2982442.0</v>
+      </c>
+      <c r="M407" s="14" t="n">
+        <v>2924836.0</v>
+      </c>
+      <c r="N407" s="14" t="n">
+        <v>3096524.0</v>
+      </c>
+      <c r="O407" s="14" t="n">
+        <v>3256642.0</v>
+      </c>
+      <c r="P407" s="14" t="n">
+        <v>3536419.0</v>
+      </c>
+      <c r="Q407" s="14" t="n">
+        <v>4186363.0</v>
+      </c>
+      <c r="R407" s="14" t="n">
+        <v>3750095.0</v>
+      </c>
+      <c r="S407" s="14" t="n">
+        <v>3531281.0</v>
+      </c>
+      <c r="T407" s="14" t="n">
+        <v>3205300.0</v>
+      </c>
+      <c r="U407" s="14" t="n">
+        <v>2971618.0</v>
+      </c>
+      <c r="V407" s="14" t="n">
+        <v>2957190.0</v>
+      </c>
+      <c r="W407" s="14" t="n">
+        <v>2735960.0</v>
+      </c>
+      <c r="X407" s="14" t="n">
+        <v>2637478.0</v>
+      </c>
+      <c r="Y407" s="14" t="n">
+        <v>2514720.0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B408" s="14" t="n">
-        <v>682035.0</v>
+        <v>1526312.0</v>
       </c>
       <c r="C408" s="14" t="n">
-        <v>620754.0</v>
+        <v>1398653.0</v>
       </c>
       <c r="D408" s="14" t="n">
-        <v>682981.0</v>
+        <v>1190927.0</v>
       </c>
       <c r="E408" s="14" t="n">
-        <v>674830.0</v>
+        <v>1212614.0</v>
       </c>
       <c r="F408" s="14" t="n">
-        <v>687210.0</v>
+        <v>1385942.0</v>
       </c>
       <c r="G408" s="14" t="n">
-        <v>614624.0</v>
+        <v>1293622.0</v>
+      </c>
+      <c r="H408" s="14" t="n">
+        <v>1213121.0</v>
+      </c>
+      <c r="I408" s="14" t="n">
+        <v>1160341.0</v>
+      </c>
+      <c r="J408" s="14" t="n">
+        <v>1114536.0</v>
+      </c>
+      <c r="K408" s="14" t="n">
+        <v>1121394.0</v>
+      </c>
+      <c r="L408" s="14" t="n">
+        <v>1113147.0</v>
+      </c>
+      <c r="M408" s="14" t="n">
+        <v>1214994.0</v>
+      </c>
+      <c r="N408" s="14" t="n">
+        <v>1292142.0</v>
+      </c>
+      <c r="O408" s="14" t="n">
+        <v>1593351.0</v>
+      </c>
+      <c r="P408" s="14" t="n">
+        <v>1987571.0</v>
+      </c>
+      <c r="Q408" s="14" t="n">
+        <v>2138819.0</v>
+      </c>
+      <c r="R408" s="14" t="n">
+        <v>2148601.0</v>
+      </c>
+      <c r="S408" s="14" t="n">
+        <v>2102392.0</v>
+      </c>
+      <c r="T408" s="14" t="n">
+        <v>1771953.0</v>
+      </c>
+      <c r="U408" s="14" t="n">
+        <v>1643769.0</v>
+      </c>
+      <c r="V408" s="14" t="n">
+        <v>1444733.0</v>
+      </c>
+      <c r="W408" s="14" t="n">
+        <v>1277446.0</v>
+      </c>
+      <c r="X408" s="14" t="n">
+        <v>1249074.0</v>
+      </c>
+      <c r="Y408" s="14" t="n">
+        <v>1204779.0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B409" s="14" t="n">
-        <v>426962.0</v>
+        <v>6195833.0</v>
       </c>
       <c r="C409" s="14" t="n">
-        <v>430937.0</v>
+        <v>5696472.0</v>
       </c>
       <c r="D409" s="14" t="n">
-        <v>514957.0</v>
+        <v>5028714.0</v>
       </c>
       <c r="E409" s="14" t="n">
-        <v>470302.0</v>
+        <v>4332485.0</v>
       </c>
       <c r="F409" s="14" t="n">
-        <v>456586.0</v>
+        <v>5167308.0</v>
       </c>
       <c r="G409" s="14" t="n">
-        <v>426196.0</v>
+        <v>4963238.0</v>
+      </c>
+      <c r="H409" s="14" t="n">
+        <v>4881952.0</v>
+      </c>
+      <c r="I409" s="14" t="n">
+        <v>4663766.0</v>
+      </c>
+      <c r="J409" s="14" t="n">
+        <v>4601682.0</v>
+      </c>
+      <c r="K409" s="14" t="n">
+        <v>4195403.0</v>
+      </c>
+      <c r="L409" s="14" t="n">
+        <v>4122721.0</v>
+      </c>
+      <c r="M409" s="14" t="n">
+        <v>4195411.0</v>
+      </c>
+      <c r="N409" s="14" t="n">
+        <v>4287367.0</v>
+      </c>
+      <c r="O409" s="14" t="n">
+        <v>4312476.0</v>
+      </c>
+      <c r="P409" s="14" t="n">
+        <v>4323906.0</v>
+      </c>
+      <c r="Q409" s="14" t="n">
+        <v>4297482.0</v>
+      </c>
+      <c r="R409" s="14" t="n">
+        <v>4049203.0</v>
+      </c>
+      <c r="S409" s="14" t="n">
+        <v>3640223.0</v>
+      </c>
+      <c r="T409" s="14" t="n">
+        <v>3455214.0</v>
+      </c>
+      <c r="U409" s="14" t="n">
+        <v>3329289.0</v>
+      </c>
+      <c r="V409" s="14" t="n">
+        <v>3009757.0</v>
+      </c>
+      <c r="W409" s="14" t="n">
+        <v>2883473.0</v>
+      </c>
+      <c r="X409" s="14" t="n">
+        <v>2737367.0</v>
+      </c>
+      <c r="Y409" s="14" t="n">
+        <v>2503887.0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B410" s="14" t="n">
-        <v>1483127.0</v>
+        <v>5248938.0</v>
       </c>
       <c r="C410" s="14" t="n">
-        <v>1258680.0</v>
+        <v>4650309.0</v>
       </c>
       <c r="D410" s="14" t="n">
-        <v>1523294.0</v>
+        <v>4315101.0</v>
       </c>
       <c r="E410" s="14" t="n">
-        <v>1463178.0</v>
+        <v>4130330.0</v>
       </c>
       <c r="F410" s="14" t="n">
-        <v>1369004.0</v>
+        <v>4169536.0</v>
       </c>
       <c r="G410" s="14" t="n">
-        <v>1302858.0</v>
+        <v>4009634.0</v>
+      </c>
+      <c r="H410" s="14" t="n">
+        <v>3783234.0</v>
+      </c>
+      <c r="I410" s="14" t="n">
+        <v>3684996.0</v>
+      </c>
+      <c r="J410" s="14" t="n">
+        <v>3546069.0</v>
+      </c>
+      <c r="K410" s="14" t="n">
+        <v>3408722.0</v>
+      </c>
+      <c r="L410" s="14" t="n">
+        <v>3297426.0</v>
+      </c>
+      <c r="M410" s="14" t="n">
+        <v>3233499.0</v>
+      </c>
+      <c r="N410" s="14" t="n">
+        <v>3264804.0</v>
+      </c>
+      <c r="O410" s="14" t="n">
+        <v>3147707.0</v>
+      </c>
+      <c r="P410" s="14" t="n">
+        <v>3235053.0</v>
+      </c>
+      <c r="Q410" s="14" t="n">
+        <v>3209489.0</v>
+      </c>
+      <c r="R410" s="14" t="n">
+        <v>2987358.0</v>
+      </c>
+      <c r="S410" s="14" t="n">
+        <v>2547639.0</v>
+      </c>
+      <c r="T410" s="14" t="n">
+        <v>2293171.0</v>
+      </c>
+      <c r="U410" s="14" t="n">
+        <v>2091310.0</v>
+      </c>
+      <c r="V410" s="14" t="n">
+        <v>1862106.0</v>
+      </c>
+      <c r="W410" s="14" t="n">
+        <v>1725953.0</v>
+      </c>
+      <c r="X410" s="14" t="n">
+        <v>1594612.0</v>
+      </c>
+      <c r="Y410" s="14" t="n">
+        <v>1446121.0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B411" s="14" t="n">
-        <v>1188820.0</v>
+        <v>4864804.0</v>
       </c>
       <c r="C411" s="14" t="n">
-        <v>1155135.0</v>
+        <v>4569584.0</v>
       </c>
       <c r="D411" s="14" t="n">
-        <v>1165126.0</v>
+        <v>4331492.0</v>
       </c>
       <c r="E411" s="14" t="n">
-        <v>1142032.0</v>
+        <v>4001435.0</v>
       </c>
       <c r="F411" s="14" t="n">
-        <v>1098489.0</v>
+        <v>4160589.0</v>
       </c>
       <c r="G411" s="14" t="n">
-        <v>1075914.0</v>
+        <v>3985616.0</v>
+      </c>
+      <c r="H411" s="14" t="n">
+        <v>3813826.0</v>
+      </c>
+      <c r="I411" s="14" t="n">
+        <v>3665053.0</v>
+      </c>
+      <c r="J411" s="14" t="n">
+        <v>3657201.0</v>
+      </c>
+      <c r="K411" s="14" t="n">
+        <v>3519444.0</v>
+      </c>
+      <c r="L411" s="14" t="n">
+        <v>3549616.0</v>
+      </c>
+      <c r="M411" s="14" t="n">
+        <v>3572785.0</v>
+      </c>
+      <c r="N411" s="14" t="n">
+        <v>3754027.0</v>
+      </c>
+      <c r="O411" s="14" t="n">
+        <v>3840267.0</v>
+      </c>
+      <c r="P411" s="14" t="n">
+        <v>3825491.0</v>
+      </c>
+      <c r="Q411" s="14" t="n">
+        <v>3648286.0</v>
+      </c>
+      <c r="R411" s="14" t="n">
+        <v>3367554.0</v>
+      </c>
+      <c r="S411" s="14" t="n">
+        <v>3085857.0</v>
+      </c>
+      <c r="T411" s="14" t="n">
+        <v>2868752.0</v>
+      </c>
+      <c r="U411" s="14" t="n">
+        <v>2674420.0</v>
+      </c>
+      <c r="V411" s="14" t="n">
+        <v>2418640.0</v>
+      </c>
+      <c r="W411" s="14" t="n">
+        <v>2267836.0</v>
+      </c>
+      <c r="X411" s="14" t="n">
+        <v>2174410.0</v>
+      </c>
+      <c r="Y411" s="14" t="n">
+        <v>1931196.0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B412" s="14" t="n">
-        <v>1553782.0</v>
+        <v>2.3417888E7</v>
       </c>
       <c r="C412" s="14" t="n">
-        <v>1509092.0</v>
+        <v>2.1632146E7</v>
       </c>
       <c r="D412" s="14" t="n">
-        <v>1557388.0</v>
+        <v>1.9880403E7</v>
       </c>
       <c r="E412" s="14" t="n">
-        <v>1488966.0</v>
+        <v>1.8359539E7</v>
       </c>
       <c r="F412" s="14" t="n">
-        <v>1467736.0</v>
+        <v>1.9681833E7</v>
       </c>
       <c r="G412" s="14" t="n">
-        <v>1423603.0</v>
+        <v>1.8880417E7</v>
+      </c>
+      <c r="H412" s="14" t="n">
+        <v>1.8613103E7</v>
+      </c>
+      <c r="I412" s="14" t="n">
+        <v>1.7511699E7</v>
+      </c>
+      <c r="J412" s="14" t="n">
+        <v>1.7117944E7</v>
+      </c>
+      <c r="K412" s="14" t="n">
+        <v>1.6473049E7</v>
+      </c>
+      <c r="L412" s="14" t="n">
+        <v>1.621785E7</v>
+      </c>
+      <c r="M412" s="14" t="n">
+        <v>1.6230808E7</v>
+      </c>
+      <c r="N412" s="14" t="n">
+        <v>1.6837879E7</v>
+      </c>
+      <c r="O412" s="14" t="n">
+        <v>1.7234381E7</v>
+      </c>
+      <c r="P412" s="14" t="n">
+        <v>1.7821384E7</v>
+      </c>
+      <c r="Q412" s="14" t="n">
+        <v>1.8428051E7</v>
+      </c>
+      <c r="R412" s="14" t="n">
+        <v>1.7274452E7</v>
+      </c>
+      <c r="S412" s="14" t="n">
+        <v>1.5801285E7</v>
+      </c>
+      <c r="T412" s="14" t="n">
+        <v>1.4445585E7</v>
+      </c>
+      <c r="U412" s="14" t="n">
+        <v>1.3548229E7</v>
+      </c>
+      <c r="V412" s="14" t="n">
+        <v>1.2512075E7</v>
+      </c>
+      <c r="W412" s="14" t="n">
+        <v>1.1678629E7</v>
+      </c>
+      <c r="X412" s="14" t="n">
+        <v>1.118464E7</v>
+      </c>
+      <c r="Y412" s="14" t="n">
+        <v>1.0373394E7</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B413" s="14" t="n">
-        <v>6427470.0</v>
+        <v>2244723.0</v>
       </c>
       <c r="C413" s="14" t="n">
-        <v>5825822.0</v>
+        <v>2088674.0</v>
       </c>
       <c r="D413" s="14" t="n">
-        <v>6440094.0</v>
+        <v>2077250.0</v>
       </c>
       <c r="E413" s="14" t="n">
-        <v>6119781.0</v>
+        <v>1780767.0</v>
       </c>
       <c r="F413" s="14" t="n">
-        <v>5887163.0</v>
+        <v>2038953.0</v>
       </c>
       <c r="G413" s="14" t="n">
-        <v>5704983.0</v>
+        <v>2002957.0</v>
+      </c>
+      <c r="H413" s="14" t="n">
+        <v>1943227.0</v>
+      </c>
+      <c r="I413" s="14" t="n">
+        <v>1810495.0</v>
+      </c>
+      <c r="J413" s="14" t="n">
+        <v>1746753.0</v>
+      </c>
+      <c r="K413" s="14" t="n">
+        <v>1636983.0</v>
+      </c>
+      <c r="L413" s="14" t="n">
+        <v>1548802.0</v>
+      </c>
+      <c r="M413" s="14" t="n">
+        <v>1436354.0</v>
+      </c>
+      <c r="N413" s="14" t="n">
+        <v>1455061.0</v>
+      </c>
+      <c r="O413" s="14" t="n">
+        <v>1547715.0</v>
+      </c>
+      <c r="P413" s="14" t="n">
+        <v>1215123.0</v>
+      </c>
+      <c r="Q413" s="14" t="n">
+        <v>1593418.0</v>
+      </c>
+      <c r="R413" s="14" t="n">
+        <v>1928991.0</v>
+      </c>
+      <c r="S413" s="14" t="n">
+        <v>1910905.0</v>
+      </c>
+      <c r="T413" s="14" t="n">
+        <v>1679544.0</v>
+      </c>
+      <c r="U413" s="14" t="n">
+        <v>1497876.0</v>
+      </c>
+      <c r="V413" s="14" t="n">
+        <v>1304757.0</v>
+      </c>
+      <c r="W413" s="14" t="n">
+        <v>1155912.0</v>
+      </c>
+      <c r="X413" s="14" t="n">
+        <v>1105536.0</v>
+      </c>
+      <c r="Y413" s="14" t="n">
+        <v>1058820.0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B414" s="14" t="n">
-        <v>676758.0</v>
+        <v>2.5662611E7</v>
       </c>
       <c r="C414" s="14" t="n">
-        <v>558707.0</v>
+        <v>2.372082E7</v>
       </c>
       <c r="D414" s="14" t="n">
-        <v>660726.0</v>
+        <v>2.1957653E7</v>
       </c>
       <c r="E414" s="14" t="n">
-        <v>643202.0</v>
+        <v>2.0140306E7</v>
       </c>
       <c r="F414" s="14" t="n">
-        <v>607489.0</v>
+        <v>2.1720786E7</v>
       </c>
       <c r="G414" s="14" t="n">
-        <v>582304.0</v>
+        <v>2.0883374E7</v>
+      </c>
+      <c r="H414" s="14" t="n">
+        <v>2.055633E7</v>
+      </c>
+      <c r="I414" s="14" t="n">
+        <v>1.9322194E7</v>
+      </c>
+      <c r="J414" s="14" t="n">
+        <v>1.8864697E7</v>
+      </c>
+      <c r="K414" s="14" t="n">
+        <v>1.8110032E7</v>
+      </c>
+      <c r="L414" s="14" t="n">
+        <v>1.7766652E7</v>
+      </c>
+      <c r="M414" s="14" t="n">
+        <v>1.7667162E7</v>
+      </c>
+      <c r="N414" s="14" t="n">
+        <v>1.829294E7</v>
+      </c>
+      <c r="O414" s="14" t="n">
+        <v>1.8782096E7</v>
+      </c>
+      <c r="P414" s="14" t="n">
+        <v>1.9036507E7</v>
+      </c>
+      <c r="Q414" s="14" t="n">
+        <v>2.0021469E7</v>
+      </c>
+      <c r="R414" s="14" t="n">
+        <v>1.9203443E7</v>
+      </c>
+      <c r="S414" s="14" t="n">
+        <v>1.771219E7</v>
+      </c>
+      <c r="T414" s="14" t="n">
+        <v>1.6125129E7</v>
+      </c>
+      <c r="U414" s="14" t="n">
+        <v>1.5046105E7</v>
+      </c>
+      <c r="V414" s="14" t="n">
+        <v>1.3816832E7</v>
+      </c>
+      <c r="W414" s="14" t="n">
+        <v>1.2834541E7</v>
+      </c>
+      <c r="X414" s="14" t="n">
+        <v>1.2290176E7</v>
+      </c>
+      <c r="Y414" s="14" t="n">
+        <v>1.1432214E7</v>
       </c>
     </row>
     <row r="415">
-      <c r="A415" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A415" s="6" t="inlineStr">
+        <is>
+          <t>26 Rioja, La</t>
+        </is>
+      </c>
+      <c r="B415" s="6"/>
+      <c r="C415" s="6"/>
+      <c r="D415" s="6"/>
+      <c r="E415" s="6"/>
+      <c r="F415" s="6"/>
+      <c r="G415" s="6"/>
+      <c r="H415" s="6"/>
+      <c r="I415" s="6"/>
+      <c r="J415" s="6"/>
+      <c r="K415" s="6"/>
+      <c r="L415" s="6"/>
+      <c r="M415" s="6"/>
+      <c r="N415" s="6"/>
+      <c r="O415" s="6"/>
+      <c r="P415" s="6"/>
+      <c r="Q415" s="6"/>
+      <c r="R415" s="6"/>
+      <c r="S415" s="6"/>
+      <c r="T415" s="6"/>
+      <c r="U415" s="6"/>
+      <c r="V415" s="6"/>
+      <c r="W415" s="6"/>
+      <c r="X415" s="6"/>
+      <c r="Y415" s="6"/>
     </row>
     <row r="416">
-      <c r="A416" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G416" s="6"/>
+      <c r="A416" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+        </is>
+      </c>
+      <c r="B416" s="14" t="n">
+        <v>484333.0</v>
+      </c>
+      <c r="C416" s="14" t="n">
+        <v>506293.0</v>
+      </c>
+      <c r="D416" s="14" t="n">
+        <v>483869.0</v>
+      </c>
+      <c r="E416" s="14" t="n">
+        <v>462735.0</v>
+      </c>
+      <c r="F416" s="14" t="n">
+        <v>489089.0</v>
+      </c>
+      <c r="G416" s="14" t="n">
+        <v>561574.0</v>
+      </c>
+      <c r="H416" s="14" t="n">
+        <v>470138.0</v>
+      </c>
+      <c r="I416" s="14" t="n">
+        <v>345311.0</v>
+      </c>
+      <c r="J416" s="14" t="n">
+        <v>485411.0</v>
+      </c>
+      <c r="K416" s="14" t="n">
+        <v>465050.0</v>
+      </c>
+      <c r="L416" s="14" t="n">
+        <v>412699.0</v>
+      </c>
+      <c r="M416" s="14" t="n">
+        <v>384632.0</v>
+      </c>
+      <c r="N416" s="14" t="n">
+        <v>392315.0</v>
+      </c>
+      <c r="O416" s="14" t="n">
+        <v>410778.0</v>
+      </c>
+      <c r="P416" s="14" t="n">
+        <v>387621.0</v>
+      </c>
+      <c r="Q416" s="14" t="n">
+        <v>441875.0</v>
+      </c>
+      <c r="R416" s="14" t="n">
+        <v>460171.0</v>
+      </c>
+      <c r="S416" s="14" t="n">
+        <v>444639.0</v>
+      </c>
+      <c r="T416" s="14" t="n">
+        <v>449303.0</v>
+      </c>
+      <c r="U416" s="14" t="n">
+        <v>478913.0</v>
+      </c>
+      <c r="V416" s="14" t="n">
+        <v>492707.0</v>
+      </c>
+      <c r="W416" s="14" t="n">
+        <v>450274.0</v>
+      </c>
+      <c r="X416" s="14" t="n">
+        <v>485465.0</v>
+      </c>
+      <c r="Y416" s="14" t="n">
+        <v>480550.0</v>
+      </c>
     </row>
     <row r="417">
       <c r="A417" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B417" s="14" t="n">
-        <v>4303764.0</v>
+        <v>2519568.0</v>
       </c>
       <c r="C417" s="14" t="n">
-        <v>4029182.0</v>
+        <v>2513024.0</v>
       </c>
       <c r="D417" s="14" t="n">
-        <v>4410268.0</v>
+        <v>2060932.0</v>
       </c>
       <c r="E417" s="14" t="n">
-        <v>4378169.0</v>
+        <v>1946857.0</v>
       </c>
       <c r="F417" s="14" t="n">
-        <v>4068199.0</v>
+        <v>2093714.0</v>
       </c>
       <c r="G417" s="14" t="n">
-        <v>4169156.0</v>
+        <v>2045673.0</v>
+      </c>
+      <c r="H417" s="14" t="n">
+        <v>2072649.0</v>
+      </c>
+      <c r="I417" s="14" t="n">
+        <v>2096033.0</v>
+      </c>
+      <c r="J417" s="14" t="n">
+        <v>2057534.0</v>
+      </c>
+      <c r="K417" s="14" t="n">
+        <v>1966094.0</v>
+      </c>
+      <c r="L417" s="14" t="n">
+        <v>1970788.0</v>
+      </c>
+      <c r="M417" s="14" t="n">
+        <v>2013147.0</v>
+      </c>
+      <c r="N417" s="14" t="n">
+        <v>2094940.0</v>
+      </c>
+      <c r="O417" s="14" t="n">
+        <v>1998859.0</v>
+      </c>
+      <c r="P417" s="14" t="n">
+        <v>1950426.0</v>
+      </c>
+      <c r="Q417" s="14" t="n">
+        <v>2054129.0</v>
+      </c>
+      <c r="R417" s="14" t="n">
+        <v>1952539.0</v>
+      </c>
+      <c r="S417" s="14" t="n">
+        <v>1839412.0</v>
+      </c>
+      <c r="T417" s="14" t="n">
+        <v>1729046.0</v>
+      </c>
+      <c r="U417" s="14" t="n">
+        <v>1634036.0</v>
+      </c>
+      <c r="V417" s="14" t="n">
+        <v>1555082.0</v>
+      </c>
+      <c r="W417" s="14" t="n">
+        <v>1462103.0</v>
+      </c>
+      <c r="X417" s="14" t="n">
+        <v>1433116.0</v>
+      </c>
+      <c r="Y417" s="14" t="n">
+        <v>1344849.0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B418" s="14" t="n">
-        <v>348625.0</v>
+        <v>2049088.0</v>
       </c>
       <c r="C418" s="14" t="n">
-        <v>278063.0</v>
+        <v>1818036.0</v>
       </c>
       <c r="D418" s="14" t="n">
-        <v>230828.0</v>
+        <v>1686717.0</v>
       </c>
       <c r="E418" s="14" t="n">
-        <v>316132.0</v>
+        <v>1601527.0</v>
       </c>
       <c r="F418" s="14" t="n">
-        <v>126565.0</v>
+        <v>1750342.0</v>
       </c>
       <c r="G418" s="14" t="n">
-        <v>283083.0</v>
+        <v>1737542.0</v>
+      </c>
+      <c r="H418" s="14" t="n">
+        <v>1790355.0</v>
+      </c>
+      <c r="I418" s="14" t="n">
+        <v>1804949.0</v>
+      </c>
+      <c r="J418" s="14" t="n">
+        <v>1756486.0</v>
+      </c>
+      <c r="K418" s="14" t="n">
+        <v>1665735.0</v>
+      </c>
+      <c r="L418" s="14" t="n">
+        <v>1654925.0</v>
+      </c>
+      <c r="M418" s="14" t="n">
+        <v>1678955.0</v>
+      </c>
+      <c r="N418" s="14" t="n">
+        <v>1763300.0</v>
+      </c>
+      <c r="O418" s="14" t="n">
+        <v>1687649.0</v>
+      </c>
+      <c r="P418" s="14" t="n">
+        <v>1680865.0</v>
+      </c>
+      <c r="Q418" s="14" t="n">
+        <v>1764287.0</v>
+      </c>
+      <c r="R418" s="14" t="n">
+        <v>1702233.0</v>
+      </c>
+      <c r="S418" s="14" t="n">
+        <v>1614623.0</v>
+      </c>
+      <c r="T418" s="14" t="n">
+        <v>1520140.0</v>
+      </c>
+      <c r="U418" s="14" t="n">
+        <v>1453157.0</v>
+      </c>
+      <c r="V418" s="14" t="n">
+        <v>1386397.0</v>
+      </c>
+      <c r="W418" s="14" t="n">
+        <v>1307159.0</v>
+      </c>
+      <c r="X418" s="14" t="n">
+        <v>1285249.0</v>
+      </c>
+      <c r="Y418" s="14" t="n">
+        <v>1206325.0</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B419" s="14" t="n">
-        <v>1089346.0</v>
+        <v>530683.0</v>
       </c>
       <c r="C419" s="14" t="n">
-        <v>1037431.0</v>
+        <v>484646.0</v>
       </c>
       <c r="D419" s="14" t="n">
-        <v>1200768.0</v>
+        <v>442472.0</v>
       </c>
       <c r="E419" s="14" t="n">
-        <v>1163316.0</v>
+        <v>432703.0</v>
       </c>
       <c r="F419" s="14" t="n">
-        <v>1140027.0</v>
+        <v>497770.0</v>
       </c>
       <c r="G419" s="14" t="n">
-        <v>1108116.0</v>
+        <v>447333.0</v>
+      </c>
+      <c r="H419" s="14" t="n">
+        <v>428749.0</v>
+      </c>
+      <c r="I419" s="14" t="n">
+        <v>412037.0</v>
+      </c>
+      <c r="J419" s="14" t="n">
+        <v>409399.0</v>
+      </c>
+      <c r="K419" s="14" t="n">
+        <v>398271.0</v>
+      </c>
+      <c r="L419" s="14" t="n">
+        <v>386628.0</v>
+      </c>
+      <c r="M419" s="14" t="n">
+        <v>458848.0</v>
+      </c>
+      <c r="N419" s="14" t="n">
+        <v>549340.0</v>
+      </c>
+      <c r="O419" s="14" t="n">
+        <v>661997.0</v>
+      </c>
+      <c r="P419" s="14" t="n">
+        <v>795493.0</v>
+      </c>
+      <c r="Q419" s="14" t="n">
+        <v>836389.0</v>
+      </c>
+      <c r="R419" s="14" t="n">
+        <v>809433.0</v>
+      </c>
+      <c r="S419" s="14" t="n">
+        <v>767557.0</v>
+      </c>
+      <c r="T419" s="14" t="n">
+        <v>677160.0</v>
+      </c>
+      <c r="U419" s="14" t="n">
+        <v>601488.0</v>
+      </c>
+      <c r="V419" s="14" t="n">
+        <v>561764.0</v>
+      </c>
+      <c r="W419" s="14" t="n">
+        <v>530107.0</v>
+      </c>
+      <c r="X419" s="14" t="n">
+        <v>450030.0</v>
+      </c>
+      <c r="Y419" s="14" t="n">
+        <v>388555.0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B420" s="14" t="n">
-        <v>934598.0</v>
+        <v>2011661.0</v>
       </c>
       <c r="C420" s="14" t="n">
-        <v>952127.0</v>
+        <v>1835990.0</v>
       </c>
       <c r="D420" s="14" t="n">
-        <v>1057584.0</v>
+        <v>1602043.0</v>
       </c>
       <c r="E420" s="14" t="n">
-        <v>1035137.0</v>
+        <v>1386246.0</v>
       </c>
       <c r="F420" s="14" t="n">
-        <v>1021009.0</v>
+        <v>1700789.0</v>
       </c>
       <c r="G420" s="14" t="n">
-        <v>975384.0</v>
+        <v>1649329.0</v>
+      </c>
+      <c r="H420" s="14" t="n">
+        <v>1597491.0</v>
+      </c>
+      <c r="I420" s="14" t="n">
+        <v>1555751.0</v>
+      </c>
+      <c r="J420" s="14" t="n">
+        <v>1507288.0</v>
+      </c>
+      <c r="K420" s="14" t="n">
+        <v>1456273.0</v>
+      </c>
+      <c r="L420" s="14" t="n">
+        <v>1450946.0</v>
+      </c>
+      <c r="M420" s="14" t="n">
+        <v>1477709.0</v>
+      </c>
+      <c r="N420" s="14" t="n">
+        <v>1528101.0</v>
+      </c>
+      <c r="O420" s="14" t="n">
+        <v>1536991.0</v>
+      </c>
+      <c r="P420" s="14" t="n">
+        <v>1517607.0</v>
+      </c>
+      <c r="Q420" s="14" t="n">
+        <v>1567966.0</v>
+      </c>
+      <c r="R420" s="14" t="n">
+        <v>1445070.0</v>
+      </c>
+      <c r="S420" s="14" t="n">
+        <v>1334837.0</v>
+      </c>
+      <c r="T420" s="14" t="n">
+        <v>1246381.0</v>
+      </c>
+      <c r="U420" s="14" t="n">
+        <v>1186071.0</v>
+      </c>
+      <c r="V420" s="14" t="n">
+        <v>1117286.0</v>
+      </c>
+      <c r="W420" s="14" t="n">
+        <v>1027419.0</v>
+      </c>
+      <c r="X420" s="14" t="n">
+        <v>972963.0</v>
+      </c>
+      <c r="Y420" s="14" t="n">
+        <v>898933.0</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B421" s="14" t="n">
-        <v>195647.0</v>
+        <v>1946481.0</v>
       </c>
       <c r="C421" s="14" t="n">
-        <v>197343.0</v>
+        <v>1720797.0</v>
       </c>
       <c r="D421" s="14" t="n">
-        <v>206840.0</v>
+        <v>1572745.0</v>
       </c>
       <c r="E421" s="14" t="n">
-        <v>181962.0</v>
+        <v>1520898.0</v>
       </c>
       <c r="F421" s="14" t="n">
-        <v>164628.0</v>
+        <v>1537327.0</v>
       </c>
       <c r="G421" s="14" t="n">
-        <v>200153.0</v>
+        <v>1496219.0</v>
+      </c>
+      <c r="H421" s="14" t="n">
+        <v>1406515.0</v>
+      </c>
+      <c r="I421" s="14" t="n">
+        <v>1374279.0</v>
+      </c>
+      <c r="J421" s="14" t="n">
+        <v>1339865.0</v>
+      </c>
+      <c r="K421" s="14" t="n">
+        <v>1317223.0</v>
+      </c>
+      <c r="L421" s="14" t="n">
+        <v>1278006.0</v>
+      </c>
+      <c r="M421" s="14" t="n">
+        <v>1300374.0</v>
+      </c>
+      <c r="N421" s="14" t="n">
+        <v>1282976.0</v>
+      </c>
+      <c r="O421" s="14" t="n">
+        <v>1255089.0</v>
+      </c>
+      <c r="P421" s="14" t="n">
+        <v>1285067.0</v>
+      </c>
+      <c r="Q421" s="14" t="n">
+        <v>1300173.0</v>
+      </c>
+      <c r="R421" s="14" t="n">
+        <v>1205617.0</v>
+      </c>
+      <c r="S421" s="14" t="n">
+        <v>1055271.0</v>
+      </c>
+      <c r="T421" s="14" t="n">
+        <v>952377.0</v>
+      </c>
+      <c r="U421" s="14" t="n">
+        <v>864819.0</v>
+      </c>
+      <c r="V421" s="14" t="n">
+        <v>798371.0</v>
+      </c>
+      <c r="W421" s="14" t="n">
+        <v>736371.0</v>
+      </c>
+      <c r="X421" s="14" t="n">
+        <v>672880.0</v>
+      </c>
+      <c r="Y421" s="14" t="n">
+        <v>621659.0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B422" s="14" t="n">
-        <v>616051.0</v>
+        <v>2055027.0</v>
       </c>
       <c r="C422" s="14" t="n">
-        <v>542423.0</v>
+        <v>1832753.0</v>
       </c>
       <c r="D422" s="14" t="n">
-        <v>671756.0</v>
+        <v>1732750.0</v>
       </c>
       <c r="E422" s="14" t="n">
-        <v>666631.0</v>
+        <v>1713715.0</v>
       </c>
       <c r="F422" s="14" t="n">
-        <v>660902.0</v>
+        <v>1737236.0</v>
       </c>
       <c r="G422" s="14" t="n">
-        <v>629478.0</v>
+        <v>1620668.0</v>
+      </c>
+      <c r="H422" s="14" t="n">
+        <v>1587223.0</v>
+      </c>
+      <c r="I422" s="14" t="n">
+        <v>1534847.0</v>
+      </c>
+      <c r="J422" s="14" t="n">
+        <v>1489773.0</v>
+      </c>
+      <c r="K422" s="14" t="n">
+        <v>1436288.0</v>
+      </c>
+      <c r="L422" s="14" t="n">
+        <v>1421335.0</v>
+      </c>
+      <c r="M422" s="14" t="n">
+        <v>1410981.0</v>
+      </c>
+      <c r="N422" s="14" t="n">
+        <v>1465769.0</v>
+      </c>
+      <c r="O422" s="14" t="n">
+        <v>1485111.0</v>
+      </c>
+      <c r="P422" s="14" t="n">
+        <v>1470900.0</v>
+      </c>
+      <c r="Q422" s="14" t="n">
+        <v>1407083.0</v>
+      </c>
+      <c r="R422" s="14" t="n">
+        <v>1289638.0</v>
+      </c>
+      <c r="S422" s="14" t="n">
+        <v>1184323.0</v>
+      </c>
+      <c r="T422" s="14" t="n">
+        <v>1099435.0</v>
+      </c>
+      <c r="U422" s="14" t="n">
+        <v>983105.0</v>
+      </c>
+      <c r="V422" s="14" t="n">
+        <v>927751.0</v>
+      </c>
+      <c r="W422" s="14" t="n">
+        <v>859189.0</v>
+      </c>
+      <c r="X422" s="14" t="n">
+        <v>784109.0</v>
+      </c>
+      <c r="Y422" s="14" t="n">
+        <v>740006.0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B423" s="14" t="n">
-        <v>727306.0</v>
+        <v>9547753.0</v>
       </c>
       <c r="C423" s="14" t="n">
-        <v>704338.0</v>
+        <v>8893503.0</v>
       </c>
       <c r="D423" s="14" t="n">
-        <v>732983.0</v>
+        <v>7894811.0</v>
       </c>
       <c r="E423" s="14" t="n">
-        <v>716416.0</v>
+        <v>7463154.0</v>
       </c>
       <c r="F423" s="14" t="n">
-        <v>690840.0</v>
+        <v>8055925.0</v>
       </c>
       <c r="G423" s="14" t="n">
-        <v>666354.0</v>
+        <v>7820796.0</v>
+      </c>
+      <c r="H423" s="14" t="n">
+        <v>7562765.0</v>
+      </c>
+      <c r="I423" s="14" t="n">
+        <v>7318258.0</v>
+      </c>
+      <c r="J423" s="14" t="n">
+        <v>7289270.0</v>
+      </c>
+      <c r="K423" s="14" t="n">
+        <v>7039199.0</v>
+      </c>
+      <c r="L423" s="14" t="n">
+        <v>6920402.0</v>
+      </c>
+      <c r="M423" s="14" t="n">
+        <v>7045691.0</v>
+      </c>
+      <c r="N423" s="14" t="n">
+        <v>7313441.0</v>
+      </c>
+      <c r="O423" s="14" t="n">
+        <v>7348825.0</v>
+      </c>
+      <c r="P423" s="14" t="n">
+        <v>7407114.0</v>
+      </c>
+      <c r="Q423" s="14" t="n">
+        <v>7607615.0</v>
+      </c>
+      <c r="R423" s="14" t="n">
+        <v>7162468.0</v>
+      </c>
+      <c r="S423" s="14" t="n">
+        <v>6626039.0</v>
+      </c>
+      <c r="T423" s="14" t="n">
+        <v>6153702.0</v>
+      </c>
+      <c r="U423" s="14" t="n">
+        <v>5748432.0</v>
+      </c>
+      <c r="V423" s="14" t="n">
+        <v>5452961.0</v>
+      </c>
+      <c r="W423" s="14" t="n">
+        <v>5065463.0</v>
+      </c>
+      <c r="X423" s="14" t="n">
+        <v>4798563.0</v>
+      </c>
+      <c r="Y423" s="14" t="n">
+        <v>4474552.0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B424" s="14" t="n">
-        <v>916807.0</v>
+        <v>928897.0</v>
       </c>
       <c r="C424" s="14" t="n">
-        <v>916992.0</v>
+        <v>873966.0</v>
       </c>
       <c r="D424" s="14" t="n">
-        <v>956721.0</v>
+        <v>840939.0</v>
       </c>
       <c r="E424" s="14" t="n">
-        <v>917337.0</v>
+        <v>723761.0</v>
       </c>
       <c r="F424" s="14" t="n">
-        <v>904731.0</v>
+        <v>834072.0</v>
       </c>
       <c r="G424" s="14" t="n">
-        <v>895864.0</v>
+        <v>829056.0</v>
+      </c>
+      <c r="H424" s="14" t="n">
+        <v>788942.0</v>
+      </c>
+      <c r="I424" s="14" t="n">
+        <v>755836.0</v>
+      </c>
+      <c r="J424" s="14" t="n">
+        <v>743795.0</v>
+      </c>
+      <c r="K424" s="14" t="n">
+        <v>699248.0</v>
+      </c>
+      <c r="L424" s="14" t="n">
+        <v>660740.0</v>
+      </c>
+      <c r="M424" s="14" t="n">
+        <v>623354.0</v>
+      </c>
+      <c r="N424" s="14" t="n">
+        <v>631930.0</v>
+      </c>
+      <c r="O424" s="14" t="n">
+        <v>659727.0</v>
+      </c>
+      <c r="P424" s="14" t="n">
+        <v>504759.0</v>
+      </c>
+      <c r="Q424" s="14" t="n">
+        <v>657279.0</v>
+      </c>
+      <c r="R424" s="14" t="n">
+        <v>799349.0</v>
+      </c>
+      <c r="S424" s="14" t="n">
+        <v>800981.0</v>
+      </c>
+      <c r="T424" s="14" t="n">
+        <v>715203.0</v>
+      </c>
+      <c r="U424" s="14" t="n">
+        <v>635314.0</v>
+      </c>
+      <c r="V424" s="14" t="n">
+        <v>568575.0</v>
+      </c>
+      <c r="W424" s="14" t="n">
+        <v>501450.0</v>
+      </c>
+      <c r="X424" s="14" t="n">
+        <v>474458.0</v>
+      </c>
+      <c r="Y424" s="14" t="n">
+        <v>456890.0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B425" s="14" t="n">
-        <v>3893782.0</v>
+        <v>1.047665E7</v>
       </c>
       <c r="C425" s="14" t="n">
-        <v>3676590.0</v>
+        <v>9767469.0</v>
       </c>
       <c r="D425" s="14" t="n">
-        <v>3999896.0</v>
+        <v>8735750.0</v>
       </c>
       <c r="E425" s="14" t="n">
-        <v>3961794.0</v>
+        <v>8186915.0</v>
       </c>
       <c r="F425" s="14" t="n">
-        <v>3687693.0</v>
+        <v>8889997.0</v>
       </c>
       <c r="G425" s="14" t="n">
-        <v>3783048.0</v>
+        <v>8649852.0</v>
+      </c>
+      <c r="H425" s="14" t="n">
+        <v>8351707.0</v>
+      </c>
+      <c r="I425" s="14" t="n">
+        <v>8074094.0</v>
+      </c>
+      <c r="J425" s="14" t="n">
+        <v>8033065.0</v>
+      </c>
+      <c r="K425" s="14" t="n">
+        <v>7738447.0</v>
+      </c>
+      <c r="L425" s="14" t="n">
+        <v>7581142.0</v>
+      </c>
+      <c r="M425" s="14" t="n">
+        <v>7669045.0</v>
+      </c>
+      <c r="N425" s="14" t="n">
+        <v>7945371.0</v>
+      </c>
+      <c r="O425" s="14" t="n">
+        <v>8008552.0</v>
+      </c>
+      <c r="P425" s="14" t="n">
+        <v>7911873.0</v>
+      </c>
+      <c r="Q425" s="14" t="n">
+        <v>8264894.0</v>
+      </c>
+      <c r="R425" s="14" t="n">
+        <v>7961817.0</v>
+      </c>
+      <c r="S425" s="14" t="n">
+        <v>7427020.0</v>
+      </c>
+      <c r="T425" s="14" t="n">
+        <v>6868905.0</v>
+      </c>
+      <c r="U425" s="14" t="n">
+        <v>6383746.0</v>
+      </c>
+      <c r="V425" s="14" t="n">
+        <v>6021536.0</v>
+      </c>
+      <c r="W425" s="14" t="n">
+        <v>5566913.0</v>
+      </c>
+      <c r="X425" s="14" t="n">
+        <v>5273021.0</v>
+      </c>
+      <c r="Y425" s="14" t="n">
+        <v>4931442.0</v>
       </c>
     </row>
     <row r="426">
-      <c r="A426" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A426" s="6" t="inlineStr">
+        <is>
+          <t>37 Salamanca</t>
+        </is>
+      </c>
+      <c r="B426" s="6"/>
+      <c r="C426" s="6"/>
+      <c r="D426" s="6"/>
+      <c r="E426" s="6"/>
+      <c r="F426" s="6"/>
+      <c r="G426" s="6"/>
+      <c r="H426" s="6"/>
+      <c r="I426" s="6"/>
+      <c r="J426" s="6"/>
+      <c r="K426" s="6"/>
+      <c r="L426" s="6"/>
+      <c r="M426" s="6"/>
+      <c r="N426" s="6"/>
+      <c r="O426" s="6"/>
+      <c r="P426" s="6"/>
+      <c r="Q426" s="6"/>
+      <c r="R426" s="6"/>
+      <c r="S426" s="6"/>
+      <c r="T426" s="6"/>
+      <c r="U426" s="6"/>
+      <c r="V426" s="6"/>
+      <c r="W426" s="6"/>
+      <c r="X426" s="6"/>
+      <c r="Y426" s="6"/>
     </row>
     <row r="427">
       <c r="A427" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B427" s="14" t="n">
-        <v>4303764.0</v>
+        <v>1068834.0</v>
       </c>
       <c r="C427" s="14" t="n">
-        <v>4029182.0</v>
+        <v>876585.0</v>
       </c>
       <c r="D427" s="14" t="n">
-        <v>4410268.0</v>
+        <v>357846.0</v>
       </c>
       <c r="E427" s="14" t="n">
-        <v>4378169.0</v>
+        <v>362683.0</v>
       </c>
       <c r="F427" s="14" t="n">
-        <v>4068199.0</v>
+        <v>365720.0</v>
       </c>
       <c r="G427" s="14" t="n">
-        <v>4169156.0</v>
+        <v>364848.0</v>
+      </c>
+      <c r="H427" s="14" t="n">
+        <v>310352.0</v>
+      </c>
+      <c r="I427" s="14" t="n">
+        <v>356908.0</v>
+      </c>
+      <c r="J427" s="14" t="n">
+        <v>287995.0</v>
+      </c>
+      <c r="K427" s="14" t="n">
+        <v>259909.0</v>
+      </c>
+      <c r="L427" s="14" t="n">
+        <v>255744.0</v>
+      </c>
+      <c r="M427" s="14" t="n">
+        <v>316127.0</v>
+      </c>
+      <c r="N427" s="14" t="n">
+        <v>289462.0</v>
+      </c>
+      <c r="O427" s="14" t="n">
+        <v>281837.0</v>
+      </c>
+      <c r="P427" s="14" t="n">
+        <v>269559.0</v>
+      </c>
+      <c r="Q427" s="14" t="n">
+        <v>334386.0</v>
+      </c>
+      <c r="R427" s="14" t="n">
+        <v>373786.0</v>
+      </c>
+      <c r="S427" s="14" t="n">
+        <v>318221.0</v>
+      </c>
+      <c r="T427" s="14" t="n">
+        <v>317045.0</v>
+      </c>
+      <c r="U427" s="14" t="n">
+        <v>339674.0</v>
+      </c>
+      <c r="V427" s="14" t="n">
+        <v>348965.0</v>
+      </c>
+      <c r="W427" s="14" t="n">
+        <v>332161.0</v>
+      </c>
+      <c r="X427" s="14" t="n">
+        <v>324987.0</v>
+      </c>
+      <c r="Y427" s="14" t="n">
+        <v>294780.0</v>
       </c>
     </row>
     <row r="428">
-      <c r="A428" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G428" s="6"/>
+      <c r="A428" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+        </is>
+      </c>
+      <c r="B428" s="14" t="n">
+        <v>1026150.0</v>
+      </c>
+      <c r="C428" s="14" t="n">
+        <v>1085062.0</v>
+      </c>
+      <c r="D428" s="14" t="n">
+        <v>1068805.0</v>
+      </c>
+      <c r="E428" s="14" t="n">
+        <v>640891.0</v>
+      </c>
+      <c r="F428" s="14" t="n">
+        <v>580872.0</v>
+      </c>
+      <c r="G428" s="14" t="n">
+        <v>551945.0</v>
+      </c>
+      <c r="H428" s="14" t="n">
+        <v>600206.0</v>
+      </c>
+      <c r="I428" s="14" t="n">
+        <v>685332.0</v>
+      </c>
+      <c r="J428" s="14" t="n">
+        <v>707138.0</v>
+      </c>
+      <c r="K428" s="14" t="n">
+        <v>701554.0</v>
+      </c>
+      <c r="L428" s="14" t="n">
+        <v>738165.0</v>
+      </c>
+      <c r="M428" s="14" t="n">
+        <v>784692.0</v>
+      </c>
+      <c r="N428" s="14" t="n">
+        <v>831113.0</v>
+      </c>
+      <c r="O428" s="14" t="n">
+        <v>769998.0</v>
+      </c>
+      <c r="P428" s="14" t="n">
+        <v>801480.0</v>
+      </c>
+      <c r="Q428" s="14" t="n">
+        <v>907408.0</v>
+      </c>
+      <c r="R428" s="14" t="n">
+        <v>866079.0</v>
+      </c>
+      <c r="S428" s="14" t="n">
+        <v>838375.0</v>
+      </c>
+      <c r="T428" s="14" t="n">
+        <v>797480.0</v>
+      </c>
+      <c r="U428" s="14" t="n">
+        <v>686905.0</v>
+      </c>
+      <c r="V428" s="14" t="n">
+        <v>633256.0</v>
+      </c>
+      <c r="W428" s="14" t="n">
+        <v>565295.0</v>
+      </c>
+      <c r="X428" s="14" t="n">
+        <v>555213.0</v>
+      </c>
+      <c r="Y428" s="14" t="n">
+        <v>486136.0</v>
+      </c>
     </row>
     <row r="429">
       <c r="A429" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B429" s="14" t="n">
-        <v>2.2056871E7</v>
+        <v>769732.0</v>
       </c>
       <c r="C429" s="14" t="n">
-        <v>1.9692679E7</v>
+        <v>679661.0</v>
       </c>
       <c r="D429" s="14" t="n">
-        <v>2.4214216E7</v>
+        <v>660088.0</v>
       </c>
       <c r="E429" s="14" t="n">
-        <v>2.3604509E7</v>
+        <v>476131.0</v>
       </c>
       <c r="F429" s="14" t="n">
-        <v>2.2703791E7</v>
+        <v>414968.0</v>
       </c>
       <c r="G429" s="14" t="n">
-        <v>2.1670851E7</v>
+        <v>385808.0</v>
+      </c>
+      <c r="H429" s="14" t="n">
+        <v>392861.0</v>
+      </c>
+      <c r="I429" s="14" t="n">
+        <v>468493.0</v>
+      </c>
+      <c r="J429" s="14" t="n">
+        <v>473553.0</v>
+      </c>
+      <c r="K429" s="14" t="n">
+        <v>472014.0</v>
+      </c>
+      <c r="L429" s="14" t="n">
+        <v>482757.0</v>
+      </c>
+      <c r="M429" s="14" t="n">
+        <v>526039.0</v>
+      </c>
+      <c r="N429" s="14" t="n">
+        <v>565606.0</v>
+      </c>
+      <c r="O429" s="14" t="n">
+        <v>516120.0</v>
+      </c>
+      <c r="P429" s="14" t="n">
+        <v>571610.0</v>
+      </c>
+      <c r="Q429" s="14" t="n">
+        <v>637973.0</v>
+      </c>
+      <c r="R429" s="14" t="n">
+        <v>603144.0</v>
+      </c>
+      <c r="S429" s="14" t="n">
+        <v>578150.0</v>
+      </c>
+      <c r="T429" s="14" t="n">
+        <v>538580.0</v>
+      </c>
+      <c r="U429" s="14" t="n">
+        <v>439320.0</v>
+      </c>
+      <c r="V429" s="14" t="n">
+        <v>415176.0</v>
+      </c>
+      <c r="W429" s="14" t="n">
+        <v>382087.0</v>
+      </c>
+      <c r="X429" s="14" t="n">
+        <v>369752.0</v>
+      </c>
+      <c r="Y429" s="14" t="n">
+        <v>324876.0</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B430" s="14" t="n">
-        <v>247736.0</v>
+        <v>607583.0</v>
       </c>
       <c r="C430" s="14" t="n">
-        <v>255269.0</v>
+        <v>526107.0</v>
       </c>
       <c r="D430" s="14" t="n">
-        <v>264322.0</v>
+        <v>403694.0</v>
       </c>
       <c r="E430" s="14" t="n">
-        <v>262978.0</v>
+        <v>363978.0</v>
       </c>
       <c r="F430" s="14" t="n">
-        <v>260170.0</v>
+        <v>427133.0</v>
       </c>
       <c r="G430" s="14" t="n">
-        <v>236161.0</v>
+        <v>407954.0</v>
+      </c>
+      <c r="H430" s="14" t="n">
+        <v>398567.0</v>
+      </c>
+      <c r="I430" s="14" t="n">
+        <v>344423.0</v>
+      </c>
+      <c r="J430" s="14" t="n">
+        <v>332081.0</v>
+      </c>
+      <c r="K430" s="14" t="n">
+        <v>277565.0</v>
+      </c>
+      <c r="L430" s="14" t="n">
+        <v>290665.0</v>
+      </c>
+      <c r="M430" s="14" t="n">
+        <v>393803.0</v>
+      </c>
+      <c r="N430" s="14" t="n">
+        <v>437377.0</v>
+      </c>
+      <c r="O430" s="14" t="n">
+        <v>492470.0</v>
+      </c>
+      <c r="P430" s="14" t="n">
+        <v>746132.0</v>
+      </c>
+      <c r="Q430" s="14" t="n">
+        <v>643280.0</v>
+      </c>
+      <c r="R430" s="14" t="n">
+        <v>647841.0</v>
+      </c>
+      <c r="S430" s="14" t="n">
+        <v>687686.0</v>
+      </c>
+      <c r="T430" s="14" t="n">
+        <v>656159.0</v>
+      </c>
+      <c r="U430" s="14" t="n">
+        <v>636354.0</v>
+      </c>
+      <c r="V430" s="14" t="n">
+        <v>583176.0</v>
+      </c>
+      <c r="W430" s="14" t="n">
+        <v>573829.0</v>
+      </c>
+      <c r="X430" s="14" t="n">
+        <v>528000.0</v>
+      </c>
+      <c r="Y430" s="14" t="n">
+        <v>441097.0</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B431" s="14" t="n">
-        <v>1514492.0</v>
+        <v>2051909.0</v>
       </c>
       <c r="C431" s="14" t="n">
-        <v>1410524.0</v>
+        <v>1839820.0</v>
       </c>
       <c r="D431" s="14" t="n">
-        <v>1534808.0</v>
+        <v>1552776.0</v>
       </c>
       <c r="E431" s="14" t="n">
-        <v>1476935.0</v>
+        <v>1337225.0</v>
       </c>
       <c r="F431" s="14" t="n">
-        <v>1490491.0</v>
+        <v>1685624.0</v>
       </c>
       <c r="G431" s="14" t="n">
-        <v>1393697.0</v>
+        <v>1579823.0</v>
+      </c>
+      <c r="H431" s="14" t="n">
+        <v>1509324.0</v>
+      </c>
+      <c r="I431" s="14" t="n">
+        <v>1421628.0</v>
+      </c>
+      <c r="J431" s="14" t="n">
+        <v>1247455.0</v>
+      </c>
+      <c r="K431" s="14" t="n">
+        <v>1175189.0</v>
+      </c>
+      <c r="L431" s="14" t="n">
+        <v>1115169.0</v>
+      </c>
+      <c r="M431" s="14" t="n">
+        <v>1104568.0</v>
+      </c>
+      <c r="N431" s="14" t="n">
+        <v>1205681.0</v>
+      </c>
+      <c r="O431" s="14" t="n">
+        <v>1240273.0</v>
+      </c>
+      <c r="P431" s="14" t="n">
+        <v>1323380.0</v>
+      </c>
+      <c r="Q431" s="14" t="n">
+        <v>1272496.0</v>
+      </c>
+      <c r="R431" s="14" t="n">
+        <v>1230102.0</v>
+      </c>
+      <c r="S431" s="14" t="n">
+        <v>1176492.0</v>
+      </c>
+      <c r="T431" s="14" t="n">
+        <v>1153115.0</v>
+      </c>
+      <c r="U431" s="14" t="n">
+        <v>1168337.0</v>
+      </c>
+      <c r="V431" s="14" t="n">
+        <v>1123001.0</v>
+      </c>
+      <c r="W431" s="14" t="n">
+        <v>1057071.0</v>
+      </c>
+      <c r="X431" s="14" t="n">
+        <v>1032656.0</v>
+      </c>
+      <c r="Y431" s="14" t="n">
+        <v>968561.0</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B432" s="14" t="n">
-        <v>719414.0</v>
+        <v>1752660.0</v>
       </c>
       <c r="C432" s="14" t="n">
-        <v>684010.0</v>
+        <v>1515529.0</v>
       </c>
       <c r="D432" s="14" t="n">
-        <v>799644.0</v>
+        <v>1410622.0</v>
       </c>
       <c r="E432" s="14" t="n">
-        <v>745979.0</v>
+        <v>1360808.0</v>
       </c>
       <c r="F432" s="14" t="n">
-        <v>766436.0</v>
+        <v>1388001.0</v>
       </c>
       <c r="G432" s="14" t="n">
-        <v>679819.0</v>
+        <v>1357291.0</v>
+      </c>
+      <c r="H432" s="14" t="n">
+        <v>1316017.0</v>
+      </c>
+      <c r="I432" s="14" t="n">
+        <v>1278085.0</v>
+      </c>
+      <c r="J432" s="14" t="n">
+        <v>1257600.0</v>
+      </c>
+      <c r="K432" s="14" t="n">
+        <v>1257459.0</v>
+      </c>
+      <c r="L432" s="14" t="n">
+        <v>1251570.0</v>
+      </c>
+      <c r="M432" s="14" t="n">
+        <v>1222475.0</v>
+      </c>
+      <c r="N432" s="14" t="n">
+        <v>1222034.0</v>
+      </c>
+      <c r="O432" s="14" t="n">
+        <v>1187799.0</v>
+      </c>
+      <c r="P432" s="14" t="n">
+        <v>1230158.0</v>
+      </c>
+      <c r="Q432" s="14" t="n">
+        <v>1229889.0</v>
+      </c>
+      <c r="R432" s="14" t="n">
+        <v>1159162.0</v>
+      </c>
+      <c r="S432" s="14" t="n">
+        <v>1050421.0</v>
+      </c>
+      <c r="T432" s="14" t="n">
+        <v>951486.0</v>
+      </c>
+      <c r="U432" s="14" t="n">
+        <v>886690.0</v>
+      </c>
+      <c r="V432" s="14" t="n">
+        <v>822041.0</v>
+      </c>
+      <c r="W432" s="14" t="n">
+        <v>749059.0</v>
+      </c>
+      <c r="X432" s="14" t="n">
+        <v>709772.0</v>
+      </c>
+      <c r="Y432" s="14" t="n">
+        <v>616766.0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B433" s="14" t="n">
-        <v>1273844.0</v>
+        <v>2257063.0</v>
       </c>
       <c r="C433" s="14" t="n">
-        <v>1186512.0</v>
+        <v>2043061.0</v>
       </c>
       <c r="D433" s="14" t="n">
-        <v>1271859.0</v>
+        <v>1894286.0</v>
       </c>
       <c r="E433" s="14" t="n">
-        <v>1122281.0</v>
+        <v>1932883.0</v>
       </c>
       <c r="F433" s="14" t="n">
-        <v>991698.0</v>
+        <v>2028306.0</v>
       </c>
       <c r="G433" s="14" t="n">
-        <v>1005396.0</v>
+        <v>1968028.0</v>
+      </c>
+      <c r="H433" s="14" t="n">
+        <v>1922564.0</v>
+      </c>
+      <c r="I433" s="14" t="n">
+        <v>1813007.0</v>
+      </c>
+      <c r="J433" s="14" t="n">
+        <v>1841909.0</v>
+      </c>
+      <c r="K433" s="14" t="n">
+        <v>1799122.0</v>
+      </c>
+      <c r="L433" s="14" t="n">
+        <v>1810894.0</v>
+      </c>
+      <c r="M433" s="14" t="n">
+        <v>1842217.0</v>
+      </c>
+      <c r="N433" s="14" t="n">
+        <v>1906602.0</v>
+      </c>
+      <c r="O433" s="14" t="n">
+        <v>1940387.0</v>
+      </c>
+      <c r="P433" s="14" t="n">
+        <v>1905100.0</v>
+      </c>
+      <c r="Q433" s="14" t="n">
+        <v>1830362.0</v>
+      </c>
+      <c r="R433" s="14" t="n">
+        <v>1686111.0</v>
+      </c>
+      <c r="S433" s="14" t="n">
+        <v>1557726.0</v>
+      </c>
+      <c r="T433" s="14" t="n">
+        <v>1467014.0</v>
+      </c>
+      <c r="U433" s="14" t="n">
+        <v>1445510.0</v>
+      </c>
+      <c r="V433" s="14" t="n">
+        <v>1426065.0</v>
+      </c>
+      <c r="W433" s="14" t="n">
+        <v>1311377.0</v>
+      </c>
+      <c r="X433" s="14" t="n">
+        <v>1206235.0</v>
+      </c>
+      <c r="Y433" s="14" t="n">
+        <v>1137221.0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B434" s="14" t="n">
-        <v>6618825.0</v>
+        <v>8764199.0</v>
       </c>
       <c r="C434" s="14" t="n">
-        <v>5324925.0</v>
+        <v>7886164.0</v>
       </c>
       <c r="D434" s="14" t="n">
-        <v>8579740.0</v>
+        <v>6688029.0</v>
       </c>
       <c r="E434" s="14" t="n">
-        <v>8481677.0</v>
+        <v>5998468.0</v>
       </c>
       <c r="F434" s="14" t="n">
-        <v>8252994.0</v>
+        <v>6475656.0</v>
       </c>
       <c r="G434" s="14" t="n">
-        <v>7669385.0</v>
+        <v>6229889.0</v>
+      </c>
+      <c r="H434" s="14" t="n">
+        <v>6057030.0</v>
+      </c>
+      <c r="I434" s="14" t="n">
+        <v>5899383.0</v>
+      </c>
+      <c r="J434" s="14" t="n">
+        <v>5674178.0</v>
+      </c>
+      <c r="K434" s="14" t="n">
+        <v>5470798.0</v>
+      </c>
+      <c r="L434" s="14" t="n">
+        <v>5462207.0</v>
+      </c>
+      <c r="M434" s="14" t="n">
+        <v>5663882.0</v>
+      </c>
+      <c r="N434" s="14" t="n">
+        <v>5892269.0</v>
+      </c>
+      <c r="O434" s="14" t="n">
+        <v>5912764.0</v>
+      </c>
+      <c r="P434" s="14" t="n">
+        <v>6275809.0</v>
+      </c>
+      <c r="Q434" s="14" t="n">
+        <v>6217821.0</v>
+      </c>
+      <c r="R434" s="14" t="n">
+        <v>5963081.0</v>
+      </c>
+      <c r="S434" s="14" t="n">
+        <v>5628921.0</v>
+      </c>
+      <c r="T434" s="14" t="n">
+        <v>5342299.0</v>
+      </c>
+      <c r="U434" s="14" t="n">
+        <v>5163470.0</v>
+      </c>
+      <c r="V434" s="14" t="n">
+        <v>4936504.0</v>
+      </c>
+      <c r="W434" s="14" t="n">
+        <v>4588792.0</v>
+      </c>
+      <c r="X434" s="14" t="n">
+        <v>4356863.0</v>
+      </c>
+      <c r="Y434" s="14" t="n">
+        <v>3944561.0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B435" s="14" t="n">
-        <v>4935073.0</v>
+        <v>840093.0</v>
       </c>
       <c r="C435" s="14" t="n">
-        <v>4763697.0</v>
+        <v>761442.0</v>
       </c>
       <c r="D435" s="14" t="n">
-        <v>5091851.0</v>
+        <v>698814.0</v>
       </c>
       <c r="E435" s="14" t="n">
-        <v>4974032.0</v>
+        <v>585029.0</v>
       </c>
       <c r="F435" s="14" t="n">
-        <v>4669264.0</v>
+        <v>674023.0</v>
       </c>
       <c r="G435" s="14" t="n">
-        <v>4548569.0</v>
+        <v>664257.0</v>
+      </c>
+      <c r="H435" s="14" t="n">
+        <v>635376.0</v>
+      </c>
+      <c r="I435" s="14" t="n">
+        <v>612056.0</v>
+      </c>
+      <c r="J435" s="14" t="n">
+        <v>581621.0</v>
+      </c>
+      <c r="K435" s="14" t="n">
+        <v>545902.0</v>
+      </c>
+      <c r="L435" s="14" t="n">
+        <v>523679.0</v>
+      </c>
+      <c r="M435" s="14" t="n">
+        <v>503175.0</v>
+      </c>
+      <c r="N435" s="14" t="n">
+        <v>511090.0</v>
+      </c>
+      <c r="O435" s="14" t="n">
+        <v>532931.0</v>
+      </c>
+      <c r="P435" s="14" t="n">
+        <v>429252.0</v>
+      </c>
+      <c r="Q435" s="14" t="n">
+        <v>539109.0</v>
+      </c>
+      <c r="R435" s="14" t="n">
+        <v>667946.0</v>
+      </c>
+      <c r="S435" s="14" t="n">
+        <v>683034.0</v>
+      </c>
+      <c r="T435" s="14" t="n">
+        <v>623611.0</v>
+      </c>
+      <c r="U435" s="14" t="n">
+        <v>573998.0</v>
+      </c>
+      <c r="V435" s="14" t="n">
+        <v>518135.0</v>
+      </c>
+      <c r="W435" s="14" t="n">
+        <v>457649.0</v>
+      </c>
+      <c r="X435" s="14" t="n">
+        <v>434021.0</v>
+      </c>
+      <c r="Y435" s="14" t="n">
+        <v>406216.0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B436" s="14" t="n">
-        <v>5365733.0</v>
+        <v>9604292.0</v>
       </c>
       <c r="C436" s="14" t="n">
-        <v>5028455.0</v>
+        <v>8647606.0</v>
       </c>
       <c r="D436" s="14" t="n">
-        <v>5218522.0</v>
+        <v>7386843.0</v>
       </c>
       <c r="E436" s="14" t="n">
-        <v>5043728.0</v>
+        <v>6583497.0</v>
       </c>
       <c r="F436" s="14" t="n">
-        <v>4917288.0</v>
+        <v>7149679.0</v>
       </c>
       <c r="G436" s="14" t="n">
-        <v>4812892.0</v>
+        <v>6894146.0</v>
+      </c>
+      <c r="H436" s="14" t="n">
+        <v>6692406.0</v>
+      </c>
+      <c r="I436" s="14" t="n">
+        <v>6511439.0</v>
+      </c>
+      <c r="J436" s="14" t="n">
+        <v>6255799.0</v>
+      </c>
+      <c r="K436" s="14" t="n">
+        <v>6016700.0</v>
+      </c>
+      <c r="L436" s="14" t="n">
+        <v>5985886.0</v>
+      </c>
+      <c r="M436" s="14" t="n">
+        <v>6167057.0</v>
+      </c>
+      <c r="N436" s="14" t="n">
+        <v>6403359.0</v>
+      </c>
+      <c r="O436" s="14" t="n">
+        <v>6445695.0</v>
+      </c>
+      <c r="P436" s="14" t="n">
+        <v>6705061.0</v>
+      </c>
+      <c r="Q436" s="14" t="n">
+        <v>6756930.0</v>
+      </c>
+      <c r="R436" s="14" t="n">
+        <v>6631027.0</v>
+      </c>
+      <c r="S436" s="14" t="n">
+        <v>6311955.0</v>
+      </c>
+      <c r="T436" s="14" t="n">
+        <v>5965910.0</v>
+      </c>
+      <c r="U436" s="14" t="n">
+        <v>5737468.0</v>
+      </c>
+      <c r="V436" s="14" t="n">
+        <v>5454639.0</v>
+      </c>
+      <c r="W436" s="14" t="n">
+        <v>5046441.0</v>
+      </c>
+      <c r="X436" s="14" t="n">
+        <v>4790884.0</v>
+      </c>
+      <c r="Y436" s="14" t="n">
+        <v>4350777.0</v>
       </c>
     </row>
     <row r="437">
-      <c r="A437" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A437" s="6" t="inlineStr">
+        <is>
+          <t>38 Santa Cruz de Tenerife</t>
+        </is>
+      </c>
+      <c r="B437" s="6"/>
+      <c r="C437" s="6"/>
+      <c r="D437" s="6"/>
+      <c r="E437" s="6"/>
+      <c r="F437" s="6"/>
+      <c r="G437" s="6"/>
+      <c r="H437" s="6"/>
+      <c r="I437" s="6"/>
+      <c r="J437" s="6"/>
+      <c r="K437" s="6"/>
+      <c r="L437" s="6"/>
+      <c r="M437" s="6"/>
+      <c r="N437" s="6"/>
+      <c r="O437" s="6"/>
+      <c r="P437" s="6"/>
+      <c r="Q437" s="6"/>
+      <c r="R437" s="6"/>
+      <c r="S437" s="6"/>
+      <c r="T437" s="6"/>
+      <c r="U437" s="6"/>
+      <c r="V437" s="6"/>
+      <c r="W437" s="6"/>
+      <c r="X437" s="6"/>
+      <c r="Y437" s="6"/>
     </row>
     <row r="438">
       <c r="A438" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B438" s="14" t="n">
-        <v>2101168.0</v>
+        <v>478148.0</v>
       </c>
       <c r="C438" s="14" t="n">
-        <v>1723297.0</v>
+        <v>537734.0</v>
       </c>
       <c r="D438" s="14" t="n">
-        <v>2253114.0</v>
+        <v>477084.0</v>
       </c>
       <c r="E438" s="14" t="n">
-        <v>2242878.0</v>
+        <v>442218.0</v>
       </c>
       <c r="F438" s="14" t="n">
-        <v>2121886.0</v>
+        <v>473378.0</v>
       </c>
       <c r="G438" s="14" t="n">
-        <v>2004751.0</v>
+        <v>420695.0</v>
+      </c>
+      <c r="H438" s="14" t="n">
+        <v>430004.0</v>
+      </c>
+      <c r="I438" s="14" t="n">
+        <v>323941.0</v>
+      </c>
+      <c r="J438" s="14" t="n">
+        <v>315245.0</v>
+      </c>
+      <c r="K438" s="14" t="n">
+        <v>349800.0</v>
+      </c>
+      <c r="L438" s="14" t="n">
+        <v>357797.0</v>
+      </c>
+      <c r="M438" s="14" t="n">
+        <v>383663.0</v>
+      </c>
+      <c r="N438" s="14" t="n">
+        <v>436638.0</v>
+      </c>
+      <c r="O438" s="14" t="n">
+        <v>348037.0</v>
+      </c>
+      <c r="P438" s="14" t="n">
+        <v>348768.0</v>
+      </c>
+      <c r="Q438" s="14" t="n">
+        <v>363161.0</v>
+      </c>
+      <c r="R438" s="14" t="n">
+        <v>346526.0</v>
+      </c>
+      <c r="S438" s="14" t="n">
+        <v>287644.0</v>
+      </c>
+      <c r="T438" s="14" t="n">
+        <v>319602.0</v>
+      </c>
+      <c r="U438" s="14" t="n">
+        <v>281331.0</v>
+      </c>
+      <c r="V438" s="14" t="n">
+        <v>268978.0</v>
+      </c>
+      <c r="W438" s="14" t="n">
+        <v>245313.0</v>
+      </c>
+      <c r="X438" s="14" t="n">
+        <v>242743.0</v>
+      </c>
+      <c r="Y438" s="14" t="n">
+        <v>218479.0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B439" s="14" t="n">
-        <v>2.2056871E7</v>
+        <v>1596403.0</v>
       </c>
       <c r="C439" s="14" t="n">
-        <v>1.9692679E7</v>
+        <v>1570481.0</v>
       </c>
       <c r="D439" s="14" t="n">
-        <v>2.4214216E7</v>
+        <v>1163654.0</v>
       </c>
       <c r="E439" s="14" t="n">
-        <v>2.3604509E7</v>
+        <v>1031411.0</v>
       </c>
       <c r="F439" s="14" t="n">
-        <v>2.2703791E7</v>
+        <v>1065085.0</v>
       </c>
       <c r="G439" s="14" t="n">
-        <v>2.1670851E7</v>
+        <v>1023286.0</v>
+      </c>
+      <c r="H439" s="14" t="n">
+        <v>982973.0</v>
+      </c>
+      <c r="I439" s="14" t="n">
+        <v>975878.0</v>
+      </c>
+      <c r="J439" s="14" t="n">
+        <v>1000438.0</v>
+      </c>
+      <c r="K439" s="14" t="n">
+        <v>1026049.0</v>
+      </c>
+      <c r="L439" s="14" t="n">
+        <v>1081734.0</v>
+      </c>
+      <c r="M439" s="14" t="n">
+        <v>1228791.0</v>
+      </c>
+      <c r="N439" s="14" t="n">
+        <v>1222685.0</v>
+      </c>
+      <c r="O439" s="14" t="n">
+        <v>1395732.0</v>
+      </c>
+      <c r="P439" s="14" t="n">
+        <v>1204409.0</v>
+      </c>
+      <c r="Q439" s="14" t="n">
+        <v>1450301.0</v>
+      </c>
+      <c r="R439" s="14" t="n">
+        <v>1391076.0</v>
+      </c>
+      <c r="S439" s="14" t="n">
+        <v>1292928.0</v>
+      </c>
+      <c r="T439" s="14" t="n">
+        <v>1310362.0</v>
+      </c>
+      <c r="U439" s="14" t="n">
+        <v>1152615.0</v>
+      </c>
+      <c r="V439" s="14" t="n">
+        <v>1021359.0</v>
+      </c>
+      <c r="W439" s="14" t="n">
+        <v>899706.0</v>
+      </c>
+      <c r="X439" s="14" t="n">
+        <v>820487.0</v>
+      </c>
+      <c r="Y439" s="14" t="n">
+        <v>779541.0</v>
       </c>
     </row>
     <row r="440">
-      <c r="A440" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G440" s="6"/>
+      <c r="A440" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+        </is>
+      </c>
+      <c r="B440" s="14" t="n">
+        <v>671353.0</v>
+      </c>
+      <c r="C440" s="14" t="n">
+        <v>578631.0</v>
+      </c>
+      <c r="D440" s="14" t="n">
+        <v>506446.0</v>
+      </c>
+      <c r="E440" s="14" t="n">
+        <v>426358.0</v>
+      </c>
+      <c r="F440" s="14" t="n">
+        <v>456897.0</v>
+      </c>
+      <c r="G440" s="14" t="n">
+        <v>437467.0</v>
+      </c>
+      <c r="H440" s="14" t="n">
+        <v>453533.0</v>
+      </c>
+      <c r="I440" s="14" t="n">
+        <v>456150.0</v>
+      </c>
+      <c r="J440" s="14" t="n">
+        <v>434371.0</v>
+      </c>
+      <c r="K440" s="14" t="n">
+        <v>430260.0</v>
+      </c>
+      <c r="L440" s="14" t="n">
+        <v>512590.0</v>
+      </c>
+      <c r="M440" s="14" t="n">
+        <v>656179.0</v>
+      </c>
+      <c r="N440" s="14" t="n">
+        <v>637378.0</v>
+      </c>
+      <c r="O440" s="14" t="n">
+        <v>777997.0</v>
+      </c>
+      <c r="P440" s="14" t="n">
+        <v>665607.0</v>
+      </c>
+      <c r="Q440" s="14" t="n">
+        <v>945404.0</v>
+      </c>
+      <c r="R440" s="14" t="n">
+        <v>932896.0</v>
+      </c>
+      <c r="S440" s="14" t="n">
+        <v>877852.0</v>
+      </c>
+      <c r="T440" s="14" t="n">
+        <v>919217.0</v>
+      </c>
+      <c r="U440" s="14" t="n">
+        <v>808353.0</v>
+      </c>
+      <c r="V440" s="14" t="n">
+        <v>778026.0</v>
+      </c>
+      <c r="W440" s="14" t="n">
+        <v>681612.0</v>
+      </c>
+      <c r="X440" s="14" t="n">
+        <v>629517.0</v>
+      </c>
+      <c r="Y440" s="14" t="n">
+        <v>602382.0</v>
+      </c>
     </row>
     <row r="441">
       <c r="A441" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B441" s="14" t="n">
-        <v>2.1988329E7</v>
+        <v>1325138.0</v>
       </c>
       <c r="C441" s="14" t="n">
-        <v>2.0025926E7</v>
+        <v>1262094.0</v>
       </c>
       <c r="D441" s="14" t="n">
-        <v>2.1637314E7</v>
+        <v>1179264.0</v>
       </c>
       <c r="E441" s="14" t="n">
-        <v>2.0812796E7</v>
+        <v>1168201.0</v>
       </c>
       <c r="F441" s="14" t="n">
-        <v>2.048277E7</v>
+        <v>1499158.0</v>
       </c>
       <c r="G441" s="14" t="n">
-        <v>1.9231847E7</v>
+        <v>1380995.0</v>
+      </c>
+      <c r="H441" s="14" t="n">
+        <v>1371616.0</v>
+      </c>
+      <c r="I441" s="14" t="n">
+        <v>1204968.0</v>
+      </c>
+      <c r="J441" s="14" t="n">
+        <v>1127075.0</v>
+      </c>
+      <c r="K441" s="14" t="n">
+        <v>1039629.0</v>
+      </c>
+      <c r="L441" s="14" t="n">
+        <v>1009867.0</v>
+      </c>
+      <c r="M441" s="14" t="n">
+        <v>1152782.0</v>
+      </c>
+      <c r="N441" s="14" t="n">
+        <v>1378148.0</v>
+      </c>
+      <c r="O441" s="14" t="n">
+        <v>1660880.0</v>
+      </c>
+      <c r="P441" s="14" t="n">
+        <v>1894404.0</v>
+      </c>
+      <c r="Q441" s="14" t="n">
+        <v>2328171.0</v>
+      </c>
+      <c r="R441" s="14" t="n">
+        <v>2383654.0</v>
+      </c>
+      <c r="S441" s="14" t="n">
+        <v>2291690.0</v>
+      </c>
+      <c r="T441" s="14" t="n">
+        <v>2126822.0</v>
+      </c>
+      <c r="U441" s="14" t="n">
+        <v>1851971.0</v>
+      </c>
+      <c r="V441" s="14" t="n">
+        <v>1751797.0</v>
+      </c>
+      <c r="W441" s="14" t="n">
+        <v>1713225.0</v>
+      </c>
+      <c r="X441" s="14" t="n">
+        <v>1456255.0</v>
+      </c>
+      <c r="Y441" s="14" t="n">
+        <v>1314739.0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B442" s="14" t="n">
-        <v>742360.0</v>
+        <v>8214862.0</v>
       </c>
       <c r="C442" s="14" t="n">
-        <v>676570.0</v>
+        <v>7128739.0</v>
       </c>
       <c r="D442" s="14" t="n">
-        <v>818688.0</v>
+        <v>5490806.0</v>
       </c>
       <c r="E442" s="14" t="n">
-        <v>825874.0</v>
+        <v>4482359.0</v>
       </c>
       <c r="F442" s="14" t="n">
-        <v>970591.0</v>
+        <v>7221136.0</v>
       </c>
       <c r="G442" s="14" t="n">
-        <v>908581.0</v>
+        <v>7121373.0</v>
+      </c>
+      <c r="H442" s="14" t="n">
+        <v>6978113.0</v>
+      </c>
+      <c r="I442" s="14" t="n">
+        <v>6583283.0</v>
+      </c>
+      <c r="J442" s="14" t="n">
+        <v>6553138.0</v>
+      </c>
+      <c r="K442" s="14" t="n">
+        <v>6138278.0</v>
+      </c>
+      <c r="L442" s="14" t="n">
+        <v>6046910.0</v>
+      </c>
+      <c r="M442" s="14" t="n">
+        <v>6095675.0</v>
+      </c>
+      <c r="N442" s="14" t="n">
+        <v>6213330.0</v>
+      </c>
+      <c r="O442" s="14" t="n">
+        <v>5950412.0</v>
+      </c>
+      <c r="P442" s="14" t="n">
+        <v>5753290.0</v>
+      </c>
+      <c r="Q442" s="14" t="n">
+        <v>5904857.0</v>
+      </c>
+      <c r="R442" s="14" t="n">
+        <v>5767477.0</v>
+      </c>
+      <c r="S442" s="14" t="n">
+        <v>5543154.0</v>
+      </c>
+      <c r="T442" s="14" t="n">
+        <v>5329936.0</v>
+      </c>
+      <c r="U442" s="14" t="n">
+        <v>5210166.0</v>
+      </c>
+      <c r="V442" s="14" t="n">
+        <v>5035621.0</v>
+      </c>
+      <c r="W442" s="14" t="n">
+        <v>4814421.0</v>
+      </c>
+      <c r="X442" s="14" t="n">
+        <v>4563307.0</v>
+      </c>
+      <c r="Y442" s="14" t="n">
+        <v>4158823.0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B443" s="14" t="n">
-        <v>4744084.0</v>
+        <v>6288893.0</v>
       </c>
       <c r="C443" s="14" t="n">
-        <v>3994501.0</v>
+        <v>5561119.0</v>
       </c>
       <c r="D443" s="14" t="n">
-        <v>3977842.0</v>
+        <v>4952600.0</v>
       </c>
       <c r="E443" s="14" t="n">
-        <v>3845262.0</v>
+        <v>4755191.0</v>
       </c>
       <c r="F443" s="14" t="n">
-        <v>3965646.0</v>
+        <v>5038201.0</v>
       </c>
       <c r="G443" s="14" t="n">
-        <v>3459966.0</v>
+        <v>4914658.0</v>
+      </c>
+      <c r="H443" s="14" t="n">
+        <v>4607186.0</v>
+      </c>
+      <c r="I443" s="14" t="n">
+        <v>4486487.0</v>
+      </c>
+      <c r="J443" s="14" t="n">
+        <v>4361721.0</v>
+      </c>
+      <c r="K443" s="14" t="n">
+        <v>4249209.0</v>
+      </c>
+      <c r="L443" s="14" t="n">
+        <v>4251137.0</v>
+      </c>
+      <c r="M443" s="14" t="n">
+        <v>4225806.0</v>
+      </c>
+      <c r="N443" s="14" t="n">
+        <v>4258758.0</v>
+      </c>
+      <c r="O443" s="14" t="n">
+        <v>4173022.0</v>
+      </c>
+      <c r="P443" s="14" t="n">
+        <v>4202449.0</v>
+      </c>
+      <c r="Q443" s="14" t="n">
+        <v>4253876.0</v>
+      </c>
+      <c r="R443" s="14" t="n">
+        <v>3931884.0</v>
+      </c>
+      <c r="S443" s="14" t="n">
+        <v>3448643.0</v>
+      </c>
+      <c r="T443" s="14" t="n">
+        <v>3084098.0</v>
+      </c>
+      <c r="U443" s="14" t="n">
+        <v>2646019.0</v>
+      </c>
+      <c r="V443" s="14" t="n">
+        <v>2385953.0</v>
+      </c>
+      <c r="W443" s="14" t="n">
+        <v>2089417.0</v>
+      </c>
+      <c r="X443" s="14" t="n">
+        <v>1914882.0</v>
+      </c>
+      <c r="Y443" s="14" t="n">
+        <v>1708918.0</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B444" s="14" t="n">
-        <v>4316195.0</v>
+        <v>6430362.0</v>
       </c>
       <c r="C444" s="14" t="n">
-        <v>3704507.0</v>
+        <v>6114120.0</v>
       </c>
       <c r="D444" s="14" t="n">
-        <v>3713443.0</v>
+        <v>5753039.0</v>
       </c>
       <c r="E444" s="14" t="n">
-        <v>3580503.0</v>
+        <v>5616659.0</v>
       </c>
       <c r="F444" s="14" t="n">
-        <v>3598750.0</v>
+        <v>5744918.0</v>
       </c>
       <c r="G444" s="14" t="n">
-        <v>3105635.0</v>
+        <v>5483539.0</v>
+      </c>
+      <c r="H444" s="14" t="n">
+        <v>5324127.0</v>
+      </c>
+      <c r="I444" s="14" t="n">
+        <v>5105036.0</v>
+      </c>
+      <c r="J444" s="14" t="n">
+        <v>5031303.0</v>
+      </c>
+      <c r="K444" s="14" t="n">
+        <v>4880972.0</v>
+      </c>
+      <c r="L444" s="14" t="n">
+        <v>4798501.0</v>
+      </c>
+      <c r="M444" s="14" t="n">
+        <v>4852096.0</v>
+      </c>
+      <c r="N444" s="14" t="n">
+        <v>5044819.0</v>
+      </c>
+      <c r="O444" s="14" t="n">
+        <v>5075327.0</v>
+      </c>
+      <c r="P444" s="14" t="n">
+        <v>4947287.0</v>
+      </c>
+      <c r="Q444" s="14" t="n">
+        <v>4733592.0</v>
+      </c>
+      <c r="R444" s="14" t="n">
+        <v>4298817.0</v>
+      </c>
+      <c r="S444" s="14" t="n">
+        <v>3964589.0</v>
+      </c>
+      <c r="T444" s="14" t="n">
+        <v>3682190.0</v>
+      </c>
+      <c r="U444" s="14" t="n">
+        <v>3465769.0</v>
+      </c>
+      <c r="V444" s="14" t="n">
+        <v>3205488.0</v>
+      </c>
+      <c r="W444" s="14" t="n">
+        <v>2967922.0</v>
+      </c>
+      <c r="X444" s="14" t="n">
+        <v>2821669.0</v>
+      </c>
+      <c r="Y444" s="14" t="n">
+        <v>2647924.0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B445" s="14" t="n">
-        <v>1168637.0</v>
+        <v>2.4333806E7</v>
       </c>
       <c r="C445" s="14" t="n">
-        <v>1200960.0</v>
+        <v>2.2174287E7</v>
       </c>
       <c r="D445" s="14" t="n">
-        <v>1369926.0</v>
+        <v>1.9016447E7</v>
       </c>
       <c r="E445" s="14" t="n">
-        <v>1278411.0</v>
+        <v>1.7496039E7</v>
       </c>
       <c r="F445" s="14" t="n">
-        <v>1206555.0</v>
+        <v>2.1041876E7</v>
       </c>
       <c r="G445" s="14" t="n">
-        <v>1148061.0</v>
+        <v>2.0344546E7</v>
+      </c>
+      <c r="H445" s="14" t="n">
+        <v>1.9694019E7</v>
+      </c>
+      <c r="I445" s="14" t="n">
+        <v>1.8679593E7</v>
+      </c>
+      <c r="J445" s="14" t="n">
+        <v>1.838892E7</v>
+      </c>
+      <c r="K445" s="14" t="n">
+        <v>1.7683937E7</v>
+      </c>
+      <c r="L445" s="14" t="n">
+        <v>1.7545946E7</v>
+      </c>
+      <c r="M445" s="14" t="n">
+        <v>1.7938813E7</v>
+      </c>
+      <c r="N445" s="14" t="n">
+        <v>1.8554378E7</v>
+      </c>
+      <c r="O445" s="14" t="n">
+        <v>1.860341E7</v>
+      </c>
+      <c r="P445" s="14" t="n">
+        <v>1.8350607E7</v>
+      </c>
+      <c r="Q445" s="14" t="n">
+        <v>1.9033958E7</v>
+      </c>
+      <c r="R445" s="14" t="n">
+        <v>1.8119434E7</v>
+      </c>
+      <c r="S445" s="14" t="n">
+        <v>1.6828648E7</v>
+      </c>
+      <c r="T445" s="14" t="n">
+        <v>1.585301E7</v>
+      </c>
+      <c r="U445" s="14" t="n">
+        <v>1.4607871E7</v>
+      </c>
+      <c r="V445" s="14" t="n">
+        <v>1.3669196E7</v>
+      </c>
+      <c r="W445" s="14" t="n">
+        <v>1.2730004E7</v>
+      </c>
+      <c r="X445" s="14" t="n">
+        <v>1.1819343E7</v>
+      </c>
+      <c r="Y445" s="14" t="n">
+        <v>1.0828424E7</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B446" s="14" t="n">
-        <v>4885776.0</v>
+        <v>1531652.0</v>
       </c>
       <c r="C446" s="14" t="n">
-        <v>4194311.0</v>
+        <v>1250043.0</v>
       </c>
       <c r="D446" s="14" t="n">
-        <v>5014448.0</v>
+        <v>1026721.0</v>
       </c>
       <c r="E446" s="14" t="n">
-        <v>4784258.0</v>
+        <v>931858.0</v>
       </c>
       <c r="F446" s="14" t="n">
-        <v>4727315.0</v>
+        <v>1246266.0</v>
       </c>
       <c r="G446" s="14" t="n">
-        <v>4500706.0</v>
+        <v>1290408.0</v>
+      </c>
+      <c r="H446" s="14" t="n">
+        <v>1252141.0</v>
+      </c>
+      <c r="I446" s="14" t="n">
+        <v>1166623.0</v>
+      </c>
+      <c r="J446" s="14" t="n">
+        <v>1141457.0</v>
+      </c>
+      <c r="K446" s="14" t="n">
+        <v>1056401.0</v>
+      </c>
+      <c r="L446" s="14" t="n">
+        <v>1001948.0</v>
+      </c>
+      <c r="M446" s="14" t="n">
+        <v>957643.0</v>
+      </c>
+      <c r="N446" s="14" t="n">
+        <v>963444.0</v>
+      </c>
+      <c r="O446" s="14" t="n">
+        <v>1007868.0</v>
+      </c>
+      <c r="P446" s="14" t="n">
+        <v>761926.0</v>
+      </c>
+      <c r="Q446" s="14" t="n">
+        <v>990654.0</v>
+      </c>
+      <c r="R446" s="14" t="n">
+        <v>1205843.0</v>
+      </c>
+      <c r="S446" s="14" t="n">
+        <v>1200661.0</v>
+      </c>
+      <c r="T446" s="14" t="n">
+        <v>1071949.0</v>
+      </c>
+      <c r="U446" s="14" t="n">
+        <v>931338.0</v>
+      </c>
+      <c r="V446" s="14" t="n">
+        <v>810595.0</v>
+      </c>
+      <c r="W446" s="14" t="n">
+        <v>716772.0</v>
+      </c>
+      <c r="X446" s="14" t="n">
+        <v>663868.0</v>
+      </c>
+      <c r="Y446" s="14" t="n">
+        <v>632209.0</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B447" s="14" t="n">
-        <v>4299973.0</v>
+        <v>2.5865458E7</v>
       </c>
       <c r="C447" s="14" t="n">
-        <v>4150541.0</v>
+        <v>2.342433E7</v>
       </c>
       <c r="D447" s="14" t="n">
-        <v>4204561.0</v>
+        <v>2.0043168E7</v>
       </c>
       <c r="E447" s="14" t="n">
-        <v>4040029.0</v>
+        <v>1.8427897E7</v>
       </c>
       <c r="F447" s="14" t="n">
-        <v>3821213.0</v>
+        <v>2.2288142E7</v>
       </c>
       <c r="G447" s="14" t="n">
-        <v>3721315.0</v>
+        <v>2.1634954E7</v>
+      </c>
+      <c r="H447" s="14" t="n">
+        <v>2.094616E7</v>
+      </c>
+      <c r="I447" s="14" t="n">
+        <v>1.9846216E7</v>
+      </c>
+      <c r="J447" s="14" t="n">
+        <v>1.9530377E7</v>
+      </c>
+      <c r="K447" s="14" t="n">
+        <v>1.8740338E7</v>
+      </c>
+      <c r="L447" s="14" t="n">
+        <v>1.8547894E7</v>
+      </c>
+      <c r="M447" s="14" t="n">
+        <v>1.8896456E7</v>
+      </c>
+      <c r="N447" s="14" t="n">
+        <v>1.9517822E7</v>
+      </c>
+      <c r="O447" s="14" t="n">
+        <v>1.9611278E7</v>
+      </c>
+      <c r="P447" s="14" t="n">
+        <v>1.9112533E7</v>
+      </c>
+      <c r="Q447" s="14" t="n">
+        <v>2.0024612E7</v>
+      </c>
+      <c r="R447" s="14" t="n">
+        <v>1.9325277E7</v>
+      </c>
+      <c r="S447" s="14" t="n">
+        <v>1.8029309E7</v>
+      </c>
+      <c r="T447" s="14" t="n">
+        <v>1.6924959E7</v>
+      </c>
+      <c r="U447" s="14" t="n">
+        <v>1.5539209E7</v>
+      </c>
+      <c r="V447" s="14" t="n">
+        <v>1.4479791E7</v>
+      </c>
+      <c r="W447" s="14" t="n">
+        <v>1.3446776E7</v>
+      </c>
+      <c r="X447" s="14" t="n">
+        <v>1.2483211E7</v>
+      </c>
+      <c r="Y447" s="14" t="n">
+        <v>1.1460633E7</v>
       </c>
     </row>
     <row r="448">
-      <c r="A448" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A448" s="6" t="inlineStr">
+        <is>
+          <t>40 Segovia</t>
+        </is>
+      </c>
+      <c r="B448" s="6"/>
+      <c r="C448" s="6"/>
+      <c r="D448" s="6"/>
+      <c r="E448" s="6"/>
+      <c r="F448" s="6"/>
+      <c r="G448" s="6"/>
+      <c r="H448" s="6"/>
+      <c r="I448" s="6"/>
+      <c r="J448" s="6"/>
+      <c r="K448" s="6"/>
+      <c r="L448" s="6"/>
+      <c r="M448" s="6"/>
+      <c r="N448" s="6"/>
+      <c r="O448" s="6"/>
+      <c r="P448" s="6"/>
+      <c r="Q448" s="6"/>
+      <c r="R448" s="6"/>
+      <c r="S448" s="6"/>
+      <c r="T448" s="6"/>
+      <c r="U448" s="6"/>
+      <c r="V448" s="6"/>
+      <c r="W448" s="6"/>
+      <c r="X448" s="6"/>
+      <c r="Y448" s="6"/>
     </row>
     <row r="449">
       <c r="A449" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B449" s="14" t="n">
-        <v>1.9893691E7</v>
+        <v>201992.0</v>
       </c>
       <c r="C449" s="14" t="n">
-        <v>1.8273467E7</v>
+        <v>212438.0</v>
       </c>
       <c r="D449" s="14" t="n">
-        <v>1.9623979E7</v>
+        <v>242082.0</v>
       </c>
       <c r="E449" s="14" t="n">
-        <v>1.8833368E7</v>
+        <v>221493.0</v>
       </c>
       <c r="F449" s="14" t="n">
-        <v>1.8566886E7</v>
+        <v>198404.0</v>
       </c>
       <c r="G449" s="14" t="n">
-        <v>1.7450632E7</v>
+        <v>214631.0</v>
+      </c>
+      <c r="H449" s="14" t="n">
+        <v>154629.0</v>
+      </c>
+      <c r="I449" s="14" t="n">
+        <v>203454.0</v>
+      </c>
+      <c r="J449" s="14" t="n">
+        <v>179978.0</v>
+      </c>
+      <c r="K449" s="14" t="n">
+        <v>155028.0</v>
+      </c>
+      <c r="L449" s="14" t="n">
+        <v>186915.0</v>
+      </c>
+      <c r="M449" s="14" t="n">
+        <v>186698.0</v>
+      </c>
+      <c r="N449" s="14" t="n">
+        <v>194562.0</v>
+      </c>
+      <c r="O449" s="14" t="n">
+        <v>214301.0</v>
+      </c>
+      <c r="P449" s="14" t="n">
+        <v>165214.0</v>
+      </c>
+      <c r="Q449" s="14" t="n">
+        <v>223046.0</v>
+      </c>
+      <c r="R449" s="14" t="n">
+        <v>250552.0</v>
+      </c>
+      <c r="S449" s="14" t="n">
+        <v>249419.0</v>
+      </c>
+      <c r="T449" s="14" t="n">
+        <v>307330.0</v>
+      </c>
+      <c r="U449" s="14" t="n">
+        <v>305084.0</v>
+      </c>
+      <c r="V449" s="14" t="n">
+        <v>314463.0</v>
+      </c>
+      <c r="W449" s="14" t="n">
+        <v>343924.0</v>
+      </c>
+      <c r="X449" s="14" t="n">
+        <v>293467.0</v>
+      </c>
+      <c r="Y449" s="14" t="n">
+        <v>305624.0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B450" s="14" t="n">
-        <v>2094638.0</v>
+        <v>699572.0</v>
       </c>
       <c r="C450" s="14" t="n">
-        <v>1752459.0</v>
+        <v>635556.0</v>
       </c>
       <c r="D450" s="14" t="n">
-        <v>2013335.0</v>
+        <v>522906.0</v>
       </c>
       <c r="E450" s="14" t="n">
-        <v>1979428.0</v>
+        <v>324416.0</v>
       </c>
       <c r="F450" s="14" t="n">
-        <v>1915884.0</v>
+        <v>369898.0</v>
       </c>
       <c r="G450" s="14" t="n">
-        <v>1781215.0</v>
+        <v>327001.0</v>
+      </c>
+      <c r="H450" s="14" t="n">
+        <v>319476.0</v>
+      </c>
+      <c r="I450" s="14" t="n">
+        <v>389791.0</v>
+      </c>
+      <c r="J450" s="14" t="n">
+        <v>371314.0</v>
+      </c>
+      <c r="K450" s="14" t="n">
+        <v>396488.0</v>
+      </c>
+      <c r="L450" s="14" t="n">
+        <v>389065.0</v>
+      </c>
+      <c r="M450" s="14" t="n">
+        <v>423608.0</v>
+      </c>
+      <c r="N450" s="14" t="n">
+        <v>419069.0</v>
+      </c>
+      <c r="O450" s="14" t="n">
+        <v>439458.0</v>
+      </c>
+      <c r="P450" s="14" t="n">
+        <v>428037.0</v>
+      </c>
+      <c r="Q450" s="14" t="n">
+        <v>442563.0</v>
+      </c>
+      <c r="R450" s="14" t="n">
+        <v>465918.0</v>
+      </c>
+      <c r="S450" s="14" t="n">
+        <v>448891.0</v>
+      </c>
+      <c r="T450" s="14" t="n">
+        <v>423358.0</v>
+      </c>
+      <c r="U450" s="14" t="n">
+        <v>374022.0</v>
+      </c>
+      <c r="V450" s="14" t="n">
+        <v>352549.0</v>
+      </c>
+      <c r="W450" s="14" t="n">
+        <v>364676.0</v>
+      </c>
+      <c r="X450" s="14" t="n">
+        <v>324759.0</v>
+      </c>
+      <c r="Y450" s="14" t="n">
+        <v>305710.0</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B451" s="14" t="n">
-        <v>2.1988329E7</v>
+        <v>582400.0</v>
       </c>
       <c r="C451" s="14" t="n">
-        <v>2.0025926E7</v>
+        <v>483547.0</v>
       </c>
       <c r="D451" s="14" t="n">
-        <v>2.1637314E7</v>
+        <v>413359.0</v>
       </c>
       <c r="E451" s="14" t="n">
-        <v>2.0812796E7</v>
+        <v>234113.0</v>
       </c>
       <c r="F451" s="14" t="n">
-        <v>2.048277E7</v>
+        <v>286722.0</v>
       </c>
       <c r="G451" s="14" t="n">
-        <v>1.9231847E7</v>
+        <v>248460.0</v>
+      </c>
+      <c r="H451" s="14" t="n">
+        <v>238631.0</v>
+      </c>
+      <c r="I451" s="14" t="n">
+        <v>304198.0</v>
+      </c>
+      <c r="J451" s="14" t="n">
+        <v>288320.0</v>
+      </c>
+      <c r="K451" s="14" t="n">
+        <v>310602.0</v>
+      </c>
+      <c r="L451" s="14" t="n">
+        <v>303129.0</v>
+      </c>
+      <c r="M451" s="14" t="n">
+        <v>325367.0</v>
+      </c>
+      <c r="N451" s="14" t="n">
+        <v>321519.0</v>
+      </c>
+      <c r="O451" s="14" t="n">
+        <v>342447.0</v>
+      </c>
+      <c r="P451" s="14" t="n">
+        <v>333225.0</v>
+      </c>
+      <c r="Q451" s="14" t="n">
+        <v>342350.0</v>
+      </c>
+      <c r="R451" s="14" t="n">
+        <v>363979.0</v>
+      </c>
+      <c r="S451" s="14" t="n">
+        <v>352366.0</v>
+      </c>
+      <c r="T451" s="14" t="n">
+        <v>334924.0</v>
+      </c>
+      <c r="U451" s="14" t="n">
+        <v>293180.0</v>
+      </c>
+      <c r="V451" s="14" t="n">
+        <v>281807.0</v>
+      </c>
+      <c r="W451" s="14" t="n">
+        <v>296028.0</v>
+      </c>
+      <c r="X451" s="14" t="n">
+        <v>259167.0</v>
+      </c>
+      <c r="Y451" s="14" t="n">
+        <v>248284.0</v>
       </c>
     </row>
     <row r="452">
-      <c r="A452" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G452" s="6"/>
+      <c r="A452" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    F. Construcción</t>
+        </is>
+      </c>
+      <c r="B452" s="14" t="n">
+        <v>349388.0</v>
+      </c>
+      <c r="C452" s="14" t="n">
+        <v>302325.0</v>
+      </c>
+      <c r="D452" s="14" t="n">
+        <v>242162.0</v>
+      </c>
+      <c r="E452" s="14" t="n">
+        <v>229690.0</v>
+      </c>
+      <c r="F452" s="14" t="n">
+        <v>288558.0</v>
+      </c>
+      <c r="G452" s="14" t="n">
+        <v>280252.0</v>
+      </c>
+      <c r="H452" s="14" t="n">
+        <v>287215.0</v>
+      </c>
+      <c r="I452" s="14" t="n">
+        <v>296111.0</v>
+      </c>
+      <c r="J452" s="14" t="n">
+        <v>271855.0</v>
+      </c>
+      <c r="K452" s="14" t="n">
+        <v>248787.0</v>
+      </c>
+      <c r="L452" s="14" t="n">
+        <v>243103.0</v>
+      </c>
+      <c r="M452" s="14" t="n">
+        <v>294883.0</v>
+      </c>
+      <c r="N452" s="14" t="n">
+        <v>356307.0</v>
+      </c>
+      <c r="O452" s="14" t="n">
+        <v>412821.0</v>
+      </c>
+      <c r="P452" s="14" t="n">
+        <v>474407.0</v>
+      </c>
+      <c r="Q452" s="14" t="n">
+        <v>562743.0</v>
+      </c>
+      <c r="R452" s="14" t="n">
+        <v>524555.0</v>
+      </c>
+      <c r="S452" s="14" t="n">
+        <v>479237.0</v>
+      </c>
+      <c r="T452" s="14" t="n">
+        <v>420528.0</v>
+      </c>
+      <c r="U452" s="14" t="n">
+        <v>364384.0</v>
+      </c>
+      <c r="V452" s="14" t="n">
+        <v>311611.0</v>
+      </c>
+      <c r="W452" s="14" t="n">
+        <v>273946.0</v>
+      </c>
+      <c r="X452" s="14" t="n">
+        <v>253846.0</v>
+      </c>
+      <c r="Y452" s="14" t="n">
+        <v>237527.0</v>
+      </c>
     </row>
     <row r="453">
       <c r="A453" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B453" s="14" t="n">
-        <v>8619779.0</v>
+        <v>1012242.0</v>
       </c>
       <c r="C453" s="14" t="n">
-        <v>8105603.0</v>
+        <v>922075.0</v>
       </c>
       <c r="D453" s="14" t="n">
-        <v>8822400.0</v>
+        <v>756398.0</v>
       </c>
       <c r="E453" s="14" t="n">
-        <v>8602306.0</v>
+        <v>639534.0</v>
       </c>
       <c r="F453" s="14" t="n">
-        <v>8295967.0</v>
+        <v>787987.0</v>
       </c>
       <c r="G453" s="14" t="n">
-        <v>8013970.0</v>
+        <v>771627.0</v>
+      </c>
+      <c r="H453" s="14" t="n">
+        <v>771940.0</v>
+      </c>
+      <c r="I453" s="14" t="n">
+        <v>787707.0</v>
+      </c>
+      <c r="J453" s="14" t="n">
+        <v>841465.0</v>
+      </c>
+      <c r="K453" s="14" t="n">
+        <v>764620.0</v>
+      </c>
+      <c r="L453" s="14" t="n">
+        <v>691554.0</v>
+      </c>
+      <c r="M453" s="14" t="n">
+        <v>696327.0</v>
+      </c>
+      <c r="N453" s="14" t="n">
+        <v>762455.0</v>
+      </c>
+      <c r="O453" s="14" t="n">
+        <v>758046.0</v>
+      </c>
+      <c r="P453" s="14" t="n">
+        <v>774714.0</v>
+      </c>
+      <c r="Q453" s="14" t="n">
+        <v>761287.0</v>
+      </c>
+      <c r="R453" s="14" t="n">
+        <v>751215.0</v>
+      </c>
+      <c r="S453" s="14" t="n">
+        <v>686074.0</v>
+      </c>
+      <c r="T453" s="14" t="n">
+        <v>623938.0</v>
+      </c>
+      <c r="U453" s="14" t="n">
+        <v>595987.0</v>
+      </c>
+      <c r="V453" s="14" t="n">
+        <v>556787.0</v>
+      </c>
+      <c r="W453" s="14" t="n">
+        <v>527802.0</v>
+      </c>
+      <c r="X453" s="14" t="n">
+        <v>499629.0</v>
+      </c>
+      <c r="Y453" s="14" t="n">
+        <v>471684.0</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B454" s="14" t="n">
-        <v>476624.0</v>
+        <v>810182.0</v>
       </c>
       <c r="C454" s="14" t="n">
-        <v>467196.0</v>
+        <v>710270.0</v>
       </c>
       <c r="D454" s="14" t="n">
-        <v>480753.0</v>
+        <v>668695.0</v>
       </c>
       <c r="E454" s="14" t="n">
-        <v>574604.0</v>
+        <v>638206.0</v>
       </c>
       <c r="F454" s="14" t="n">
-        <v>469001.0</v>
+        <v>650909.0</v>
       </c>
       <c r="G454" s="14" t="n">
-        <v>347299.0</v>
+        <v>643274.0</v>
+      </c>
+      <c r="H454" s="14" t="n">
+        <v>622227.0</v>
+      </c>
+      <c r="I454" s="14" t="n">
+        <v>601872.0</v>
+      </c>
+      <c r="J454" s="14" t="n">
+        <v>599583.0</v>
+      </c>
+      <c r="K454" s="14" t="n">
+        <v>589121.0</v>
+      </c>
+      <c r="L454" s="14" t="n">
+        <v>579226.0</v>
+      </c>
+      <c r="M454" s="14" t="n">
+        <v>585741.0</v>
+      </c>
+      <c r="N454" s="14" t="n">
+        <v>581613.0</v>
+      </c>
+      <c r="O454" s="14" t="n">
+        <v>558300.0</v>
+      </c>
+      <c r="P454" s="14" t="n">
+        <v>559722.0</v>
+      </c>
+      <c r="Q454" s="14" t="n">
+        <v>561620.0</v>
+      </c>
+      <c r="R454" s="14" t="n">
+        <v>558581.0</v>
+      </c>
+      <c r="S454" s="14" t="n">
+        <v>501364.0</v>
+      </c>
+      <c r="T454" s="14" t="n">
+        <v>438399.0</v>
+      </c>
+      <c r="U454" s="14" t="n">
+        <v>398200.0</v>
+      </c>
+      <c r="V454" s="14" t="n">
+        <v>371697.0</v>
+      </c>
+      <c r="W454" s="14" t="n">
+        <v>353894.0</v>
+      </c>
+      <c r="X454" s="14" t="n">
+        <v>335354.0</v>
+      </c>
+      <c r="Y454" s="14" t="n">
+        <v>304446.0</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B455" s="14" t="n">
-        <v>1987268.0</v>
+        <v>949071.0</v>
       </c>
       <c r="C455" s="14" t="n">
-        <v>1881181.0</v>
+        <v>910630.0</v>
       </c>
       <c r="D455" s="14" t="n">
-        <v>2041910.0</v>
+        <v>869476.0</v>
       </c>
       <c r="E455" s="14" t="n">
-        <v>2001543.0</v>
+        <v>829492.0</v>
       </c>
       <c r="F455" s="14" t="n">
-        <v>2026978.0</v>
+        <v>859120.0</v>
       </c>
       <c r="G455" s="14" t="n">
-        <v>2057397.0</v>
+        <v>816239.0</v>
+      </c>
+      <c r="H455" s="14" t="n">
+        <v>795572.0</v>
+      </c>
+      <c r="I455" s="14" t="n">
+        <v>782129.0</v>
+      </c>
+      <c r="J455" s="14" t="n">
+        <v>808602.0</v>
+      </c>
+      <c r="K455" s="14" t="n">
+        <v>797071.0</v>
+      </c>
+      <c r="L455" s="14" t="n">
+        <v>826194.0</v>
+      </c>
+      <c r="M455" s="14" t="n">
+        <v>811523.0</v>
+      </c>
+      <c r="N455" s="14" t="n">
+        <v>846017.0</v>
+      </c>
+      <c r="O455" s="14" t="n">
+        <v>834261.0</v>
+      </c>
+      <c r="P455" s="14" t="n">
+        <v>840820.0</v>
+      </c>
+      <c r="Q455" s="14" t="n">
+        <v>797745.0</v>
+      </c>
+      <c r="R455" s="14" t="n">
+        <v>759521.0</v>
+      </c>
+      <c r="S455" s="14" t="n">
+        <v>715492.0</v>
+      </c>
+      <c r="T455" s="14" t="n">
+        <v>670818.0</v>
+      </c>
+      <c r="U455" s="14" t="n">
+        <v>630124.0</v>
+      </c>
+      <c r="V455" s="14" t="n">
+        <v>636228.0</v>
+      </c>
+      <c r="W455" s="14" t="n">
+        <v>531943.0</v>
+      </c>
+      <c r="X455" s="14" t="n">
+        <v>499481.0</v>
+      </c>
+      <c r="Y455" s="14" t="n">
+        <v>486333.0</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B456" s="14" t="n">
-        <v>1687784.0</v>
+        <v>4022447.0</v>
       </c>
       <c r="C456" s="14" t="n">
-        <v>1617797.0</v>
+        <v>3693294.0</v>
       </c>
       <c r="D456" s="14" t="n">
-        <v>1786257.0</v>
+        <v>3301719.0</v>
       </c>
       <c r="E456" s="14" t="n">
-        <v>1775846.0</v>
+        <v>2882831.0</v>
       </c>
       <c r="F456" s="14" t="n">
-        <v>1825677.0</v>
+        <v>3154876.0</v>
       </c>
       <c r="G456" s="14" t="n">
-        <v>1854632.0</v>
+        <v>3053024.0</v>
+      </c>
+      <c r="H456" s="14" t="n">
+        <v>2951059.0</v>
+      </c>
+      <c r="I456" s="14" t="n">
+        <v>3061064.0</v>
+      </c>
+      <c r="J456" s="14" t="n">
+        <v>3072797.0</v>
+      </c>
+      <c r="K456" s="14" t="n">
+        <v>2951115.0</v>
+      </c>
+      <c r="L456" s="14" t="n">
+        <v>2916057.0</v>
+      </c>
+      <c r="M456" s="14" t="n">
+        <v>2998780.0</v>
+      </c>
+      <c r="N456" s="14" t="n">
+        <v>3160023.0</v>
+      </c>
+      <c r="O456" s="14" t="n">
+        <v>3217187.0</v>
+      </c>
+      <c r="P456" s="14" t="n">
+        <v>3242914.0</v>
+      </c>
+      <c r="Q456" s="14" t="n">
+        <v>3349004.0</v>
+      </c>
+      <c r="R456" s="14" t="n">
+        <v>3310342.0</v>
+      </c>
+      <c r="S456" s="14" t="n">
+        <v>3080477.0</v>
+      </c>
+      <c r="T456" s="14" t="n">
+        <v>2884371.0</v>
+      </c>
+      <c r="U456" s="14" t="n">
+        <v>2667801.0</v>
+      </c>
+      <c r="V456" s="14" t="n">
+        <v>2543335.0</v>
+      </c>
+      <c r="W456" s="14" t="n">
+        <v>2396185.0</v>
+      </c>
+      <c r="X456" s="14" t="n">
+        <v>2206536.0</v>
+      </c>
+      <c r="Y456" s="14" t="n">
+        <v>2111324.0</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B457" s="14" t="n">
-        <v>438925.0</v>
+        <v>385572.0</v>
       </c>
       <c r="C457" s="14" t="n">
-        <v>429765.0</v>
+        <v>356603.0</v>
       </c>
       <c r="D457" s="14" t="n">
-        <v>493419.0</v>
+        <v>344988.0</v>
       </c>
       <c r="E457" s="14" t="n">
-        <v>443332.0</v>
+        <v>280878.0</v>
       </c>
       <c r="F457" s="14" t="n">
-        <v>427643.0</v>
+        <v>327632.0</v>
       </c>
       <c r="G457" s="14" t="n">
-        <v>408838.0</v>
+        <v>324932.0</v>
+      </c>
+      <c r="H457" s="14" t="n">
+        <v>309065.0</v>
+      </c>
+      <c r="I457" s="14" t="n">
+        <v>316813.0</v>
+      </c>
+      <c r="J457" s="14" t="n">
+        <v>313988.0</v>
+      </c>
+      <c r="K457" s="14" t="n">
+        <v>293585.0</v>
+      </c>
+      <c r="L457" s="14" t="n">
+        <v>278990.0</v>
+      </c>
+      <c r="M457" s="14" t="n">
+        <v>265918.0</v>
+      </c>
+      <c r="N457" s="14" t="n">
+        <v>273715.0</v>
+      </c>
+      <c r="O457" s="14" t="n">
+        <v>289473.0</v>
+      </c>
+      <c r="P457" s="14" t="n">
+        <v>221515.0</v>
+      </c>
+      <c r="Q457" s="14" t="n">
+        <v>290112.0</v>
+      </c>
+      <c r="R457" s="14" t="n">
+        <v>370313.0</v>
+      </c>
+      <c r="S457" s="14" t="n">
+        <v>373419.0</v>
+      </c>
+      <c r="T457" s="14" t="n">
+        <v>336388.0</v>
+      </c>
+      <c r="U457" s="14" t="n">
+        <v>296199.0</v>
+      </c>
+      <c r="V457" s="14" t="n">
+        <v>266566.0</v>
+      </c>
+      <c r="W457" s="14" t="n">
+        <v>238307.0</v>
+      </c>
+      <c r="X457" s="14" t="n">
+        <v>219356.0</v>
+      </c>
+      <c r="Y457" s="14" t="n">
+        <v>216956.0</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B458" s="14" t="n">
-        <v>1560662.0</v>
+        <v>4408019.0</v>
       </c>
       <c r="C458" s="14" t="n">
-        <v>1346824.0</v>
+        <v>4049897.0</v>
       </c>
       <c r="D458" s="14" t="n">
-        <v>1657362.0</v>
+        <v>3646707.0</v>
       </c>
       <c r="E458" s="14" t="n">
-        <v>1596693.0</v>
+        <v>3163709.0</v>
       </c>
       <c r="F458" s="14" t="n">
-        <v>1553457.0</v>
+        <v>3482508.0</v>
       </c>
       <c r="G458" s="14" t="n">
-        <v>1507821.0</v>
+        <v>3377956.0</v>
+      </c>
+      <c r="H458" s="14" t="n">
+        <v>3260124.0</v>
+      </c>
+      <c r="I458" s="14" t="n">
+        <v>3377877.0</v>
+      </c>
+      <c r="J458" s="14" t="n">
+        <v>3386785.0</v>
+      </c>
+      <c r="K458" s="14" t="n">
+        <v>3244700.0</v>
+      </c>
+      <c r="L458" s="14" t="n">
+        <v>3195047.0</v>
+      </c>
+      <c r="M458" s="14" t="n">
+        <v>3264698.0</v>
+      </c>
+      <c r="N458" s="14" t="n">
+        <v>3433738.0</v>
+      </c>
+      <c r="O458" s="14" t="n">
+        <v>3506660.0</v>
+      </c>
+      <c r="P458" s="14" t="n">
+        <v>3464429.0</v>
+      </c>
+      <c r="Q458" s="14" t="n">
+        <v>3639116.0</v>
+      </c>
+      <c r="R458" s="14" t="n">
+        <v>3680655.0</v>
+      </c>
+      <c r="S458" s="14" t="n">
+        <v>3453896.0</v>
+      </c>
+      <c r="T458" s="14" t="n">
+        <v>3220759.0</v>
+      </c>
+      <c r="U458" s="14" t="n">
+        <v>2964000.0</v>
+      </c>
+      <c r="V458" s="14" t="n">
+        <v>2809901.0</v>
+      </c>
+      <c r="W458" s="14" t="n">
+        <v>2634492.0</v>
+      </c>
+      <c r="X458" s="14" t="n">
+        <v>2425892.0</v>
+      </c>
+      <c r="Y458" s="14" t="n">
+        <v>2328280.0</v>
       </c>
     </row>
     <row r="459">
-      <c r="A459" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A459" s="6" t="inlineStr">
+        <is>
+          <t>41 Sevilla</t>
+        </is>
+      </c>
+      <c r="B459" s="6"/>
+      <c r="C459" s="6"/>
+      <c r="D459" s="6"/>
+      <c r="E459" s="6"/>
+      <c r="F459" s="6"/>
+      <c r="G459" s="6"/>
+      <c r="H459" s="6"/>
+      <c r="I459" s="6"/>
+      <c r="J459" s="6"/>
+      <c r="K459" s="6"/>
+      <c r="L459" s="6"/>
+      <c r="M459" s="6"/>
+      <c r="N459" s="6"/>
+      <c r="O459" s="6"/>
+      <c r="P459" s="6"/>
+      <c r="Q459" s="6"/>
+      <c r="R459" s="6"/>
+      <c r="S459" s="6"/>
+      <c r="T459" s="6"/>
+      <c r="U459" s="6"/>
+      <c r="V459" s="6"/>
+      <c r="W459" s="6"/>
+      <c r="X459" s="6"/>
+      <c r="Y459" s="6"/>
     </row>
     <row r="460">
       <c r="A460" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B460" s="14" t="n">
-        <v>1755185.0</v>
+        <v>2047390.0</v>
       </c>
       <c r="C460" s="14" t="n">
-        <v>1742724.0</v>
+        <v>1880237.0</v>
       </c>
       <c r="D460" s="14" t="n">
-        <v>1778337.0</v>
+        <v>2113349.0</v>
       </c>
       <c r="E460" s="14" t="n">
-        <v>1660466.0</v>
+        <v>1843276.0</v>
       </c>
       <c r="F460" s="14" t="n">
-        <v>1622732.0</v>
+        <v>1801053.0</v>
       </c>
       <c r="G460" s="14" t="n">
-        <v>1563237.0</v>
+        <v>1957512.0</v>
+      </c>
+      <c r="H460" s="14" t="n">
+        <v>2210980.0</v>
+      </c>
+      <c r="I460" s="14" t="n">
+        <v>1891295.0</v>
+      </c>
+      <c r="J460" s="14" t="n">
+        <v>1687886.0</v>
+      </c>
+      <c r="K460" s="14" t="n">
+        <v>1515422.0</v>
+      </c>
+      <c r="L460" s="14" t="n">
+        <v>1181907.0</v>
+      </c>
+      <c r="M460" s="14" t="n">
+        <v>1203630.0</v>
+      </c>
+      <c r="N460" s="14" t="n">
+        <v>1303509.0</v>
+      </c>
+      <c r="O460" s="14" t="n">
+        <v>1382701.0</v>
+      </c>
+      <c r="P460" s="14" t="n">
+        <v>1253582.0</v>
+      </c>
+      <c r="Q460" s="14" t="n">
+        <v>1315274.0</v>
+      </c>
+      <c r="R460" s="14" t="n">
+        <v>1230502.0</v>
+      </c>
+      <c r="S460" s="14" t="n">
+        <v>1118701.0</v>
+      </c>
+      <c r="T460" s="14" t="n">
+        <v>1296287.0</v>
+      </c>
+      <c r="U460" s="14" t="n">
+        <v>1353891.0</v>
+      </c>
+      <c r="V460" s="14" t="n">
+        <v>1168502.0</v>
+      </c>
+      <c r="W460" s="14" t="n">
+        <v>1079148.0</v>
+      </c>
+      <c r="X460" s="14" t="n">
+        <v>1051241.0</v>
+      </c>
+      <c r="Y460" s="14" t="n">
+        <v>848302.0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B461" s="14" t="n">
-        <v>7798647.0</v>
+        <v>6562691.0</v>
       </c>
       <c r="C461" s="14" t="n">
-        <v>7396286.0</v>
+        <v>6600685.0</v>
       </c>
       <c r="D461" s="14" t="n">
-        <v>8001483.0</v>
+        <v>5714041.0</v>
       </c>
       <c r="E461" s="14" t="n">
-        <v>7784570.0</v>
+        <v>5266753.0</v>
       </c>
       <c r="F461" s="14" t="n">
-        <v>7520337.0</v>
+        <v>5524282.0</v>
       </c>
       <c r="G461" s="14" t="n">
-        <v>7272188.0</v>
+        <v>5552025.0</v>
+      </c>
+      <c r="H461" s="14" t="n">
+        <v>5327361.0</v>
+      </c>
+      <c r="I461" s="14" t="n">
+        <v>4992451.0</v>
+      </c>
+      <c r="J461" s="14" t="n">
+        <v>5003987.0</v>
+      </c>
+      <c r="K461" s="14" t="n">
+        <v>4915006.0</v>
+      </c>
+      <c r="L461" s="14" t="n">
+        <v>4784930.0</v>
+      </c>
+      <c r="M461" s="14" t="n">
+        <v>5126828.0</v>
+      </c>
+      <c r="N461" s="14" t="n">
+        <v>5101154.0</v>
+      </c>
+      <c r="O461" s="14" t="n">
+        <v>4969274.0</v>
+      </c>
+      <c r="P461" s="14" t="n">
+        <v>4573777.0</v>
+      </c>
+      <c r="Q461" s="14" t="n">
+        <v>5082264.0</v>
+      </c>
+      <c r="R461" s="14" t="n">
+        <v>5310181.0</v>
+      </c>
+      <c r="S461" s="14" t="n">
+        <v>4981991.0</v>
+      </c>
+      <c r="T461" s="14" t="n">
+        <v>4731258.0</v>
+      </c>
+      <c r="U461" s="14" t="n">
+        <v>4099842.0</v>
+      </c>
+      <c r="V461" s="14" t="n">
+        <v>4127552.0</v>
+      </c>
+      <c r="W461" s="14" t="n">
+        <v>3834306.0</v>
+      </c>
+      <c r="X461" s="14" t="n">
+        <v>3619762.0</v>
+      </c>
+      <c r="Y461" s="14" t="n">
+        <v>3450584.0</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B462" s="14" t="n">
-        <v>821132.0</v>
+        <v>4212112.0</v>
       </c>
       <c r="C462" s="14" t="n">
-        <v>709317.0</v>
+        <v>3679367.0</v>
       </c>
       <c r="D462" s="14" t="n">
-        <v>820917.0</v>
+        <v>3331988.0</v>
       </c>
       <c r="E462" s="14" t="n">
-        <v>817736.0</v>
+        <v>3227772.0</v>
       </c>
       <c r="F462" s="14" t="n">
-        <v>775630.0</v>
+        <v>3419814.0</v>
       </c>
       <c r="G462" s="14" t="n">
-        <v>741782.0</v>
+        <v>3291087.0</v>
+      </c>
+      <c r="H462" s="14" t="n">
+        <v>3356889.0</v>
+      </c>
+      <c r="I462" s="14" t="n">
+        <v>3147573.0</v>
+      </c>
+      <c r="J462" s="14" t="n">
+        <v>3142614.0</v>
+      </c>
+      <c r="K462" s="14" t="n">
+        <v>3157959.0</v>
+      </c>
+      <c r="L462" s="14" t="n">
+        <v>2955037.0</v>
+      </c>
+      <c r="M462" s="14" t="n">
+        <v>3103647.0</v>
+      </c>
+      <c r="N462" s="14" t="n">
+        <v>3200483.0</v>
+      </c>
+      <c r="O462" s="14" t="n">
+        <v>3280456.0</v>
+      </c>
+      <c r="P462" s="14" t="n">
+        <v>3270237.0</v>
+      </c>
+      <c r="Q462" s="14" t="n">
+        <v>3788070.0</v>
+      </c>
+      <c r="R462" s="14" t="n">
+        <v>4075211.0</v>
+      </c>
+      <c r="S462" s="14" t="n">
+        <v>3907441.0</v>
+      </c>
+      <c r="T462" s="14" t="n">
+        <v>3593215.0</v>
+      </c>
+      <c r="U462" s="14" t="n">
+        <v>3218745.0</v>
+      </c>
+      <c r="V462" s="14" t="n">
+        <v>3211889.0</v>
+      </c>
+      <c r="W462" s="14" t="n">
+        <v>2885216.0</v>
+      </c>
+      <c r="X462" s="14" t="n">
+        <v>2702195.0</v>
+      </c>
+      <c r="Y462" s="14" t="n">
+        <v>2602078.0</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B463" s="14" t="n">
-        <v>8619779.0</v>
+        <v>2550785.0</v>
       </c>
       <c r="C463" s="14" t="n">
-        <v>8105603.0</v>
+        <v>2439575.0</v>
       </c>
       <c r="D463" s="14" t="n">
-        <v>8822400.0</v>
+        <v>2143074.0</v>
       </c>
       <c r="E463" s="14" t="n">
-        <v>8602306.0</v>
+        <v>1940243.0</v>
       </c>
       <c r="F463" s="14" t="n">
-        <v>8295967.0</v>
+        <v>2200548.0</v>
       </c>
       <c r="G463" s="14" t="n">
-        <v>8013970.0</v>
+        <v>1967718.0</v>
+      </c>
+      <c r="H463" s="14" t="n">
+        <v>1838817.0</v>
+      </c>
+      <c r="I463" s="14" t="n">
+        <v>1869680.0</v>
+      </c>
+      <c r="J463" s="14" t="n">
+        <v>1925660.0</v>
+      </c>
+      <c r="K463" s="14" t="n">
+        <v>1880439.0</v>
+      </c>
+      <c r="L463" s="14" t="n">
+        <v>1926509.0</v>
+      </c>
+      <c r="M463" s="14" t="n">
+        <v>2214092.0</v>
+      </c>
+      <c r="N463" s="14" t="n">
+        <v>2578980.0</v>
+      </c>
+      <c r="O463" s="14" t="n">
+        <v>2961041.0</v>
+      </c>
+      <c r="P463" s="14" t="n">
+        <v>3795172.0</v>
+      </c>
+      <c r="Q463" s="14" t="n">
+        <v>4150855.0</v>
+      </c>
+      <c r="R463" s="14" t="n">
+        <v>4134867.0</v>
+      </c>
+      <c r="S463" s="14" t="n">
+        <v>3842398.0</v>
+      </c>
+      <c r="T463" s="14" t="n">
+        <v>3520484.0</v>
+      </c>
+      <c r="U463" s="14" t="n">
+        <v>2913509.0</v>
+      </c>
+      <c r="V463" s="14" t="n">
+        <v>2553140.0</v>
+      </c>
+      <c r="W463" s="14" t="n">
+        <v>2090302.0</v>
+      </c>
+      <c r="X463" s="14" t="n">
+        <v>2026713.0</v>
+      </c>
+      <c r="Y463" s="14" t="n">
+        <v>1713666.0</v>
       </c>
     </row>
     <row r="464">
-      <c r="A464" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G464" s="6"/>
+      <c r="A464" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+        </is>
+      </c>
+      <c r="B464" s="14" t="n">
+        <v>1.1173451E7</v>
+      </c>
+      <c r="C464" s="14" t="n">
+        <v>1.0001067E7</v>
+      </c>
+      <c r="D464" s="14" t="n">
+        <v>8444617.0</v>
+      </c>
+      <c r="E464" s="14" t="n">
+        <v>7270258.0</v>
+      </c>
+      <c r="F464" s="14" t="n">
+        <v>9194952.0</v>
+      </c>
+      <c r="G464" s="14" t="n">
+        <v>8773939.0</v>
+      </c>
+      <c r="H464" s="14" t="n">
+        <v>8572610.0</v>
+      </c>
+      <c r="I464" s="14" t="n">
+        <v>8206037.0</v>
+      </c>
+      <c r="J464" s="14" t="n">
+        <v>7747422.0</v>
+      </c>
+      <c r="K464" s="14" t="n">
+        <v>7497043.0</v>
+      </c>
+      <c r="L464" s="14" t="n">
+        <v>7578179.0</v>
+      </c>
+      <c r="M464" s="14" t="n">
+        <v>7852250.0</v>
+      </c>
+      <c r="N464" s="14" t="n">
+        <v>7842728.0</v>
+      </c>
+      <c r="O464" s="14" t="n">
+        <v>7748830.0</v>
+      </c>
+      <c r="P464" s="14" t="n">
+        <v>7836469.0</v>
+      </c>
+      <c r="Q464" s="14" t="n">
+        <v>7770720.0</v>
+      </c>
+      <c r="R464" s="14" t="n">
+        <v>7488953.0</v>
+      </c>
+      <c r="S464" s="14" t="n">
+        <v>7132331.0</v>
+      </c>
+      <c r="T464" s="14" t="n">
+        <v>6847350.0</v>
+      </c>
+      <c r="U464" s="14" t="n">
+        <v>6610777.0</v>
+      </c>
+      <c r="V464" s="14" t="n">
+        <v>6344321.0</v>
+      </c>
+      <c r="W464" s="14" t="n">
+        <v>6212095.0</v>
+      </c>
+      <c r="X464" s="14" t="n">
+        <v>5514539.0</v>
+      </c>
+      <c r="Y464" s="14" t="n">
+        <v>5120016.0</v>
+      </c>
     </row>
     <row r="465">
       <c r="A465" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B465" s="14" t="n">
-        <v>7289859.0</v>
+        <v>1.0838899E7</v>
       </c>
       <c r="C465" s="14" t="n">
-        <v>6622699.0</v>
+        <v>9586824.0</v>
       </c>
       <c r="D465" s="14" t="n">
-        <v>7202099.0</v>
+        <v>8757109.0</v>
       </c>
       <c r="E465" s="14" t="n">
-        <v>6953579.0</v>
+        <v>8194205.0</v>
       </c>
       <c r="F465" s="14" t="n">
-        <v>6745355.0</v>
+        <v>8532356.0</v>
       </c>
       <c r="G465" s="14" t="n">
-        <v>6551003.0</v>
+        <v>8164541.0</v>
+      </c>
+      <c r="H465" s="14" t="n">
+        <v>7579815.0</v>
+      </c>
+      <c r="I465" s="14" t="n">
+        <v>7336899.0</v>
+      </c>
+      <c r="J465" s="14" t="n">
+        <v>7298029.0</v>
+      </c>
+      <c r="K465" s="14" t="n">
+        <v>7268370.0</v>
+      </c>
+      <c r="L465" s="14" t="n">
+        <v>7049515.0</v>
+      </c>
+      <c r="M465" s="14" t="n">
+        <v>7239885.0</v>
+      </c>
+      <c r="N465" s="14" t="n">
+        <v>7281576.0</v>
+      </c>
+      <c r="O465" s="14" t="n">
+        <v>7159631.0</v>
+      </c>
+      <c r="P465" s="14" t="n">
+        <v>7494231.0</v>
+      </c>
+      <c r="Q465" s="14" t="n">
+        <v>7368176.0</v>
+      </c>
+      <c r="R465" s="14" t="n">
+        <v>6904674.0</v>
+      </c>
+      <c r="S465" s="14" t="n">
+        <v>5967729.0</v>
+      </c>
+      <c r="T465" s="14" t="n">
+        <v>5335856.0</v>
+      </c>
+      <c r="U465" s="14" t="n">
+        <v>4739697.0</v>
+      </c>
+      <c r="V465" s="14" t="n">
+        <v>4260801.0</v>
+      </c>
+      <c r="W465" s="14" t="n">
+        <v>3964826.0</v>
+      </c>
+      <c r="X465" s="14" t="n">
+        <v>3406920.0</v>
+      </c>
+      <c r="Y465" s="14" t="n">
+        <v>3025869.0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B466" s="14" t="n">
-        <v>348499.0</v>
+        <v>1.1162989E7</v>
       </c>
       <c r="C466" s="14" t="n">
-        <v>364262.0</v>
+        <v>1.070946E7</v>
       </c>
       <c r="D466" s="14" t="n">
-        <v>357605.0</v>
+        <v>1.0193394E7</v>
       </c>
       <c r="E466" s="14" t="n">
-        <v>371359.0</v>
+        <v>9632242.0</v>
       </c>
       <c r="F466" s="14" t="n">
-        <v>307981.0</v>
+        <v>9806977.0</v>
       </c>
       <c r="G466" s="14" t="n">
-        <v>357084.0</v>
+        <v>9395704.0</v>
+      </c>
+      <c r="H466" s="14" t="n">
+        <v>9146774.0</v>
+      </c>
+      <c r="I466" s="14" t="n">
+        <v>8949596.0</v>
+      </c>
+      <c r="J466" s="14" t="n">
+        <v>8982923.0</v>
+      </c>
+      <c r="K466" s="14" t="n">
+        <v>8646269.0</v>
+      </c>
+      <c r="L466" s="14" t="n">
+        <v>8678776.0</v>
+      </c>
+      <c r="M466" s="14" t="n">
+        <v>8680405.0</v>
+      </c>
+      <c r="N466" s="14" t="n">
+        <v>9006331.0</v>
+      </c>
+      <c r="O466" s="14" t="n">
+        <v>8894192.0</v>
+      </c>
+      <c r="P466" s="14" t="n">
+        <v>8948912.0</v>
+      </c>
+      <c r="Q466" s="14" t="n">
+        <v>8685624.0</v>
+      </c>
+      <c r="R466" s="14" t="n">
+        <v>7840552.0</v>
+      </c>
+      <c r="S466" s="14" t="n">
+        <v>7135370.0</v>
+      </c>
+      <c r="T466" s="14" t="n">
+        <v>6547008.0</v>
+      </c>
+      <c r="U466" s="14" t="n">
+        <v>6324685.0</v>
+      </c>
+      <c r="V466" s="14" t="n">
+        <v>5999469.0</v>
+      </c>
+      <c r="W466" s="14" t="n">
+        <v>5489915.0</v>
+      </c>
+      <c r="X466" s="14" t="n">
+        <v>4995115.0</v>
+      </c>
+      <c r="Y466" s="14" t="n">
+        <v>4686321.0</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B467" s="14" t="n">
-        <v>851691.0</v>
+        <v>4.4336205E7</v>
       </c>
       <c r="C467" s="14" t="n">
-        <v>613052.0</v>
+        <v>4.1217848E7</v>
       </c>
       <c r="D467" s="14" t="n">
-        <v>560811.0</v>
+        <v>3.7365584E7</v>
       </c>
       <c r="E467" s="14" t="n">
-        <v>534615.0</v>
+        <v>3.4146977E7</v>
       </c>
       <c r="F467" s="14" t="n">
-        <v>581086.0</v>
+        <v>3.7060168E7</v>
       </c>
       <c r="G467" s="14" t="n">
-        <v>665944.0</v>
+        <v>3.5811439E7</v>
+      </c>
+      <c r="H467" s="14" t="n">
+        <v>3.4676357E7</v>
+      </c>
+      <c r="I467" s="14" t="n">
+        <v>3.3245958E7</v>
+      </c>
+      <c r="J467" s="14" t="n">
+        <v>3.2645907E7</v>
+      </c>
+      <c r="K467" s="14" t="n">
+        <v>3.1722549E7</v>
+      </c>
+      <c r="L467" s="14" t="n">
+        <v>3.1199816E7</v>
+      </c>
+      <c r="M467" s="14" t="n">
+        <v>3.231709E7</v>
+      </c>
+      <c r="N467" s="14" t="n">
+        <v>3.3114278E7</v>
+      </c>
+      <c r="O467" s="14" t="n">
+        <v>3.3115669E7</v>
+      </c>
+      <c r="P467" s="14" t="n">
+        <v>3.3902143E7</v>
+      </c>
+      <c r="Q467" s="14" t="n">
+        <v>3.4372913E7</v>
+      </c>
+      <c r="R467" s="14" t="n">
+        <v>3.2909729E7</v>
+      </c>
+      <c r="S467" s="14" t="n">
+        <v>3.017852E7</v>
+      </c>
+      <c r="T467" s="14" t="n">
+        <v>2.8278243E7</v>
+      </c>
+      <c r="U467" s="14" t="n">
+        <v>2.6042401E7</v>
+      </c>
+      <c r="V467" s="14" t="n">
+        <v>2.4453785E7</v>
+      </c>
+      <c r="W467" s="14" t="n">
+        <v>2.2670592E7</v>
+      </c>
+      <c r="X467" s="14" t="n">
+        <v>2.061429E7</v>
+      </c>
+      <c r="Y467" s="14" t="n">
+        <v>1.8844758E7</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B468" s="14" t="n">
-        <v>518924.0</v>
+        <v>4510544.0</v>
       </c>
       <c r="C468" s="14" t="n">
-        <v>480828.0</v>
+        <v>4267814.0</v>
       </c>
       <c r="D468" s="14" t="n">
-        <v>423359.0</v>
+        <v>4209411.0</v>
       </c>
       <c r="E468" s="14" t="n">
-        <v>394198.0</v>
+        <v>3310398.0</v>
       </c>
       <c r="F468" s="14" t="n">
-        <v>400495.0</v>
+        <v>3839104.0</v>
       </c>
       <c r="G468" s="14" t="n">
-        <v>481248.0</v>
+        <v>3790953.0</v>
+      </c>
+      <c r="H468" s="14" t="n">
+        <v>3614299.0</v>
+      </c>
+      <c r="I468" s="14" t="n">
+        <v>3428931.0</v>
+      </c>
+      <c r="J468" s="14" t="n">
+        <v>3331942.0</v>
+      </c>
+      <c r="K468" s="14" t="n">
+        <v>3151882.0</v>
+      </c>
+      <c r="L468" s="14" t="n">
+        <v>2979095.0</v>
+      </c>
+      <c r="M468" s="14" t="n">
+        <v>2859158.0</v>
+      </c>
+      <c r="N468" s="14" t="n">
+        <v>2861324.0</v>
+      </c>
+      <c r="O468" s="14" t="n">
+        <v>2973325.0</v>
+      </c>
+      <c r="P468" s="14" t="n">
+        <v>2310518.0</v>
+      </c>
+      <c r="Q468" s="14" t="n">
+        <v>2970785.0</v>
+      </c>
+      <c r="R468" s="14" t="n">
+        <v>3674118.0</v>
+      </c>
+      <c r="S468" s="14" t="n">
+        <v>3649206.0</v>
+      </c>
+      <c r="T468" s="14" t="n">
+        <v>3286658.0</v>
+      </c>
+      <c r="U468" s="14" t="n">
+        <v>2878557.0</v>
+      </c>
+      <c r="V468" s="14" t="n">
+        <v>2549181.0</v>
+      </c>
+      <c r="W468" s="14" t="n">
+        <v>2243801.0</v>
+      </c>
+      <c r="X468" s="14" t="n">
+        <v>2036386.0</v>
+      </c>
+      <c r="Y468" s="14" t="n">
+        <v>1921803.0</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B469" s="14" t="n">
-        <v>410569.0</v>
+        <v>4.8846749E7</v>
       </c>
       <c r="C469" s="14" t="n">
-        <v>364334.0</v>
+        <v>4.5485662E7</v>
       </c>
       <c r="D469" s="14" t="n">
-        <v>426712.0</v>
+        <v>4.1574995E7</v>
       </c>
       <c r="E469" s="14" t="n">
-        <v>407468.0</v>
+        <v>3.7457375E7</v>
       </c>
       <c r="F469" s="14" t="n">
-        <v>400649.0</v>
+        <v>4.0899272E7</v>
       </c>
       <c r="G469" s="14" t="n">
-        <v>344422.0</v>
+        <v>3.9602392E7</v>
+      </c>
+      <c r="H469" s="14" t="n">
+        <v>3.8290656E7</v>
+      </c>
+      <c r="I469" s="14" t="n">
+        <v>3.6674889E7</v>
+      </c>
+      <c r="J469" s="14" t="n">
+        <v>3.5977849E7</v>
+      </c>
+      <c r="K469" s="14" t="n">
+        <v>3.4874431E7</v>
+      </c>
+      <c r="L469" s="14" t="n">
+        <v>3.4178911E7</v>
+      </c>
+      <c r="M469" s="14" t="n">
+        <v>3.5176248E7</v>
+      </c>
+      <c r="N469" s="14" t="n">
+        <v>3.5975602E7</v>
+      </c>
+      <c r="O469" s="14" t="n">
+        <v>3.6088994E7</v>
+      </c>
+      <c r="P469" s="14" t="n">
+        <v>3.6212661E7</v>
+      </c>
+      <c r="Q469" s="14" t="n">
+        <v>3.7343698E7</v>
+      </c>
+      <c r="R469" s="14" t="n">
+        <v>3.6583847E7</v>
+      </c>
+      <c r="S469" s="14" t="n">
+        <v>3.3827726E7</v>
+      </c>
+      <c r="T469" s="14" t="n">
+        <v>3.1564901E7</v>
+      </c>
+      <c r="U469" s="14" t="n">
+        <v>2.8920958E7</v>
+      </c>
+      <c r="V469" s="14" t="n">
+        <v>2.7002966E7</v>
+      </c>
+      <c r="W469" s="14" t="n">
+        <v>2.4914393E7</v>
+      </c>
+      <c r="X469" s="14" t="n">
+        <v>2.2650676E7</v>
+      </c>
+      <c r="Y469" s="14" t="n">
+        <v>2.0766561E7</v>
       </c>
     </row>
     <row r="470">
-      <c r="A470" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A470" s="6" t="inlineStr">
+        <is>
+          <t>42 Soria</t>
+        </is>
+      </c>
+      <c r="B470" s="6"/>
+      <c r="C470" s="6"/>
+      <c r="D470" s="6"/>
+      <c r="E470" s="6"/>
+      <c r="F470" s="6"/>
+      <c r="G470" s="6"/>
+      <c r="H470" s="6"/>
+      <c r="I470" s="6"/>
+      <c r="J470" s="6"/>
+      <c r="K470" s="6"/>
+      <c r="L470" s="6"/>
+      <c r="M470" s="6"/>
+      <c r="N470" s="6"/>
+      <c r="O470" s="6"/>
+      <c r="P470" s="6"/>
+      <c r="Q470" s="6"/>
+      <c r="R470" s="6"/>
+      <c r="S470" s="6"/>
+      <c r="T470" s="6"/>
+      <c r="U470" s="6"/>
+      <c r="V470" s="6"/>
+      <c r="W470" s="6"/>
+      <c r="X470" s="6"/>
+      <c r="Y470" s="6"/>
     </row>
     <row r="471">
       <c r="A471" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B471" s="14" t="n">
-        <v>1470694.0</v>
+        <v>94384.0</v>
       </c>
       <c r="C471" s="14" t="n">
-        <v>1416690.0</v>
+        <v>120909.0</v>
       </c>
       <c r="D471" s="14" t="n">
-        <v>1447567.0</v>
+        <v>228474.0</v>
       </c>
       <c r="E471" s="14" t="n">
-        <v>1415758.0</v>
+        <v>178335.0</v>
       </c>
       <c r="F471" s="14" t="n">
-        <v>1375532.0</v>
+        <v>152754.0</v>
       </c>
       <c r="G471" s="14" t="n">
-        <v>1336771.0</v>
+        <v>173568.0</v>
+      </c>
+      <c r="H471" s="14" t="n">
+        <v>97554.0</v>
+      </c>
+      <c r="I471" s="14" t="n">
+        <v>148548.0</v>
+      </c>
+      <c r="J471" s="14" t="n">
+        <v>128894.0</v>
+      </c>
+      <c r="K471" s="14" t="n">
+        <v>106752.0</v>
+      </c>
+      <c r="L471" s="14" t="n">
+        <v>157446.0</v>
+      </c>
+      <c r="M471" s="14" t="n">
+        <v>86446.0</v>
+      </c>
+      <c r="N471" s="14" t="n">
+        <v>164744.0</v>
+      </c>
+      <c r="O471" s="14" t="n">
+        <v>173683.0</v>
+      </c>
+      <c r="P471" s="14" t="n">
+        <v>100734.0</v>
+      </c>
+      <c r="Q471" s="14" t="n">
+        <v>162750.0</v>
+      </c>
+      <c r="R471" s="14" t="n">
+        <v>200153.0</v>
+      </c>
+      <c r="S471" s="14" t="n">
+        <v>194761.0</v>
+      </c>
+      <c r="T471" s="14" t="n">
+        <v>192347.0</v>
+      </c>
+      <c r="U471" s="14" t="n">
+        <v>225377.0</v>
+      </c>
+      <c r="V471" s="14" t="n">
+        <v>207034.0</v>
+      </c>
+      <c r="W471" s="14" t="n">
+        <v>193930.0</v>
+      </c>
+      <c r="X471" s="14" t="n">
+        <v>182355.0</v>
+      </c>
+      <c r="Y471" s="14" t="n">
+        <v>217919.0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B472" s="14" t="n">
-        <v>1956168.0</v>
+        <v>700458.0</v>
       </c>
       <c r="C472" s="14" t="n">
-        <v>1969395.0</v>
+        <v>747812.0</v>
       </c>
       <c r="D472" s="14" t="n">
-        <v>2076334.0</v>
+        <v>631628.0</v>
       </c>
       <c r="E472" s="14" t="n">
-        <v>2014784.0</v>
+        <v>529845.0</v>
       </c>
       <c r="F472" s="14" t="n">
-        <v>1963354.0</v>
+        <v>635614.0</v>
       </c>
       <c r="G472" s="14" t="n">
-        <v>1845301.0</v>
+        <v>642035.0</v>
+      </c>
+      <c r="H472" s="14" t="n">
+        <v>512917.0</v>
+      </c>
+      <c r="I472" s="14" t="n">
+        <v>462164.0</v>
+      </c>
+      <c r="J472" s="14" t="n">
+        <v>440327.0</v>
+      </c>
+      <c r="K472" s="14" t="n">
+        <v>449942.0</v>
+      </c>
+      <c r="L472" s="14" t="n">
+        <v>420869.0</v>
+      </c>
+      <c r="M472" s="14" t="n">
+        <v>429220.0</v>
+      </c>
+      <c r="N472" s="14" t="n">
+        <v>418275.0</v>
+      </c>
+      <c r="O472" s="14" t="n">
+        <v>421198.0</v>
+      </c>
+      <c r="P472" s="14" t="n">
+        <v>402280.0</v>
+      </c>
+      <c r="Q472" s="14" t="n">
+        <v>483304.0</v>
+      </c>
+      <c r="R472" s="14" t="n">
+        <v>473562.0</v>
+      </c>
+      <c r="S472" s="14" t="n">
+        <v>442522.0</v>
+      </c>
+      <c r="T472" s="14" t="n">
+        <v>422279.0</v>
+      </c>
+      <c r="U472" s="14" t="n">
+        <v>405228.0</v>
+      </c>
+      <c r="V472" s="14" t="n">
+        <v>344530.0</v>
+      </c>
+      <c r="W472" s="14" t="n">
+        <v>331088.0</v>
+      </c>
+      <c r="X472" s="14" t="n">
+        <v>295658.0</v>
+      </c>
+      <c r="Y472" s="14" t="n">
+        <v>278061.0</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B473" s="14" t="n">
-        <v>6595417.0</v>
+        <v>518923.0</v>
       </c>
       <c r="C473" s="14" t="n">
-        <v>6043150.0</v>
+        <v>459089.0</v>
       </c>
       <c r="D473" s="14" t="n">
-        <v>6531949.0</v>
+        <v>485158.0</v>
       </c>
       <c r="E473" s="14" t="n">
-        <v>6292297.0</v>
+        <v>393881.0</v>
       </c>
       <c r="F473" s="14" t="n">
-        <v>6114482.0</v>
+        <v>452814.0</v>
       </c>
       <c r="G473" s="14" t="n">
-        <v>5944336.0</v>
+        <v>444668.0</v>
+      </c>
+      <c r="H473" s="14" t="n">
+        <v>409519.0</v>
+      </c>
+      <c r="I473" s="14" t="n">
+        <v>367029.0</v>
+      </c>
+      <c r="J473" s="14" t="n">
+        <v>345040.0</v>
+      </c>
+      <c r="K473" s="14" t="n">
+        <v>342709.0</v>
+      </c>
+      <c r="L473" s="14" t="n">
+        <v>311762.0</v>
+      </c>
+      <c r="M473" s="14" t="n">
+        <v>315930.0</v>
+      </c>
+      <c r="N473" s="14" t="n">
+        <v>313056.0</v>
+      </c>
+      <c r="O473" s="14" t="n">
+        <v>315843.0</v>
+      </c>
+      <c r="P473" s="14" t="n">
+        <v>296097.0</v>
+      </c>
+      <c r="Q473" s="14" t="n">
+        <v>358233.0</v>
+      </c>
+      <c r="R473" s="14" t="n">
+        <v>371206.0</v>
+      </c>
+      <c r="S473" s="14" t="n">
+        <v>348524.0</v>
+      </c>
+      <c r="T473" s="14" t="n">
+        <v>331379.0</v>
+      </c>
+      <c r="U473" s="14" t="n">
+        <v>324293.0</v>
+      </c>
+      <c r="V473" s="14" t="n">
+        <v>282782.0</v>
+      </c>
+      <c r="W473" s="14" t="n">
+        <v>275354.0</v>
+      </c>
+      <c r="X473" s="14" t="n">
+        <v>248227.0</v>
+      </c>
+      <c r="Y473" s="14" t="n">
+        <v>236296.0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B474" s="14" t="n">
-        <v>694442.0</v>
+        <v>175258.0</v>
       </c>
       <c r="C474" s="14" t="n">
-        <v>579549.0</v>
+        <v>160198.0</v>
       </c>
       <c r="D474" s="14" t="n">
-        <v>670150.0</v>
+        <v>136133.0</v>
       </c>
       <c r="E474" s="14" t="n">
-        <v>661282.0</v>
+        <v>126694.0</v>
       </c>
       <c r="F474" s="14" t="n">
-        <v>630873.0</v>
+        <v>150203.0</v>
       </c>
       <c r="G474" s="14" t="n">
-        <v>606667.0</v>
+        <v>142086.0</v>
+      </c>
+      <c r="H474" s="14" t="n">
+        <v>146769.0</v>
+      </c>
+      <c r="I474" s="14" t="n">
+        <v>147154.0</v>
+      </c>
+      <c r="J474" s="14" t="n">
+        <v>152402.0</v>
+      </c>
+      <c r="K474" s="14" t="n">
+        <v>148122.0</v>
+      </c>
+      <c r="L474" s="14" t="n">
+        <v>139317.0</v>
+      </c>
+      <c r="M474" s="14" t="n">
+        <v>178552.0</v>
+      </c>
+      <c r="N474" s="14" t="n">
+        <v>204495.0</v>
+      </c>
+      <c r="O474" s="14" t="n">
+        <v>233505.0</v>
+      </c>
+      <c r="P474" s="14" t="n">
+        <v>293233.0</v>
+      </c>
+      <c r="Q474" s="14" t="n">
+        <v>267331.0</v>
+      </c>
+      <c r="R474" s="14" t="n">
+        <v>234215.0</v>
+      </c>
+      <c r="S474" s="14" t="n">
+        <v>224726.0</v>
+      </c>
+      <c r="T474" s="14" t="n">
+        <v>205159.0</v>
+      </c>
+      <c r="U474" s="14" t="n">
+        <v>175996.0</v>
+      </c>
+      <c r="V474" s="14" t="n">
+        <v>175152.0</v>
+      </c>
+      <c r="W474" s="14" t="n">
+        <v>142977.0</v>
+      </c>
+      <c r="X474" s="14" t="n">
+        <v>129398.0</v>
+      </c>
+      <c r="Y474" s="14" t="n">
+        <v>112350.0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B475" s="14" t="n">
-        <v>7289859.0</v>
+        <v>567157.0</v>
       </c>
       <c r="C475" s="14" t="n">
-        <v>6622699.0</v>
+        <v>499411.0</v>
       </c>
       <c r="D475" s="14" t="n">
-        <v>7202099.0</v>
+        <v>436208.0</v>
       </c>
       <c r="E475" s="14" t="n">
-        <v>6953579.0</v>
+        <v>386792.0</v>
       </c>
       <c r="F475" s="14" t="n">
-        <v>6745355.0</v>
+        <v>463898.0</v>
       </c>
       <c r="G475" s="14" t="n">
-        <v>6551003.0</v>
+        <v>444033.0</v>
+      </c>
+      <c r="H475" s="14" t="n">
+        <v>418231.0</v>
+      </c>
+      <c r="I475" s="14" t="n">
+        <v>405406.0</v>
+      </c>
+      <c r="J475" s="14" t="n">
+        <v>425799.0</v>
+      </c>
+      <c r="K475" s="14" t="n">
+        <v>400466.0</v>
+      </c>
+      <c r="L475" s="14" t="n">
+        <v>377039.0</v>
+      </c>
+      <c r="M475" s="14" t="n">
+        <v>385022.0</v>
+      </c>
+      <c r="N475" s="14" t="n">
+        <v>402558.0</v>
+      </c>
+      <c r="O475" s="14" t="n">
+        <v>379899.0</v>
+      </c>
+      <c r="P475" s="14" t="n">
+        <v>376139.0</v>
+      </c>
+      <c r="Q475" s="14" t="n">
+        <v>349013.0</v>
+      </c>
+      <c r="R475" s="14" t="n">
+        <v>320031.0</v>
+      </c>
+      <c r="S475" s="14" t="n">
+        <v>292721.0</v>
+      </c>
+      <c r="T475" s="14" t="n">
+        <v>280150.0</v>
+      </c>
+      <c r="U475" s="14" t="n">
+        <v>278007.0</v>
+      </c>
+      <c r="V475" s="14" t="n">
+        <v>274883.0</v>
+      </c>
+      <c r="W475" s="14" t="n">
+        <v>262229.0</v>
+      </c>
+      <c r="X475" s="14" t="n">
+        <v>245136.0</v>
+      </c>
+      <c r="Y475" s="14" t="n">
+        <v>234370.0</v>
       </c>
     </row>
     <row r="476">
-      <c r="A476" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G476" s="6"/>
+      <c r="A476" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+        </is>
+      </c>
+      <c r="B476" s="14" t="n">
+        <v>434650.0</v>
+      </c>
+      <c r="C476" s="14" t="n">
+        <v>373366.0</v>
+      </c>
+      <c r="D476" s="14" t="n">
+        <v>353765.0</v>
+      </c>
+      <c r="E476" s="14" t="n">
+        <v>331756.0</v>
+      </c>
+      <c r="F476" s="14" t="n">
+        <v>334622.0</v>
+      </c>
+      <c r="G476" s="14" t="n">
+        <v>325009.0</v>
+      </c>
+      <c r="H476" s="14" t="n">
+        <v>310203.0</v>
+      </c>
+      <c r="I476" s="14" t="n">
+        <v>299206.0</v>
+      </c>
+      <c r="J476" s="14" t="n">
+        <v>296150.0</v>
+      </c>
+      <c r="K476" s="14" t="n">
+        <v>293809.0</v>
+      </c>
+      <c r="L476" s="14" t="n">
+        <v>289754.0</v>
+      </c>
+      <c r="M476" s="14" t="n">
+        <v>302005.0</v>
+      </c>
+      <c r="N476" s="14" t="n">
+        <v>301168.0</v>
+      </c>
+      <c r="O476" s="14" t="n">
+        <v>288937.0</v>
+      </c>
+      <c r="P476" s="14" t="n">
+        <v>294276.0</v>
+      </c>
+      <c r="Q476" s="14" t="n">
+        <v>293847.0</v>
+      </c>
+      <c r="R476" s="14" t="n">
+        <v>268325.0</v>
+      </c>
+      <c r="S476" s="14" t="n">
+        <v>237168.0</v>
+      </c>
+      <c r="T476" s="14" t="n">
+        <v>213411.0</v>
+      </c>
+      <c r="U476" s="14" t="n">
+        <v>198984.0</v>
+      </c>
+      <c r="V476" s="14" t="n">
+        <v>192660.0</v>
+      </c>
+      <c r="W476" s="14" t="n">
+        <v>180479.0</v>
+      </c>
+      <c r="X476" s="14" t="n">
+        <v>166502.0</v>
+      </c>
+      <c r="Y476" s="14" t="n">
+        <v>151463.0</v>
+      </c>
     </row>
     <row r="477">
       <c r="A477" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B477" s="14" t="n">
-        <v>2.0786249E7</v>
+        <v>606393.0</v>
       </c>
       <c r="C477" s="14" t="n">
-        <v>1.8937445E7</v>
+        <v>569255.0</v>
       </c>
       <c r="D477" s="14" t="n">
-        <v>2.2968344E7</v>
+        <v>527839.0</v>
       </c>
       <c r="E477" s="14" t="n">
-        <v>2.2225081E7</v>
+        <v>536429.0</v>
       </c>
       <c r="F477" s="14" t="n">
-        <v>2.1505407E7</v>
+        <v>556805.0</v>
       </c>
       <c r="G477" s="14" t="n">
-        <v>2.0336436E7</v>
+        <v>527466.0</v>
+      </c>
+      <c r="H477" s="14" t="n">
+        <v>515713.0</v>
+      </c>
+      <c r="I477" s="14" t="n">
+        <v>498961.0</v>
+      </c>
+      <c r="J477" s="14" t="n">
+        <v>514835.0</v>
+      </c>
+      <c r="K477" s="14" t="n">
+        <v>501956.0</v>
+      </c>
+      <c r="L477" s="14" t="n">
+        <v>499502.0</v>
+      </c>
+      <c r="M477" s="14" t="n">
+        <v>502579.0</v>
+      </c>
+      <c r="N477" s="14" t="n">
+        <v>514261.0</v>
+      </c>
+      <c r="O477" s="14" t="n">
+        <v>508646.0</v>
+      </c>
+      <c r="P477" s="14" t="n">
+        <v>501151.0</v>
+      </c>
+      <c r="Q477" s="14" t="n">
+        <v>480946.0</v>
+      </c>
+      <c r="R477" s="14" t="n">
+        <v>437410.0</v>
+      </c>
+      <c r="S477" s="14" t="n">
+        <v>395085.0</v>
+      </c>
+      <c r="T477" s="14" t="n">
+        <v>375188.0</v>
+      </c>
+      <c r="U477" s="14" t="n">
+        <v>386138.0</v>
+      </c>
+      <c r="V477" s="14" t="n">
+        <v>365732.0</v>
+      </c>
+      <c r="W477" s="14" t="n">
+        <v>355188.0</v>
+      </c>
+      <c r="X477" s="14" t="n">
+        <v>331255.0</v>
+      </c>
+      <c r="Y477" s="14" t="n">
+        <v>309397.0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B478" s="14" t="n">
-        <v>483802.0</v>
+        <v>2578300.0</v>
       </c>
       <c r="C478" s="14" t="n">
-        <v>454127.0</v>
+        <v>2470951.0</v>
       </c>
       <c r="D478" s="14" t="n">
-        <v>473279.0</v>
+        <v>2314047.0</v>
       </c>
       <c r="E478" s="14" t="n">
-        <v>437828.0</v>
+        <v>2089851.0</v>
       </c>
       <c r="F478" s="14" t="n">
-        <v>436311.0</v>
+        <v>2293896.0</v>
       </c>
       <c r="G478" s="14" t="n">
-        <v>331386.0</v>
+        <v>2254197.0</v>
+      </c>
+      <c r="H478" s="14" t="n">
+        <v>2001387.0</v>
+      </c>
+      <c r="I478" s="14" t="n">
+        <v>1961439.0</v>
+      </c>
+      <c r="J478" s="14" t="n">
+        <v>1958407.0</v>
+      </c>
+      <c r="K478" s="14" t="n">
+        <v>1901047.0</v>
+      </c>
+      <c r="L478" s="14" t="n">
+        <v>1883927.0</v>
+      </c>
+      <c r="M478" s="14" t="n">
+        <v>1883824.0</v>
+      </c>
+      <c r="N478" s="14" t="n">
+        <v>2005501.0</v>
+      </c>
+      <c r="O478" s="14" t="n">
+        <v>2005868.0</v>
+      </c>
+      <c r="P478" s="14" t="n">
+        <v>1967813.0</v>
+      </c>
+      <c r="Q478" s="14" t="n">
+        <v>2037191.0</v>
+      </c>
+      <c r="R478" s="14" t="n">
+        <v>1933696.0</v>
+      </c>
+      <c r="S478" s="14" t="n">
+        <v>1786983.0</v>
+      </c>
+      <c r="T478" s="14" t="n">
+        <v>1688534.0</v>
+      </c>
+      <c r="U478" s="14" t="n">
+        <v>1669730.0</v>
+      </c>
+      <c r="V478" s="14" t="n">
+        <v>1559991.0</v>
+      </c>
+      <c r="W478" s="14" t="n">
+        <v>1465891.0</v>
+      </c>
+      <c r="X478" s="14" t="n">
+        <v>1350304.0</v>
+      </c>
+      <c r="Y478" s="14" t="n">
+        <v>1303560.0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B479" s="14" t="n">
-        <v>1209138.0</v>
+        <v>247143.0</v>
       </c>
       <c r="C479" s="14" t="n">
-        <v>1118599.0</v>
+        <v>238581.0</v>
       </c>
       <c r="D479" s="14" t="n">
-        <v>1165868.0</v>
+        <v>241789.0</v>
       </c>
       <c r="E479" s="14" t="n">
-        <v>1123755.0</v>
+        <v>201864.0</v>
       </c>
       <c r="F479" s="14" t="n">
-        <v>1078974.0</v>
+        <v>236271.0</v>
       </c>
       <c r="G479" s="14" t="n">
-        <v>1075131.0</v>
+        <v>238033.0</v>
+      </c>
+      <c r="H479" s="14" t="n">
+        <v>208220.0</v>
+      </c>
+      <c r="I479" s="14" t="n">
+        <v>202179.0</v>
+      </c>
+      <c r="J479" s="14" t="n">
+        <v>199334.0</v>
+      </c>
+      <c r="K479" s="14" t="n">
+        <v>188373.0</v>
+      </c>
+      <c r="L479" s="14" t="n">
+        <v>179533.0</v>
+      </c>
+      <c r="M479" s="14" t="n">
+        <v>166422.0</v>
+      </c>
+      <c r="N479" s="14" t="n">
+        <v>173105.0</v>
+      </c>
+      <c r="O479" s="14" t="n">
+        <v>179905.0</v>
+      </c>
+      <c r="P479" s="14" t="n">
+        <v>134011.0</v>
+      </c>
+      <c r="Q479" s="14" t="n">
+        <v>175736.0</v>
+      </c>
+      <c r="R479" s="14" t="n">
+        <v>215341.0</v>
+      </c>
+      <c r="S479" s="14" t="n">
+        <v>215536.0</v>
+      </c>
+      <c r="T479" s="14" t="n">
+        <v>195841.0</v>
+      </c>
+      <c r="U479" s="14" t="n">
+        <v>184216.0</v>
+      </c>
+      <c r="V479" s="14" t="n">
+        <v>162650.0</v>
+      </c>
+      <c r="W479" s="14" t="n">
+        <v>145025.0</v>
+      </c>
+      <c r="X479" s="14" t="n">
+        <v>133463.0</v>
+      </c>
+      <c r="Y479" s="14" t="n">
+        <v>133132.0</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B480" s="14" t="n">
-        <v>457525.0</v>
+        <v>2825443.0</v>
       </c>
       <c r="C480" s="14" t="n">
-        <v>431406.0</v>
+        <v>2709532.0</v>
       </c>
       <c r="D480" s="14" t="n">
-        <v>467048.0</v>
+        <v>2555836.0</v>
       </c>
       <c r="E480" s="14" t="n">
-        <v>447855.0</v>
+        <v>2291715.0</v>
       </c>
       <c r="F480" s="14" t="n">
-        <v>463250.0</v>
+        <v>2530167.0</v>
       </c>
       <c r="G480" s="14" t="n">
-        <v>469486.0</v>
+        <v>2492230.0</v>
+      </c>
+      <c r="H480" s="14" t="n">
+        <v>2209607.0</v>
+      </c>
+      <c r="I480" s="14" t="n">
+        <v>2163618.0</v>
+      </c>
+      <c r="J480" s="14" t="n">
+        <v>2157741.0</v>
+      </c>
+      <c r="K480" s="14" t="n">
+        <v>2089420.0</v>
+      </c>
+      <c r="L480" s="14" t="n">
+        <v>2063460.0</v>
+      </c>
+      <c r="M480" s="14" t="n">
+        <v>2050246.0</v>
+      </c>
+      <c r="N480" s="14" t="n">
+        <v>2178606.0</v>
+      </c>
+      <c r="O480" s="14" t="n">
+        <v>2185773.0</v>
+      </c>
+      <c r="P480" s="14" t="n">
+        <v>2101824.0</v>
+      </c>
+      <c r="Q480" s="14" t="n">
+        <v>2212927.0</v>
+      </c>
+      <c r="R480" s="14" t="n">
+        <v>2149037.0</v>
+      </c>
+      <c r="S480" s="14" t="n">
+        <v>2002519.0</v>
+      </c>
+      <c r="T480" s="14" t="n">
+        <v>1884375.0</v>
+      </c>
+      <c r="U480" s="14" t="n">
+        <v>1853946.0</v>
+      </c>
+      <c r="V480" s="14" t="n">
+        <v>1722641.0</v>
+      </c>
+      <c r="W480" s="14" t="n">
+        <v>1610916.0</v>
+      </c>
+      <c r="X480" s="14" t="n">
+        <v>1483767.0</v>
+      </c>
+      <c r="Y480" s="14" t="n">
+        <v>1436692.0</v>
       </c>
     </row>
     <row r="481">
-      <c r="A481" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A481" s="6" t="inlineStr">
+        <is>
+          <t>43 Tarragona</t>
+        </is>
+      </c>
+      <c r="B481" s="6"/>
+      <c r="C481" s="6"/>
+      <c r="D481" s="6"/>
+      <c r="E481" s="6"/>
+      <c r="F481" s="6"/>
+      <c r="G481" s="6"/>
+      <c r="H481" s="6"/>
+      <c r="I481" s="6"/>
+      <c r="J481" s="6"/>
+      <c r="K481" s="6"/>
+      <c r="L481" s="6"/>
+      <c r="M481" s="6"/>
+      <c r="N481" s="6"/>
+      <c r="O481" s="6"/>
+      <c r="P481" s="6"/>
+      <c r="Q481" s="6"/>
+      <c r="R481" s="6"/>
+      <c r="S481" s="6"/>
+      <c r="T481" s="6"/>
+      <c r="U481" s="6"/>
+      <c r="V481" s="6"/>
+      <c r="W481" s="6"/>
+      <c r="X481" s="6"/>
+      <c r="Y481" s="6"/>
     </row>
     <row r="482">
       <c r="A482" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B482" s="14" t="n">
-        <v>5416038.0</v>
+        <v>406717.0</v>
       </c>
       <c r="C482" s="14" t="n">
-        <v>4384777.0</v>
+        <v>249666.0</v>
       </c>
       <c r="D482" s="14" t="n">
-        <v>7086295.0</v>
+        <v>307696.0</v>
       </c>
       <c r="E482" s="14" t="n">
-        <v>6942341.0</v>
+        <v>281832.0</v>
       </c>
       <c r="F482" s="14" t="n">
-        <v>6833110.0</v>
+        <v>279296.0</v>
       </c>
       <c r="G482" s="14" t="n">
-        <v>6424799.0</v>
+        <v>252098.0</v>
+      </c>
+      <c r="H482" s="14" t="n">
+        <v>317373.0</v>
+      </c>
+      <c r="I482" s="14" t="n">
+        <v>320869.0</v>
+      </c>
+      <c r="J482" s="14" t="n">
+        <v>317667.0</v>
+      </c>
+      <c r="K482" s="14" t="n">
+        <v>330439.0</v>
+      </c>
+      <c r="L482" s="14" t="n">
+        <v>333978.0</v>
+      </c>
+      <c r="M482" s="14" t="n">
+        <v>312506.0</v>
+      </c>
+      <c r="N482" s="14" t="n">
+        <v>341300.0</v>
+      </c>
+      <c r="O482" s="14" t="n">
+        <v>408633.0</v>
+      </c>
+      <c r="P482" s="14" t="n">
+        <v>438450.0</v>
+      </c>
+      <c r="Q482" s="14" t="n">
+        <v>387318.0</v>
+      </c>
+      <c r="R482" s="14" t="n">
+        <v>375551.0</v>
+      </c>
+      <c r="S482" s="14" t="n">
+        <v>346871.0</v>
+      </c>
+      <c r="T482" s="14" t="n">
+        <v>372730.0</v>
+      </c>
+      <c r="U482" s="14" t="n">
+        <v>385376.0</v>
+      </c>
+      <c r="V482" s="14" t="n">
+        <v>398763.0</v>
+      </c>
+      <c r="W482" s="14" t="n">
+        <v>420241.0</v>
+      </c>
+      <c r="X482" s="14" t="n">
+        <v>426246.0</v>
+      </c>
+      <c r="Y482" s="14" t="n">
+        <v>371982.0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B483" s="14" t="n">
-        <v>4819924.0</v>
+        <v>6462836.0</v>
       </c>
       <c r="C483" s="14" t="n">
-        <v>4626471.0</v>
+        <v>6812581.0</v>
       </c>
       <c r="D483" s="14" t="n">
-        <v>4925187.0</v>
+        <v>5997529.0</v>
       </c>
       <c r="E483" s="14" t="n">
-        <v>4801847.0</v>
+        <v>4573004.0</v>
       </c>
       <c r="F483" s="14" t="n">
-        <v>4510127.0</v>
+        <v>5529951.0</v>
       </c>
       <c r="G483" s="14" t="n">
-        <v>4391529.0</v>
+        <v>5539472.0</v>
+      </c>
+      <c r="H483" s="14" t="n">
+        <v>5578326.0</v>
+      </c>
+      <c r="I483" s="14" t="n">
+        <v>5140084.0</v>
+      </c>
+      <c r="J483" s="14" t="n">
+        <v>4951433.0</v>
+      </c>
+      <c r="K483" s="14" t="n">
+        <v>4326274.0</v>
+      </c>
+      <c r="L483" s="14" t="n">
+        <v>4079325.0</v>
+      </c>
+      <c r="M483" s="14" t="n">
+        <v>4119456.0</v>
+      </c>
+      <c r="N483" s="14" t="n">
+        <v>4286647.0</v>
+      </c>
+      <c r="O483" s="14" t="n">
+        <v>4321164.0</v>
+      </c>
+      <c r="P483" s="14" t="n">
+        <v>3999975.0</v>
+      </c>
+      <c r="Q483" s="14" t="n">
+        <v>4241980.0</v>
+      </c>
+      <c r="R483" s="14" t="n">
+        <v>4032591.0</v>
+      </c>
+      <c r="S483" s="14" t="n">
+        <v>3708730.0</v>
+      </c>
+      <c r="T483" s="14" t="n">
+        <v>3722392.0</v>
+      </c>
+      <c r="U483" s="14" t="n">
+        <v>4328112.0</v>
+      </c>
+      <c r="V483" s="14" t="n">
+        <v>3715059.0</v>
+      </c>
+      <c r="W483" s="14" t="n">
+        <v>3572631.0</v>
+      </c>
+      <c r="X483" s="14" t="n">
+        <v>3319542.0</v>
+      </c>
+      <c r="Y483" s="14" t="n">
+        <v>3078597.0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B484" s="14" t="n">
-        <v>5756540.0</v>
+        <v>4741910.0</v>
       </c>
       <c r="C484" s="14" t="n">
-        <v>5572109.0</v>
+        <v>4854516.0</v>
       </c>
       <c r="D484" s="14" t="n">
-        <v>5740728.0</v>
+        <v>4472561.0</v>
       </c>
       <c r="E484" s="14" t="n">
-        <v>5479576.0</v>
+        <v>3049789.0</v>
       </c>
       <c r="F484" s="14" t="n">
-        <v>5309942.0</v>
+        <v>3862260.0</v>
       </c>
       <c r="G484" s="14" t="n">
-        <v>5071701.0</v>
+        <v>4127539.0</v>
+      </c>
+      <c r="H484" s="14" t="n">
+        <v>4411684.0</v>
+      </c>
+      <c r="I484" s="14" t="n">
+        <v>3966175.0</v>
+      </c>
+      <c r="J484" s="14" t="n">
+        <v>3691608.0</v>
+      </c>
+      <c r="K484" s="14" t="n">
+        <v>3106931.0</v>
+      </c>
+      <c r="L484" s="14" t="n">
+        <v>2820864.0</v>
+      </c>
+      <c r="M484" s="14" t="n">
+        <v>2925206.0</v>
+      </c>
+      <c r="N484" s="14" t="n">
+        <v>3135594.0</v>
+      </c>
+      <c r="O484" s="14" t="n">
+        <v>3130030.0</v>
+      </c>
+      <c r="P484" s="14" t="n">
+        <v>2993633.0</v>
+      </c>
+      <c r="Q484" s="14" t="n">
+        <v>3202067.0</v>
+      </c>
+      <c r="R484" s="14" t="n">
+        <v>3056374.0</v>
+      </c>
+      <c r="S484" s="14" t="n">
+        <v>2875610.0</v>
+      </c>
+      <c r="T484" s="14" t="n">
+        <v>2936476.0</v>
+      </c>
+      <c r="U484" s="14" t="n">
+        <v>2957744.0</v>
+      </c>
+      <c r="V484" s="14" t="n">
+        <v>2642126.0</v>
+      </c>
+      <c r="W484" s="14" t="n">
+        <v>2488117.0</v>
+      </c>
+      <c r="X484" s="14" t="n">
+        <v>2398071.0</v>
+      </c>
+      <c r="Y484" s="14" t="n">
+        <v>2198598.0</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B485" s="14" t="n">
-        <v>1.8806123E7</v>
+        <v>1397522.0</v>
       </c>
       <c r="C485" s="14" t="n">
-        <v>1.7280239E7</v>
+        <v>1305872.0</v>
       </c>
       <c r="D485" s="14" t="n">
-        <v>2.0831158E7</v>
+        <v>1155306.0</v>
       </c>
       <c r="E485" s="14" t="n">
-        <v>2.0111392E7</v>
+        <v>1068235.0</v>
       </c>
       <c r="F485" s="14" t="n">
-        <v>1.9493961E7</v>
+        <v>1301096.0</v>
       </c>
       <c r="G485" s="14" t="n">
-        <v>1.8452944E7</v>
+        <v>1227501.0</v>
+      </c>
+      <c r="H485" s="14" t="n">
+        <v>1279570.0</v>
+      </c>
+      <c r="I485" s="14" t="n">
+        <v>1216745.0</v>
+      </c>
+      <c r="J485" s="14" t="n">
+        <v>1159394.0</v>
+      </c>
+      <c r="K485" s="14" t="n">
+        <v>1238088.0</v>
+      </c>
+      <c r="L485" s="14" t="n">
+        <v>1269443.0</v>
+      </c>
+      <c r="M485" s="14" t="n">
+        <v>1439815.0</v>
+      </c>
+      <c r="N485" s="14" t="n">
+        <v>1656665.0</v>
+      </c>
+      <c r="O485" s="14" t="n">
+        <v>1843406.0</v>
+      </c>
+      <c r="P485" s="14" t="n">
+        <v>2361038.0</v>
+      </c>
+      <c r="Q485" s="14" t="n">
+        <v>2657455.0</v>
+      </c>
+      <c r="R485" s="14" t="n">
+        <v>2791565.0</v>
+      </c>
+      <c r="S485" s="14" t="n">
+        <v>2454268.0</v>
+      </c>
+      <c r="T485" s="14" t="n">
+        <v>2278942.0</v>
+      </c>
+      <c r="U485" s="14" t="n">
+        <v>1945714.0</v>
+      </c>
+      <c r="V485" s="14" t="n">
+        <v>1732527.0</v>
+      </c>
+      <c r="W485" s="14" t="n">
+        <v>1566213.0</v>
+      </c>
+      <c r="X485" s="14" t="n">
+        <v>1410813.0</v>
+      </c>
+      <c r="Y485" s="14" t="n">
+        <v>1271339.0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B486" s="14" t="n">
-        <v>1980126.0</v>
+        <v>6861191.0</v>
       </c>
       <c r="C486" s="14" t="n">
-        <v>1657206.0</v>
+        <v>5996672.0</v>
       </c>
       <c r="D486" s="14" t="n">
-        <v>2137186.0</v>
+        <v>4919225.0</v>
       </c>
       <c r="E486" s="14" t="n">
-        <v>2113689.0</v>
+        <v>4170204.0</v>
       </c>
       <c r="F486" s="14" t="n">
-        <v>2011446.0</v>
+        <v>5509285.0</v>
       </c>
       <c r="G486" s="14" t="n">
-        <v>1883492.0</v>
+        <v>5503696.0</v>
+      </c>
+      <c r="H486" s="14" t="n">
+        <v>5620585.0</v>
+      </c>
+      <c r="I486" s="14" t="n">
+        <v>5481613.0</v>
+      </c>
+      <c r="J486" s="14" t="n">
+        <v>4946620.0</v>
+      </c>
+      <c r="K486" s="14" t="n">
+        <v>4637902.0</v>
+      </c>
+      <c r="L486" s="14" t="n">
+        <v>4663931.0</v>
+      </c>
+      <c r="M486" s="14" t="n">
+        <v>4749293.0</v>
+      </c>
+      <c r="N486" s="14" t="n">
+        <v>4947257.0</v>
+      </c>
+      <c r="O486" s="14" t="n">
+        <v>5068129.0</v>
+      </c>
+      <c r="P486" s="14" t="n">
+        <v>5140950.0</v>
+      </c>
+      <c r="Q486" s="14" t="n">
+        <v>5116467.0</v>
+      </c>
+      <c r="R486" s="14" t="n">
+        <v>4753464.0</v>
+      </c>
+      <c r="S486" s="14" t="n">
+        <v>4567108.0</v>
+      </c>
+      <c r="T486" s="14" t="n">
+        <v>4171467.0</v>
+      </c>
+      <c r="U486" s="14" t="n">
+        <v>3981788.0</v>
+      </c>
+      <c r="V486" s="14" t="n">
+        <v>3776970.0</v>
+      </c>
+      <c r="W486" s="14" t="n">
+        <v>3619968.0</v>
+      </c>
+      <c r="X486" s="14" t="n">
+        <v>3193926.0</v>
+      </c>
+      <c r="Y486" s="14" t="n">
+        <v>2882254.0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B487" s="14" t="n">
-        <v>2.0786249E7</v>
+        <v>6992551.0</v>
       </c>
       <c r="C487" s="14" t="n">
-        <v>1.8937445E7</v>
+        <v>6240121.0</v>
       </c>
       <c r="D487" s="14" t="n">
-        <v>2.2968344E7</v>
+        <v>5736183.0</v>
       </c>
       <c r="E487" s="14" t="n">
-        <v>2.2225081E7</v>
+        <v>5499533.0</v>
       </c>
       <c r="F487" s="14" t="n">
-        <v>2.1505407E7</v>
+        <v>5609754.0</v>
       </c>
       <c r="G487" s="14" t="n">
-        <v>2.0336436E7</v>
+        <v>5393700.0</v>
+      </c>
+      <c r="H487" s="14" t="n">
+        <v>5104600.0</v>
+      </c>
+      <c r="I487" s="14" t="n">
+        <v>4951370.0</v>
+      </c>
+      <c r="J487" s="14" t="n">
+        <v>4910211.0</v>
+      </c>
+      <c r="K487" s="14" t="n">
+        <v>4820987.0</v>
+      </c>
+      <c r="L487" s="14" t="n">
+        <v>4698165.0</v>
+      </c>
+      <c r="M487" s="14" t="n">
+        <v>4593743.0</v>
+      </c>
+      <c r="N487" s="14" t="n">
+        <v>4592748.0</v>
+      </c>
+      <c r="O487" s="14" t="n">
+        <v>4434584.0</v>
+      </c>
+      <c r="P487" s="14" t="n">
+        <v>4277162.0</v>
+      </c>
+      <c r="Q487" s="14" t="n">
+        <v>4340711.0</v>
+      </c>
+      <c r="R487" s="14" t="n">
+        <v>3997962.0</v>
+      </c>
+      <c r="S487" s="14" t="n">
+        <v>3540725.0</v>
+      </c>
+      <c r="T487" s="14" t="n">
+        <v>3040868.0</v>
+      </c>
+      <c r="U487" s="14" t="n">
+        <v>2709415.0</v>
+      </c>
+      <c r="V487" s="14" t="n">
+        <v>2446387.0</v>
+      </c>
+      <c r="W487" s="14" t="n">
+        <v>2266183.0</v>
+      </c>
+      <c r="X487" s="14" t="n">
+        <v>2000541.0</v>
+      </c>
+      <c r="Y487" s="14" t="n">
+        <v>1752289.0</v>
       </c>
     </row>
     <row r="488">
-      <c r="A488" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G488" s="6"/>
+      <c r="A488" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+        </is>
+      </c>
+      <c r="B488" s="14" t="n">
+        <v>4772986.0</v>
+      </c>
+      <c r="C488" s="14" t="n">
+        <v>4433204.0</v>
+      </c>
+      <c r="D488" s="14" t="n">
+        <v>4157391.0</v>
+      </c>
+      <c r="E488" s="14" t="n">
+        <v>4077485.0</v>
+      </c>
+      <c r="F488" s="14" t="n">
+        <v>4220287.0</v>
+      </c>
+      <c r="G488" s="14" t="n">
+        <v>4042117.0</v>
+      </c>
+      <c r="H488" s="14" t="n">
+        <v>3922511.0</v>
+      </c>
+      <c r="I488" s="14" t="n">
+        <v>3781284.0</v>
+      </c>
+      <c r="J488" s="14" t="n">
+        <v>3711120.0</v>
+      </c>
+      <c r="K488" s="14" t="n">
+        <v>3521421.0</v>
+      </c>
+      <c r="L488" s="14" t="n">
+        <v>3512389.0</v>
+      </c>
+      <c r="M488" s="14" t="n">
+        <v>3661892.0</v>
+      </c>
+      <c r="N488" s="14" t="n">
+        <v>3745959.0</v>
+      </c>
+      <c r="O488" s="14" t="n">
+        <v>3755574.0</v>
+      </c>
+      <c r="P488" s="14" t="n">
+        <v>3552520.0</v>
+      </c>
+      <c r="Q488" s="14" t="n">
+        <v>3318151.0</v>
+      </c>
+      <c r="R488" s="14" t="n">
+        <v>2958305.0</v>
+      </c>
+      <c r="S488" s="14" t="n">
+        <v>2705958.0</v>
+      </c>
+      <c r="T488" s="14" t="n">
+        <v>2453948.0</v>
+      </c>
+      <c r="U488" s="14" t="n">
+        <v>2390796.0</v>
+      </c>
+      <c r="V488" s="14" t="n">
+        <v>2238200.0</v>
+      </c>
+      <c r="W488" s="14" t="n">
+        <v>2031540.0</v>
+      </c>
+      <c r="X488" s="14" t="n">
+        <v>1788164.0</v>
+      </c>
+      <c r="Y488" s="14" t="n">
+        <v>1657317.0</v>
+      </c>
     </row>
     <row r="489">
       <c r="A489" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B489" s="14" t="n">
-        <v>3460982.0</v>
+        <v>2.6893803E7</v>
       </c>
       <c r="C489" s="14" t="n">
-        <v>3179622.0</v>
+        <v>2.5038116E7</v>
       </c>
       <c r="D489" s="14" t="n">
-        <v>3500825.0</v>
+        <v>2.227333E7</v>
       </c>
       <c r="E489" s="14" t="n">
-        <v>3401442.0</v>
+        <v>1.9670293E7</v>
       </c>
       <c r="F489" s="14" t="n">
-        <v>3281103.0</v>
+        <v>2.2449669E7</v>
       </c>
       <c r="G489" s="14" t="n">
-        <v>3390869.0</v>
+        <v>2.1958584E7</v>
+      </c>
+      <c r="H489" s="14" t="n">
+        <v>2.1822965E7</v>
+      </c>
+      <c r="I489" s="14" t="n">
+        <v>2.0891965E7</v>
+      </c>
+      <c r="J489" s="14" t="n">
+        <v>1.9996445E7</v>
+      </c>
+      <c r="K489" s="14" t="n">
+        <v>1.8875111E7</v>
+      </c>
+      <c r="L489" s="14" t="n">
+        <v>1.8557231E7</v>
+      </c>
+      <c r="M489" s="14" t="n">
+        <v>1.8876705E7</v>
+      </c>
+      <c r="N489" s="14" t="n">
+        <v>1.9570576E7</v>
+      </c>
+      <c r="O489" s="14" t="n">
+        <v>1.983149E7</v>
+      </c>
+      <c r="P489" s="14" t="n">
+        <v>1.9770095E7</v>
+      </c>
+      <c r="Q489" s="14" t="n">
+        <v>2.0062082E7</v>
+      </c>
+      <c r="R489" s="14" t="n">
+        <v>1.8909438E7</v>
+      </c>
+      <c r="S489" s="14" t="n">
+        <v>1.732366E7</v>
+      </c>
+      <c r="T489" s="14" t="n">
+        <v>1.6040347E7</v>
+      </c>
+      <c r="U489" s="14" t="n">
+        <v>1.5741201E7</v>
+      </c>
+      <c r="V489" s="14" t="n">
+        <v>1.4307906E7</v>
+      </c>
+      <c r="W489" s="14" t="n">
+        <v>1.3476776E7</v>
+      </c>
+      <c r="X489" s="14" t="n">
+        <v>1.2139232E7</v>
+      </c>
+      <c r="Y489" s="14" t="n">
+        <v>1.1013778E7</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B490" s="14" t="n">
-        <v>232663.0</v>
+        <v>2577907.0</v>
       </c>
       <c r="C490" s="14" t="n">
-        <v>222457.0</v>
+        <v>2417535.0</v>
       </c>
       <c r="D490" s="14" t="n">
-        <v>194001.0</v>
+        <v>2327281.0</v>
       </c>
       <c r="E490" s="14" t="n">
-        <v>218461.0</v>
+        <v>1910810.0</v>
       </c>
       <c r="F490" s="14" t="n">
-        <v>153448.0</v>
+        <v>2330150.0</v>
       </c>
       <c r="G490" s="14" t="n">
-        <v>203554.0</v>
+        <v>2335805.0</v>
+      </c>
+      <c r="H490" s="14" t="n">
+        <v>2283266.0</v>
+      </c>
+      <c r="I490" s="14" t="n">
+        <v>2164392.0</v>
+      </c>
+      <c r="J490" s="14" t="n">
+        <v>2045980.0</v>
+      </c>
+      <c r="K490" s="14" t="n">
+        <v>1878802.0</v>
+      </c>
+      <c r="L490" s="14" t="n">
+        <v>1774666.0</v>
+      </c>
+      <c r="M490" s="14" t="n">
+        <v>1673127.0</v>
+      </c>
+      <c r="N490" s="14" t="n">
+        <v>1693518.0</v>
+      </c>
+      <c r="O490" s="14" t="n">
+        <v>1782632.0</v>
+      </c>
+      <c r="P490" s="14" t="n">
+        <v>1347850.0</v>
+      </c>
+      <c r="Q490" s="14" t="n">
+        <v>1733221.0</v>
+      </c>
+      <c r="R490" s="14" t="n">
+        <v>2109306.0</v>
+      </c>
+      <c r="S490" s="14" t="n">
+        <v>2093079.0</v>
+      </c>
+      <c r="T490" s="14" t="n">
+        <v>1864262.0</v>
+      </c>
+      <c r="U490" s="14" t="n">
+        <v>1741400.0</v>
+      </c>
+      <c r="V490" s="14" t="n">
+        <v>1492657.0</v>
+      </c>
+      <c r="W490" s="14" t="n">
+        <v>1334761.0</v>
+      </c>
+      <c r="X490" s="14" t="n">
+        <v>1200825.0</v>
+      </c>
+      <c r="Y490" s="14" t="n">
+        <v>1125145.0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B491" s="14" t="n">
-        <v>368098.0</v>
+        <v>2.947171E7</v>
       </c>
       <c r="C491" s="14" t="n">
-        <v>310324.0</v>
+        <v>2.7455651E7</v>
       </c>
       <c r="D491" s="14" t="n">
-        <v>357123.0</v>
+        <v>2.4600611E7</v>
       </c>
       <c r="E491" s="14" t="n">
-        <v>316734.0</v>
+        <v>2.1581103E7</v>
       </c>
       <c r="F491" s="14" t="n">
-        <v>309299.0</v>
+        <v>2.4779819E7</v>
       </c>
       <c r="G491" s="14" t="n">
-        <v>378764.0</v>
+        <v>2.4294389E7</v>
+      </c>
+      <c r="H491" s="14" t="n">
+        <v>2.4106231E7</v>
+      </c>
+      <c r="I491" s="14" t="n">
+        <v>2.3056357E7</v>
+      </c>
+      <c r="J491" s="14" t="n">
+        <v>2.2042425E7</v>
+      </c>
+      <c r="K491" s="14" t="n">
+        <v>2.0753913E7</v>
+      </c>
+      <c r="L491" s="14" t="n">
+        <v>2.0331897E7</v>
+      </c>
+      <c r="M491" s="14" t="n">
+        <v>2.0549832E7</v>
+      </c>
+      <c r="N491" s="14" t="n">
+        <v>2.1264094E7</v>
+      </c>
+      <c r="O491" s="14" t="n">
+        <v>2.1614122E7</v>
+      </c>
+      <c r="P491" s="14" t="n">
+        <v>2.1117945E7</v>
+      </c>
+      <c r="Q491" s="14" t="n">
+        <v>2.1795303E7</v>
+      </c>
+      <c r="R491" s="14" t="n">
+        <v>2.1018744E7</v>
+      </c>
+      <c r="S491" s="14" t="n">
+        <v>1.9416739E7</v>
+      </c>
+      <c r="T491" s="14" t="n">
+        <v>1.7904609E7</v>
+      </c>
+      <c r="U491" s="14" t="n">
+        <v>1.7482601E7</v>
+      </c>
+      <c r="V491" s="14" t="n">
+        <v>1.5800563E7</v>
+      </c>
+      <c r="W491" s="14" t="n">
+        <v>1.4811537E7</v>
+      </c>
+      <c r="X491" s="14" t="n">
+        <v>1.3340057E7</v>
+      </c>
+      <c r="Y491" s="14" t="n">
+        <v>1.2138923E7</v>
       </c>
     </row>
     <row r="492">
-      <c r="A492" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A492" s="6" t="inlineStr">
+        <is>
+          <t>44 Teruel</t>
+        </is>
+      </c>
+      <c r="B492" s="6"/>
+      <c r="C492" s="6"/>
+      <c r="D492" s="6"/>
+      <c r="E492" s="6"/>
+      <c r="F492" s="6"/>
+      <c r="G492" s="6"/>
+      <c r="H492" s="6"/>
+      <c r="I492" s="6"/>
+      <c r="J492" s="6"/>
+      <c r="K492" s="6"/>
+      <c r="L492" s="6"/>
+      <c r="M492" s="6"/>
+      <c r="N492" s="6"/>
+      <c r="O492" s="6"/>
+      <c r="P492" s="6"/>
+      <c r="Q492" s="6"/>
+      <c r="R492" s="6"/>
+      <c r="S492" s="6"/>
+      <c r="T492" s="6"/>
+      <c r="U492" s="6"/>
+      <c r="V492" s="6"/>
+      <c r="W492" s="6"/>
+      <c r="X492" s="6"/>
+      <c r="Y492" s="6"/>
     </row>
     <row r="493">
       <c r="A493" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B493" s="14" t="n">
-        <v>243548.0</v>
+        <v>471781.0</v>
       </c>
       <c r="C493" s="14" t="n">
-        <v>229915.0</v>
+        <v>302999.0</v>
       </c>
       <c r="D493" s="14" t="n">
-        <v>288273.0</v>
+        <v>236544.0</v>
       </c>
       <c r="E493" s="14" t="n">
-        <v>279918.0</v>
+        <v>207734.0</v>
       </c>
       <c r="F493" s="14" t="n">
-        <v>288715.0</v>
+        <v>206380.0</v>
       </c>
       <c r="G493" s="14" t="n">
-        <v>296110.0</v>
+        <v>187269.0</v>
+      </c>
+      <c r="H493" s="14" t="n">
+        <v>192613.0</v>
+      </c>
+      <c r="I493" s="14" t="n">
+        <v>192690.0</v>
+      </c>
+      <c r="J493" s="14" t="n">
+        <v>149704.0</v>
+      </c>
+      <c r="K493" s="14" t="n">
+        <v>171256.0</v>
+      </c>
+      <c r="L493" s="14" t="n">
+        <v>194696.0</v>
+      </c>
+      <c r="M493" s="14" t="n">
+        <v>140900.0</v>
+      </c>
+      <c r="N493" s="14" t="n">
+        <v>168449.0</v>
+      </c>
+      <c r="O493" s="14" t="n">
+        <v>190792.0</v>
+      </c>
+      <c r="P493" s="14" t="n">
+        <v>162208.0</v>
+      </c>
+      <c r="Q493" s="14" t="n">
+        <v>168109.0</v>
+      </c>
+      <c r="R493" s="14" t="n">
+        <v>185588.0</v>
+      </c>
+      <c r="S493" s="14" t="n">
+        <v>153650.0</v>
+      </c>
+      <c r="T493" s="14" t="n">
+        <v>142193.0</v>
+      </c>
+      <c r="U493" s="14" t="n">
+        <v>167674.0</v>
+      </c>
+      <c r="V493" s="14" t="n">
+        <v>154103.0</v>
+      </c>
+      <c r="W493" s="14" t="n">
+        <v>132495.0</v>
+      </c>
+      <c r="X493" s="14" t="n">
+        <v>131210.0</v>
+      </c>
+      <c r="Y493" s="14" t="n">
+        <v>113561.0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B494" s="14" t="n">
-        <v>741167.0</v>
+        <v>696697.0</v>
       </c>
       <c r="C494" s="14" t="n">
-        <v>629104.0</v>
+        <v>881188.0</v>
       </c>
       <c r="D494" s="14" t="n">
-        <v>777373.0</v>
+        <v>669356.0</v>
       </c>
       <c r="E494" s="14" t="n">
-        <v>756237.0</v>
+        <v>394384.0</v>
       </c>
       <c r="F494" s="14" t="n">
-        <v>759949.0</v>
+        <v>511778.0</v>
       </c>
       <c r="G494" s="14" t="n">
-        <v>772849.0</v>
+        <v>553982.0</v>
+      </c>
+      <c r="H494" s="14" t="n">
+        <v>511048.0</v>
+      </c>
+      <c r="I494" s="14" t="n">
+        <v>534613.0</v>
+      </c>
+      <c r="J494" s="14" t="n">
+        <v>601091.0</v>
+      </c>
+      <c r="K494" s="14" t="n">
+        <v>685750.0</v>
+      </c>
+      <c r="L494" s="14" t="n">
+        <v>724818.0</v>
+      </c>
+      <c r="M494" s="14" t="n">
+        <v>727754.0</v>
+      </c>
+      <c r="N494" s="14" t="n">
+        <v>751226.0</v>
+      </c>
+      <c r="O494" s="14" t="n">
+        <v>747851.0</v>
+      </c>
+      <c r="P494" s="14" t="n">
+        <v>702848.0</v>
+      </c>
+      <c r="Q494" s="14" t="n">
+        <v>799645.0</v>
+      </c>
+      <c r="R494" s="14" t="n">
+        <v>796066.0</v>
+      </c>
+      <c r="S494" s="14" t="n">
+        <v>769221.0</v>
+      </c>
+      <c r="T494" s="14" t="n">
+        <v>786291.0</v>
+      </c>
+      <c r="U494" s="14" t="n">
+        <v>797405.0</v>
+      </c>
+      <c r="V494" s="14" t="n">
+        <v>786874.0</v>
+      </c>
+      <c r="W494" s="14" t="n">
+        <v>831045.0</v>
+      </c>
+      <c r="X494" s="14" t="n">
+        <v>761790.0</v>
+      </c>
+      <c r="Y494" s="14" t="n">
+        <v>802907.0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B495" s="14" t="n">
-        <v>697627.0</v>
+        <v>461365.0</v>
       </c>
       <c r="C495" s="14" t="n">
-        <v>664414.0</v>
+        <v>404791.0</v>
       </c>
       <c r="D495" s="14" t="n">
-        <v>678843.0</v>
+        <v>359610.0</v>
       </c>
       <c r="E495" s="14" t="n">
-        <v>670984.0</v>
+        <v>273441.0</v>
       </c>
       <c r="F495" s="14" t="n">
-        <v>650367.0</v>
+        <v>310228.0</v>
       </c>
       <c r="G495" s="14" t="n">
-        <v>629508.0</v>
+        <v>294949.0</v>
+      </c>
+      <c r="H495" s="14" t="n">
+        <v>256176.0</v>
+      </c>
+      <c r="I495" s="14" t="n">
+        <v>288381.0</v>
+      </c>
+      <c r="J495" s="14" t="n">
+        <v>306052.0</v>
+      </c>
+      <c r="K495" s="14" t="n">
+        <v>329626.0</v>
+      </c>
+      <c r="L495" s="14" t="n">
+        <v>325696.0</v>
+      </c>
+      <c r="M495" s="14" t="n">
+        <v>306148.0</v>
+      </c>
+      <c r="N495" s="14" t="n">
+        <v>309804.0</v>
+      </c>
+      <c r="O495" s="14" t="n">
+        <v>291370.0</v>
+      </c>
+      <c r="P495" s="14" t="n">
+        <v>321151.0</v>
+      </c>
+      <c r="Q495" s="14" t="n">
+        <v>371380.0</v>
+      </c>
+      <c r="R495" s="14" t="n">
+        <v>363049.0</v>
+      </c>
+      <c r="S495" s="14" t="n">
+        <v>350706.0</v>
+      </c>
+      <c r="T495" s="14" t="n">
+        <v>343033.0</v>
+      </c>
+      <c r="U495" s="14" t="n">
+        <v>348933.0</v>
+      </c>
+      <c r="V495" s="14" t="n">
+        <v>335658.0</v>
+      </c>
+      <c r="W495" s="14" t="n">
+        <v>335904.0</v>
+      </c>
+      <c r="X495" s="14" t="n">
+        <v>319404.0</v>
+      </c>
+      <c r="Y495" s="14" t="n">
+        <v>314095.0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B496" s="14" t="n">
-        <v>848181.0</v>
+        <v>295885.0</v>
       </c>
       <c r="C496" s="14" t="n">
-        <v>845161.0</v>
+        <v>252786.0</v>
       </c>
       <c r="D496" s="14" t="n">
-        <v>879463.0</v>
+        <v>235606.0</v>
       </c>
       <c r="E496" s="14" t="n">
-        <v>835631.0</v>
+        <v>230654.0</v>
       </c>
       <c r="F496" s="14" t="n">
-        <v>812451.0</v>
+        <v>265998.0</v>
       </c>
       <c r="G496" s="14" t="n">
-        <v>796061.0</v>
+        <v>256998.0</v>
+      </c>
+      <c r="H496" s="14" t="n">
+        <v>244188.0</v>
+      </c>
+      <c r="I496" s="14" t="n">
+        <v>308960.0</v>
+      </c>
+      <c r="J496" s="14" t="n">
+        <v>299961.0</v>
+      </c>
+      <c r="K496" s="14" t="n">
+        <v>305603.0</v>
+      </c>
+      <c r="L496" s="14" t="n">
+        <v>294265.0</v>
+      </c>
+      <c r="M496" s="14" t="n">
+        <v>334207.0</v>
+      </c>
+      <c r="N496" s="14" t="n">
+        <v>362668.0</v>
+      </c>
+      <c r="O496" s="14" t="n">
+        <v>408315.0</v>
+      </c>
+      <c r="P496" s="14" t="n">
+        <v>503962.0</v>
+      </c>
+      <c r="Q496" s="14" t="n">
+        <v>558532.0</v>
+      </c>
+      <c r="R496" s="14" t="n">
+        <v>519011.0</v>
+      </c>
+      <c r="S496" s="14" t="n">
+        <v>499557.0</v>
+      </c>
+      <c r="T496" s="14" t="n">
+        <v>433227.0</v>
+      </c>
+      <c r="U496" s="14" t="n">
+        <v>357606.0</v>
+      </c>
+      <c r="V496" s="14" t="n">
+        <v>310642.0</v>
+      </c>
+      <c r="W496" s="14" t="n">
+        <v>272924.0</v>
+      </c>
+      <c r="X496" s="14" t="n">
+        <v>236482.0</v>
+      </c>
+      <c r="Y496" s="14" t="n">
+        <v>178102.0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B497" s="14" t="n">
-        <v>3131284.0</v>
+        <v>929613.0</v>
       </c>
       <c r="C497" s="14" t="n">
-        <v>2901375.0</v>
+        <v>842302.0</v>
       </c>
       <c r="D497" s="14" t="n">
-        <v>3175076.0</v>
+        <v>708989.0</v>
       </c>
       <c r="E497" s="14" t="n">
-        <v>3077965.0</v>
+        <v>623597.0</v>
       </c>
       <c r="F497" s="14" t="n">
-        <v>2974229.0</v>
+        <v>735955.0</v>
       </c>
       <c r="G497" s="14" t="n">
-        <v>3076846.0</v>
+        <v>700020.0</v>
+      </c>
+      <c r="H497" s="14" t="n">
+        <v>672716.0</v>
+      </c>
+      <c r="I497" s="14" t="n">
+        <v>657164.0</v>
+      </c>
+      <c r="J497" s="14" t="n">
+        <v>682350.0</v>
+      </c>
+      <c r="K497" s="14" t="n">
+        <v>684054.0</v>
+      </c>
+      <c r="L497" s="14" t="n">
+        <v>621049.0</v>
+      </c>
+      <c r="M497" s="14" t="n">
+        <v>603468.0</v>
+      </c>
+      <c r="N497" s="14" t="n">
+        <v>586601.0</v>
+      </c>
+      <c r="O497" s="14" t="n">
+        <v>572413.0</v>
+      </c>
+      <c r="P497" s="14" t="n">
+        <v>623137.0</v>
+      </c>
+      <c r="Q497" s="14" t="n">
+        <v>677358.0</v>
+      </c>
+      <c r="R497" s="14" t="n">
+        <v>607641.0</v>
+      </c>
+      <c r="S497" s="14" t="n">
+        <v>564343.0</v>
+      </c>
+      <c r="T497" s="14" t="n">
+        <v>527556.0</v>
+      </c>
+      <c r="U497" s="14" t="n">
+        <v>486167.0</v>
+      </c>
+      <c r="V497" s="14" t="n">
+        <v>461250.0</v>
+      </c>
+      <c r="W497" s="14" t="n">
+        <v>478213.0</v>
+      </c>
+      <c r="X497" s="14" t="n">
+        <v>452523.0</v>
+      </c>
+      <c r="Y497" s="14" t="n">
+        <v>410447.0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B498" s="14" t="n">
-        <v>329698.0</v>
+        <v>613321.0</v>
       </c>
       <c r="C498" s="14" t="n">
-        <v>278247.0</v>
+        <v>545170.0</v>
       </c>
       <c r="D498" s="14" t="n">
-        <v>325749.0</v>
+        <v>509068.0</v>
       </c>
       <c r="E498" s="14" t="n">
-        <v>323477.0</v>
+        <v>507958.0</v>
       </c>
       <c r="F498" s="14" t="n">
-        <v>306874.0</v>
+        <v>509421.0</v>
       </c>
       <c r="G498" s="14" t="n">
-        <v>314023.0</v>
+        <v>503749.0</v>
+      </c>
+      <c r="H498" s="14" t="n">
+        <v>482524.0</v>
+      </c>
+      <c r="I498" s="14" t="n">
+        <v>473505.0</v>
+      </c>
+      <c r="J498" s="14" t="n">
+        <v>464284.0</v>
+      </c>
+      <c r="K498" s="14" t="n">
+        <v>457542.0</v>
+      </c>
+      <c r="L498" s="14" t="n">
+        <v>450791.0</v>
+      </c>
+      <c r="M498" s="14" t="n">
+        <v>469155.0</v>
+      </c>
+      <c r="N498" s="14" t="n">
+        <v>462508.0</v>
+      </c>
+      <c r="O498" s="14" t="n">
+        <v>446244.0</v>
+      </c>
+      <c r="P498" s="14" t="n">
+        <v>455325.0</v>
+      </c>
+      <c r="Q498" s="14" t="n">
+        <v>450676.0</v>
+      </c>
+      <c r="R498" s="14" t="n">
+        <v>412855.0</v>
+      </c>
+      <c r="S498" s="14" t="n">
+        <v>354990.0</v>
+      </c>
+      <c r="T498" s="14" t="n">
+        <v>314439.0</v>
+      </c>
+      <c r="U498" s="14" t="n">
+        <v>277488.0</v>
+      </c>
+      <c r="V498" s="14" t="n">
+        <v>264596.0</v>
+      </c>
+      <c r="W498" s="14" t="n">
+        <v>262107.0</v>
+      </c>
+      <c r="X498" s="14" t="n">
+        <v>248574.0</v>
+      </c>
+      <c r="Y498" s="14" t="n">
+        <v>221917.0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B499" s="14" t="n">
-        <v>3460982.0</v>
+        <v>938729.0</v>
       </c>
       <c r="C499" s="14" t="n">
-        <v>3179622.0</v>
+        <v>889840.0</v>
       </c>
       <c r="D499" s="14" t="n">
-        <v>3500825.0</v>
+        <v>835606.0</v>
       </c>
       <c r="E499" s="14" t="n">
-        <v>3401442.0</v>
+        <v>878914.0</v>
       </c>
       <c r="F499" s="14" t="n">
-        <v>3281103.0</v>
+        <v>871016.0</v>
       </c>
       <c r="G499" s="14" t="n">
-        <v>3390869.0</v>
+        <v>854451.0</v>
+      </c>
+      <c r="H499" s="14" t="n">
+        <v>814482.0</v>
+      </c>
+      <c r="I499" s="14" t="n">
+        <v>784144.0</v>
+      </c>
+      <c r="J499" s="14" t="n">
+        <v>785794.0</v>
+      </c>
+      <c r="K499" s="14" t="n">
+        <v>764467.0</v>
+      </c>
+      <c r="L499" s="14" t="n">
+        <v>788563.0</v>
+      </c>
+      <c r="M499" s="14" t="n">
+        <v>804299.0</v>
+      </c>
+      <c r="N499" s="14" t="n">
+        <v>841141.0</v>
+      </c>
+      <c r="O499" s="14" t="n">
+        <v>854782.0</v>
+      </c>
+      <c r="P499" s="14" t="n">
+        <v>853487.0</v>
+      </c>
+      <c r="Q499" s="14" t="n">
+        <v>816434.0</v>
+      </c>
+      <c r="R499" s="14" t="n">
+        <v>729018.0</v>
+      </c>
+      <c r="S499" s="14" t="n">
+        <v>661873.0</v>
+      </c>
+      <c r="T499" s="14" t="n">
+        <v>607459.0</v>
+      </c>
+      <c r="U499" s="14" t="n">
+        <v>506796.0</v>
+      </c>
+      <c r="V499" s="14" t="n">
+        <v>502502.0</v>
+      </c>
+      <c r="W499" s="14" t="n">
+        <v>439824.0</v>
+      </c>
+      <c r="X499" s="14" t="n">
+        <v>439863.0</v>
+      </c>
+      <c r="Y499" s="14" t="n">
+        <v>400713.0</v>
       </c>
     </row>
     <row r="500">
-      <c r="A500" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G500" s="6"/>
+      <c r="A500" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
+        </is>
+      </c>
+      <c r="B500" s="14" t="n">
+        <v>3946026.0</v>
+      </c>
+      <c r="C500" s="14" t="n">
+        <v>3714285.0</v>
+      </c>
+      <c r="D500" s="14" t="n">
+        <v>3195169.0</v>
+      </c>
+      <c r="E500" s="14" t="n">
+        <v>2843241.0</v>
+      </c>
+      <c r="F500" s="14" t="n">
+        <v>3100548.0</v>
+      </c>
+      <c r="G500" s="14" t="n">
+        <v>3056469.0</v>
+      </c>
+      <c r="H500" s="14" t="n">
+        <v>2917571.0</v>
+      </c>
+      <c r="I500" s="14" t="n">
+        <v>2951076.0</v>
+      </c>
+      <c r="J500" s="14" t="n">
+        <v>2983184.0</v>
+      </c>
+      <c r="K500" s="14" t="n">
+        <v>3068672.0</v>
+      </c>
+      <c r="L500" s="14" t="n">
+        <v>3074182.0</v>
+      </c>
+      <c r="M500" s="14" t="n">
+        <v>3079783.0</v>
+      </c>
+      <c r="N500" s="14" t="n">
+        <v>3172593.0</v>
+      </c>
+      <c r="O500" s="14" t="n">
+        <v>3220397.0</v>
+      </c>
+      <c r="P500" s="14" t="n">
+        <v>3300967.0</v>
+      </c>
+      <c r="Q500" s="14" t="n">
+        <v>3470754.0</v>
+      </c>
+      <c r="R500" s="14" t="n">
+        <v>3250179.0</v>
+      </c>
+      <c r="S500" s="14" t="n">
+        <v>3003634.0</v>
+      </c>
+      <c r="T500" s="14" t="n">
+        <v>2811165.0</v>
+      </c>
+      <c r="U500" s="14" t="n">
+        <v>2593136.0</v>
+      </c>
+      <c r="V500" s="14" t="n">
+        <v>2479967.0</v>
+      </c>
+      <c r="W500" s="14" t="n">
+        <v>2416608.0</v>
+      </c>
+      <c r="X500" s="14" t="n">
+        <v>2270442.0</v>
+      </c>
+      <c r="Y500" s="14" t="n">
+        <v>2127647.0</v>
+      </c>
     </row>
     <row r="501">
       <c r="A501" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B501" s="14" t="n">
-        <v>4.065771E7</v>
+        <v>378247.0</v>
       </c>
       <c r="C501" s="14" t="n">
-        <v>3.7029412E7</v>
+        <v>358630.0</v>
       </c>
       <c r="D501" s="14" t="n">
-        <v>4.0538496E7</v>
+        <v>333855.0</v>
       </c>
       <c r="E501" s="14" t="n">
-        <v>3.9282925E7</v>
+        <v>277286.0</v>
       </c>
       <c r="F501" s="14" t="n">
-        <v>3.796002E7</v>
+        <v>321980.0</v>
       </c>
       <c r="G501" s="14" t="n">
-        <v>3.6316968E7</v>
+        <v>324851.0</v>
+      </c>
+      <c r="H501" s="14" t="n">
+        <v>305182.0</v>
+      </c>
+      <c r="I501" s="14" t="n">
+        <v>305201.0</v>
+      </c>
+      <c r="J501" s="14" t="n">
+        <v>304293.0</v>
+      </c>
+      <c r="K501" s="14" t="n">
+        <v>304235.0</v>
+      </c>
+      <c r="L501" s="14" t="n">
+        <v>292749.0</v>
+      </c>
+      <c r="M501" s="14" t="n">
+        <v>271774.0</v>
+      </c>
+      <c r="N501" s="14" t="n">
+        <v>273659.0</v>
+      </c>
+      <c r="O501" s="14" t="n">
+        <v>288800.0</v>
+      </c>
+      <c r="P501" s="14" t="n">
+        <v>224760.0</v>
+      </c>
+      <c r="Q501" s="14" t="n">
+        <v>299576.0</v>
+      </c>
+      <c r="R501" s="14" t="n">
+        <v>362126.0</v>
+      </c>
+      <c r="S501" s="14" t="n">
+        <v>362535.0</v>
+      </c>
+      <c r="T501" s="14" t="n">
+        <v>325873.0</v>
+      </c>
+      <c r="U501" s="14" t="n">
+        <v>285418.0</v>
+      </c>
+      <c r="V501" s="14" t="n">
+        <v>257461.0</v>
+      </c>
+      <c r="W501" s="14" t="n">
+        <v>237776.0</v>
+      </c>
+      <c r="X501" s="14" t="n">
+        <v>223208.0</v>
+      </c>
+      <c r="Y501" s="14" t="n">
+        <v>215265.0</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B502" s="14" t="n">
-        <v>2082124.0</v>
+        <v>4324273.0</v>
       </c>
       <c r="C502" s="14" t="n">
-        <v>1839604.0</v>
+        <v>4072915.0</v>
       </c>
       <c r="D502" s="14" t="n">
-        <v>1749960.0</v>
+        <v>3529024.0</v>
       </c>
       <c r="E502" s="14" t="n">
-        <v>1979854.0</v>
+        <v>3120527.0</v>
       </c>
       <c r="F502" s="14" t="n">
-        <v>2180224.0</v>
+        <v>3422528.0</v>
       </c>
       <c r="G502" s="14" t="n">
-        <v>1880269.0</v>
+        <v>3381320.0</v>
+      </c>
+      <c r="H502" s="14" t="n">
+        <v>3222753.0</v>
+      </c>
+      <c r="I502" s="14" t="n">
+        <v>3256277.0</v>
+      </c>
+      <c r="J502" s="14" t="n">
+        <v>3287477.0</v>
+      </c>
+      <c r="K502" s="14" t="n">
+        <v>3372907.0</v>
+      </c>
+      <c r="L502" s="14" t="n">
+        <v>3366931.0</v>
+      </c>
+      <c r="M502" s="14" t="n">
+        <v>3351557.0</v>
+      </c>
+      <c r="N502" s="14" t="n">
+        <v>3446252.0</v>
+      </c>
+      <c r="O502" s="14" t="n">
+        <v>3509197.0</v>
+      </c>
+      <c r="P502" s="14" t="n">
+        <v>3525727.0</v>
+      </c>
+      <c r="Q502" s="14" t="n">
+        <v>3770330.0</v>
+      </c>
+      <c r="R502" s="14" t="n">
+        <v>3612305.0</v>
+      </c>
+      <c r="S502" s="14" t="n">
+        <v>3366169.0</v>
+      </c>
+      <c r="T502" s="14" t="n">
+        <v>3137038.0</v>
+      </c>
+      <c r="U502" s="14" t="n">
+        <v>2878554.0</v>
+      </c>
+      <c r="V502" s="14" t="n">
+        <v>2737428.0</v>
+      </c>
+      <c r="W502" s="14" t="n">
+        <v>2654384.0</v>
+      </c>
+      <c r="X502" s="14" t="n">
+        <v>2493650.0</v>
+      </c>
+      <c r="Y502" s="14" t="n">
+        <v>2342912.0</v>
       </c>
     </row>
     <row r="503">
-      <c r="A503" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A503" s="6" t="inlineStr">
+        <is>
+          <t>45 Toledo</t>
+        </is>
+      </c>
+      <c r="B503" s="6"/>
+      <c r="C503" s="6"/>
+      <c r="D503" s="6"/>
+      <c r="E503" s="6"/>
+      <c r="F503" s="6"/>
+      <c r="G503" s="6"/>
+      <c r="H503" s="6"/>
+      <c r="I503" s="6"/>
+      <c r="J503" s="6"/>
+      <c r="K503" s="6"/>
+      <c r="L503" s="6"/>
+      <c r="M503" s="6"/>
+      <c r="N503" s="6"/>
+      <c r="O503" s="6"/>
+      <c r="P503" s="6"/>
+      <c r="Q503" s="6"/>
+      <c r="R503" s="6"/>
+      <c r="S503" s="6"/>
+      <c r="T503" s="6"/>
+      <c r="U503" s="6"/>
+      <c r="V503" s="6"/>
+      <c r="W503" s="6"/>
+      <c r="X503" s="6"/>
+      <c r="Y503" s="6"/>
     </row>
     <row r="504">
       <c r="A504" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B504" s="14" t="n">
-        <v>3332648.0</v>
+        <v>792675.0</v>
       </c>
       <c r="C504" s="14" t="n">
-        <v>3221391.0</v>
+        <v>791012.0</v>
       </c>
       <c r="D504" s="14" t="n">
-        <v>3448057.0</v>
+        <v>760053.0</v>
       </c>
       <c r="E504" s="14" t="n">
-        <v>3323228.0</v>
+        <v>793475.0</v>
       </c>
       <c r="F504" s="14" t="n">
-        <v>3381991.0</v>
+        <v>713944.0</v>
       </c>
       <c r="G504" s="14" t="n">
-        <v>3195357.0</v>
+        <v>906798.0</v>
+      </c>
+      <c r="H504" s="14" t="n">
+        <v>771909.0</v>
+      </c>
+      <c r="I504" s="14" t="n">
+        <v>816558.0</v>
+      </c>
+      <c r="J504" s="14" t="n">
+        <v>618576.0</v>
+      </c>
+      <c r="K504" s="14" t="n">
+        <v>537563.0</v>
+      </c>
+      <c r="L504" s="14" t="n">
+        <v>730889.0</v>
+      </c>
+      <c r="M504" s="14" t="n">
+        <v>603162.0</v>
+      </c>
+      <c r="N504" s="14" t="n">
+        <v>565908.0</v>
+      </c>
+      <c r="O504" s="14" t="n">
+        <v>575568.0</v>
+      </c>
+      <c r="P504" s="14" t="n">
+        <v>529254.0</v>
+      </c>
+      <c r="Q504" s="14" t="n">
+        <v>600621.0</v>
+      </c>
+      <c r="R504" s="14" t="n">
+        <v>666661.0</v>
+      </c>
+      <c r="S504" s="14" t="n">
+        <v>590904.0</v>
+      </c>
+      <c r="T504" s="14" t="n">
+        <v>625236.0</v>
+      </c>
+      <c r="U504" s="14" t="n">
+        <v>696634.0</v>
+      </c>
+      <c r="V504" s="14" t="n">
+        <v>738893.0</v>
+      </c>
+      <c r="W504" s="14" t="n">
+        <v>704029.0</v>
+      </c>
+      <c r="X504" s="14" t="n">
+        <v>717340.0</v>
+      </c>
+      <c r="Y504" s="14" t="n">
+        <v>698265.0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B505" s="14" t="n">
-        <v>2056824.0</v>
+        <v>3685954.0</v>
       </c>
       <c r="C505" s="14" t="n">
-        <v>1851607.0</v>
+        <v>3562882.0</v>
       </c>
       <c r="D505" s="14" t="n">
-        <v>2095895.0</v>
+        <v>2884453.0</v>
       </c>
       <c r="E505" s="14" t="n">
-        <v>1873754.0</v>
+        <v>2741225.0</v>
       </c>
       <c r="F505" s="14" t="n">
-        <v>1762253.0</v>
+        <v>2974483.0</v>
       </c>
       <c r="G505" s="14" t="n">
-        <v>1782515.0</v>
+        <v>2750415.0</v>
+      </c>
+      <c r="H505" s="14" t="n">
+        <v>2626472.0</v>
+      </c>
+      <c r="I505" s="14" t="n">
+        <v>2470128.0</v>
+      </c>
+      <c r="J505" s="14" t="n">
+        <v>2444267.0</v>
+      </c>
+      <c r="K505" s="14" t="n">
+        <v>2375802.0</v>
+      </c>
+      <c r="L505" s="14" t="n">
+        <v>2408596.0</v>
+      </c>
+      <c r="M505" s="14" t="n">
+        <v>2428413.0</v>
+      </c>
+      <c r="N505" s="14" t="n">
+        <v>2480353.0</v>
+      </c>
+      <c r="O505" s="14" t="n">
+        <v>2366221.0</v>
+      </c>
+      <c r="P505" s="14" t="n">
+        <v>2636935.0</v>
+      </c>
+      <c r="Q505" s="14" t="n">
+        <v>2822671.0</v>
+      </c>
+      <c r="R505" s="14" t="n">
+        <v>2893753.0</v>
+      </c>
+      <c r="S505" s="14" t="n">
+        <v>2687508.0</v>
+      </c>
+      <c r="T505" s="14" t="n">
+        <v>2408562.0</v>
+      </c>
+      <c r="U505" s="14" t="n">
+        <v>2181625.0</v>
+      </c>
+      <c r="V505" s="14" t="n">
+        <v>2223243.0</v>
+      </c>
+      <c r="W505" s="14" t="n">
+        <v>2070159.0</v>
+      </c>
+      <c r="X505" s="14" t="n">
+        <v>2091215.0</v>
+      </c>
+      <c r="Y505" s="14" t="n">
+        <v>1912610.0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B506" s="14" t="n">
-        <v>8375772.0</v>
+        <v>2797551.0</v>
       </c>
       <c r="C506" s="14" t="n">
-        <v>7158830.0</v>
+        <v>2424900.0</v>
       </c>
       <c r="D506" s="14" t="n">
-        <v>9082735.0</v>
+        <v>2113125.0</v>
       </c>
       <c r="E506" s="14" t="n">
-        <v>8610069.0</v>
+        <v>1893763.0</v>
       </c>
       <c r="F506" s="14" t="n">
-        <v>8449709.0</v>
+        <v>2069387.0</v>
       </c>
       <c r="G506" s="14" t="n">
-        <v>8061099.0</v>
+        <v>1881945.0</v>
+      </c>
+      <c r="H506" s="14" t="n">
+        <v>1874326.0</v>
+      </c>
+      <c r="I506" s="14" t="n">
+        <v>1742299.0</v>
+      </c>
+      <c r="J506" s="14" t="n">
+        <v>1719174.0</v>
+      </c>
+      <c r="K506" s="14" t="n">
+        <v>1619158.0</v>
+      </c>
+      <c r="L506" s="14" t="n">
+        <v>1606882.0</v>
+      </c>
+      <c r="M506" s="14" t="n">
+        <v>1598757.0</v>
+      </c>
+      <c r="N506" s="14" t="n">
+        <v>1681509.0</v>
+      </c>
+      <c r="O506" s="14" t="n">
+        <v>1601501.0</v>
+      </c>
+      <c r="P506" s="14" t="n">
+        <v>1828998.0</v>
+      </c>
+      <c r="Q506" s="14" t="n">
+        <v>2061175.0</v>
+      </c>
+      <c r="R506" s="14" t="n">
+        <v>2182567.0</v>
+      </c>
+      <c r="S506" s="14" t="n">
+        <v>2082929.0</v>
+      </c>
+      <c r="T506" s="14" t="n">
+        <v>1881011.0</v>
+      </c>
+      <c r="U506" s="14" t="n">
+        <v>1737217.0</v>
+      </c>
+      <c r="V506" s="14" t="n">
+        <v>1805909.0</v>
+      </c>
+      <c r="W506" s="14" t="n">
+        <v>1690404.0</v>
+      </c>
+      <c r="X506" s="14" t="n">
+        <v>1717354.0</v>
+      </c>
+      <c r="Y506" s="14" t="n">
+        <v>1575067.0</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B507" s="14" t="n">
-        <v>8537199.0</v>
+        <v>1171787.0</v>
       </c>
       <c r="C507" s="14" t="n">
-        <v>8078595.0</v>
+        <v>1031985.0</v>
       </c>
       <c r="D507" s="14" t="n">
-        <v>8459259.0</v>
+        <v>923404.0</v>
       </c>
       <c r="E507" s="14" t="n">
-        <v>8085111.0</v>
+        <v>827131.0</v>
       </c>
       <c r="F507" s="14" t="n">
-        <v>7516506.0</v>
+        <v>930979.0</v>
       </c>
       <c r="G507" s="14" t="n">
-        <v>7270965.0</v>
+        <v>849413.0</v>
+      </c>
+      <c r="H507" s="14" t="n">
+        <v>847644.0</v>
+      </c>
+      <c r="I507" s="14" t="n">
+        <v>826687.0</v>
+      </c>
+      <c r="J507" s="14" t="n">
+        <v>763941.0</v>
+      </c>
+      <c r="K507" s="14" t="n">
+        <v>689625.0</v>
+      </c>
+      <c r="L507" s="14" t="n">
+        <v>688398.0</v>
+      </c>
+      <c r="M507" s="14" t="n">
+        <v>858599.0</v>
+      </c>
+      <c r="N507" s="14" t="n">
+        <v>1074360.0</v>
+      </c>
+      <c r="O507" s="14" t="n">
+        <v>1365334.0</v>
+      </c>
+      <c r="P507" s="14" t="n">
+        <v>1713858.0</v>
+      </c>
+      <c r="Q507" s="14" t="n">
+        <v>1979997.0</v>
+      </c>
+      <c r="R507" s="14" t="n">
+        <v>1729752.0</v>
+      </c>
+      <c r="S507" s="14" t="n">
+        <v>1523704.0</v>
+      </c>
+      <c r="T507" s="14" t="n">
+        <v>1358047.0</v>
+      </c>
+      <c r="U507" s="14" t="n">
+        <v>1097977.0</v>
+      </c>
+      <c r="V507" s="14" t="n">
+        <v>980004.0</v>
+      </c>
+      <c r="W507" s="14" t="n">
+        <v>826013.0</v>
+      </c>
+      <c r="X507" s="14" t="n">
+        <v>718883.0</v>
+      </c>
+      <c r="Y507" s="14" t="n">
+        <v>592326.0</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B508" s="14" t="n">
-        <v>1.0157146E7</v>
+        <v>3102104.0</v>
       </c>
       <c r="C508" s="14" t="n">
-        <v>9737903.0</v>
+        <v>2894537.0</v>
       </c>
       <c r="D508" s="14" t="n">
-        <v>9955652.0</v>
+        <v>2481305.0</v>
       </c>
       <c r="E508" s="14" t="n">
-        <v>9536773.0</v>
+        <v>1983020.0</v>
       </c>
       <c r="F508" s="14" t="n">
-        <v>9261771.0</v>
+        <v>2427651.0</v>
       </c>
       <c r="G508" s="14" t="n">
-        <v>9033077.0</v>
+        <v>2367508.0</v>
+      </c>
+      <c r="H508" s="14" t="n">
+        <v>2320029.0</v>
+      </c>
+      <c r="I508" s="14" t="n">
+        <v>2243753.0</v>
+      </c>
+      <c r="J508" s="14" t="n">
+        <v>2205567.0</v>
+      </c>
+      <c r="K508" s="14" t="n">
+        <v>2154621.0</v>
+      </c>
+      <c r="L508" s="14" t="n">
+        <v>2104998.0</v>
+      </c>
+      <c r="M508" s="14" t="n">
+        <v>2218025.0</v>
+      </c>
+      <c r="N508" s="14" t="n">
+        <v>2248259.0</v>
+      </c>
+      <c r="O508" s="14" t="n">
+        <v>2264998.0</v>
+      </c>
+      <c r="P508" s="14" t="n">
+        <v>2245982.0</v>
+      </c>
+      <c r="Q508" s="14" t="n">
+        <v>2334853.0</v>
+      </c>
+      <c r="R508" s="14" t="n">
+        <v>2213261.0</v>
+      </c>
+      <c r="S508" s="14" t="n">
+        <v>2039245.0</v>
+      </c>
+      <c r="T508" s="14" t="n">
+        <v>1853818.0</v>
+      </c>
+      <c r="U508" s="14" t="n">
+        <v>1713633.0</v>
+      </c>
+      <c r="V508" s="14" t="n">
+        <v>1577275.0</v>
+      </c>
+      <c r="W508" s="14" t="n">
+        <v>1482954.0</v>
+      </c>
+      <c r="X508" s="14" t="n">
+        <v>1394304.0</v>
+      </c>
+      <c r="Y508" s="14" t="n">
+        <v>1242797.0</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B509" s="14" t="n">
-        <v>3.6784601E7</v>
+        <v>2956270.0</v>
       </c>
       <c r="C509" s="14" t="n">
-        <v>3.3788987E7</v>
+        <v>2542730.0</v>
       </c>
       <c r="D509" s="14" t="n">
-        <v>3.676642E7</v>
+        <v>2319427.0</v>
       </c>
       <c r="E509" s="14" t="n">
-        <v>3.5553431E7</v>
+        <v>2224731.0</v>
       </c>
       <c r="F509" s="14" t="n">
-        <v>3.4414595E7</v>
+        <v>2218046.0</v>
       </c>
       <c r="G509" s="14" t="n">
-        <v>3.296048E7</v>
+        <v>2130491.0</v>
+      </c>
+      <c r="H509" s="14" t="n">
+        <v>2010267.0</v>
+      </c>
+      <c r="I509" s="14" t="n">
+        <v>1960731.0</v>
+      </c>
+      <c r="J509" s="14" t="n">
+        <v>1934467.0</v>
+      </c>
+      <c r="K509" s="14" t="n">
+        <v>1935685.0</v>
+      </c>
+      <c r="L509" s="14" t="n">
+        <v>1916185.0</v>
+      </c>
+      <c r="M509" s="14" t="n">
+        <v>1917173.0</v>
+      </c>
+      <c r="N509" s="14" t="n">
+        <v>1925588.0</v>
+      </c>
+      <c r="O509" s="14" t="n">
+        <v>1897398.0</v>
+      </c>
+      <c r="P509" s="14" t="n">
+        <v>1867718.0</v>
+      </c>
+      <c r="Q509" s="14" t="n">
+        <v>1801441.0</v>
+      </c>
+      <c r="R509" s="14" t="n">
+        <v>1663375.0</v>
+      </c>
+      <c r="S509" s="14" t="n">
+        <v>1444666.0</v>
+      </c>
+      <c r="T509" s="14" t="n">
+        <v>1233338.0</v>
+      </c>
+      <c r="U509" s="14" t="n">
+        <v>1073636.0</v>
+      </c>
+      <c r="V509" s="14" t="n">
+        <v>981043.0</v>
+      </c>
+      <c r="W509" s="14" t="n">
+        <v>907666.0</v>
+      </c>
+      <c r="X509" s="14" t="n">
+        <v>810097.0</v>
+      </c>
+      <c r="Y509" s="14" t="n">
+        <v>722507.0</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B510" s="14" t="n">
-        <v>3873109.0</v>
+        <v>3809111.0</v>
       </c>
       <c r="C510" s="14" t="n">
-        <v>3240425.0</v>
+        <v>3539537.0</v>
       </c>
       <c r="D510" s="14" t="n">
-        <v>3772076.0</v>
+        <v>3242534.0</v>
       </c>
       <c r="E510" s="14" t="n">
-        <v>3729494.0</v>
+        <v>2904728.0</v>
       </c>
       <c r="F510" s="14" t="n">
-        <v>3545425.0</v>
+        <v>2984422.0</v>
       </c>
       <c r="G510" s="14" t="n">
-        <v>3356488.0</v>
+        <v>2861741.0</v>
+      </c>
+      <c r="H510" s="14" t="n">
+        <v>2798552.0</v>
+      </c>
+      <c r="I510" s="14" t="n">
+        <v>2724249.0</v>
+      </c>
+      <c r="J510" s="14" t="n">
+        <v>2704555.0</v>
+      </c>
+      <c r="K510" s="14" t="n">
+        <v>2599342.0</v>
+      </c>
+      <c r="L510" s="14" t="n">
+        <v>2589253.0</v>
+      </c>
+      <c r="M510" s="14" t="n">
+        <v>2601647.0</v>
+      </c>
+      <c r="N510" s="14" t="n">
+        <v>2882907.0</v>
+      </c>
+      <c r="O510" s="14" t="n">
+        <v>2935673.0</v>
+      </c>
+      <c r="P510" s="14" t="n">
+        <v>2939651.0</v>
+      </c>
+      <c r="Q510" s="14" t="n">
+        <v>2720773.0</v>
+      </c>
+      <c r="R510" s="14" t="n">
+        <v>2405661.0</v>
+      </c>
+      <c r="S510" s="14" t="n">
+        <v>2148834.0</v>
+      </c>
+      <c r="T510" s="14" t="n">
+        <v>1987497.0</v>
+      </c>
+      <c r="U510" s="14" t="n">
+        <v>1650825.0</v>
+      </c>
+      <c r="V510" s="14" t="n">
+        <v>1531285.0</v>
+      </c>
+      <c r="W510" s="14" t="n">
+        <v>1355648.0</v>
+      </c>
+      <c r="X510" s="14" t="n">
+        <v>1226558.0</v>
+      </c>
+      <c r="Y510" s="14" t="n">
+        <v>1167699.0</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B511" s="14" t="n">
-        <v>4.065771E7</v>
+        <v>1.5517901E7</v>
       </c>
       <c r="C511" s="14" t="n">
-        <v>3.7029412E7</v>
+        <v>1.4362683E7</v>
       </c>
       <c r="D511" s="14" t="n">
-        <v>4.0538496E7</v>
+        <v>1.2611176E7</v>
       </c>
       <c r="E511" s="14" t="n">
-        <v>3.9282925E7</v>
+        <v>1.147431E7</v>
       </c>
       <c r="F511" s="14" t="n">
-        <v>3.796002E7</v>
+        <v>1.2249525E7</v>
       </c>
       <c r="G511" s="14" t="n">
-        <v>3.6316968E7</v>
+        <v>1.1866366E7</v>
+      </c>
+      <c r="H511" s="14" t="n">
+        <v>1.1374873E7</v>
+      </c>
+      <c r="I511" s="14" t="n">
+        <v>1.1042106E7</v>
+      </c>
+      <c r="J511" s="14" t="n">
+        <v>1.0671373E7</v>
+      </c>
+      <c r="K511" s="14" t="n">
+        <v>1.0292638E7</v>
+      </c>
+      <c r="L511" s="14" t="n">
+        <v>1.0438319E7</v>
+      </c>
+      <c r="M511" s="14" t="n">
+        <v>1.0627019E7</v>
+      </c>
+      <c r="N511" s="14" t="n">
+        <v>1.1177375E7</v>
+      </c>
+      <c r="O511" s="14" t="n">
+        <v>1.1405192E7</v>
+      </c>
+      <c r="P511" s="14" t="n">
+        <v>1.1933398E7</v>
+      </c>
+      <c r="Q511" s="14" t="n">
+        <v>1.2260356E7</v>
+      </c>
+      <c r="R511" s="14" t="n">
+        <v>1.1572463E7</v>
+      </c>
+      <c r="S511" s="14" t="n">
+        <v>1.0434861E7</v>
+      </c>
+      <c r="T511" s="14" t="n">
+        <v>9466498.0</v>
+      </c>
+      <c r="U511" s="14" t="n">
+        <v>8414330.0</v>
+      </c>
+      <c r="V511" s="14" t="n">
+        <v>8031743.0</v>
+      </c>
+      <c r="W511" s="14" t="n">
+        <v>7346469.0</v>
+      </c>
+      <c r="X511" s="14" t="n">
+        <v>6958397.0</v>
+      </c>
+      <c r="Y511" s="14" t="n">
+        <v>6336204.0</v>
       </c>
     </row>
     <row r="512">
-      <c r="A512" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G512" s="6"/>
+      <c r="A512" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B512" s="14" t="n">
+        <v>1556164.0</v>
+      </c>
+      <c r="C512" s="14" t="n">
+        <v>1464949.0</v>
+      </c>
+      <c r="D512" s="14" t="n">
+        <v>1398682.0</v>
+      </c>
+      <c r="E512" s="14" t="n">
+        <v>1108138.0</v>
+      </c>
+      <c r="F512" s="14" t="n">
+        <v>1264947.0</v>
+      </c>
+      <c r="G512" s="14" t="n">
+        <v>1252919.0</v>
+      </c>
+      <c r="H512" s="14" t="n">
+        <v>1183864.0</v>
+      </c>
+      <c r="I512" s="14" t="n">
+        <v>1137537.0</v>
+      </c>
+      <c r="J512" s="14" t="n">
+        <v>1087673.0</v>
+      </c>
+      <c r="K512" s="14" t="n">
+        <v>1021317.0</v>
+      </c>
+      <c r="L512" s="14" t="n">
+        <v>996028.0</v>
+      </c>
+      <c r="M512" s="14" t="n">
+        <v>939921.0</v>
+      </c>
+      <c r="N512" s="14" t="n">
+        <v>966264.0</v>
+      </c>
+      <c r="O512" s="14" t="n">
+        <v>1024178.0</v>
+      </c>
+      <c r="P512" s="14" t="n">
+        <v>812341.0</v>
+      </c>
+      <c r="Q512" s="14" t="n">
+        <v>1057914.0</v>
+      </c>
+      <c r="R512" s="14" t="n">
+        <v>1286811.0</v>
+      </c>
+      <c r="S512" s="14" t="n">
+        <v>1255964.0</v>
+      </c>
+      <c r="T512" s="14" t="n">
+        <v>1096777.0</v>
+      </c>
+      <c r="U512" s="14" t="n">
+        <v>926325.0</v>
+      </c>
+      <c r="V512" s="14" t="n">
+        <v>832265.0</v>
+      </c>
+      <c r="W512" s="14" t="n">
+        <v>722372.0</v>
+      </c>
+      <c r="X512" s="14" t="n">
+        <v>681586.0</v>
+      </c>
+      <c r="Y512" s="14" t="n">
+        <v>641122.0</v>
+      </c>
     </row>
     <row r="513">
       <c r="A513" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B513" s="14" t="n">
-        <v>2531565.0</v>
+        <v>1.7074065E7</v>
       </c>
       <c r="C513" s="14" t="n">
-        <v>2285159.0</v>
+        <v>1.5827632E7</v>
       </c>
       <c r="D513" s="14" t="n">
-        <v>2524615.0</v>
+        <v>1.4009858E7</v>
       </c>
       <c r="E513" s="14" t="n">
-        <v>2491609.0</v>
+        <v>1.2582448E7</v>
       </c>
       <c r="F513" s="14" t="n">
-        <v>2210289.0</v>
+        <v>1.3514472E7</v>
       </c>
       <c r="G513" s="14" t="n">
-        <v>2163817.0</v>
+        <v>1.3119285E7</v>
+      </c>
+      <c r="H513" s="14" t="n">
+        <v>1.2558737E7</v>
+      </c>
+      <c r="I513" s="14" t="n">
+        <v>1.2179643E7</v>
+      </c>
+      <c r="J513" s="14" t="n">
+        <v>1.1759046E7</v>
+      </c>
+      <c r="K513" s="14" t="n">
+        <v>1.1313955E7</v>
+      </c>
+      <c r="L513" s="14" t="n">
+        <v>1.1434347E7</v>
+      </c>
+      <c r="M513" s="14" t="n">
+        <v>1.156694E7</v>
+      </c>
+      <c r="N513" s="14" t="n">
+        <v>1.2143639E7</v>
+      </c>
+      <c r="O513" s="14" t="n">
+        <v>1.242937E7</v>
+      </c>
+      <c r="P513" s="14" t="n">
+        <v>1.2745739E7</v>
+      </c>
+      <c r="Q513" s="14" t="n">
+        <v>1.331827E7</v>
+      </c>
+      <c r="R513" s="14" t="n">
+        <v>1.2859274E7</v>
+      </c>
+      <c r="S513" s="14" t="n">
+        <v>1.1690825E7</v>
+      </c>
+      <c r="T513" s="14" t="n">
+        <v>1.0563275E7</v>
+      </c>
+      <c r="U513" s="14" t="n">
+        <v>9340655.0</v>
+      </c>
+      <c r="V513" s="14" t="n">
+        <v>8864008.0</v>
+      </c>
+      <c r="W513" s="14" t="n">
+        <v>8068841.0</v>
+      </c>
+      <c r="X513" s="14" t="n">
+        <v>7639983.0</v>
+      </c>
+      <c r="Y513" s="14" t="n">
+        <v>6977326.0</v>
       </c>
     </row>
     <row r="514">
-      <c r="A514" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A514" s="6" t="inlineStr">
+        <is>
+          <t>46 Valencia/València</t>
+        </is>
+      </c>
+      <c r="B514" s="6"/>
+      <c r="C514" s="6"/>
+      <c r="D514" s="6"/>
+      <c r="E514" s="6"/>
+      <c r="F514" s="6"/>
+      <c r="G514" s="6"/>
+      <c r="H514" s="6"/>
+      <c r="I514" s="6"/>
+      <c r="J514" s="6"/>
+      <c r="K514" s="6"/>
+      <c r="L514" s="6"/>
+      <c r="M514" s="6"/>
+      <c r="N514" s="6"/>
+      <c r="O514" s="6"/>
+      <c r="P514" s="6"/>
+      <c r="Q514" s="6"/>
+      <c r="R514" s="6"/>
+      <c r="S514" s="6"/>
+      <c r="T514" s="6"/>
+      <c r="U514" s="6"/>
+      <c r="V514" s="6"/>
+      <c r="W514" s="6"/>
+      <c r="X514" s="6"/>
+      <c r="Y514" s="6"/>
     </row>
     <row r="515">
       <c r="A515" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B515" s="14" t="n">
-        <v>591689.0</v>
+        <v>1659512.0</v>
       </c>
       <c r="C515" s="14" t="n">
-        <v>506830.0</v>
+        <v>1209754.0</v>
       </c>
       <c r="D515" s="14" t="n">
-        <v>613662.0</v>
+        <v>1239103.0</v>
       </c>
       <c r="E515" s="14" t="n">
-        <v>621877.0</v>
+        <v>1277992.0</v>
       </c>
       <c r="F515" s="14" t="n">
-        <v>496578.0</v>
+        <v>1190023.0</v>
       </c>
       <c r="G515" s="14" t="n">
-        <v>449090.0</v>
+        <v>1278028.0</v>
+      </c>
+      <c r="H515" s="14" t="n">
+        <v>1280145.0</v>
+      </c>
+      <c r="I515" s="14" t="n">
+        <v>1231551.0</v>
+      </c>
+      <c r="J515" s="14" t="n">
+        <v>1233083.0</v>
+      </c>
+      <c r="K515" s="14" t="n">
+        <v>1354219.0</v>
+      </c>
+      <c r="L515" s="14" t="n">
+        <v>1217363.0</v>
+      </c>
+      <c r="M515" s="14" t="n">
+        <v>1175035.0</v>
+      </c>
+      <c r="N515" s="14" t="n">
+        <v>1179865.0</v>
+      </c>
+      <c r="O515" s="14" t="n">
+        <v>1187021.0</v>
+      </c>
+      <c r="P515" s="14" t="n">
+        <v>1082562.0</v>
+      </c>
+      <c r="Q515" s="14" t="n">
+        <v>1183918.0</v>
+      </c>
+      <c r="R515" s="14" t="n">
+        <v>1012643.0</v>
+      </c>
+      <c r="S515" s="14" t="n">
+        <v>863465.0</v>
+      </c>
+      <c r="T515" s="14" t="n">
+        <v>901765.0</v>
+      </c>
+      <c r="U515" s="14" t="n">
+        <v>1064123.0</v>
+      </c>
+      <c r="V515" s="14" t="n">
+        <v>1142662.0</v>
+      </c>
+      <c r="W515" s="14" t="n">
+        <v>1104056.0</v>
+      </c>
+      <c r="X515" s="14" t="n">
+        <v>1057457.0</v>
+      </c>
+      <c r="Y515" s="14" t="n">
+        <v>981794.0</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B516" s="14" t="n">
-        <v>472628.0</v>
+        <v>1.3526154E7</v>
       </c>
       <c r="C516" s="14" t="n">
-        <v>397766.0</v>
+        <v>1.23295E7</v>
       </c>
       <c r="D516" s="14" t="n">
-        <v>461970.0</v>
+        <v>1.1114496E7</v>
       </c>
       <c r="E516" s="14" t="n">
-        <v>454338.0</v>
+        <v>1.0445135E7</v>
       </c>
       <c r="F516" s="14" t="n">
-        <v>417476.0</v>
+        <v>1.1040612E7</v>
       </c>
       <c r="G516" s="14" t="n">
-        <v>377022.0</v>
+        <v>1.0560352E7</v>
+      </c>
+      <c r="H516" s="14" t="n">
+        <v>9892807.0</v>
+      </c>
+      <c r="I516" s="14" t="n">
+        <v>9887397.0</v>
+      </c>
+      <c r="J516" s="14" t="n">
+        <v>9693344.0</v>
+      </c>
+      <c r="K516" s="14" t="n">
+        <v>9326251.0</v>
+      </c>
+      <c r="L516" s="14" t="n">
+        <v>8682333.0</v>
+      </c>
+      <c r="M516" s="14" t="n">
+        <v>8530066.0</v>
+      </c>
+      <c r="N516" s="14" t="n">
+        <v>8868262.0</v>
+      </c>
+      <c r="O516" s="14" t="n">
+        <v>8966677.0</v>
+      </c>
+      <c r="P516" s="14" t="n">
+        <v>8887391.0</v>
+      </c>
+      <c r="Q516" s="14" t="n">
+        <v>9752592.0</v>
+      </c>
+      <c r="R516" s="14" t="n">
+        <v>9317168.0</v>
+      </c>
+      <c r="S516" s="14" t="n">
+        <v>9012270.0</v>
+      </c>
+      <c r="T516" s="14" t="n">
+        <v>8560456.0</v>
+      </c>
+      <c r="U516" s="14" t="n">
+        <v>8281403.0</v>
+      </c>
+      <c r="V516" s="14" t="n">
+        <v>8052488.0</v>
+      </c>
+      <c r="W516" s="14" t="n">
+        <v>7769096.0</v>
+      </c>
+      <c r="X516" s="14" t="n">
+        <v>7409281.0</v>
+      </c>
+      <c r="Y516" s="14" t="n">
+        <v>6926595.0</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B517" s="14" t="n">
-        <v>138512.0</v>
+        <v>1.033764E7</v>
       </c>
       <c r="C517" s="14" t="n">
-        <v>126818.0</v>
+        <v>8990489.0</v>
       </c>
       <c r="D517" s="14" t="n">
-        <v>150055.0</v>
+        <v>8410715.0</v>
       </c>
       <c r="E517" s="14" t="n">
-        <v>141917.0</v>
+        <v>7908116.0</v>
       </c>
       <c r="F517" s="14" t="n">
-        <v>147536.0</v>
+        <v>8385053.0</v>
       </c>
       <c r="G517" s="14" t="n">
-        <v>147154.0</v>
+        <v>8019569.0</v>
+      </c>
+      <c r="H517" s="14" t="n">
+        <v>7784011.0</v>
+      </c>
+      <c r="I517" s="14" t="n">
+        <v>7790436.0</v>
+      </c>
+      <c r="J517" s="14" t="n">
+        <v>7689155.0</v>
+      </c>
+      <c r="K517" s="14" t="n">
+        <v>7431760.0</v>
+      </c>
+      <c r="L517" s="14" t="n">
+        <v>6804314.0</v>
+      </c>
+      <c r="M517" s="14" t="n">
+        <v>6683637.0</v>
+      </c>
+      <c r="N517" s="14" t="n">
+        <v>7056776.0</v>
+      </c>
+      <c r="O517" s="14" t="n">
+        <v>7135216.0</v>
+      </c>
+      <c r="P517" s="14" t="n">
+        <v>7266316.0</v>
+      </c>
+      <c r="Q517" s="14" t="n">
+        <v>8258505.0</v>
+      </c>
+      <c r="R517" s="14" t="n">
+        <v>8126182.0</v>
+      </c>
+      <c r="S517" s="14" t="n">
+        <v>7901335.0</v>
+      </c>
+      <c r="T517" s="14" t="n">
+        <v>7515895.0</v>
+      </c>
+      <c r="U517" s="14" t="n">
+        <v>7394646.0</v>
+      </c>
+      <c r="V517" s="14" t="n">
+        <v>7244796.0</v>
+      </c>
+      <c r="W517" s="14" t="n">
+        <v>7029984.0</v>
+      </c>
+      <c r="X517" s="14" t="n">
+        <v>6848246.0</v>
+      </c>
+      <c r="Y517" s="14" t="n">
+        <v>6469301.0</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B518" s="14" t="n">
-        <v>427380.0</v>
+        <v>3918340.0</v>
       </c>
       <c r="C518" s="14" t="n">
-        <v>380484.0</v>
+        <v>3622472.0</v>
       </c>
       <c r="D518" s="14" t="n">
-        <v>457650.0</v>
+        <v>3278179.0</v>
       </c>
       <c r="E518" s="14" t="n">
-        <v>435177.0</v>
+        <v>3220490.0</v>
       </c>
       <c r="F518" s="14" t="n">
-        <v>411735.0</v>
+        <v>3671235.0</v>
       </c>
       <c r="G518" s="14" t="n">
-        <v>397759.0</v>
+        <v>3315736.0</v>
+      </c>
+      <c r="H518" s="14" t="n">
+        <v>3170945.0</v>
+      </c>
+      <c r="I518" s="14" t="n">
+        <v>3041899.0</v>
+      </c>
+      <c r="J518" s="14" t="n">
+        <v>2909722.0</v>
+      </c>
+      <c r="K518" s="14" t="n">
+        <v>2774942.0</v>
+      </c>
+      <c r="L518" s="14" t="n">
+        <v>2853532.0</v>
+      </c>
+      <c r="M518" s="14" t="n">
+        <v>3451830.0</v>
+      </c>
+      <c r="N518" s="14" t="n">
+        <v>4052157.0</v>
+      </c>
+      <c r="O518" s="14" t="n">
+        <v>5074222.0</v>
+      </c>
+      <c r="P518" s="14" t="n">
+        <v>6301613.0</v>
+      </c>
+      <c r="Q518" s="14" t="n">
+        <v>6920639.0</v>
+      </c>
+      <c r="R518" s="14" t="n">
+        <v>6410033.0</v>
+      </c>
+      <c r="S518" s="14" t="n">
+        <v>6114587.0</v>
+      </c>
+      <c r="T518" s="14" t="n">
+        <v>5264827.0</v>
+      </c>
+      <c r="U518" s="14" t="n">
+        <v>4482679.0</v>
+      </c>
+      <c r="V518" s="14" t="n">
+        <v>4197816.0</v>
+      </c>
+      <c r="W518" s="14" t="n">
+        <v>4013968.0</v>
+      </c>
+      <c r="X518" s="14" t="n">
+        <v>3726451.0</v>
+      </c>
+      <c r="Y518" s="14" t="n">
+        <v>3157898.0</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B519" s="14" t="n">
-        <v>362182.0</v>
+        <v>1.781065E7</v>
       </c>
       <c r="C519" s="14" t="n">
-        <v>345380.0</v>
+        <v>1.6161295E7</v>
       </c>
       <c r="D519" s="14" t="n">
-        <v>348982.0</v>
+        <v>1.3738018E7</v>
       </c>
       <c r="E519" s="14" t="n">
-        <v>339009.0</v>
+        <v>1.1985669E7</v>
       </c>
       <c r="F519" s="14" t="n">
-        <v>324232.0</v>
+        <v>1.4960085E7</v>
       </c>
       <c r="G519" s="14" t="n">
-        <v>312945.0</v>
+        <v>1.4557068E7</v>
+      </c>
+      <c r="H519" s="14" t="n">
+        <v>1.4071536E7</v>
+      </c>
+      <c r="I519" s="14" t="n">
+        <v>1.3483602E7</v>
+      </c>
+      <c r="J519" s="14" t="n">
+        <v>1.3763632E7</v>
+      </c>
+      <c r="K519" s="14" t="n">
+        <v>1.306621E7</v>
+      </c>
+      <c r="L519" s="14" t="n">
+        <v>1.303157E7</v>
+      </c>
+      <c r="M519" s="14" t="n">
+        <v>1.3304731E7</v>
+      </c>
+      <c r="N519" s="14" t="n">
+        <v>1.3989111E7</v>
+      </c>
+      <c r="O519" s="14" t="n">
+        <v>1.3511292E7</v>
+      </c>
+      <c r="P519" s="14" t="n">
+        <v>1.3414599E7</v>
+      </c>
+      <c r="Q519" s="14" t="n">
+        <v>1.3950651E7</v>
+      </c>
+      <c r="R519" s="14" t="n">
+        <v>1.3385611E7</v>
+      </c>
+      <c r="S519" s="14" t="n">
+        <v>1.2247768E7</v>
+      </c>
+      <c r="T519" s="14" t="n">
+        <v>1.1660247E7</v>
+      </c>
+      <c r="U519" s="14" t="n">
+        <v>1.1435886E7</v>
+      </c>
+      <c r="V519" s="14" t="n">
+        <v>1.0821449E7</v>
+      </c>
+      <c r="W519" s="14" t="n">
+        <v>1.0427821E7</v>
+      </c>
+      <c r="X519" s="14" t="n">
+        <v>9736341.0</v>
+      </c>
+      <c r="Y519" s="14" t="n">
+        <v>8940190.0</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B520" s="14" t="n">
-        <v>543704.0</v>
+        <v>1.7799315E7</v>
       </c>
       <c r="C520" s="14" t="n">
-        <v>546562.0</v>
+        <v>1.5470631E7</v>
       </c>
       <c r="D520" s="14" t="n">
-        <v>569989.0</v>
+        <v>1.4100081E7</v>
       </c>
       <c r="E520" s="14" t="n">
-        <v>539997.0</v>
+        <v>1.3227242E7</v>
       </c>
       <c r="F520" s="14" t="n">
-        <v>526655.0</v>
+        <v>1.332969E7</v>
       </c>
       <c r="G520" s="14" t="n">
-        <v>507849.0</v>
+        <v>1.2704846E7</v>
+      </c>
+      <c r="H520" s="14" t="n">
+        <v>1.2012341E7</v>
+      </c>
+      <c r="I520" s="14" t="n">
+        <v>1.16221E7</v>
+      </c>
+      <c r="J520" s="14" t="n">
+        <v>1.1362603E7</v>
+      </c>
+      <c r="K520" s="14" t="n">
+        <v>1.121284E7</v>
+      </c>
+      <c r="L520" s="14" t="n">
+        <v>1.1134194E7</v>
+      </c>
+      <c r="M520" s="14" t="n">
+        <v>1.1326921E7</v>
+      </c>
+      <c r="N520" s="14" t="n">
+        <v>1.1479579E7</v>
+      </c>
+      <c r="O520" s="14" t="n">
+        <v>1.1350398E7</v>
+      </c>
+      <c r="P520" s="14" t="n">
+        <v>1.1507027E7</v>
+      </c>
+      <c r="Q520" s="14" t="n">
+        <v>1.1664667E7</v>
+      </c>
+      <c r="R520" s="14" t="n">
+        <v>1.0971665E7</v>
+      </c>
+      <c r="S520" s="14" t="n">
+        <v>9207482.0</v>
+      </c>
+      <c r="T520" s="14" t="n">
+        <v>8180361.0</v>
+      </c>
+      <c r="U520" s="14" t="n">
+        <v>7574255.0</v>
+      </c>
+      <c r="V520" s="14" t="n">
+        <v>6871039.0</v>
+      </c>
+      <c r="W520" s="14" t="n">
+        <v>6133720.0</v>
+      </c>
+      <c r="X520" s="14" t="n">
+        <v>5520095.0</v>
+      </c>
+      <c r="Y520" s="14" t="n">
+        <v>4917141.0</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B521" s="14" t="n">
-        <v>2290405.0</v>
+        <v>1.4034697E7</v>
       </c>
       <c r="C521" s="14" t="n">
-        <v>2085186.0</v>
+        <v>1.3299761E7</v>
       </c>
       <c r="D521" s="14" t="n">
-        <v>2289702.0</v>
+        <v>1.2599253E7</v>
       </c>
       <c r="E521" s="14" t="n">
-        <v>2254642.0</v>
+        <v>1.2004318E7</v>
       </c>
       <c r="F521" s="14" t="n">
-        <v>2003545.0</v>
+        <v>1.2572575E7</v>
       </c>
       <c r="G521" s="14" t="n">
-        <v>1963418.0</v>
+        <v>1.2374419E7</v>
+      </c>
+      <c r="H521" s="14" t="n">
+        <v>1.18558E7</v>
+      </c>
+      <c r="I521" s="14" t="n">
+        <v>1.1565131E7</v>
+      </c>
+      <c r="J521" s="14" t="n">
+        <v>1.1135935E7</v>
+      </c>
+      <c r="K521" s="14" t="n">
+        <v>1.0820646E7</v>
+      </c>
+      <c r="L521" s="14" t="n">
+        <v>1.079714E7</v>
+      </c>
+      <c r="M521" s="14" t="n">
+        <v>1.066349E7</v>
+      </c>
+      <c r="N521" s="14" t="n">
+        <v>1.1107498E7</v>
+      </c>
+      <c r="O521" s="14" t="n">
+        <v>1.0958613E7</v>
+      </c>
+      <c r="P521" s="14" t="n">
+        <v>1.0665597E7</v>
+      </c>
+      <c r="Q521" s="14" t="n">
+        <v>1.0461632E7</v>
+      </c>
+      <c r="R521" s="14" t="n">
+        <v>9674736.0</v>
+      </c>
+      <c r="S521" s="14" t="n">
+        <v>8823992.0</v>
+      </c>
+      <c r="T521" s="14" t="n">
+        <v>8116693.0</v>
+      </c>
+      <c r="U521" s="14" t="n">
+        <v>7538533.0</v>
+      </c>
+      <c r="V521" s="14" t="n">
+        <v>6971271.0</v>
+      </c>
+      <c r="W521" s="14" t="n">
+        <v>6496363.0</v>
+      </c>
+      <c r="X521" s="14" t="n">
+        <v>5993068.0</v>
+      </c>
+      <c r="Y521" s="14" t="n">
+        <v>5582283.0</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B522" s="14" t="n">
-        <v>241160.0</v>
+        <v>6.8748668E7</v>
       </c>
       <c r="C522" s="14" t="n">
-        <v>199973.0</v>
+        <v>6.2093413E7</v>
       </c>
       <c r="D522" s="14" t="n">
-        <v>234913.0</v>
+        <v>5.606913E7</v>
       </c>
       <c r="E522" s="14" t="n">
-        <v>236967.0</v>
+        <v>5.2160846E7</v>
       </c>
       <c r="F522" s="14" t="n">
-        <v>206744.0</v>
+        <v>5.676422E7</v>
       </c>
       <c r="G522" s="14" t="n">
-        <v>200399.0</v>
+        <v>5.4790449E7</v>
+      </c>
+      <c r="H522" s="14" t="n">
+        <v>5.2283574E7</v>
+      </c>
+      <c r="I522" s="14" t="n">
+        <v>5.083168E7</v>
+      </c>
+      <c r="J522" s="14" t="n">
+        <v>5.0098319E7</v>
+      </c>
+      <c r="K522" s="14" t="n">
+        <v>4.8555108E7</v>
+      </c>
+      <c r="L522" s="14" t="n">
+        <v>4.7716132E7</v>
+      </c>
+      <c r="M522" s="14" t="n">
+        <v>4.8452073E7</v>
+      </c>
+      <c r="N522" s="14" t="n">
+        <v>5.0676472E7</v>
+      </c>
+      <c r="O522" s="14" t="n">
+        <v>5.1048223E7</v>
+      </c>
+      <c r="P522" s="14" t="n">
+        <v>5.1858789E7</v>
+      </c>
+      <c r="Q522" s="14" t="n">
+        <v>5.3934099E7</v>
+      </c>
+      <c r="R522" s="14" t="n">
+        <v>5.0771856E7</v>
+      </c>
+      <c r="S522" s="14" t="n">
+        <v>4.6269564E7</v>
+      </c>
+      <c r="T522" s="14" t="n">
+        <v>4.2684349E7</v>
+      </c>
+      <c r="U522" s="14" t="n">
+        <v>4.0376879E7</v>
+      </c>
+      <c r="V522" s="14" t="n">
+        <v>3.8056725E7</v>
+      </c>
+      <c r="W522" s="14" t="n">
+        <v>3.5945024E7</v>
+      </c>
+      <c r="X522" s="14" t="n">
+        <v>3.3442693E7</v>
+      </c>
+      <c r="Y522" s="14" t="n">
+        <v>3.0505901E7</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="7" t="inlineStr">
         <is>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+        </is>
+      </c>
+      <c r="B523" s="14" t="n">
+        <v>6772487.0</v>
+      </c>
+      <c r="C523" s="14" t="n">
+        <v>6194721.0</v>
+      </c>
+      <c r="D523" s="14" t="n">
+        <v>6072103.0</v>
+      </c>
+      <c r="E523" s="14" t="n">
+        <v>5061710.0</v>
+      </c>
+      <c r="F523" s="14" t="n">
+        <v>5881237.0</v>
+      </c>
+      <c r="G523" s="14" t="n">
+        <v>5810301.0</v>
+      </c>
+      <c r="H523" s="14" t="n">
+        <v>5454170.0</v>
+      </c>
+      <c r="I523" s="14" t="n">
+        <v>5251623.0</v>
+      </c>
+      <c r="J523" s="14" t="n">
+        <v>5115044.0</v>
+      </c>
+      <c r="K523" s="14" t="n">
+        <v>4827341.0</v>
+      </c>
+      <c r="L523" s="14" t="n">
+        <v>4557961.0</v>
+      </c>
+      <c r="M523" s="14" t="n">
+        <v>4288439.0</v>
+      </c>
+      <c r="N523" s="14" t="n">
+        <v>4379857.0</v>
+      </c>
+      <c r="O523" s="14" t="n">
+        <v>4585184.0</v>
+      </c>
+      <c r="P523" s="14" t="n">
+        <v>3535891.0</v>
+      </c>
+      <c r="Q523" s="14" t="n">
+        <v>4661665.0</v>
+      </c>
+      <c r="R523" s="14" t="n">
+        <v>5668271.0</v>
+      </c>
+      <c r="S523" s="14" t="n">
+        <v>5595235.0</v>
+      </c>
+      <c r="T523" s="14" t="n">
+        <v>4962261.0</v>
+      </c>
+      <c r="U523" s="14" t="n">
+        <v>4463032.0</v>
+      </c>
+      <c r="V523" s="14" t="n">
+        <v>3968357.0</v>
+      </c>
+      <c r="W523" s="14" t="n">
+        <v>3558392.0</v>
+      </c>
+      <c r="X523" s="14" t="n">
+        <v>3306625.0</v>
+      </c>
+      <c r="Y523" s="14" t="n">
+        <v>3114797.0</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="7" t="inlineStr">
+        <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
-      <c r="B523" s="14" t="n">
-[...29 lines deleted...]
-      <c r="G524" s="6"/>
+      <c r="B524" s="14" t="n">
+        <v>7.5521155E7</v>
+      </c>
+      <c r="C524" s="14" t="n">
+        <v>6.8288134E7</v>
+      </c>
+      <c r="D524" s="14" t="n">
+        <v>6.2141233E7</v>
+      </c>
+      <c r="E524" s="14" t="n">
+        <v>5.7222556E7</v>
+      </c>
+      <c r="F524" s="14" t="n">
+        <v>6.2645457E7</v>
+      </c>
+      <c r="G524" s="14" t="n">
+        <v>6.060075E7</v>
+      </c>
+      <c r="H524" s="14" t="n">
+        <v>5.7737744E7</v>
+      </c>
+      <c r="I524" s="14" t="n">
+        <v>5.6083303E7</v>
+      </c>
+      <c r="J524" s="14" t="n">
+        <v>5.5213363E7</v>
+      </c>
+      <c r="K524" s="14" t="n">
+        <v>5.3382449E7</v>
+      </c>
+      <c r="L524" s="14" t="n">
+        <v>5.2274093E7</v>
+      </c>
+      <c r="M524" s="14" t="n">
+        <v>5.2740512E7</v>
+      </c>
+      <c r="N524" s="14" t="n">
+        <v>5.5056329E7</v>
+      </c>
+      <c r="O524" s="14" t="n">
+        <v>5.5633407E7</v>
+      </c>
+      <c r="P524" s="14" t="n">
+        <v>5.539468E7</v>
+      </c>
+      <c r="Q524" s="14" t="n">
+        <v>5.8595764E7</v>
+      </c>
+      <c r="R524" s="14" t="n">
+        <v>5.6440127E7</v>
+      </c>
+      <c r="S524" s="14" t="n">
+        <v>5.1864799E7</v>
+      </c>
+      <c r="T524" s="14" t="n">
+        <v>4.764661E7</v>
+      </c>
+      <c r="U524" s="14" t="n">
+        <v>4.4839911E7</v>
+      </c>
+      <c r="V524" s="14" t="n">
+        <v>4.2025082E7</v>
+      </c>
+      <c r="W524" s="14" t="n">
+        <v>3.9503416E7</v>
+      </c>
+      <c r="X524" s="14" t="n">
+        <v>3.6749318E7</v>
+      </c>
+      <c r="Y524" s="14" t="n">
+        <v>3.3620698E7</v>
+      </c>
     </row>
     <row r="525">
-      <c r="A525" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A525" s="6" t="inlineStr">
+        <is>
+          <t>47 Valladolid</t>
+        </is>
+      </c>
+      <c r="B525" s="6"/>
+      <c r="C525" s="6"/>
+      <c r="D525" s="6"/>
+      <c r="E525" s="6"/>
+      <c r="F525" s="6"/>
+      <c r="G525" s="6"/>
+      <c r="H525" s="6"/>
+      <c r="I525" s="6"/>
+      <c r="J525" s="6"/>
+      <c r="K525" s="6"/>
+      <c r="L525" s="6"/>
+      <c r="M525" s="6"/>
+      <c r="N525" s="6"/>
+      <c r="O525" s="6"/>
+      <c r="P525" s="6"/>
+      <c r="Q525" s="6"/>
+      <c r="R525" s="6"/>
+      <c r="S525" s="6"/>
+      <c r="T525" s="6"/>
+      <c r="U525" s="6"/>
+      <c r="V525" s="6"/>
+      <c r="W525" s="6"/>
+      <c r="X525" s="6"/>
+      <c r="Y525" s="6"/>
     </row>
     <row r="526">
       <c r="A526" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B526" s="14" t="n">
-        <v>304144.0</v>
+        <v>371270.0</v>
       </c>
       <c r="C526" s="14" t="n">
-        <v>285126.0</v>
+        <v>383065.0</v>
       </c>
       <c r="D526" s="14" t="n">
-        <v>275092.0</v>
+        <v>566858.0</v>
       </c>
       <c r="E526" s="14" t="n">
-        <v>258470.0</v>
+        <v>524649.0</v>
       </c>
       <c r="F526" s="14" t="n">
-        <v>317248.0</v>
+        <v>445042.0</v>
       </c>
       <c r="G526" s="14" t="n">
-        <v>323371.0</v>
+        <v>511280.0</v>
+      </c>
+      <c r="H526" s="14" t="n">
+        <v>331996.0</v>
+      </c>
+      <c r="I526" s="14" t="n">
+        <v>569577.0</v>
+      </c>
+      <c r="J526" s="14" t="n">
+        <v>435681.0</v>
+      </c>
+      <c r="K526" s="14" t="n">
+        <v>372138.0</v>
+      </c>
+      <c r="L526" s="14" t="n">
+        <v>473632.0</v>
+      </c>
+      <c r="M526" s="14" t="n">
+        <v>446472.0</v>
+      </c>
+      <c r="N526" s="14" t="n">
+        <v>447356.0</v>
+      </c>
+      <c r="O526" s="14" t="n">
+        <v>496318.0</v>
+      </c>
+      <c r="P526" s="14" t="n">
+        <v>418497.0</v>
+      </c>
+      <c r="Q526" s="14" t="n">
+        <v>541858.0</v>
+      </c>
+      <c r="R526" s="14" t="n">
+        <v>524443.0</v>
+      </c>
+      <c r="S526" s="14" t="n">
+        <v>400451.0</v>
+      </c>
+      <c r="T526" s="14" t="n">
+        <v>416607.0</v>
+      </c>
+      <c r="U526" s="14" t="n">
+        <v>511356.0</v>
+      </c>
+      <c r="V526" s="14" t="n">
+        <v>501687.0</v>
+      </c>
+      <c r="W526" s="14" t="n">
+        <v>441539.0</v>
+      </c>
+      <c r="X526" s="14" t="n">
+        <v>439720.0</v>
+      </c>
+      <c r="Y526" s="14" t="n">
+        <v>464298.0</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B527" s="14" t="n">
-        <v>6058988.0</v>
+        <v>3937781.0</v>
       </c>
       <c r="C527" s="14" t="n">
-        <v>4623638.0</v>
+        <v>3857435.0</v>
       </c>
       <c r="D527" s="14" t="n">
-        <v>5643209.0</v>
+        <v>2993336.0</v>
       </c>
       <c r="E527" s="14" t="n">
-        <v>5671302.0</v>
+        <v>3141039.0</v>
       </c>
       <c r="F527" s="14" t="n">
-        <v>5708382.0</v>
+        <v>3323734.0</v>
       </c>
       <c r="G527" s="14" t="n">
-        <v>5279295.0</v>
+        <v>3157720.0</v>
+      </c>
+      <c r="H527" s="14" t="n">
+        <v>3179877.0</v>
+      </c>
+      <c r="I527" s="14" t="n">
+        <v>2817771.0</v>
+      </c>
+      <c r="J527" s="14" t="n">
+        <v>2747072.0</v>
+      </c>
+      <c r="K527" s="14" t="n">
+        <v>2656337.0</v>
+      </c>
+      <c r="L527" s="14" t="n">
+        <v>2396467.0</v>
+      </c>
+      <c r="M527" s="14" t="n">
+        <v>2362480.0</v>
+      </c>
+      <c r="N527" s="14" t="n">
+        <v>2497698.0</v>
+      </c>
+      <c r="O527" s="14" t="n">
+        <v>2545900.0</v>
+      </c>
+      <c r="P527" s="14" t="n">
+        <v>2378341.0</v>
+      </c>
+      <c r="Q527" s="14" t="n">
+        <v>2510528.0</v>
+      </c>
+      <c r="R527" s="14" t="n">
+        <v>2425731.0</v>
+      </c>
+      <c r="S527" s="14" t="n">
+        <v>2389334.0</v>
+      </c>
+      <c r="T527" s="14" t="n">
+        <v>2372139.0</v>
+      </c>
+      <c r="U527" s="14" t="n">
+        <v>2350427.0</v>
+      </c>
+      <c r="V527" s="14" t="n">
+        <v>2243730.0</v>
+      </c>
+      <c r="W527" s="14" t="n">
+        <v>2110074.0</v>
+      </c>
+      <c r="X527" s="14" t="n">
+        <v>1913164.0</v>
+      </c>
+      <c r="Y527" s="14" t="n">
+        <v>1893499.0</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B528" s="14" t="n">
-        <v>4432889.0</v>
+        <v>2909257.0</v>
       </c>
       <c r="C528" s="14" t="n">
-        <v>3073306.0</v>
+        <v>2517350.0</v>
       </c>
       <c r="D528" s="14" t="n">
-        <v>3931959.0</v>
+        <v>2251925.0</v>
       </c>
       <c r="E528" s="14" t="n">
-        <v>4208307.0</v>
+        <v>2444863.0</v>
       </c>
       <c r="F528" s="14" t="n">
-        <v>4487818.0</v>
+        <v>2723393.0</v>
       </c>
       <c r="G528" s="14" t="n">
-        <v>4065471.0</v>
+        <v>2632893.0</v>
+      </c>
+      <c r="H528" s="14" t="n">
+        <v>2608649.0</v>
+      </c>
+      <c r="I528" s="14" t="n">
+        <v>2186277.0</v>
+      </c>
+      <c r="J528" s="14" t="n">
+        <v>2148389.0</v>
+      </c>
+      <c r="K528" s="14" t="n">
+        <v>2098780.0</v>
+      </c>
+      <c r="L528" s="14" t="n">
+        <v>1846934.0</v>
+      </c>
+      <c r="M528" s="14" t="n">
+        <v>1791774.0</v>
+      </c>
+      <c r="N528" s="14" t="n">
+        <v>1953884.0</v>
+      </c>
+      <c r="O528" s="14" t="n">
+        <v>2027700.0</v>
+      </c>
+      <c r="P528" s="14" t="n">
+        <v>1919394.0</v>
+      </c>
+      <c r="Q528" s="14" t="n">
+        <v>2008007.0</v>
+      </c>
+      <c r="R528" s="14" t="n">
+        <v>1946944.0</v>
+      </c>
+      <c r="S528" s="14" t="n">
+        <v>1927990.0</v>
+      </c>
+      <c r="T528" s="14" t="n">
+        <v>1915340.0</v>
+      </c>
+      <c r="U528" s="14" t="n">
+        <v>1914887.0</v>
+      </c>
+      <c r="V528" s="14" t="n">
+        <v>1880325.0</v>
+      </c>
+      <c r="W528" s="14" t="n">
+        <v>1779788.0</v>
+      </c>
+      <c r="X528" s="14" t="n">
+        <v>1628510.0</v>
+      </c>
+      <c r="Y528" s="14" t="n">
+        <v>1625516.0</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B529" s="14" t="n">
-        <v>1137251.0</v>
+        <v>681063.0</v>
       </c>
       <c r="C529" s="14" t="n">
-        <v>1034332.0</v>
+        <v>649608.0</v>
       </c>
       <c r="D529" s="14" t="n">
-        <v>1257329.0</v>
+        <v>665852.0</v>
       </c>
       <c r="E529" s="14" t="n">
-        <v>1185966.0</v>
+        <v>708588.0</v>
       </c>
       <c r="F529" s="14" t="n">
-        <v>1244212.0</v>
+        <v>721725.0</v>
       </c>
       <c r="G529" s="14" t="n">
-        <v>1176972.0</v>
+        <v>630375.0</v>
+      </c>
+      <c r="H529" s="14" t="n">
+        <v>582588.0</v>
+      </c>
+      <c r="I529" s="14" t="n">
+        <v>551555.0</v>
+      </c>
+      <c r="J529" s="14" t="n">
+        <v>539249.0</v>
+      </c>
+      <c r="K529" s="14" t="n">
+        <v>530573.0</v>
+      </c>
+      <c r="L529" s="14" t="n">
+        <v>533749.0</v>
+      </c>
+      <c r="M529" s="14" t="n">
+        <v>634204.0</v>
+      </c>
+      <c r="N529" s="14" t="n">
+        <v>724093.0</v>
+      </c>
+      <c r="O529" s="14" t="n">
+        <v>894152.0</v>
+      </c>
+      <c r="P529" s="14" t="n">
+        <v>1016899.0</v>
+      </c>
+      <c r="Q529" s="14" t="n">
+        <v>1121302.0</v>
+      </c>
+      <c r="R529" s="14" t="n">
+        <v>1197423.0</v>
+      </c>
+      <c r="S529" s="14" t="n">
+        <v>1211042.0</v>
+      </c>
+      <c r="T529" s="14" t="n">
+        <v>1096384.0</v>
+      </c>
+      <c r="U529" s="14" t="n">
+        <v>899046.0</v>
+      </c>
+      <c r="V529" s="14" t="n">
+        <v>783008.0</v>
+      </c>
+      <c r="W529" s="14" t="n">
+        <v>814094.0</v>
+      </c>
+      <c r="X529" s="14" t="n">
+        <v>792477.0</v>
+      </c>
+      <c r="Y529" s="14" t="n">
+        <v>714969.0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B530" s="14" t="n">
-        <v>4775156.0</v>
+        <v>3219025.0</v>
       </c>
       <c r="C530" s="14" t="n">
-        <v>4051876.0</v>
+        <v>2848365.0</v>
       </c>
       <c r="D530" s="14" t="n">
-        <v>5363353.0</v>
+        <v>2497130.0</v>
       </c>
       <c r="E530" s="14" t="n">
-        <v>5322655.0</v>
+        <v>2206689.0</v>
       </c>
       <c r="F530" s="14" t="n">
-        <v>5458915.0</v>
+        <v>2711634.0</v>
       </c>
       <c r="G530" s="14" t="n">
-        <v>5306300.0</v>
+        <v>2739684.0</v>
+      </c>
+      <c r="H530" s="14" t="n">
+        <v>2678692.0</v>
+      </c>
+      <c r="I530" s="14" t="n">
+        <v>2526646.0</v>
+      </c>
+      <c r="J530" s="14" t="n">
+        <v>2379153.0</v>
+      </c>
+      <c r="K530" s="14" t="n">
+        <v>2300285.0</v>
+      </c>
+      <c r="L530" s="14" t="n">
+        <v>2396801.0</v>
+      </c>
+      <c r="M530" s="14" t="n">
+        <v>2543248.0</v>
+      </c>
+      <c r="N530" s="14" t="n">
+        <v>2584019.0</v>
+      </c>
+      <c r="O530" s="14" t="n">
+        <v>2508312.0</v>
+      </c>
+      <c r="P530" s="14" t="n">
+        <v>2468666.0</v>
+      </c>
+      <c r="Q530" s="14" t="n">
+        <v>2437733.0</v>
+      </c>
+      <c r="R530" s="14" t="n">
+        <v>2378733.0</v>
+      </c>
+      <c r="S530" s="14" t="n">
+        <v>2202328.0</v>
+      </c>
+      <c r="T530" s="14" t="n">
+        <v>2089568.0</v>
+      </c>
+      <c r="U530" s="14" t="n">
+        <v>2044199.0</v>
+      </c>
+      <c r="V530" s="14" t="n">
+        <v>1904686.0</v>
+      </c>
+      <c r="W530" s="14" t="n">
+        <v>1877074.0</v>
+      </c>
+      <c r="X530" s="14" t="n">
+        <v>1787280.0</v>
+      </c>
+      <c r="Y530" s="14" t="n">
+        <v>1618424.0</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B531" s="14" t="n">
-        <v>5643875.0</v>
+        <v>3307361.0</v>
       </c>
       <c r="C531" s="14" t="n">
-        <v>5373009.0</v>
+        <v>2878604.0</v>
       </c>
       <c r="D531" s="14" t="n">
-        <v>5500715.0</v>
+        <v>2661934.0</v>
       </c>
       <c r="E531" s="14" t="n">
-        <v>5284222.0</v>
+        <v>2564685.0</v>
       </c>
       <c r="F531" s="14" t="n">
-        <v>5012416.0</v>
+        <v>2635774.0</v>
       </c>
       <c r="G531" s="14" t="n">
-        <v>4859620.0</v>
+        <v>2535905.0</v>
+      </c>
+      <c r="H531" s="14" t="n">
+        <v>2429618.0</v>
+      </c>
+      <c r="I531" s="14" t="n">
+        <v>2319167.0</v>
+      </c>
+      <c r="J531" s="14" t="n">
+        <v>2278036.0</v>
+      </c>
+      <c r="K531" s="14" t="n">
+        <v>2190092.0</v>
+      </c>
+      <c r="L531" s="14" t="n">
+        <v>2130242.0</v>
+      </c>
+      <c r="M531" s="14" t="n">
+        <v>2136176.0</v>
+      </c>
+      <c r="N531" s="14" t="n">
+        <v>2156123.0</v>
+      </c>
+      <c r="O531" s="14" t="n">
+        <v>2086175.0</v>
+      </c>
+      <c r="P531" s="14" t="n">
+        <v>2159189.0</v>
+      </c>
+      <c r="Q531" s="14" t="n">
+        <v>2192300.0</v>
+      </c>
+      <c r="R531" s="14" t="n">
+        <v>2096813.0</v>
+      </c>
+      <c r="S531" s="14" t="n">
+        <v>1849773.0</v>
+      </c>
+      <c r="T531" s="14" t="n">
+        <v>1632287.0</v>
+      </c>
+      <c r="U531" s="14" t="n">
+        <v>1477567.0</v>
+      </c>
+      <c r="V531" s="14" t="n">
+        <v>1335285.0</v>
+      </c>
+      <c r="W531" s="14" t="n">
+        <v>1282085.0</v>
+      </c>
+      <c r="X531" s="14" t="n">
+        <v>1194353.0</v>
+      </c>
+      <c r="Y531" s="14" t="n">
+        <v>1008504.0</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B532" s="14" t="n">
-        <v>4175538.0</v>
+        <v>3388592.0</v>
       </c>
       <c r="C532" s="14" t="n">
-        <v>4148766.0</v>
+        <v>3210121.0</v>
       </c>
       <c r="D532" s="14" t="n">
-        <v>4311176.0</v>
+        <v>3146096.0</v>
       </c>
       <c r="E532" s="14" t="n">
-        <v>4126411.0</v>
+        <v>3214172.0</v>
       </c>
       <c r="F532" s="14" t="n">
-        <v>3995673.0</v>
+        <v>3403631.0</v>
       </c>
       <c r="G532" s="14" t="n">
-        <v>3839370.0</v>
+        <v>3406296.0</v>
+      </c>
+      <c r="H532" s="14" t="n">
+        <v>3240007.0</v>
+      </c>
+      <c r="I532" s="14" t="n">
+        <v>3110939.0</v>
+      </c>
+      <c r="J532" s="14" t="n">
+        <v>2944156.0</v>
+      </c>
+      <c r="K532" s="14" t="n">
+        <v>2848493.0</v>
+      </c>
+      <c r="L532" s="14" t="n">
+        <v>2823068.0</v>
+      </c>
+      <c r="M532" s="14" t="n">
+        <v>2795075.0</v>
+      </c>
+      <c r="N532" s="14" t="n">
+        <v>2913796.0</v>
+      </c>
+      <c r="O532" s="14" t="n">
+        <v>2934201.0</v>
+      </c>
+      <c r="P532" s="14" t="n">
+        <v>2878012.0</v>
+      </c>
+      <c r="Q532" s="14" t="n">
+        <v>2758241.0</v>
+      </c>
+      <c r="R532" s="14" t="n">
+        <v>2555256.0</v>
+      </c>
+      <c r="S532" s="14" t="n">
+        <v>2346239.0</v>
+      </c>
+      <c r="T532" s="14" t="n">
+        <v>2193409.0</v>
+      </c>
+      <c r="U532" s="14" t="n">
+        <v>1860714.0</v>
+      </c>
+      <c r="V532" s="14" t="n">
+        <v>1856464.0</v>
+      </c>
+      <c r="W532" s="14" t="n">
+        <v>1740250.0</v>
+      </c>
+      <c r="X532" s="14" t="n">
+        <v>1650314.0</v>
+      </c>
+      <c r="Y532" s="14" t="n">
+        <v>1546798.0</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B533" s="14" t="n">
-        <v>2.2094952E7</v>
+        <v>1.4905092E7</v>
       </c>
       <c r="C533" s="14" t="n">
-        <v>1.9516747E7</v>
+        <v>1.3827198E7</v>
       </c>
       <c r="D533" s="14" t="n">
-        <v>2.2350874E7</v>
+        <v>1.2531206E7</v>
       </c>
       <c r="E533" s="14" t="n">
-        <v>2.1849026E7</v>
+        <v>1.2359822E7</v>
       </c>
       <c r="F533" s="14" t="n">
-        <v>2.1736846E7</v>
+        <v>1.324154E7</v>
       </c>
       <c r="G533" s="14" t="n">
-        <v>2.0784928E7</v>
+        <v>1.298126E7</v>
+      </c>
+      <c r="H533" s="14" t="n">
+        <v>1.2442778E7</v>
+      </c>
+      <c r="I533" s="14" t="n">
+        <v>1.1895655E7</v>
+      </c>
+      <c r="J533" s="14" t="n">
+        <v>1.1323347E7</v>
+      </c>
+      <c r="K533" s="14" t="n">
+        <v>1.0897918E7</v>
+      </c>
+      <c r="L533" s="14" t="n">
+        <v>1.0753959E7</v>
+      </c>
+      <c r="M533" s="14" t="n">
+        <v>1.0917655E7</v>
+      </c>
+      <c r="N533" s="14" t="n">
+        <v>1.1323085E7</v>
+      </c>
+      <c r="O533" s="14" t="n">
+        <v>1.1465058E7</v>
+      </c>
+      <c r="P533" s="14" t="n">
+        <v>1.1319604E7</v>
+      </c>
+      <c r="Q533" s="14" t="n">
+        <v>1.1561962E7</v>
+      </c>
+      <c r="R533" s="14" t="n">
+        <v>1.1178399E7</v>
+      </c>
+      <c r="S533" s="14" t="n">
+        <v>1.0399167E7</v>
+      </c>
+      <c r="T533" s="14" t="n">
+        <v>9800394.0</v>
+      </c>
+      <c r="U533" s="14" t="n">
+        <v>9143309.0</v>
+      </c>
+      <c r="V533" s="14" t="n">
+        <v>8624860.0</v>
+      </c>
+      <c r="W533" s="14" t="n">
+        <v>8265116.0</v>
+      </c>
+      <c r="X533" s="14" t="n">
+        <v>7777308.0</v>
+      </c>
+      <c r="Y533" s="14" t="n">
+        <v>7246492.0</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B534" s="14" t="n">
-        <v>2326412.0</v>
+        <v>1520104.0</v>
       </c>
       <c r="C534" s="14" t="n">
-        <v>1871691.0</v>
+        <v>1437360.0</v>
       </c>
       <c r="D534" s="14" t="n">
-        <v>2293103.0</v>
+        <v>1418481.0</v>
       </c>
       <c r="E534" s="14" t="n">
-        <v>2296415.0</v>
+        <v>1196205.0</v>
       </c>
       <c r="F534" s="14" t="n">
-        <v>2243033.0</v>
+        <v>1369659.0</v>
       </c>
       <c r="G534" s="14" t="n">
-        <v>2121658.0</v>
+        <v>1372474.0</v>
+      </c>
+      <c r="H534" s="14" t="n">
+        <v>1294603.0</v>
+      </c>
+      <c r="I534" s="14" t="n">
+        <v>1225542.0</v>
+      </c>
+      <c r="J534" s="14" t="n">
+        <v>1154487.0</v>
+      </c>
+      <c r="K534" s="14" t="n">
+        <v>1081637.0</v>
+      </c>
+      <c r="L534" s="14" t="n">
+        <v>1026129.0</v>
+      </c>
+      <c r="M534" s="14" t="n">
+        <v>965549.0</v>
+      </c>
+      <c r="N534" s="14" t="n">
+        <v>978064.0</v>
+      </c>
+      <c r="O534" s="14" t="n">
+        <v>1028769.0</v>
+      </c>
+      <c r="P534" s="14" t="n">
+        <v>771350.0</v>
+      </c>
+      <c r="Q534" s="14" t="n">
+        <v>999305.0</v>
+      </c>
+      <c r="R534" s="14" t="n">
+        <v>1248136.0</v>
+      </c>
+      <c r="S534" s="14" t="n">
+        <v>1257067.0</v>
+      </c>
+      <c r="T534" s="14" t="n">
+        <v>1138558.0</v>
+      </c>
+      <c r="U534" s="14" t="n">
+        <v>1009389.0</v>
+      </c>
+      <c r="V534" s="14" t="n">
+        <v>898056.0</v>
+      </c>
+      <c r="W534" s="14" t="n">
+        <v>817334.0</v>
+      </c>
+      <c r="X534" s="14" t="n">
+        <v>768475.0</v>
+      </c>
+      <c r="Y534" s="14" t="n">
+        <v>738920.0</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B535" s="14" t="n">
-        <v>2.4421364E7</v>
+        <v>1.6425196E7</v>
       </c>
       <c r="C535" s="14" t="n">
-        <v>2.1388438E7</v>
+        <v>1.5264558E7</v>
       </c>
       <c r="D535" s="14" t="n">
-        <v>2.4643977E7</v>
+        <v>1.3949687E7</v>
       </c>
       <c r="E535" s="14" t="n">
-        <v>2.4145441E7</v>
+        <v>1.3556027E7</v>
       </c>
       <c r="F535" s="14" t="n">
-        <v>2.3979879E7</v>
+        <v>1.4611199E7</v>
       </c>
       <c r="G535" s="14" t="n">
-        <v>2.2906586E7</v>
+        <v>1.4353734E7</v>
+      </c>
+      <c r="H535" s="14" t="n">
+        <v>1.3737381E7</v>
+      </c>
+      <c r="I535" s="14" t="n">
+        <v>1.3121197E7</v>
+      </c>
+      <c r="J535" s="14" t="n">
+        <v>1.2477834E7</v>
+      </c>
+      <c r="K535" s="14" t="n">
+        <v>1.1979555E7</v>
+      </c>
+      <c r="L535" s="14" t="n">
+        <v>1.1780088E7</v>
+      </c>
+      <c r="M535" s="14" t="n">
+        <v>1.1883204E7</v>
+      </c>
+      <c r="N535" s="14" t="n">
+        <v>1.2301149E7</v>
+      </c>
+      <c r="O535" s="14" t="n">
+        <v>1.2493827E7</v>
+      </c>
+      <c r="P535" s="14" t="n">
+        <v>1.2090954E7</v>
+      </c>
+      <c r="Q535" s="14" t="n">
+        <v>1.2561267E7</v>
+      </c>
+      <c r="R535" s="14" t="n">
+        <v>1.2426535E7</v>
+      </c>
+      <c r="S535" s="14" t="n">
+        <v>1.1656234E7</v>
+      </c>
+      <c r="T535" s="14" t="n">
+        <v>1.0938952E7</v>
+      </c>
+      <c r="U535" s="14" t="n">
+        <v>1.0152698E7</v>
+      </c>
+      <c r="V535" s="14" t="n">
+        <v>9522916.0</v>
+      </c>
+      <c r="W535" s="14" t="n">
+        <v>9082450.0</v>
+      </c>
+      <c r="X535" s="14" t="n">
+        <v>8545783.0</v>
+      </c>
+      <c r="Y535" s="14" t="n">
+        <v>7985412.0</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="6" t="inlineStr">
         <is>
-          <t>Teruel</t>
+          <t>49 Zamora</t>
         </is>
       </c>
       <c r="B536" s="6"/>
       <c r="C536" s="6"/>
       <c r="D536" s="6"/>
       <c r="E536" s="6"/>
       <c r="F536" s="6"/>
       <c r="G536" s="6"/>
+      <c r="H536" s="6"/>
+      <c r="I536" s="6"/>
+      <c r="J536" s="6"/>
+      <c r="K536" s="6"/>
+      <c r="L536" s="6"/>
+      <c r="M536" s="6"/>
+      <c r="N536" s="6"/>
+      <c r="O536" s="6"/>
+      <c r="P536" s="6"/>
+      <c r="Q536" s="6"/>
+      <c r="R536" s="6"/>
+      <c r="S536" s="6"/>
+      <c r="T536" s="6"/>
+      <c r="U536" s="6"/>
+      <c r="V536" s="6"/>
+      <c r="W536" s="6"/>
+      <c r="X536" s="6"/>
+      <c r="Y536" s="6"/>
     </row>
     <row r="537">
       <c r="A537" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B537" s="14" t="n">
-        <v>3460089.0</v>
+        <v>359750.0</v>
       </c>
       <c r="C537" s="14" t="n">
-        <v>3098690.0</v>
+        <v>334901.0</v>
       </c>
       <c r="D537" s="14" t="n">
-        <v>3394776.0</v>
+        <v>331710.0</v>
       </c>
       <c r="E537" s="14" t="n">
-        <v>3356129.0</v>
+        <v>293696.0</v>
       </c>
       <c r="F537" s="14" t="n">
-        <v>3198408.0</v>
+        <v>265478.0</v>
       </c>
       <c r="G537" s="14" t="n">
-        <v>3227074.0</v>
+        <v>280191.0</v>
+      </c>
+      <c r="H537" s="14" t="n">
+        <v>199173.0</v>
+      </c>
+      <c r="I537" s="14" t="n">
+        <v>279537.0</v>
+      </c>
+      <c r="J537" s="14" t="n">
+        <v>237374.0</v>
+      </c>
+      <c r="K537" s="14" t="n">
+        <v>223383.0</v>
+      </c>
+      <c r="L537" s="14" t="n">
+        <v>253403.0</v>
+      </c>
+      <c r="M537" s="14" t="n">
+        <v>257509.0</v>
+      </c>
+      <c r="N537" s="14" t="n">
+        <v>247445.0</v>
+      </c>
+      <c r="O537" s="14" t="n">
+        <v>240160.0</v>
+      </c>
+      <c r="P537" s="14" t="n">
+        <v>235884.0</v>
+      </c>
+      <c r="Q537" s="14" t="n">
+        <v>298160.0</v>
+      </c>
+      <c r="R537" s="14" t="n">
+        <v>302132.0</v>
+      </c>
+      <c r="S537" s="14" t="n">
+        <v>313781.0</v>
+      </c>
+      <c r="T537" s="14" t="n">
+        <v>293530.0</v>
+      </c>
+      <c r="U537" s="14" t="n">
+        <v>311415.0</v>
+      </c>
+      <c r="V537" s="14" t="n">
+        <v>308763.0</v>
+      </c>
+      <c r="W537" s="14" t="n">
+        <v>313146.0</v>
+      </c>
+      <c r="X537" s="14" t="n">
+        <v>280874.0</v>
+      </c>
+      <c r="Y537" s="14" t="n">
+        <v>277401.0</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B538" s="14" t="n">
-        <v>240062.0</v>
+        <v>726124.0</v>
       </c>
       <c r="C538" s="14" t="n">
-        <v>209804.0</v>
+        <v>824536.0</v>
       </c>
       <c r="D538" s="14" t="n">
-        <v>202928.0</v>
+        <v>579056.0</v>
       </c>
       <c r="E538" s="14" t="n">
-        <v>191676.0</v>
+        <v>242320.0</v>
       </c>
       <c r="F538" s="14" t="n">
-        <v>192209.0</v>
+        <v>260555.0</v>
       </c>
       <c r="G538" s="14" t="n">
-        <v>193862.0</v>
+        <v>230804.0</v>
+      </c>
+      <c r="H538" s="14" t="n">
+        <v>261808.0</v>
+      </c>
+      <c r="I538" s="14" t="n">
+        <v>401054.0</v>
+      </c>
+      <c r="J538" s="14" t="n">
+        <v>397325.0</v>
+      </c>
+      <c r="K538" s="14" t="n">
+        <v>423400.0</v>
+      </c>
+      <c r="L538" s="14" t="n">
+        <v>469033.0</v>
+      </c>
+      <c r="M538" s="14" t="n">
+        <v>512039.0</v>
+      </c>
+      <c r="N538" s="14" t="n">
+        <v>480419.0</v>
+      </c>
+      <c r="O538" s="14" t="n">
+        <v>453418.0</v>
+      </c>
+      <c r="P538" s="14" t="n">
+        <v>450040.0</v>
+      </c>
+      <c r="Q538" s="14" t="n">
+        <v>514591.0</v>
+      </c>
+      <c r="R538" s="14" t="n">
+        <v>482601.0</v>
+      </c>
+      <c r="S538" s="14" t="n">
+        <v>430290.0</v>
+      </c>
+      <c r="T538" s="14" t="n">
+        <v>390999.0</v>
+      </c>
+      <c r="U538" s="14" t="n">
+        <v>340282.0</v>
+      </c>
+      <c r="V538" s="14" t="n">
+        <v>343534.0</v>
+      </c>
+      <c r="W538" s="14" t="n">
+        <v>288932.0</v>
+      </c>
+      <c r="X538" s="14" t="n">
+        <v>275520.0</v>
+      </c>
+      <c r="Y538" s="14" t="n">
+        <v>250183.0</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B539" s="14" t="n">
-        <v>514273.0</v>
+        <v>348246.0</v>
       </c>
       <c r="C539" s="14" t="n">
-        <v>364567.0</v>
+        <v>310650.0</v>
       </c>
       <c r="D539" s="14" t="n">
-        <v>477488.0</v>
+        <v>277674.0</v>
       </c>
       <c r="E539" s="14" t="n">
-        <v>518545.0</v>
+        <v>144634.0</v>
       </c>
       <c r="F539" s="14" t="n">
-        <v>478131.0</v>
+        <v>151924.0</v>
       </c>
       <c r="G539" s="14" t="n">
-        <v>502020.0</v>
+        <v>127098.0</v>
+      </c>
+      <c r="H539" s="14" t="n">
+        <v>136873.0</v>
+      </c>
+      <c r="I539" s="14" t="n">
+        <v>268778.0</v>
+      </c>
+      <c r="J539" s="14" t="n">
+        <v>258348.0</v>
+      </c>
+      <c r="K539" s="14" t="n">
+        <v>281396.0</v>
+      </c>
+      <c r="L539" s="14" t="n">
+        <v>314301.0</v>
+      </c>
+      <c r="M539" s="14" t="n">
+        <v>351816.0</v>
+      </c>
+      <c r="N539" s="14" t="n">
+        <v>331925.0</v>
+      </c>
+      <c r="O539" s="14" t="n">
+        <v>305589.0</v>
+      </c>
+      <c r="P539" s="14" t="n">
+        <v>302077.0</v>
+      </c>
+      <c r="Q539" s="14" t="n">
+        <v>328314.0</v>
+      </c>
+      <c r="R539" s="14" t="n">
+        <v>307015.0</v>
+      </c>
+      <c r="S539" s="14" t="n">
+        <v>265587.0</v>
+      </c>
+      <c r="T539" s="14" t="n">
+        <v>241567.0</v>
+      </c>
+      <c r="U539" s="14" t="n">
+        <v>214632.0</v>
+      </c>
+      <c r="V539" s="14" t="n">
+        <v>222105.0</v>
+      </c>
+      <c r="W539" s="14" t="n">
+        <v>192745.0</v>
+      </c>
+      <c r="X539" s="14" t="n">
+        <v>180451.0</v>
+      </c>
+      <c r="Y539" s="14" t="n">
+        <v>155498.0</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B540" s="14" t="n">
-        <v>290373.0</v>
+        <v>248574.0</v>
       </c>
       <c r="C540" s="14" t="n">
-        <v>272103.0</v>
+        <v>223523.0</v>
       </c>
       <c r="D540" s="14" t="n">
-        <v>311877.0</v>
+        <v>206428.0</v>
       </c>
       <c r="E540" s="14" t="n">
-        <v>296960.0</v>
+        <v>241030.0</v>
       </c>
       <c r="F540" s="14" t="n">
-        <v>257338.0</v>
+        <v>310918.0</v>
       </c>
       <c r="G540" s="14" t="n">
-        <v>291904.0</v>
+        <v>297926.0</v>
+      </c>
+      <c r="H540" s="14" t="n">
+        <v>288059.0</v>
+      </c>
+      <c r="I540" s="14" t="n">
+        <v>290389.0</v>
+      </c>
+      <c r="J540" s="14" t="n">
+        <v>313251.0</v>
+      </c>
+      <c r="K540" s="14" t="n">
+        <v>308263.0</v>
+      </c>
+      <c r="L540" s="14" t="n">
+        <v>302461.0</v>
+      </c>
+      <c r="M540" s="14" t="n">
+        <v>337908.0</v>
+      </c>
+      <c r="N540" s="14" t="n">
+        <v>374772.0</v>
+      </c>
+      <c r="O540" s="14" t="n">
+        <v>387522.0</v>
+      </c>
+      <c r="P540" s="14" t="n">
+        <v>416070.0</v>
+      </c>
+      <c r="Q540" s="14" t="n">
+        <v>372409.0</v>
+      </c>
+      <c r="R540" s="14" t="n">
+        <v>398581.0</v>
+      </c>
+      <c r="S540" s="14" t="n">
+        <v>384741.0</v>
+      </c>
+      <c r="T540" s="14" t="n">
+        <v>366287.0</v>
+      </c>
+      <c r="U540" s="14" t="n">
+        <v>372023.0</v>
+      </c>
+      <c r="V540" s="14" t="n">
+        <v>378380.0</v>
+      </c>
+      <c r="W540" s="14" t="n">
+        <v>334775.0</v>
+      </c>
+      <c r="X540" s="14" t="n">
+        <v>303679.0</v>
+      </c>
+      <c r="Y540" s="14" t="n">
+        <v>223173.0</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B541" s="14" t="n">
-        <v>235976.0</v>
+        <v>826085.0</v>
       </c>
       <c r="C541" s="14" t="n">
-        <v>229192.0</v>
+        <v>746807.0</v>
       </c>
       <c r="D541" s="14" t="n">
-        <v>263793.0</v>
+        <v>665631.0</v>
       </c>
       <c r="E541" s="14" t="n">
-        <v>254815.0</v>
+        <v>585619.0</v>
       </c>
       <c r="F541" s="14" t="n">
-        <v>243669.0</v>
+        <v>733139.0</v>
       </c>
       <c r="G541" s="14" t="n">
-        <v>306700.0</v>
+        <v>701401.0</v>
+      </c>
+      <c r="H541" s="14" t="n">
+        <v>692518.0</v>
+      </c>
+      <c r="I541" s="14" t="n">
+        <v>688888.0</v>
+      </c>
+      <c r="J541" s="14" t="n">
+        <v>704730.0</v>
+      </c>
+      <c r="K541" s="14" t="n">
+        <v>654474.0</v>
+      </c>
+      <c r="L541" s="14" t="n">
+        <v>634122.0</v>
+      </c>
+      <c r="M541" s="14" t="n">
+        <v>690602.0</v>
+      </c>
+      <c r="N541" s="14" t="n">
+        <v>727263.0</v>
+      </c>
+      <c r="O541" s="14" t="n">
+        <v>697134.0</v>
+      </c>
+      <c r="P541" s="14" t="n">
+        <v>709685.0</v>
+      </c>
+      <c r="Q541" s="14" t="n">
+        <v>679102.0</v>
+      </c>
+      <c r="R541" s="14" t="n">
+        <v>643643.0</v>
+      </c>
+      <c r="S541" s="14" t="n">
+        <v>589465.0</v>
+      </c>
+      <c r="T541" s="14" t="n">
+        <v>535659.0</v>
+      </c>
+      <c r="U541" s="14" t="n">
+        <v>542800.0</v>
+      </c>
+      <c r="V541" s="14" t="n">
+        <v>509355.0</v>
+      </c>
+      <c r="W541" s="14" t="n">
+        <v>509251.0</v>
+      </c>
+      <c r="X541" s="14" t="n">
+        <v>492468.0</v>
+      </c>
+      <c r="Y541" s="14" t="n">
+        <v>473324.0</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B542" s="14" t="n">
-        <v>688024.0</v>
+        <v>819884.0</v>
       </c>
       <c r="C542" s="14" t="n">
-        <v>605303.0</v>
+        <v>719269.0</v>
       </c>
       <c r="D542" s="14" t="n">
-        <v>716500.0</v>
+        <v>669661.0</v>
       </c>
       <c r="E542" s="14" t="n">
-        <v>677044.0</v>
+        <v>653885.0</v>
       </c>
       <c r="F542" s="14" t="n">
-        <v>653499.0</v>
+        <v>664502.0</v>
       </c>
       <c r="G542" s="14" t="n">
-        <v>636243.0</v>
+        <v>652377.0</v>
+      </c>
+      <c r="H542" s="14" t="n">
+        <v>632776.0</v>
+      </c>
+      <c r="I542" s="14" t="n">
+        <v>621465.0</v>
+      </c>
+      <c r="J542" s="14" t="n">
+        <v>617726.0</v>
+      </c>
+      <c r="K542" s="14" t="n">
+        <v>613697.0</v>
+      </c>
+      <c r="L542" s="14" t="n">
+        <v>604641.0</v>
+      </c>
+      <c r="M542" s="14" t="n">
+        <v>605906.0</v>
+      </c>
+      <c r="N542" s="14" t="n">
+        <v>599329.0</v>
+      </c>
+      <c r="O542" s="14" t="n">
+        <v>580453.0</v>
+      </c>
+      <c r="P542" s="14" t="n">
+        <v>578201.0</v>
+      </c>
+      <c r="Q542" s="14" t="n">
+        <v>589733.0</v>
+      </c>
+      <c r="R542" s="14" t="n">
+        <v>552805.0</v>
+      </c>
+      <c r="S542" s="14" t="n">
+        <v>489500.0</v>
+      </c>
+      <c r="T542" s="14" t="n">
+        <v>417266.0</v>
+      </c>
+      <c r="U542" s="14" t="n">
+        <v>394590.0</v>
+      </c>
+      <c r="V542" s="14" t="n">
+        <v>362226.0</v>
+      </c>
+      <c r="W542" s="14" t="n">
+        <v>356227.0</v>
+      </c>
+      <c r="X542" s="14" t="n">
+        <v>338293.0</v>
+      </c>
+      <c r="Y542" s="14" t="n">
+        <v>306361.0</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B543" s="14" t="n">
-        <v>551729.0</v>
+        <v>997346.0</v>
       </c>
       <c r="C543" s="14" t="n">
-        <v>534414.0</v>
+        <v>932255.0</v>
       </c>
       <c r="D543" s="14" t="n">
-        <v>537641.0</v>
+        <v>873742.0</v>
       </c>
       <c r="E543" s="14" t="n">
-        <v>531103.0</v>
+        <v>902424.0</v>
       </c>
       <c r="F543" s="14" t="n">
-        <v>510324.0</v>
+        <v>927455.0</v>
       </c>
       <c r="G543" s="14" t="n">
-        <v>501223.0</v>
+        <v>882312.0</v>
+      </c>
+      <c r="H543" s="14" t="n">
+        <v>877132.0</v>
+      </c>
+      <c r="I543" s="14" t="n">
+        <v>869364.0</v>
+      </c>
+      <c r="J543" s="14" t="n">
+        <v>869952.0</v>
+      </c>
+      <c r="K543" s="14" t="n">
+        <v>827001.0</v>
+      </c>
+      <c r="L543" s="14" t="n">
+        <v>834866.0</v>
+      </c>
+      <c r="M543" s="14" t="n">
+        <v>850552.0</v>
+      </c>
+      <c r="N543" s="14" t="n">
+        <v>859186.0</v>
+      </c>
+      <c r="O543" s="14" t="n">
+        <v>871228.0</v>
+      </c>
+      <c r="P543" s="14" t="n">
+        <v>845795.0</v>
+      </c>
+      <c r="Q543" s="14" t="n">
+        <v>813573.0</v>
+      </c>
+      <c r="R543" s="14" t="n">
+        <v>758710.0</v>
+      </c>
+      <c r="S543" s="14" t="n">
+        <v>713748.0</v>
+      </c>
+      <c r="T543" s="14" t="n">
+        <v>659973.0</v>
+      </c>
+      <c r="U543" s="14" t="n">
+        <v>656165.0</v>
+      </c>
+      <c r="V543" s="14" t="n">
+        <v>546207.0</v>
+      </c>
+      <c r="W543" s="14" t="n">
+        <v>490875.0</v>
+      </c>
+      <c r="X543" s="14" t="n">
+        <v>462977.0</v>
+      </c>
+      <c r="Y543" s="14" t="n">
+        <v>483369.0</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B544" s="14" t="n">
-        <v>900412.0</v>
+        <v>3977763.0</v>
       </c>
       <c r="C544" s="14" t="n">
-        <v>884245.0</v>
+        <v>3781291.0</v>
       </c>
       <c r="D544" s="14" t="n">
-        <v>880545.0</v>
+        <v>3326228.0</v>
       </c>
       <c r="E544" s="14" t="n">
-        <v>863758.0</v>
+        <v>2918974.0</v>
       </c>
       <c r="F544" s="14" t="n">
-        <v>821407.0</v>
+        <v>3162047.0</v>
       </c>
       <c r="G544" s="14" t="n">
-        <v>788151.0</v>
+        <v>3045011.0</v>
+      </c>
+      <c r="H544" s="14" t="n">
+        <v>2951466.0</v>
+      </c>
+      <c r="I544" s="14" t="n">
+        <v>3150697.0</v>
+      </c>
+      <c r="J544" s="14" t="n">
+        <v>3140358.0</v>
+      </c>
+      <c r="K544" s="14" t="n">
+        <v>3050218.0</v>
+      </c>
+      <c r="L544" s="14" t="n">
+        <v>3098526.0</v>
+      </c>
+      <c r="M544" s="14" t="n">
+        <v>3254516.0</v>
+      </c>
+      <c r="N544" s="14" t="n">
+        <v>3288414.0</v>
+      </c>
+      <c r="O544" s="14" t="n">
+        <v>3229915.0</v>
+      </c>
+      <c r="P544" s="14" t="n">
+        <v>3235675.0</v>
+      </c>
+      <c r="Q544" s="14" t="n">
+        <v>3267568.0</v>
+      </c>
+      <c r="R544" s="14" t="n">
+        <v>3138472.0</v>
+      </c>
+      <c r="S544" s="14" t="n">
+        <v>2921525.0</v>
+      </c>
+      <c r="T544" s="14" t="n">
+        <v>2663714.0</v>
+      </c>
+      <c r="U544" s="14" t="n">
+        <v>2617275.0</v>
+      </c>
+      <c r="V544" s="14" t="n">
+        <v>2448465.0</v>
+      </c>
+      <c r="W544" s="14" t="n">
+        <v>2293206.0</v>
+      </c>
+      <c r="X544" s="14" t="n">
+        <v>2153811.0</v>
+      </c>
+      <c r="Y544" s="14" t="n">
+        <v>2013811.0</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B545" s="14" t="n">
-        <v>3130476.0</v>
+        <v>381289.0</v>
       </c>
       <c r="C545" s="14" t="n">
-        <v>2827525.0</v>
+        <v>365100.0</v>
       </c>
       <c r="D545" s="14" t="n">
-        <v>3078895.0</v>
+        <v>347549.0</v>
       </c>
       <c r="E545" s="14" t="n">
-        <v>3036941.0</v>
+        <v>285035.0</v>
       </c>
       <c r="F545" s="14" t="n">
-        <v>2899239.0</v>
+        <v>328909.0</v>
       </c>
       <c r="G545" s="14" t="n">
-        <v>2928199.0</v>
+        <v>324877.0</v>
+      </c>
+      <c r="H545" s="14" t="n">
+        <v>309614.0</v>
+      </c>
+      <c r="I545" s="14" t="n">
+        <v>326450.0</v>
+      </c>
+      <c r="J545" s="14" t="n">
+        <v>321223.0</v>
+      </c>
+      <c r="K545" s="14" t="n">
+        <v>303654.0</v>
+      </c>
+      <c r="L545" s="14" t="n">
+        <v>296382.0</v>
+      </c>
+      <c r="M545" s="14" t="n">
+        <v>288417.0</v>
+      </c>
+      <c r="N545" s="14" t="n">
+        <v>284759.0</v>
+      </c>
+      <c r="O545" s="14" t="n">
+        <v>290726.0</v>
+      </c>
+      <c r="P545" s="14" t="n">
+        <v>221036.0</v>
+      </c>
+      <c r="Q545" s="14" t="n">
+        <v>282951.0</v>
+      </c>
+      <c r="R545" s="14" t="n">
+        <v>351110.0</v>
+      </c>
+      <c r="S545" s="14" t="n">
+        <v>354227.0</v>
+      </c>
+      <c r="T545" s="14" t="n">
+        <v>310732.0</v>
+      </c>
+      <c r="U545" s="14" t="n">
+        <v>290811.0</v>
+      </c>
+      <c r="V545" s="14" t="n">
+        <v>256770.0</v>
+      </c>
+      <c r="W545" s="14" t="n">
+        <v>228628.0</v>
+      </c>
+      <c r="X545" s="14" t="n">
+        <v>214546.0</v>
+      </c>
+      <c r="Y545" s="14" t="n">
+        <v>207263.0</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B546" s="14" t="n">
-        <v>329613.0</v>
+        <v>4359052.0</v>
       </c>
       <c r="C546" s="14" t="n">
-        <v>271165.0</v>
+        <v>4146391.0</v>
       </c>
       <c r="D546" s="14" t="n">
-        <v>315881.0</v>
+        <v>3673777.0</v>
       </c>
       <c r="E546" s="14" t="n">
-        <v>319188.0</v>
+        <v>3204009.0</v>
       </c>
       <c r="F546" s="14" t="n">
-        <v>299169.0</v>
+        <v>3490956.0</v>
       </c>
       <c r="G546" s="14" t="n">
-        <v>298875.0</v>
+        <v>3369888.0</v>
+      </c>
+      <c r="H546" s="14" t="n">
+        <v>3261080.0</v>
+      </c>
+      <c r="I546" s="14" t="n">
+        <v>3477147.0</v>
+      </c>
+      <c r="J546" s="14" t="n">
+        <v>3461581.0</v>
+      </c>
+      <c r="K546" s="14" t="n">
+        <v>3353872.0</v>
+      </c>
+      <c r="L546" s="14" t="n">
+        <v>3394908.0</v>
+      </c>
+      <c r="M546" s="14" t="n">
+        <v>3542933.0</v>
+      </c>
+      <c r="N546" s="14" t="n">
+        <v>3573173.0</v>
+      </c>
+      <c r="O546" s="14" t="n">
+        <v>3520641.0</v>
+      </c>
+      <c r="P546" s="14" t="n">
+        <v>3456711.0</v>
+      </c>
+      <c r="Q546" s="14" t="n">
+        <v>3550519.0</v>
+      </c>
+      <c r="R546" s="14" t="n">
+        <v>3489582.0</v>
+      </c>
+      <c r="S546" s="14" t="n">
+        <v>3275752.0</v>
+      </c>
+      <c r="T546" s="14" t="n">
+        <v>2974446.0</v>
+      </c>
+      <c r="U546" s="14" t="n">
+        <v>2908086.0</v>
+      </c>
+      <c r="V546" s="14" t="n">
+        <v>2705235.0</v>
+      </c>
+      <c r="W546" s="14" t="n">
+        <v>2521834.0</v>
+      </c>
+      <c r="X546" s="14" t="n">
+        <v>2368357.0</v>
+      </c>
+      <c r="Y546" s="14" t="n">
+        <v>2221074.0</v>
       </c>
     </row>
     <row r="547">
-      <c r="A547" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A547" s="6" t="inlineStr">
+        <is>
+          <t>50 Zaragoza</t>
+        </is>
+      </c>
+      <c r="B547" s="6"/>
+      <c r="C547" s="6"/>
+      <c r="D547" s="6"/>
+      <c r="E547" s="6"/>
+      <c r="F547" s="6"/>
+      <c r="G547" s="6"/>
+      <c r="H547" s="6"/>
+      <c r="I547" s="6"/>
+      <c r="J547" s="6"/>
+      <c r="K547" s="6"/>
+      <c r="L547" s="6"/>
+      <c r="M547" s="6"/>
+      <c r="N547" s="6"/>
+      <c r="O547" s="6"/>
+      <c r="P547" s="6"/>
+      <c r="Q547" s="6"/>
+      <c r="R547" s="6"/>
+      <c r="S547" s="6"/>
+      <c r="T547" s="6"/>
+      <c r="U547" s="6"/>
+      <c r="V547" s="6"/>
+      <c r="W547" s="6"/>
+      <c r="X547" s="6"/>
+      <c r="Y547" s="6"/>
     </row>
     <row r="548">
-      <c r="A548" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G548" s="6"/>
+      <c r="A548" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+        </is>
+      </c>
+      <c r="B548" s="14" t="n">
+        <v>1372445.0</v>
+      </c>
+      <c r="C548" s="14" t="n">
+        <v>985180.0</v>
+      </c>
+      <c r="D548" s="14" t="n">
+        <v>1044612.0</v>
+      </c>
+      <c r="E548" s="14" t="n">
+        <v>1043749.0</v>
+      </c>
+      <c r="F548" s="14" t="n">
+        <v>1100804.0</v>
+      </c>
+      <c r="G548" s="14" t="n">
+        <v>919072.0</v>
+      </c>
+      <c r="H548" s="14" t="n">
+        <v>1077718.0</v>
+      </c>
+      <c r="I548" s="14" t="n">
+        <v>1056817.0</v>
+      </c>
+      <c r="J548" s="14" t="n">
+        <v>769310.0</v>
+      </c>
+      <c r="K548" s="14" t="n">
+        <v>810207.0</v>
+      </c>
+      <c r="L548" s="14" t="n">
+        <v>861488.0</v>
+      </c>
+      <c r="M548" s="14" t="n">
+        <v>721937.0</v>
+      </c>
+      <c r="N548" s="14" t="n">
+        <v>704916.0</v>
+      </c>
+      <c r="O548" s="14" t="n">
+        <v>732399.0</v>
+      </c>
+      <c r="P548" s="14" t="n">
+        <v>673978.0</v>
+      </c>
+      <c r="Q548" s="14" t="n">
+        <v>664818.0</v>
+      </c>
+      <c r="R548" s="14" t="n">
+        <v>728215.0</v>
+      </c>
+      <c r="S548" s="14" t="n">
+        <v>590109.0</v>
+      </c>
+      <c r="T548" s="14" t="n">
+        <v>617256.0</v>
+      </c>
+      <c r="U548" s="14" t="n">
+        <v>602377.0</v>
+      </c>
+      <c r="V548" s="14" t="n">
+        <v>642380.0</v>
+      </c>
+      <c r="W548" s="14" t="n">
+        <v>599160.0</v>
+      </c>
+      <c r="X548" s="14" t="n">
+        <v>559339.0</v>
+      </c>
+      <c r="Y548" s="14" t="n">
+        <v>496930.0</v>
+      </c>
     </row>
     <row r="549">
       <c r="A549" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B549" s="14" t="n">
-        <v>1.3258842E7</v>
+        <v>7898003.0</v>
       </c>
       <c r="C549" s="14" t="n">
-        <v>1.2252188E7</v>
+        <v>8098133.0</v>
       </c>
       <c r="D549" s="14" t="n">
-        <v>1.3173524E7</v>
+        <v>6404744.0</v>
       </c>
       <c r="E549" s="14" t="n">
-        <v>1.2833714E7</v>
+        <v>6160689.0</v>
       </c>
       <c r="F549" s="14" t="n">
-        <v>1.2274103E7</v>
+        <v>6437629.0</v>
       </c>
       <c r="G549" s="14" t="n">
-        <v>1.1909111E7</v>
+        <v>6177785.0</v>
+      </c>
+      <c r="H549" s="14" t="n">
+        <v>5762976.0</v>
+      </c>
+      <c r="I549" s="14" t="n">
+        <v>5269003.0</v>
+      </c>
+      <c r="J549" s="14" t="n">
+        <v>5285986.0</v>
+      </c>
+      <c r="K549" s="14" t="n">
+        <v>5188728.0</v>
+      </c>
+      <c r="L549" s="14" t="n">
+        <v>4892064.0</v>
+      </c>
+      <c r="M549" s="14" t="n">
+        <v>4743380.0</v>
+      </c>
+      <c r="N549" s="14" t="n">
+        <v>5170109.0</v>
+      </c>
+      <c r="O549" s="14" t="n">
+        <v>5294561.0</v>
+      </c>
+      <c r="P549" s="14" t="n">
+        <v>5126422.0</v>
+      </c>
+      <c r="Q549" s="14" t="n">
+        <v>5854345.0</v>
+      </c>
+      <c r="R549" s="14" t="n">
+        <v>5744377.0</v>
+      </c>
+      <c r="S549" s="14" t="n">
+        <v>5389991.0</v>
+      </c>
+      <c r="T549" s="14" t="n">
+        <v>5005315.0</v>
+      </c>
+      <c r="U549" s="14" t="n">
+        <v>4764742.0</v>
+      </c>
+      <c r="V549" s="14" t="n">
+        <v>4623197.0</v>
+      </c>
+      <c r="W549" s="14" t="n">
+        <v>4365756.0</v>
+      </c>
+      <c r="X549" s="14" t="n">
+        <v>4027261.0</v>
+      </c>
+      <c r="Y549" s="14" t="n">
+        <v>3864986.0</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B550" s="14" t="n">
-        <v>728117.0</v>
+        <v>6054472.0</v>
       </c>
       <c r="C550" s="14" t="n">
-        <v>801305.0</v>
+        <v>5459734.0</v>
       </c>
       <c r="D550" s="14" t="n">
-        <v>701934.0</v>
+        <v>5020929.0</v>
       </c>
       <c r="E550" s="14" t="n">
-        <v>928048.0</v>
+        <v>4680694.0</v>
       </c>
       <c r="F550" s="14" t="n">
-        <v>770217.0</v>
+        <v>4993637.0</v>
       </c>
       <c r="G550" s="14" t="n">
-        <v>821445.0</v>
+        <v>4865996.0</v>
+      </c>
+      <c r="H550" s="14" t="n">
+        <v>4636793.0</v>
+      </c>
+      <c r="I550" s="14" t="n">
+        <v>4202008.0</v>
+      </c>
+      <c r="J550" s="14" t="n">
+        <v>4170972.0</v>
+      </c>
+      <c r="K550" s="14" t="n">
+        <v>4086016.0</v>
+      </c>
+      <c r="L550" s="14" t="n">
+        <v>3737506.0</v>
+      </c>
+      <c r="M550" s="14" t="n">
+        <v>3588838.0</v>
+      </c>
+      <c r="N550" s="14" t="n">
+        <v>3981923.0</v>
+      </c>
+      <c r="O550" s="14" t="n">
+        <v>4082747.0</v>
+      </c>
+      <c r="P550" s="14" t="n">
+        <v>4064145.0</v>
+      </c>
+      <c r="Q550" s="14" t="n">
+        <v>4740859.0</v>
+      </c>
+      <c r="R550" s="14" t="n">
+        <v>4759115.0</v>
+      </c>
+      <c r="S550" s="14" t="n">
+        <v>4549187.0</v>
+      </c>
+      <c r="T550" s="14" t="n">
+        <v>4209540.0</v>
+      </c>
+      <c r="U550" s="14" t="n">
+        <v>4029460.0</v>
+      </c>
+      <c r="V550" s="14" t="n">
+        <v>3936484.0</v>
+      </c>
+      <c r="W550" s="14" t="n">
+        <v>3719013.0</v>
+      </c>
+      <c r="X550" s="14" t="n">
+        <v>3432803.0</v>
+      </c>
+      <c r="Y550" s="14" t="n">
+        <v>3320937.0</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B551" s="14" t="n">
-        <v>2569685.0</v>
+        <v>1527086.0</v>
       </c>
       <c r="C551" s="14" t="n">
-        <v>2356947.0</v>
+        <v>1446999.0</v>
       </c>
       <c r="D551" s="14" t="n">
-        <v>2581305.0</v>
+        <v>1306147.0</v>
       </c>
       <c r="E551" s="14" t="n">
-        <v>2394614.0</v>
+        <v>1248414.0</v>
       </c>
       <c r="F551" s="14" t="n">
-        <v>2285624.0</v>
+        <v>1548525.0</v>
       </c>
       <c r="G551" s="14" t="n">
-        <v>2157487.0</v>
+        <v>1434088.0</v>
+      </c>
+      <c r="H551" s="14" t="n">
+        <v>1391259.0</v>
+      </c>
+      <c r="I551" s="14" t="n">
+        <v>1233453.0</v>
+      </c>
+      <c r="J551" s="14" t="n">
+        <v>1125800.0</v>
+      </c>
+      <c r="K551" s="14" t="n">
+        <v>1042770.0</v>
+      </c>
+      <c r="L551" s="14" t="n">
+        <v>1125695.0</v>
+      </c>
+      <c r="M551" s="14" t="n">
+        <v>1314911.0</v>
+      </c>
+      <c r="N551" s="14" t="n">
+        <v>1618408.0</v>
+      </c>
+      <c r="O551" s="14" t="n">
+        <v>1980778.0</v>
+      </c>
+      <c r="P551" s="14" t="n">
+        <v>2485708.0</v>
+      </c>
+      <c r="Q551" s="14" t="n">
+        <v>2571806.0</v>
+      </c>
+      <c r="R551" s="14" t="n">
+        <v>2473355.0</v>
+      </c>
+      <c r="S551" s="14" t="n">
+        <v>2292564.0</v>
+      </c>
+      <c r="T551" s="14" t="n">
+        <v>2019141.0</v>
+      </c>
+      <c r="U551" s="14" t="n">
+        <v>1700812.0</v>
+      </c>
+      <c r="V551" s="14" t="n">
+        <v>1519160.0</v>
+      </c>
+      <c r="W551" s="14" t="n">
+        <v>1360255.0</v>
+      </c>
+      <c r="X551" s="14" t="n">
+        <v>1209687.0</v>
+      </c>
+      <c r="Y551" s="14" t="n">
+        <v>1137877.0</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B552" s="14" t="n">
-        <v>2074329.0</v>
+        <v>7273895.0</v>
       </c>
       <c r="C552" s="14" t="n">
-        <v>1911627.0</v>
+        <v>6500677.0</v>
       </c>
       <c r="D552" s="14" t="n">
-        <v>2110331.0</v>
+        <v>5731964.0</v>
       </c>
       <c r="E552" s="14" t="n">
-        <v>1922049.0</v>
+        <v>4958090.0</v>
       </c>
       <c r="F552" s="14" t="n">
-        <v>1909930.0</v>
+        <v>5850472.0</v>
       </c>
       <c r="G552" s="14" t="n">
-        <v>1788970.0</v>
+        <v>5696497.0</v>
+      </c>
+      <c r="H552" s="14" t="n">
+        <v>5562356.0</v>
+      </c>
+      <c r="I552" s="14" t="n">
+        <v>5337480.0</v>
+      </c>
+      <c r="J552" s="14" t="n">
+        <v>5185448.0</v>
+      </c>
+      <c r="K552" s="14" t="n">
+        <v>4992204.0</v>
+      </c>
+      <c r="L552" s="14" t="n">
+        <v>4957689.0</v>
+      </c>
+      <c r="M552" s="14" t="n">
+        <v>5115131.0</v>
+      </c>
+      <c r="N552" s="14" t="n">
+        <v>5304917.0</v>
+      </c>
+      <c r="O552" s="14" t="n">
+        <v>5224985.0</v>
+      </c>
+      <c r="P552" s="14" t="n">
+        <v>5113043.0</v>
+      </c>
+      <c r="Q552" s="14" t="n">
+        <v>5083923.0</v>
+      </c>
+      <c r="R552" s="14" t="n">
+        <v>4802470.0</v>
+      </c>
+      <c r="S552" s="14" t="n">
+        <v>4570890.0</v>
+      </c>
+      <c r="T552" s="14" t="n">
+        <v>4373085.0</v>
+      </c>
+      <c r="U552" s="14" t="n">
+        <v>4247016.0</v>
+      </c>
+      <c r="V552" s="14" t="n">
+        <v>3991558.0</v>
+      </c>
+      <c r="W552" s="14" t="n">
+        <v>3862416.0</v>
+      </c>
+      <c r="X552" s="14" t="n">
+        <v>3655930.0</v>
+      </c>
+      <c r="Y552" s="14" t="n">
+        <v>3412584.0</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B553" s="14" t="n">
-        <v>897664.0</v>
+        <v>6623889.0</v>
       </c>
       <c r="C553" s="14" t="n">
-        <v>815358.0</v>
+        <v>5849674.0</v>
       </c>
       <c r="D553" s="14" t="n">
-        <v>915925.0</v>
+        <v>5411594.0</v>
       </c>
       <c r="E553" s="14" t="n">
-        <v>835507.0</v>
+        <v>5148736.0</v>
       </c>
       <c r="F553" s="14" t="n">
-        <v>839120.0</v>
+        <v>5158548.0</v>
       </c>
       <c r="G553" s="14" t="n">
-        <v>814119.0</v>
+        <v>5049982.0</v>
+      </c>
+      <c r="H553" s="14" t="n">
+        <v>4805751.0</v>
+      </c>
+      <c r="I553" s="14" t="n">
+        <v>4634917.0</v>
+      </c>
+      <c r="J553" s="14" t="n">
+        <v>4493166.0</v>
+      </c>
+      <c r="K553" s="14" t="n">
+        <v>4446693.0</v>
+      </c>
+      <c r="L553" s="14" t="n">
+        <v>4389412.0</v>
+      </c>
+      <c r="M553" s="14" t="n">
+        <v>4479911.0</v>
+      </c>
+      <c r="N553" s="14" t="n">
+        <v>4417761.0</v>
+      </c>
+      <c r="O553" s="14" t="n">
+        <v>4266398.0</v>
+      </c>
+      <c r="P553" s="14" t="n">
+        <v>4410949.0</v>
+      </c>
+      <c r="Q553" s="14" t="n">
+        <v>4415524.0</v>
+      </c>
+      <c r="R553" s="14" t="n">
+        <v>4102877.0</v>
+      </c>
+      <c r="S553" s="14" t="n">
+        <v>3490447.0</v>
+      </c>
+      <c r="T553" s="14" t="n">
+        <v>3059146.0</v>
+      </c>
+      <c r="U553" s="14" t="n">
+        <v>2740079.0</v>
+      </c>
+      <c r="V553" s="14" t="n">
+        <v>2498456.0</v>
+      </c>
+      <c r="W553" s="14" t="n">
+        <v>2233454.0</v>
+      </c>
+      <c r="X553" s="14" t="n">
+        <v>2044479.0</v>
+      </c>
+      <c r="Y553" s="14" t="n">
+        <v>1811284.0</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B554" s="14" t="n">
-        <v>2331401.0</v>
+        <v>6535829.0</v>
       </c>
       <c r="C554" s="14" t="n">
-        <v>1944149.0</v>
+        <v>6206659.0</v>
       </c>
       <c r="D554" s="14" t="n">
-        <v>2387686.0</v>
+        <v>5815907.0</v>
       </c>
       <c r="E554" s="14" t="n">
-        <v>2313207.0</v>
+        <v>5604681.0</v>
       </c>
       <c r="F554" s="14" t="n">
-        <v>2276916.0</v>
+        <v>5708776.0</v>
       </c>
       <c r="G554" s="14" t="n">
-        <v>2194633.0</v>
+        <v>5583466.0</v>
+      </c>
+      <c r="H554" s="14" t="n">
+        <v>5384910.0</v>
+      </c>
+      <c r="I554" s="14" t="n">
+        <v>5184871.0</v>
+      </c>
+      <c r="J554" s="14" t="n">
+        <v>5135070.0</v>
+      </c>
+      <c r="K554" s="14" t="n">
+        <v>4936182.0</v>
+      </c>
+      <c r="L554" s="14" t="n">
+        <v>4966131.0</v>
+      </c>
+      <c r="M554" s="14" t="n">
+        <v>4971025.0</v>
+      </c>
+      <c r="N554" s="14" t="n">
+        <v>5161670.0</v>
+      </c>
+      <c r="O554" s="14" t="n">
+        <v>5144712.0</v>
+      </c>
+      <c r="P554" s="14" t="n">
+        <v>5132143.0</v>
+      </c>
+      <c r="Q554" s="14" t="n">
+        <v>4896511.0</v>
+      </c>
+      <c r="R554" s="14" t="n">
+        <v>4462016.0</v>
+      </c>
+      <c r="S554" s="14" t="n">
+        <v>4078358.0</v>
+      </c>
+      <c r="T554" s="14" t="n">
+        <v>3810561.0</v>
+      </c>
+      <c r="U554" s="14" t="n">
+        <v>3564795.0</v>
+      </c>
+      <c r="V554" s="14" t="n">
+        <v>3292337.0</v>
+      </c>
+      <c r="W554" s="14" t="n">
+        <v>3109240.0</v>
+      </c>
+      <c r="X554" s="14" t="n">
+        <v>2815370.0</v>
+      </c>
+      <c r="Y554" s="14" t="n">
+        <v>2651709.0</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B555" s="14" t="n">
-        <v>2364247.0</v>
+        <v>3.1231147E7</v>
       </c>
       <c r="C555" s="14" t="n">
-        <v>2264575.0</v>
+        <v>2.9087322E7</v>
       </c>
       <c r="D555" s="14" t="n">
-        <v>2264943.0</v>
+        <v>2.5714968E7</v>
       </c>
       <c r="E555" s="14" t="n">
-        <v>2174986.0</v>
+        <v>2.4164359E7</v>
       </c>
       <c r="F555" s="14" t="n">
-        <v>2059379.0</v>
+        <v>2.5804754E7</v>
       </c>
       <c r="G555" s="14" t="n">
-        <v>2010644.0</v>
+        <v>2.486089E7</v>
+      </c>
+      <c r="H555" s="14" t="n">
+        <v>2.398497E7</v>
+      </c>
+      <c r="I555" s="14" t="n">
+        <v>2.2716541E7</v>
+      </c>
+      <c r="J555" s="14" t="n">
+        <v>2.199478E7</v>
+      </c>
+      <c r="K555" s="14" t="n">
+        <v>2.1416784E7</v>
+      </c>
+      <c r="L555" s="14" t="n">
+        <v>2.1192479E7</v>
+      </c>
+      <c r="M555" s="14" t="n">
+        <v>2.1346295E7</v>
+      </c>
+      <c r="N555" s="14" t="n">
+        <v>2.2377781E7</v>
+      </c>
+      <c r="O555" s="14" t="n">
+        <v>2.2643833E7</v>
+      </c>
+      <c r="P555" s="14" t="n">
+        <v>2.2942243E7</v>
+      </c>
+      <c r="Q555" s="14" t="n">
+        <v>2.3486927E7</v>
+      </c>
+      <c r="R555" s="14" t="n">
+        <v>2.231331E7</v>
+      </c>
+      <c r="S555" s="14" t="n">
+        <v>2.0412359E7</v>
+      </c>
+      <c r="T555" s="14" t="n">
+        <v>1.8884504E7</v>
+      </c>
+      <c r="U555" s="14" t="n">
+        <v>1.7619821E7</v>
+      </c>
+      <c r="V555" s="14" t="n">
+        <v>1.6567088E7</v>
+      </c>
+      <c r="W555" s="14" t="n">
+        <v>1.5530281E7</v>
+      </c>
+      <c r="X555" s="14" t="n">
+        <v>1.4312066E7</v>
+      </c>
+      <c r="Y555" s="14" t="n">
+        <v>1.337537E7</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B556" s="14" t="n">
-        <v>3104673.0</v>
+        <v>3054819.0</v>
       </c>
       <c r="C556" s="14" t="n">
-        <v>2997672.0</v>
+        <v>2876732.0</v>
       </c>
       <c r="D556" s="14" t="n">
-        <v>3095945.0</v>
+        <v>2758060.0</v>
       </c>
       <c r="E556" s="14" t="n">
-        <v>2968509.0</v>
+        <v>2339647.0</v>
       </c>
       <c r="F556" s="14" t="n">
-        <v>2896198.0</v>
+        <v>2670438.0</v>
       </c>
       <c r="G556" s="14" t="n">
-        <v>2809634.0</v>
+        <v>2631964.0</v>
+      </c>
+      <c r="H556" s="14" t="n">
+        <v>2500657.0</v>
+      </c>
+      <c r="I556" s="14" t="n">
+        <v>2345218.0</v>
+      </c>
+      <c r="J556" s="14" t="n">
+        <v>2244235.0</v>
+      </c>
+      <c r="K556" s="14" t="n">
+        <v>2127575.0</v>
+      </c>
+      <c r="L556" s="14" t="n">
+        <v>2023731.0</v>
+      </c>
+      <c r="M556" s="14" t="n">
+        <v>1889189.0</v>
+      </c>
+      <c r="N556" s="14" t="n">
+        <v>1934056.0</v>
+      </c>
+      <c r="O556" s="14" t="n">
+        <v>2032971.0</v>
+      </c>
+      <c r="P556" s="14" t="n">
+        <v>1563469.0</v>
+      </c>
+      <c r="Q556" s="14" t="n">
+        <v>2029347.0</v>
+      </c>
+      <c r="R556" s="14" t="n">
+        <v>2489971.0</v>
+      </c>
+      <c r="S556" s="14" t="n">
+        <v>2466907.0</v>
+      </c>
+      <c r="T556" s="14" t="n">
+        <v>2194266.0</v>
+      </c>
+      <c r="U556" s="14" t="n">
+        <v>1946251.0</v>
+      </c>
+      <c r="V556" s="14" t="n">
+        <v>1726198.0</v>
+      </c>
+      <c r="W556" s="14" t="n">
+        <v>1536555.0</v>
+      </c>
+      <c r="X556" s="14" t="n">
+        <v>1413999.0</v>
+      </c>
+      <c r="Y556" s="14" t="n">
+        <v>1365028.0</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Valor añadido bruto total</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B557" s="14" t="n">
-        <v>1.1995787E7</v>
+        <v>3.4285966E7</v>
       </c>
       <c r="C557" s="14" t="n">
-        <v>1.1180006E7</v>
+        <v>3.1964054E7</v>
       </c>
       <c r="D557" s="14" t="n">
-        <v>1.1947738E7</v>
+        <v>2.8473028E7</v>
       </c>
       <c r="E557" s="14" t="n">
-        <v>1.1614871E7</v>
+        <v>2.6504006E7</v>
       </c>
       <c r="F557" s="14" t="n">
-        <v>1.1127454E7</v>
+        <v>2.8475192E7</v>
       </c>
       <c r="G557" s="14" t="n">
-        <v>1.0807962E7</v>
+        <v>2.7492854E7</v>
+      </c>
+      <c r="H557" s="14" t="n">
+        <v>2.6485627E7</v>
+      </c>
+      <c r="I557" s="14" t="n">
+        <v>2.5061759E7</v>
+      </c>
+      <c r="J557" s="14" t="n">
+        <v>2.4239015E7</v>
+      </c>
+      <c r="K557" s="14" t="n">
+        <v>2.3544359E7</v>
+      </c>
+      <c r="L557" s="14" t="n">
+        <v>2.321621E7</v>
+      </c>
+      <c r="M557" s="14" t="n">
+        <v>2.3235484E7</v>
+      </c>
+      <c r="N557" s="14" t="n">
+        <v>2.4311837E7</v>
+      </c>
+      <c r="O557" s="14" t="n">
+        <v>2.4676804E7</v>
+      </c>
+      <c r="P557" s="14" t="n">
+        <v>2.4505712E7</v>
+      </c>
+      <c r="Q557" s="14" t="n">
+        <v>2.5516274E7</v>
+      </c>
+      <c r="R557" s="14" t="n">
+        <v>2.4803281E7</v>
+      </c>
+      <c r="S557" s="14" t="n">
+        <v>2.2879266E7</v>
+      </c>
+      <c r="T557" s="14" t="n">
+        <v>2.107877E7</v>
+      </c>
+      <c r="U557" s="14" t="n">
+        <v>1.9566072E7</v>
+      </c>
+      <c r="V557" s="14" t="n">
+        <v>1.8293286E7</v>
+      </c>
+      <c r="W557" s="14" t="n">
+        <v>1.7066836E7</v>
+      </c>
+      <c r="X557" s="14" t="n">
+        <v>1.5726065E7</v>
+      </c>
+      <c r="Y557" s="14" t="n">
+        <v>1.4740398E7</v>
       </c>
     </row>
     <row r="558">
-      <c r="A558" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A558" s="6" t="inlineStr">
+        <is>
+          <t>51 Ceuta</t>
+        </is>
+      </c>
+      <c r="B558" s="6"/>
+      <c r="C558" s="6"/>
+      <c r="D558" s="6"/>
+      <c r="E558" s="6"/>
+      <c r="F558" s="6"/>
+      <c r="G558" s="6"/>
+      <c r="H558" s="6"/>
+      <c r="I558" s="6"/>
+      <c r="J558" s="6"/>
+      <c r="K558" s="6"/>
+      <c r="L558" s="6"/>
+      <c r="M558" s="6"/>
+      <c r="N558" s="6"/>
+      <c r="O558" s="6"/>
+      <c r="P558" s="6"/>
+      <c r="Q558" s="6"/>
+      <c r="R558" s="6"/>
+      <c r="S558" s="6"/>
+      <c r="T558" s="6"/>
+      <c r="U558" s="6"/>
+      <c r="V558" s="6"/>
+      <c r="W558" s="6"/>
+      <c r="X558" s="6"/>
+      <c r="Y558" s="6"/>
     </row>
     <row r="559">
       <c r="A559" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B559" s="14" t="n">
-        <v>1.3258842E7</v>
+        <v>1703.0</v>
       </c>
       <c r="C559" s="14" t="n">
-        <v>1.2252188E7</v>
+        <v>1739.0</v>
       </c>
       <c r="D559" s="14" t="n">
-        <v>1.3173524E7</v>
+        <v>2014.0</v>
       </c>
       <c r="E559" s="14" t="n">
-        <v>1.2833714E7</v>
+        <v>1661.0</v>
       </c>
       <c r="F559" s="14" t="n">
-        <v>1.2274103E7</v>
+        <v>1751.0</v>
       </c>
       <c r="G559" s="14" t="n">
-        <v>1.1909111E7</v>
+        <v>2084.0</v>
+      </c>
+      <c r="H559" s="14" t="n">
+        <v>3070.0</v>
+      </c>
+      <c r="I559" s="14" t="n">
+        <v>2799.0</v>
+      </c>
+      <c r="J559" s="14" t="n">
+        <v>2837.0</v>
+      </c>
+      <c r="K559" s="14" t="n">
+        <v>2961.0</v>
+      </c>
+      <c r="L559" s="14" t="n">
+        <v>2573.0</v>
+      </c>
+      <c r="M559" s="14" t="n">
+        <v>2262.0</v>
+      </c>
+      <c r="N559" s="14" t="n">
+        <v>2369.0</v>
+      </c>
+      <c r="O559" s="14" t="n">
+        <v>2253.0</v>
+      </c>
+      <c r="P559" s="14" t="n">
+        <v>2306.0</v>
+      </c>
+      <c r="Q559" s="14" t="n">
+        <v>2542.0</v>
+      </c>
+      <c r="R559" s="14" t="n">
+        <v>3070.0</v>
+      </c>
+      <c r="S559" s="14" t="n">
+        <v>3029.0</v>
+      </c>
+      <c r="T559" s="14" t="n">
+        <v>3251.0</v>
+      </c>
+      <c r="U559" s="14" t="n">
+        <v>3709.0</v>
+      </c>
+      <c r="V559" s="14" t="n">
+        <v>3967.0</v>
+      </c>
+      <c r="W559" s="14" t="n">
+        <v>3879.0</v>
+      </c>
+      <c r="X559" s="14" t="n">
+        <v>4316.0</v>
+      </c>
+      <c r="Y559" s="14" t="n">
+        <v>4197.0</v>
       </c>
     </row>
     <row r="560">
-      <c r="A560" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G560" s="6"/>
+      <c r="A560" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+        </is>
+      </c>
+      <c r="B560" s="14" t="n">
+        <v>93704.0</v>
+      </c>
+      <c r="C560" s="14" t="n">
+        <v>98821.0</v>
+      </c>
+      <c r="D560" s="14" t="n">
+        <v>69984.0</v>
+      </c>
+      <c r="E560" s="14" t="n">
+        <v>61347.0</v>
+      </c>
+      <c r="F560" s="14" t="n">
+        <v>62134.0</v>
+      </c>
+      <c r="G560" s="14" t="n">
+        <v>62588.0</v>
+      </c>
+      <c r="H560" s="14" t="n">
+        <v>60258.0</v>
+      </c>
+      <c r="I560" s="14" t="n">
+        <v>61289.0</v>
+      </c>
+      <c r="J560" s="14" t="n">
+        <v>63954.0</v>
+      </c>
+      <c r="K560" s="14" t="n">
+        <v>61090.0</v>
+      </c>
+      <c r="L560" s="14" t="n">
+        <v>62894.0</v>
+      </c>
+      <c r="M560" s="14" t="n">
+        <v>54891.0</v>
+      </c>
+      <c r="N560" s="14" t="n">
+        <v>50651.0</v>
+      </c>
+      <c r="O560" s="14" t="n">
+        <v>49730.0</v>
+      </c>
+      <c r="P560" s="14" t="n">
+        <v>47012.0</v>
+      </c>
+      <c r="Q560" s="14" t="n">
+        <v>49641.0</v>
+      </c>
+      <c r="R560" s="14" t="n">
+        <v>47048.0</v>
+      </c>
+      <c r="S560" s="14" t="n">
+        <v>45731.0</v>
+      </c>
+      <c r="T560" s="14" t="n">
+        <v>46216.0</v>
+      </c>
+      <c r="U560" s="14" t="n">
+        <v>44709.0</v>
+      </c>
+      <c r="V560" s="14" t="n">
+        <v>42555.0</v>
+      </c>
+      <c r="W560" s="14" t="n">
+        <v>42571.0</v>
+      </c>
+      <c r="X560" s="14" t="n">
+        <v>42817.0</v>
+      </c>
+      <c r="Y560" s="14" t="n">
+        <v>43741.0</v>
+      </c>
     </row>
     <row r="561">
       <c r="A561" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
         </is>
       </c>
       <c r="B561" s="14" t="n">
-        <v>6.1410589E7</v>
+        <v>29085.0</v>
       </c>
       <c r="C561" s="14" t="n">
-        <v>5.6547166E7</v>
+        <v>25881.0</v>
       </c>
       <c r="D561" s="14" t="n">
-        <v>6.2157518E7</v>
+        <v>23477.0</v>
       </c>
       <c r="E561" s="14" t="n">
-        <v>6.0102432E7</v>
+        <v>20879.0</v>
       </c>
       <c r="F561" s="14" t="n">
-        <v>5.7295464E7</v>
+        <v>23176.0</v>
       </c>
       <c r="G561" s="14" t="n">
-        <v>5.5594773E7</v>
+        <v>23160.0</v>
+      </c>
+      <c r="H561" s="14" t="n">
+        <v>24016.0</v>
+      </c>
+      <c r="I561" s="14" t="n">
+        <v>23277.0</v>
+      </c>
+      <c r="J561" s="14" t="n">
+        <v>22665.0</v>
+      </c>
+      <c r="K561" s="14" t="n">
+        <v>21689.0</v>
+      </c>
+      <c r="L561" s="14" t="n">
+        <v>21137.0</v>
+      </c>
+      <c r="M561" s="14" t="n">
+        <v>21420.0</v>
+      </c>
+      <c r="N561" s="14" t="n">
+        <v>22569.0</v>
+      </c>
+      <c r="O561" s="14" t="n">
+        <v>22751.0</v>
+      </c>
+      <c r="P561" s="14" t="n">
+        <v>24066.0</v>
+      </c>
+      <c r="Q561" s="14" t="n">
+        <v>27975.0</v>
+      </c>
+      <c r="R561" s="14" t="n">
+        <v>26306.0</v>
+      </c>
+      <c r="S561" s="14" t="n">
+        <v>23796.0</v>
+      </c>
+      <c r="T561" s="14" t="n">
+        <v>23019.0</v>
+      </c>
+      <c r="U561" s="14" t="n">
+        <v>22089.0</v>
+      </c>
+      <c r="V561" s="14" t="n">
+        <v>22011.0</v>
+      </c>
+      <c r="W561" s="14" t="n">
+        <v>22189.0</v>
+      </c>
+      <c r="X561" s="14" t="n">
+        <v>22642.0</v>
+      </c>
+      <c r="Y561" s="14" t="n">
+        <v>23727.0</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B562" s="14" t="n">
-        <v>1216902.0</v>
+        <v>87559.0</v>
       </c>
       <c r="C562" s="14" t="n">
-        <v>1284395.0</v>
+        <v>83852.0</v>
       </c>
       <c r="D562" s="14" t="n">
-        <v>1164377.0</v>
+        <v>76131.0</v>
       </c>
       <c r="E562" s="14" t="n">
-        <v>1301685.0</v>
+        <v>72478.0</v>
       </c>
       <c r="F562" s="14" t="n">
-        <v>1271195.0</v>
+        <v>85098.0</v>
       </c>
       <c r="G562" s="14" t="n">
-        <v>1232962.0</v>
+        <v>78869.0</v>
+      </c>
+      <c r="H562" s="14" t="n">
+        <v>74592.0</v>
+      </c>
+      <c r="I562" s="14" t="n">
+        <v>73759.0</v>
+      </c>
+      <c r="J562" s="14" t="n">
+        <v>70370.0</v>
+      </c>
+      <c r="K562" s="14" t="n">
+        <v>65272.0</v>
+      </c>
+      <c r="L562" s="14" t="n">
+        <v>66320.0</v>
+      </c>
+      <c r="M562" s="14" t="n">
+        <v>79243.0</v>
+      </c>
+      <c r="N562" s="14" t="n">
+        <v>93688.0</v>
+      </c>
+      <c r="O562" s="14" t="n">
+        <v>113820.0</v>
+      </c>
+      <c r="P562" s="14" t="n">
+        <v>125591.0</v>
+      </c>
+      <c r="Q562" s="14" t="n">
+        <v>127925.0</v>
+      </c>
+      <c r="R562" s="14" t="n">
+        <v>121587.0</v>
+      </c>
+      <c r="S562" s="14" t="n">
+        <v>119473.0</v>
+      </c>
+      <c r="T562" s="14" t="n">
+        <v>107523.0</v>
+      </c>
+      <c r="U562" s="14" t="n">
+        <v>97029.0</v>
+      </c>
+      <c r="V562" s="14" t="n">
+        <v>90604.0</v>
+      </c>
+      <c r="W562" s="14" t="n">
+        <v>78253.0</v>
+      </c>
+      <c r="X562" s="14" t="n">
+        <v>64772.0</v>
+      </c>
+      <c r="Y562" s="14" t="n">
+        <v>58220.0</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B563" s="14" t="n">
-        <v>1.1624507E7</v>
+        <v>393216.0</v>
       </c>
       <c r="C563" s="14" t="n">
-        <v>1.0606333E7</v>
+        <v>369688.0</v>
       </c>
       <c r="D563" s="14" t="n">
-        <v>1.1315325E7</v>
+        <v>328083.0</v>
       </c>
       <c r="E563" s="14" t="n">
-        <v>1.0858298E7</v>
+        <v>287176.0</v>
       </c>
       <c r="F563" s="14" t="n">
-        <v>1.0167112E7</v>
+        <v>353707.0</v>
       </c>
       <c r="G563" s="14" t="n">
-        <v>1.0198979E7</v>
+        <v>348584.0</v>
+      </c>
+      <c r="H563" s="14" t="n">
+        <v>338452.0</v>
+      </c>
+      <c r="I563" s="14" t="n">
+        <v>327885.0</v>
+      </c>
+      <c r="J563" s="14" t="n">
+        <v>313455.0</v>
+      </c>
+      <c r="K563" s="14" t="n">
+        <v>294430.0</v>
+      </c>
+      <c r="L563" s="14" t="n">
+        <v>297067.0</v>
+      </c>
+      <c r="M563" s="14" t="n">
+        <v>305441.0</v>
+      </c>
+      <c r="N563" s="14" t="n">
+        <v>305840.0</v>
+      </c>
+      <c r="O563" s="14" t="n">
+        <v>318370.0</v>
+      </c>
+      <c r="P563" s="14" t="n">
+        <v>322443.0</v>
+      </c>
+      <c r="Q563" s="14" t="n">
+        <v>329011.0</v>
+      </c>
+      <c r="R563" s="14" t="n">
+        <v>306058.0</v>
+      </c>
+      <c r="S563" s="14" t="n">
+        <v>278620.0</v>
+      </c>
+      <c r="T563" s="14" t="n">
+        <v>256580.0</v>
+      </c>
+      <c r="U563" s="14" t="n">
+        <v>245249.0</v>
+      </c>
+      <c r="V563" s="14" t="n">
+        <v>237032.0</v>
+      </c>
+      <c r="W563" s="14" t="n">
+        <v>231993.0</v>
+      </c>
+      <c r="X563" s="14" t="n">
+        <v>217034.0</v>
+      </c>
+      <c r="Y563" s="14" t="n">
+        <v>207987.0</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B564" s="14" t="n">
-        <v>8488474.0</v>
+        <v>321120.0</v>
       </c>
       <c r="C564" s="14" t="n">
-        <v>7838058.0</v>
+        <v>281820.0</v>
       </c>
       <c r="D564" s="14" t="n">
-        <v>8396005.0</v>
+        <v>259601.0</v>
       </c>
       <c r="E564" s="14" t="n">
-        <v>8042048.0</v>
+        <v>249922.0</v>
       </c>
       <c r="F564" s="14" t="n">
-        <v>7788140.0</v>
+        <v>254002.0</v>
       </c>
       <c r="G564" s="14" t="n">
-        <v>7854169.0</v>
+        <v>246775.0</v>
+      </c>
+      <c r="H564" s="14" t="n">
+        <v>235369.0</v>
+      </c>
+      <c r="I564" s="14" t="n">
+        <v>228240.0</v>
+      </c>
+      <c r="J564" s="14" t="n">
+        <v>223452.0</v>
+      </c>
+      <c r="K564" s="14" t="n">
+        <v>219214.0</v>
+      </c>
+      <c r="L564" s="14" t="n">
+        <v>214724.0</v>
+      </c>
+      <c r="M564" s="14" t="n">
+        <v>210561.0</v>
+      </c>
+      <c r="N564" s="14" t="n">
+        <v>205706.0</v>
+      </c>
+      <c r="O564" s="14" t="n">
+        <v>197431.0</v>
+      </c>
+      <c r="P564" s="14" t="n">
+        <v>193504.0</v>
+      </c>
+      <c r="Q564" s="14" t="n">
+        <v>193696.0</v>
+      </c>
+      <c r="R564" s="14" t="n">
+        <v>179562.0</v>
+      </c>
+      <c r="S564" s="14" t="n">
+        <v>159030.0</v>
+      </c>
+      <c r="T564" s="14" t="n">
+        <v>141436.0</v>
+      </c>
+      <c r="U564" s="14" t="n">
+        <v>129394.0</v>
+      </c>
+      <c r="V564" s="14" t="n">
+        <v>121415.0</v>
+      </c>
+      <c r="W564" s="14" t="n">
+        <v>106740.0</v>
+      </c>
+      <c r="X564" s="14" t="n">
+        <v>95477.0</v>
+      </c>
+      <c r="Y564" s="14" t="n">
+        <v>84832.0</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B565" s="14" t="n">
-        <v>3179743.0</v>
+        <v>896501.0</v>
       </c>
       <c r="C565" s="14" t="n">
-        <v>3130198.0</v>
+        <v>867002.0</v>
       </c>
       <c r="D565" s="14" t="n">
-        <v>3561297.0</v>
+        <v>832693.0</v>
       </c>
       <c r="E565" s="14" t="n">
-        <v>3215785.0</v>
+        <v>807580.0</v>
       </c>
       <c r="F565" s="14" t="n">
-        <v>3095107.0</v>
+        <v>820814.0</v>
       </c>
       <c r="G565" s="14" t="n">
-        <v>2953711.0</v>
+        <v>787285.0</v>
+      </c>
+      <c r="H565" s="14" t="n">
+        <v>763667.0</v>
+      </c>
+      <c r="I565" s="14" t="n">
+        <v>764017.0</v>
+      </c>
+      <c r="J565" s="14" t="n">
+        <v>750627.0</v>
+      </c>
+      <c r="K565" s="14" t="n">
+        <v>734893.0</v>
+      </c>
+      <c r="L565" s="14" t="n">
+        <v>745713.0</v>
+      </c>
+      <c r="M565" s="14" t="n">
+        <v>724832.0</v>
+      </c>
+      <c r="N565" s="14" t="n">
+        <v>770689.0</v>
+      </c>
+      <c r="O565" s="14" t="n">
+        <v>747457.0</v>
+      </c>
+      <c r="P565" s="14" t="n">
+        <v>743369.0</v>
+      </c>
+      <c r="Q565" s="14" t="n">
+        <v>716371.0</v>
+      </c>
+      <c r="R565" s="14" t="n">
+        <v>683917.0</v>
+      </c>
+      <c r="S565" s="14" t="n">
+        <v>641849.0</v>
+      </c>
+      <c r="T565" s="14" t="n">
+        <v>611255.0</v>
+      </c>
+      <c r="U565" s="14" t="n">
+        <v>588078.0</v>
+      </c>
+      <c r="V565" s="14" t="n">
+        <v>558628.0</v>
+      </c>
+      <c r="W565" s="14" t="n">
+        <v>527271.0</v>
+      </c>
+      <c r="X565" s="14" t="n">
+        <v>515252.0</v>
+      </c>
+      <c r="Y565" s="14" t="n">
+        <v>505820.0</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B566" s="14" t="n">
-        <v>1.3611449E7</v>
+        <v>1793803.0</v>
       </c>
       <c r="C566" s="14" t="n">
-        <v>1.1712754E7</v>
+        <v>1702922.0</v>
       </c>
       <c r="D566" s="14" t="n">
-        <v>1.4663218E7</v>
+        <v>1568506.0</v>
       </c>
       <c r="E566" s="14" t="n">
-        <v>1.4174394E7</v>
+        <v>1480164.0</v>
       </c>
       <c r="F566" s="14" t="n">
-        <v>1.3762688E7</v>
+        <v>1577506.0</v>
       </c>
       <c r="G566" s="14" t="n">
-        <v>1.3143357E7</v>
+        <v>1526185.0</v>
+      </c>
+      <c r="H566" s="14" t="n">
+        <v>1475408.0</v>
+      </c>
+      <c r="I566" s="14" t="n">
+        <v>1457989.0</v>
+      </c>
+      <c r="J566" s="14" t="n">
+        <v>1424695.0</v>
+      </c>
+      <c r="K566" s="14" t="n">
+        <v>1377860.0</v>
+      </c>
+      <c r="L566" s="14" t="n">
+        <v>1389291.0</v>
+      </c>
+      <c r="M566" s="14" t="n">
+        <v>1377230.0</v>
+      </c>
+      <c r="N566" s="14" t="n">
+        <v>1428943.0</v>
+      </c>
+      <c r="O566" s="14" t="n">
+        <v>1429061.0</v>
+      </c>
+      <c r="P566" s="14" t="n">
+        <v>1434225.0</v>
+      </c>
+      <c r="Q566" s="14" t="n">
+        <v>1419186.0</v>
+      </c>
+      <c r="R566" s="14" t="n">
+        <v>1341242.0</v>
+      </c>
+      <c r="S566" s="14" t="n">
+        <v>1247732.0</v>
+      </c>
+      <c r="T566" s="14" t="n">
+        <v>1166261.0</v>
+      </c>
+      <c r="U566" s="14" t="n">
+        <v>1108168.0</v>
+      </c>
+      <c r="V566" s="14" t="n">
+        <v>1054201.0</v>
+      </c>
+      <c r="W566" s="14" t="n">
+        <v>990707.0</v>
+      </c>
+      <c r="X566" s="14" t="n">
+        <v>939668.0</v>
+      </c>
+      <c r="Y566" s="14" t="n">
+        <v>904797.0</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B567" s="14" t="n">
-        <v>1.3769682E7</v>
+        <v>69060.0</v>
       </c>
       <c r="C567" s="14" t="n">
-        <v>1.2974034E7</v>
+        <v>63813.0</v>
       </c>
       <c r="D567" s="14" t="n">
-        <v>1.3130021E7</v>
+        <v>65500.0</v>
       </c>
       <c r="E567" s="14" t="n">
-        <v>1.2503413E7</v>
+        <v>55554.0</v>
       </c>
       <c r="F567" s="14" t="n">
-        <v>1.1846922E7</v>
+        <v>82473.0</v>
       </c>
       <c r="G567" s="14" t="n">
-        <v>1.1458371E7</v>
+        <v>85463.0</v>
+      </c>
+      <c r="H567" s="14" t="n">
+        <v>78159.0</v>
+      </c>
+      <c r="I567" s="14" t="n">
+        <v>79409.0</v>
+      </c>
+      <c r="J567" s="14" t="n">
+        <v>73764.0</v>
+      </c>
+      <c r="K567" s="14" t="n">
+        <v>68765.0</v>
+      </c>
+      <c r="L567" s="14" t="n">
+        <v>65459.0</v>
+      </c>
+      <c r="M567" s="14" t="n">
+        <v>61678.0</v>
+      </c>
+      <c r="N567" s="14" t="n">
+        <v>62248.0</v>
+      </c>
+      <c r="O567" s="14" t="n">
+        <v>64997.0</v>
+      </c>
+      <c r="P567" s="14" t="n">
+        <v>50147.0</v>
+      </c>
+      <c r="Q567" s="14" t="n">
+        <v>64803.0</v>
+      </c>
+      <c r="R567" s="14" t="n">
+        <v>79244.0</v>
+      </c>
+      <c r="S567" s="14" t="n">
+        <v>79370.0</v>
+      </c>
+      <c r="T567" s="14" t="n">
+        <v>70725.0</v>
+      </c>
+      <c r="U567" s="14" t="n">
+        <v>62615.0</v>
+      </c>
+      <c r="V567" s="14" t="n">
+        <v>55411.0</v>
+      </c>
+      <c r="W567" s="14" t="n">
+        <v>49370.0</v>
+      </c>
+      <c r="X567" s="14" t="n">
+        <v>46103.0</v>
+      </c>
+      <c r="Y567" s="14" t="n">
+        <v>43863.0</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B568" s="14" t="n">
-        <v>1.215825E7</v>
+        <v>1862863.0</v>
       </c>
       <c r="C568" s="14" t="n">
-        <v>1.1891038E7</v>
+        <v>1766735.0</v>
       </c>
       <c r="D568" s="14" t="n">
-        <v>1.2539573E7</v>
+        <v>1634006.0</v>
       </c>
       <c r="E568" s="14" t="n">
-        <v>1.2337644E7</v>
+        <v>1535718.0</v>
       </c>
       <c r="F568" s="14" t="n">
-        <v>1.1797355E7</v>
+        <v>1659979.0</v>
       </c>
       <c r="G568" s="14" t="n">
-        <v>1.1463835E7</v>
+        <v>1611648.0</v>
+      </c>
+      <c r="H568" s="14" t="n">
+        <v>1553567.0</v>
+      </c>
+      <c r="I568" s="14" t="n">
+        <v>1537398.0</v>
+      </c>
+      <c r="J568" s="14" t="n">
+        <v>1498459.0</v>
+      </c>
+      <c r="K568" s="14" t="n">
+        <v>1446625.0</v>
+      </c>
+      <c r="L568" s="14" t="n">
+        <v>1454750.0</v>
+      </c>
+      <c r="M568" s="14" t="n">
+        <v>1438908.0</v>
+      </c>
+      <c r="N568" s="14" t="n">
+        <v>1491191.0</v>
+      </c>
+      <c r="O568" s="14" t="n">
+        <v>1494058.0</v>
+      </c>
+      <c r="P568" s="14" t="n">
+        <v>1484372.0</v>
+      </c>
+      <c r="Q568" s="14" t="n">
+        <v>1483989.0</v>
+      </c>
+      <c r="R568" s="14" t="n">
+        <v>1420486.0</v>
+      </c>
+      <c r="S568" s="14" t="n">
+        <v>1327102.0</v>
+      </c>
+      <c r="T568" s="14" t="n">
+        <v>1236986.0</v>
+      </c>
+      <c r="U568" s="14" t="n">
+        <v>1170783.0</v>
+      </c>
+      <c r="V568" s="14" t="n">
+        <v>1109612.0</v>
+      </c>
+      <c r="W568" s="14" t="n">
+        <v>1040077.0</v>
+      </c>
+      <c r="X568" s="14" t="n">
+        <v>985771.0</v>
+      </c>
+      <c r="Y568" s="14" t="n">
+        <v>948660.0</v>
       </c>
     </row>
     <row r="569">
-      <c r="A569" s="7" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="A569" s="6" t="inlineStr">
+        <is>
+          <t>52 Melilla</t>
+        </is>
+      </c>
+      <c r="B569" s="6"/>
+      <c r="C569" s="6"/>
+      <c r="D569" s="6"/>
+      <c r="E569" s="6"/>
+      <c r="F569" s="6"/>
+      <c r="G569" s="6"/>
+      <c r="H569" s="6"/>
+      <c r="I569" s="6"/>
+      <c r="J569" s="6"/>
+      <c r="K569" s="6"/>
+      <c r="L569" s="6"/>
+      <c r="M569" s="6"/>
+      <c r="N569" s="6"/>
+      <c r="O569" s="6"/>
+      <c r="P569" s="6"/>
+      <c r="Q569" s="6"/>
+      <c r="R569" s="6"/>
+      <c r="S569" s="6"/>
+      <c r="T569" s="6"/>
+      <c r="U569" s="6"/>
+      <c r="V569" s="6"/>
+      <c r="W569" s="6"/>
+      <c r="X569" s="6"/>
+      <c r="Y569" s="6"/>
     </row>
     <row r="570">
       <c r="A570" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
+          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
         </is>
       </c>
       <c r="B570" s="14" t="n">
-        <v>5850056.0</v>
+        <v>1245.0</v>
       </c>
       <c r="C570" s="14" t="n">
-        <v>4948414.0</v>
+        <v>857.0</v>
       </c>
       <c r="D570" s="14" t="n">
-        <v>5783707.0</v>
+        <v>685.0</v>
       </c>
       <c r="E570" s="14" t="n">
-        <v>5711213.0</v>
+        <v>686.0</v>
       </c>
       <c r="F570" s="14" t="n">
-        <v>5355085.0</v>
+        <v>558.0</v>
       </c>
       <c r="G570" s="14" t="n">
-        <v>5143558.0</v>
+        <v>489.0</v>
+      </c>
+      <c r="H570" s="14" t="n">
+        <v>622.0</v>
+      </c>
+      <c r="I570" s="14" t="n">
+        <v>685.0</v>
+      </c>
+      <c r="J570" s="14" t="n">
+        <v>654.0</v>
+      </c>
+      <c r="K570" s="14" t="n">
+        <v>632.0</v>
+      </c>
+      <c r="L570" s="14" t="n">
+        <v>612.0</v>
+      </c>
+      <c r="M570" s="14" t="n">
+        <v>586.0</v>
+      </c>
+      <c r="N570" s="14" t="n">
+        <v>604.0</v>
+      </c>
+      <c r="O570" s="14" t="n">
+        <v>607.0</v>
+      </c>
+      <c r="P570" s="14" t="n">
+        <v>651.0</v>
+      </c>
+      <c r="Q570" s="14" t="n">
+        <v>720.0</v>
+      </c>
+      <c r="R570" s="14" t="n">
+        <v>933.0</v>
+      </c>
+      <c r="S570" s="14" t="n">
+        <v>1143.0</v>
+      </c>
+      <c r="T570" s="14" t="n">
+        <v>1603.0</v>
+      </c>
+      <c r="U570" s="14" t="n">
+        <v>2223.0</v>
+      </c>
+      <c r="V570" s="14" t="n">
+        <v>3145.0</v>
+      </c>
+      <c r="W570" s="14" t="n">
+        <v>3898.0</v>
+      </c>
+      <c r="X570" s="14" t="n">
+        <v>4882.0</v>
+      </c>
+      <c r="Y570" s="14" t="n">
+        <v>6146.0</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
         </is>
       </c>
       <c r="B571" s="14" t="n">
-        <v>6.1410589E7</v>
+        <v>58271.0</v>
       </c>
       <c r="C571" s="14" t="n">
-        <v>5.6547166E7</v>
+        <v>66529.0</v>
       </c>
       <c r="D571" s="14" t="n">
-        <v>6.2157518E7</v>
+        <v>38587.0</v>
       </c>
       <c r="E571" s="14" t="n">
-        <v>6.0102432E7</v>
+        <v>33008.0</v>
       </c>
       <c r="F571" s="14" t="n">
-        <v>5.7295464E7</v>
+        <v>35799.0</v>
       </c>
       <c r="G571" s="14" t="n">
-        <v>5.5594773E7</v>
+        <v>37258.0</v>
+      </c>
+      <c r="H571" s="14" t="n">
+        <v>36098.0</v>
+      </c>
+      <c r="I571" s="14" t="n">
+        <v>36878.0</v>
+      </c>
+      <c r="J571" s="14" t="n">
+        <v>36590.0</v>
+      </c>
+      <c r="K571" s="14" t="n">
+        <v>35256.0</v>
+      </c>
+      <c r="L571" s="14" t="n">
+        <v>33054.0</v>
+      </c>
+      <c r="M571" s="14" t="n">
+        <v>30933.0</v>
+      </c>
+      <c r="N571" s="14" t="n">
+        <v>30441.0</v>
+      </c>
+      <c r="O571" s="14" t="n">
+        <v>32404.0</v>
+      </c>
+      <c r="P571" s="14" t="n">
+        <v>30674.0</v>
+      </c>
+      <c r="Q571" s="14" t="n">
+        <v>32839.0</v>
+      </c>
+      <c r="R571" s="14" t="n">
+        <v>29293.0</v>
+      </c>
+      <c r="S571" s="14" t="n">
+        <v>27333.0</v>
+      </c>
+      <c r="T571" s="14" t="n">
+        <v>26144.0</v>
+      </c>
+      <c r="U571" s="14" t="n">
+        <v>23844.0</v>
+      </c>
+      <c r="V571" s="14" t="n">
+        <v>21826.0</v>
+      </c>
+      <c r="W571" s="14" t="n">
+        <v>21243.0</v>
+      </c>
+      <c r="X571" s="14" t="n">
+        <v>20794.0</v>
+      </c>
+      <c r="Y571" s="14" t="n">
+        <v>20298.0</v>
       </c>
     </row>
     <row r="572">
-      <c r="A572" s="6" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G572" s="6"/>
+      <c r="A572" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+        </is>
+      </c>
+      <c r="B572" s="14" t="n">
+        <v>17176.0</v>
+      </c>
+      <c r="C572" s="14" t="n">
+        <v>15373.0</v>
+      </c>
+      <c r="D572" s="14" t="n">
+        <v>14319.0</v>
+      </c>
+      <c r="E572" s="14" t="n">
+        <v>12604.0</v>
+      </c>
+      <c r="F572" s="14" t="n">
+        <v>13833.0</v>
+      </c>
+      <c r="G572" s="14" t="n">
+        <v>13573.0</v>
+      </c>
+      <c r="H572" s="14" t="n">
+        <v>13536.0</v>
+      </c>
+      <c r="I572" s="14" t="n">
+        <v>13160.0</v>
+      </c>
+      <c r="J572" s="14" t="n">
+        <v>12604.0</v>
+      </c>
+      <c r="K572" s="14" t="n">
+        <v>12058.0</v>
+      </c>
+      <c r="L572" s="14" t="n">
+        <v>11740.0</v>
+      </c>
+      <c r="M572" s="14" t="n">
+        <v>11963.0</v>
+      </c>
+      <c r="N572" s="14" t="n">
+        <v>12859.0</v>
+      </c>
+      <c r="O572" s="14" t="n">
+        <v>13130.0</v>
+      </c>
+      <c r="P572" s="14" t="n">
+        <v>13794.0</v>
+      </c>
+      <c r="Q572" s="14" t="n">
+        <v>16932.0</v>
+      </c>
+      <c r="R572" s="14" t="n">
+        <v>16083.0</v>
+      </c>
+      <c r="S572" s="14" t="n">
+        <v>15183.0</v>
+      </c>
+      <c r="T572" s="14" t="n">
+        <v>14702.0</v>
+      </c>
+      <c r="U572" s="14" t="n">
+        <v>14454.0</v>
+      </c>
+      <c r="V572" s="14" t="n">
+        <v>14722.0</v>
+      </c>
+      <c r="W572" s="14" t="n">
+        <v>15400.0</v>
+      </c>
+      <c r="X572" s="14" t="n">
+        <v>16130.0</v>
+      </c>
+      <c r="Y572" s="14" t="n">
+        <v>16503.0</v>
+      </c>
     </row>
     <row r="573">
       <c r="A573" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
+          <t xml:space="preserve">    F. Construcción</t>
         </is>
       </c>
       <c r="B573" s="14" t="n">
-        <v>1.4293892E7</v>
+        <v>84623.0</v>
       </c>
       <c r="C573" s="14" t="n">
-        <v>1.3541411E7</v>
+        <v>80598.0</v>
       </c>
       <c r="D573" s="14" t="n">
-        <v>1.4635137E7</v>
+        <v>75471.0</v>
       </c>
       <c r="E573" s="14" t="n">
-        <v>1.4392336E7</v>
+        <v>74637.0</v>
       </c>
       <c r="F573" s="14" t="n">
-        <v>1.3764426E7</v>
+        <v>87232.0</v>
       </c>
       <c r="G573" s="14" t="n">
-        <v>1.3145216E7</v>
+        <v>79733.0</v>
+      </c>
+      <c r="H573" s="14" t="n">
+        <v>77846.0</v>
+      </c>
+      <c r="I573" s="14" t="n">
+        <v>73226.0</v>
+      </c>
+      <c r="J573" s="14" t="n">
+        <v>68976.0</v>
+      </c>
+      <c r="K573" s="14" t="n">
+        <v>66902.0</v>
+      </c>
+      <c r="L573" s="14" t="n">
+        <v>67993.0</v>
+      </c>
+      <c r="M573" s="14" t="n">
+        <v>80945.0</v>
+      </c>
+      <c r="N573" s="14" t="n">
+        <v>92603.0</v>
+      </c>
+      <c r="O573" s="14" t="n">
+        <v>114025.0</v>
+      </c>
+      <c r="P573" s="14" t="n">
+        <v>129303.0</v>
+      </c>
+      <c r="Q573" s="14" t="n">
+        <v>131756.0</v>
+      </c>
+      <c r="R573" s="14" t="n">
+        <v>125388.0</v>
+      </c>
+      <c r="S573" s="14" t="n">
+        <v>123338.0</v>
+      </c>
+      <c r="T573" s="14" t="n">
+        <v>109393.0</v>
+      </c>
+      <c r="U573" s="14" t="n">
+        <v>100032.0</v>
+      </c>
+      <c r="V573" s="14" t="n">
+        <v>92753.0</v>
+      </c>
+      <c r="W573" s="14" t="n">
+        <v>79919.0</v>
+      </c>
+      <c r="X573" s="14" t="n">
+        <v>71373.0</v>
+      </c>
+      <c r="Y573" s="14" t="n">
+        <v>65274.0</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    A. Agricultura, ganadería, silvicultura y pesca</t>
+          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
         </is>
       </c>
       <c r="B574" s="14" t="n">
-        <v>552661.0</v>
+        <v>332198.0</v>
       </c>
       <c r="C574" s="14" t="n">
-        <v>526934.0</v>
+        <v>310313.0</v>
       </c>
       <c r="D574" s="14" t="n">
-        <v>435167.0</v>
+        <v>275398.0</v>
       </c>
       <c r="E574" s="14" t="n">
-        <v>520404.0</v>
+        <v>240611.0</v>
       </c>
       <c r="F574" s="14" t="n">
-        <v>329459.0</v>
+        <v>301215.0</v>
       </c>
       <c r="G574" s="14" t="n">
-        <v>569857.0</v>
+        <v>294025.0</v>
+      </c>
+      <c r="H574" s="14" t="n">
+        <v>285205.0</v>
+      </c>
+      <c r="I574" s="14" t="n">
+        <v>278535.0</v>
+      </c>
+      <c r="J574" s="14" t="n">
+        <v>266620.0</v>
+      </c>
+      <c r="K574" s="14" t="n">
+        <v>249310.0</v>
+      </c>
+      <c r="L574" s="14" t="n">
+        <v>250260.0</v>
+      </c>
+      <c r="M574" s="14" t="n">
+        <v>255616.0</v>
+      </c>
+      <c r="N574" s="14" t="n">
+        <v>256776.0</v>
+      </c>
+      <c r="O574" s="14" t="n">
+        <v>254752.0</v>
+      </c>
+      <c r="P574" s="14" t="n">
+        <v>255055.0</v>
+      </c>
+      <c r="Q574" s="14" t="n">
+        <v>261108.0</v>
+      </c>
+      <c r="R574" s="14" t="n">
+        <v>244870.0</v>
+      </c>
+      <c r="S574" s="14" t="n">
+        <v>233112.0</v>
+      </c>
+      <c r="T574" s="14" t="n">
+        <v>221569.0</v>
+      </c>
+      <c r="U574" s="14" t="n">
+        <v>214245.0</v>
+      </c>
+      <c r="V574" s="14" t="n">
+        <v>207373.0</v>
+      </c>
+      <c r="W574" s="14" t="n">
+        <v>201838.0</v>
+      </c>
+      <c r="X574" s="14" t="n">
+        <v>194255.0</v>
+      </c>
+      <c r="Y574" s="14" t="n">
+        <v>183888.0</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    B_E. Industrias extractivas, industria manufacturera, suministro de energía eléctrica, gas, vapor y aire acondicionado, suministro de agua, actividades de saneamiento, gestión de residuos y descontaminación</t>
+          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
         </is>
       </c>
       <c r="B575" s="14" t="n">
-        <v>3213771.0</v>
+        <v>374883.0</v>
       </c>
       <c r="C575" s="14" t="n">
-        <v>3004600.0</v>
+        <v>332640.0</v>
       </c>
       <c r="D575" s="14" t="n">
-        <v>3208945.0</v>
+        <v>301490.0</v>
       </c>
       <c r="E575" s="14" t="n">
-        <v>3058575.0</v>
+        <v>286896.0</v>
       </c>
       <c r="F575" s="14" t="n">
-        <v>3078581.0</v>
+        <v>291745.0</v>
       </c>
       <c r="G575" s="14" t="n">
-        <v>2738057.0</v>
+        <v>286606.0</v>
+      </c>
+      <c r="H575" s="14" t="n">
+        <v>272652.0</v>
+      </c>
+      <c r="I575" s="14" t="n">
+        <v>264319.0</v>
+      </c>
+      <c r="J575" s="14" t="n">
+        <v>254434.0</v>
+      </c>
+      <c r="K575" s="14" t="n">
+        <v>245286.0</v>
+      </c>
+      <c r="L575" s="14" t="n">
+        <v>238122.0</v>
+      </c>
+      <c r="M575" s="14" t="n">
+        <v>232453.0</v>
+      </c>
+      <c r="N575" s="14" t="n">
+        <v>225195.0</v>
+      </c>
+      <c r="O575" s="14" t="n">
+        <v>213117.0</v>
+      </c>
+      <c r="P575" s="14" t="n">
+        <v>208196.0</v>
+      </c>
+      <c r="Q575" s="14" t="n">
+        <v>210993.0</v>
+      </c>
+      <c r="R575" s="14" t="n">
+        <v>191114.0</v>
+      </c>
+      <c r="S575" s="14" t="n">
+        <v>170852.0</v>
+      </c>
+      <c r="T575" s="14" t="n">
+        <v>152372.0</v>
+      </c>
+      <c r="U575" s="14" t="n">
+        <v>139056.0</v>
+      </c>
+      <c r="V575" s="14" t="n">
+        <v>130576.0</v>
+      </c>
+      <c r="W575" s="14" t="n">
+        <v>114702.0</v>
+      </c>
+      <c r="X575" s="14" t="n">
+        <v>100079.0</v>
+      </c>
+      <c r="Y575" s="14" t="n">
+        <v>87978.0</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    C. - De las cuales: Industria manufacturera</t>
+          <t xml:space="preserve">    O_U. Administración pública y defensa, seguridad social obligatoria, educación, actividades sanitarias y de servicios sociales, actividades artísticas, recreativas y de entretenimiento, reparación de artículos de uso doméstico y otros servicios</t>
         </is>
       </c>
       <c r="B576" s="14" t="n">
-        <v>2592996.0</v>
+        <v>847810.0</v>
       </c>
       <c r="C576" s="14" t="n">
-        <v>2468979.0</v>
+        <v>816826.0</v>
       </c>
       <c r="D576" s="14" t="n">
-        <v>2778463.0</v>
+        <v>791136.0</v>
       </c>
       <c r="E576" s="14" t="n">
-        <v>2690149.0</v>
+        <v>763286.0</v>
       </c>
       <c r="F576" s="14" t="n">
-        <v>2659337.0</v>
+        <v>772918.0</v>
       </c>
       <c r="G576" s="14" t="n">
-        <v>2245800.0</v>
+        <v>744165.0</v>
+      </c>
+      <c r="H576" s="14" t="n">
+        <v>718788.0</v>
+      </c>
+      <c r="I576" s="14" t="n">
+        <v>727529.0</v>
+      </c>
+      <c r="J576" s="14" t="n">
+        <v>714768.0</v>
+      </c>
+      <c r="K576" s="14" t="n">
+        <v>692066.0</v>
+      </c>
+      <c r="L576" s="14" t="n">
+        <v>691274.0</v>
+      </c>
+      <c r="M576" s="14" t="n">
+        <v>670549.0</v>
+      </c>
+      <c r="N576" s="14" t="n">
+        <v>713542.0</v>
+      </c>
+      <c r="O576" s="14" t="n">
+        <v>694724.0</v>
+      </c>
+      <c r="P576" s="14" t="n">
+        <v>693419.0</v>
+      </c>
+      <c r="Q576" s="14" t="n">
+        <v>662558.0</v>
+      </c>
+      <c r="R576" s="14" t="n">
+        <v>634093.0</v>
+      </c>
+      <c r="S576" s="14" t="n">
+        <v>600769.0</v>
+      </c>
+      <c r="T576" s="14" t="n">
+        <v>571038.0</v>
+      </c>
+      <c r="U576" s="14" t="n">
+        <v>541424.0</v>
+      </c>
+      <c r="V576" s="14" t="n">
+        <v>506641.0</v>
+      </c>
+      <c r="W576" s="14" t="n">
+        <v>482326.0</v>
+      </c>
+      <c r="X576" s="14" t="n">
+        <v>474240.0</v>
+      </c>
+      <c r="Y576" s="14" t="n">
+        <v>468424.0</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    F. Construcción</t>
+          <t xml:space="preserve">    Valor añadido bruto total</t>
         </is>
       </c>
       <c r="B577" s="14" t="n">
-        <v>656713.0</v>
+        <v>1699030.0</v>
       </c>
       <c r="C577" s="14" t="n">
-        <v>709282.0</v>
+        <v>1607763.0</v>
       </c>
       <c r="D577" s="14" t="n">
-        <v>721013.0</v>
+        <v>1482767.0</v>
       </c>
       <c r="E577" s="14" t="n">
-        <v>629624.0</v>
+        <v>1399124.0</v>
       </c>
       <c r="F577" s="14" t="n">
-        <v>585631.0</v>
+        <v>1489467.0</v>
       </c>
       <c r="G577" s="14" t="n">
-        <v>551553.0</v>
+        <v>1442276.0</v>
+      </c>
+      <c r="H577" s="14" t="n">
+        <v>1391211.0</v>
+      </c>
+      <c r="I577" s="14" t="n">
+        <v>1381172.0</v>
+      </c>
+      <c r="J577" s="14" t="n">
+        <v>1342042.0</v>
+      </c>
+      <c r="K577" s="14" t="n">
+        <v>1289452.0</v>
+      </c>
+      <c r="L577" s="14" t="n">
+        <v>1281315.0</v>
+      </c>
+      <c r="M577" s="14" t="n">
+        <v>1271082.0</v>
+      </c>
+      <c r="N577" s="14" t="n">
+        <v>1319161.0</v>
+      </c>
+      <c r="O577" s="14" t="n">
+        <v>1309629.0</v>
+      </c>
+      <c r="P577" s="14" t="n">
+        <v>1317298.0</v>
+      </c>
+      <c r="Q577" s="14" t="n">
+        <v>1299974.0</v>
+      </c>
+      <c r="R577" s="14" t="n">
+        <v>1225691.0</v>
+      </c>
+      <c r="S577" s="14" t="n">
+        <v>1156547.0</v>
+      </c>
+      <c r="T577" s="14" t="n">
+        <v>1082119.0</v>
+      </c>
+      <c r="U577" s="14" t="n">
+        <v>1020824.0</v>
+      </c>
+      <c r="V577" s="14" t="n">
+        <v>962314.0</v>
+      </c>
+      <c r="W577" s="14" t="n">
+        <v>903926.0</v>
+      </c>
+      <c r="X577" s="14" t="n">
+        <v>865623.0</v>
+      </c>
+      <c r="Y577" s="14" t="n">
+        <v>832008.0</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    G_J. Comercio al por mayor y al por menor, reparación de vehículos de motor y motocicletas, transporte y almacenamiento, hostelería, información y comunicaciones</t>
+          <t xml:space="preserve">    Impuestos netos sobre los productos</t>
         </is>
       </c>
       <c r="B578" s="14" t="n">
-        <v>2448567.0</v>
+        <v>54636.0</v>
       </c>
       <c r="C578" s="14" t="n">
-        <v>2170702.0</v>
+        <v>48208.0</v>
       </c>
       <c r="D578" s="14" t="n">
-        <v>2675110.0</v>
+        <v>51624.0</v>
       </c>
       <c r="E578" s="14" t="n">
-        <v>2685041.0</v>
+        <v>52907.0</v>
       </c>
       <c r="F578" s="14" t="n">
-        <v>2637084.0</v>
+        <v>70634.0</v>
       </c>
       <c r="G578" s="14" t="n">
-        <v>2478989.0</v>
+        <v>68628.0</v>
+      </c>
+      <c r="H578" s="14" t="n">
+        <v>75399.0</v>
+      </c>
+      <c r="I578" s="14" t="n">
+        <v>71580.0</v>
+      </c>
+      <c r="J578" s="14" t="n">
+        <v>65563.0</v>
+      </c>
+      <c r="K578" s="14" t="n">
+        <v>61121.0</v>
+      </c>
+      <c r="L578" s="14" t="n">
+        <v>58182.0</v>
+      </c>
+      <c r="M578" s="14" t="n">
+        <v>54821.0</v>
+      </c>
+      <c r="N578" s="14" t="n">
+        <v>55328.0</v>
+      </c>
+      <c r="O578" s="14" t="n">
+        <v>57771.0</v>
+      </c>
+      <c r="P578" s="14" t="n">
+        <v>44572.0</v>
+      </c>
+      <c r="Q578" s="14" t="n">
+        <v>57598.0</v>
+      </c>
+      <c r="R578" s="14" t="n">
+        <v>70434.0</v>
+      </c>
+      <c r="S578" s="14" t="n">
+        <v>70546.0</v>
+      </c>
+      <c r="T578" s="14" t="n">
+        <v>62863.0</v>
+      </c>
+      <c r="U578" s="14" t="n">
+        <v>55654.0</v>
+      </c>
+      <c r="V578" s="14" t="n">
+        <v>49251.0</v>
+      </c>
+      <c r="W578" s="14" t="n">
+        <v>43882.0</v>
+      </c>
+      <c r="X578" s="14" t="n">
+        <v>40978.0</v>
+      </c>
+      <c r="Y578" s="14" t="n">
+        <v>38986.0</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    K_N. Actividades financieras y de seguros, actividades inmobiliarias, actividades profesionales, científicas y técnicas, actividades administrativas y servicios auxiliares</t>
+          <t xml:space="preserve">    PRODUCTO INTERIOR BRUTO A PRECIOS DE MERCADO</t>
         </is>
       </c>
       <c r="B579" s="14" t="n">
-        <v>2781737.0</v>
+        <v>1753666.0</v>
       </c>
       <c r="C579" s="14" t="n">
-        <v>2670005.0</v>
+        <v>1655971.0</v>
       </c>
       <c r="D579" s="14" t="n">
-        <v>2748889.0</v>
+        <v>1534391.0</v>
       </c>
       <c r="E579" s="14" t="n">
-        <v>2645142.0</v>
+        <v>1452031.0</v>
       </c>
       <c r="F579" s="14" t="n">
-        <v>2539495.0</v>
+        <v>1560101.0</v>
       </c>
       <c r="G579" s="14" t="n">
-        <v>2425657.0</v>
-[...49 lines deleted...]
-        <v>1.1930465E7</v>
+        <v>1510904.0</v>
+      </c>
+      <c r="H579" s="14" t="n">
+        <v>1466610.0</v>
+      </c>
+      <c r="I579" s="14" t="n">
+        <v>1452752.0</v>
+      </c>
+      <c r="J579" s="14" t="n">
+        <v>1407605.0</v>
+      </c>
+      <c r="K579" s="14" t="n">
+        <v>1350573.0</v>
+      </c>
+      <c r="L579" s="14" t="n">
+        <v>1339497.0</v>
+      </c>
+      <c r="M579" s="14" t="n">
+        <v>1325903.0</v>
+      </c>
+      <c r="N579" s="14" t="n">
+        <v>1374489.0</v>
+      </c>
+      <c r="O579" s="14" t="n">
+        <v>1367400.0</v>
+      </c>
+      <c r="P579" s="14" t="n">
+        <v>1361870.0</v>
+      </c>
+      <c r="Q579" s="14" t="n">
+        <v>1357572.0</v>
+      </c>
+      <c r="R579" s="14" t="n">
+        <v>1296125.0</v>
+      </c>
+      <c r="S579" s="14" t="n">
+        <v>1227093.0</v>
+      </c>
+      <c r="T579" s="14" t="n">
+        <v>1144982.0</v>
+      </c>
+      <c r="U579" s="14" t="n">
+        <v>1076478.0</v>
+      </c>
+      <c r="V579" s="14" t="n">
+        <v>1011565.0</v>
+      </c>
+      <c r="W579" s="14" t="n">
+        <v>947808.0</v>
+      </c>
+      <c r="X579" s="14" t="n">
+        <v>906601.0</v>
+      </c>
+      <c r="Y579" s="14" t="n">
+        <v>870994.0</v>
       </c>
     </row>
     <row r="582">
-      <c r="A582" s="7" t="inlineStr">
-[...20 lines deleted...]
-        <v>1214751.0</v>
+      <c r="A582" s="5" t="inlineStr">
+        <is>
+          <t>Notas:</t>
+        </is>
       </c>
     </row>
     <row r="583">
-      <c r="A583" s="7" t="inlineStr">
-[...34 lines deleted...]
-      <c r="G584" s="6"/>
+      <c r="A583" t="inlineStr">
+        <is>
+          <t>1) (P) Estimación provisional</t>
+        </is>
+      </c>
     </row>
     <row r="585">
-      <c r="A585" s="7" t="inlineStr">
-[...20 lines deleted...]
-        <v>3494091.0</v>
+      <c r="A585" s="5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Fuente: </t>
+        </is>
       </c>
     </row>
     <row r="586">
-      <c r="A586" s="7" t="inlineStr">
-[...1134 lines deleted...]
-      <c r="A638" t="inlineStr">
+      <c r="A586" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="58">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:G8"/>
-[...50 lines deleted...]
-    <mergeCell ref="A620:G620"/>
+    <mergeCell ref="A8:Y8"/>
+    <mergeCell ref="A19:Y19"/>
+    <mergeCell ref="A30:Y30"/>
+    <mergeCell ref="A41:Y41"/>
+    <mergeCell ref="A52:Y52"/>
+    <mergeCell ref="A63:Y63"/>
+    <mergeCell ref="A74:Y74"/>
+    <mergeCell ref="A85:Y85"/>
+    <mergeCell ref="A96:Y96"/>
+    <mergeCell ref="A107:Y107"/>
+    <mergeCell ref="A118:Y118"/>
+    <mergeCell ref="A129:Y129"/>
+    <mergeCell ref="A140:Y140"/>
+    <mergeCell ref="A151:Y151"/>
+    <mergeCell ref="A162:Y162"/>
+    <mergeCell ref="A173:Y173"/>
+    <mergeCell ref="A184:Y184"/>
+    <mergeCell ref="A195:Y195"/>
+    <mergeCell ref="A206:Y206"/>
+    <mergeCell ref="A217:Y217"/>
+    <mergeCell ref="A228:Y228"/>
+    <mergeCell ref="A239:Y239"/>
+    <mergeCell ref="A250:Y250"/>
+    <mergeCell ref="A261:Y261"/>
+    <mergeCell ref="A272:Y272"/>
+    <mergeCell ref="A283:Y283"/>
+    <mergeCell ref="A294:Y294"/>
+    <mergeCell ref="A305:Y305"/>
+    <mergeCell ref="A316:Y316"/>
+    <mergeCell ref="A327:Y327"/>
+    <mergeCell ref="A338:Y338"/>
+    <mergeCell ref="A349:Y349"/>
+    <mergeCell ref="A360:Y360"/>
+    <mergeCell ref="A371:Y371"/>
+    <mergeCell ref="A382:Y382"/>
+    <mergeCell ref="A393:Y393"/>
+    <mergeCell ref="A404:Y404"/>
+    <mergeCell ref="A415:Y415"/>
+    <mergeCell ref="A426:Y426"/>
+    <mergeCell ref="A437:Y437"/>
+    <mergeCell ref="A448:Y448"/>
+    <mergeCell ref="A459:Y459"/>
+    <mergeCell ref="A470:Y470"/>
+    <mergeCell ref="A481:Y481"/>
+    <mergeCell ref="A492:Y492"/>
+    <mergeCell ref="A503:Y503"/>
+    <mergeCell ref="A514:Y514"/>
+    <mergeCell ref="A525:Y525"/>
+    <mergeCell ref="A536:Y536"/>
+    <mergeCell ref="A547:Y547"/>
+    <mergeCell ref="A558:Y558"/>
+    <mergeCell ref="A569:Y569"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>