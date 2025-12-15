--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-67294" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67298" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
@@ -263,68 +263,68 @@
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K336"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Resultados por comunidades y ciudades autónomas</t>
+          <t>Cuentas nacionales. Principales agregados del PIB</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Gasto en consumo final de los hogares. Serie 2014-2020</t>
+          <t>Contabilidad Regional de España</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>