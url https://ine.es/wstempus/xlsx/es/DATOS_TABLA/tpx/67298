--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K336"/>
+  <dimension ref="A1:K356"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cuentas nacionales. Principales agregados del PIB</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -370,8826 +370,9386 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2022 (P)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D7" s="6" t="inlineStr">
         <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="E7" s="6" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="F7" s="6" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="G7" s="6" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="H7" s="6" t="inlineStr">
+        <is>
           <t>2016</t>
-        </is>
-[...18 lines deleted...]
-          <t>2020</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>Total Nacional</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1.420608E7</v>
+        <v>1.03735E8</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>1.4308503E7</v>
+        <v>9.7523E7</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>1.4674263E7</v>
+        <v>9.8428E7</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>1.4895726E7</v>
+        <v>9.2472E7</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>1.5459612E7</v>
+        <v>9.0779E7</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>1.583739E7</v>
+        <v>8.7103E7</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>1.6747907E7</v>
+        <v>8.6024E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>4549248.0</v>
+        <v>3.1304E7</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>4532754.0</v>
+        <v>2.9635E7</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>4784412.0</v>
+        <v>2.9392E7</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>4855162.0</v>
+        <v>2.8445E7</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>4863864.0</v>
+        <v>2.8179E7</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>4914942.0</v>
+        <v>2.8025E7</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>5170880.0</v>
+        <v>2.7915E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>4618481.0</v>
+        <v>2.7101E7</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>4736635.0</v>
+        <v>2.3649E7</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>5156437.0</v>
+        <v>1.9964E7</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>5405786.0</v>
+        <v>2.9459E7</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>5374730.0</v>
+        <v>2.9439E7</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>5385920.0</v>
+        <v>3.0319E7</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>3624517.0</v>
+        <v>2.9912E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>2.2792542E7</v>
+        <v>1.82175E8</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>2.2734704E7</v>
+        <v>1.73024E8</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>2.2942171E7</v>
+        <v>1.64523E8</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>2.3420453E7</v>
+        <v>1.67101E8</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>2.4023594E7</v>
+        <v>1.6354E8</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>2.4554315E7</v>
+        <v>1.59305E8</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>2.4002547E7</v>
+        <v>1.55185E8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>4580518.0</v>
+        <v>3.4416E7</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>4893024.0</v>
+        <v>3.2496E7</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>5377414.0</v>
+        <v>2.7978E7</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>5625807.0</v>
+        <v>3.2197E7</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>5662582.0</v>
+        <v>3.2638E7</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>5657803.0</v>
+        <v>3.2282E7</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>4810757.0</v>
+        <v>3.0995E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>4009036.0</v>
+        <v>3.3513E7</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>4067241.0</v>
+        <v>3.2389E7</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>4118416.0</v>
+        <v>3.1561E7</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>4460370.0</v>
+        <v>3.3024E7</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>4789894.0</v>
+        <v>3.1679E7</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>4916105.0</v>
+        <v>3.0012E7</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>4717156.0</v>
+        <v>2.7822E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>1.1688205E7</v>
+        <v>9.5478E7</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>1.2535364E7</v>
+        <v>8.0834E7</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>1.3137865E7</v>
+        <v>6.6355E7</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>1.4794238E7</v>
+        <v>9.3219E7</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>1.5490714E7</v>
+        <v>9.374E7</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>1.5481997E7</v>
+        <v>8.9658E7</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>1.0900842E7</v>
+        <v>8.0934E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>2517322.0</v>
+        <v>2.5134E7</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>2541238.0</v>
+        <v>2.3519E7</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>2812395.0</v>
+        <v>2.2191E7</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>2948024.0</v>
+        <v>2.2592E7</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>3062240.0</v>
+        <v>2.2861E7</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>3009905.0</v>
+        <v>2.2054E7</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>2847934.0</v>
+        <v>2.1215E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>6104937.0</v>
+        <v>5.757E7</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>6542449.0</v>
+        <v>4.0405E7</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>7022997.0</v>
+        <v>3.0705E7</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>7449790.0</v>
+        <v>5.1964E7</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>7754375.0</v>
+        <v>5.0182E7</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>7967073.0</v>
+        <v>4.8616E7</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>5143206.0</v>
+        <v>4.5451E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>1675498.0</v>
+        <v>9786000.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>1643142.0</v>
+        <v>9645000.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>1688191.0</v>
+        <v>1.0797E7</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>1715108.0</v>
+        <v>1.1133E7</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>1733443.0</v>
+        <v>1.0994E7</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>1751569.0</v>
+        <v>1.086E7</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>1679055.0</v>
+        <v>1.068E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>1.415023E7</v>
+        <v>1.17662E8</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>1.4292579E7</v>
+        <v>8.2494E7</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>1.5684576E7</v>
+        <v>5.8721E7</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>1.7409651E7</v>
+        <v>1.10603E8</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>1.7854459E7</v>
+        <v>1.07105E8</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>1.8389782E7</v>
+        <v>1.04968E8</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>9961248.0</v>
+        <v>9.609E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>8634136.0</v>
+        <v>4.1506E7</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>8861477.0</v>
+        <v>3.4558E7</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>9681629.0</v>
+        <v>3.5784E7</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>1.0184503E7</v>
+        <v>3.4602E7</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>1.0748265E7</v>
+        <v>3.3037E7</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>1.0926652E7</v>
+        <v>2.9835E7</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>9801977.0</v>
+        <v>2.8305E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>9.9526233E7</v>
+        <v>4.0927E7</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>1.0168911E8</v>
+        <v>3.5706E7</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>1.07080766E8</v>
+        <v>3.2161E7</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>1.13164618E8</v>
+        <v>3.8265E7</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>1.16817772E8</v>
+        <v>3.7565E7</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>1.18793453E8</v>
+        <v>3.6719E7</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>9.9408026E7</v>
+        <v>3.4991E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>9.2336507E7</v>
+        <v>8.00307E8</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>9.3392149E7</v>
+        <v>6.95877E8</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>9.7965217E7</v>
+        <v>6.2856E8</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>1.0291857E8</v>
+        <v>7.45076E8</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>1.0663237E8</v>
+        <v>7.31738E8</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>1.08466558E8</v>
+        <v>7.09756E8</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>9.6201784E7</v>
+        <v>6.75519E8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+        </is>
+      </c>
+      <c r="B23" s="14" t="n">
+        <v>7.59001E8</v>
+      </c>
+      <c r="C23" s="14" t="n">
+        <v>6.79588E8</v>
+      </c>
+      <c r="D23" s="14" t="n">
+        <v>6.20683E8</v>
+      </c>
+      <c r="E23" s="14" t="n">
+        <v>7.06458E8</v>
+      </c>
+      <c r="F23" s="14" t="n">
+        <v>6.92652E8</v>
+      </c>
+      <c r="G23" s="14" t="n">
+        <v>6.70455E8</v>
+      </c>
+      <c r="H23" s="14" t="n">
+        <v>6.40052E8</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="7" t="inlineStr">
+        <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
-      <c r="B23" s="14" t="n">
-[...33 lines deleted...]
-      <c r="H24" s="6"/>
+      <c r="B24" s="14" t="n">
+        <v>9.39647E8</v>
+      </c>
+      <c r="C24" s="14" t="n">
+        <v>8.50832E8</v>
+      </c>
+      <c r="D24" s="14" t="n">
+        <v>7.812E8</v>
+      </c>
+      <c r="E24" s="14" t="n">
+        <v>8.58434E8</v>
+      </c>
+      <c r="F24" s="14" t="n">
+        <v>8.3603E8</v>
+      </c>
+      <c r="G24" s="14" t="n">
+        <v>8.08965E8</v>
+      </c>
+      <c r="H24" s="14" t="n">
+        <v>7.75073E8</v>
+      </c>
     </row>
     <row r="25">
-      <c r="A25" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A25" s="6" t="inlineStr">
+        <is>
+          <t>01 Andalucía</t>
+        </is>
+      </c>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="6"/>
+      <c r="H25" s="6"/>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>723973.0</v>
+        <v>1.7878571E7</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>726202.0</v>
+        <v>1.6747038E7</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>755281.0</v>
+        <v>1.6729772E7</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>762526.0</v>
+        <v>1.5817158E7</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>766933.0</v>
+        <v>1.5442791E7</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>787232.0</v>
+        <v>1.4880229E7</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>821650.0</v>
+        <v>1.4654495E7</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>736851.0</v>
+        <v>5678967.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>749621.0</v>
+        <v>5261532.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>810043.0</v>
+        <v>5145987.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>794541.0</v>
+        <v>4895969.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>753296.0</v>
+        <v>4846247.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>744094.0</v>
+        <v>4838796.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>551781.0</v>
+        <v>4788570.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>4624991.0</v>
+        <v>4463515.0</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>4569680.0</v>
+        <v>3958131.0</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>4547944.0</v>
+        <v>3515721.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>4621208.0</v>
+        <v>5218940.0</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>4718940.0</v>
+        <v>5218452.0</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>4796180.0</v>
+        <v>5267082.0</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>4712240.0</v>
+        <v>5033821.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>797540.0</v>
+        <v>2.7726808E7</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>828770.0</v>
+        <v>2.6245114E7</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>880756.0</v>
+        <v>2.4905587E7</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>899262.0</v>
+        <v>2.5487714E7</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>905231.0</v>
+        <v>2.5031866E7</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>885746.0</v>
+        <v>2.4309358E7</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>829195.0</v>
+        <v>2.3705528E7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>787775.0</v>
+        <v>5647266.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>813190.0</v>
+        <v>5309358.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>807389.0</v>
+        <v>4586812.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>813791.0</v>
+        <v>5415410.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>853338.0</v>
+        <v>5420989.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>870976.0</v>
+        <v>5371186.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>835871.0</v>
+        <v>5137364.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>1952388.0</v>
+        <v>5370866.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>1969228.0</v>
+        <v>5091318.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>1919431.0</v>
+        <v>5048840.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>2058548.0</v>
+        <v>5232289.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>2147876.0</v>
+        <v>5082538.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>2117163.0</v>
+        <v>4741943.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>1586824.0</v>
+        <v>4384408.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>455878.0</v>
+        <v>1.6146266E7</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>454194.0</v>
+        <v>1.3818932E7</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>477937.0</v>
+        <v>1.1365756E7</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>501945.0</v>
+        <v>1.6106507E7</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>526743.0</v>
+        <v>1.611185E7</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>521316.0</v>
+        <v>1.5357706E7</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>510889.0</v>
+        <v>1.367615E7</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>1109416.0</v>
+        <v>3982843.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>1163472.0</v>
+        <v>3747010.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>1238858.0</v>
+        <v>3517870.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>1276648.0</v>
+        <v>3589827.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>1330527.0</v>
+        <v>3659302.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>1373183.0</v>
+        <v>3545908.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>926426.0</v>
+        <v>3434828.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>266809.0</v>
+        <v>8656489.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>262885.0</v>
+        <v>6154153.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>270374.0</v>
+        <v>4574450.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>274477.0</v>
+        <v>7412283.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>277428.0</v>
+        <v>7230642.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>281449.0</v>
+        <v>7009161.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>271966.0</v>
+        <v>6655003.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>2402302.0</v>
+        <v>1474268.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>2577436.0</v>
+        <v>1451074.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>2555385.0</v>
+        <v>1625795.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>2641806.0</v>
+        <v>1692772.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>2664741.0</v>
+        <v>1677457.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>2800124.0</v>
+        <v>1662310.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>1698637.0</v>
+        <v>1639180.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>1930919.0</v>
+        <v>2.1513044E7</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>1951851.0</v>
+        <v>1.5199616E7</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>2069483.0</v>
+        <v>9951007.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>2135918.0</v>
+        <v>1.8381912E7</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>2216515.0</v>
+        <v>1.7860176E7</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>2211785.0</v>
+        <v>1.7406257E7</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>2091259.0</v>
+        <v>1.5701106E7</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>1.8226455E7</v>
+        <v>5729256.0</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>1.8549506E7</v>
+        <v>4579475.0</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>1.8879532E7</v>
+        <v>4720258.0</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>1.9330882E7</v>
+        <v>4636558.0</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>1.982616E7</v>
+        <v>4451865.0</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>2.0112323E7</v>
+        <v>3993157.0</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>1.7809054E7</v>
+        <v>3813825.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>1.8044286E7</v>
+        <v>6374813.0</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>1.8518375E7</v>
+        <v>5582732.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>1.859099E7</v>
+        <v>4996258.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>1.9176169E7</v>
+        <v>6160058.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>1.9691443E7</v>
+        <v>6072421.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>2.0235018E7</v>
+        <v>5987702.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>1.7680061E7</v>
+        <v>5701828.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>2.1833322E7</v>
+        <v>1.30642972E8</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>2.2447699E7</v>
+        <v>1.13145483E8</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>2.2685213E7</v>
+        <v>1.00684113E8</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>2.3393576E7</v>
+        <v>1.20047397E8</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>2.403711E7</v>
+        <v>1.18106596E8</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>2.4798265E7</v>
+        <v>1.14370795E8</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>2.2451513E7</v>
+        <v>1.08326106E8</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H40" s="6"/>
+      <c r="A40" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+        </is>
+      </c>
+      <c r="B40" s="14" t="n">
+        <v>1.20508393E8</v>
+      </c>
+      <c r="C40" s="14" t="n">
+        <v>1.07537124E8</v>
+      </c>
+      <c r="D40" s="14" t="n">
+        <v>9.7382799E7</v>
+      </c>
+      <c r="E40" s="14" t="n">
+        <v>1.09480737E8</v>
+      </c>
+      <c r="F40" s="14" t="n">
+        <v>1.07674262E8</v>
+      </c>
+      <c r="G40" s="14" t="n">
+        <v>1.0390883E8</v>
+      </c>
+      <c r="H40" s="14" t="n">
+        <v>9.9054753E7</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>1989949.0</v>
+        <v>1.50611725E8</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>2045529.0</v>
+        <v>1.36039186E8</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>2000104.0</v>
+        <v>1.23763381E8</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>2010431.0</v>
+        <v>1.34524689E8</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>2094692.0</v>
+        <v>1.31540104E8</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>2132176.0</v>
+        <v>1.27034345E8</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>2300575.0</v>
+        <v>1.21745945E8</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A42" s="6" t="inlineStr">
+        <is>
+          <t>02 Aragón</t>
+        </is>
+      </c>
+      <c r="B42" s="6"/>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>635689.0</v>
+        <v>3094945.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>681830.0</v>
+        <v>2913531.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>704302.0</v>
+        <v>2970567.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>692629.0</v>
+        <v>2729385.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>663003.0</v>
+        <v>2670150.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>666093.0</v>
+        <v>2555001.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>458128.0</v>
+        <v>2549335.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>3702274.0</v>
+        <v>831588.0</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>3632835.0</v>
+        <v>802878.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>3599384.0</v>
+        <v>815674.0</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>3666580.0</v>
+        <v>779123.0</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>3699126.0</v>
+        <v>759803.0</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>3738612.0</v>
+        <v>755845.0</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>3639492.0</v>
+        <v>745733.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>631949.0</v>
+        <v>681562.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>669922.0</v>
+        <v>629243.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>684220.0</v>
+        <v>537030.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>703205.0</v>
+        <v>734217.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>690034.0</v>
+        <v>740551.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>672763.0</v>
+        <v>782471.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>609637.0</v>
+        <v>797027.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>586828.0</v>
+        <v>4807853.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>588273.0</v>
+        <v>4574784.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>649297.0</v>
+        <v>4373564.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>644460.0</v>
+        <v>4407078.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>658417.0</v>
+        <v>4322090.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>681027.0</v>
+        <v>4208050.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>650366.0</v>
+        <v>4135751.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>1609772.0</v>
+        <v>947890.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>1651926.0</v>
+        <v>920088.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>1589426.0</v>
+        <v>796026.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>1702527.0</v>
+        <v>852931.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>1742512.0</v>
+        <v>869079.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>1673810.0</v>
+        <v>861776.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>1241120.0</v>
+        <v>843657.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>363148.0</v>
+        <v>989078.0</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>374954.0</v>
+        <v>950035.0</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>413765.0</v>
+        <v>904403.0</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>431383.0</v>
+        <v>936743.0</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>442247.0</v>
+        <v>914933.0</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>428255.0</v>
+        <v>873184.0</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>412226.0</v>
+        <v>857510.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>946709.0</v>
+        <v>2388512.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>1033022.0</v>
+        <v>2037624.0</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>1081204.0</v>
+        <v>1712917.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>1094767.0</v>
+        <v>2321792.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>1081414.0</v>
+        <v>2355508.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>1063538.0</v>
+        <v>2255100.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>684521.0</v>
+        <v>2083796.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>167278.0</v>
+        <v>701727.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>164029.0</v>
+        <v>663797.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>168603.0</v>
+        <v>630186.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>170787.0</v>
+        <v>626801.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>170637.0</v>
+        <v>633053.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>169905.0</v>
+        <v>605728.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>160220.0</v>
+        <v>586666.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>1729836.0</v>
+        <v>1450346.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>1955913.0</v>
+        <v>1061069.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>1920194.0</v>
+        <v>808768.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>2064594.0</v>
+        <v>1264330.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>2071187.0</v>
+        <v>1215337.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>2200119.0</v>
+        <v>1152268.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>1255419.0</v>
+        <v>1112635.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>1199699.0</v>
+        <v>241480.0</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>1261120.0</v>
+        <v>236483.0</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>1281880.0</v>
+        <v>263441.0</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>1328554.0</v>
+        <v>271864.0</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>1357291.0</v>
+        <v>268490.0</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>1351967.0</v>
+        <v>266130.0</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>1258821.0</v>
+        <v>262627.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>1.4228336E7</v>
+        <v>2974002.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>1.4733061E7</v>
+        <v>2179672.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>1.4802818E7</v>
+        <v>1707947.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>1.5196927E7</v>
+        <v>2865755.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>1.5349879E7</v>
+        <v>2718277.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>1.544676E7</v>
+        <v>2683360.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>1.340779E7</v>
+        <v>2592068.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>1.4179547E7</v>
+        <v>1122815.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>1.4420717E7</v>
+        <v>921424.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>1.4678107E7</v>
+        <v>1002443.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>1.5115777E7</v>
+        <v>946877.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>1.5375979E7</v>
+        <v>952989.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>1.5223413E7</v>
+        <v>908759.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>1.3250938E7</v>
+        <v>883346.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>1.7194667E7</v>
+        <v>1257561.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>1.7554235E7</v>
+        <v>1117259.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>1.7859651E7</v>
+        <v>1039574.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>1.836541E7</v>
+        <v>1215066.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>1.8694316E7</v>
+        <v>1199686.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>1.8668414E7</v>
+        <v>1166731.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>1.6879116E7</v>
+        <v>1123316.0</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H56" s="6"/>
+      <c r="A56" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+        </is>
+      </c>
+      <c r="B56" s="14" t="n">
+        <v>2.1489359E7</v>
+      </c>
+      <c r="C56" s="14" t="n">
+        <v>1.9007887E7</v>
+      </c>
+      <c r="D56" s="14" t="n">
+        <v>1.756254E7</v>
+      </c>
+      <c r="E56" s="14" t="n">
+        <v>1.9951962E7</v>
+      </c>
+      <c r="F56" s="14" t="n">
+        <v>1.9619946E7</v>
+      </c>
+      <c r="G56" s="14" t="n">
+        <v>1.9074403E7</v>
+      </c>
+      <c r="H56" s="14" t="n">
+        <v>1.8573467E7</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>2297564.0</v>
+        <v>2.1177033E7</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>2326487.0</v>
+        <v>1.8917406E7</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>2367729.0</v>
+        <v>1.7404052E7</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>2491321.0</v>
+        <v>1.9951973E7</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>2550025.0</v>
+        <v>1.9387798E7</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>2642801.0</v>
+        <v>1.8834349E7</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>2574036.0</v>
+        <v>1.8217435E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>930011.0</v>
+        <v>2.640699E7</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>952269.0</v>
+        <v>2.3903666E7</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>1031710.0</v>
+        <v>2.2166209E7</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>1029033.0</v>
+        <v>2.4515452E7</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>1031567.0</v>
+        <v>2.3732812E7</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>1025226.0</v>
+        <v>2.3056124E7</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>848782.0</v>
+        <v>2.2321348E7</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A59" s="6" t="inlineStr">
+        <is>
+          <t>03 Asturias, Principado de</t>
+        </is>
+      </c>
+      <c r="B59" s="6"/>
+      <c r="C59" s="6"/>
+      <c r="D59" s="6"/>
+      <c r="E59" s="6"/>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6"/>
+      <c r="H59" s="6"/>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>4733874.0</v>
+        <v>2378788.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>4732425.0</v>
+        <v>2267525.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>4826227.0</v>
+        <v>2299070.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>5006418.0</v>
+        <v>2134605.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>5194781.0</v>
+        <v>2097451.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>5350257.0</v>
+        <v>2013128.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>5164085.0</v>
+        <v>2001032.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>944668.0</v>
+        <v>743006.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>966337.0</v>
+        <v>728398.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>1053722.0</v>
+        <v>732560.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>1139538.0</v>
+        <v>661120.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>1093431.0</v>
+        <v>672223.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>1071546.0</v>
+        <v>679934.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>802056.0</v>
+        <v>703518.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>714423.0</v>
+        <v>579747.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>736860.0</v>
+        <v>530359.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>758451.0</v>
+        <v>443925.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>806187.0</v>
+        <v>647492.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>857914.0</v>
+        <v>645718.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>742887.0</v>
+        <v>676925.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>687799.0</v>
+        <v>687797.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>2987799.0</v>
+        <v>4131098.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>3092256.0</v>
+        <v>3942229.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>3336951.0</v>
+        <v>3770464.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>3733809.0</v>
+        <v>3872765.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>3880400.0</v>
+        <v>3833343.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>3899592.0</v>
+        <v>3778190.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>1929779.0</v>
+        <v>3684994.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>510442.0</v>
+        <v>683168.0</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>526476.0</v>
+        <v>672108.0</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>563893.0</v>
+        <v>580504.0</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>605572.0</v>
+        <v>640538.0</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>618980.0</v>
+        <v>656041.0</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>622502.0</v>
+        <v>666002.0</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>519135.0</v>
+        <v>648432.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>1690630.0</v>
+        <v>774009.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>1767105.0</v>
+        <v>717642.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>1898958.0</v>
+        <v>702911.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>2058181.0</v>
+        <v>731409.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>2085290.0</v>
+        <v>707822.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>2202342.0</v>
+        <v>692210.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>1074109.0</v>
+        <v>689883.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>194104.0</v>
+        <v>1868511.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>193201.0</v>
+        <v>1586797.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>203183.0</v>
+        <v>1327358.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>210544.0</v>
+        <v>1815248.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>216944.0</v>
+        <v>1889947.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>223629.0</v>
+        <v>1843229.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>216283.0</v>
+        <v>1711015.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>5009647.0</v>
+        <v>538821.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>5436356.0</v>
+        <v>523810.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>6216949.0</v>
+        <v>500246.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>6847163.0</v>
+        <v>509043.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>6949827.0</v>
+        <v>527139.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>7143057.0</v>
+        <v>519878.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>2253697.0</v>
+        <v>508567.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
-        <v>1652858.0</v>
+        <v>1016876.0</v>
       </c>
       <c r="C68" s="14" t="n">
-        <v>1720346.0</v>
+        <v>755245.0</v>
       </c>
       <c r="D68" s="14" t="n">
-        <v>1956394.0</v>
+        <v>597160.0</v>
       </c>
       <c r="E68" s="14" t="n">
-        <v>2143169.0</v>
+        <v>973038.0</v>
       </c>
       <c r="F68" s="14" t="n">
-        <v>2249376.0</v>
+        <v>971964.0</v>
       </c>
       <c r="G68" s="14" t="n">
-        <v>2330863.0</v>
+        <v>980874.0</v>
       </c>
       <c r="H68" s="14" t="n">
-        <v>1879211.0</v>
+        <v>970737.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>2.2697022E7</v>
+        <v>137669.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>2.3505559E7</v>
+        <v>136426.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>2.5373421E7</v>
+        <v>154609.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>2.7310605E7</v>
+        <v>163809.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>2.7983001E7</v>
+        <v>164826.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>2.8527333E7</v>
+        <v>165277.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>1.8514203E7</v>
+        <v>163497.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>1.5703165E7</v>
+        <v>2374140.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>1.6257931E7</v>
+        <v>1711480.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>1.743997E7</v>
+        <v>1265882.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>1.8523049E7</v>
+        <v>2232023.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>1.9372917E7</v>
+        <v>2107173.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>1.9698072E7</v>
+        <v>2091371.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>1.7258121E7</v>
+        <v>1946229.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>1.8678611E7</v>
+        <v>616984.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>1.9435576E7</v>
+        <v>512629.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>2.0695878E7</v>
+        <v>522923.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>2.1937104E7</v>
+        <v>518967.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>2.3007682E7</v>
+        <v>519909.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>2.3702225E7</v>
+        <v>490926.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>2.1321958E7</v>
+        <v>475121.0</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H72" s="6"/>
+      <c r="A72" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
+        </is>
+      </c>
+      <c r="B72" s="14" t="n">
+        <v>903842.0</v>
+      </c>
+      <c r="C72" s="14" t="n">
+        <v>777605.0</v>
+      </c>
+      <c r="D72" s="14" t="n">
+        <v>679595.0</v>
+      </c>
+      <c r="E72" s="14" t="n">
+        <v>776312.0</v>
+      </c>
+      <c r="F72" s="14" t="n">
+        <v>780662.0</v>
+      </c>
+      <c r="G72" s="14" t="n">
+        <v>783785.0</v>
+      </c>
+      <c r="H72" s="14" t="n">
+        <v>750486.0</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>3889390.0</v>
+        <v>1.6746659E7</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>3976479.0</v>
+        <v>1.4862253E7</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>3919666.0</v>
+        <v>1.3577207E7</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>4045110.0</v>
+        <v>1.5676369E7</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>4244155.0</v>
+        <v>1.5574218E7</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>4334425.0</v>
+        <v>1.5381729E7</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>4344841.0</v>
+        <v>1.4941308E7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>1043868.0</v>
+        <v>1.620676E7</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>977559.0</v>
+        <v>1.4528063E7</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>1117558.0</v>
+        <v>1.3402465E7</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>1156792.0</v>
+        <v>1.5394027E7</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>1173784.0</v>
+        <v>1.5548004E7</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>1222792.0</v>
+        <v>1.5256919E7</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>1240864.0</v>
+        <v>1.4781431E7</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>1438808.0</v>
+        <v>2.0168125E7</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>1438404.0</v>
+        <v>1.8293617E7</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>1583170.0</v>
+        <v>1.7024177E7</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>1692308.0</v>
+        <v>1.8839182E7</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>1683186.0</v>
+        <v>1.8866054E7</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>1681858.0</v>
+        <v>1.851012E7</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>893748.0</v>
+        <v>1.7970855E7</v>
       </c>
     </row>
     <row r="76">
-      <c r="A76" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A76" s="6" t="inlineStr">
+        <is>
+          <t>04 Balears, Illes</t>
+        </is>
+      </c>
+      <c r="B76" s="6"/>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6"/>
+      <c r="E76" s="6"/>
+      <c r="F76" s="6"/>
+      <c r="G76" s="6"/>
+      <c r="H76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>1325366.0</v>
+        <v>2954445.0</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>1337083.0</v>
+        <v>2664310.0</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>1418411.0</v>
+        <v>2570821.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>1507759.0</v>
+        <v>2629637.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>1487409.0</v>
+        <v>2537642.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>1480655.0</v>
+        <v>2476624.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>1146230.0</v>
+        <v>2355369.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>1013080.0</v>
+        <v>1036366.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>1034665.0</v>
+        <v>899177.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>1089091.0</v>
+        <v>847204.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>1168157.0</v>
+        <v>1031738.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>1253646.0</v>
+        <v>1037243.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>1262422.0</v>
+        <v>1036561.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>1156763.0</v>
+        <v>1036888.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>4431146.0</v>
+        <v>1191063.0</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>4379101.0</v>
+        <v>814305.0</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>4769676.0</v>
+        <v>554144.0</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>5280537.0</v>
+        <v>1229317.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>5487154.0</v>
+        <v>1212601.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>5522467.0</v>
+        <v>1198711.0</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>3273641.0</v>
+        <v>1123541.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
-        <v>818148.0</v>
+        <v>6159544.0</v>
       </c>
       <c r="C80" s="14" t="n">
-        <v>816657.0</v>
+        <v>5827432.0</v>
       </c>
       <c r="D80" s="14" t="n">
-        <v>887762.0</v>
+        <v>5488553.0</v>
       </c>
       <c r="E80" s="14" t="n">
-        <v>955101.0</v>
+        <v>5654337.0</v>
       </c>
       <c r="F80" s="14" t="n">
-        <v>995151.0</v>
+        <v>5488360.0</v>
       </c>
       <c r="G80" s="14" t="n">
-        <v>1005583.0</v>
+        <v>5307761.0</v>
       </c>
       <c r="H80" s="14" t="n">
-        <v>907937.0</v>
+        <v>5130814.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>2397866.0</v>
+        <v>1148002.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>2475422.0</v>
+        <v>1003358.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>2680656.0</v>
+        <v>779276.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>2817163.0</v>
+        <v>1068665.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>2787609.0</v>
+        <v>1085659.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>2724048.0</v>
+        <v>1128362.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>1463198.0</v>
+        <v>1041433.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>364080.0</v>
+        <v>830739.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>357500.0</v>
+        <v>783097.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>368996.0</v>
+        <v>713754.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>374127.0</v>
+        <v>763033.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>376600.0</v>
+        <v>888659.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>379125.0</v>
+        <v>837119.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>357881.0</v>
+        <v>785287.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>6684795.0</v>
+        <v>3908115.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>6974705.0</v>
+        <v>2796607.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>7729045.0</v>
+        <v>2002924.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>8494366.0</v>
+        <v>3786554.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>8477813.0</v>
+        <v>3817663.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>8696859.0</v>
+        <v>3649501.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>3454091.0</v>
+        <v>3253059.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>2265602.0</v>
+        <v>848859.0</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>2270008.0</v>
+        <v>745404.0</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>2477193.0</v>
+        <v>656295.0</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>2609123.0</v>
+        <v>762253.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>2725350.0</v>
+        <v>759981.0</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>2753596.0</v>
+        <v>749532.0</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>2268695.0</v>
+        <v>713550.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>3.123099E7</v>
+        <v>2123298.0</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>3.1608122E7</v>
+        <v>1425212.0</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>3.3741597E7</v>
+        <v>950774.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>3.5990588E7</v>
+        <v>2168352.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>3.6722251E7</v>
+        <v>2051830.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>3.7197895E7</v>
+        <v>2033573.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>2.643791E7</v>
+        <v>1877742.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>2.2081004E7</v>
+        <v>192450.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>2.3004394E7</v>
+        <v>187079.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>2.3552389E7</v>
+        <v>206376.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>2.4890699E7</v>
+        <v>213354.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>2.5668731E7</v>
+        <v>207487.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>2.6205749E7</v>
+        <v>201931.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>2.3471535E7</v>
+        <v>195408.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>2.7929801E7</v>
+        <v>7253186.0</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>2.9034107E7</v>
+        <v>4381644.0</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>2.9771605E7</v>
+        <v>2214470.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>3.1449213E7</v>
+        <v>6824364.0</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>3.2705902E7</v>
+        <v>6629237.0</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>3.3915324E7</v>
+        <v>6563238.0</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>3.1302848E7</v>
+        <v>5919251.0</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H88" s="6"/>
+      <c r="A88" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
+        </is>
+      </c>
+      <c r="B88" s="14" t="n">
+        <v>1346642.0</v>
+      </c>
+      <c r="C88" s="14" t="n">
+        <v>1068407.0</v>
+      </c>
+      <c r="D88" s="14" t="n">
+        <v>1099820.0</v>
+      </c>
+      <c r="E88" s="14" t="n">
+        <v>1162750.0</v>
+      </c>
+      <c r="F88" s="14" t="n">
+        <v>1102844.0</v>
+      </c>
+      <c r="G88" s="14" t="n">
+        <v>969108.0</v>
+      </c>
+      <c r="H88" s="14" t="n">
+        <v>869184.0</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>1072294.0</v>
+        <v>1297094.0</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>1141027.0</v>
+        <v>1024081.0</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>1113834.0</v>
+        <v>837281.0</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>1139414.0</v>
+        <v>1144472.0</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>1187214.0</v>
+        <v>1112966.0</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>1188003.0</v>
+        <v>1135389.0</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>1284556.0</v>
+        <v>1060329.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>316457.0</v>
+        <v>3.0289803E7</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>322495.0</v>
+        <v>2.3620113E7</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>337595.0</v>
+        <v>1.8921692E7</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>332418.0</v>
+        <v>2.8438826E7</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>336691.0</v>
+        <v>2.7932172E7</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>334098.0</v>
+        <v>2.728741E7</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>354772.0</v>
+        <v>2.5361855E7</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>387413.0</v>
+        <v>2.0969669E7</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>403073.0</v>
+        <v>1.8908466E7</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>421216.0</v>
+        <v>1.7691149E7</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>413217.0</v>
+        <v>1.9639572E7</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>406384.0</v>
+        <v>1.9357698E7</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>397581.0</v>
+        <v>1.8531426E7</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>275578.0</v>
+        <v>1.7495945E7</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>2118424.0</v>
+        <v>2.5486351E7</v>
       </c>
       <c r="C92" s="14" t="n">
-        <v>2110661.0</v>
+        <v>2.3180037E7</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>2115282.0</v>
+        <v>2.1749008E7</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>2161916.0</v>
+        <v>2.3635278E7</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>2206401.0</v>
+        <v>2.2984813E7</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>2252510.0</v>
+        <v>2.1942856E7</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>2196671.0</v>
+        <v>2.0754672E7</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A93" s="6" t="inlineStr">
+        <is>
+          <t>05 Canarias</t>
+        </is>
+      </c>
+      <c r="B93" s="6"/>
+      <c r="C93" s="6"/>
+      <c r="D93" s="6"/>
+      <c r="E93" s="6"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="6"/>
+      <c r="H93" s="6"/>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>313669.0</v>
+        <v>4922047.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>314470.0</v>
+        <v>4382515.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>371436.0</v>
+        <v>4337156.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>348674.0</v>
+        <v>4315820.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>358015.0</v>
+        <v>4225483.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>372564.0</v>
+        <v>4027045.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>363978.0</v>
+        <v>3901781.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
-        <v>1061206.0</v>
+        <v>1372292.0</v>
       </c>
       <c r="C95" s="14" t="n">
-        <v>1091243.0</v>
+        <v>1279917.0</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>1036334.0</v>
+        <v>1238536.0</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>1118248.0</v>
+        <v>1233033.0</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>1155941.0</v>
+        <v>1184144.0</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>1143030.0</v>
+        <v>1167392.0</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>870564.0</v>
+        <v>1134777.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>192444.0</v>
+        <v>1535092.0</v>
       </c>
       <c r="C96" s="14" t="n">
-        <v>192561.0</v>
+        <v>1053743.0</v>
       </c>
       <c r="D96" s="14" t="n">
-        <v>214500.0</v>
+        <v>864359.0</v>
       </c>
       <c r="E96" s="14" t="n">
-        <v>226870.0</v>
+        <v>1617647.0</v>
       </c>
       <c r="F96" s="14" t="n">
-        <v>234409.0</v>
+        <v>1619225.0</v>
       </c>
       <c r="G96" s="14" t="n">
-        <v>227266.0</v>
+        <v>1631856.0</v>
       </c>
       <c r="H96" s="14" t="n">
-        <v>217998.0</v>
+        <v>1528343.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>536890.0</v>
+        <v>7076859.0</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>573793.0</v>
+        <v>6641812.0</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>582111.0</v>
+        <v>6301048.0</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>599839.0</v>
+        <v>6436456.0</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>613866.0</v>
+        <v>6318992.0</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>609783.0</v>
+        <v>6221397.0</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>402233.0</v>
+        <v>6069653.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>108775.0</v>
+        <v>1600862.0</v>
       </c>
       <c r="C98" s="14" t="n">
-        <v>107830.0</v>
+        <v>1316740.0</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>112030.0</v>
+        <v>1096145.0</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>114563.0</v>
+        <v>1450656.0</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>116030.0</v>
+        <v>1454382.0</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>117604.0</v>
+        <v>1469048.0</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>113322.0</v>
+        <v>1381411.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>1226565.0</v>
+        <v>1330622.0</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>1285249.0</v>
+        <v>1301589.0</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>1387421.0</v>
+        <v>1216167.0</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>1548235.0</v>
+        <v>1330942.0</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>1560542.0</v>
+        <v>1322284.0</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>1599794.0</v>
+        <v>1231298.0</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>832522.0</v>
+        <v>1146876.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>741978.0</v>
+        <v>6088569.0</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>787932.0</v>
+        <v>4317073.0</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>870065.0</v>
+        <v>3415098.0</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>906342.0</v>
+        <v>5579843.0</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>912333.0</v>
+        <v>5481720.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>891345.0</v>
+        <v>5243528.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>773666.0</v>
+        <v>4739602.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>8447868.0</v>
+        <v>1327039.0</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>8727553.0</v>
+        <v>1163790.0</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>8981440.0</v>
+        <v>1091398.0</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>9342226.0</v>
+        <v>1178662.0</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>9511156.0</v>
+        <v>1181985.0</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>9547089.0</v>
+        <v>1150251.0</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>8050823.0</v>
+        <v>1092170.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>7807909.0</v>
+        <v>2898842.0</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>8016205.0</v>
+        <v>1771826.0</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>7991136.0</v>
+        <v>1325990.0</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>8218657.0</v>
+        <v>2658797.0</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>8485698.0</v>
+        <v>2676957.0</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>8624878.0</v>
+        <v>2685289.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>7433177.0</v>
+        <v>2519657.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>9546623.0</v>
+        <v>309363.0</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>9827154.0</v>
+        <v>304625.0</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>9821984.0</v>
+        <v>342574.0</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>1.007374E7</v>
+        <v>362754.0</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>1.0430506E7</v>
+        <v>361354.0</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>1.0697493E7</v>
+        <v>360032.0</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>9598651.0</v>
+        <v>356097.0</v>
       </c>
     </row>
     <row r="104">
-      <c r="A104" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H104" s="6"/>
+      <c r="A104" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
+        </is>
+      </c>
+      <c r="B104" s="14" t="n">
+        <v>9379551.0</v>
+      </c>
+      <c r="C104" s="14" t="n">
+        <v>5194913.0</v>
+      </c>
+      <c r="D104" s="14" t="n">
+        <v>3058014.0</v>
+      </c>
+      <c r="E104" s="14" t="n">
+        <v>8280185.0</v>
+      </c>
+      <c r="F104" s="14" t="n">
+        <v>8049197.0</v>
+      </c>
+      <c r="G104" s="14" t="n">
+        <v>8048291.0</v>
+      </c>
+      <c r="H104" s="14" t="n">
+        <v>7283796.0</v>
+      </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>4807822.0</v>
+        <v>1185460.0</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>5004860.0</v>
+        <v>973468.0</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>4840476.0</v>
+        <v>1018887.0</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>4852523.0</v>
+        <v>1043149.0</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>4969865.0</v>
+        <v>983320.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>4948242.0</v>
+        <v>922525.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>5265410.0</v>
+        <v>883191.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>1404116.0</v>
+        <v>1861096.0</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>1393621.0</v>
+        <v>1480321.0</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>1460448.0</v>
+        <v>1285418.0</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>1432401.0</v>
+        <v>1654428.0</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>1446272.0</v>
+        <v>1657659.0</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>1447029.0</v>
+        <v>1603771.0</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>1558062.0</v>
+        <v>1518061.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>1358669.0</v>
+        <v>4.0887694E7</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>1406182.0</v>
+        <v>3.1182332E7</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>1473239.0</v>
+        <v>2.659079E7</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>1463590.0</v>
+        <v>3.7142372E7</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>1391790.0</v>
+        <v>3.6516702E7</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>1372285.0</v>
+        <v>3.5761723E7</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>1016875.0</v>
+        <v>3.3555415E7</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>8215201.0</v>
+        <v>2.9254772E7</v>
       </c>
       <c r="C108" s="14" t="n">
-        <v>8102971.0</v>
+        <v>2.6650438E7</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>8095750.0</v>
+        <v>2.3822627E7</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>8250055.0</v>
+        <v>2.6194524E7</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>8368732.0</v>
+        <v>2.5640903E7</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>8484183.0</v>
+        <v>2.4874347E7</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>8248767.0</v>
+        <v>2.3600159E7</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>1292023.0</v>
+        <v>3.8380553E7</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>1418752.0</v>
+        <v>3.5320769E7</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>1435803.0</v>
+        <v>3.164027E7</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>1486736.0</v>
+        <v>3.3888142E7</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>1483715.0</v>
+        <v>3.2663761E7</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>1414365.0</v>
+        <v>3.1427676E7</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>1279943.0</v>
+        <v>2.982491E7</v>
       </c>
     </row>
     <row r="110">
-      <c r="A110" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A110" s="6" t="inlineStr">
+        <is>
+          <t>06 Cantabria</t>
+        </is>
+      </c>
+      <c r="B110" s="6"/>
+      <c r="C110" s="6"/>
+      <c r="D110" s="6"/>
+      <c r="E110" s="6"/>
+      <c r="F110" s="6"/>
+      <c r="G110" s="6"/>
+      <c r="H110" s="6"/>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>3740974.0</v>
+        <v>1309821.0</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>3909742.0</v>
+        <v>1244086.0</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>3668236.0</v>
+        <v>1282098.0</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>4041249.0</v>
+        <v>1184277.0</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>4195974.0</v>
+        <v>1184262.0</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>4197942.0</v>
+        <v>1136885.0</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>3261050.0</v>
+        <v>1110817.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>808662.0</v>
+        <v>360902.0</v>
       </c>
       <c r="C112" s="14" t="n">
-        <v>823961.0</v>
+        <v>350235.0</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>862387.0</v>
+        <v>352642.0</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>896587.0</v>
+        <v>330588.0</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>926656.0</v>
+        <v>333587.0</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>911595.0</v>
+        <v>329412.0</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>887290.0</v>
+        <v>333513.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>2175879.0</v>
+        <v>305029.0</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>2314330.0</v>
+        <v>291388.0</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>2306827.0</v>
+        <v>266699.0</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>2461374.0</v>
+        <v>383876.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>2555529.0</v>
+        <v>393328.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>2627091.0</v>
+        <v>401945.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>1814615.0</v>
+        <v>409950.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>558955.0</v>
+        <v>2484147.0</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>540844.0</v>
+        <v>2364101.0</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>543604.0</v>
+        <v>2266307.0</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>547795.0</v>
+        <v>2323182.0</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>547592.0</v>
+        <v>2285999.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>545785.0</v>
+        <v>2237959.0</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>518309.0</v>
+        <v>2179886.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>4065671.0</v>
+        <v>391782.0</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>4478816.0</v>
+        <v>385860.0</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>4665156.0</v>
+        <v>346991.0</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>5047611.0</v>
+        <v>391214.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>5121051.0</v>
+        <v>400491.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>5400888.0</v>
+        <v>407979.0</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>3126990.0</v>
+        <v>397019.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B116" s="14" t="n">
-        <v>3131648.0</v>
+        <v>428724.0</v>
       </c>
       <c r="C116" s="14" t="n">
-        <v>3183007.0</v>
+        <v>404321.0</v>
       </c>
       <c r="D116" s="14" t="n">
-        <v>3322537.0</v>
+        <v>398423.0</v>
       </c>
       <c r="E116" s="14" t="n">
-        <v>3409028.0</v>
+        <v>404028.0</v>
       </c>
       <c r="F116" s="14" t="n">
-        <v>3513775.0</v>
+        <v>387389.0</v>
       </c>
       <c r="G116" s="14" t="n">
-        <v>3532211.0</v>
+        <v>376622.0</v>
       </c>
       <c r="H116" s="14" t="n">
-        <v>3316887.0</v>
+        <v>391057.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>3.2867765E7</v>
+        <v>1199329.0</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>3.3937736E7</v>
+        <v>1026904.0</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>3.4056036E7</v>
+        <v>850096.0</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>3.5252374E7</v>
+        <v>1124256.0</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>3.5946884E7</v>
+        <v>1136884.0</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>3.6441727E7</v>
+        <v>1100183.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>3.1795906E7</v>
+        <v>1006201.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>3.0348114E7</v>
+        <v>288350.0</v>
       </c>
       <c r="C118" s="14" t="n">
-        <v>3.1996915E7</v>
+        <v>280415.0</v>
       </c>
       <c r="D118" s="14" t="n">
-        <v>3.1899283E7</v>
+        <v>268603.0</v>
       </c>
       <c r="E118" s="14" t="n">
-        <v>3.2959768E7</v>
+        <v>272285.0</v>
       </c>
       <c r="F118" s="14" t="n">
-        <v>3.3581405E7</v>
+        <v>281776.0</v>
       </c>
       <c r="G118" s="14" t="n">
-        <v>3.3962838E7</v>
+        <v>274144.0</v>
       </c>
       <c r="H118" s="14" t="n">
-        <v>2.9909182E7</v>
+        <v>263213.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>3.7475442E7</v>
+        <v>573229.0</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>3.9480637E7</v>
+        <v>427939.0</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>3.9502283E7</v>
+        <v>345432.0</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>4.0840278E7</v>
+        <v>556274.0</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>4.1522925E7</v>
+        <v>554871.0</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>4.2405339E7</v>
+        <v>535060.0</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>3.8669923E7</v>
+        <v>510149.0</v>
       </c>
     </row>
     <row r="120">
-      <c r="A120" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H120" s="6"/>
+      <c r="A120" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
+        </is>
+      </c>
+      <c r="B120" s="14" t="n">
+        <v>99277.0</v>
+      </c>
+      <c r="C120" s="14" t="n">
+        <v>98074.0</v>
+      </c>
+      <c r="D120" s="14" t="n">
+        <v>109794.0</v>
+      </c>
+      <c r="E120" s="14" t="n">
+        <v>113712.0</v>
+      </c>
+      <c r="F120" s="14" t="n">
+        <v>112304.0</v>
+      </c>
+      <c r="G120" s="14" t="n">
+        <v>110989.0</v>
+      </c>
+      <c r="H120" s="14" t="n">
+        <v>108681.0</v>
+      </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>3349269.0</v>
+        <v>1488657.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>3383231.0</v>
+        <v>1090872.0</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>3329348.0</v>
+        <v>825985.0</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>3299446.0</v>
+        <v>1570101.0</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>3426190.0</v>
+        <v>1539099.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>3454910.0</v>
+        <v>1527950.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>3764726.0</v>
+        <v>1366030.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>1044577.0</v>
+        <v>456377.0</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>1036782.0</v>
+        <v>375683.0</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>1079012.0</v>
+        <v>357144.0</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>1074731.0</v>
+        <v>360521.0</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>1064747.0</v>
+        <v>370311.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>1055060.0</v>
+        <v>346525.0</v>
       </c>
       <c r="H122" s="14" t="n">
-        <v>1088596.0</v>
+        <v>333222.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>1042775.0</v>
+        <v>516878.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>1059662.0</v>
+        <v>450003.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>1065271.0</v>
+        <v>427695.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>1062856.0</v>
+        <v>509681.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>1009181.0</v>
+        <v>530107.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>997578.0</v>
+        <v>538681.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>715325.0</v>
+        <v>513712.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B124" s="14" t="n">
-        <v>5772884.0</v>
+        <v>9902502.0</v>
       </c>
       <c r="C124" s="14" t="n">
-        <v>5697026.0</v>
+        <v>8789881.0</v>
       </c>
       <c r="D124" s="14" t="n">
-        <v>5576095.0</v>
+        <v>8097909.0</v>
       </c>
       <c r="E124" s="14" t="n">
-        <v>5702556.0</v>
+        <v>9523995.0</v>
       </c>
       <c r="F124" s="14" t="n">
-        <v>5801230.0</v>
+        <v>9510408.0</v>
       </c>
       <c r="G124" s="14" t="n">
-        <v>5889596.0</v>
+        <v>9324334.0</v>
       </c>
       <c r="H124" s="14" t="n">
-        <v>5752608.0</v>
+        <v>8923450.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>1011861.0</v>
+        <v>9025165.0</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>1060435.0</v>
+        <v>8057059.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>1085580.0</v>
+        <v>7493183.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>1141535.0</v>
+        <v>8666815.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>1128237.0</v>
+        <v>8532902.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>1092212.0</v>
+        <v>8243783.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>998511.0</v>
+        <v>7980453.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>1035242.0</v>
+        <v>1.1440028E7</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>1079396.0</v>
+        <v>1.0297623E7</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>1048617.0</v>
+        <v>9654890.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>1048200.0</v>
+        <v>1.0739545E7</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>1069067.0</v>
+        <v>1.0477666E7</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>1119246.0</v>
+        <v>1.0101047E7</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>1104219.0</v>
+        <v>9815820.0</v>
       </c>
     </row>
     <row r="127">
-      <c r="A127" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A127" s="6" t="inlineStr">
+        <is>
+          <t>07 Castilla y León</t>
+        </is>
+      </c>
+      <c r="B127" s="6"/>
+      <c r="C127" s="6"/>
+      <c r="D127" s="6"/>
+      <c r="E127" s="6"/>
+      <c r="F127" s="6"/>
+      <c r="G127" s="6"/>
+      <c r="H127" s="6"/>
     </row>
     <row r="128">
       <c r="A128" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B128" s="14" t="n">
-        <v>612190.0</v>
+        <v>5337976.0</v>
       </c>
       <c r="C128" s="14" t="n">
-        <v>626582.0</v>
+        <v>5100636.0</v>
       </c>
       <c r="D128" s="14" t="n">
-        <v>654631.0</v>
+        <v>5259593.0</v>
       </c>
       <c r="E128" s="14" t="n">
-        <v>691423.0</v>
+        <v>4952246.0</v>
       </c>
       <c r="F128" s="14" t="n">
-        <v>711317.0</v>
+        <v>4974583.0</v>
       </c>
       <c r="G128" s="14" t="n">
-        <v>696243.0</v>
+        <v>4856868.0</v>
       </c>
       <c r="H128" s="14" t="n">
-        <v>679012.0</v>
+        <v>4842301.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>1398327.0</v>
+        <v>1520539.0</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>1482364.0</v>
+        <v>1529385.0</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>1517335.0</v>
+        <v>1545880.0</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>1581042.0</v>
+        <v>1430063.0</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>1674608.0</v>
+        <v>1430311.0</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>1717822.0</v>
+        <v>1417394.0</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>1166456.0</v>
+        <v>1448337.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>311512.0</v>
+        <v>1238096.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>303809.0</v>
+        <v>1164660.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>313127.0</v>
+        <v>985234.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>316342.0</v>
+        <v>1334982.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>317692.0</v>
+        <v>1355870.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>320911.0</v>
+        <v>1430815.0</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>305648.0</v>
+        <v>1441105.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>2558706.0</v>
+        <v>8901781.0</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>2638170.0</v>
+        <v>8381882.0</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>2917526.0</v>
+        <v>7866373.0</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>3116890.0</v>
+        <v>8003593.0</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>3107277.0</v>
+        <v>7906429.0</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>3305215.0</v>
+        <v>7822187.0</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>2010783.0</v>
+        <v>7682895.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>2160885.0</v>
+        <v>1459491.0</v>
       </c>
       <c r="C132" s="14" t="n">
-        <v>2230258.0</v>
+        <v>1421972.0</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>2282473.0</v>
+        <v>1226338.0</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>2307823.0</v>
+        <v>1352861.0</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>2411480.0</v>
+        <v>1416578.0</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>2443228.0</v>
+        <v>1416233.0</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>2214442.0</v>
+        <v>1367208.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>2.3458173E7</v>
+        <v>1690277.0</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>2.3892825E7</v>
+        <v>1656027.0</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>2.4275571E7</v>
+        <v>1634120.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>2.5180875E7</v>
+        <v>1687546.0</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>2.5761569E7</v>
+        <v>1537762.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>2.5977688E7</v>
+        <v>1469293.0</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>2.2672936E7</v>
+        <v>1481158.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>2.199961E7</v>
+        <v>4619810.0</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>2.3161121E7</v>
+        <v>4045029.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>2.3659109E7</v>
+        <v>3329264.0</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>2.4345156E7</v>
+        <v>4365359.0</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>2.5000062E7</v>
+        <v>4334522.0</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>2.5293187E7</v>
+        <v>4160922.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>2.17954E7</v>
+        <v>3744543.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>2.7611098E7</v>
+        <v>1215430.0</v>
       </c>
       <c r="C135" s="14" t="n">
-        <v>2.9077316E7</v>
+        <v>1170924.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>2.9673135E7</v>
+        <v>1117865.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>3.0510551E7</v>
+        <v>1108364.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>3.1407014E7</v>
+        <v>1124420.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>3.2074112E7</v>
+        <v>1091408.0</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>2.8959507E7</v>
+        <v>1058377.0</v>
       </c>
     </row>
     <row r="136">
-      <c r="A136" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H136" s="6"/>
+      <c r="A136" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
+        </is>
+      </c>
+      <c r="B136" s="14" t="n">
+        <v>2681453.0</v>
+      </c>
+      <c r="C136" s="14" t="n">
+        <v>1997655.0</v>
+      </c>
+      <c r="D136" s="14" t="n">
+        <v>1568371.0</v>
+      </c>
+      <c r="E136" s="14" t="n">
+        <v>2390264.0</v>
+      </c>
+      <c r="F136" s="14" t="n">
+        <v>2286189.0</v>
+      </c>
+      <c r="G136" s="14" t="n">
+        <v>2183275.0</v>
+      </c>
+      <c r="H136" s="14" t="n">
+        <v>2015900.0</v>
+      </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>1.4226204E7</v>
+        <v>451537.0</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>1.4566058E7</v>
+        <v>446836.0</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>1.4931163E7</v>
+        <v>506440.0</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>1.5158608E7</v>
+        <v>532230.0</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>1.5841741E7</v>
+        <v>534693.0</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>1.6125215E7</v>
+        <v>535499.0</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>1.7188237E7</v>
+        <v>532153.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
-        <v>4732800.0</v>
+        <v>5832258.0</v>
       </c>
       <c r="C138" s="14" t="n">
-        <v>4773093.0</v>
+        <v>4294215.0</v>
       </c>
       <c r="D138" s="14" t="n">
-        <v>4875359.0</v>
+        <v>3125673.0</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>4878396.0</v>
+        <v>5419423.0</v>
       </c>
       <c r="F138" s="14" t="n">
-        <v>4893991.0</v>
+        <v>5160017.0</v>
       </c>
       <c r="G138" s="14" t="n">
-        <v>4965794.0</v>
+        <v>5085652.0</v>
       </c>
       <c r="H138" s="14" t="n">
-        <v>5040810.0</v>
+        <v>4696317.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>5025681.0</v>
+        <v>1585015.0</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>5216887.0</v>
+        <v>1318680.0</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>5212325.0</v>
+        <v>1348538.0</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>5278914.0</v>
+        <v>1331906.0</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>5053264.0</v>
+        <v>1381551.0</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>4983581.0</v>
+        <v>1319515.0</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>3315629.0</v>
+        <v>1324291.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>2.7694733E7</v>
+        <v>2065134.0</v>
       </c>
       <c r="C140" s="14" t="n">
-        <v>2.769119E7</v>
+        <v>1864608.0</v>
       </c>
       <c r="D140" s="14" t="n">
-        <v>2.7866036E7</v>
+        <v>1669295.0</v>
       </c>
       <c r="E140" s="14" t="n">
-        <v>2.8721309E7</v>
+        <v>1902371.0</v>
       </c>
       <c r="F140" s="14" t="n">
-        <v>2.9618575E7</v>
+        <v>1850702.0</v>
       </c>
       <c r="G140" s="14" t="n">
-        <v>3.0325944E7</v>
+        <v>1828921.0</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>2.989351E7</v>
+        <v>1736584.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>4727270.0</v>
+        <v>3.8598797E7</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>5079765.0</v>
+        <v>3.4392509E7</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>5352050.0</v>
+        <v>3.1182984E7</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>5533914.0</v>
+        <v>3.5811208E7</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>5537704.0</v>
+        <v>3.5293627E7</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>5396764.0</v>
+        <v>3.4617982E7</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>4711268.0</v>
+        <v>3.3371169E7</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>4282440.0</v>
+        <v>3.5915914E7</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>4296209.0</v>
+        <v>3.2651996E7</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>4087887.0</v>
+        <v>2.9248006E7</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>4613712.0</v>
+        <v>3.3195384E7</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>4899933.0</v>
+        <v>3.2805744E7</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>5053646.0</v>
+        <v>3.2216725E7</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>4759961.0</v>
+        <v>3.1143719E7</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>1.2916144E7</v>
+        <v>4.5651044E7</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>1.3809757E7</v>
+        <v>4.176683E7</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>1.3164573E7</v>
+        <v>3.79897E7</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>1.4476822E7</v>
+        <v>4.1636959E7</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>1.4951419E7</v>
+        <v>4.0745357E7</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>1.4570074E7</v>
+        <v>4.0104429E7</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>9996518.0</v>
+        <v>3.8764382E7</v>
       </c>
     </row>
     <row r="144">
-      <c r="A144" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A144" s="6" t="inlineStr">
+        <is>
+          <t>08 Castilla - La Mancha</t>
+        </is>
+      </c>
+      <c r="B144" s="6"/>
+      <c r="C144" s="6"/>
+      <c r="D144" s="6"/>
+      <c r="E144" s="6"/>
+      <c r="F144" s="6"/>
+      <c r="G144" s="6"/>
+      <c r="H144" s="6"/>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>8799774.0</v>
+        <v>3888544.0</v>
       </c>
       <c r="C145" s="14" t="n">
-        <v>9417465.0</v>
+        <v>3676081.0</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>9731929.0</v>
+        <v>3757793.0</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>1.0224723E7</v>
+        <v>3447553.0</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>1.0044647E7</v>
+        <v>3420803.0</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>1.0061198E7</v>
+        <v>3294946.0</v>
       </c>
       <c r="H145" s="14" t="n">
-        <v>6087713.0</v>
+        <v>3324261.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>2036445.0</v>
+        <v>1127117.0</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>2018156.0</v>
+        <v>1088990.0</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>2077774.0</v>
+        <v>1080182.0</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>2139083.0</v>
+        <v>1043399.0</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>2189951.0</v>
+        <v>1053432.0</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>2231633.0</v>
+        <v>1063777.0</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>2169867.0</v>
+        <v>1072285.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>1.4348254E7</v>
+        <v>893794.0</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>1.5579688E7</v>
+        <v>808131.0</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>1.6025171E7</v>
+        <v>691734.0</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>1.7726172E7</v>
+        <v>967276.0</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>1.7955579E7</v>
+        <v>979712.0</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>1.8421072E7</v>
+        <v>1035847.0</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>9441307.0</v>
+        <v>1039185.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B148" s="14" t="n">
-        <v>1.1195457E7</v>
+        <v>6403255.0</v>
       </c>
       <c r="C148" s="14" t="n">
-        <v>1.1329797E7</v>
+        <v>6030581.0</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>1.211084E7</v>
+        <v>5653611.0</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>1.2688551E7</v>
+        <v>5763174.0</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>1.3444788E7</v>
+        <v>5591490.0</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>1.378832E7</v>
+        <v>5483164.0</v>
       </c>
       <c r="H148" s="14" t="n">
-        <v>1.3226037E7</v>
+        <v>5343756.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>1.12753969E8</v>
+        <v>1191656.0</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>1.1653426E8</v>
+        <v>1127390.0</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>1.18385066E8</v>
+        <v>951307.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>1.24571196E8</v>
+        <v>1035286.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>1.27731899E8</v>
+        <v>1068210.0</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>1.2921287E8</v>
+        <v>1078110.0</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>1.0898204E8</v>
+        <v>1026174.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>1.08186999E8</v>
+        <v>1293950.0</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>1.11590565E8</v>
+        <v>1243201.0</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>1.14200838E8</v>
+        <v>1207239.0</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>1.1993128E8</v>
+        <v>1213667.0</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>1.23365929E8</v>
+        <v>1155028.0</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>1.24772697E8</v>
+        <v>1130167.0</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>1.09181952E8</v>
+        <v>1122927.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>1.27469198E8</v>
+        <v>3782277.0</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>1.31995728E8</v>
+        <v>3301414.0</v>
       </c>
       <c r="D151" s="14" t="n">
-        <v>1.3517663E8</v>
+        <v>2849239.0</v>
       </c>
       <c r="E151" s="14" t="n">
-        <v>1.4156924E8</v>
+        <v>3839428.0</v>
       </c>
       <c r="F151" s="14" t="n">
-        <v>1.45902574E8</v>
+        <v>3975933.0</v>
       </c>
       <c r="G151" s="14" t="n">
-        <v>1.48701476E8</v>
+        <v>3787494.0</v>
       </c>
       <c r="H151" s="14" t="n">
-        <v>1.35551917E8</v>
+        <v>3422216.0</v>
       </c>
     </row>
     <row r="152">
-      <c r="A152" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H152" s="6"/>
+      <c r="A152" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    08. Información y comunicación</t>
+        </is>
+      </c>
+      <c r="B152" s="14" t="n">
+        <v>889460.0</v>
+      </c>
+      <c r="C152" s="14" t="n">
+        <v>855895.0</v>
+      </c>
+      <c r="D152" s="14" t="n">
+        <v>825396.0</v>
+      </c>
+      <c r="E152" s="14" t="n">
+        <v>824120.0</v>
+      </c>
+      <c r="F152" s="14" t="n">
+        <v>840179.0</v>
+      </c>
+      <c r="G152" s="14" t="n">
+        <v>815540.0</v>
+      </c>
+      <c r="H152" s="14" t="n">
+        <v>784528.0</v>
+      </c>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B153" s="14" t="n">
-        <v>8968784.0</v>
+        <v>1659426.0</v>
       </c>
       <c r="C153" s="14" t="n">
-        <v>9034977.0</v>
+        <v>1241189.0</v>
       </c>
       <c r="D153" s="14" t="n">
-        <v>9136424.0</v>
+        <v>1000520.0</v>
       </c>
       <c r="E153" s="14" t="n">
-        <v>9293258.0</v>
+        <v>1559504.0</v>
       </c>
       <c r="F153" s="14" t="n">
-        <v>9718595.0</v>
+        <v>1492145.0</v>
       </c>
       <c r="G153" s="14" t="n">
-        <v>9963135.0</v>
+        <v>1389453.0</v>
       </c>
       <c r="H153" s="14" t="n">
-        <v>1.0248943E7</v>
+        <v>1334448.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>3017517.0</v>
+        <v>269038.0</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>2982875.0</v>
+        <v>263003.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>3169879.0</v>
+        <v>291976.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>3224546.0</v>
+        <v>306297.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>3240617.0</v>
+        <v>303881.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>3303317.0</v>
+        <v>303378.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>3364517.0</v>
+        <v>301164.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>2888730.0</v>
+        <v>3247516.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>2995070.0</v>
+        <v>2389863.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>3150001.0</v>
+        <v>2006128.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>3214770.0</v>
+        <v>3295756.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>3172990.0</v>
+        <v>3108425.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>3270439.0</v>
+        <v>3107287.0</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>2187937.0</v>
+        <v>2911253.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>1.5259954E7</v>
+        <v>1142802.0</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>1.5104532E7</v>
+        <v>921226.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>1.5273351E7</v>
+        <v>940812.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>1.569486E7</v>
+        <v>915871.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>1.608167E7</v>
+        <v>897913.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>1.6474469E7</v>
+        <v>843622.0</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>1.6060617E7</v>
+        <v>872291.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>3023584.0</v>
+        <v>1350764.0</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>3267191.0</v>
+        <v>1157896.0</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>3490384.0</v>
+        <v>1078674.0</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>3745334.0</v>
+        <v>1310358.0</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>3873678.0</v>
+        <v>1293950.0</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>3859227.0</v>
+        <v>1265573.0</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>3214276.0</v>
+        <v>1210773.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>2730236.0</v>
+        <v>2.7139599E7</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>2821388.0</v>
+        <v>2.410486E7</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>2894926.0</v>
+        <v>2.2334611E7</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>3135226.0</v>
+        <v>2.5521689E7</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>3343708.0</v>
+        <v>2.5181101E7</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>3525173.0</v>
+        <v>2.4598358E7</v>
       </c>
       <c r="H158" s="14" t="n">
-        <v>3297231.0</v>
+        <v>2.3765261E7</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>7779396.0</v>
+        <v>2.6603722E7</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>8021044.0</v>
+        <v>2.3675837E7</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>8398125.0</v>
+        <v>2.148508E7</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>9303379.0</v>
+        <v>2.4936494E7</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>9838443.0</v>
+        <v>2.4501915E7</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>9899738.0</v>
+        <v>2.3838571E7</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>6808180.0</v>
+        <v>2.3214199E7</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>1610325.0</v>
+        <v>3.4535125E7</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>1593176.0</v>
+        <v>3.1267003E7</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>1713210.0</v>
+        <v>2.863586E7</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>1803468.0</v>
+        <v>3.1718723E7</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>1877002.0</v>
+        <v>3.0908942E7</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>1868977.0</v>
+        <v>3.0011697E7</v>
       </c>
       <c r="H160" s="14" t="n">
-        <v>1756659.0</v>
+        <v>2.9244009E7</v>
       </c>
     </row>
     <row r="161">
-      <c r="A161" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A161" s="6" t="inlineStr">
+        <is>
+          <t>09 Cataluña</t>
+        </is>
+      </c>
+      <c r="B161" s="6"/>
+      <c r="C161" s="6"/>
+      <c r="D161" s="6"/>
+      <c r="E161" s="6"/>
+      <c r="F161" s="6"/>
+      <c r="G161" s="6"/>
+      <c r="H161" s="6"/>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>1147007.0</v>
+        <v>1.760275E7</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>1119275.0</v>
+        <v>1.6790301E7</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>1142138.0</v>
+        <v>1.7162936E7</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>1156921.0</v>
+        <v>1.6084847E7</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>1168640.0</v>
+        <v>1.5809105E7</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>1185157.0</v>
+        <v>1.5129626E7</v>
       </c>
       <c r="H162" s="14" t="n">
-        <v>1148061.0</v>
+        <v>1.4899044E7</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>1.0641535E7</v>
+        <v>5328466.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>1.1393685E7</v>
+        <v>5026245.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>1.1295657E7</v>
+        <v>5011225.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>1.2349803E7</v>
+        <v>4936926.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>1.2722013E7</v>
+        <v>4867382.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>1.3606094E7</v>
+        <v>4852344.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>7143104.0</v>
+        <v>4811376.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B164" s="14" t="n">
-        <v>5862244.0</v>
+        <v>4505682.0</v>
       </c>
       <c r="C164" s="14" t="n">
-        <v>5888721.0</v>
+        <v>3890484.0</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>6292363.0</v>
+        <v>3243102.0</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>6535149.0</v>
+        <v>4906720.0</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>6996423.0</v>
+        <v>4973787.0</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>7191675.0</v>
+        <v>5200010.0</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>6673741.0</v>
+        <v>5132206.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>6.7515199E7</v>
+        <v>3.4439426E7</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>6.902137E7</v>
+        <v>3.2744864E7</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>7.1166795E7</v>
+        <v>3.1275976E7</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>7.5002222E7</v>
+        <v>3.1628527E7</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>7.7901471E7</v>
+        <v>3.0793218E7</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>8.0343183E7</v>
+        <v>2.9772231E7</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>6.5823569E7</v>
+        <v>2.8768842E7</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>6.0658407E7</v>
+        <v>5340432.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>6.1799172E7</v>
+        <v>5154463.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>6.2339524E7</v>
+        <v>4539481.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>6.5137203E7</v>
+        <v>5233036.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>6.7562359E7</v>
+        <v>5361324.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>6.94543E7</v>
+        <v>5335987.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>6.2189125E7</v>
+        <v>5158235.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>7.3424795E7</v>
+        <v>5481811.0</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>7.5172064E7</v>
+        <v>5165524.0</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>7.6095854E7</v>
+        <v>5025257.0</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>7.9209092E7</v>
+        <v>5309933.0</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>8.2378173E7</v>
+        <v>5145970.0</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>8.4952596E7</v>
+        <v>4847453.0</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>7.8533983E7</v>
+        <v>4332313.0</v>
       </c>
     </row>
     <row r="168">
-      <c r="A168" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H168" s="6"/>
+      <c r="A168" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    07. Transporte</t>
+        </is>
+      </c>
+      <c r="B168" s="14" t="n">
+        <v>1.4511749E7</v>
+      </c>
+      <c r="C168" s="14" t="n">
+        <v>1.262777E7</v>
+      </c>
+      <c r="D168" s="14" t="n">
+        <v>1.0595731E7</v>
+      </c>
+      <c r="E168" s="14" t="n">
+        <v>1.5081725E7</v>
+      </c>
+      <c r="F168" s="14" t="n">
+        <v>1.5529107E7</v>
+      </c>
+      <c r="G168" s="14" t="n">
+        <v>1.5057746E7</v>
+      </c>
+      <c r="H168" s="14" t="n">
+        <v>1.366199E7</v>
+      </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>1699284.0</v>
+        <v>4442156.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>1773026.0</v>
+        <v>4164894.0</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>1681686.0</v>
+        <v>3941537.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>1674294.0</v>
+        <v>4033491.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>1715007.0</v>
+        <v>4070570.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>1733436.0</v>
+        <v>3929960.0</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>1910446.0</v>
+        <v>3770882.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>549491.0</v>
+        <v>1.0136367E7</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>546005.0</v>
+        <v>7029692.0</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>616610.0</v>
+        <v>5361602.0</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>636799.0</v>
+        <v>9400456.0</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>626220.0</v>
+        <v>9212953.0</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>594799.0</v>
+        <v>9234897.0</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>633449.0</v>
+        <v>8678467.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>578479.0</v>
+        <v>1915541.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>584466.0</v>
+        <v>1901737.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>615682.0</v>
+        <v>2143015.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>606314.0</v>
+        <v>2198422.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>572298.0</v>
+        <v>2157790.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>555922.0</v>
+        <v>2107945.0</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>405556.0</v>
+        <v>2048316.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>2801508.0</v>
+        <v>1.8299607E7</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>2779960.0</v>
+        <v>1.2903589E7</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>2772956.0</v>
+        <v>9468472.0</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>2820194.0</v>
+        <v>1.8422295E7</v>
       </c>
       <c r="F172" s="14" t="n">
-        <v>2847998.0</v>
+        <v>1.7949834E7</v>
       </c>
       <c r="G172" s="14" t="n">
-        <v>2871583.0</v>
+        <v>1.7701443E7</v>
       </c>
       <c r="H172" s="14" t="n">
-        <v>2768720.0</v>
+        <v>1.6013954E7</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>523838.0</v>
+        <v>8610802.0</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>539465.0</v>
+        <v>7138967.0</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>560477.0</v>
+        <v>7406887.0</v>
       </c>
       <c r="E173" s="14" t="n">
-        <v>575496.0</v>
+        <v>6863425.0</v>
       </c>
       <c r="F173" s="14" t="n">
-        <v>575084.0</v>
+        <v>6566101.0</v>
       </c>
       <c r="G173" s="14" t="n">
-        <v>572601.0</v>
+        <v>5952554.0</v>
       </c>
       <c r="H173" s="14" t="n">
-        <v>526896.0</v>
+        <v>5670779.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>554728.0</v>
+        <v>7263625.0</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>582783.0</v>
+        <v>6450109.0</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>586675.0</v>
+        <v>5918527.0</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>608081.0</v>
+        <v>6956923.0</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>624980.0</v>
+        <v>6901526.0</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>645877.0</v>
+        <v>6783643.0</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>604113.0</v>
+        <v>6490161.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>1325311.0</v>
+        <v>1.37878414E8</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>1423500.0</v>
+        <v>1.20988639E8</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>1450060.0</v>
+        <v>1.11093748E8</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>1589067.0</v>
+        <v>1.31056726E8</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>1647712.0</v>
+        <v>1.29338667E8</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>1643290.0</v>
+        <v>1.25905839E8</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>1254117.0</v>
+        <v>1.19436565E8</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>319843.0</v>
+        <v>1.34214958E8</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>314948.0</v>
+        <v>1.2094771E8</v>
       </c>
       <c r="D176" s="14" t="n">
-        <v>343606.0</v>
+        <v>1.11486647E8</v>
       </c>
       <c r="E176" s="14" t="n">
-        <v>354921.0</v>
+        <v>1.27181816E8</v>
       </c>
       <c r="F176" s="14" t="n">
-        <v>367537.0</v>
+        <v>1.25450657E8</v>
       </c>
       <c r="G176" s="14" t="n">
-        <v>359024.0</v>
+        <v>1.21723085E8</v>
       </c>
       <c r="H176" s="14" t="n">
-        <v>347486.0</v>
+        <v>1.15617115E8</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>667828.0</v>
+        <v>1.63241648E8</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>700317.0</v>
+        <v>1.48879998E8</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>714049.0</v>
+        <v>1.37820522E8</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>746028.0</v>
+        <v>1.51132551E8</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>769484.0</v>
+        <v>1.47996308E8</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>815294.0</v>
+        <v>1.43397175E8</v>
       </c>
       <c r="H177" s="14" t="n">
-        <v>561178.0</v>
+        <v>1.3665574E8</v>
       </c>
     </row>
     <row r="178">
-      <c r="A178" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A178" s="6" t="inlineStr">
+        <is>
+          <t>10 Comunitat Valenciana</t>
+        </is>
+      </c>
+      <c r="B178" s="6"/>
+      <c r="C178" s="6"/>
+      <c r="D178" s="6"/>
+      <c r="E178" s="6"/>
+      <c r="F178" s="6"/>
+      <c r="G178" s="6"/>
+      <c r="H178" s="6"/>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>1212735.0</v>
+        <v>1.1353272E7</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>1331600.0</v>
+        <v>1.0396738E7</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>1489995.0</v>
+        <v>1.0222918E7</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>1578551.0</v>
+        <v>9900362.0</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>1548615.0</v>
+        <v>9663772.0</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>1563726.0</v>
+        <v>9247608.0</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>946484.0</v>
+        <v>9092802.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>943196.0</v>
+        <v>3647067.0</v>
       </c>
       <c r="C180" s="14" t="n">
-        <v>963408.0</v>
+        <v>3365974.0</v>
       </c>
       <c r="D180" s="14" t="n">
-        <v>1037194.0</v>
+        <v>3350874.0</v>
       </c>
       <c r="E180" s="14" t="n">
-        <v>1047582.0</v>
+        <v>3299726.0</v>
       </c>
       <c r="F180" s="14" t="n">
-        <v>1092345.0</v>
+        <v>3236090.0</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>1142917.0</v>
+        <v>3218105.0</v>
       </c>
       <c r="H180" s="14" t="n">
-        <v>1095855.0</v>
+        <v>3177059.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>1.1351935E7</v>
+        <v>3143796.0</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>1.1711925E7</v>
+        <v>2672239.0</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>1.2047091E7</v>
+        <v>2117518.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>1.241733E7</v>
+        <v>3160659.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>1.2566549E7</v>
+        <v>3075330.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>1.2677508E7</v>
+        <v>3123080.0</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>1.1223021E7</v>
+        <v>3067701.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B182" s="14" t="n">
-        <v>1.1157077E7</v>
+        <v>1.8797984E7</v>
       </c>
       <c r="C182" s="14" t="n">
-        <v>1.1184815E7</v>
+        <v>1.771693E7</v>
       </c>
       <c r="D182" s="14" t="n">
-        <v>1.156965E7</v>
+        <v>1.6752442E7</v>
       </c>
       <c r="E182" s="14" t="n">
-        <v>1.196143E7</v>
+        <v>1.7066197E7</v>
       </c>
       <c r="F182" s="14" t="n">
-        <v>1.2158892E7</v>
+        <v>1.6703416E7</v>
       </c>
       <c r="G182" s="14" t="n">
-        <v>1.2235356E7</v>
+        <v>1.6353262E7</v>
       </c>
       <c r="H182" s="14" t="n">
-        <v>1.0870486E7</v>
+        <v>1.5997908E7</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>1.4517676E7</v>
+        <v>4132025.0</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>1.4660875E7</v>
+        <v>3707450.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>1.5154459E7</v>
+        <v>3044875.0</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>1.5563677E7</v>
+        <v>3689064.0</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>1.5825055E7</v>
+        <v>3698038.0</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>1.6063228E7</v>
+        <v>3561256.0</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>1.4852516E7</v>
+        <v>3322247.0</v>
       </c>
     </row>
     <row r="184">
-      <c r="A184" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H184" s="6"/>
+      <c r="A184" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    06. Salud</t>
+        </is>
+      </c>
+      <c r="B184" s="14" t="n">
+        <v>3707260.0</v>
+      </c>
+      <c r="C184" s="14" t="n">
+        <v>3623552.0</v>
+      </c>
+      <c r="D184" s="14" t="n">
+        <v>3546161.0</v>
+      </c>
+      <c r="E184" s="14" t="n">
+        <v>3770700.0</v>
+      </c>
+      <c r="F184" s="14" t="n">
+        <v>3568124.0</v>
+      </c>
+      <c r="G184" s="14" t="n">
+        <v>3341032.0</v>
+      </c>
+      <c r="H184" s="14" t="n">
+        <v>3092133.0</v>
+      </c>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>5392332.0</v>
+        <v>1.0451061E7</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>5509763.0</v>
+        <v>8700643.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>5296804.0</v>
+        <v>6958893.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>5271624.0</v>
+        <v>9879591.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>5375151.0</v>
+        <v>9827737.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>5378681.0</v>
+        <v>9346510.0</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>5900741.0</v>
+        <v>8406716.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>1372456.0</v>
+        <v>2585382.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>1421797.0</v>
+        <v>2410168.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>1463914.0</v>
+        <v>2254878.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>1417068.0</v>
+        <v>2306298.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>1422240.0</v>
+        <v>2317176.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>1427025.0</v>
+        <v>2235588.0</v>
       </c>
       <c r="H186" s="14" t="n">
-        <v>1539754.0</v>
+        <v>2155473.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>1726475.0</v>
+        <v>6308898.0</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>1814298.0</v>
+        <v>4486577.0</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>1834619.0</v>
+        <v>3422987.0</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>1828651.0</v>
+        <v>5768781.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>1763962.0</v>
+        <v>5483431.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>1789036.0</v>
+        <v>5182776.0</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>1277296.0</v>
+        <v>4819806.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B188" s="14" t="n">
-        <v>7737624.0</v>
+        <v>1027223.0</v>
       </c>
       <c r="C188" s="14" t="n">
-        <v>7761056.0</v>
+        <v>1005094.0</v>
       </c>
       <c r="D188" s="14" t="n">
-        <v>7767677.0</v>
+        <v>1115495.0</v>
       </c>
       <c r="E188" s="14" t="n">
-        <v>7945730.0</v>
+        <v>1149276.0</v>
       </c>
       <c r="F188" s="14" t="n">
-        <v>8106061.0</v>
+        <v>1135187.0</v>
       </c>
       <c r="G188" s="14" t="n">
-        <v>8221405.0</v>
+        <v>1125752.0</v>
       </c>
       <c r="H188" s="14" t="n">
-        <v>8041649.0</v>
+        <v>1113386.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>1678424.0</v>
+        <v>1.4343975E7</v>
       </c>
       <c r="C189" s="14" t="n">
-        <v>1755973.0</v>
+        <v>1.0716167E7</v>
       </c>
       <c r="D189" s="14" t="n">
-        <v>1822242.0</v>
+        <v>7066571.0</v>
       </c>
       <c r="E189" s="14" t="n">
-        <v>1852151.0</v>
+        <v>1.34277E7</v>
       </c>
       <c r="F189" s="14" t="n">
-        <v>1858855.0</v>
+        <v>1.2571273E7</v>
       </c>
       <c r="G189" s="14" t="n">
-        <v>1838817.0</v>
+        <v>1.2219094E7</v>
       </c>
       <c r="H189" s="14" t="n">
-        <v>1675577.0</v>
+        <v>1.1145522E7</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>1565182.0</v>
+        <v>3575829.0</v>
       </c>
       <c r="C190" s="14" t="n">
-        <v>1578268.0</v>
+        <v>2930890.0</v>
       </c>
       <c r="D190" s="14" t="n">
-        <v>1511950.0</v>
+        <v>3046483.0</v>
       </c>
       <c r="E190" s="14" t="n">
-        <v>1672404.0</v>
+        <v>2843928.0</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>1733290.0</v>
+        <v>2741295.0</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>1832103.0</v>
+        <v>2495441.0</v>
       </c>
       <c r="H190" s="14" t="n">
-        <v>1744382.0</v>
+        <v>2471976.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>4226558.0</v>
+        <v>4826719.0</v>
       </c>
       <c r="C191" s="14" t="n">
-        <v>4160593.0</v>
+        <v>4115527.0</v>
       </c>
       <c r="D191" s="14" t="n">
-        <v>4334073.0</v>
+        <v>3591472.0</v>
       </c>
       <c r="E191" s="14" t="n">
-        <v>4694399.0</v>
+        <v>4254502.0</v>
       </c>
       <c r="F191" s="14" t="n">
-        <v>4858228.0</v>
+        <v>4137094.0</v>
       </c>
       <c r="G191" s="14" t="n">
-        <v>4875813.0</v>
+        <v>3960512.0</v>
       </c>
       <c r="H191" s="14" t="n">
-        <v>3749031.0</v>
+        <v>3745216.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>836034.0</v>
+        <v>8.7900491E7</v>
       </c>
       <c r="C192" s="14" t="n">
-        <v>861331.0</v>
+        <v>7.5847949E7</v>
       </c>
       <c r="D192" s="14" t="n">
-        <v>900792.0</v>
+        <v>6.6491567E7</v>
       </c>
       <c r="E192" s="14" t="n">
-        <v>952644.0</v>
+        <v>8.0516784E7</v>
       </c>
       <c r="F192" s="14" t="n">
-        <v>993405.0</v>
+        <v>7.8157963E7</v>
       </c>
       <c r="G192" s="14" t="n">
-        <v>992615.0</v>
+        <v>7.5410016E7</v>
       </c>
       <c r="H192" s="14" t="n">
-        <v>979573.0</v>
+        <v>7.1607945E7</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B193" s="14" t="n">
-        <v>1941637.0</v>
+        <v>7.6587773E7</v>
       </c>
       <c r="C193" s="14" t="n">
-        <v>2155008.0</v>
+        <v>6.9136103E7</v>
       </c>
       <c r="D193" s="14" t="n">
-        <v>2203586.0</v>
+        <v>6.2922122E7</v>
       </c>
       <c r="E193" s="14" t="n">
-        <v>2384737.0</v>
+        <v>7.0009922E7</v>
       </c>
       <c r="F193" s="14" t="n">
-        <v>2451480.0</v>
+        <v>6.8138484E7</v>
       </c>
       <c r="G193" s="14" t="n">
-        <v>2520546.0</v>
+        <v>6.5807948E7</v>
       </c>
       <c r="H193" s="14" t="n">
-        <v>1695828.0</v>
+        <v>6.3069706E7</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>459194.0</v>
+        <v>9.4928474E7</v>
       </c>
       <c r="C194" s="14" t="n">
-        <v>448923.0</v>
+        <v>8.6547365E7</v>
       </c>
       <c r="D194" s="14" t="n">
-        <v>461368.0</v>
+        <v>7.9241351E7</v>
       </c>
       <c r="E194" s="14" t="n">
-        <v>467319.0</v>
+        <v>8.5517741E7</v>
       </c>
       <c r="F194" s="14" t="n">
-        <v>470198.0</v>
+        <v>8.2959331E7</v>
       </c>
       <c r="G194" s="14" t="n">
-        <v>474741.0</v>
+        <v>7.9902661E7</v>
       </c>
       <c r="H194" s="14" t="n">
-        <v>453718.0</v>
+        <v>7.6868217E7</v>
       </c>
     </row>
     <row r="195">
-      <c r="A195" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A195" s="6" t="inlineStr">
+        <is>
+          <t>11 Extremadura</t>
+        </is>
+      </c>
+      <c r="B195" s="6"/>
+      <c r="C195" s="6"/>
+      <c r="D195" s="6"/>
+      <c r="E195" s="6"/>
+      <c r="F195" s="6"/>
+      <c r="G195" s="6"/>
+      <c r="H195" s="6"/>
     </row>
     <row r="196">
       <c r="A196" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B196" s="14" t="n">
-        <v>2906184.0</v>
+        <v>2008063.0</v>
       </c>
       <c r="C196" s="14" t="n">
-        <v>2858518.0</v>
+        <v>1902344.0</v>
       </c>
       <c r="D196" s="14" t="n">
-        <v>3071449.0</v>
+        <v>1908158.0</v>
       </c>
       <c r="E196" s="14" t="n">
-        <v>3180601.0</v>
+        <v>1732758.0</v>
       </c>
       <c r="F196" s="14" t="n">
-        <v>3290934.0</v>
+        <v>1715383.0</v>
       </c>
       <c r="G196" s="14" t="n">
-        <v>3428027.0</v>
+        <v>1674957.0</v>
       </c>
       <c r="H196" s="14" t="n">
-        <v>3162196.0</v>
+        <v>1681469.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>3.3795222E7</v>
+        <v>654316.0</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>3.4618417E7</v>
+        <v>644990.0</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>3.5061237E7</v>
+        <v>629520.0</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>3.6552174E7</v>
+        <v>590018.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>3.7321296E7</v>
+        <v>620667.0</v>
       </c>
       <c r="G197" s="14" t="n">
-        <v>3.7823056E7</v>
+        <v>631378.0</v>
       </c>
       <c r="H197" s="14" t="n">
-        <v>3.3070097E7</v>
+        <v>613813.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>3.2963103E7</v>
+        <v>499777.0</v>
       </c>
       <c r="C198" s="14" t="n">
-        <v>3.3851099E7</v>
+        <v>449755.0</v>
       </c>
       <c r="D198" s="14" t="n">
-        <v>3.4164598E7</v>
+        <v>392024.0</v>
       </c>
       <c r="E198" s="14" t="n">
-        <v>3.5535094E7</v>
+        <v>536001.0</v>
       </c>
       <c r="F198" s="14" t="n">
-        <v>3.6288763E7</v>
+        <v>553403.0</v>
       </c>
       <c r="G198" s="14" t="n">
-        <v>3.6750988E7</v>
+        <v>589074.0</v>
       </c>
       <c r="H198" s="14" t="n">
-        <v>3.2214797E7</v>
+        <v>599090.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>4.0444179E7</v>
+        <v>2764962.0</v>
       </c>
       <c r="C199" s="14" t="n">
-        <v>4.1600103E7</v>
+        <v>2673358.0</v>
       </c>
       <c r="D199" s="14" t="n">
-        <v>4.2112127E7</v>
+        <v>2488848.0</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>4.3693422E7</v>
+        <v>2563430.0</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>4.4674615E7</v>
+        <v>2526835.0</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>4.558672E7</v>
+        <v>2504872.0</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>4.1476959E7</v>
+        <v>2462436.0</v>
       </c>
     </row>
     <row r="200">
-      <c r="A200" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H200" s="6"/>
+      <c r="A200" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+        </is>
+      </c>
+      <c r="B200" s="14" t="n">
+        <v>590906.0</v>
+      </c>
+      <c r="C200" s="14" t="n">
+        <v>580565.0</v>
+      </c>
+      <c r="D200" s="14" t="n">
+        <v>498168.0</v>
+      </c>
+      <c r="E200" s="14" t="n">
+        <v>538438.0</v>
+      </c>
+      <c r="F200" s="14" t="n">
+        <v>539980.0</v>
+      </c>
+      <c r="G200" s="14" t="n">
+        <v>539180.0</v>
+      </c>
+      <c r="H200" s="14" t="n">
+        <v>526071.0</v>
+      </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>1.0365065E7</v>
+        <v>683372.0</v>
       </c>
       <c r="C201" s="14" t="n">
-        <v>1.0881329E7</v>
+        <v>648653.0</v>
       </c>
       <c r="D201" s="14" t="n">
-        <v>1.1038028E7</v>
+        <v>660689.0</v>
       </c>
       <c r="E201" s="14" t="n">
-        <v>1.1139471E7</v>
+        <v>699748.0</v>
       </c>
       <c r="F201" s="14" t="n">
-        <v>1.1820086E7</v>
+        <v>674517.0</v>
       </c>
       <c r="G201" s="14" t="n">
-        <v>1.2186206E7</v>
+        <v>655486.0</v>
       </c>
       <c r="H201" s="14" t="n">
-        <v>1.332536E7</v>
+        <v>629699.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>3306515.0</v>
+        <v>1813925.0</v>
       </c>
       <c r="C202" s="14" t="n">
-        <v>3339521.0</v>
+        <v>1634334.0</v>
       </c>
       <c r="D202" s="14" t="n">
-        <v>3485374.0</v>
+        <v>1362814.0</v>
       </c>
       <c r="E202" s="14" t="n">
-        <v>3517151.0</v>
+        <v>1812014.0</v>
       </c>
       <c r="F202" s="14" t="n">
-        <v>3570853.0</v>
+        <v>1815072.0</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>3622438.0</v>
+        <v>1744966.0</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>3797180.0</v>
+        <v>1587654.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>3717312.0</v>
+        <v>459800.0</v>
       </c>
       <c r="C203" s="14" t="n">
-        <v>3733191.0</v>
+        <v>438314.0</v>
       </c>
       <c r="D203" s="14" t="n">
-        <v>4037264.0</v>
+        <v>419235.0</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>3984355.0</v>
+        <v>420024.0</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>3865265.0</v>
+        <v>427898.0</v>
       </c>
       <c r="G203" s="14" t="n">
-        <v>3901943.0</v>
+        <v>413011.0</v>
       </c>
       <c r="H203" s="14" t="n">
-        <v>2932918.0</v>
+        <v>401038.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>2.3803134E7</v>
+        <v>852955.0</v>
       </c>
       <c r="C204" s="14" t="n">
-        <v>2.3492755E7</v>
+        <v>625663.0</v>
       </c>
       <c r="D204" s="14" t="n">
-        <v>2.3644609E7</v>
+        <v>489590.0</v>
       </c>
       <c r="E204" s="14" t="n">
-        <v>2.4183252E7</v>
+        <v>744028.0</v>
       </c>
       <c r="F204" s="14" t="n">
-        <v>2.5110376E7</v>
+        <v>693760.0</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>2.5830211E7</v>
+        <v>643779.0</v>
       </c>
       <c r="H204" s="14" t="n">
-        <v>2.5505013E7</v>
+        <v>586485.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>4579102.0</v>
+        <v>149033.0</v>
       </c>
       <c r="C205" s="14" t="n">
-        <v>4783234.0</v>
+        <v>144342.0</v>
       </c>
       <c r="D205" s="14" t="n">
-        <v>5231754.0</v>
+        <v>161720.0</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>5382849.0</v>
+        <v>171501.0</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>5485429.0</v>
+        <v>172167.0</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>5407889.0</v>
+        <v>173333.0</v>
       </c>
       <c r="H205" s="14" t="n">
-        <v>4924092.0</v>
+        <v>171954.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>3967133.0</v>
+        <v>2072205.0</v>
       </c>
       <c r="C206" s="14" t="n">
-        <v>4047611.0</v>
+        <v>1428322.0</v>
       </c>
       <c r="D206" s="14" t="n">
-        <v>4050049.0</v>
+        <v>950079.0</v>
       </c>
       <c r="E206" s="14" t="n">
-        <v>4549844.0</v>
+        <v>1578010.0</v>
       </c>
       <c r="F206" s="14" t="n">
-        <v>4806440.0</v>
+        <v>1563355.0</v>
       </c>
       <c r="G206" s="14" t="n">
-        <v>5089362.0</v>
+        <v>1587967.0</v>
       </c>
       <c r="H206" s="14" t="n">
-        <v>5017336.0</v>
+        <v>1498063.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>1.1098338E7</v>
+        <v>494948.0</v>
       </c>
       <c r="C207" s="14" t="n">
-        <v>1.16723E7</v>
+        <v>391414.0</v>
       </c>
       <c r="D207" s="14" t="n">
-        <v>1.1867943E7</v>
+        <v>402294.0</v>
       </c>
       <c r="E207" s="14" t="n">
-        <v>1.3148332E7</v>
+        <v>388821.0</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>1.3934557E7</v>
+        <v>397755.0</v>
       </c>
       <c r="G207" s="14" t="n">
-        <v>1.3890864E7</v>
+        <v>378012.0</v>
       </c>
       <c r="H207" s="14" t="n">
-        <v>1.0540316E7</v>
+        <v>387844.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B208" s="14" t="n">
-        <v>2211222.0</v>
+        <v>726961.0</v>
       </c>
       <c r="C208" s="14" t="n">
-        <v>2266205.0</v>
+        <v>641797.0</v>
       </c>
       <c r="D208" s="14" t="n">
-        <v>2463873.0</v>
+        <v>576886.0</v>
       </c>
       <c r="E208" s="14" t="n">
-        <v>2610925.0</v>
+        <v>647521.0</v>
       </c>
       <c r="F208" s="14" t="n">
-        <v>2794210.0</v>
+        <v>603164.0</v>
       </c>
       <c r="G208" s="14" t="n">
-        <v>2765455.0</v>
+        <v>590802.0</v>
       </c>
       <c r="H208" s="14" t="n">
-        <v>2718214.0</v>
+        <v>570187.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B209" s="14" t="n">
-        <v>7451478.0</v>
+        <v>1.3771223E7</v>
       </c>
       <c r="C209" s="14" t="n">
-        <v>7855928.0</v>
+        <v>1.2203851E7</v>
       </c>
       <c r="D209" s="14" t="n">
-        <v>8559951.0</v>
+        <v>1.0940025E7</v>
       </c>
       <c r="E209" s="14" t="n">
-        <v>9204914.0</v>
+        <v>1.2422312E7</v>
       </c>
       <c r="F209" s="14" t="n">
-        <v>9856837.0</v>
+        <v>1.2303956E7</v>
       </c>
       <c r="G209" s="14" t="n">
-        <v>1.0407987E7</v>
+        <v>1.2126817E7</v>
       </c>
       <c r="H209" s="14" t="n">
-        <v>6513076.0</v>
+        <v>1.1715803E7</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B210" s="14" t="n">
-        <v>2163623.0</v>
+        <v>1.3157116E7</v>
       </c>
       <c r="C210" s="14" t="n">
-        <v>2136064.0</v>
+        <v>1.1882658E7</v>
       </c>
       <c r="D210" s="14" t="n">
-        <v>2153957.0</v>
+        <v>1.0582501E7</v>
       </c>
       <c r="E210" s="14" t="n">
-        <v>2188048.0</v>
+        <v>1.1962592E7</v>
       </c>
       <c r="F210" s="14" t="n">
-        <v>2222452.0</v>
+        <v>1.1883715E7</v>
       </c>
       <c r="G210" s="14" t="n">
-        <v>2264522.0</v>
+        <v>1.1662134E7</v>
       </c>
       <c r="H210" s="14" t="n">
-        <v>2225191.0</v>
+        <v>1.1234008E7</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B211" s="14" t="n">
-        <v>9746974.0</v>
+        <v>1.7522443E7</v>
       </c>
       <c r="C211" s="14" t="n">
-        <v>1.0576882E7</v>
+        <v>1.6052645E7</v>
       </c>
       <c r="D211" s="14" t="n">
-        <v>1.1302721E7</v>
+        <v>1.4555469E7</v>
       </c>
       <c r="E211" s="14" t="n">
-        <v>1.2119436E7</v>
+        <v>1.5791113E7</v>
       </c>
       <c r="F211" s="14" t="n">
-        <v>1.2831422E7</v>
+        <v>1.5550036E7</v>
       </c>
       <c r="G211" s="14" t="n">
-        <v>1.3076402E7</v>
+        <v>1.5268528E7</v>
       </c>
       <c r="H211" s="14" t="n">
-        <v>8204694.0</v>
+        <v>1.4827318E7</v>
       </c>
     </row>
     <row r="212">
-      <c r="A212" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A212" s="6" t="inlineStr">
+        <is>
+          <t>12 Galicia</t>
+        </is>
+      </c>
+      <c r="B212" s="6"/>
+      <c r="C212" s="6"/>
+      <c r="D212" s="6"/>
+      <c r="E212" s="6"/>
+      <c r="F212" s="6"/>
+      <c r="G212" s="6"/>
+      <c r="H212" s="6"/>
     </row>
     <row r="213">
       <c r="A213" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B213" s="14" t="n">
-        <v>9.1747624E7</v>
+        <v>6194004.0</v>
       </c>
       <c r="C213" s="14" t="n">
-        <v>9.4799129E7</v>
+        <v>5862679.0</v>
       </c>
       <c r="D213" s="14" t="n">
-        <v>9.8944298E7</v>
+        <v>5896047.0</v>
       </c>
       <c r="E213" s="14" t="n">
-        <v>1.04051039E8</v>
+        <v>5380404.0</v>
       </c>
       <c r="F213" s="14" t="n">
-        <v>1.09615002E8</v>
+        <v>5378278.0</v>
       </c>
       <c r="G213" s="14" t="n">
-        <v>1.12722291E8</v>
+        <v>5276179.0</v>
       </c>
       <c r="H213" s="14" t="n">
-        <v>9.9534586E7</v>
+        <v>5298883.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B214" s="14" t="n">
-        <v>9.9427405E7</v>
+        <v>1585694.0</v>
       </c>
       <c r="C214" s="14" t="n">
-        <v>1.02599223E8</v>
+        <v>1535231.0</v>
       </c>
       <c r="D214" s="14" t="n">
-        <v>1.07019155E8</v>
+        <v>1530967.0</v>
       </c>
       <c r="E214" s="14" t="n">
-        <v>1.13067129E8</v>
+        <v>1415743.0</v>
       </c>
       <c r="F214" s="14" t="n">
-        <v>1.18591163E8</v>
+        <v>1411078.0</v>
       </c>
       <c r="G214" s="14" t="n">
-        <v>1.22742484E8</v>
+        <v>1405151.0</v>
       </c>
       <c r="H214" s="14" t="n">
-        <v>1.05950348E8</v>
+        <v>1429344.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B215" s="14" t="n">
-        <v>1.15567005E8</v>
+        <v>1590237.0</v>
       </c>
       <c r="C215" s="14" t="n">
-        <v>1.19676807E8</v>
+        <v>1452621.0</v>
       </c>
       <c r="D215" s="14" t="n">
-        <v>1.24149972E8</v>
+        <v>1237155.0</v>
       </c>
       <c r="E215" s="14" t="n">
-        <v>1.30723128E8</v>
+        <v>1733218.0</v>
       </c>
       <c r="F215" s="14" t="n">
-        <v>1.36817425E8</v>
+        <v>1714393.0</v>
       </c>
       <c r="G215" s="14" t="n">
-        <v>1.42183545E8</v>
+        <v>1784996.0</v>
       </c>
       <c r="H215" s="14" t="n">
-        <v>1.26927662E8</v>
+        <v>1793003.0</v>
       </c>
     </row>
     <row r="216">
-      <c r="A216" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H216" s="6"/>
+      <c r="A216" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+        </is>
+      </c>
+      <c r="B216" s="14" t="n">
+        <v>9198663.0</v>
+      </c>
+      <c r="C216" s="14" t="n">
+        <v>8613777.0</v>
+      </c>
+      <c r="D216" s="14" t="n">
+        <v>8083551.0</v>
+      </c>
+      <c r="E216" s="14" t="n">
+        <v>8135888.0</v>
+      </c>
+      <c r="F216" s="14" t="n">
+        <v>8015929.0</v>
+      </c>
+      <c r="G216" s="14" t="n">
+        <v>7881708.0</v>
+      </c>
+      <c r="H216" s="14" t="n">
+        <v>7730276.0</v>
+      </c>
     </row>
     <row r="217">
       <c r="A217" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B217" s="14" t="n">
-        <v>2604327.0</v>
+        <v>1968702.0</v>
       </c>
       <c r="C217" s="14" t="n">
-        <v>2716236.0</v>
+        <v>1884518.0</v>
       </c>
       <c r="D217" s="14" t="n">
-        <v>2683971.0</v>
+        <v>1606477.0</v>
       </c>
       <c r="E217" s="14" t="n">
-        <v>2748231.0</v>
+        <v>1758427.0</v>
       </c>
       <c r="F217" s="14" t="n">
-        <v>2889504.0</v>
+        <v>1777674.0</v>
       </c>
       <c r="G217" s="14" t="n">
-        <v>2903308.0</v>
+        <v>1763663.0</v>
       </c>
       <c r="H217" s="14" t="n">
-        <v>3067501.0</v>
+        <v>1733994.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B218" s="14" t="n">
-        <v>927757.0</v>
+        <v>1959591.0</v>
       </c>
       <c r="C218" s="14" t="n">
-        <v>916489.0</v>
+        <v>1928533.0</v>
       </c>
       <c r="D218" s="14" t="n">
-        <v>970452.0</v>
+        <v>1888939.0</v>
       </c>
       <c r="E218" s="14" t="n">
-        <v>979031.0</v>
+        <v>1964439.0</v>
       </c>
       <c r="F218" s="14" t="n">
-        <v>1000537.0</v>
+        <v>1858941.0</v>
       </c>
       <c r="G218" s="14" t="n">
-        <v>989146.0</v>
+        <v>1784358.0</v>
       </c>
       <c r="H218" s="14" t="n">
-        <v>1028233.0</v>
+        <v>1624895.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B219" s="14" t="n">
-        <v>806734.0</v>
+        <v>5601400.0</v>
       </c>
       <c r="C219" s="14" t="n">
-        <v>831458.0</v>
+        <v>4732865.0</v>
       </c>
       <c r="D219" s="14" t="n">
-        <v>923737.0</v>
+        <v>3795499.0</v>
       </c>
       <c r="E219" s="14" t="n">
-        <v>936693.0</v>
+        <v>5002465.0</v>
       </c>
       <c r="F219" s="14" t="n">
-        <v>941144.0</v>
+        <v>4953071.0</v>
       </c>
       <c r="G219" s="14" t="n">
-        <v>957350.0</v>
+        <v>4788022.0</v>
       </c>
       <c r="H219" s="14" t="n">
-        <v>669929.0</v>
+        <v>4371810.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B220" s="14" t="n">
-        <v>3832201.0</v>
+        <v>1345579.0</v>
       </c>
       <c r="C220" s="14" t="n">
-        <v>3825898.0</v>
+        <v>1266317.0</v>
       </c>
       <c r="D220" s="14" t="n">
-        <v>3845274.0</v>
+        <v>1198419.0</v>
       </c>
       <c r="E220" s="14" t="n">
-        <v>3944262.0</v>
+        <v>1183997.0</v>
       </c>
       <c r="F220" s="14" t="n">
-        <v>4056262.0</v>
+        <v>1187180.0</v>
       </c>
       <c r="G220" s="14" t="n">
-        <v>4119706.0</v>
+        <v>1148785.0</v>
       </c>
       <c r="H220" s="14" t="n">
-        <v>4054135.0</v>
+        <v>1094409.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B221" s="14" t="n">
-        <v>822554.0</v>
+        <v>2787289.0</v>
       </c>
       <c r="C221" s="14" t="n">
-        <v>894743.0</v>
+        <v>1961803.0</v>
       </c>
       <c r="D221" s="14" t="n">
-        <v>954857.0</v>
+        <v>1482805.0</v>
       </c>
       <c r="E221" s="14" t="n">
-        <v>1012494.0</v>
+        <v>2312628.0</v>
       </c>
       <c r="F221" s="14" t="n">
-        <v>1046737.0</v>
+        <v>2226080.0</v>
       </c>
       <c r="G221" s="14" t="n">
-        <v>1028485.0</v>
+        <v>2171693.0</v>
       </c>
       <c r="H221" s="14" t="n">
-        <v>912579.0</v>
+        <v>1969704.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B222" s="14" t="n">
-        <v>744925.0</v>
+        <v>391388.0</v>
       </c>
       <c r="C222" s="14" t="n">
-        <v>774570.0</v>
+        <v>389423.0</v>
       </c>
       <c r="D222" s="14" t="n">
-        <v>804803.0</v>
+        <v>436808.0</v>
       </c>
       <c r="E222" s="14" t="n">
-        <v>860217.0</v>
+        <v>456517.0</v>
       </c>
       <c r="F222" s="14" t="n">
-        <v>897680.0</v>
+        <v>453106.0</v>
       </c>
       <c r="G222" s="14" t="n">
-        <v>954586.0</v>
+        <v>451381.0</v>
       </c>
       <c r="H222" s="14" t="n">
-        <v>845944.0</v>
+        <v>446727.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B223" s="14" t="n">
-        <v>2062000.0</v>
+        <v>5555396.0</v>
       </c>
       <c r="C223" s="14" t="n">
-        <v>2158259.0</v>
+        <v>4038717.0</v>
       </c>
       <c r="D223" s="14" t="n">
-        <v>2270774.0</v>
+        <v>2869517.0</v>
       </c>
       <c r="E223" s="14" t="n">
-        <v>2544147.0</v>
+        <v>5077411.0</v>
       </c>
       <c r="F223" s="14" t="n">
-        <v>2699445.0</v>
+        <v>5038646.0</v>
       </c>
       <c r="G223" s="14" t="n">
-        <v>2656909.0</v>
+        <v>4918424.0</v>
       </c>
       <c r="H223" s="14" t="n">
-        <v>1952676.0</v>
+        <v>4423732.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B224" s="14" t="n">
-        <v>415945.0</v>
+        <v>1613207.0</v>
       </c>
       <c r="C224" s="14" t="n">
-        <v>411867.0</v>
+        <v>1335199.0</v>
       </c>
       <c r="D224" s="14" t="n">
-        <v>450988.0</v>
+        <v>1356346.0</v>
       </c>
       <c r="E224" s="14" t="n">
-        <v>467695.0</v>
+        <v>1416511.0</v>
       </c>
       <c r="F224" s="14" t="n">
-        <v>486576.0</v>
+        <v>1334088.0</v>
       </c>
       <c r="G224" s="14" t="n">
-        <v>474736.0</v>
+        <v>1258050.0</v>
       </c>
       <c r="H224" s="14" t="n">
-        <v>461718.0</v>
+        <v>1228949.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B225" s="14" t="n">
-        <v>1135681.0</v>
+        <v>2427051.0</v>
       </c>
       <c r="C225" s="14" t="n">
-        <v>1214342.0</v>
+        <v>2082275.0</v>
       </c>
       <c r="D225" s="14" t="n">
-        <v>1300771.0</v>
+        <v>1788389.0</v>
       </c>
       <c r="E225" s="14" t="n">
-        <v>1405732.0</v>
+        <v>2009042.0</v>
       </c>
       <c r="F225" s="14" t="n">
-        <v>1507522.0</v>
+        <v>1946133.0</v>
       </c>
       <c r="G225" s="14" t="n">
-        <v>1505477.0</v>
+        <v>1913743.0</v>
       </c>
       <c r="H225" s="14" t="n">
-        <v>979146.0</v>
+        <v>1830582.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B226" s="14" t="n">
-        <v>356699.0</v>
+        <v>4.2218201E7</v>
       </c>
       <c r="C226" s="14" t="n">
-        <v>352572.0</v>
+        <v>3.7083958E7</v>
       </c>
       <c r="D226" s="14" t="n">
-        <v>364385.0</v>
+        <v>3.3170919E7</v>
       </c>
       <c r="E226" s="14" t="n">
-        <v>372448.0</v>
+        <v>3.784669E7</v>
       </c>
       <c r="F226" s="14" t="n">
-        <v>376877.0</v>
+        <v>3.7294597E7</v>
       </c>
       <c r="G226" s="14" t="n">
-        <v>380940.0</v>
+        <v>3.6546153E7</v>
       </c>
       <c r="H226" s="14" t="n">
-        <v>369493.0</v>
+        <v>3.4976308E7</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B227" s="14" t="n">
-        <v>2004036.0</v>
+        <v>4.0652369E7</v>
       </c>
       <c r="C227" s="14" t="n">
-        <v>2154559.0</v>
+        <v>3.5934833E7</v>
       </c>
       <c r="D227" s="14" t="n">
-        <v>2392968.0</v>
+        <v>3.2279978E7</v>
       </c>
       <c r="E227" s="14" t="n">
-        <v>2624301.0</v>
+        <v>3.6710075E7</v>
       </c>
       <c r="F227" s="14" t="n">
-        <v>2717698.0</v>
+        <v>3.6197885E7</v>
       </c>
       <c r="G227" s="14" t="n">
-        <v>2775001.0</v>
+        <v>3.5485944E7</v>
       </c>
       <c r="H227" s="14" t="n">
-        <v>1563160.0</v>
+        <v>3.4052643E7</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B228" s="14" t="n">
-        <v>1454310.0</v>
+        <v>5.0894693E7</v>
       </c>
       <c r="C228" s="14" t="n">
-        <v>1502162.0</v>
+        <v>4.5719296E7</v>
       </c>
       <c r="D228" s="14" t="n">
-        <v>1580893.0</v>
+        <v>4.1523877E7</v>
       </c>
       <c r="E228" s="14" t="n">
-        <v>1614965.0</v>
+        <v>4.5547469E7</v>
       </c>
       <c r="F228" s="14" t="n">
-        <v>1694674.0</v>
+        <v>4.4583999E7</v>
       </c>
       <c r="G228" s="14" t="n">
-        <v>1728406.0</v>
+        <v>4.3654554E7</v>
       </c>
       <c r="H228" s="14" t="n">
-        <v>1600106.0</v>
+        <v>4.2021545E7</v>
       </c>
     </row>
     <row r="229">
-      <c r="A229" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A229" s="6" t="inlineStr">
+        <is>
+          <t>13 Madrid, Comunidad de</t>
+        </is>
+      </c>
+      <c r="B229" s="6"/>
+      <c r="C229" s="6"/>
+      <c r="D229" s="6"/>
+      <c r="E229" s="6"/>
+      <c r="F229" s="6"/>
+      <c r="G229" s="6"/>
+      <c r="H229" s="6"/>
     </row>
     <row r="230">
       <c r="A230" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B230" s="14" t="n">
-        <v>1.6450131E7</v>
+        <v>1.3820927E7</v>
       </c>
       <c r="C230" s="14" t="n">
-        <v>1.7086541E7</v>
+        <v>1.3130024E7</v>
       </c>
       <c r="D230" s="14" t="n">
-        <v>1.7761699E7</v>
+        <v>1.3319939E7</v>
       </c>
       <c r="E230" s="14" t="n">
-        <v>1.8673482E7</v>
+        <v>1.220726E7</v>
       </c>
       <c r="F230" s="14" t="n">
-        <v>1.937016E7</v>
+        <v>1.1842589E7</v>
       </c>
       <c r="G230" s="14" t="n">
-        <v>1.9730888E7</v>
+        <v>1.1157953E7</v>
       </c>
       <c r="H230" s="14" t="n">
-        <v>1.7253156E7</v>
+        <v>1.1048172E7</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B231" s="14" t="n">
-        <v>2.0520775E7</v>
+        <v>3877786.0</v>
       </c>
       <c r="C231" s="14" t="n">
-        <v>2.1356817E7</v>
+        <v>3781361.0</v>
       </c>
       <c r="D231" s="14" t="n">
-        <v>2.2152102E7</v>
+        <v>3775998.0</v>
       </c>
       <c r="E231" s="14" t="n">
-        <v>2.3193687E7</v>
+        <v>3596723.0</v>
       </c>
       <c r="F231" s="14" t="n">
-        <v>2.404648E7</v>
+        <v>3545516.0</v>
       </c>
       <c r="G231" s="14" t="n">
-        <v>2.4670817E7</v>
+        <v>3501471.0</v>
       </c>
       <c r="H231" s="14" t="n">
-        <v>2.2489291E7</v>
+        <v>3477840.0</v>
       </c>
     </row>
     <row r="232">
-      <c r="A232" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H232" s="6"/>
+      <c r="A232" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+        </is>
+      </c>
+      <c r="B232" s="14" t="n">
+        <v>3637363.0</v>
+      </c>
+      <c r="C232" s="14" t="n">
+        <v>3306179.0</v>
+      </c>
+      <c r="D232" s="14" t="n">
+        <v>2871395.0</v>
+      </c>
+      <c r="E232" s="14" t="n">
+        <v>3894592.0</v>
+      </c>
+      <c r="F232" s="14" t="n">
+        <v>3855875.0</v>
+      </c>
+      <c r="G232" s="14" t="n">
+        <v>3974280.0</v>
+      </c>
+      <c r="H232" s="14" t="n">
+        <v>4021760.0</v>
+      </c>
     </row>
     <row r="233">
       <c r="A233" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B233" s="14" t="n">
-        <v>1209990.0</v>
+        <v>3.0013025E7</v>
       </c>
       <c r="C233" s="14" t="n">
-        <v>1288911.0</v>
+        <v>2.892989E7</v>
       </c>
       <c r="D233" s="14" t="n">
-        <v>1258031.0</v>
+        <v>2.7829029E7</v>
       </c>
       <c r="E233" s="14" t="n">
-        <v>1278517.0</v>
+        <v>2.8041224E7</v>
       </c>
       <c r="F233" s="14" t="n">
-        <v>1359009.0</v>
+        <v>2.7283438E7</v>
       </c>
       <c r="G233" s="14" t="n">
-        <v>1402806.0</v>
+        <v>2.6306295E7</v>
       </c>
       <c r="H233" s="14" t="n">
-        <v>1539941.0</v>
+        <v>2.556749E7</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B234" s="14" t="n">
-        <v>435581.0</v>
+        <v>5663956.0</v>
       </c>
       <c r="C234" s="14" t="n">
-        <v>432213.0</v>
+        <v>5461417.0</v>
       </c>
       <c r="D234" s="14" t="n">
-        <v>454086.0</v>
+        <v>4824951.0</v>
       </c>
       <c r="E234" s="14" t="n">
-        <v>453431.0</v>
+        <v>5341217.0</v>
       </c>
       <c r="F234" s="14" t="n">
-        <v>469556.0</v>
+        <v>5401037.0</v>
       </c>
       <c r="G234" s="14" t="n">
-        <v>484598.0</v>
+        <v>5272698.0</v>
       </c>
       <c r="H234" s="14" t="n">
-        <v>486304.0</v>
+        <v>5116888.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B235" s="14" t="n">
-        <v>416005.0</v>
+        <v>5675319.0</v>
       </c>
       <c r="C235" s="14" t="n">
-        <v>434309.0</v>
+        <v>5521579.0</v>
       </c>
       <c r="D235" s="14" t="n">
-        <v>459334.0</v>
+        <v>5250462.0</v>
       </c>
       <c r="E235" s="14" t="n">
-        <v>460114.0</v>
+        <v>5318919.0</v>
       </c>
       <c r="F235" s="14" t="n">
-        <v>453415.0</v>
+        <v>5019696.0</v>
       </c>
       <c r="G235" s="14" t="n">
-        <v>466568.0</v>
+        <v>4755745.0</v>
       </c>
       <c r="H235" s="14" t="n">
-        <v>358811.0</v>
+        <v>4265336.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B236" s="14" t="n">
-        <v>2262670.0</v>
+        <v>1.4503286E7</v>
       </c>
       <c r="C236" s="14" t="n">
-        <v>2246776.0</v>
+        <v>1.2583575E7</v>
       </c>
       <c r="D236" s="14" t="n">
-        <v>2244513.0</v>
+        <v>1.0403133E7</v>
       </c>
       <c r="E236" s="14" t="n">
-        <v>2302749.0</v>
+        <v>1.3919964E7</v>
       </c>
       <c r="F236" s="14" t="n">
-        <v>2349058.0</v>
+        <v>1.3918498E7</v>
       </c>
       <c r="G236" s="14" t="n">
-        <v>2395718.0</v>
+        <v>1.3117358E7</v>
       </c>
       <c r="H236" s="14" t="n">
-        <v>2358424.0</v>
+        <v>1.1864302E7</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B237" s="14" t="n">
-        <v>420295.0</v>
+        <v>4045192.0</v>
       </c>
       <c r="C237" s="14" t="n">
-        <v>447163.0</v>
+        <v>3758529.0</v>
       </c>
       <c r="D237" s="14" t="n">
-        <v>470387.0</v>
+        <v>3557240.0</v>
       </c>
       <c r="E237" s="14" t="n">
-        <v>489141.0</v>
+        <v>3568034.0</v>
       </c>
       <c r="F237" s="14" t="n">
-        <v>491579.0</v>
+        <v>3598070.0</v>
       </c>
       <c r="G237" s="14" t="n">
-        <v>486747.0</v>
+        <v>3388640.0</v>
       </c>
       <c r="H237" s="14" t="n">
-        <v>435026.0</v>
+        <v>3244135.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B238" s="14" t="n">
-        <v>433643.0</v>
+        <v>1.064474E7</v>
       </c>
       <c r="C238" s="14" t="n">
-        <v>430265.0</v>
+        <v>7337264.0</v>
       </c>
       <c r="D238" s="14" t="n">
-        <v>424121.0</v>
+        <v>5620014.0</v>
       </c>
       <c r="E238" s="14" t="n">
-        <v>469345.0</v>
+        <v>9666748.0</v>
       </c>
       <c r="F238" s="14" t="n">
-        <v>475037.0</v>
+        <v>9195850.0</v>
       </c>
       <c r="G238" s="14" t="n">
-        <v>542194.0</v>
+        <v>8639281.0</v>
       </c>
       <c r="H238" s="14" t="n">
-        <v>522358.0</v>
+        <v>7960027.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B239" s="14" t="n">
-        <v>926200.0</v>
+        <v>1978652.0</v>
       </c>
       <c r="C239" s="14" t="n">
-        <v>995269.0</v>
+        <v>1965149.0</v>
       </c>
       <c r="D239" s="14" t="n">
-        <v>1008328.0</v>
+        <v>2198808.0</v>
       </c>
       <c r="E239" s="14" t="n">
-        <v>1145741.0</v>
+        <v>2230476.0</v>
       </c>
       <c r="F239" s="14" t="n">
-        <v>1225406.0</v>
+        <v>2190480.0</v>
       </c>
       <c r="G239" s="14" t="n">
-        <v>1262705.0</v>
+        <v>2158706.0</v>
       </c>
       <c r="H239" s="14" t="n">
-        <v>947896.0</v>
+        <v>2127591.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B240" s="14" t="n">
-        <v>209918.0</v>
+        <v>1.3397592E7</v>
       </c>
       <c r="C240" s="14" t="n">
-        <v>211281.0</v>
+        <v>9814714.0</v>
       </c>
       <c r="D240" s="14" t="n">
-        <v>233716.0</v>
+        <v>8378272.0</v>
       </c>
       <c r="E240" s="14" t="n">
-        <v>247916.0</v>
+        <v>1.3498088E7</v>
       </c>
       <c r="F240" s="14" t="n">
-        <v>258944.0</v>
+        <v>1.3235131E7</v>
       </c>
       <c r="G240" s="14" t="n">
-        <v>255817.0</v>
+        <v>1.2544405E7</v>
       </c>
       <c r="H240" s="14" t="n">
-        <v>248319.0</v>
+        <v>1.1768468E7</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B241" s="14" t="n">
-        <v>654880.0</v>
+        <v>9961704.0</v>
       </c>
       <c r="C241" s="14" t="n">
-        <v>696650.0</v>
+        <v>8635092.0</v>
       </c>
       <c r="D241" s="14" t="n">
-        <v>699260.0</v>
+        <v>8937353.0</v>
       </c>
       <c r="E241" s="14" t="n">
-        <v>780181.0</v>
+        <v>8635927.0</v>
       </c>
       <c r="F241" s="14" t="n">
-        <v>833131.0</v>
+        <v>7930115.0</v>
       </c>
       <c r="G241" s="14" t="n">
-        <v>920900.0</v>
+        <v>6733285.0</v>
       </c>
       <c r="H241" s="14" t="n">
-        <v>618759.0</v>
+        <v>6050688.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B242" s="14" t="n">
-        <v>185858.0</v>
+        <v>5909991.0</v>
       </c>
       <c r="C242" s="14" t="n">
-        <v>184126.0</v>
+        <v>5271482.0</v>
       </c>
       <c r="D242" s="14" t="n">
-        <v>187140.0</v>
+        <v>4834287.0</v>
       </c>
       <c r="E242" s="14" t="n">
-        <v>191761.0</v>
+        <v>5684150.0</v>
       </c>
       <c r="F242" s="14" t="n">
-        <v>195380.0</v>
+        <v>5492312.0</v>
       </c>
       <c r="G242" s="14" t="n">
-        <v>199624.0</v>
+        <v>5257187.0</v>
       </c>
       <c r="H242" s="14" t="n">
-        <v>195900.0</v>
+        <v>5021600.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B243" s="14" t="n">
-        <v>1085122.0</v>
+        <v>1.23129533E8</v>
       </c>
       <c r="C243" s="14" t="n">
-        <v>1161253.0</v>
+        <v>1.09496255E8</v>
       </c>
       <c r="D243" s="14" t="n">
-        <v>1305979.0</v>
+        <v>1.01800881E8</v>
       </c>
       <c r="E243" s="14" t="n">
-        <v>1413729.0</v>
+        <v>1.15603322E8</v>
       </c>
       <c r="F243" s="14" t="n">
-        <v>1442261.0</v>
+        <v>1.12508607E8</v>
       </c>
       <c r="G243" s="14" t="n">
-        <v>1508710.0</v>
+        <v>1.06807304E8</v>
       </c>
       <c r="H243" s="14" t="n">
-        <v>853794.0</v>
+        <v>1.01534297E8</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B244" s="14" t="n">
-        <v>881627.0</v>
+        <v>1.32821654E8</v>
       </c>
       <c r="C244" s="14" t="n">
-        <v>923045.0</v>
+        <v>1.17341951E8</v>
       </c>
       <c r="D244" s="14" t="n">
-        <v>1015490.0</v>
+        <v>1.08152932E8</v>
       </c>
       <c r="E244" s="14" t="n">
-        <v>1043734.0</v>
+        <v>1.25385395E8</v>
       </c>
       <c r="F244" s="14" t="n">
-        <v>1094474.0</v>
+        <v>1.21239521E8</v>
       </c>
       <c r="G244" s="14" t="n">
-        <v>1110482.0</v>
+        <v>1.15633858E8</v>
       </c>
       <c r="H244" s="14" t="n">
-        <v>1020286.0</v>
+        <v>1.09297049E8</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B245" s="14" t="n">
-        <v>9121789.0</v>
+        <v>1.56977841E8</v>
       </c>
       <c r="C245" s="14" t="n">
-        <v>9451261.0</v>
+        <v>1.39779021E8</v>
       </c>
       <c r="D245" s="14" t="n">
-        <v>9760385.0</v>
+        <v>1.29093781E8</v>
       </c>
       <c r="E245" s="14" t="n">
-        <v>1.0276359E7</v>
+        <v>1.44828929E8</v>
       </c>
       <c r="F245" s="14" t="n">
-        <v>1.064725E7</v>
+        <v>1.39465254E8</v>
       </c>
       <c r="G245" s="14" t="n">
-        <v>1.1036869E7</v>
+        <v>1.33312051E8</v>
       </c>
       <c r="H245" s="14" t="n">
-        <v>9585818.0</v>
+        <v>1.26476494E8</v>
       </c>
     </row>
     <row r="246">
-      <c r="A246" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A246" s="6" t="inlineStr">
+        <is>
+          <t>14 Murcia, Región de</t>
+        </is>
+      </c>
+      <c r="B246" s="6"/>
+      <c r="C246" s="6"/>
+      <c r="D246" s="6"/>
+      <c r="E246" s="6"/>
+      <c r="F246" s="6"/>
+      <c r="G246" s="6"/>
+      <c r="H246" s="6"/>
     </row>
     <row r="247">
       <c r="A247" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B247" s="14" t="n">
-        <v>1.1386864E7</v>
+        <v>3236174.0</v>
       </c>
       <c r="C247" s="14" t="n">
-        <v>1.1692877E7</v>
+        <v>3024273.0</v>
       </c>
       <c r="D247" s="14" t="n">
-        <v>1.2152283E7</v>
+        <v>3064125.0</v>
       </c>
       <c r="E247" s="14" t="n">
-        <v>1.2736166E7</v>
+        <v>2899385.0</v>
       </c>
       <c r="F247" s="14" t="n">
-        <v>1.322162E7</v>
+        <v>2886117.0</v>
       </c>
       <c r="G247" s="14" t="n">
-        <v>1.3676851E7</v>
+        <v>2746237.0</v>
       </c>
       <c r="H247" s="14" t="n">
-        <v>1.2281867E7</v>
+        <v>2680984.0</v>
       </c>
     </row>
     <row r="248">
-      <c r="A248" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H248" s="6"/>
+      <c r="A248" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+        </is>
+      </c>
+      <c r="B248" s="14" t="n">
+        <v>1118883.0</v>
+      </c>
+      <c r="C248" s="14" t="n">
+        <v>1016746.0</v>
+      </c>
+      <c r="D248" s="14" t="n">
+        <v>1023628.0</v>
+      </c>
+      <c r="E248" s="14" t="n">
+        <v>982683.0</v>
+      </c>
+      <c r="F248" s="14" t="n">
+        <v>995136.0</v>
+      </c>
+      <c r="G248" s="14" t="n">
+        <v>972963.0</v>
+      </c>
+      <c r="H248" s="14" t="n">
+        <v>965692.0</v>
+      </c>
     </row>
     <row r="249">
       <c r="A249" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B249" s="14" t="n">
-        <v>4294852.0</v>
+        <v>789284.0</v>
       </c>
       <c r="C249" s="14" t="n">
-        <v>4459000.0</v>
+        <v>731261.0</v>
       </c>
       <c r="D249" s="14" t="n">
-        <v>4493060.0</v>
+        <v>651313.0</v>
       </c>
       <c r="E249" s="14" t="n">
-        <v>4509357.0</v>
+        <v>935863.0</v>
       </c>
       <c r="F249" s="14" t="n">
-        <v>4697652.0</v>
+        <v>922370.0</v>
       </c>
       <c r="G249" s="14" t="n">
-        <v>4777769.0</v>
+        <v>921867.0</v>
       </c>
       <c r="H249" s="14" t="n">
-        <v>5178291.0</v>
+        <v>910254.0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B250" s="14" t="n">
-        <v>1454022.0</v>
+        <v>4346835.0</v>
       </c>
       <c r="C250" s="14" t="n">
-        <v>1433653.0</v>
+        <v>4094377.0</v>
       </c>
       <c r="D250" s="14" t="n">
-        <v>1494761.0</v>
+        <v>3825160.0</v>
       </c>
       <c r="E250" s="14" t="n">
-        <v>1480329.0</v>
+        <v>3872832.0</v>
       </c>
       <c r="F250" s="14" t="n">
-        <v>1497591.0</v>
+        <v>3820845.0</v>
       </c>
       <c r="G250" s="14" t="n">
-        <v>1516858.0</v>
+        <v>3717697.0</v>
       </c>
       <c r="H250" s="14" t="n">
-        <v>1591126.0</v>
+        <v>3615544.0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B251" s="14" t="n">
-        <v>1552401.0</v>
+        <v>1074520.0</v>
       </c>
       <c r="C251" s="14" t="n">
-        <v>1587079.0</v>
+        <v>1020290.0</v>
       </c>
       <c r="D251" s="14" t="n">
-        <v>1600334.0</v>
+        <v>873144.0</v>
       </c>
       <c r="E251" s="14" t="n">
-        <v>1565721.0</v>
+        <v>991090.0</v>
       </c>
       <c r="F251" s="14" t="n">
-        <v>1465092.0</v>
+        <v>1008805.0</v>
       </c>
       <c r="G251" s="14" t="n">
-        <v>1429640.0</v>
+        <v>971830.0</v>
       </c>
       <c r="H251" s="14" t="n">
-        <v>1046089.0</v>
+        <v>917881.0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B252" s="14" t="n">
-        <v>9228634.0</v>
+        <v>962078.0</v>
       </c>
       <c r="C252" s="14" t="n">
-        <v>9293389.0</v>
+        <v>917398.0</v>
       </c>
       <c r="D252" s="14" t="n">
-        <v>9332884.0</v>
+        <v>929206.0</v>
       </c>
       <c r="E252" s="14" t="n">
-        <v>9566764.0</v>
+        <v>1038190.0</v>
       </c>
       <c r="F252" s="14" t="n">
-        <v>9776286.0</v>
+        <v>973812.0</v>
       </c>
       <c r="G252" s="14" t="n">
-        <v>9884861.0</v>
+        <v>932397.0</v>
       </c>
       <c r="H252" s="14" t="n">
-        <v>9667582.0</v>
+        <v>871087.0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B253" s="14" t="n">
-        <v>1452711.0</v>
+        <v>2690278.0</v>
       </c>
       <c r="C253" s="14" t="n">
-        <v>1593827.0</v>
+        <v>2369203.0</v>
       </c>
       <c r="D253" s="14" t="n">
-        <v>1658517.0</v>
+        <v>1952503.0</v>
       </c>
       <c r="E253" s="14" t="n">
-        <v>1686008.0</v>
+        <v>2620913.0</v>
       </c>
       <c r="F253" s="14" t="n">
-        <v>1711913.0</v>
+        <v>2656163.0</v>
       </c>
       <c r="G253" s="14" t="n">
-        <v>1673992.0</v>
+        <v>2507176.0</v>
       </c>
       <c r="H253" s="14" t="n">
-        <v>1542823.0</v>
+        <v>2239082.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B254" s="14" t="n">
-        <v>1322491.0</v>
+        <v>665221.0</v>
       </c>
       <c r="C254" s="14" t="n">
-        <v>1376499.0</v>
+        <v>620983.0</v>
       </c>
       <c r="D254" s="14" t="n">
-        <v>1329151.0</v>
+        <v>588997.0</v>
       </c>
       <c r="E254" s="14" t="n">
-        <v>1450235.0</v>
+        <v>586614.0</v>
       </c>
       <c r="F254" s="14" t="n">
-        <v>1517517.0</v>
+        <v>607458.0</v>
       </c>
       <c r="G254" s="14" t="n">
-        <v>1596594.0</v>
+        <v>586942.0</v>
       </c>
       <c r="H254" s="14" t="n">
-        <v>1458162.0</v>
+        <v>572089.0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B255" s="14" t="n">
-        <v>3099474.0</v>
+        <v>1588660.0</v>
       </c>
       <c r="C255" s="14" t="n">
-        <v>3204276.0</v>
+        <v>1113819.0</v>
       </c>
       <c r="D255" s="14" t="n">
-        <v>3162785.0</v>
+        <v>861083.0</v>
       </c>
       <c r="E255" s="14" t="n">
-        <v>3466233.0</v>
+        <v>1389717.0</v>
       </c>
       <c r="F255" s="14" t="n">
-        <v>3576841.0</v>
+        <v>1427788.0</v>
       </c>
       <c r="G255" s="14" t="n">
-        <v>3556550.0</v>
+        <v>1354504.0</v>
       </c>
       <c r="H255" s="14" t="n">
-        <v>2694192.0</v>
+        <v>1261277.0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B256" s="14" t="n">
-        <v>761434.0</v>
+        <v>353602.0</v>
       </c>
       <c r="C256" s="14" t="n">
-        <v>784229.0</v>
+        <v>329902.0</v>
       </c>
       <c r="D256" s="14" t="n">
-        <v>832455.0</v>
+        <v>360717.0</v>
       </c>
       <c r="E256" s="14" t="n">
-        <v>873527.0</v>
+        <v>370950.0</v>
       </c>
       <c r="F256" s="14" t="n">
-        <v>905916.0</v>
+        <v>367523.0</v>
       </c>
       <c r="G256" s="14" t="n">
-        <v>883487.0</v>
+        <v>363731.0</v>
       </c>
       <c r="H256" s="14" t="n">
-        <v>862151.0</v>
+        <v>356443.0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B257" s="14" t="n">
-        <v>2194178.0</v>
+        <v>2856475.0</v>
       </c>
       <c r="C257" s="14" t="n">
-        <v>2350014.0</v>
+        <v>2011030.0</v>
       </c>
       <c r="D257" s="14" t="n">
-        <v>2451096.0</v>
+        <v>1564133.0</v>
       </c>
       <c r="E257" s="14" t="n">
-        <v>2593721.0</v>
+        <v>2789021.0</v>
       </c>
       <c r="F257" s="14" t="n">
-        <v>2541976.0</v>
+        <v>2741353.0</v>
       </c>
       <c r="G257" s="14" t="n">
-        <v>2662995.0</v>
+        <v>2656049.0</v>
       </c>
       <c r="H257" s="14" t="n">
-        <v>1715694.0</v>
+        <v>2425336.0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B258" s="14" t="n">
-        <v>541174.0</v>
+        <v>821274.0</v>
       </c>
       <c r="C258" s="14" t="n">
-        <v>538090.0</v>
+        <v>663303.0</v>
       </c>
       <c r="D258" s="14" t="n">
-        <v>554514.0</v>
+        <v>699707.0</v>
       </c>
       <c r="E258" s="14" t="n">
-        <v>564272.0</v>
+        <v>661601.0</v>
       </c>
       <c r="F258" s="14" t="n">
-        <v>571522.0</v>
+        <v>642893.0</v>
       </c>
       <c r="G258" s="14" t="n">
-        <v>576000.0</v>
+        <v>593632.0</v>
       </c>
       <c r="H258" s="14" t="n">
-        <v>556383.0</v>
+        <v>617206.0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B259" s="14" t="n">
-        <v>3792116.0</v>
+        <v>1141179.0</v>
       </c>
       <c r="C259" s="14" t="n">
-        <v>3776765.0</v>
+        <v>1005432.0</v>
       </c>
       <c r="D259" s="14" t="n">
-        <v>4188122.0</v>
+        <v>937579.0</v>
       </c>
       <c r="E259" s="14" t="n">
-        <v>4443990.0</v>
+        <v>1101690.0</v>
       </c>
       <c r="F259" s="14" t="n">
-        <v>4409103.0</v>
+        <v>1077994.0</v>
       </c>
       <c r="G259" s="14" t="n">
-        <v>4403195.0</v>
+        <v>1050306.0</v>
       </c>
       <c r="H259" s="14" t="n">
-        <v>2866622.0</v>
+        <v>989787.0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B260" s="14" t="n">
-        <v>3014091.0</v>
+        <v>2.1644463E7</v>
       </c>
       <c r="C260" s="14" t="n">
-        <v>3200199.0</v>
+        <v>1.8918017E7</v>
       </c>
       <c r="D260" s="14" t="n">
-        <v>3543783.0</v>
+        <v>1.7331295E7</v>
       </c>
       <c r="E260" s="14" t="n">
-        <v>3817332.0</v>
+        <v>2.0240549E7</v>
       </c>
       <c r="F260" s="14" t="n">
-        <v>3951982.0</v>
+        <v>2.0128257E7</v>
       </c>
       <c r="G260" s="14" t="n">
-        <v>4033437.0</v>
+        <v>1.9375331E7</v>
       </c>
       <c r="H260" s="14" t="n">
-        <v>3783681.0</v>
+        <v>1.8422662E7</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B261" s="14" t="n">
-        <v>3.2707578E7</v>
+        <v>2.0832575E7</v>
       </c>
       <c r="C261" s="14" t="n">
-        <v>3.359702E7</v>
+        <v>1.8651928E7</v>
       </c>
       <c r="D261" s="14" t="n">
-        <v>3.4641462E7</v>
+        <v>1.7060915E7</v>
       </c>
       <c r="E261" s="14" t="n">
-        <v>3.6017489E7</v>
+        <v>1.9469779E7</v>
       </c>
       <c r="F261" s="14" t="n">
-        <v>3.6623391E7</v>
+        <v>1.9150766E7</v>
       </c>
       <c r="G261" s="14" t="n">
-        <v>3.6995378E7</v>
+        <v>1.8516998E7</v>
       </c>
       <c r="H261" s="14" t="n">
-        <v>3.2962796E7</v>
+        <v>1.7620109E7</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B262" s="14" t="n">
-        <v>3.4676627E7</v>
+        <v>2.6773501E7</v>
       </c>
       <c r="C262" s="14" t="n">
-        <v>3.5745403E7</v>
+        <v>2.4326036E7</v>
       </c>
       <c r="D262" s="14" t="n">
-        <v>3.7015201E7</v>
+        <v>2.2286569E7</v>
       </c>
       <c r="E262" s="14" t="n">
-        <v>3.8469813E7</v>
+        <v>2.441174E7</v>
       </c>
       <c r="F262" s="14" t="n">
-        <v>3.9149359E7</v>
+        <v>2.3828295E7</v>
       </c>
       <c r="G262" s="14" t="n">
-        <v>3.9751467E7</v>
+        <v>2.3043843E7</v>
       </c>
       <c r="H262" s="14" t="n">
-        <v>3.430278E7</v>
+        <v>2.2023005E7</v>
       </c>
     </row>
     <row r="263">
-      <c r="A263" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A263" s="6" t="inlineStr">
+        <is>
+          <t>15 Navarra, Comunidad Foral de</t>
+        </is>
+      </c>
+      <c r="B263" s="6"/>
+      <c r="C263" s="6"/>
+      <c r="D263" s="6"/>
+      <c r="E263" s="6"/>
+      <c r="F263" s="6"/>
+      <c r="G263" s="6"/>
+      <c r="H263" s="6"/>
     </row>
     <row r="264">
-      <c r="A264" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H264" s="6"/>
+      <c r="A264" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+        </is>
+      </c>
+      <c r="B264" s="14" t="n">
+        <v>1597079.0</v>
+      </c>
+      <c r="C264" s="14" t="n">
+        <v>1522666.0</v>
+      </c>
+      <c r="D264" s="14" t="n">
+        <v>1539451.0</v>
+      </c>
+      <c r="E264" s="14" t="n">
+        <v>1406223.0</v>
+      </c>
+      <c r="F264" s="14" t="n">
+        <v>1362559.0</v>
+      </c>
+      <c r="G264" s="14" t="n">
+        <v>1281737.0</v>
+      </c>
+      <c r="H264" s="14" t="n">
+        <v>1260140.0</v>
+      </c>
     </row>
     <row r="265">
       <c r="A265" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B265" s="14" t="n">
-        <v>578210.0</v>
+        <v>511504.0</v>
       </c>
       <c r="C265" s="14" t="n">
-        <v>584439.0</v>
+        <v>503225.0</v>
       </c>
       <c r="D265" s="14" t="n">
-        <v>575971.0</v>
+        <v>483069.0</v>
       </c>
       <c r="E265" s="14" t="n">
-        <v>577482.0</v>
+        <v>480018.0</v>
       </c>
       <c r="F265" s="14" t="n">
-        <v>605246.0</v>
+        <v>465208.0</v>
       </c>
       <c r="G265" s="14" t="n">
-        <v>615783.0</v>
+        <v>449172.0</v>
       </c>
       <c r="H265" s="14" t="n">
-        <v>660788.0</v>
+        <v>457621.0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B266" s="14" t="n">
-        <v>161417.0</v>
+        <v>428994.0</v>
       </c>
       <c r="C266" s="14" t="n">
-        <v>164971.0</v>
+        <v>408386.0</v>
       </c>
       <c r="D266" s="14" t="n">
-        <v>172878.0</v>
+        <v>348090.0</v>
       </c>
       <c r="E266" s="14" t="n">
-        <v>170366.0</v>
+        <v>455953.0</v>
       </c>
       <c r="F266" s="14" t="n">
-        <v>171272.0</v>
+        <v>444451.0</v>
       </c>
       <c r="G266" s="14" t="n">
-        <v>168405.0</v>
+        <v>452028.0</v>
       </c>
       <c r="H266" s="14" t="n">
-        <v>176987.0</v>
+        <v>451424.0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B267" s="14" t="n">
-        <v>175972.0</v>
+        <v>2532698.0</v>
       </c>
       <c r="C267" s="14" t="n">
-        <v>188865.0</v>
+        <v>2405403.0</v>
       </c>
       <c r="D267" s="14" t="n">
-        <v>186598.0</v>
+        <v>2280480.0</v>
       </c>
       <c r="E267" s="14" t="n">
-        <v>191318.0</v>
+        <v>2311462.0</v>
       </c>
       <c r="F267" s="14" t="n">
-        <v>187134.0</v>
+        <v>2252385.0</v>
       </c>
       <c r="G267" s="14" t="n">
-        <v>195349.0</v>
+        <v>2204537.0</v>
       </c>
       <c r="H267" s="14" t="n">
-        <v>145800.0</v>
+        <v>2138589.0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B268" s="14" t="n">
-        <v>1059274.0</v>
+        <v>489833.0</v>
       </c>
       <c r="C268" s="14" t="n">
-        <v>1037118.0</v>
+        <v>491187.0</v>
       </c>
       <c r="D268" s="14" t="n">
-        <v>1019547.0</v>
+        <v>429922.0</v>
       </c>
       <c r="E268" s="14" t="n">
-        <v>1044878.0</v>
+        <v>480049.0</v>
       </c>
       <c r="F268" s="14" t="n">
-        <v>1055479.0</v>
+        <v>484984.0</v>
       </c>
       <c r="G268" s="14" t="n">
-        <v>1066749.0</v>
+        <v>479789.0</v>
       </c>
       <c r="H268" s="14" t="n">
-        <v>1045133.0</v>
+        <v>462036.0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B269" s="14" t="n">
-        <v>184192.0</v>
+        <v>514990.0</v>
       </c>
       <c r="C269" s="14" t="n">
-        <v>200106.0</v>
+        <v>532163.0</v>
       </c>
       <c r="D269" s="14" t="n">
-        <v>205020.0</v>
+        <v>535635.0</v>
       </c>
       <c r="E269" s="14" t="n">
-        <v>214529.0</v>
+        <v>565504.0</v>
       </c>
       <c r="F269" s="14" t="n">
-        <v>217201.0</v>
+        <v>498095.0</v>
       </c>
       <c r="G269" s="14" t="n">
-        <v>217786.0</v>
+        <v>489868.0</v>
       </c>
       <c r="H269" s="14" t="n">
-        <v>197912.0</v>
+        <v>446427.0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B270" s="14" t="n">
-        <v>177891.0</v>
+        <v>1337596.0</v>
       </c>
       <c r="C270" s="14" t="n">
-        <v>173625.0</v>
+        <v>1210895.0</v>
       </c>
       <c r="D270" s="14" t="n">
-        <v>175636.0</v>
+        <v>1026441.0</v>
       </c>
       <c r="E270" s="14" t="n">
-        <v>185641.0</v>
+        <v>1395733.0</v>
       </c>
       <c r="F270" s="14" t="n">
-        <v>194486.0</v>
+        <v>1350460.0</v>
       </c>
       <c r="G270" s="14" t="n">
-        <v>212396.0</v>
+        <v>1260538.0</v>
       </c>
       <c r="H270" s="14" t="n">
-        <v>201884.0</v>
+        <v>1110074.0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B271" s="14" t="n">
-        <v>436000.0</v>
+        <v>357987.0</v>
       </c>
       <c r="C271" s="14" t="n">
-        <v>447936.0</v>
+        <v>343620.0</v>
       </c>
       <c r="D271" s="14" t="n">
-        <v>463599.0</v>
+        <v>326810.0</v>
       </c>
       <c r="E271" s="14" t="n">
-        <v>502845.0</v>
+        <v>326642.0</v>
       </c>
       <c r="F271" s="14" t="n">
-        <v>526344.0</v>
+        <v>326354.0</v>
       </c>
       <c r="G271" s="14" t="n">
-        <v>525996.0</v>
+        <v>312440.0</v>
       </c>
       <c r="H271" s="14" t="n">
-        <v>375011.0</v>
+        <v>295943.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B272" s="14" t="n">
-        <v>99968.0</v>
+        <v>931796.0</v>
       </c>
       <c r="C272" s="14" t="n">
-        <v>104412.0</v>
+        <v>674008.0</v>
       </c>
       <c r="D272" s="14" t="n">
-        <v>107562.0</v>
+        <v>526386.0</v>
       </c>
       <c r="E272" s="14" t="n">
-        <v>113508.0</v>
+        <v>847910.0</v>
       </c>
       <c r="F272" s="14" t="n">
-        <v>117962.0</v>
+        <v>766826.0</v>
       </c>
       <c r="G272" s="14" t="n">
-        <v>117567.0</v>
+        <v>710804.0</v>
       </c>
       <c r="H272" s="14" t="n">
-        <v>114866.0</v>
+        <v>631455.0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B273" s="14" t="n">
-        <v>264994.0</v>
+        <v>171206.0</v>
       </c>
       <c r="C273" s="14" t="n">
-        <v>285975.0</v>
+        <v>171959.0</v>
       </c>
       <c r="D273" s="14" t="n">
-        <v>296202.0</v>
+        <v>194284.0</v>
       </c>
       <c r="E273" s="14" t="n">
-        <v>304789.0</v>
+        <v>197209.0</v>
       </c>
       <c r="F273" s="14" t="n">
-        <v>309556.0</v>
+        <v>193003.0</v>
       </c>
       <c r="G273" s="14" t="n">
-        <v>307941.0</v>
+        <v>189485.0</v>
       </c>
       <c r="H273" s="14" t="n">
-        <v>203133.0</v>
+        <v>185050.0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B274" s="14" t="n">
-        <v>99283.0</v>
+        <v>1452168.0</v>
       </c>
       <c r="C274" s="14" t="n">
-        <v>102258.0</v>
+        <v>1066602.0</v>
       </c>
       <c r="D274" s="14" t="n">
-        <v>105168.0</v>
+        <v>862260.0</v>
       </c>
       <c r="E274" s="14" t="n">
-        <v>108222.0</v>
+        <v>1545922.0</v>
       </c>
       <c r="F274" s="14" t="n">
-        <v>111763.0</v>
+        <v>1476540.0</v>
       </c>
       <c r="G274" s="14" t="n">
-        <v>115809.0</v>
+        <v>1442741.0</v>
       </c>
       <c r="H274" s="14" t="n">
-        <v>118295.0</v>
+        <v>1331861.0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B275" s="14" t="n">
-        <v>511579.0</v>
+        <v>541638.0</v>
       </c>
       <c r="C275" s="14" t="n">
-        <v>519339.0</v>
+        <v>466408.0</v>
       </c>
       <c r="D275" s="14" t="n">
-        <v>574642.0</v>
+        <v>489142.0</v>
       </c>
       <c r="E275" s="14" t="n">
-        <v>643073.0</v>
+        <v>497494.0</v>
       </c>
       <c r="F275" s="14" t="n">
-        <v>645949.0</v>
+        <v>499520.0</v>
       </c>
       <c r="G275" s="14" t="n">
-        <v>683576.0</v>
+        <v>476845.0</v>
       </c>
       <c r="H275" s="14" t="n">
-        <v>394721.0</v>
+        <v>476121.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B276" s="14" t="n">
-        <v>412415.0</v>
+        <v>575589.0</v>
       </c>
       <c r="C276" s="14" t="n">
-        <v>422409.0</v>
+        <v>541982.0</v>
       </c>
       <c r="D276" s="14" t="n">
-        <v>464261.0</v>
+        <v>506565.0</v>
       </c>
       <c r="E276" s="14" t="n">
-        <v>475455.0</v>
+        <v>589256.0</v>
       </c>
       <c r="F276" s="14" t="n">
-        <v>485473.0</v>
+        <v>565815.0</v>
       </c>
       <c r="G276" s="14" t="n">
-        <v>499493.0</v>
+        <v>544260.0</v>
       </c>
       <c r="H276" s="14" t="n">
-        <v>458350.0</v>
+        <v>516207.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B277" s="14" t="n">
-        <v>4161195.0</v>
+        <v>1.1443078E7</v>
       </c>
       <c r="C277" s="14" t="n">
-        <v>4231453.0</v>
+        <v>1.0338504E7</v>
       </c>
       <c r="D277" s="14" t="n">
-        <v>4347084.0</v>
+        <v>9548535.0</v>
       </c>
       <c r="E277" s="14" t="n">
-        <v>4532106.0</v>
+        <v>1.1099375E7</v>
       </c>
       <c r="F277" s="14" t="n">
-        <v>4627865.0</v>
+        <v>1.06862E7</v>
       </c>
       <c r="G277" s="14" t="n">
-        <v>4726850.0</v>
+        <v>1.0294244E7</v>
       </c>
       <c r="H277" s="14" t="n">
-        <v>4092880.0</v>
+        <v>9762948.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B278" s="14" t="n">
-        <v>4081294.0</v>
+        <v>1.1708498E7</v>
       </c>
       <c r="C278" s="14" t="n">
-        <v>4131213.0</v>
+        <v>1.0566201E7</v>
       </c>
       <c r="D278" s="14" t="n">
-        <v>4277045.0</v>
+        <v>9650904.0</v>
       </c>
       <c r="E278" s="14" t="n">
-        <v>4433691.0</v>
+        <v>1.1263213E7</v>
       </c>
       <c r="F278" s="14" t="n">
-        <v>4556182.0</v>
+        <v>1.093183E7</v>
       </c>
       <c r="G278" s="14" t="n">
-        <v>4619770.0</v>
+        <v>1.0531989E7</v>
       </c>
       <c r="H278" s="14" t="n">
-        <v>4036382.0</v>
+        <v>9996193.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B279" s="14" t="n">
-        <v>5019414.0</v>
+        <v>1.4549192E7</v>
       </c>
       <c r="C279" s="14" t="n">
-        <v>5101412.0</v>
+        <v>1.3286923E7</v>
       </c>
       <c r="D279" s="14" t="n">
-        <v>5271056.0</v>
+        <v>1.222049E7</v>
       </c>
       <c r="E279" s="14" t="n">
-        <v>5434116.0</v>
+        <v>1.3679629E7</v>
       </c>
       <c r="F279" s="14" t="n">
-        <v>5581903.0</v>
+        <v>1.3205859E7</v>
       </c>
       <c r="G279" s="14" t="n">
-        <v>5693458.0</v>
+        <v>1.2713818E7</v>
       </c>
       <c r="H279" s="14" t="n">
-        <v>5172634.0</v>
+        <v>1.2119457E7</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="6" t="inlineStr">
         <is>
-          <t>Ceuta</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B280" s="6"/>
       <c r="C280" s="6"/>
       <c r="D280" s="6"/>
       <c r="E280" s="6"/>
       <c r="F280" s="6"/>
       <c r="G280" s="6"/>
       <c r="H280" s="6"/>
     </row>
     <row r="281">
       <c r="A281" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B281" s="14" t="n">
-        <v>128754.0</v>
+        <v>5205485.0</v>
       </c>
       <c r="C281" s="14" t="n">
-        <v>123035.0</v>
+        <v>4995261.0</v>
       </c>
       <c r="D281" s="14" t="n">
-        <v>123154.0</v>
+        <v>5176248.0</v>
       </c>
       <c r="E281" s="14" t="n">
-        <v>126794.0</v>
+        <v>4781830.0</v>
       </c>
       <c r="F281" s="14" t="n">
-        <v>128287.0</v>
+        <v>4702994.0</v>
       </c>
       <c r="G281" s="14" t="n">
-        <v>125036.0</v>
+        <v>4514271.0</v>
       </c>
       <c r="H281" s="14" t="n">
-        <v>129743.0</v>
+        <v>4494597.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B282" s="14" t="n">
-        <v>36272.0</v>
+        <v>1650001.0</v>
       </c>
       <c r="C282" s="14" t="n">
-        <v>36528.0</v>
+        <v>1575201.0</v>
       </c>
       <c r="D282" s="14" t="n">
-        <v>37188.0</v>
+        <v>1580966.0</v>
       </c>
       <c r="E282" s="14" t="n">
-        <v>35183.0</v>
+        <v>1499565.0</v>
       </c>
       <c r="F282" s="14" t="n">
-        <v>34825.0</v>
+        <v>1481245.0</v>
       </c>
       <c r="G282" s="14" t="n">
-        <v>38620.0</v>
+        <v>1464675.0</v>
       </c>
       <c r="H282" s="14" t="n">
-        <v>33980.0</v>
+        <v>1475562.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B283" s="14" t="n">
-        <v>55191.0</v>
+        <v>1318869.0</v>
       </c>
       <c r="C283" s="14" t="n">
-        <v>53566.0</v>
+        <v>1222882.0</v>
       </c>
       <c r="D283" s="14" t="n">
-        <v>57921.0</v>
+        <v>1024053.0</v>
       </c>
       <c r="E283" s="14" t="n">
-        <v>58567.0</v>
+        <v>1409060.0</v>
       </c>
       <c r="F283" s="14" t="n">
-        <v>55298.0</v>
+        <v>1444323.0</v>
       </c>
       <c r="G283" s="14" t="n">
-        <v>53754.0</v>
+        <v>1545526.0</v>
       </c>
       <c r="H283" s="14" t="n">
-        <v>41256.0</v>
+        <v>1577056.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B284" s="14" t="n">
-        <v>183411.0</v>
+        <v>1.0770277E7</v>
       </c>
       <c r="C284" s="14" t="n">
-        <v>186680.0</v>
+        <v>1.0305476E7</v>
       </c>
       <c r="D284" s="14" t="n">
-        <v>191524.0</v>
+        <v>9920265.0</v>
       </c>
       <c r="E284" s="14" t="n">
-        <v>197551.0</v>
+        <v>1.0065422E7</v>
       </c>
       <c r="F284" s="14" t="n">
-        <v>204089.0</v>
+        <v>9920361.0</v>
       </c>
       <c r="G284" s="14" t="n">
-        <v>204632.0</v>
+        <v>9770922.0</v>
       </c>
       <c r="H284" s="14" t="n">
-        <v>202960.0</v>
+        <v>9583572.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B285" s="14" t="n">
-        <v>42367.0</v>
+        <v>1755879.0</v>
       </c>
       <c r="C285" s="14" t="n">
-        <v>43556.0</v>
+        <v>1719756.0</v>
       </c>
       <c r="D285" s="14" t="n">
-        <v>46886.0</v>
+        <v>1514192.0</v>
       </c>
       <c r="E285" s="14" t="n">
-        <v>51123.0</v>
+        <v>1642584.0</v>
       </c>
       <c r="F285" s="14" t="n">
-        <v>48024.0</v>
+        <v>1676582.0</v>
       </c>
       <c r="G285" s="14" t="n">
-        <v>46694.0</v>
+        <v>1644263.0</v>
       </c>
       <c r="H285" s="14" t="n">
-        <v>40033.0</v>
+        <v>1614996.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B286" s="14" t="n">
-        <v>46434.0</v>
+        <v>1507452.0</v>
       </c>
       <c r="C286" s="14" t="n">
-        <v>45545.0</v>
+        <v>1585254.0</v>
       </c>
       <c r="D286" s="14" t="n">
-        <v>38551.0</v>
+        <v>1579009.0</v>
       </c>
       <c r="E286" s="14" t="n">
-        <v>50478.0</v>
+        <v>1714644.0</v>
       </c>
       <c r="F286" s="14" t="n">
-        <v>49965.0</v>
+        <v>1622089.0</v>
       </c>
       <c r="G286" s="14" t="n">
-        <v>52785.0</v>
+        <v>1549045.0</v>
       </c>
       <c r="H286" s="14" t="n">
-        <v>49635.0</v>
+        <v>1424289.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B287" s="14" t="n">
-        <v>115286.0</v>
+        <v>3781200.0</v>
       </c>
       <c r="C287" s="14" t="n">
-        <v>115612.0</v>
+        <v>3358076.0</v>
       </c>
       <c r="D287" s="14" t="n">
-        <v>117429.0</v>
+        <v>2819065.0</v>
       </c>
       <c r="E287" s="14" t="n">
-        <v>130720.0</v>
+        <v>3756868.0</v>
       </c>
       <c r="F287" s="14" t="n">
-        <v>126819.0</v>
+        <v>3760403.0</v>
       </c>
       <c r="G287" s="14" t="n">
-        <v>120089.0</v>
+        <v>3644321.0</v>
       </c>
       <c r="H287" s="14" t="n">
-        <v>84238.0</v>
+        <v>3328226.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B288" s="14" t="n">
-        <v>21652.0</v>
+        <v>1197978.0</v>
       </c>
       <c r="C288" s="14" t="n">
-        <v>22440.0</v>
+        <v>1142216.0</v>
       </c>
       <c r="D288" s="14" t="n">
-        <v>25143.0</v>
+        <v>1088329.0</v>
       </c>
       <c r="E288" s="14" t="n">
-        <v>27004.0</v>
+        <v>1088911.0</v>
       </c>
       <c r="F288" s="14" t="n">
-        <v>28910.0</v>
+        <v>1108559.0</v>
       </c>
       <c r="G288" s="14" t="n">
-        <v>27764.0</v>
+        <v>1084522.0</v>
       </c>
       <c r="H288" s="14" t="n">
-        <v>27324.0</v>
+        <v>1048059.0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B289" s="14" t="n">
-        <v>44624.0</v>
+        <v>2714180.0</v>
       </c>
       <c r="C289" s="14" t="n">
-        <v>44471.0</v>
+        <v>1977261.0</v>
       </c>
       <c r="D289" s="14" t="n">
-        <v>47380.0</v>
+        <v>1516150.0</v>
       </c>
       <c r="E289" s="14" t="n">
-        <v>53274.0</v>
+        <v>2454760.0</v>
       </c>
       <c r="F289" s="14" t="n">
-        <v>55631.0</v>
+        <v>2301586.0</v>
       </c>
       <c r="G289" s="14" t="n">
-        <v>56046.0</v>
+        <v>2326557.0</v>
       </c>
       <c r="H289" s="14" t="n">
-        <v>38190.0</v>
+        <v>2192275.0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B290" s="14" t="n">
-        <v>12786.0</v>
+        <v>480554.0</v>
       </c>
       <c r="C290" s="14" t="n">
-        <v>13354.0</v>
+        <v>479432.0</v>
       </c>
       <c r="D290" s="14" t="n">
-        <v>15504.0</v>
+        <v>541839.0</v>
       </c>
       <c r="E290" s="14" t="n">
-        <v>15891.0</v>
+        <v>559873.0</v>
       </c>
       <c r="F290" s="14" t="n">
-        <v>14939.0</v>
+        <v>556147.0</v>
       </c>
       <c r="G290" s="14" t="n">
-        <v>15562.0</v>
+        <v>549795.0</v>
       </c>
       <c r="H290" s="14" t="n">
-        <v>14417.0</v>
+        <v>541027.0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B291" s="14" t="n">
-        <v>80427.0</v>
+        <v>4742252.0</v>
       </c>
       <c r="C291" s="14" t="n">
-        <v>83498.0</v>
+        <v>3411659.0</v>
       </c>
       <c r="D291" s="14" t="n">
-        <v>85670.0</v>
+        <v>2885750.0</v>
       </c>
       <c r="E291" s="14" t="n">
-        <v>102249.0</v>
+        <v>4503787.0</v>
       </c>
       <c r="F291" s="14" t="n">
-        <v>91204.0</v>
+        <v>4512489.0</v>
       </c>
       <c r="G291" s="14" t="n">
-        <v>98864.0</v>
+        <v>4538586.0</v>
       </c>
       <c r="H291" s="14" t="n">
-        <v>58812.0</v>
+        <v>4307017.0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B292" s="14" t="n">
-        <v>77179.0</v>
+        <v>2360921.0</v>
       </c>
       <c r="C292" s="14" t="n">
-        <v>85403.0</v>
+        <v>2034349.0</v>
       </c>
       <c r="D292" s="14" t="n">
-        <v>64450.0</v>
+        <v>2127609.0</v>
       </c>
       <c r="E292" s="14" t="n">
-        <v>79854.0</v>
+        <v>2065823.0</v>
       </c>
       <c r="F292" s="14" t="n">
-        <v>118033.0</v>
+        <v>1957787.0</v>
       </c>
       <c r="G292" s="14" t="n">
-        <v>115452.0</v>
+        <v>1860697.0</v>
       </c>
       <c r="H292" s="14" t="n">
-        <v>87994.0</v>
+        <v>1662152.0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B293" s="14" t="n">
-        <v>844383.0</v>
+        <v>2006544.0</v>
       </c>
       <c r="C293" s="14" t="n">
-        <v>853688.0</v>
+        <v>1773104.0</v>
       </c>
       <c r="D293" s="14" t="n">
-        <v>850800.0</v>
+        <v>1654342.0</v>
       </c>
       <c r="E293" s="14" t="n">
-        <v>928688.0</v>
+        <v>1955863.0</v>
       </c>
       <c r="F293" s="14" t="n">
-        <v>956024.0</v>
+        <v>1958406.0</v>
       </c>
       <c r="G293" s="14" t="n">
-        <v>955298.0</v>
+        <v>1933280.0</v>
       </c>
       <c r="H293" s="14" t="n">
-        <v>808582.0</v>
+        <v>1852699.0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B294" s="14" t="n">
-        <v>891567.0</v>
+        <v>3.9491592E7</v>
       </c>
       <c r="C294" s="14" t="n">
-        <v>897213.0</v>
+        <v>3.5579927E7</v>
       </c>
       <c r="D294" s="14" t="n">
-        <v>935820.0</v>
+        <v>3.3427817E7</v>
       </c>
       <c r="E294" s="14" t="n">
-        <v>1008237.0</v>
+        <v>3.749899E7</v>
       </c>
       <c r="F294" s="14" t="n">
-        <v>1043619.0</v>
+        <v>3.7002971E7</v>
       </c>
       <c r="G294" s="14" t="n">
-        <v>1049593.0</v>
+        <v>3.642646E7</v>
       </c>
       <c r="H294" s="14" t="n">
-        <v>853935.0</v>
+        <v>3.5101527E7</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="7" t="inlineStr">
         <is>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+        </is>
+      </c>
+      <c r="B295" s="14" t="n">
+        <v>4.2130749E7</v>
+      </c>
+      <c r="C295" s="14" t="n">
+        <v>3.7821861E7</v>
+      </c>
+      <c r="D295" s="14" t="n">
+        <v>3.4774989E7</v>
+      </c>
+      <c r="E295" s="14" t="n">
+        <v>4.0247493E7</v>
+      </c>
+      <c r="F295" s="14" t="n">
+        <v>3.9519347E7</v>
+      </c>
+      <c r="G295" s="14" t="n">
+        <v>3.8878136E7</v>
+      </c>
+      <c r="H295" s="14" t="n">
+        <v>3.7428336E7</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="7" t="inlineStr">
+        <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
-      <c r="B295" s="14" t="n">
-[...33 lines deleted...]
-      <c r="H296" s="6"/>
+      <c r="B296" s="14" t="n">
+        <v>5.2891573E7</v>
+      </c>
+      <c r="C296" s="14" t="n">
+        <v>4.792988E7</v>
+      </c>
+      <c r="D296" s="14" t="n">
+        <v>4.4230054E7</v>
+      </c>
+      <c r="E296" s="14" t="n">
+        <v>4.9548366E7</v>
+      </c>
+      <c r="F296" s="14" t="n">
+        <v>4.8215401E7</v>
+      </c>
+      <c r="G296" s="14" t="n">
+        <v>4.739324E7</v>
+      </c>
+      <c r="H296" s="14" t="n">
+        <v>4.5817282E7</v>
+      </c>
     </row>
     <row r="297">
-      <c r="A297" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A297" s="6" t="inlineStr">
+        <is>
+          <t>17 Rioja, La</t>
+        </is>
+      </c>
+      <c r="B297" s="6"/>
+      <c r="C297" s="6"/>
+      <c r="D297" s="6"/>
+      <c r="E297" s="6"/>
+      <c r="F297" s="6"/>
+      <c r="G297" s="6"/>
+      <c r="H297" s="6"/>
     </row>
     <row r="298">
       <c r="A298" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B298" s="14" t="n">
-        <v>32717.0</v>
+        <v>674284.0</v>
       </c>
       <c r="C298" s="14" t="n">
-        <v>33465.0</v>
+        <v>643071.0</v>
       </c>
       <c r="D298" s="14" t="n">
-        <v>36044.0</v>
+        <v>660169.0</v>
       </c>
       <c r="E298" s="14" t="n">
-        <v>37627.0</v>
+        <v>615709.0</v>
       </c>
       <c r="F298" s="14" t="n">
-        <v>36121.0</v>
+        <v>605385.0</v>
       </c>
       <c r="G298" s="14" t="n">
-        <v>35126.0</v>
+        <v>577721.0</v>
       </c>
       <c r="H298" s="14" t="n">
-        <v>37789.0</v>
+        <v>575858.0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B299" s="14" t="n">
-        <v>53332.0</v>
+        <v>188953.0</v>
       </c>
       <c r="C299" s="14" t="n">
-        <v>54963.0</v>
+        <v>175582.0</v>
       </c>
       <c r="D299" s="14" t="n">
-        <v>59253.0</v>
+        <v>175796.0</v>
       </c>
       <c r="E299" s="14" t="n">
-        <v>57986.0</v>
+        <v>166520.0</v>
       </c>
       <c r="F299" s="14" t="n">
-        <v>53102.0</v>
+        <v>169611.0</v>
       </c>
       <c r="G299" s="14" t="n">
-        <v>50378.0</v>
+        <v>168695.0</v>
       </c>
       <c r="H299" s="14" t="n">
-        <v>39596.0</v>
+        <v>170715.0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B300" s="14" t="n">
-        <v>183826.0</v>
+        <v>192772.0</v>
       </c>
       <c r="C300" s="14" t="n">
-        <v>183805.0</v>
+        <v>169976.0</v>
       </c>
       <c r="D300" s="14" t="n">
-        <v>187403.0</v>
+        <v>141576.0</v>
       </c>
       <c r="E300" s="14" t="n">
-        <v>194220.0</v>
+        <v>190338.0</v>
       </c>
       <c r="F300" s="14" t="n">
-        <v>198948.0</v>
+        <v>182625.0</v>
       </c>
       <c r="G300" s="14" t="n">
-        <v>204004.0</v>
+        <v>187440.0</v>
       </c>
       <c r="H300" s="14" t="n">
-        <v>199826.0</v>
+        <v>182993.0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B301" s="14" t="n">
-        <v>40985.0</v>
+        <v>1166467.0</v>
       </c>
       <c r="C301" s="14" t="n">
-        <v>46435.0</v>
+        <v>1099741.0</v>
       </c>
       <c r="D301" s="14" t="n">
-        <v>45904.0</v>
+        <v>1035943.0</v>
       </c>
       <c r="E301" s="14" t="n">
-        <v>47629.0</v>
+        <v>1058907.0</v>
       </c>
       <c r="F301" s="14" t="n">
-        <v>49827.0</v>
+        <v>1041341.0</v>
       </c>
       <c r="G301" s="14" t="n">
-        <v>47397.0</v>
+        <v>1026053.0</v>
       </c>
       <c r="H301" s="14" t="n">
-        <v>43226.0</v>
+        <v>994051.0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B302" s="14" t="n">
-        <v>48699.0</v>
+        <v>227395.0</v>
       </c>
       <c r="C302" s="14" t="n">
-        <v>51492.0</v>
+        <v>220089.0</v>
       </c>
       <c r="D302" s="14" t="n">
-        <v>42981.0</v>
+        <v>190358.0</v>
       </c>
       <c r="E302" s="14" t="n">
-        <v>49553.0</v>
+        <v>209051.0</v>
       </c>
       <c r="F302" s="14" t="n">
-        <v>56740.0</v>
+        <v>208336.0</v>
       </c>
       <c r="G302" s="14" t="n">
-        <v>54946.0</v>
+        <v>205146.0</v>
       </c>
       <c r="H302" s="14" t="n">
-        <v>46134.0</v>
+        <v>196437.0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B303" s="14" t="n">
-        <v>108858.0</v>
+        <v>224065.0</v>
       </c>
       <c r="C303" s="14" t="n">
-        <v>112484.0</v>
+        <v>225519.0</v>
       </c>
       <c r="D303" s="14" t="n">
-        <v>115836.0</v>
+        <v>220212.0</v>
       </c>
       <c r="E303" s="14" t="n">
-        <v>120128.0</v>
+        <v>229736.0</v>
       </c>
       <c r="F303" s="14" t="n">
-        <v>129672.0</v>
+        <v>210084.0</v>
       </c>
       <c r="G303" s="14" t="n">
-        <v>127304.0</v>
+        <v>200286.0</v>
       </c>
       <c r="H303" s="14" t="n">
-        <v>101395.0</v>
+        <v>189520.0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B304" s="14" t="n">
-        <v>20658.0</v>
+        <v>545377.0</v>
       </c>
       <c r="C304" s="14" t="n">
-        <v>21293.0</v>
+        <v>480240.0</v>
       </c>
       <c r="D304" s="14" t="n">
-        <v>23426.0</v>
+        <v>414512.0</v>
       </c>
       <c r="E304" s="14" t="n">
-        <v>26495.0</v>
+        <v>586981.0</v>
       </c>
       <c r="F304" s="14" t="n">
-        <v>28488.0</v>
+        <v>590053.0</v>
       </c>
       <c r="G304" s="14" t="n">
-        <v>28264.0</v>
+        <v>562595.0</v>
       </c>
       <c r="H304" s="14" t="n">
-        <v>28086.0</v>
+        <v>514437.0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B305" s="14" t="n">
-        <v>41385.0</v>
+        <v>169332.0</v>
       </c>
       <c r="C305" s="14" t="n">
-        <v>43437.0</v>
+        <v>153672.0</v>
       </c>
       <c r="D305" s="14" t="n">
-        <v>47493.0</v>
+        <v>141129.0</v>
       </c>
       <c r="E305" s="14" t="n">
-        <v>52589.0</v>
+        <v>140806.0</v>
       </c>
       <c r="F305" s="14" t="n">
-        <v>58826.0</v>
+        <v>142475.0</v>
       </c>
       <c r="G305" s="14" t="n">
-        <v>60954.0</v>
+        <v>138548.0</v>
       </c>
       <c r="H305" s="14" t="n">
-        <v>42216.0</v>
+        <v>133203.0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B306" s="14" t="n">
-        <v>13226.0</v>
+        <v>417109.0</v>
       </c>
       <c r="C306" s="14" t="n">
-        <v>12495.0</v>
+        <v>269355.0</v>
       </c>
       <c r="D306" s="14" t="n">
-        <v>11843.0</v>
+        <v>178001.0</v>
       </c>
       <c r="E306" s="14" t="n">
-        <v>12289.0</v>
+        <v>281539.0</v>
       </c>
       <c r="F306" s="14" t="n">
-        <v>13643.0</v>
+        <v>282010.0</v>
       </c>
       <c r="G306" s="14" t="n">
-        <v>12996.0</v>
+        <v>278236.0</v>
       </c>
       <c r="H306" s="14" t="n">
-        <v>12270.0</v>
+        <v>262712.0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B307" s="14" t="n">
-        <v>73348.0</v>
+        <v>120882.0</v>
       </c>
       <c r="C307" s="14" t="n">
-        <v>84618.0</v>
+        <v>111757.0</v>
       </c>
       <c r="D307" s="14" t="n">
-        <v>87060.0</v>
+        <v>117742.0</v>
       </c>
       <c r="E307" s="14" t="n">
-        <v>89534.0</v>
+        <v>114699.0</v>
       </c>
       <c r="F307" s="14" t="n">
-        <v>93767.0</v>
+        <v>110797.0</v>
       </c>
       <c r="G307" s="14" t="n">
-        <v>95275.0</v>
+        <v>107333.0</v>
       </c>
       <c r="H307" s="14" t="n">
-        <v>62563.0</v>
+        <v>104437.0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B308" s="14" t="n">
-        <v>71844.0</v>
+        <v>673110.0</v>
       </c>
       <c r="C308" s="14" t="n">
-        <v>67230.0</v>
+        <v>514490.0</v>
       </c>
       <c r="D308" s="14" t="n">
-        <v>105848.0</v>
+        <v>396677.0</v>
       </c>
       <c r="E308" s="14" t="n">
-        <v>100855.0</v>
+        <v>691586.0</v>
       </c>
       <c r="F308" s="14" t="n">
-        <v>75414.0</v>
+        <v>654612.0</v>
       </c>
       <c r="G308" s="14" t="n">
-        <v>73132.0</v>
+        <v>649371.0</v>
       </c>
       <c r="H308" s="14" t="n">
-        <v>88600.0</v>
+        <v>581540.0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B309" s="14" t="n">
-        <v>815095.0</v>
+        <v>247777.0</v>
       </c>
       <c r="C309" s="14" t="n">
-        <v>843850.0</v>
+        <v>209272.0</v>
       </c>
       <c r="D309" s="14" t="n">
-        <v>892728.0</v>
+        <v>221952.0</v>
       </c>
       <c r="E309" s="14" t="n">
-        <v>918086.0</v>
+        <v>224095.0</v>
       </c>
       <c r="F309" s="14" t="n">
-        <v>925925.0</v>
+        <v>221784.0</v>
       </c>
       <c r="G309" s="14" t="n">
-        <v>917379.0</v>
+        <v>209404.0</v>
       </c>
       <c r="H309" s="14" t="n">
-        <v>843343.0</v>
+        <v>207547.0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B310" s="14" t="n">
-        <v>859679.0</v>
+        <v>285210.0</v>
       </c>
       <c r="C310" s="14" t="n">
-        <v>887155.0</v>
+        <v>246887.0</v>
       </c>
       <c r="D310" s="14" t="n">
-        <v>979121.0</v>
+        <v>221690.0</v>
       </c>
       <c r="E310" s="14" t="n">
-        <v>993319.0</v>
+        <v>257521.0</v>
       </c>
       <c r="F310" s="14" t="n">
-        <v>1013343.0</v>
+        <v>243701.0</v>
       </c>
       <c r="G310" s="14" t="n">
-        <v>1009861.0</v>
+        <v>246147.0</v>
       </c>
       <c r="H310" s="14" t="n">
-        <v>890437.0</v>
+        <v>235972.0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B311" s="14" t="n">
-        <v>1121840.0</v>
+        <v>5132733.0</v>
       </c>
       <c r="C311" s="14" t="n">
-        <v>1176652.0</v>
+        <v>4519651.0</v>
       </c>
       <c r="D311" s="14" t="n">
-        <v>1266849.0</v>
+        <v>4115757.0</v>
       </c>
       <c r="E311" s="14" t="n">
-        <v>1290345.0</v>
+        <v>4767488.0</v>
       </c>
       <c r="F311" s="14" t="n">
-        <v>1316854.0</v>
+        <v>4662814.0</v>
       </c>
       <c r="G311" s="14" t="n">
-        <v>1339224.0</v>
+        <v>4556975.0</v>
       </c>
       <c r="H311" s="14" t="n">
-        <v>1216043.0</v>
+        <v>4349422.0</v>
       </c>
     </row>
     <row r="312">
-      <c r="A312" s="6" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H312" s="6"/>
+      <c r="A312" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+        </is>
+      </c>
+      <c r="B312" s="14" t="n">
+        <v>5073116.0</v>
+      </c>
+      <c r="C312" s="14" t="n">
+        <v>4442369.0</v>
+      </c>
+      <c r="D312" s="14" t="n">
+        <v>4057992.0</v>
+      </c>
+      <c r="E312" s="14" t="n">
+        <v>4657550.0</v>
+      </c>
+      <c r="F312" s="14" t="n">
+        <v>4588656.0</v>
+      </c>
+      <c r="G312" s="14" t="n">
+        <v>4457636.0</v>
+      </c>
+      <c r="H312" s="14" t="n">
+        <v>4279039.0</v>
+      </c>
     </row>
     <row r="313">
       <c r="A313" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B313" s="14" t="n">
-        <v>8.3644E7</v>
+        <v>6349835.0</v>
       </c>
       <c r="C313" s="14" t="n">
-        <v>8.5738E7</v>
+        <v>5637788.0</v>
       </c>
       <c r="D313" s="14" t="n">
-        <v>8.614E7</v>
+        <v>5192226.0</v>
       </c>
       <c r="E313" s="14" t="n">
-        <v>8.7191E7</v>
+        <v>5731716.0</v>
       </c>
       <c r="F313" s="14" t="n">
-        <v>9.0878E7</v>
+        <v>5614782.0</v>
       </c>
       <c r="G313" s="14" t="n">
-        <v>9.26E7</v>
+        <v>5459589.0</v>
       </c>
       <c r="H313" s="14" t="n">
-        <v>9.8546E7</v>
+        <v>5275738.0</v>
       </c>
     </row>
     <row r="314">
-      <c r="A314" s="7" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="A314" s="6" t="inlineStr">
+        <is>
+          <t>18 Ceuta</t>
+        </is>
+      </c>
+      <c r="B314" s="6"/>
+      <c r="C314" s="6"/>
+      <c r="D314" s="6"/>
+      <c r="E314" s="6"/>
+      <c r="F314" s="6"/>
+      <c r="G314" s="6"/>
+      <c r="H314" s="6"/>
     </row>
     <row r="315">
       <c r="A315" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B315" s="14" t="n">
-        <v>2.8246E7</v>
+        <v>138239.0</v>
       </c>
       <c r="C315" s="14" t="n">
-        <v>2.9025E7</v>
+        <v>128875.0</v>
       </c>
       <c r="D315" s="14" t="n">
-        <v>3.051E7</v>
+        <v>129626.0</v>
       </c>
       <c r="E315" s="14" t="n">
-        <v>3.0948E7</v>
+        <v>124043.0</v>
       </c>
       <c r="F315" s="14" t="n">
-        <v>3.0119E7</v>
+        <v>127470.0</v>
       </c>
       <c r="G315" s="14" t="n">
-        <v>3.0172E7</v>
+        <v>126124.0</v>
       </c>
       <c r="H315" s="14" t="n">
-        <v>2.0522E7</v>
+        <v>122550.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B316" s="14" t="n">
-        <v>1.51566E8</v>
+        <v>36277.0</v>
       </c>
       <c r="C316" s="14" t="n">
-        <v>1.50754E8</v>
+        <v>34133.0</v>
       </c>
       <c r="D316" s="14" t="n">
-        <v>1.51549E8</v>
+        <v>33754.0</v>
       </c>
       <c r="E316" s="14" t="n">
-        <v>1.55335E8</v>
+        <v>37459.0</v>
       </c>
       <c r="F316" s="14" t="n">
-        <v>1.59448E8</v>
+        <v>34179.0</v>
       </c>
       <c r="G316" s="14" t="n">
-        <v>1.62799E8</v>
+        <v>34571.0</v>
       </c>
       <c r="H316" s="14" t="n">
-        <v>1.59444E8</v>
+        <v>36589.0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B317" s="14" t="n">
-        <v>2.8451E7</v>
+        <v>53026.0</v>
       </c>
       <c r="C317" s="14" t="n">
-        <v>3.0223E7</v>
+        <v>46522.0</v>
       </c>
       <c r="D317" s="14" t="n">
-        <v>3.2194E7</v>
+        <v>40274.0</v>
       </c>
       <c r="E317" s="14" t="n">
-        <v>3.3527E7</v>
+        <v>52707.0</v>
       </c>
       <c r="F317" s="14" t="n">
-        <v>3.377E7</v>
+        <v>54242.0</v>
       </c>
       <c r="G317" s="14" t="n">
-        <v>3.3265E7</v>
+        <v>57507.0</v>
       </c>
       <c r="H317" s="14" t="n">
-        <v>2.9065E7</v>
+        <v>56968.0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    06. Salud</t>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B318" s="14" t="n">
-        <v>2.5642E7</v>
+        <v>230906.0</v>
       </c>
       <c r="C318" s="14" t="n">
-        <v>2.6173E7</v>
+        <v>220265.0</v>
       </c>
       <c r="D318" s="14" t="n">
-        <v>2.6171E7</v>
+        <v>204402.0</v>
       </c>
       <c r="E318" s="14" t="n">
-        <v>2.8298E7</v>
+        <v>203175.0</v>
       </c>
       <c r="F318" s="14" t="n">
-        <v>2.9866E7</v>
+        <v>203090.0</v>
       </c>
       <c r="G318" s="14" t="n">
-        <v>3.1085E7</v>
+        <v>200374.0</v>
       </c>
       <c r="H318" s="14" t="n">
-        <v>2.9565E7</v>
+        <v>197804.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    07. Transporte</t>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B319" s="14" t="n">
-        <v>7.4725E7</v>
+        <v>52686.0</v>
       </c>
       <c r="C319" s="14" t="n">
-        <v>7.8045E7</v>
+        <v>51163.0</v>
       </c>
       <c r="D319" s="14" t="n">
-        <v>7.9218E7</v>
+        <v>44733.0</v>
       </c>
       <c r="E319" s="14" t="n">
-        <v>8.7689E7</v>
+        <v>52437.0</v>
       </c>
       <c r="F319" s="14" t="n">
-        <v>9.1656E7</v>
+        <v>53539.0</v>
       </c>
       <c r="G319" s="14" t="n">
-        <v>9.1051E7</v>
+        <v>56407.0</v>
       </c>
       <c r="H319" s="14" t="n">
-        <v>6.444E7</v>
+        <v>52143.0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08. Comunicaciones</t>
+          <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B320" s="14" t="n">
-        <v>1.5554E7</v>
+        <v>47484.0</v>
       </c>
       <c r="C320" s="14" t="n">
-        <v>1.5704E7</v>
+        <v>48657.0</v>
       </c>
       <c r="D320" s="14" t="n">
-        <v>1.6932E7</v>
+        <v>51579.0</v>
       </c>
       <c r="E320" s="14" t="n">
-        <v>1.7866E7</v>
+        <v>54667.0</v>
       </c>
       <c r="F320" s="14" t="n">
-        <v>1.8677E7</v>
+        <v>51683.0</v>
       </c>
       <c r="G320" s="14" t="n">
-        <v>1.8486E7</v>
+        <v>52559.0</v>
       </c>
       <c r="H320" s="14" t="n">
-        <v>1.7678E7</v>
+        <v>41475.0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09. Ocio, espectáculos y cultura</t>
+          <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B321" s="14" t="n">
-        <v>4.4143E7</v>
+        <v>121466.0</v>
       </c>
       <c r="C321" s="14" t="n">
-        <v>4.6915E7</v>
+        <v>102807.0</v>
       </c>
       <c r="D321" s="14" t="n">
-        <v>4.9591E7</v>
+        <v>78930.0</v>
       </c>
       <c r="E321" s="14" t="n">
-        <v>5.2635E7</v>
+        <v>107798.0</v>
       </c>
       <c r="F321" s="14" t="n">
-        <v>5.418E7</v>
+        <v>115610.0</v>
       </c>
       <c r="G321" s="14" t="n">
-        <v>5.58E7</v>
+        <v>119873.0</v>
       </c>
       <c r="H321" s="14" t="n">
-        <v>3.505E7</v>
+        <v>107068.0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10. Educación</t>
+          <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B322" s="14" t="n">
-        <v>1.0838E7</v>
+        <v>36407.0</v>
       </c>
       <c r="C322" s="14" t="n">
-        <v>1.0671E7</v>
+        <v>33998.0</v>
       </c>
       <c r="D322" s="14" t="n">
-        <v>1.092E7</v>
+        <v>32619.0</v>
       </c>
       <c r="E322" s="14" t="n">
-        <v>1.112E7</v>
+        <v>32218.0</v>
       </c>
       <c r="F322" s="14" t="n">
-        <v>1.1271E7</v>
+        <v>33580.0</v>
       </c>
       <c r="G322" s="14" t="n">
-        <v>1.1426E7</v>
+        <v>31708.0</v>
       </c>
       <c r="H322" s="14" t="n">
-        <v>1.1055E7</v>
+        <v>29671.0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11. Hoteles, cafés y restaurantes</t>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B323" s="14" t="n">
-        <v>8.5277E7</v>
+        <v>63573.0</v>
       </c>
       <c r="C323" s="14" t="n">
-        <v>9.0594E7</v>
+        <v>47443.0</v>
       </c>
       <c r="D323" s="14" t="n">
-        <v>9.6217E7</v>
+        <v>35581.0</v>
       </c>
       <c r="E323" s="14" t="n">
-        <v>1.05146E8</v>
+        <v>54463.0</v>
       </c>
       <c r="F323" s="14" t="n">
-        <v>1.07262E8</v>
+        <v>53981.0</v>
       </c>
       <c r="G323" s="14" t="n">
-        <v>1.10812E8</v>
+        <v>52324.0</v>
       </c>
       <c r="H323" s="14" t="n">
-        <v>5.8979E7</v>
+        <v>46009.0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12. Otros bienes y servicios</t>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B324" s="14" t="n">
-        <v>5.7874E7</v>
+        <v>11829.0</v>
       </c>
       <c r="C324" s="14" t="n">
-        <v>5.9521E7</v>
+        <v>11547.0</v>
       </c>
       <c r="D324" s="14" t="n">
-        <v>6.4337E7</v>
+        <v>13812.0</v>
       </c>
       <c r="E324" s="14" t="n">
-        <v>6.7631E7</v>
+        <v>14766.0</v>
       </c>
       <c r="F324" s="14" t="n">
-        <v>7.1696E7</v>
+        <v>14187.0</v>
       </c>
       <c r="G324" s="14" t="n">
-        <v>7.3832E7</v>
+        <v>15150.0</v>
       </c>
       <c r="H324" s="14" t="n">
-        <v>6.8633E7</v>
+        <v>14833.0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B325" s="14" t="n">
-        <v>6.32664E8</v>
+        <v>102807.0</v>
       </c>
       <c r="C325" s="14" t="n">
-        <v>6.50059E8</v>
+        <v>73262.0</v>
       </c>
       <c r="D325" s="14" t="n">
-        <v>6.71832E8</v>
+        <v>60164.0</v>
       </c>
       <c r="E325" s="14" t="n">
-        <v>7.05546E8</v>
+        <v>100929.0</v>
       </c>
       <c r="F325" s="14" t="n">
-        <v>7.2715E8</v>
+        <v>93170.0</v>
       </c>
       <c r="G325" s="14" t="n">
-        <v>7.39929E8</v>
+        <v>104253.0</v>
       </c>
       <c r="H325" s="14" t="n">
-        <v>6.22528E8</v>
+        <v>88130.0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B326" s="14" t="n">
-        <v>6.01586E8</v>
+        <v>47774.0</v>
       </c>
       <c r="C326" s="14" t="n">
-        <v>6.18514E8</v>
+        <v>41994.0</v>
       </c>
       <c r="D326" s="14" t="n">
-        <v>6.36323E8</v>
+        <v>42555.0</v>
       </c>
       <c r="E326" s="14" t="n">
-        <v>6.66148E8</v>
+        <v>39775.0</v>
       </c>
       <c r="F326" s="14" t="n">
-        <v>6.88061E8</v>
+        <v>35669.0</v>
       </c>
       <c r="G326" s="14" t="n">
-        <v>7.01308E8</v>
+        <v>47678.0</v>
       </c>
       <c r="H326" s="14" t="n">
-        <v>6.14652E8</v>
+        <v>61231.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="7" t="inlineStr">
         <is>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
+        </is>
+      </c>
+      <c r="B327" s="14" t="n">
+        <v>70694.0</v>
+      </c>
+      <c r="C327" s="14" t="n">
+        <v>62852.0</v>
+      </c>
+      <c r="D327" s="14" t="n">
+        <v>58535.0</v>
+      </c>
+      <c r="E327" s="14" t="n">
+        <v>61530.0</v>
+      </c>
+      <c r="F327" s="14" t="n">
+        <v>59071.0</v>
+      </c>
+      <c r="G327" s="14" t="n">
+        <v>73904.0</v>
+      </c>
+      <c r="H327" s="14" t="n">
+        <v>97869.0</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+        </is>
+      </c>
+      <c r="B328" s="14" t="n">
+        <v>1013168.0</v>
+      </c>
+      <c r="C328" s="14" t="n">
+        <v>903518.0</v>
+      </c>
+      <c r="D328" s="14" t="n">
+        <v>826564.0</v>
+      </c>
+      <c r="E328" s="14" t="n">
+        <v>935967.0</v>
+      </c>
+      <c r="F328" s="14" t="n">
+        <v>929471.0</v>
+      </c>
+      <c r="G328" s="14" t="n">
+        <v>972432.0</v>
+      </c>
+      <c r="H328" s="14" t="n">
+        <v>952340.0</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+        </is>
+      </c>
+      <c r="B329" s="14" t="n">
+        <v>1094186.0</v>
+      </c>
+      <c r="C329" s="14" t="n">
+        <v>974548.0</v>
+      </c>
+      <c r="D329" s="14" t="n">
+        <v>873873.0</v>
+      </c>
+      <c r="E329" s="14" t="n">
+        <v>1035258.0</v>
+      </c>
+      <c r="F329" s="14" t="n">
+        <v>1019285.0</v>
+      </c>
+      <c r="G329" s="14" t="n">
+        <v>1056366.0</v>
+      </c>
+      <c r="H329" s="14" t="n">
+        <v>1041561.0</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="7" t="inlineStr">
+        <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
-      <c r="B327" s="14" t="n">
-[...22 lines deleted...]
-      <c r="A330" s="5" t="inlineStr">
+      <c r="B330" s="14" t="n">
+        <v>1425384.0</v>
+      </c>
+      <c r="C330" s="14" t="n">
+        <v>1301009.0</v>
+      </c>
+      <c r="D330" s="14" t="n">
+        <v>1176500.0</v>
+      </c>
+      <c r="E330" s="14" t="n">
+        <v>1341079.0</v>
+      </c>
+      <c r="F330" s="14" t="n">
+        <v>1304564.0</v>
+      </c>
+      <c r="G330" s="14" t="n">
+        <v>1337673.0</v>
+      </c>
+      <c r="H330" s="14" t="n">
+        <v>1329583.0</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="6" t="inlineStr">
+        <is>
+          <t>19 Melilla</t>
+        </is>
+      </c>
+      <c r="B331" s="6"/>
+      <c r="C331" s="6"/>
+      <c r="D331" s="6"/>
+      <c r="E331" s="6"/>
+      <c r="F331" s="6"/>
+      <c r="G331" s="6"/>
+      <c r="H331" s="6"/>
+    </row>
+    <row r="332">
+      <c r="A332" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
+        </is>
+      </c>
+      <c r="B332" s="14" t="n">
+        <v>139586.0</v>
+      </c>
+      <c r="C332" s="14" t="n">
+        <v>131046.0</v>
+      </c>
+      <c r="D332" s="14" t="n">
+        <v>141513.0</v>
+      </c>
+      <c r="E332" s="14" t="n">
+        <v>128498.0</v>
+      </c>
+      <c r="F332" s="14" t="n">
+        <v>132183.0</v>
+      </c>
+      <c r="G332" s="14" t="n">
+        <v>129861.0</v>
+      </c>
+      <c r="H332" s="14" t="n">
+        <v>130110.0</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
+        </is>
+      </c>
+      <c r="B333" s="14" t="n">
+        <v>34276.0</v>
+      </c>
+      <c r="C333" s="14" t="n">
+        <v>35800.0</v>
+      </c>
+      <c r="D333" s="14" t="n">
+        <v>37538.0</v>
+      </c>
+      <c r="E333" s="14" t="n">
+        <v>34586.0</v>
+      </c>
+      <c r="F333" s="14" t="n">
+        <v>35898.0</v>
+      </c>
+      <c r="G333" s="14" t="n">
+        <v>37364.0</v>
+      </c>
+      <c r="H333" s="14" t="n">
+        <v>35768.0</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
+        </is>
+      </c>
+      <c r="B334" s="14" t="n">
+        <v>53302.0</v>
+      </c>
+      <c r="C334" s="14" t="n">
+        <v>48735.0</v>
+      </c>
+      <c r="D334" s="14" t="n">
+        <v>38654.0</v>
+      </c>
+      <c r="E334" s="14" t="n">
+        <v>50142.0</v>
+      </c>
+      <c r="F334" s="14" t="n">
+        <v>52744.0</v>
+      </c>
+      <c r="G334" s="14" t="n">
+        <v>57540.0</v>
+      </c>
+      <c r="H334" s="14" t="n">
+        <v>58776.0</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
+        </is>
+      </c>
+      <c r="B335" s="14" t="n">
+        <v>222412.0</v>
+      </c>
+      <c r="C335" s="14" t="n">
+        <v>211984.0</v>
+      </c>
+      <c r="D335" s="14" t="n">
+        <v>201397.0</v>
+      </c>
+      <c r="E335" s="14" t="n">
+        <v>205637.0</v>
+      </c>
+      <c r="F335" s="14" t="n">
+        <v>200573.0</v>
+      </c>
+      <c r="G335" s="14" t="n">
+        <v>198983.0</v>
+      </c>
+      <c r="H335" s="14" t="n">
+        <v>195211.0</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
+        </is>
+      </c>
+      <c r="B336" s="14" t="n">
+        <v>49549.0</v>
+      </c>
+      <c r="C336" s="14" t="n">
+        <v>48228.0</v>
+      </c>
+      <c r="D336" s="14" t="n">
+        <v>48300.0</v>
+      </c>
+      <c r="E336" s="14" t="n">
+        <v>54046.0</v>
+      </c>
+      <c r="F336" s="14" t="n">
+        <v>56272.0</v>
+      </c>
+      <c r="G336" s="14" t="n">
+        <v>53085.0</v>
+      </c>
+      <c r="H336" s="14" t="n">
+        <v>51374.0</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    06. Salud</t>
+        </is>
+      </c>
+      <c r="B337" s="14" t="n">
+        <v>41313.0</v>
+      </c>
+      <c r="C337" s="14" t="n">
+        <v>44938.0</v>
+      </c>
+      <c r="D337" s="14" t="n">
+        <v>47994.0</v>
+      </c>
+      <c r="E337" s="14" t="n">
+        <v>57863.0</v>
+      </c>
+      <c r="F337" s="14" t="n">
+        <v>59574.0</v>
+      </c>
+      <c r="G337" s="14" t="n">
+        <v>51935.0</v>
+      </c>
+      <c r="H337" s="14" t="n">
+        <v>45720.0</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    07. Transporte</t>
+        </is>
+      </c>
+      <c r="B338" s="14" t="n">
+        <v>119273.0</v>
+      </c>
+      <c r="C338" s="14" t="n">
+        <v>103212.0</v>
+      </c>
+      <c r="D338" s="14" t="n">
+        <v>94827.0</v>
+      </c>
+      <c r="E338" s="14" t="n">
+        <v>115961.0</v>
+      </c>
+      <c r="F338" s="14" t="n">
+        <v>119799.0</v>
+      </c>
+      <c r="G338" s="14" t="n">
+        <v>111232.0</v>
+      </c>
+      <c r="H338" s="14" t="n">
+        <v>106059.0</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    08. Información y comunicación</t>
+        </is>
+      </c>
+      <c r="B339" s="14" t="n">
+        <v>36437.0</v>
+      </c>
+      <c r="C339" s="14" t="n">
+        <v>35244.0</v>
+      </c>
+      <c r="D339" s="14" t="n">
+        <v>33948.0</v>
+      </c>
+      <c r="E339" s="14" t="n">
+        <v>33610.0</v>
+      </c>
+      <c r="F339" s="14" t="n">
+        <v>33845.0</v>
+      </c>
+      <c r="G339" s="14" t="n">
+        <v>31467.0</v>
+      </c>
+      <c r="H339" s="14" t="n">
+        <v>28199.0</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
+        </is>
+      </c>
+      <c r="B340" s="14" t="n">
+        <v>64474.0</v>
+      </c>
+      <c r="C340" s="14" t="n">
+        <v>47827.0</v>
+      </c>
+      <c r="D340" s="14" t="n">
+        <v>39336.0</v>
+      </c>
+      <c r="E340" s="14" t="n">
+        <v>60128.0</v>
+      </c>
+      <c r="F340" s="14" t="n">
+        <v>57800.0</v>
+      </c>
+      <c r="G340" s="14" t="n">
+        <v>52196.0</v>
+      </c>
+      <c r="H340" s="14" t="n">
+        <v>46512.0</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    10. Servicios para la educación</t>
+        </is>
+      </c>
+      <c r="B341" s="14" t="n">
+        <v>11008.0</v>
+      </c>
+      <c r="C341" s="14" t="n">
+        <v>11058.0</v>
+      </c>
+      <c r="D341" s="14" t="n">
+        <v>11755.0</v>
+      </c>
+      <c r="E341" s="14" t="n">
+        <v>12519.0</v>
+      </c>
+      <c r="F341" s="14" t="n">
+        <v>13121.0</v>
+      </c>
+      <c r="G341" s="14" t="n">
+        <v>11843.0</v>
+      </c>
+      <c r="H341" s="14" t="n">
+        <v>11429.0</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
+        </is>
+      </c>
+      <c r="B342" s="14" t="n">
+        <v>104059.0</v>
+      </c>
+      <c r="C342" s="14" t="n">
+        <v>73173.0</v>
+      </c>
+      <c r="D342" s="14" t="n">
+        <v>63999.0</v>
+      </c>
+      <c r="E342" s="14" t="n">
+        <v>98732.0</v>
+      </c>
+      <c r="F342" s="14" t="n">
+        <v>96996.0</v>
+      </c>
+      <c r="G342" s="14" t="n">
+        <v>92261.0</v>
+      </c>
+      <c r="H342" s="14" t="n">
+        <v>90327.0</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    12. Seguros y servicios financieros</t>
+        </is>
+      </c>
+      <c r="B343" s="14" t="n">
+        <v>44775.0</v>
+      </c>
+      <c r="C343" s="14" t="n">
+        <v>40120.0</v>
+      </c>
+      <c r="D343" s="14" t="n">
+        <v>42847.0</v>
+      </c>
+      <c r="E343" s="14" t="n">
+        <v>48001.0</v>
+      </c>
+      <c r="F343" s="14" t="n">
+        <v>49291.0</v>
+      </c>
+      <c r="G343" s="14" t="n">
+        <v>35265.0</v>
+      </c>
+      <c r="H343" s="14" t="n">
+        <v>16036.0</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
+        </is>
+      </c>
+      <c r="B344" s="14" t="n">
+        <v>66255.0</v>
+      </c>
+      <c r="C344" s="14" t="n">
+        <v>60048.0</v>
+      </c>
+      <c r="D344" s="14" t="n">
+        <v>58938.0</v>
+      </c>
+      <c r="E344" s="14" t="n">
+        <v>74256.0</v>
+      </c>
+      <c r="F344" s="14" t="n">
+        <v>81631.0</v>
+      </c>
+      <c r="G344" s="14" t="n">
+        <v>54663.0</v>
+      </c>
+      <c r="H344" s="14" t="n">
+        <v>25631.0</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
+        </is>
+      </c>
+      <c r="B345" s="14" t="n">
+        <v>986719.0</v>
+      </c>
+      <c r="C345" s="14" t="n">
+        <v>891413.0</v>
+      </c>
+      <c r="D345" s="14" t="n">
+        <v>861046.0</v>
+      </c>
+      <c r="E345" s="14" t="n">
+        <v>973979.0</v>
+      </c>
+      <c r="F345" s="14" t="n">
+        <v>989727.0</v>
+      </c>
+      <c r="G345" s="14" t="n">
+        <v>917695.0</v>
+      </c>
+      <c r="H345" s="14" t="n">
+        <v>841152.0</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
+        </is>
+      </c>
+      <c r="B346" s="14" t="n">
+        <v>1066578.0</v>
+      </c>
+      <c r="C346" s="14" t="n">
+        <v>961449.0</v>
+      </c>
+      <c r="D346" s="14" t="n">
+        <v>910786.0</v>
+      </c>
+      <c r="E346" s="14" t="n">
+        <v>1075381.0</v>
+      </c>
+      <c r="F346" s="14" t="n">
+        <v>1082628.0</v>
+      </c>
+      <c r="G346" s="14" t="n">
+        <v>995956.0</v>
+      </c>
+      <c r="H346" s="14" t="n">
+        <v>928147.0</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
+        </is>
+      </c>
+      <c r="B347" s="14" t="n">
+        <v>1412475.0</v>
+      </c>
+      <c r="C347" s="14" t="n">
+        <v>1303308.0</v>
+      </c>
+      <c r="D347" s="14" t="n">
+        <v>1235666.0</v>
+      </c>
+      <c r="E347" s="14" t="n">
+        <v>1405697.0</v>
+      </c>
+      <c r="F347" s="14" t="n">
+        <v>1386662.0</v>
+      </c>
+      <c r="G347" s="14" t="n">
+        <v>1293574.0</v>
+      </c>
+      <c r="H347" s="14" t="n">
+        <v>1216680.0</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
-    <row r="331">
-[...7 lines deleted...]
-      <c r="A332" t="inlineStr">
+    <row r="351">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1) COICOP= Clasification of Individual Consumption by Purpose     </t>
+        </is>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="inlineStr">
         <is>
           <t xml:space="preserve">    </t>
         </is>
       </c>
     </row>
-    <row r="333">
-      <c r="A333" t="inlineStr">
+    <row r="353">
+      <c r="A353" t="inlineStr">
         <is>
           <t xml:space="preserve"> Los datos de España se corresponden con la suma de los valores de  todas las Comunidades Autónomas más los relativos al territorio  extra-regional</t>
         </is>
       </c>
     </row>
-    <row r="335">
-      <c r="A335" s="5" t="inlineStr">
+    <row r="355">
+      <c r="A355" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
-    <row r="336">
-      <c r="A336" t="inlineStr">
+    <row r="356">
+      <c r="A356" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:H8"/>
-    <mergeCell ref="A24:H24"/>
-[...14 lines deleted...]
-    <mergeCell ref="A264:H264"/>
+    <mergeCell ref="A25:H25"/>
+    <mergeCell ref="A42:H42"/>
+    <mergeCell ref="A59:H59"/>
+    <mergeCell ref="A76:H76"/>
+    <mergeCell ref="A93:H93"/>
+    <mergeCell ref="A110:H110"/>
+    <mergeCell ref="A127:H127"/>
+    <mergeCell ref="A144:H144"/>
+    <mergeCell ref="A161:H161"/>
+    <mergeCell ref="A178:H178"/>
+    <mergeCell ref="A195:H195"/>
+    <mergeCell ref="A212:H212"/>
+    <mergeCell ref="A229:H229"/>
+    <mergeCell ref="A246:H246"/>
+    <mergeCell ref="A263:H263"/>
     <mergeCell ref="A280:H280"/>
-    <mergeCell ref="A296:H296"/>
-    <mergeCell ref="A312:H312"/>
+    <mergeCell ref="A297:H297"/>
+    <mergeCell ref="A314:H314"/>
+    <mergeCell ref="A331:H331"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>