--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -370,9335 +370,9335 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="C7" s="6" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="E7" s="6" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="F7" s="6" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="G7" s="6" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="H7" s="6" t="inlineStr">
+        <is>
           <t>2022 (P)</t>
-        </is>
-[...28 lines deleted...]
-          <t>2016</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Total Nacional</t>
+          <t>Andalucía</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1.03735E8</v>
+        <v>1.4654495E7</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>9.7523E7</v>
+        <v>1.4880229E7</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>9.8428E7</v>
+        <v>1.5442791E7</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>9.2472E7</v>
+        <v>1.5817158E7</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>9.0779E7</v>
+        <v>1.6729772E7</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>8.7103E7</v>
+        <v>1.6747038E7</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>8.6024E7</v>
+        <v>1.7878571E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>3.1304E7</v>
+        <v>4788570.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>2.9635E7</v>
+        <v>4838796.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>2.9392E7</v>
+        <v>4846247.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>2.8445E7</v>
+        <v>4895969.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>2.8179E7</v>
+        <v>5145987.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>2.8025E7</v>
+        <v>5261532.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>2.7915E7</v>
+        <v>5678967.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>2.7101E7</v>
+        <v>5033821.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>2.3649E7</v>
+        <v>5267082.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>1.9964E7</v>
+        <v>5218452.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>2.9459E7</v>
+        <v>5218940.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>2.9439E7</v>
+        <v>3515721.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>3.0319E7</v>
+        <v>3958131.0</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>2.9912E7</v>
+        <v>4463515.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>1.82175E8</v>
+        <v>2.3705528E7</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>1.73024E8</v>
+        <v>2.4309358E7</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>1.64523E8</v>
+        <v>2.5031866E7</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>1.67101E8</v>
+        <v>2.5487714E7</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>1.6354E8</v>
+        <v>2.4905587E7</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>1.59305E8</v>
+        <v>2.6245114E7</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>1.55185E8</v>
+        <v>2.7726808E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>3.4416E7</v>
+        <v>5137364.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>3.2496E7</v>
+        <v>5371186.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>2.7978E7</v>
+        <v>5420989.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>3.2197E7</v>
+        <v>5415410.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>3.2638E7</v>
+        <v>4586812.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>3.2282E7</v>
+        <v>5309358.0</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>3.0995E7</v>
+        <v>5647266.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>3.3513E7</v>
+        <v>4384408.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>3.2389E7</v>
+        <v>4741943.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>3.1561E7</v>
+        <v>5082538.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>3.3024E7</v>
+        <v>5232289.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>3.1679E7</v>
+        <v>5048840.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>3.0012E7</v>
+        <v>5091318.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>2.7822E7</v>
+        <v>5370866.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>9.5478E7</v>
+        <v>1.367615E7</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>8.0834E7</v>
+        <v>1.5357706E7</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>6.6355E7</v>
+        <v>1.611185E7</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>9.3219E7</v>
+        <v>1.6106507E7</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>9.374E7</v>
+        <v>1.1365756E7</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>8.9658E7</v>
+        <v>1.3818932E7</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>8.0934E7</v>
+        <v>1.6146266E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>2.5134E7</v>
+        <v>3434828.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>2.3519E7</v>
+        <v>3545908.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>2.2191E7</v>
+        <v>3659302.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>2.2592E7</v>
+        <v>3589827.0</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>2.2861E7</v>
+        <v>3517870.0</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>2.2054E7</v>
+        <v>3747010.0</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>2.1215E7</v>
+        <v>3982843.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>5.757E7</v>
+        <v>6655003.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>4.0405E7</v>
+        <v>7009161.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>3.0705E7</v>
+        <v>7230642.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>5.1964E7</v>
+        <v>7412283.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>5.0182E7</v>
+        <v>4574450.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>4.8616E7</v>
+        <v>6154153.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>4.5451E7</v>
+        <v>8656489.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>9786000.0</v>
+        <v>1639180.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>9645000.0</v>
+        <v>1662310.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>1.0797E7</v>
+        <v>1677457.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>1.1133E7</v>
+        <v>1692772.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>1.0994E7</v>
+        <v>1625795.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>1.086E7</v>
+        <v>1451074.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>1.068E7</v>
+        <v>1474268.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>1.17662E8</v>
+        <v>1.5701106E7</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>8.2494E7</v>
+        <v>1.7406257E7</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>5.8721E7</v>
+        <v>1.7860176E7</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>1.10603E8</v>
+        <v>1.8381912E7</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>1.07105E8</v>
+        <v>9951007.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>1.04968E8</v>
+        <v>1.5199616E7</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>9.609E7</v>
+        <v>2.1513044E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>4.1506E7</v>
+        <v>3813825.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>3.4558E7</v>
+        <v>3993157.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>3.5784E7</v>
+        <v>4451865.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>3.4602E7</v>
+        <v>4636558.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>3.3037E7</v>
+        <v>4720258.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>2.9835E7</v>
+        <v>4579475.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>2.8305E7</v>
+        <v>5729256.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>4.0927E7</v>
+        <v>5701828.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>3.5706E7</v>
+        <v>5987702.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>3.2161E7</v>
+        <v>6072421.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>3.8265E7</v>
+        <v>6160058.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>3.7565E7</v>
+        <v>4996258.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>3.6719E7</v>
+        <v>5582732.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>3.4991E7</v>
+        <v>6374813.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>8.00307E8</v>
+        <v>1.08326106E8</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>6.95877E8</v>
+        <v>1.14370795E8</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>6.2856E8</v>
+        <v>1.18106596E8</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>7.45076E8</v>
+        <v>1.20047397E8</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>7.31738E8</v>
+        <v>1.00684113E8</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>7.09756E8</v>
+        <v>1.13145483E8</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>6.75519E8</v>
+        <v>1.30642972E8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>7.59001E8</v>
+        <v>9.9054753E7</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>6.79588E8</v>
+        <v>1.0390883E8</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>6.20683E8</v>
+        <v>1.07674262E8</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>7.06458E8</v>
+        <v>1.09480737E8</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>6.92652E8</v>
+        <v>9.7382799E7</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>6.70455E8</v>
+        <v>1.07537124E8</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>6.40052E8</v>
+        <v>1.20508393E8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>9.39647E8</v>
+        <v>1.21745945E8</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>8.50832E8</v>
+        <v>1.27034345E8</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>7.812E8</v>
+        <v>1.31540104E8</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>8.58434E8</v>
+        <v>1.34524689E8</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>8.3603E8</v>
+        <v>1.23763381E8</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>8.08965E8</v>
+        <v>1.36039186E8</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>7.75073E8</v>
+        <v>1.50611725E8</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
-          <t>01 Andalucía</t>
+          <t>Aragón</t>
         </is>
       </c>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="6"/>
       <c r="H25" s="6"/>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>1.7878571E7</v>
+        <v>2549335.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>1.6747038E7</v>
+        <v>2555001.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>1.6729772E7</v>
+        <v>2670150.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>1.5817158E7</v>
+        <v>2729385.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>1.5442791E7</v>
+        <v>2970567.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>1.4880229E7</v>
+        <v>2913531.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>1.4654495E7</v>
+        <v>3094945.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>5678967.0</v>
+        <v>745733.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>5261532.0</v>
+        <v>755845.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>5145987.0</v>
+        <v>759803.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>4895969.0</v>
+        <v>779123.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>4846247.0</v>
+        <v>815674.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>4838796.0</v>
+        <v>802878.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>4788570.0</v>
+        <v>831588.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>4463515.0</v>
+        <v>797027.0</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>3958131.0</v>
+        <v>782471.0</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>3515721.0</v>
+        <v>740551.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>5218940.0</v>
+        <v>734217.0</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>5218452.0</v>
+        <v>537030.0</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>5267082.0</v>
+        <v>629243.0</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>5033821.0</v>
+        <v>681562.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>2.7726808E7</v>
+        <v>4135751.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>2.6245114E7</v>
+        <v>4208050.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>2.4905587E7</v>
+        <v>4322090.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>2.5487714E7</v>
+        <v>4407078.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>2.5031866E7</v>
+        <v>4373564.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>2.4309358E7</v>
+        <v>4574784.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>2.3705528E7</v>
+        <v>4807853.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>5647266.0</v>
+        <v>843657.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>5309358.0</v>
+        <v>861776.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>4586812.0</v>
+        <v>869079.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>5415410.0</v>
+        <v>852931.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>5420989.0</v>
+        <v>796026.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>5371186.0</v>
+        <v>920088.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>5137364.0</v>
+        <v>947890.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>5370866.0</v>
+        <v>857510.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>5091318.0</v>
+        <v>873184.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>5048840.0</v>
+        <v>914933.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>5232289.0</v>
+        <v>936743.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>5082538.0</v>
+        <v>904403.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>4741943.0</v>
+        <v>950035.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>4384408.0</v>
+        <v>989078.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>1.6146266E7</v>
+        <v>2083796.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>1.3818932E7</v>
+        <v>2255100.0</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>1.1365756E7</v>
+        <v>2355508.0</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>1.6106507E7</v>
+        <v>2321792.0</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>1.611185E7</v>
+        <v>1712917.0</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>1.5357706E7</v>
+        <v>2037624.0</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>1.367615E7</v>
+        <v>2388512.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>3982843.0</v>
+        <v>586666.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>3747010.0</v>
+        <v>605728.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>3517870.0</v>
+        <v>633053.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>3589827.0</v>
+        <v>626801.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>3659302.0</v>
+        <v>630186.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>3545908.0</v>
+        <v>663797.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>3434828.0</v>
+        <v>701727.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>8656489.0</v>
+        <v>1112635.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>6154153.0</v>
+        <v>1152268.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>4574450.0</v>
+        <v>1215337.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>7412283.0</v>
+        <v>1264330.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>7230642.0</v>
+        <v>808768.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>7009161.0</v>
+        <v>1061069.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>6655003.0</v>
+        <v>1450346.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>1474268.0</v>
+        <v>262627.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>1451074.0</v>
+        <v>266130.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>1625795.0</v>
+        <v>268490.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>1692772.0</v>
+        <v>271864.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>1677457.0</v>
+        <v>263441.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>1662310.0</v>
+        <v>236483.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>1639180.0</v>
+        <v>241480.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>2.1513044E7</v>
+        <v>2592068.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>1.5199616E7</v>
+        <v>2683360.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>9951007.0</v>
+        <v>2718277.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>1.8381912E7</v>
+        <v>2865755.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>1.7860176E7</v>
+        <v>1707947.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>1.7406257E7</v>
+        <v>2179672.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>1.5701106E7</v>
+        <v>2974002.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>5729256.0</v>
+        <v>883346.0</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>4579475.0</v>
+        <v>908759.0</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>4720258.0</v>
+        <v>952989.0</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>4636558.0</v>
+        <v>946877.0</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>4451865.0</v>
+        <v>1002443.0</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>3993157.0</v>
+        <v>921424.0</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>3813825.0</v>
+        <v>1122815.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>6374813.0</v>
+        <v>1123316.0</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>5582732.0</v>
+        <v>1166731.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>4996258.0</v>
+        <v>1199686.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>6160058.0</v>
+        <v>1215066.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>6072421.0</v>
+        <v>1039574.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>5987702.0</v>
+        <v>1117259.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>5701828.0</v>
+        <v>1257561.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>1.30642972E8</v>
+        <v>1.8573467E7</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>1.13145483E8</v>
+        <v>1.9074403E7</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>1.00684113E8</v>
+        <v>1.9619946E7</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>1.20047397E8</v>
+        <v>1.9951962E7</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>1.18106596E8</v>
+        <v>1.756254E7</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>1.14370795E8</v>
+        <v>1.9007887E7</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>1.08326106E8</v>
+        <v>2.1489359E7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>1.20508393E8</v>
+        <v>1.8217435E7</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>1.07537124E8</v>
+        <v>1.8834349E7</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>9.7382799E7</v>
+        <v>1.9387798E7</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>1.09480737E8</v>
+        <v>1.9951973E7</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>1.07674262E8</v>
+        <v>1.7404052E7</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>1.0390883E8</v>
+        <v>1.8917406E7</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>9.9054753E7</v>
+        <v>2.1177033E7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>1.50611725E8</v>
+        <v>2.2321348E7</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>1.36039186E8</v>
+        <v>2.3056124E7</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>1.23763381E8</v>
+        <v>2.3732812E7</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>1.34524689E8</v>
+        <v>2.4515452E7</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>1.31540104E8</v>
+        <v>2.2166209E7</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>1.27034345E8</v>
+        <v>2.3903666E7</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>1.21745945E8</v>
+        <v>2.640699E7</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="inlineStr">
         <is>
-          <t>02 Aragón</t>
+          <t>Asturias (Principado de)</t>
         </is>
       </c>
       <c r="B42" s="6"/>
       <c r="C42" s="6"/>
       <c r="D42" s="6"/>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
       <c r="G42" s="6"/>
       <c r="H42" s="6"/>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>3094945.0</v>
+        <v>2001032.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>2913531.0</v>
+        <v>2013128.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>2970567.0</v>
+        <v>2097451.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>2729385.0</v>
+        <v>2134605.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>2670150.0</v>
+        <v>2299070.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>2555001.0</v>
+        <v>2267525.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>2549335.0</v>
+        <v>2378788.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>831588.0</v>
+        <v>703518.0</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>802878.0</v>
+        <v>679934.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>815674.0</v>
+        <v>672223.0</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>779123.0</v>
+        <v>661120.0</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>759803.0</v>
+        <v>732560.0</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>755845.0</v>
+        <v>728398.0</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>745733.0</v>
+        <v>743006.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>681562.0</v>
+        <v>687797.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>629243.0</v>
+        <v>676925.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>537030.0</v>
+        <v>645718.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>734217.0</v>
+        <v>647492.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>740551.0</v>
+        <v>443925.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>782471.0</v>
+        <v>530359.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>797027.0</v>
+        <v>579747.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>4807853.0</v>
+        <v>3684994.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>4574784.0</v>
+        <v>3778190.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>4373564.0</v>
+        <v>3833343.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>4407078.0</v>
+        <v>3872765.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>4322090.0</v>
+        <v>3770464.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>4208050.0</v>
+        <v>3942229.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>4135751.0</v>
+        <v>4131098.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>947890.0</v>
+        <v>648432.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>920088.0</v>
+        <v>666002.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>796026.0</v>
+        <v>656041.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>852931.0</v>
+        <v>640538.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>869079.0</v>
+        <v>580504.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>861776.0</v>
+        <v>672108.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>843657.0</v>
+        <v>683168.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>989078.0</v>
+        <v>689883.0</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>950035.0</v>
+        <v>692210.0</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>904403.0</v>
+        <v>707822.0</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>936743.0</v>
+        <v>731409.0</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>914933.0</v>
+        <v>702911.0</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>873184.0</v>
+        <v>717642.0</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>857510.0</v>
+        <v>774009.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>2388512.0</v>
+        <v>1711015.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>2037624.0</v>
+        <v>1843229.0</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>1712917.0</v>
+        <v>1889947.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>2321792.0</v>
+        <v>1815248.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>2355508.0</v>
+        <v>1327358.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>2255100.0</v>
+        <v>1586797.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>2083796.0</v>
+        <v>1868511.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>701727.0</v>
+        <v>508567.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>663797.0</v>
+        <v>519878.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>630186.0</v>
+        <v>527139.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>626801.0</v>
+        <v>509043.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>633053.0</v>
+        <v>500246.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>605728.0</v>
+        <v>523810.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>586666.0</v>
+        <v>538821.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>1450346.0</v>
+        <v>970737.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>1061069.0</v>
+        <v>980874.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>808768.0</v>
+        <v>971964.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>1264330.0</v>
+        <v>973038.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>1215337.0</v>
+        <v>597160.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>1152268.0</v>
+        <v>755245.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>1112635.0</v>
+        <v>1016876.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>241480.0</v>
+        <v>163497.0</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>236483.0</v>
+        <v>165277.0</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>263441.0</v>
+        <v>164826.0</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>271864.0</v>
+        <v>163809.0</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>268490.0</v>
+        <v>154609.0</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>266130.0</v>
+        <v>136426.0</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>262627.0</v>
+        <v>137669.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>2974002.0</v>
+        <v>1946229.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>2179672.0</v>
+        <v>2091371.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>1707947.0</v>
+        <v>2107173.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>2865755.0</v>
+        <v>2232023.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>2718277.0</v>
+        <v>1265882.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>2683360.0</v>
+        <v>1711480.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>2592068.0</v>
+        <v>2374140.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>1122815.0</v>
+        <v>475121.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>921424.0</v>
+        <v>490926.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>1002443.0</v>
+        <v>519909.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>946877.0</v>
+        <v>518967.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>952989.0</v>
+        <v>522923.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>908759.0</v>
+        <v>512629.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>883346.0</v>
+        <v>616984.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>1257561.0</v>
+        <v>750486.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>1117259.0</v>
+        <v>783785.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>1039574.0</v>
+        <v>780662.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>1215066.0</v>
+        <v>776312.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>1199686.0</v>
+        <v>679595.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>1166731.0</v>
+        <v>777605.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>1123316.0</v>
+        <v>903842.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>2.1489359E7</v>
+        <v>1.4941308E7</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>1.9007887E7</v>
+        <v>1.5381729E7</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>1.756254E7</v>
+        <v>1.5574218E7</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>1.9951962E7</v>
+        <v>1.5676369E7</v>
       </c>
       <c r="F56" s="14" t="n">
-        <v>1.9619946E7</v>
+        <v>1.3577207E7</v>
       </c>
       <c r="G56" s="14" t="n">
-        <v>1.9074403E7</v>
+        <v>1.4862253E7</v>
       </c>
       <c r="H56" s="14" t="n">
-        <v>1.8573467E7</v>
+        <v>1.6746659E7</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>2.1177033E7</v>
+        <v>1.4781431E7</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>1.8917406E7</v>
+        <v>1.5256919E7</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>1.7404052E7</v>
+        <v>1.5548004E7</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>1.9951973E7</v>
+        <v>1.5394027E7</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>1.9387798E7</v>
+        <v>1.3402465E7</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>1.8834349E7</v>
+        <v>1.4528063E7</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>1.8217435E7</v>
+        <v>1.620676E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>2.640699E7</v>
+        <v>1.7970855E7</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>2.3903666E7</v>
+        <v>1.851012E7</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>2.2166209E7</v>
+        <v>1.8866054E7</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>2.4515452E7</v>
+        <v>1.8839182E7</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>2.3732812E7</v>
+        <v>1.7024177E7</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>2.3056124E7</v>
+        <v>1.8293617E7</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>2.2321348E7</v>
+        <v>2.0168125E7</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="6" t="inlineStr">
         <is>
-          <t>03 Asturias, Principado de</t>
+          <t>Balears (Illes)</t>
         </is>
       </c>
       <c r="B59" s="6"/>
       <c r="C59" s="6"/>
       <c r="D59" s="6"/>
       <c r="E59" s="6"/>
       <c r="F59" s="6"/>
       <c r="G59" s="6"/>
       <c r="H59" s="6"/>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>2378788.0</v>
+        <v>2355369.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>2267525.0</v>
+        <v>2476624.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>2299070.0</v>
+        <v>2537642.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>2134605.0</v>
+        <v>2629637.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>2097451.0</v>
+        <v>2570821.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>2013128.0</v>
+        <v>2664310.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>2001032.0</v>
+        <v>2954445.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>743006.0</v>
+        <v>1036888.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>728398.0</v>
+        <v>1036561.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>732560.0</v>
+        <v>1037243.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>661120.0</v>
+        <v>1031738.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>672223.0</v>
+        <v>847204.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>679934.0</v>
+        <v>899177.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>703518.0</v>
+        <v>1036366.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>579747.0</v>
+        <v>1123541.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>530359.0</v>
+        <v>1198711.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>443925.0</v>
+        <v>1212601.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>647492.0</v>
+        <v>1229317.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>645718.0</v>
+        <v>554144.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>676925.0</v>
+        <v>814305.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>687797.0</v>
+        <v>1191063.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>4131098.0</v>
+        <v>5130814.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>3942229.0</v>
+        <v>5307761.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>3770464.0</v>
+        <v>5488360.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>3872765.0</v>
+        <v>5654337.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>3833343.0</v>
+        <v>5488553.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>3778190.0</v>
+        <v>5827432.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>3684994.0</v>
+        <v>6159544.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>683168.0</v>
+        <v>1041433.0</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>672108.0</v>
+        <v>1128362.0</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>580504.0</v>
+        <v>1085659.0</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>640538.0</v>
+        <v>1068665.0</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>656041.0</v>
+        <v>779276.0</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>666002.0</v>
+        <v>1003358.0</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>648432.0</v>
+        <v>1148002.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>774009.0</v>
+        <v>785287.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>717642.0</v>
+        <v>837119.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>702911.0</v>
+        <v>888659.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>731409.0</v>
+        <v>763033.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>707822.0</v>
+        <v>713754.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>692210.0</v>
+        <v>783097.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>689883.0</v>
+        <v>830739.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>1868511.0</v>
+        <v>3253059.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>1586797.0</v>
+        <v>3649501.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>1327358.0</v>
+        <v>3817663.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>1815248.0</v>
+        <v>3786554.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>1889947.0</v>
+        <v>2002924.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>1843229.0</v>
+        <v>2796607.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>1711015.0</v>
+        <v>3908115.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>538821.0</v>
+        <v>713550.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>523810.0</v>
+        <v>749532.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>500246.0</v>
+        <v>759981.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>509043.0</v>
+        <v>762253.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>527139.0</v>
+        <v>656295.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>519878.0</v>
+        <v>745404.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>508567.0</v>
+        <v>848859.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
-        <v>1016876.0</v>
+        <v>1877742.0</v>
       </c>
       <c r="C68" s="14" t="n">
-        <v>755245.0</v>
+        <v>2033573.0</v>
       </c>
       <c r="D68" s="14" t="n">
-        <v>597160.0</v>
+        <v>2051830.0</v>
       </c>
       <c r="E68" s="14" t="n">
-        <v>973038.0</v>
+        <v>2168352.0</v>
       </c>
       <c r="F68" s="14" t="n">
-        <v>971964.0</v>
+        <v>950774.0</v>
       </c>
       <c r="G68" s="14" t="n">
-        <v>980874.0</v>
+        <v>1425212.0</v>
       </c>
       <c r="H68" s="14" t="n">
-        <v>970737.0</v>
+        <v>2123298.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>137669.0</v>
+        <v>195408.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>136426.0</v>
+        <v>201931.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>154609.0</v>
+        <v>207487.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>163809.0</v>
+        <v>213354.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>164826.0</v>
+        <v>206376.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>165277.0</v>
+        <v>187079.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>163497.0</v>
+        <v>192450.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>2374140.0</v>
+        <v>5919251.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>1711480.0</v>
+        <v>6563238.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>1265882.0</v>
+        <v>6629237.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>2232023.0</v>
+        <v>6824364.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>2107173.0</v>
+        <v>2214470.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>2091371.0</v>
+        <v>4381644.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>1946229.0</v>
+        <v>7253186.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>616984.0</v>
+        <v>869184.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>512629.0</v>
+        <v>969108.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>522923.0</v>
+        <v>1102844.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>518967.0</v>
+        <v>1162750.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>519909.0</v>
+        <v>1099820.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>490926.0</v>
+        <v>1068407.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>475121.0</v>
+        <v>1346642.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>903842.0</v>
+        <v>1060329.0</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>777605.0</v>
+        <v>1135389.0</v>
       </c>
       <c r="D72" s="14" t="n">
-        <v>679595.0</v>
+        <v>1112966.0</v>
       </c>
       <c r="E72" s="14" t="n">
-        <v>776312.0</v>
+        <v>1144472.0</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>780662.0</v>
+        <v>837281.0</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>783785.0</v>
+        <v>1024081.0</v>
       </c>
       <c r="H72" s="14" t="n">
-        <v>750486.0</v>
+        <v>1297094.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>1.6746659E7</v>
+        <v>2.5361855E7</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>1.4862253E7</v>
+        <v>2.728741E7</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>1.3577207E7</v>
+        <v>2.7932172E7</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>1.5676369E7</v>
+        <v>2.8438826E7</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>1.5574218E7</v>
+        <v>1.8921692E7</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>1.5381729E7</v>
+        <v>2.3620113E7</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>1.4941308E7</v>
+        <v>3.0289803E7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>1.620676E7</v>
+        <v>1.7495945E7</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>1.4528063E7</v>
+        <v>1.8531426E7</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>1.3402465E7</v>
+        <v>1.9357698E7</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>1.5394027E7</v>
+        <v>1.9639572E7</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>1.5548004E7</v>
+        <v>1.7691149E7</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>1.5256919E7</v>
+        <v>1.8908466E7</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>1.4781431E7</v>
+        <v>2.0969669E7</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>2.0168125E7</v>
+        <v>2.0754672E7</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>1.8293617E7</v>
+        <v>2.1942856E7</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>1.7024177E7</v>
+        <v>2.2984813E7</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>1.8839182E7</v>
+        <v>2.3635278E7</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>1.8866054E7</v>
+        <v>2.1749008E7</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>1.851012E7</v>
+        <v>2.3180037E7</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>1.7970855E7</v>
+        <v>2.5486351E7</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="inlineStr">
         <is>
-          <t>04 Balears, Illes</t>
+          <t>Canarias</t>
         </is>
       </c>
       <c r="B76" s="6"/>
       <c r="C76" s="6"/>
       <c r="D76" s="6"/>
       <c r="E76" s="6"/>
       <c r="F76" s="6"/>
       <c r="G76" s="6"/>
       <c r="H76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>2954445.0</v>
+        <v>3901781.0</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>2664310.0</v>
+        <v>4027045.0</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>2570821.0</v>
+        <v>4225483.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>2629637.0</v>
+        <v>4315820.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>2537642.0</v>
+        <v>4337156.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>2476624.0</v>
+        <v>4382515.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>2355369.0</v>
+        <v>4922047.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>1036366.0</v>
+        <v>1134777.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>899177.0</v>
+        <v>1167392.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>847204.0</v>
+        <v>1184144.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>1031738.0</v>
+        <v>1233033.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>1037243.0</v>
+        <v>1238536.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>1036561.0</v>
+        <v>1279917.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>1036888.0</v>
+        <v>1372292.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>1191063.0</v>
+        <v>1528343.0</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>814305.0</v>
+        <v>1631856.0</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>554144.0</v>
+        <v>1619225.0</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>1229317.0</v>
+        <v>1617647.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>1212601.0</v>
+        <v>864359.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>1198711.0</v>
+        <v>1053743.0</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>1123541.0</v>
+        <v>1535092.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
-        <v>6159544.0</v>
+        <v>6069653.0</v>
       </c>
       <c r="C80" s="14" t="n">
-        <v>5827432.0</v>
+        <v>6221397.0</v>
       </c>
       <c r="D80" s="14" t="n">
-        <v>5488553.0</v>
+        <v>6318992.0</v>
       </c>
       <c r="E80" s="14" t="n">
-        <v>5654337.0</v>
+        <v>6436456.0</v>
       </c>
       <c r="F80" s="14" t="n">
-        <v>5488360.0</v>
+        <v>6301048.0</v>
       </c>
       <c r="G80" s="14" t="n">
-        <v>5307761.0</v>
+        <v>6641812.0</v>
       </c>
       <c r="H80" s="14" t="n">
-        <v>5130814.0</v>
+        <v>7076859.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>1148002.0</v>
+        <v>1381411.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>1003358.0</v>
+        <v>1469048.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>779276.0</v>
+        <v>1454382.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>1068665.0</v>
+        <v>1450656.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>1085659.0</v>
+        <v>1096145.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>1128362.0</v>
+        <v>1316740.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>1041433.0</v>
+        <v>1600862.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>830739.0</v>
+        <v>1146876.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>783097.0</v>
+        <v>1231298.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>713754.0</v>
+        <v>1322284.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>763033.0</v>
+        <v>1330942.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>888659.0</v>
+        <v>1216167.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>837119.0</v>
+        <v>1301589.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>785287.0</v>
+        <v>1330622.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>3908115.0</v>
+        <v>4739602.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>2796607.0</v>
+        <v>5243528.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>2002924.0</v>
+        <v>5481720.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>3786554.0</v>
+        <v>5579843.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>3817663.0</v>
+        <v>3415098.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>3649501.0</v>
+        <v>4317073.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>3253059.0</v>
+        <v>6088569.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>848859.0</v>
+        <v>1092170.0</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>745404.0</v>
+        <v>1150251.0</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>656295.0</v>
+        <v>1181985.0</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>762253.0</v>
+        <v>1178662.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>759981.0</v>
+        <v>1091398.0</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>749532.0</v>
+        <v>1163790.0</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>713550.0</v>
+        <v>1327039.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>2123298.0</v>
+        <v>2519657.0</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>1425212.0</v>
+        <v>2685289.0</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>950774.0</v>
+        <v>2676957.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>2168352.0</v>
+        <v>2658797.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>2051830.0</v>
+        <v>1325990.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>2033573.0</v>
+        <v>1771826.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>1877742.0</v>
+        <v>2898842.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>192450.0</v>
+        <v>356097.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>187079.0</v>
+        <v>360032.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>206376.0</v>
+        <v>361354.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>213354.0</v>
+        <v>362754.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>207487.0</v>
+        <v>342574.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>201931.0</v>
+        <v>304625.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>195408.0</v>
+        <v>309363.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>7253186.0</v>
+        <v>7283796.0</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>4381644.0</v>
+        <v>8048291.0</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>2214470.0</v>
+        <v>8049197.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>6824364.0</v>
+        <v>8280185.0</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>6629237.0</v>
+        <v>3058014.0</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>6563238.0</v>
+        <v>5194913.0</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>5919251.0</v>
+        <v>9379551.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B88" s="14" t="n">
-        <v>1346642.0</v>
+        <v>883191.0</v>
       </c>
       <c r="C88" s="14" t="n">
-        <v>1068407.0</v>
+        <v>922525.0</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>1099820.0</v>
+        <v>983320.0</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>1162750.0</v>
+        <v>1043149.0</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>1102844.0</v>
+        <v>1018887.0</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>969108.0</v>
+        <v>973468.0</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>869184.0</v>
+        <v>1185460.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>1297094.0</v>
+        <v>1518061.0</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>1024081.0</v>
+        <v>1603771.0</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>837281.0</v>
+        <v>1657659.0</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>1144472.0</v>
+        <v>1654428.0</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>1112966.0</v>
+        <v>1285418.0</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>1135389.0</v>
+        <v>1480321.0</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>1060329.0</v>
+        <v>1861096.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>3.0289803E7</v>
+        <v>3.3555415E7</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>2.3620113E7</v>
+        <v>3.5761723E7</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>1.8921692E7</v>
+        <v>3.6516702E7</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>2.8438826E7</v>
+        <v>3.7142372E7</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>2.7932172E7</v>
+        <v>2.659079E7</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>2.728741E7</v>
+        <v>3.1182332E7</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>2.5361855E7</v>
+        <v>4.0887694E7</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>2.0969669E7</v>
+        <v>2.3600159E7</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>1.8908466E7</v>
+        <v>2.4874347E7</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>1.7691149E7</v>
+        <v>2.5640903E7</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>1.9639572E7</v>
+        <v>2.6194524E7</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>1.9357698E7</v>
+        <v>2.3822627E7</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>1.8531426E7</v>
+        <v>2.6650438E7</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>1.7495945E7</v>
+        <v>2.9254772E7</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>2.5486351E7</v>
+        <v>2.982491E7</v>
       </c>
       <c r="C92" s="14" t="n">
-        <v>2.3180037E7</v>
+        <v>3.1427676E7</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>2.1749008E7</v>
+        <v>3.2663761E7</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>2.3635278E7</v>
+        <v>3.3888142E7</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>2.2984813E7</v>
+        <v>3.164027E7</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>2.1942856E7</v>
+        <v>3.5320769E7</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>2.0754672E7</v>
+        <v>3.8380553E7</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="6" t="inlineStr">
         <is>
-          <t>05 Canarias</t>
+          <t>Cantabria</t>
         </is>
       </c>
       <c r="B93" s="6"/>
       <c r="C93" s="6"/>
       <c r="D93" s="6"/>
       <c r="E93" s="6"/>
       <c r="F93" s="6"/>
       <c r="G93" s="6"/>
       <c r="H93" s="6"/>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>4922047.0</v>
+        <v>1110817.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>4382515.0</v>
+        <v>1136885.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>4337156.0</v>
+        <v>1184262.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>4315820.0</v>
+        <v>1184277.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>4225483.0</v>
+        <v>1282098.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>4027045.0</v>
+        <v>1244086.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>3901781.0</v>
+        <v>1309821.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
-        <v>1372292.0</v>
+        <v>333513.0</v>
       </c>
       <c r="C95" s="14" t="n">
-        <v>1279917.0</v>
+        <v>329412.0</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>1238536.0</v>
+        <v>333587.0</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>1233033.0</v>
+        <v>330588.0</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>1184144.0</v>
+        <v>352642.0</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>1167392.0</v>
+        <v>350235.0</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>1134777.0</v>
+        <v>360902.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>1535092.0</v>
+        <v>409950.0</v>
       </c>
       <c r="C96" s="14" t="n">
-        <v>1053743.0</v>
+        <v>401945.0</v>
       </c>
       <c r="D96" s="14" t="n">
-        <v>864359.0</v>
+        <v>393328.0</v>
       </c>
       <c r="E96" s="14" t="n">
-        <v>1617647.0</v>
+        <v>383876.0</v>
       </c>
       <c r="F96" s="14" t="n">
-        <v>1619225.0</v>
+        <v>266699.0</v>
       </c>
       <c r="G96" s="14" t="n">
-        <v>1631856.0</v>
+        <v>291388.0</v>
       </c>
       <c r="H96" s="14" t="n">
-        <v>1528343.0</v>
+        <v>305029.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>7076859.0</v>
+        <v>2179886.0</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>6641812.0</v>
+        <v>2237959.0</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>6301048.0</v>
+        <v>2285999.0</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>6436456.0</v>
+        <v>2323182.0</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>6318992.0</v>
+        <v>2266307.0</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>6221397.0</v>
+        <v>2364101.0</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>6069653.0</v>
+        <v>2484147.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>1600862.0</v>
+        <v>397019.0</v>
       </c>
       <c r="C98" s="14" t="n">
-        <v>1316740.0</v>
+        <v>407979.0</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>1096145.0</v>
+        <v>400491.0</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>1450656.0</v>
+        <v>391214.0</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>1454382.0</v>
+        <v>346991.0</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>1469048.0</v>
+        <v>385860.0</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>1381411.0</v>
+        <v>391782.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>1330622.0</v>
+        <v>391057.0</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>1301589.0</v>
+        <v>376622.0</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>1216167.0</v>
+        <v>387389.0</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>1330942.0</v>
+        <v>404028.0</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>1322284.0</v>
+        <v>398423.0</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>1231298.0</v>
+        <v>404321.0</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>1146876.0</v>
+        <v>428724.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>6088569.0</v>
+        <v>1006201.0</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>4317073.0</v>
+        <v>1100183.0</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>3415098.0</v>
+        <v>1136884.0</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>5579843.0</v>
+        <v>1124256.0</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>5481720.0</v>
+        <v>850096.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>5243528.0</v>
+        <v>1026904.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>4739602.0</v>
+        <v>1199329.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>1327039.0</v>
+        <v>263213.0</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>1163790.0</v>
+        <v>274144.0</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>1091398.0</v>
+        <v>281776.0</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>1178662.0</v>
+        <v>272285.0</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>1181985.0</v>
+        <v>268603.0</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>1150251.0</v>
+        <v>280415.0</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>1092170.0</v>
+        <v>288350.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>2898842.0</v>
+        <v>510149.0</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>1771826.0</v>
+        <v>535060.0</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>1325990.0</v>
+        <v>554871.0</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>2658797.0</v>
+        <v>556274.0</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>2676957.0</v>
+        <v>345432.0</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>2685289.0</v>
+        <v>427939.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>2519657.0</v>
+        <v>573229.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>309363.0</v>
+        <v>108681.0</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>304625.0</v>
+        <v>110989.0</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>342574.0</v>
+        <v>112304.0</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>362754.0</v>
+        <v>113712.0</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>361354.0</v>
+        <v>109794.0</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>360032.0</v>
+        <v>98074.0</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>356097.0</v>
+        <v>99277.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B104" s="14" t="n">
-        <v>9379551.0</v>
+        <v>1366030.0</v>
       </c>
       <c r="C104" s="14" t="n">
-        <v>5194913.0</v>
+        <v>1527950.0</v>
       </c>
       <c r="D104" s="14" t="n">
-        <v>3058014.0</v>
+        <v>1539099.0</v>
       </c>
       <c r="E104" s="14" t="n">
-        <v>8280185.0</v>
+        <v>1570101.0</v>
       </c>
       <c r="F104" s="14" t="n">
-        <v>8049197.0</v>
+        <v>825985.0</v>
       </c>
       <c r="G104" s="14" t="n">
-        <v>8048291.0</v>
+        <v>1090872.0</v>
       </c>
       <c r="H104" s="14" t="n">
-        <v>7283796.0</v>
+        <v>1488657.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>1185460.0</v>
+        <v>333222.0</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>973468.0</v>
+        <v>346525.0</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>1018887.0</v>
+        <v>370311.0</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>1043149.0</v>
+        <v>360521.0</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>983320.0</v>
+        <v>357144.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>922525.0</v>
+        <v>375683.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>883191.0</v>
+        <v>456377.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>1861096.0</v>
+        <v>513712.0</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>1480321.0</v>
+        <v>538681.0</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>1285418.0</v>
+        <v>530107.0</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>1654428.0</v>
+        <v>509681.0</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>1657659.0</v>
+        <v>427695.0</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>1603771.0</v>
+        <v>450003.0</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>1518061.0</v>
+        <v>516878.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>4.0887694E7</v>
+        <v>8923450.0</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>3.1182332E7</v>
+        <v>9324334.0</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>2.659079E7</v>
+        <v>9510408.0</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>3.7142372E7</v>
+        <v>9523995.0</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>3.6516702E7</v>
+        <v>8097909.0</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>3.5761723E7</v>
+        <v>8789881.0</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>3.3555415E7</v>
+        <v>9902502.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>2.9254772E7</v>
+        <v>7980453.0</v>
       </c>
       <c r="C108" s="14" t="n">
-        <v>2.6650438E7</v>
+        <v>8243783.0</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>2.3822627E7</v>
+        <v>8532902.0</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>2.6194524E7</v>
+        <v>8666815.0</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>2.5640903E7</v>
+        <v>7493183.0</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>2.4874347E7</v>
+        <v>8057059.0</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>2.3600159E7</v>
+        <v>9025165.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>3.8380553E7</v>
+        <v>9815820.0</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>3.5320769E7</v>
+        <v>1.0101047E7</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>3.164027E7</v>
+        <v>1.0477666E7</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>3.3888142E7</v>
+        <v>1.0739545E7</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>3.2663761E7</v>
+        <v>9654890.0</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>3.1427676E7</v>
+        <v>1.0297623E7</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>2.982491E7</v>
+        <v>1.1440028E7</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="6" t="inlineStr">
         <is>
-          <t>06 Cantabria</t>
+          <t>Castilla y León</t>
         </is>
       </c>
       <c r="B110" s="6"/>
       <c r="C110" s="6"/>
       <c r="D110" s="6"/>
       <c r="E110" s="6"/>
       <c r="F110" s="6"/>
       <c r="G110" s="6"/>
       <c r="H110" s="6"/>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>1309821.0</v>
+        <v>4842301.0</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>1244086.0</v>
+        <v>4856868.0</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>1282098.0</v>
+        <v>4974583.0</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>1184277.0</v>
+        <v>4952246.0</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>1184262.0</v>
+        <v>5259593.0</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>1136885.0</v>
+        <v>5100636.0</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>1110817.0</v>
+        <v>5337976.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>360902.0</v>
+        <v>1448337.0</v>
       </c>
       <c r="C112" s="14" t="n">
-        <v>350235.0</v>
+        <v>1417394.0</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>352642.0</v>
+        <v>1430311.0</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>330588.0</v>
+        <v>1430063.0</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>333587.0</v>
+        <v>1545880.0</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>329412.0</v>
+        <v>1529385.0</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>333513.0</v>
+        <v>1520539.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>305029.0</v>
+        <v>1441105.0</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>291388.0</v>
+        <v>1430815.0</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>266699.0</v>
+        <v>1355870.0</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>383876.0</v>
+        <v>1334982.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>393328.0</v>
+        <v>985234.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>401945.0</v>
+        <v>1164660.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>409950.0</v>
+        <v>1238096.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>2484147.0</v>
+        <v>7682895.0</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>2364101.0</v>
+        <v>7822187.0</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>2266307.0</v>
+        <v>7906429.0</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>2323182.0</v>
+        <v>8003593.0</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>2285999.0</v>
+        <v>7866373.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>2237959.0</v>
+        <v>8381882.0</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>2179886.0</v>
+        <v>8901781.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>391782.0</v>
+        <v>1367208.0</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>385860.0</v>
+        <v>1416233.0</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>346991.0</v>
+        <v>1416578.0</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>391214.0</v>
+        <v>1352861.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>400491.0</v>
+        <v>1226338.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>407979.0</v>
+        <v>1421972.0</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>397019.0</v>
+        <v>1459491.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B116" s="14" t="n">
-        <v>428724.0</v>
+        <v>1481158.0</v>
       </c>
       <c r="C116" s="14" t="n">
-        <v>404321.0</v>
+        <v>1469293.0</v>
       </c>
       <c r="D116" s="14" t="n">
-        <v>398423.0</v>
+        <v>1537762.0</v>
       </c>
       <c r="E116" s="14" t="n">
-        <v>404028.0</v>
+        <v>1687546.0</v>
       </c>
       <c r="F116" s="14" t="n">
-        <v>387389.0</v>
+        <v>1634120.0</v>
       </c>
       <c r="G116" s="14" t="n">
-        <v>376622.0</v>
+        <v>1656027.0</v>
       </c>
       <c r="H116" s="14" t="n">
-        <v>391057.0</v>
+        <v>1690277.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>1199329.0</v>
+        <v>3744543.0</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>1026904.0</v>
+        <v>4160922.0</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>850096.0</v>
+        <v>4334522.0</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>1124256.0</v>
+        <v>4365359.0</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>1136884.0</v>
+        <v>3329264.0</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>1100183.0</v>
+        <v>4045029.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>1006201.0</v>
+        <v>4619810.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>288350.0</v>
+        <v>1058377.0</v>
       </c>
       <c r="C118" s="14" t="n">
-        <v>280415.0</v>
+        <v>1091408.0</v>
       </c>
       <c r="D118" s="14" t="n">
-        <v>268603.0</v>
+        <v>1124420.0</v>
       </c>
       <c r="E118" s="14" t="n">
-        <v>272285.0</v>
+        <v>1108364.0</v>
       </c>
       <c r="F118" s="14" t="n">
-        <v>281776.0</v>
+        <v>1117865.0</v>
       </c>
       <c r="G118" s="14" t="n">
-        <v>274144.0</v>
+        <v>1170924.0</v>
       </c>
       <c r="H118" s="14" t="n">
-        <v>263213.0</v>
+        <v>1215430.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>573229.0</v>
+        <v>2015900.0</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>427939.0</v>
+        <v>2183275.0</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>345432.0</v>
+        <v>2286189.0</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>556274.0</v>
+        <v>2390264.0</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>554871.0</v>
+        <v>1568371.0</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>535060.0</v>
+        <v>1997655.0</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>510149.0</v>
+        <v>2681453.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>99277.0</v>
+        <v>532153.0</v>
       </c>
       <c r="C120" s="14" t="n">
-        <v>98074.0</v>
+        <v>535499.0</v>
       </c>
       <c r="D120" s="14" t="n">
-        <v>109794.0</v>
+        <v>534693.0</v>
       </c>
       <c r="E120" s="14" t="n">
-        <v>113712.0</v>
+        <v>532230.0</v>
       </c>
       <c r="F120" s="14" t="n">
-        <v>112304.0</v>
+        <v>506440.0</v>
       </c>
       <c r="G120" s="14" t="n">
-        <v>110989.0</v>
+        <v>446836.0</v>
       </c>
       <c r="H120" s="14" t="n">
-        <v>108681.0</v>
+        <v>451537.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>1488657.0</v>
+        <v>4696317.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>1090872.0</v>
+        <v>5085652.0</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>825985.0</v>
+        <v>5160017.0</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>1570101.0</v>
+        <v>5419423.0</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>1539099.0</v>
+        <v>3125673.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>1527950.0</v>
+        <v>4294215.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>1366030.0</v>
+        <v>5832258.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>456377.0</v>
+        <v>1324291.0</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>375683.0</v>
+        <v>1319515.0</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>357144.0</v>
+        <v>1381551.0</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>360521.0</v>
+        <v>1331906.0</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>370311.0</v>
+        <v>1348538.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>346525.0</v>
+        <v>1318680.0</v>
       </c>
       <c r="H122" s="14" t="n">
-        <v>333222.0</v>
+        <v>1585015.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>516878.0</v>
+        <v>1736584.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>450003.0</v>
+        <v>1828921.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>427695.0</v>
+        <v>1850702.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>509681.0</v>
+        <v>1902371.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>530107.0</v>
+        <v>1669295.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>538681.0</v>
+        <v>1864608.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>513712.0</v>
+        <v>2065134.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B124" s="14" t="n">
-        <v>9902502.0</v>
+        <v>3.3371169E7</v>
       </c>
       <c r="C124" s="14" t="n">
-        <v>8789881.0</v>
+        <v>3.4617982E7</v>
       </c>
       <c r="D124" s="14" t="n">
-        <v>8097909.0</v>
+        <v>3.5293627E7</v>
       </c>
       <c r="E124" s="14" t="n">
-        <v>9523995.0</v>
+        <v>3.5811208E7</v>
       </c>
       <c r="F124" s="14" t="n">
-        <v>9510408.0</v>
+        <v>3.1182984E7</v>
       </c>
       <c r="G124" s="14" t="n">
-        <v>9324334.0</v>
+        <v>3.4392509E7</v>
       </c>
       <c r="H124" s="14" t="n">
-        <v>8923450.0</v>
+        <v>3.8598797E7</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>9025165.0</v>
+        <v>3.1143719E7</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>8057059.0</v>
+        <v>3.2216725E7</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>7493183.0</v>
+        <v>3.2805744E7</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>8666815.0</v>
+        <v>3.3195384E7</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>8532902.0</v>
+        <v>2.9248006E7</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>8243783.0</v>
+        <v>3.2651996E7</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>7980453.0</v>
+        <v>3.5915914E7</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>1.1440028E7</v>
+        <v>3.8764382E7</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>1.0297623E7</v>
+        <v>4.0104429E7</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>9654890.0</v>
+        <v>4.0745357E7</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>1.0739545E7</v>
+        <v>4.1636959E7</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>1.0477666E7</v>
+        <v>3.79897E7</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>1.0101047E7</v>
+        <v>4.176683E7</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>9815820.0</v>
+        <v>4.5651044E7</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="6" t="inlineStr">
         <is>
-          <t>07 Castilla y León</t>
+          <t>Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B127" s="6"/>
       <c r="C127" s="6"/>
       <c r="D127" s="6"/>
       <c r="E127" s="6"/>
       <c r="F127" s="6"/>
       <c r="G127" s="6"/>
       <c r="H127" s="6"/>
     </row>
     <row r="128">
       <c r="A128" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B128" s="14" t="n">
-        <v>5337976.0</v>
+        <v>3324261.0</v>
       </c>
       <c r="C128" s="14" t="n">
-        <v>5100636.0</v>
+        <v>3294946.0</v>
       </c>
       <c r="D128" s="14" t="n">
-        <v>5259593.0</v>
+        <v>3420803.0</v>
       </c>
       <c r="E128" s="14" t="n">
-        <v>4952246.0</v>
+        <v>3447553.0</v>
       </c>
       <c r="F128" s="14" t="n">
-        <v>4974583.0</v>
+        <v>3757793.0</v>
       </c>
       <c r="G128" s="14" t="n">
-        <v>4856868.0</v>
+        <v>3676081.0</v>
       </c>
       <c r="H128" s="14" t="n">
-        <v>4842301.0</v>
+        <v>3888544.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>1520539.0</v>
+        <v>1072285.0</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>1529385.0</v>
+        <v>1063777.0</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>1545880.0</v>
+        <v>1053432.0</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>1430063.0</v>
+        <v>1043399.0</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>1430311.0</v>
+        <v>1080182.0</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>1417394.0</v>
+        <v>1088990.0</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>1448337.0</v>
+        <v>1127117.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>1238096.0</v>
+        <v>1039185.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>1164660.0</v>
+        <v>1035847.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>985234.0</v>
+        <v>979712.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>1334982.0</v>
+        <v>967276.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>1355870.0</v>
+        <v>691734.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>1430815.0</v>
+        <v>808131.0</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>1441105.0</v>
+        <v>893794.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>8901781.0</v>
+        <v>5343756.0</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>8381882.0</v>
+        <v>5483164.0</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>7866373.0</v>
+        <v>5591490.0</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>8003593.0</v>
+        <v>5763174.0</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>7906429.0</v>
+        <v>5653611.0</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>7822187.0</v>
+        <v>6030581.0</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>7682895.0</v>
+        <v>6403255.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>1459491.0</v>
+        <v>1026174.0</v>
       </c>
       <c r="C132" s="14" t="n">
-        <v>1421972.0</v>
+        <v>1078110.0</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>1226338.0</v>
+        <v>1068210.0</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>1352861.0</v>
+        <v>1035286.0</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>1416578.0</v>
+        <v>951307.0</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>1416233.0</v>
+        <v>1127390.0</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>1367208.0</v>
+        <v>1191656.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>1690277.0</v>
+        <v>1122927.0</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>1656027.0</v>
+        <v>1130167.0</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>1634120.0</v>
+        <v>1155028.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>1687546.0</v>
+        <v>1213667.0</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>1537762.0</v>
+        <v>1207239.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>1469293.0</v>
+        <v>1243201.0</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>1481158.0</v>
+        <v>1293950.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>4619810.0</v>
+        <v>3422216.0</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>4045029.0</v>
+        <v>3787494.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>3329264.0</v>
+        <v>3975933.0</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>4365359.0</v>
+        <v>3839428.0</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>4334522.0</v>
+        <v>2849239.0</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>4160922.0</v>
+        <v>3301414.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>3744543.0</v>
+        <v>3782277.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>1215430.0</v>
+        <v>784528.0</v>
       </c>
       <c r="C135" s="14" t="n">
-        <v>1170924.0</v>
+        <v>815540.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>1117865.0</v>
+        <v>840179.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>1108364.0</v>
+        <v>824120.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>1124420.0</v>
+        <v>825396.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>1091408.0</v>
+        <v>855895.0</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>1058377.0</v>
+        <v>889460.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B136" s="14" t="n">
-        <v>2681453.0</v>
+        <v>1334448.0</v>
       </c>
       <c r="C136" s="14" t="n">
-        <v>1997655.0</v>
+        <v>1389453.0</v>
       </c>
       <c r="D136" s="14" t="n">
-        <v>1568371.0</v>
+        <v>1492145.0</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>2390264.0</v>
+        <v>1559504.0</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>2286189.0</v>
+        <v>1000520.0</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>2183275.0</v>
+        <v>1241189.0</v>
       </c>
       <c r="H136" s="14" t="n">
-        <v>2015900.0</v>
+        <v>1659426.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>451537.0</v>
+        <v>301164.0</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>446836.0</v>
+        <v>303378.0</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>506440.0</v>
+        <v>303881.0</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>532230.0</v>
+        <v>306297.0</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>534693.0</v>
+        <v>291976.0</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>535499.0</v>
+        <v>263003.0</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>532153.0</v>
+        <v>269038.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
-        <v>5832258.0</v>
+        <v>2911253.0</v>
       </c>
       <c r="C138" s="14" t="n">
-        <v>4294215.0</v>
+        <v>3107287.0</v>
       </c>
       <c r="D138" s="14" t="n">
-        <v>3125673.0</v>
+        <v>3108425.0</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>5419423.0</v>
+        <v>3295756.0</v>
       </c>
       <c r="F138" s="14" t="n">
-        <v>5160017.0</v>
+        <v>2006128.0</v>
       </c>
       <c r="G138" s="14" t="n">
-        <v>5085652.0</v>
+        <v>2389863.0</v>
       </c>
       <c r="H138" s="14" t="n">
-        <v>4696317.0</v>
+        <v>3247516.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>1585015.0</v>
+        <v>872291.0</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>1318680.0</v>
+        <v>843622.0</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>1348538.0</v>
+        <v>897913.0</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>1331906.0</v>
+        <v>915871.0</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>1381551.0</v>
+        <v>940812.0</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>1319515.0</v>
+        <v>921226.0</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>1324291.0</v>
+        <v>1142802.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>2065134.0</v>
+        <v>1210773.0</v>
       </c>
       <c r="C140" s="14" t="n">
-        <v>1864608.0</v>
+        <v>1265573.0</v>
       </c>
       <c r="D140" s="14" t="n">
-        <v>1669295.0</v>
+        <v>1293950.0</v>
       </c>
       <c r="E140" s="14" t="n">
-        <v>1902371.0</v>
+        <v>1310358.0</v>
       </c>
       <c r="F140" s="14" t="n">
-        <v>1850702.0</v>
+        <v>1078674.0</v>
       </c>
       <c r="G140" s="14" t="n">
-        <v>1828921.0</v>
+        <v>1157896.0</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>1736584.0</v>
+        <v>1350764.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>3.8598797E7</v>
+        <v>2.3765261E7</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>3.4392509E7</v>
+        <v>2.4598358E7</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>3.1182984E7</v>
+        <v>2.5181101E7</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>3.5811208E7</v>
+        <v>2.5521689E7</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>3.5293627E7</v>
+        <v>2.2334611E7</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>3.4617982E7</v>
+        <v>2.410486E7</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>3.3371169E7</v>
+        <v>2.7139599E7</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>3.5915914E7</v>
+        <v>2.3214199E7</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>3.2651996E7</v>
+        <v>2.3838571E7</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>2.9248006E7</v>
+        <v>2.4501915E7</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>3.3195384E7</v>
+        <v>2.4936494E7</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>3.2805744E7</v>
+        <v>2.148508E7</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>3.2216725E7</v>
+        <v>2.3675837E7</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>3.1143719E7</v>
+        <v>2.6603722E7</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>4.5651044E7</v>
+        <v>2.9244009E7</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>4.176683E7</v>
+        <v>3.0011697E7</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>3.79897E7</v>
+        <v>3.0908942E7</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>4.1636959E7</v>
+        <v>3.1718723E7</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>4.0745357E7</v>
+        <v>2.863586E7</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>4.0104429E7</v>
+        <v>3.1267003E7</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>3.8764382E7</v>
+        <v>3.4535125E7</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="6" t="inlineStr">
         <is>
-          <t>08 Castilla - La Mancha</t>
+          <t>Cataluña</t>
         </is>
       </c>
       <c r="B144" s="6"/>
       <c r="C144" s="6"/>
       <c r="D144" s="6"/>
       <c r="E144" s="6"/>
       <c r="F144" s="6"/>
       <c r="G144" s="6"/>
       <c r="H144" s="6"/>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>3888544.0</v>
+        <v>1.4899044E7</v>
       </c>
       <c r="C145" s="14" t="n">
-        <v>3676081.0</v>
+        <v>1.5129626E7</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>3757793.0</v>
+        <v>1.5809105E7</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>3447553.0</v>
+        <v>1.6084847E7</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>3420803.0</v>
+        <v>1.7162936E7</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>3294946.0</v>
+        <v>1.6790301E7</v>
       </c>
       <c r="H145" s="14" t="n">
-        <v>3324261.0</v>
+        <v>1.760275E7</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>1127117.0</v>
+        <v>4811376.0</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>1088990.0</v>
+        <v>4852344.0</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>1080182.0</v>
+        <v>4867382.0</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>1043399.0</v>
+        <v>4936926.0</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>1053432.0</v>
+        <v>5011225.0</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>1063777.0</v>
+        <v>5026245.0</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>1072285.0</v>
+        <v>5328466.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>893794.0</v>
+        <v>5132206.0</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>808131.0</v>
+        <v>5200010.0</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>691734.0</v>
+        <v>4973787.0</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>967276.0</v>
+        <v>4906720.0</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>979712.0</v>
+        <v>3243102.0</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>1035847.0</v>
+        <v>3890484.0</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>1039185.0</v>
+        <v>4505682.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B148" s="14" t="n">
-        <v>6403255.0</v>
+        <v>2.8768842E7</v>
       </c>
       <c r="C148" s="14" t="n">
-        <v>6030581.0</v>
+        <v>2.9772231E7</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>5653611.0</v>
+        <v>3.0793218E7</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>5763174.0</v>
+        <v>3.1628527E7</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>5591490.0</v>
+        <v>3.1275976E7</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>5483164.0</v>
+        <v>3.2744864E7</v>
       </c>
       <c r="H148" s="14" t="n">
-        <v>5343756.0</v>
+        <v>3.4439426E7</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>1191656.0</v>
+        <v>5158235.0</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>1127390.0</v>
+        <v>5335987.0</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>951307.0</v>
+        <v>5361324.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>1035286.0</v>
+        <v>5233036.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>1068210.0</v>
+        <v>4539481.0</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>1078110.0</v>
+        <v>5154463.0</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>1026174.0</v>
+        <v>5340432.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>1293950.0</v>
+        <v>4332313.0</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>1243201.0</v>
+        <v>4847453.0</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>1207239.0</v>
+        <v>5145970.0</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>1213667.0</v>
+        <v>5309933.0</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>1155028.0</v>
+        <v>5025257.0</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>1130167.0</v>
+        <v>5165524.0</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>1122927.0</v>
+        <v>5481811.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>3782277.0</v>
+        <v>1.366199E7</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>3301414.0</v>
+        <v>1.5057746E7</v>
       </c>
       <c r="D151" s="14" t="n">
-        <v>2849239.0</v>
+        <v>1.5529107E7</v>
       </c>
       <c r="E151" s="14" t="n">
-        <v>3839428.0</v>
+        <v>1.5081725E7</v>
       </c>
       <c r="F151" s="14" t="n">
-        <v>3975933.0</v>
+        <v>1.0595731E7</v>
       </c>
       <c r="G151" s="14" t="n">
-        <v>3787494.0</v>
+        <v>1.262777E7</v>
       </c>
       <c r="H151" s="14" t="n">
-        <v>3422216.0</v>
+        <v>1.4511749E7</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B152" s="14" t="n">
-        <v>889460.0</v>
+        <v>3770882.0</v>
       </c>
       <c r="C152" s="14" t="n">
-        <v>855895.0</v>
+        <v>3929960.0</v>
       </c>
       <c r="D152" s="14" t="n">
-        <v>825396.0</v>
+        <v>4070570.0</v>
       </c>
       <c r="E152" s="14" t="n">
-        <v>824120.0</v>
+        <v>4033491.0</v>
       </c>
       <c r="F152" s="14" t="n">
-        <v>840179.0</v>
+        <v>3941537.0</v>
       </c>
       <c r="G152" s="14" t="n">
-        <v>815540.0</v>
+        <v>4164894.0</v>
       </c>
       <c r="H152" s="14" t="n">
-        <v>784528.0</v>
+        <v>4442156.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B153" s="14" t="n">
-        <v>1659426.0</v>
+        <v>8678467.0</v>
       </c>
       <c r="C153" s="14" t="n">
-        <v>1241189.0</v>
+        <v>9234897.0</v>
       </c>
       <c r="D153" s="14" t="n">
-        <v>1000520.0</v>
+        <v>9212953.0</v>
       </c>
       <c r="E153" s="14" t="n">
-        <v>1559504.0</v>
+        <v>9400456.0</v>
       </c>
       <c r="F153" s="14" t="n">
-        <v>1492145.0</v>
+        <v>5361602.0</v>
       </c>
       <c r="G153" s="14" t="n">
-        <v>1389453.0</v>
+        <v>7029692.0</v>
       </c>
       <c r="H153" s="14" t="n">
-        <v>1334448.0</v>
+        <v>1.0136367E7</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>269038.0</v>
+        <v>2048316.0</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>263003.0</v>
+        <v>2107945.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>291976.0</v>
+        <v>2157790.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>306297.0</v>
+        <v>2198422.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>303881.0</v>
+        <v>2143015.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>303378.0</v>
+        <v>1901737.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>301164.0</v>
+        <v>1915541.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>3247516.0</v>
+        <v>1.6013954E7</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>2389863.0</v>
+        <v>1.7701443E7</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>2006128.0</v>
+        <v>1.7949834E7</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>3295756.0</v>
+        <v>1.8422295E7</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>3108425.0</v>
+        <v>9468472.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>3107287.0</v>
+        <v>1.2903589E7</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>2911253.0</v>
+        <v>1.8299607E7</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>1142802.0</v>
+        <v>5670779.0</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>921226.0</v>
+        <v>5952554.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>940812.0</v>
+        <v>6566101.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>915871.0</v>
+        <v>6863425.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>897913.0</v>
+        <v>7406887.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>843622.0</v>
+        <v>7138967.0</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>872291.0</v>
+        <v>8610802.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>1350764.0</v>
+        <v>6490161.0</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>1157896.0</v>
+        <v>6783643.0</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>1078674.0</v>
+        <v>6901526.0</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>1310358.0</v>
+        <v>6956923.0</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>1293950.0</v>
+        <v>5918527.0</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>1265573.0</v>
+        <v>6450109.0</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>1210773.0</v>
+        <v>7263625.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>2.7139599E7</v>
+        <v>1.19436565E8</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>2.410486E7</v>
+        <v>1.25905839E8</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>2.2334611E7</v>
+        <v>1.29338667E8</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>2.5521689E7</v>
+        <v>1.31056726E8</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>2.5181101E7</v>
+        <v>1.11093748E8</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>2.4598358E7</v>
+        <v>1.20988639E8</v>
       </c>
       <c r="H158" s="14" t="n">
-        <v>2.3765261E7</v>
+        <v>1.37878414E8</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>2.6603722E7</v>
+        <v>1.15617115E8</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>2.3675837E7</v>
+        <v>1.21723085E8</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>2.148508E7</v>
+        <v>1.25450657E8</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>2.4936494E7</v>
+        <v>1.27181816E8</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>2.4501915E7</v>
+        <v>1.11486647E8</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>2.3838571E7</v>
+        <v>1.2094771E8</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>2.3214199E7</v>
+        <v>1.34214958E8</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>3.4535125E7</v>
+        <v>1.3665574E8</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>3.1267003E7</v>
+        <v>1.43397175E8</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>2.863586E7</v>
+        <v>1.47996308E8</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>3.1718723E7</v>
+        <v>1.51132551E8</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>3.0908942E7</v>
+        <v>1.37820522E8</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>3.0011697E7</v>
+        <v>1.48879998E8</v>
       </c>
       <c r="H160" s="14" t="n">
-        <v>2.9244009E7</v>
+        <v>1.63241648E8</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="6" t="inlineStr">
         <is>
-          <t>09 Cataluña</t>
+          <t>Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B161" s="6"/>
       <c r="C161" s="6"/>
       <c r="D161" s="6"/>
       <c r="E161" s="6"/>
       <c r="F161" s="6"/>
       <c r="G161" s="6"/>
       <c r="H161" s="6"/>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>1.760275E7</v>
+        <v>9092802.0</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>1.6790301E7</v>
+        <v>9247608.0</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>1.7162936E7</v>
+        <v>9663772.0</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>1.6084847E7</v>
+        <v>9900362.0</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>1.5809105E7</v>
+        <v>1.0222918E7</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>1.5129626E7</v>
+        <v>1.0396738E7</v>
       </c>
       <c r="H162" s="14" t="n">
-        <v>1.4899044E7</v>
+        <v>1.1353272E7</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>5328466.0</v>
+        <v>3177059.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>5026245.0</v>
+        <v>3218105.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>5011225.0</v>
+        <v>3236090.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>4936926.0</v>
+        <v>3299726.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>4867382.0</v>
+        <v>3350874.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>4852344.0</v>
+        <v>3365974.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>4811376.0</v>
+        <v>3647067.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B164" s="14" t="n">
-        <v>4505682.0</v>
+        <v>3067701.0</v>
       </c>
       <c r="C164" s="14" t="n">
-        <v>3890484.0</v>
+        <v>3123080.0</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>3243102.0</v>
+        <v>3075330.0</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>4906720.0</v>
+        <v>3160659.0</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>4973787.0</v>
+        <v>2117518.0</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>5200010.0</v>
+        <v>2672239.0</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>5132206.0</v>
+        <v>3143796.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>3.4439426E7</v>
+        <v>1.5997908E7</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>3.2744864E7</v>
+        <v>1.6353262E7</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>3.1275976E7</v>
+        <v>1.6703416E7</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>3.1628527E7</v>
+        <v>1.7066197E7</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>3.0793218E7</v>
+        <v>1.6752442E7</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>2.9772231E7</v>
+        <v>1.771693E7</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>2.8768842E7</v>
+        <v>1.8797984E7</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>5340432.0</v>
+        <v>3322247.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>5154463.0</v>
+        <v>3561256.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>4539481.0</v>
+        <v>3698038.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>5233036.0</v>
+        <v>3689064.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>5361324.0</v>
+        <v>3044875.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>5335987.0</v>
+        <v>3707450.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>5158235.0</v>
+        <v>4132025.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>5481811.0</v>
+        <v>3092133.0</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>5165524.0</v>
+        <v>3341032.0</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>5025257.0</v>
+        <v>3568124.0</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>5309933.0</v>
+        <v>3770700.0</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>5145970.0</v>
+        <v>3546161.0</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>4847453.0</v>
+        <v>3623552.0</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>4332313.0</v>
+        <v>3707260.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B168" s="14" t="n">
-        <v>1.4511749E7</v>
+        <v>8406716.0</v>
       </c>
       <c r="C168" s="14" t="n">
-        <v>1.262777E7</v>
+        <v>9346510.0</v>
       </c>
       <c r="D168" s="14" t="n">
-        <v>1.0595731E7</v>
+        <v>9827737.0</v>
       </c>
       <c r="E168" s="14" t="n">
-        <v>1.5081725E7</v>
+        <v>9879591.0</v>
       </c>
       <c r="F168" s="14" t="n">
-        <v>1.5529107E7</v>
+        <v>6958893.0</v>
       </c>
       <c r="G168" s="14" t="n">
-        <v>1.5057746E7</v>
+        <v>8700643.0</v>
       </c>
       <c r="H168" s="14" t="n">
-        <v>1.366199E7</v>
+        <v>1.0451061E7</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>4442156.0</v>
+        <v>2155473.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>4164894.0</v>
+        <v>2235588.0</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>3941537.0</v>
+        <v>2317176.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>4033491.0</v>
+        <v>2306298.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>4070570.0</v>
+        <v>2254878.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>3929960.0</v>
+        <v>2410168.0</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>3770882.0</v>
+        <v>2585382.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>1.0136367E7</v>
+        <v>4819806.0</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>7029692.0</v>
+        <v>5182776.0</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>5361602.0</v>
+        <v>5483431.0</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>9400456.0</v>
+        <v>5768781.0</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>9212953.0</v>
+        <v>3422987.0</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>9234897.0</v>
+        <v>4486577.0</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>8678467.0</v>
+        <v>6308898.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>1915541.0</v>
+        <v>1113386.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>1901737.0</v>
+        <v>1125752.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>2143015.0</v>
+        <v>1135187.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>2198422.0</v>
+        <v>1149276.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>2157790.0</v>
+        <v>1115495.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>2107945.0</v>
+        <v>1005094.0</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>2048316.0</v>
+        <v>1027223.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>1.8299607E7</v>
+        <v>1.1145522E7</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>1.2903589E7</v>
+        <v>1.2219094E7</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>9468472.0</v>
+        <v>1.2571273E7</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>1.8422295E7</v>
+        <v>1.34277E7</v>
       </c>
       <c r="F172" s="14" t="n">
-        <v>1.7949834E7</v>
+        <v>7066571.0</v>
       </c>
       <c r="G172" s="14" t="n">
-        <v>1.7701443E7</v>
+        <v>1.0716167E7</v>
       </c>
       <c r="H172" s="14" t="n">
-        <v>1.6013954E7</v>
+        <v>1.4343975E7</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>8610802.0</v>
+        <v>2471976.0</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>7138967.0</v>
+        <v>2495441.0</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>7406887.0</v>
+        <v>2741295.0</v>
       </c>
       <c r="E173" s="14" t="n">
-        <v>6863425.0</v>
+        <v>2843928.0</v>
       </c>
       <c r="F173" s="14" t="n">
-        <v>6566101.0</v>
+        <v>3046483.0</v>
       </c>
       <c r="G173" s="14" t="n">
-        <v>5952554.0</v>
+        <v>2930890.0</v>
       </c>
       <c r="H173" s="14" t="n">
-        <v>5670779.0</v>
+        <v>3575829.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>7263625.0</v>
+        <v>3745216.0</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>6450109.0</v>
+        <v>3960512.0</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>5918527.0</v>
+        <v>4137094.0</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>6956923.0</v>
+        <v>4254502.0</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>6901526.0</v>
+        <v>3591472.0</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>6783643.0</v>
+        <v>4115527.0</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>6490161.0</v>
+        <v>4826719.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>1.37878414E8</v>
+        <v>7.1607945E7</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>1.20988639E8</v>
+        <v>7.5410016E7</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>1.11093748E8</v>
+        <v>7.8157963E7</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>1.31056726E8</v>
+        <v>8.0516784E7</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>1.29338667E8</v>
+        <v>6.6491567E7</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>1.25905839E8</v>
+        <v>7.5847949E7</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>1.19436565E8</v>
+        <v>8.7900491E7</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>1.34214958E8</v>
+        <v>6.3069706E7</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>1.2094771E8</v>
+        <v>6.5807948E7</v>
       </c>
       <c r="D176" s="14" t="n">
-        <v>1.11486647E8</v>
+        <v>6.8138484E7</v>
       </c>
       <c r="E176" s="14" t="n">
-        <v>1.27181816E8</v>
+        <v>7.0009922E7</v>
       </c>
       <c r="F176" s="14" t="n">
-        <v>1.25450657E8</v>
+        <v>6.2922122E7</v>
       </c>
       <c r="G176" s="14" t="n">
-        <v>1.21723085E8</v>
+        <v>6.9136103E7</v>
       </c>
       <c r="H176" s="14" t="n">
-        <v>1.15617115E8</v>
+        <v>7.6587773E7</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>1.63241648E8</v>
+        <v>7.6868217E7</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>1.48879998E8</v>
+        <v>7.9902661E7</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>1.37820522E8</v>
+        <v>8.2959331E7</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>1.51132551E8</v>
+        <v>8.5517741E7</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>1.47996308E8</v>
+        <v>7.9241351E7</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>1.43397175E8</v>
+        <v>8.6547365E7</v>
       </c>
       <c r="H177" s="14" t="n">
-        <v>1.3665574E8</v>
+        <v>9.4928474E7</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="6" t="inlineStr">
         <is>
-          <t>10 Comunitat Valenciana</t>
+          <t>Extremadura</t>
         </is>
       </c>
       <c r="B178" s="6"/>
       <c r="C178" s="6"/>
       <c r="D178" s="6"/>
       <c r="E178" s="6"/>
       <c r="F178" s="6"/>
       <c r="G178" s="6"/>
       <c r="H178" s="6"/>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>1.1353272E7</v>
+        <v>1681469.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>1.0396738E7</v>
+        <v>1674957.0</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>1.0222918E7</v>
+        <v>1715383.0</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>9900362.0</v>
+        <v>1732758.0</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>9663772.0</v>
+        <v>1908158.0</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>9247608.0</v>
+        <v>1902344.0</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>9092802.0</v>
+        <v>2008063.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>3647067.0</v>
+        <v>613813.0</v>
       </c>
       <c r="C180" s="14" t="n">
-        <v>3365974.0</v>
+        <v>631378.0</v>
       </c>
       <c r="D180" s="14" t="n">
-        <v>3350874.0</v>
+        <v>620667.0</v>
       </c>
       <c r="E180" s="14" t="n">
-        <v>3299726.0</v>
+        <v>590018.0</v>
       </c>
       <c r="F180" s="14" t="n">
-        <v>3236090.0</v>
+        <v>629520.0</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>3218105.0</v>
+        <v>644990.0</v>
       </c>
       <c r="H180" s="14" t="n">
-        <v>3177059.0</v>
+        <v>654316.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>3143796.0</v>
+        <v>599090.0</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>2672239.0</v>
+        <v>589074.0</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>2117518.0</v>
+        <v>553403.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>3160659.0</v>
+        <v>536001.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>3075330.0</v>
+        <v>392024.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>3123080.0</v>
+        <v>449755.0</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>3067701.0</v>
+        <v>499777.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B182" s="14" t="n">
-        <v>1.8797984E7</v>
+        <v>2462436.0</v>
       </c>
       <c r="C182" s="14" t="n">
-        <v>1.771693E7</v>
+        <v>2504872.0</v>
       </c>
       <c r="D182" s="14" t="n">
-        <v>1.6752442E7</v>
+        <v>2526835.0</v>
       </c>
       <c r="E182" s="14" t="n">
-        <v>1.7066197E7</v>
+        <v>2563430.0</v>
       </c>
       <c r="F182" s="14" t="n">
-        <v>1.6703416E7</v>
+        <v>2488848.0</v>
       </c>
       <c r="G182" s="14" t="n">
-        <v>1.6353262E7</v>
+        <v>2673358.0</v>
       </c>
       <c r="H182" s="14" t="n">
-        <v>1.5997908E7</v>
+        <v>2764962.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>4132025.0</v>
+        <v>526071.0</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>3707450.0</v>
+        <v>539180.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>3044875.0</v>
+        <v>539980.0</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>3689064.0</v>
+        <v>538438.0</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>3698038.0</v>
+        <v>498168.0</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>3561256.0</v>
+        <v>580565.0</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>3322247.0</v>
+        <v>590906.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B184" s="14" t="n">
-        <v>3707260.0</v>
+        <v>629699.0</v>
       </c>
       <c r="C184" s="14" t="n">
-        <v>3623552.0</v>
+        <v>655486.0</v>
       </c>
       <c r="D184" s="14" t="n">
-        <v>3546161.0</v>
+        <v>674517.0</v>
       </c>
       <c r="E184" s="14" t="n">
-        <v>3770700.0</v>
+        <v>699748.0</v>
       </c>
       <c r="F184" s="14" t="n">
-        <v>3568124.0</v>
+        <v>660689.0</v>
       </c>
       <c r="G184" s="14" t="n">
-        <v>3341032.0</v>
+        <v>648653.0</v>
       </c>
       <c r="H184" s="14" t="n">
-        <v>3092133.0</v>
+        <v>683372.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>1.0451061E7</v>
+        <v>1587654.0</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>8700643.0</v>
+        <v>1744966.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>6958893.0</v>
+        <v>1815072.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>9879591.0</v>
+        <v>1812014.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>9827737.0</v>
+        <v>1362814.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>9346510.0</v>
+        <v>1634334.0</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>8406716.0</v>
+        <v>1813925.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>2585382.0</v>
+        <v>401038.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>2410168.0</v>
+        <v>413011.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>2254878.0</v>
+        <v>427898.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>2306298.0</v>
+        <v>420024.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>2317176.0</v>
+        <v>419235.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>2235588.0</v>
+        <v>438314.0</v>
       </c>
       <c r="H186" s="14" t="n">
-        <v>2155473.0</v>
+        <v>459800.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>6308898.0</v>
+        <v>586485.0</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>4486577.0</v>
+        <v>643779.0</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>3422987.0</v>
+        <v>693760.0</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>5768781.0</v>
+        <v>744028.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>5483431.0</v>
+        <v>489590.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>5182776.0</v>
+        <v>625663.0</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>4819806.0</v>
+        <v>852955.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B188" s="14" t="n">
-        <v>1027223.0</v>
+        <v>171954.0</v>
       </c>
       <c r="C188" s="14" t="n">
-        <v>1005094.0</v>
+        <v>173333.0</v>
       </c>
       <c r="D188" s="14" t="n">
-        <v>1115495.0</v>
+        <v>172167.0</v>
       </c>
       <c r="E188" s="14" t="n">
-        <v>1149276.0</v>
+        <v>171501.0</v>
       </c>
       <c r="F188" s="14" t="n">
-        <v>1135187.0</v>
+        <v>161720.0</v>
       </c>
       <c r="G188" s="14" t="n">
-        <v>1125752.0</v>
+        <v>144342.0</v>
       </c>
       <c r="H188" s="14" t="n">
-        <v>1113386.0</v>
+        <v>149033.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>1.4343975E7</v>
+        <v>1498063.0</v>
       </c>
       <c r="C189" s="14" t="n">
-        <v>1.0716167E7</v>
+        <v>1587967.0</v>
       </c>
       <c r="D189" s="14" t="n">
-        <v>7066571.0</v>
+        <v>1563355.0</v>
       </c>
       <c r="E189" s="14" t="n">
-        <v>1.34277E7</v>
+        <v>1578010.0</v>
       </c>
       <c r="F189" s="14" t="n">
-        <v>1.2571273E7</v>
+        <v>950079.0</v>
       </c>
       <c r="G189" s="14" t="n">
-        <v>1.2219094E7</v>
+        <v>1428322.0</v>
       </c>
       <c r="H189" s="14" t="n">
-        <v>1.1145522E7</v>
+        <v>2072205.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>3575829.0</v>
+        <v>387844.0</v>
       </c>
       <c r="C190" s="14" t="n">
-        <v>2930890.0</v>
+        <v>378012.0</v>
       </c>
       <c r="D190" s="14" t="n">
-        <v>3046483.0</v>
+        <v>397755.0</v>
       </c>
       <c r="E190" s="14" t="n">
-        <v>2843928.0</v>
+        <v>388821.0</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>2741295.0</v>
+        <v>402294.0</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>2495441.0</v>
+        <v>391414.0</v>
       </c>
       <c r="H190" s="14" t="n">
-        <v>2471976.0</v>
+        <v>494948.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>4826719.0</v>
+        <v>570187.0</v>
       </c>
       <c r="C191" s="14" t="n">
-        <v>4115527.0</v>
+        <v>590802.0</v>
       </c>
       <c r="D191" s="14" t="n">
-        <v>3591472.0</v>
+        <v>603164.0</v>
       </c>
       <c r="E191" s="14" t="n">
-        <v>4254502.0</v>
+        <v>647521.0</v>
       </c>
       <c r="F191" s="14" t="n">
-        <v>4137094.0</v>
+        <v>576886.0</v>
       </c>
       <c r="G191" s="14" t="n">
-        <v>3960512.0</v>
+        <v>641797.0</v>
       </c>
       <c r="H191" s="14" t="n">
-        <v>3745216.0</v>
+        <v>726961.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>8.7900491E7</v>
+        <v>1.1715803E7</v>
       </c>
       <c r="C192" s="14" t="n">
-        <v>7.5847949E7</v>
+        <v>1.2126817E7</v>
       </c>
       <c r="D192" s="14" t="n">
-        <v>6.6491567E7</v>
+        <v>1.2303956E7</v>
       </c>
       <c r="E192" s="14" t="n">
-        <v>8.0516784E7</v>
+        <v>1.2422312E7</v>
       </c>
       <c r="F192" s="14" t="n">
-        <v>7.8157963E7</v>
+        <v>1.0940025E7</v>
       </c>
       <c r="G192" s="14" t="n">
-        <v>7.5410016E7</v>
+        <v>1.2203851E7</v>
       </c>
       <c r="H192" s="14" t="n">
-        <v>7.1607945E7</v>
+        <v>1.3771223E7</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B193" s="14" t="n">
-        <v>7.6587773E7</v>
+        <v>1.1234008E7</v>
       </c>
       <c r="C193" s="14" t="n">
-        <v>6.9136103E7</v>
+        <v>1.1662134E7</v>
       </c>
       <c r="D193" s="14" t="n">
-        <v>6.2922122E7</v>
+        <v>1.1883715E7</v>
       </c>
       <c r="E193" s="14" t="n">
-        <v>7.0009922E7</v>
+        <v>1.1962592E7</v>
       </c>
       <c r="F193" s="14" t="n">
-        <v>6.8138484E7</v>
+        <v>1.0582501E7</v>
       </c>
       <c r="G193" s="14" t="n">
-        <v>6.5807948E7</v>
+        <v>1.1882658E7</v>
       </c>
       <c r="H193" s="14" t="n">
-        <v>6.3069706E7</v>
+        <v>1.3157116E7</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>9.4928474E7</v>
+        <v>1.4827318E7</v>
       </c>
       <c r="C194" s="14" t="n">
-        <v>8.6547365E7</v>
+        <v>1.5268528E7</v>
       </c>
       <c r="D194" s="14" t="n">
-        <v>7.9241351E7</v>
+        <v>1.5550036E7</v>
       </c>
       <c r="E194" s="14" t="n">
-        <v>8.5517741E7</v>
+        <v>1.5791113E7</v>
       </c>
       <c r="F194" s="14" t="n">
-        <v>8.2959331E7</v>
+        <v>1.4555469E7</v>
       </c>
       <c r="G194" s="14" t="n">
-        <v>7.9902661E7</v>
+        <v>1.6052645E7</v>
       </c>
       <c r="H194" s="14" t="n">
-        <v>7.6868217E7</v>
+        <v>1.7522443E7</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="6" t="inlineStr">
         <is>
-          <t>11 Extremadura</t>
+          <t>Galicia</t>
         </is>
       </c>
       <c r="B195" s="6"/>
       <c r="C195" s="6"/>
       <c r="D195" s="6"/>
       <c r="E195" s="6"/>
       <c r="F195" s="6"/>
       <c r="G195" s="6"/>
       <c r="H195" s="6"/>
     </row>
     <row r="196">
       <c r="A196" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B196" s="14" t="n">
-        <v>2008063.0</v>
+        <v>5298883.0</v>
       </c>
       <c r="C196" s="14" t="n">
-        <v>1902344.0</v>
+        <v>5276179.0</v>
       </c>
       <c r="D196" s="14" t="n">
-        <v>1908158.0</v>
+        <v>5378278.0</v>
       </c>
       <c r="E196" s="14" t="n">
-        <v>1732758.0</v>
+        <v>5380404.0</v>
       </c>
       <c r="F196" s="14" t="n">
-        <v>1715383.0</v>
+        <v>5896047.0</v>
       </c>
       <c r="G196" s="14" t="n">
-        <v>1674957.0</v>
+        <v>5862679.0</v>
       </c>
       <c r="H196" s="14" t="n">
-        <v>1681469.0</v>
+        <v>6194004.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>654316.0</v>
+        <v>1429344.0</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>644990.0</v>
+        <v>1405151.0</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>629520.0</v>
+        <v>1411078.0</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>590018.0</v>
+        <v>1415743.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>620667.0</v>
+        <v>1530967.0</v>
       </c>
       <c r="G197" s="14" t="n">
-        <v>631378.0</v>
+        <v>1535231.0</v>
       </c>
       <c r="H197" s="14" t="n">
-        <v>613813.0</v>
+        <v>1585694.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>499777.0</v>
+        <v>1793003.0</v>
       </c>
       <c r="C198" s="14" t="n">
-        <v>449755.0</v>
+        <v>1784996.0</v>
       </c>
       <c r="D198" s="14" t="n">
-        <v>392024.0</v>
+        <v>1714393.0</v>
       </c>
       <c r="E198" s="14" t="n">
-        <v>536001.0</v>
+        <v>1733218.0</v>
       </c>
       <c r="F198" s="14" t="n">
-        <v>553403.0</v>
+        <v>1237155.0</v>
       </c>
       <c r="G198" s="14" t="n">
-        <v>589074.0</v>
+        <v>1452621.0</v>
       </c>
       <c r="H198" s="14" t="n">
-        <v>599090.0</v>
+        <v>1590237.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>2764962.0</v>
+        <v>7730276.0</v>
       </c>
       <c r="C199" s="14" t="n">
-        <v>2673358.0</v>
+        <v>7881708.0</v>
       </c>
       <c r="D199" s="14" t="n">
-        <v>2488848.0</v>
+        <v>8015929.0</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>2563430.0</v>
+        <v>8135888.0</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>2526835.0</v>
+        <v>8083551.0</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>2504872.0</v>
+        <v>8613777.0</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>2462436.0</v>
+        <v>9198663.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B200" s="14" t="n">
-        <v>590906.0</v>
+        <v>1733994.0</v>
       </c>
       <c r="C200" s="14" t="n">
-        <v>580565.0</v>
+        <v>1763663.0</v>
       </c>
       <c r="D200" s="14" t="n">
-        <v>498168.0</v>
+        <v>1777674.0</v>
       </c>
       <c r="E200" s="14" t="n">
-        <v>538438.0</v>
+        <v>1758427.0</v>
       </c>
       <c r="F200" s="14" t="n">
-        <v>539980.0</v>
+        <v>1606477.0</v>
       </c>
       <c r="G200" s="14" t="n">
-        <v>539180.0</v>
+        <v>1884518.0</v>
       </c>
       <c r="H200" s="14" t="n">
-        <v>526071.0</v>
+        <v>1968702.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>683372.0</v>
+        <v>1624895.0</v>
       </c>
       <c r="C201" s="14" t="n">
-        <v>648653.0</v>
+        <v>1784358.0</v>
       </c>
       <c r="D201" s="14" t="n">
-        <v>660689.0</v>
+        <v>1858941.0</v>
       </c>
       <c r="E201" s="14" t="n">
-        <v>699748.0</v>
+        <v>1964439.0</v>
       </c>
       <c r="F201" s="14" t="n">
-        <v>674517.0</v>
+        <v>1888939.0</v>
       </c>
       <c r="G201" s="14" t="n">
-        <v>655486.0</v>
+        <v>1928533.0</v>
       </c>
       <c r="H201" s="14" t="n">
-        <v>629699.0</v>
+        <v>1959591.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>1813925.0</v>
+        <v>4371810.0</v>
       </c>
       <c r="C202" s="14" t="n">
-        <v>1634334.0</v>
+        <v>4788022.0</v>
       </c>
       <c r="D202" s="14" t="n">
-        <v>1362814.0</v>
+        <v>4953071.0</v>
       </c>
       <c r="E202" s="14" t="n">
-        <v>1812014.0</v>
+        <v>5002465.0</v>
       </c>
       <c r="F202" s="14" t="n">
-        <v>1815072.0</v>
+        <v>3795499.0</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>1744966.0</v>
+        <v>4732865.0</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>1587654.0</v>
+        <v>5601400.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>459800.0</v>
+        <v>1094409.0</v>
       </c>
       <c r="C203" s="14" t="n">
-        <v>438314.0</v>
+        <v>1148785.0</v>
       </c>
       <c r="D203" s="14" t="n">
-        <v>419235.0</v>
+        <v>1187180.0</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>420024.0</v>
+        <v>1183997.0</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>427898.0</v>
+        <v>1198419.0</v>
       </c>
       <c r="G203" s="14" t="n">
-        <v>413011.0</v>
+        <v>1266317.0</v>
       </c>
       <c r="H203" s="14" t="n">
-        <v>401038.0</v>
+        <v>1345579.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>852955.0</v>
+        <v>1969704.0</v>
       </c>
       <c r="C204" s="14" t="n">
-        <v>625663.0</v>
+        <v>2171693.0</v>
       </c>
       <c r="D204" s="14" t="n">
-        <v>489590.0</v>
+        <v>2226080.0</v>
       </c>
       <c r="E204" s="14" t="n">
-        <v>744028.0</v>
+        <v>2312628.0</v>
       </c>
       <c r="F204" s="14" t="n">
-        <v>693760.0</v>
+        <v>1482805.0</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>643779.0</v>
+        <v>1961803.0</v>
       </c>
       <c r="H204" s="14" t="n">
-        <v>586485.0</v>
+        <v>2787289.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>149033.0</v>
+        <v>446727.0</v>
       </c>
       <c r="C205" s="14" t="n">
-        <v>144342.0</v>
+        <v>451381.0</v>
       </c>
       <c r="D205" s="14" t="n">
-        <v>161720.0</v>
+        <v>453106.0</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>171501.0</v>
+        <v>456517.0</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>172167.0</v>
+        <v>436808.0</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>173333.0</v>
+        <v>389423.0</v>
       </c>
       <c r="H205" s="14" t="n">
-        <v>171954.0</v>
+        <v>391388.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>2072205.0</v>
+        <v>4423732.0</v>
       </c>
       <c r="C206" s="14" t="n">
-        <v>1428322.0</v>
+        <v>4918424.0</v>
       </c>
       <c r="D206" s="14" t="n">
-        <v>950079.0</v>
+        <v>5038646.0</v>
       </c>
       <c r="E206" s="14" t="n">
-        <v>1578010.0</v>
+        <v>5077411.0</v>
       </c>
       <c r="F206" s="14" t="n">
-        <v>1563355.0</v>
+        <v>2869517.0</v>
       </c>
       <c r="G206" s="14" t="n">
-        <v>1587967.0</v>
+        <v>4038717.0</v>
       </c>
       <c r="H206" s="14" t="n">
-        <v>1498063.0</v>
+        <v>5555396.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>494948.0</v>
+        <v>1228949.0</v>
       </c>
       <c r="C207" s="14" t="n">
-        <v>391414.0</v>
+        <v>1258050.0</v>
       </c>
       <c r="D207" s="14" t="n">
-        <v>402294.0</v>
+        <v>1334088.0</v>
       </c>
       <c r="E207" s="14" t="n">
-        <v>388821.0</v>
+        <v>1416511.0</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>397755.0</v>
+        <v>1356346.0</v>
       </c>
       <c r="G207" s="14" t="n">
-        <v>378012.0</v>
+        <v>1335199.0</v>
       </c>
       <c r="H207" s="14" t="n">
-        <v>387844.0</v>
+        <v>1613207.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B208" s="14" t="n">
-        <v>726961.0</v>
+        <v>1830582.0</v>
       </c>
       <c r="C208" s="14" t="n">
-        <v>641797.0</v>
+        <v>1913743.0</v>
       </c>
       <c r="D208" s="14" t="n">
-        <v>576886.0</v>
+        <v>1946133.0</v>
       </c>
       <c r="E208" s="14" t="n">
-        <v>647521.0</v>
+        <v>2009042.0</v>
       </c>
       <c r="F208" s="14" t="n">
-        <v>603164.0</v>
+        <v>1788389.0</v>
       </c>
       <c r="G208" s="14" t="n">
-        <v>590802.0</v>
+        <v>2082275.0</v>
       </c>
       <c r="H208" s="14" t="n">
-        <v>570187.0</v>
+        <v>2427051.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B209" s="14" t="n">
-        <v>1.3771223E7</v>
+        <v>3.4976308E7</v>
       </c>
       <c r="C209" s="14" t="n">
-        <v>1.2203851E7</v>
+        <v>3.6546153E7</v>
       </c>
       <c r="D209" s="14" t="n">
-        <v>1.0940025E7</v>
+        <v>3.7294597E7</v>
       </c>
       <c r="E209" s="14" t="n">
-        <v>1.2422312E7</v>
+        <v>3.784669E7</v>
       </c>
       <c r="F209" s="14" t="n">
-        <v>1.2303956E7</v>
+        <v>3.3170919E7</v>
       </c>
       <c r="G209" s="14" t="n">
-        <v>1.2126817E7</v>
+        <v>3.7083958E7</v>
       </c>
       <c r="H209" s="14" t="n">
-        <v>1.1715803E7</v>
+        <v>4.2218201E7</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B210" s="14" t="n">
-        <v>1.3157116E7</v>
+        <v>3.4052643E7</v>
       </c>
       <c r="C210" s="14" t="n">
-        <v>1.1882658E7</v>
+        <v>3.5485944E7</v>
       </c>
       <c r="D210" s="14" t="n">
-        <v>1.0582501E7</v>
+        <v>3.6197885E7</v>
       </c>
       <c r="E210" s="14" t="n">
-        <v>1.1962592E7</v>
+        <v>3.6710075E7</v>
       </c>
       <c r="F210" s="14" t="n">
-        <v>1.1883715E7</v>
+        <v>3.2279978E7</v>
       </c>
       <c r="G210" s="14" t="n">
-        <v>1.1662134E7</v>
+        <v>3.5934833E7</v>
       </c>
       <c r="H210" s="14" t="n">
-        <v>1.1234008E7</v>
+        <v>4.0652369E7</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B211" s="14" t="n">
-        <v>1.7522443E7</v>
+        <v>4.2021545E7</v>
       </c>
       <c r="C211" s="14" t="n">
-        <v>1.6052645E7</v>
+        <v>4.3654554E7</v>
       </c>
       <c r="D211" s="14" t="n">
-        <v>1.4555469E7</v>
+        <v>4.4583999E7</v>
       </c>
       <c r="E211" s="14" t="n">
-        <v>1.5791113E7</v>
+        <v>4.5547469E7</v>
       </c>
       <c r="F211" s="14" t="n">
-        <v>1.5550036E7</v>
+        <v>4.1523877E7</v>
       </c>
       <c r="G211" s="14" t="n">
-        <v>1.5268528E7</v>
+        <v>4.5719296E7</v>
       </c>
       <c r="H211" s="14" t="n">
-        <v>1.4827318E7</v>
+        <v>5.0894693E7</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="6" t="inlineStr">
         <is>
-          <t>12 Galicia</t>
+          <t>Madrid (Comunidad de)</t>
         </is>
       </c>
       <c r="B212" s="6"/>
       <c r="C212" s="6"/>
       <c r="D212" s="6"/>
       <c r="E212" s="6"/>
       <c r="F212" s="6"/>
       <c r="G212" s="6"/>
       <c r="H212" s="6"/>
     </row>
     <row r="213">
       <c r="A213" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B213" s="14" t="n">
-        <v>6194004.0</v>
+        <v>1.1048172E7</v>
       </c>
       <c r="C213" s="14" t="n">
-        <v>5862679.0</v>
+        <v>1.1157953E7</v>
       </c>
       <c r="D213" s="14" t="n">
-        <v>5896047.0</v>
+        <v>1.1842589E7</v>
       </c>
       <c r="E213" s="14" t="n">
-        <v>5380404.0</v>
+        <v>1.220726E7</v>
       </c>
       <c r="F213" s="14" t="n">
-        <v>5378278.0</v>
+        <v>1.3319939E7</v>
       </c>
       <c r="G213" s="14" t="n">
-        <v>5276179.0</v>
+        <v>1.3130024E7</v>
       </c>
       <c r="H213" s="14" t="n">
-        <v>5298883.0</v>
+        <v>1.3820927E7</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B214" s="14" t="n">
-        <v>1585694.0</v>
+        <v>3477840.0</v>
       </c>
       <c r="C214" s="14" t="n">
-        <v>1535231.0</v>
+        <v>3501471.0</v>
       </c>
       <c r="D214" s="14" t="n">
-        <v>1530967.0</v>
+        <v>3545516.0</v>
       </c>
       <c r="E214" s="14" t="n">
-        <v>1415743.0</v>
+        <v>3596723.0</v>
       </c>
       <c r="F214" s="14" t="n">
-        <v>1411078.0</v>
+        <v>3775998.0</v>
       </c>
       <c r="G214" s="14" t="n">
-        <v>1405151.0</v>
+        <v>3781361.0</v>
       </c>
       <c r="H214" s="14" t="n">
-        <v>1429344.0</v>
+        <v>3877786.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B215" s="14" t="n">
-        <v>1590237.0</v>
+        <v>4021760.0</v>
       </c>
       <c r="C215" s="14" t="n">
-        <v>1452621.0</v>
+        <v>3974280.0</v>
       </c>
       <c r="D215" s="14" t="n">
-        <v>1237155.0</v>
+        <v>3855875.0</v>
       </c>
       <c r="E215" s="14" t="n">
-        <v>1733218.0</v>
+        <v>3894592.0</v>
       </c>
       <c r="F215" s="14" t="n">
-        <v>1714393.0</v>
+        <v>2871395.0</v>
       </c>
       <c r="G215" s="14" t="n">
-        <v>1784996.0</v>
+        <v>3306179.0</v>
       </c>
       <c r="H215" s="14" t="n">
-        <v>1793003.0</v>
+        <v>3637363.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B216" s="14" t="n">
-        <v>9198663.0</v>
+        <v>2.556749E7</v>
       </c>
       <c r="C216" s="14" t="n">
-        <v>8613777.0</v>
+        <v>2.6306295E7</v>
       </c>
       <c r="D216" s="14" t="n">
-        <v>8083551.0</v>
+        <v>2.7283438E7</v>
       </c>
       <c r="E216" s="14" t="n">
-        <v>8135888.0</v>
+        <v>2.8041224E7</v>
       </c>
       <c r="F216" s="14" t="n">
-        <v>8015929.0</v>
+        <v>2.7829029E7</v>
       </c>
       <c r="G216" s="14" t="n">
-        <v>7881708.0</v>
+        <v>2.892989E7</v>
       </c>
       <c r="H216" s="14" t="n">
-        <v>7730276.0</v>
+        <v>3.0013025E7</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B217" s="14" t="n">
-        <v>1968702.0</v>
+        <v>5116888.0</v>
       </c>
       <c r="C217" s="14" t="n">
-        <v>1884518.0</v>
+        <v>5272698.0</v>
       </c>
       <c r="D217" s="14" t="n">
-        <v>1606477.0</v>
+        <v>5401037.0</v>
       </c>
       <c r="E217" s="14" t="n">
-        <v>1758427.0</v>
+        <v>5341217.0</v>
       </c>
       <c r="F217" s="14" t="n">
-        <v>1777674.0</v>
+        <v>4824951.0</v>
       </c>
       <c r="G217" s="14" t="n">
-        <v>1763663.0</v>
+        <v>5461417.0</v>
       </c>
       <c r="H217" s="14" t="n">
-        <v>1733994.0</v>
+        <v>5663956.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B218" s="14" t="n">
-        <v>1959591.0</v>
+        <v>4265336.0</v>
       </c>
       <c r="C218" s="14" t="n">
-        <v>1928533.0</v>
+        <v>4755745.0</v>
       </c>
       <c r="D218" s="14" t="n">
-        <v>1888939.0</v>
+        <v>5019696.0</v>
       </c>
       <c r="E218" s="14" t="n">
-        <v>1964439.0</v>
+        <v>5318919.0</v>
       </c>
       <c r="F218" s="14" t="n">
-        <v>1858941.0</v>
+        <v>5250462.0</v>
       </c>
       <c r="G218" s="14" t="n">
-        <v>1784358.0</v>
+        <v>5521579.0</v>
       </c>
       <c r="H218" s="14" t="n">
-        <v>1624895.0</v>
+        <v>5675319.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B219" s="14" t="n">
-        <v>5601400.0</v>
+        <v>1.1864302E7</v>
       </c>
       <c r="C219" s="14" t="n">
-        <v>4732865.0</v>
+        <v>1.3117358E7</v>
       </c>
       <c r="D219" s="14" t="n">
-        <v>3795499.0</v>
+        <v>1.3918498E7</v>
       </c>
       <c r="E219" s="14" t="n">
-        <v>5002465.0</v>
+        <v>1.3919964E7</v>
       </c>
       <c r="F219" s="14" t="n">
-        <v>4953071.0</v>
+        <v>1.0403133E7</v>
       </c>
       <c r="G219" s="14" t="n">
-        <v>4788022.0</v>
+        <v>1.2583575E7</v>
       </c>
       <c r="H219" s="14" t="n">
-        <v>4371810.0</v>
+        <v>1.4503286E7</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B220" s="14" t="n">
-        <v>1345579.0</v>
+        <v>3244135.0</v>
       </c>
       <c r="C220" s="14" t="n">
-        <v>1266317.0</v>
+        <v>3388640.0</v>
       </c>
       <c r="D220" s="14" t="n">
-        <v>1198419.0</v>
+        <v>3598070.0</v>
       </c>
       <c r="E220" s="14" t="n">
-        <v>1183997.0</v>
+        <v>3568034.0</v>
       </c>
       <c r="F220" s="14" t="n">
-        <v>1187180.0</v>
+        <v>3557240.0</v>
       </c>
       <c r="G220" s="14" t="n">
-        <v>1148785.0</v>
+        <v>3758529.0</v>
       </c>
       <c r="H220" s="14" t="n">
-        <v>1094409.0</v>
+        <v>4045192.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B221" s="14" t="n">
-        <v>2787289.0</v>
+        <v>7960027.0</v>
       </c>
       <c r="C221" s="14" t="n">
-        <v>1961803.0</v>
+        <v>8639281.0</v>
       </c>
       <c r="D221" s="14" t="n">
-        <v>1482805.0</v>
+        <v>9195850.0</v>
       </c>
       <c r="E221" s="14" t="n">
-        <v>2312628.0</v>
+        <v>9666748.0</v>
       </c>
       <c r="F221" s="14" t="n">
-        <v>2226080.0</v>
+        <v>5620014.0</v>
       </c>
       <c r="G221" s="14" t="n">
-        <v>2171693.0</v>
+        <v>7337264.0</v>
       </c>
       <c r="H221" s="14" t="n">
-        <v>1969704.0</v>
+        <v>1.064474E7</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B222" s="14" t="n">
-        <v>391388.0</v>
+        <v>2127591.0</v>
       </c>
       <c r="C222" s="14" t="n">
-        <v>389423.0</v>
+        <v>2158706.0</v>
       </c>
       <c r="D222" s="14" t="n">
-        <v>436808.0</v>
+        <v>2190480.0</v>
       </c>
       <c r="E222" s="14" t="n">
-        <v>456517.0</v>
+        <v>2230476.0</v>
       </c>
       <c r="F222" s="14" t="n">
-        <v>453106.0</v>
+        <v>2198808.0</v>
       </c>
       <c r="G222" s="14" t="n">
-        <v>451381.0</v>
+        <v>1965149.0</v>
       </c>
       <c r="H222" s="14" t="n">
-        <v>446727.0</v>
+        <v>1978652.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B223" s="14" t="n">
-        <v>5555396.0</v>
+        <v>1.1768468E7</v>
       </c>
       <c r="C223" s="14" t="n">
-        <v>4038717.0</v>
+        <v>1.2544405E7</v>
       </c>
       <c r="D223" s="14" t="n">
-        <v>2869517.0</v>
+        <v>1.3235131E7</v>
       </c>
       <c r="E223" s="14" t="n">
-        <v>5077411.0</v>
+        <v>1.3498088E7</v>
       </c>
       <c r="F223" s="14" t="n">
-        <v>5038646.0</v>
+        <v>8378272.0</v>
       </c>
       <c r="G223" s="14" t="n">
-        <v>4918424.0</v>
+        <v>9814714.0</v>
       </c>
       <c r="H223" s="14" t="n">
-        <v>4423732.0</v>
+        <v>1.3397592E7</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B224" s="14" t="n">
-        <v>1613207.0</v>
+        <v>6050688.0</v>
       </c>
       <c r="C224" s="14" t="n">
-        <v>1335199.0</v>
+        <v>6733285.0</v>
       </c>
       <c r="D224" s="14" t="n">
-        <v>1356346.0</v>
+        <v>7930115.0</v>
       </c>
       <c r="E224" s="14" t="n">
-        <v>1416511.0</v>
+        <v>8635927.0</v>
       </c>
       <c r="F224" s="14" t="n">
-        <v>1334088.0</v>
+        <v>8937353.0</v>
       </c>
       <c r="G224" s="14" t="n">
-        <v>1258050.0</v>
+        <v>8635092.0</v>
       </c>
       <c r="H224" s="14" t="n">
-        <v>1228949.0</v>
+        <v>9961704.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B225" s="14" t="n">
-        <v>2427051.0</v>
+        <v>5021600.0</v>
       </c>
       <c r="C225" s="14" t="n">
-        <v>2082275.0</v>
+        <v>5257187.0</v>
       </c>
       <c r="D225" s="14" t="n">
-        <v>1788389.0</v>
+        <v>5492312.0</v>
       </c>
       <c r="E225" s="14" t="n">
-        <v>2009042.0</v>
+        <v>5684150.0</v>
       </c>
       <c r="F225" s="14" t="n">
-        <v>1946133.0</v>
+        <v>4834287.0</v>
       </c>
       <c r="G225" s="14" t="n">
-        <v>1913743.0</v>
+        <v>5271482.0</v>
       </c>
       <c r="H225" s="14" t="n">
-        <v>1830582.0</v>
+        <v>5909991.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B226" s="14" t="n">
-        <v>4.2218201E7</v>
+        <v>1.01534297E8</v>
       </c>
       <c r="C226" s="14" t="n">
-        <v>3.7083958E7</v>
+        <v>1.06807304E8</v>
       </c>
       <c r="D226" s="14" t="n">
-        <v>3.3170919E7</v>
+        <v>1.12508607E8</v>
       </c>
       <c r="E226" s="14" t="n">
-        <v>3.784669E7</v>
+        <v>1.15603322E8</v>
       </c>
       <c r="F226" s="14" t="n">
-        <v>3.7294597E7</v>
+        <v>1.01800881E8</v>
       </c>
       <c r="G226" s="14" t="n">
-        <v>3.6546153E7</v>
+        <v>1.09496255E8</v>
       </c>
       <c r="H226" s="14" t="n">
-        <v>3.4976308E7</v>
+        <v>1.23129533E8</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B227" s="14" t="n">
-        <v>4.0652369E7</v>
+        <v>1.09297049E8</v>
       </c>
       <c r="C227" s="14" t="n">
-        <v>3.5934833E7</v>
+        <v>1.15633858E8</v>
       </c>
       <c r="D227" s="14" t="n">
-        <v>3.2279978E7</v>
+        <v>1.21239521E8</v>
       </c>
       <c r="E227" s="14" t="n">
-        <v>3.6710075E7</v>
+        <v>1.25385395E8</v>
       </c>
       <c r="F227" s="14" t="n">
-        <v>3.6197885E7</v>
+        <v>1.08152932E8</v>
       </c>
       <c r="G227" s="14" t="n">
-        <v>3.5485944E7</v>
+        <v>1.17341951E8</v>
       </c>
       <c r="H227" s="14" t="n">
-        <v>3.4052643E7</v>
+        <v>1.32821654E8</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B228" s="14" t="n">
-        <v>5.0894693E7</v>
+        <v>1.26476494E8</v>
       </c>
       <c r="C228" s="14" t="n">
-        <v>4.5719296E7</v>
+        <v>1.33312051E8</v>
       </c>
       <c r="D228" s="14" t="n">
-        <v>4.1523877E7</v>
+        <v>1.39465254E8</v>
       </c>
       <c r="E228" s="14" t="n">
-        <v>4.5547469E7</v>
+        <v>1.44828929E8</v>
       </c>
       <c r="F228" s="14" t="n">
-        <v>4.4583999E7</v>
+        <v>1.29093781E8</v>
       </c>
       <c r="G228" s="14" t="n">
-        <v>4.3654554E7</v>
+        <v>1.39779021E8</v>
       </c>
       <c r="H228" s="14" t="n">
-        <v>4.2021545E7</v>
+        <v>1.56977841E8</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="6" t="inlineStr">
         <is>
-          <t>13 Madrid, Comunidad de</t>
+          <t>Murcia (Región de)</t>
         </is>
       </c>
       <c r="B229" s="6"/>
       <c r="C229" s="6"/>
       <c r="D229" s="6"/>
       <c r="E229" s="6"/>
       <c r="F229" s="6"/>
       <c r="G229" s="6"/>
       <c r="H229" s="6"/>
     </row>
     <row r="230">
       <c r="A230" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B230" s="14" t="n">
-        <v>1.3820927E7</v>
+        <v>2680984.0</v>
       </c>
       <c r="C230" s="14" t="n">
-        <v>1.3130024E7</v>
+        <v>2746237.0</v>
       </c>
       <c r="D230" s="14" t="n">
-        <v>1.3319939E7</v>
+        <v>2886117.0</v>
       </c>
       <c r="E230" s="14" t="n">
-        <v>1.220726E7</v>
+        <v>2899385.0</v>
       </c>
       <c r="F230" s="14" t="n">
-        <v>1.1842589E7</v>
+        <v>3064125.0</v>
       </c>
       <c r="G230" s="14" t="n">
-        <v>1.1157953E7</v>
+        <v>3024273.0</v>
       </c>
       <c r="H230" s="14" t="n">
-        <v>1.1048172E7</v>
+        <v>3236174.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B231" s="14" t="n">
-        <v>3877786.0</v>
+        <v>965692.0</v>
       </c>
       <c r="C231" s="14" t="n">
-        <v>3781361.0</v>
+        <v>972963.0</v>
       </c>
       <c r="D231" s="14" t="n">
-        <v>3775998.0</v>
+        <v>995136.0</v>
       </c>
       <c r="E231" s="14" t="n">
-        <v>3596723.0</v>
+        <v>982683.0</v>
       </c>
       <c r="F231" s="14" t="n">
-        <v>3545516.0</v>
+        <v>1023628.0</v>
       </c>
       <c r="G231" s="14" t="n">
-        <v>3501471.0</v>
+        <v>1016746.0</v>
       </c>
       <c r="H231" s="14" t="n">
-        <v>3477840.0</v>
+        <v>1118883.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B232" s="14" t="n">
-        <v>3637363.0</v>
+        <v>910254.0</v>
       </c>
       <c r="C232" s="14" t="n">
-        <v>3306179.0</v>
+        <v>921867.0</v>
       </c>
       <c r="D232" s="14" t="n">
-        <v>2871395.0</v>
+        <v>922370.0</v>
       </c>
       <c r="E232" s="14" t="n">
-        <v>3894592.0</v>
+        <v>935863.0</v>
       </c>
       <c r="F232" s="14" t="n">
-        <v>3855875.0</v>
+        <v>651313.0</v>
       </c>
       <c r="G232" s="14" t="n">
-        <v>3974280.0</v>
+        <v>731261.0</v>
       </c>
       <c r="H232" s="14" t="n">
-        <v>4021760.0</v>
+        <v>789284.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B233" s="14" t="n">
-        <v>3.0013025E7</v>
+        <v>3615544.0</v>
       </c>
       <c r="C233" s="14" t="n">
-        <v>2.892989E7</v>
+        <v>3717697.0</v>
       </c>
       <c r="D233" s="14" t="n">
-        <v>2.7829029E7</v>
+        <v>3820845.0</v>
       </c>
       <c r="E233" s="14" t="n">
-        <v>2.8041224E7</v>
+        <v>3872832.0</v>
       </c>
       <c r="F233" s="14" t="n">
-        <v>2.7283438E7</v>
+        <v>3825160.0</v>
       </c>
       <c r="G233" s="14" t="n">
-        <v>2.6306295E7</v>
+        <v>4094377.0</v>
       </c>
       <c r="H233" s="14" t="n">
-        <v>2.556749E7</v>
+        <v>4346835.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B234" s="14" t="n">
-        <v>5663956.0</v>
+        <v>917881.0</v>
       </c>
       <c r="C234" s="14" t="n">
-        <v>5461417.0</v>
+        <v>971830.0</v>
       </c>
       <c r="D234" s="14" t="n">
-        <v>4824951.0</v>
+        <v>1008805.0</v>
       </c>
       <c r="E234" s="14" t="n">
-        <v>5341217.0</v>
+        <v>991090.0</v>
       </c>
       <c r="F234" s="14" t="n">
-        <v>5401037.0</v>
+        <v>873144.0</v>
       </c>
       <c r="G234" s="14" t="n">
-        <v>5272698.0</v>
+        <v>1020290.0</v>
       </c>
       <c r="H234" s="14" t="n">
-        <v>5116888.0</v>
+        <v>1074520.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B235" s="14" t="n">
-        <v>5675319.0</v>
+        <v>871087.0</v>
       </c>
       <c r="C235" s="14" t="n">
-        <v>5521579.0</v>
+        <v>932397.0</v>
       </c>
       <c r="D235" s="14" t="n">
-        <v>5250462.0</v>
+        <v>973812.0</v>
       </c>
       <c r="E235" s="14" t="n">
-        <v>5318919.0</v>
+        <v>1038190.0</v>
       </c>
       <c r="F235" s="14" t="n">
-        <v>5019696.0</v>
+        <v>929206.0</v>
       </c>
       <c r="G235" s="14" t="n">
-        <v>4755745.0</v>
+        <v>917398.0</v>
       </c>
       <c r="H235" s="14" t="n">
-        <v>4265336.0</v>
+        <v>962078.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B236" s="14" t="n">
-        <v>1.4503286E7</v>
+        <v>2239082.0</v>
       </c>
       <c r="C236" s="14" t="n">
-        <v>1.2583575E7</v>
+        <v>2507176.0</v>
       </c>
       <c r="D236" s="14" t="n">
-        <v>1.0403133E7</v>
+        <v>2656163.0</v>
       </c>
       <c r="E236" s="14" t="n">
-        <v>1.3919964E7</v>
+        <v>2620913.0</v>
       </c>
       <c r="F236" s="14" t="n">
-        <v>1.3918498E7</v>
+        <v>1952503.0</v>
       </c>
       <c r="G236" s="14" t="n">
-        <v>1.3117358E7</v>
+        <v>2369203.0</v>
       </c>
       <c r="H236" s="14" t="n">
-        <v>1.1864302E7</v>
+        <v>2690278.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B237" s="14" t="n">
-        <v>4045192.0</v>
+        <v>572089.0</v>
       </c>
       <c r="C237" s="14" t="n">
-        <v>3758529.0</v>
+        <v>586942.0</v>
       </c>
       <c r="D237" s="14" t="n">
-        <v>3557240.0</v>
+        <v>607458.0</v>
       </c>
       <c r="E237" s="14" t="n">
-        <v>3568034.0</v>
+        <v>586614.0</v>
       </c>
       <c r="F237" s="14" t="n">
-        <v>3598070.0</v>
+        <v>588997.0</v>
       </c>
       <c r="G237" s="14" t="n">
-        <v>3388640.0</v>
+        <v>620983.0</v>
       </c>
       <c r="H237" s="14" t="n">
-        <v>3244135.0</v>
+        <v>665221.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B238" s="14" t="n">
-        <v>1.064474E7</v>
+        <v>1261277.0</v>
       </c>
       <c r="C238" s="14" t="n">
-        <v>7337264.0</v>
+        <v>1354504.0</v>
       </c>
       <c r="D238" s="14" t="n">
-        <v>5620014.0</v>
+        <v>1427788.0</v>
       </c>
       <c r="E238" s="14" t="n">
-        <v>9666748.0</v>
+        <v>1389717.0</v>
       </c>
       <c r="F238" s="14" t="n">
-        <v>9195850.0</v>
+        <v>861083.0</v>
       </c>
       <c r="G238" s="14" t="n">
-        <v>8639281.0</v>
+        <v>1113819.0</v>
       </c>
       <c r="H238" s="14" t="n">
-        <v>7960027.0</v>
+        <v>1588660.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B239" s="14" t="n">
-        <v>1978652.0</v>
+        <v>356443.0</v>
       </c>
       <c r="C239" s="14" t="n">
-        <v>1965149.0</v>
+        <v>363731.0</v>
       </c>
       <c r="D239" s="14" t="n">
-        <v>2198808.0</v>
+        <v>367523.0</v>
       </c>
       <c r="E239" s="14" t="n">
-        <v>2230476.0</v>
+        <v>370950.0</v>
       </c>
       <c r="F239" s="14" t="n">
-        <v>2190480.0</v>
+        <v>360717.0</v>
       </c>
       <c r="G239" s="14" t="n">
-        <v>2158706.0</v>
+        <v>329902.0</v>
       </c>
       <c r="H239" s="14" t="n">
-        <v>2127591.0</v>
+        <v>353602.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B240" s="14" t="n">
-        <v>1.3397592E7</v>
+        <v>2425336.0</v>
       </c>
       <c r="C240" s="14" t="n">
-        <v>9814714.0</v>
+        <v>2656049.0</v>
       </c>
       <c r="D240" s="14" t="n">
-        <v>8378272.0</v>
+        <v>2741353.0</v>
       </c>
       <c r="E240" s="14" t="n">
-        <v>1.3498088E7</v>
+        <v>2789021.0</v>
       </c>
       <c r="F240" s="14" t="n">
-        <v>1.3235131E7</v>
+        <v>1564133.0</v>
       </c>
       <c r="G240" s="14" t="n">
-        <v>1.2544405E7</v>
+        <v>2011030.0</v>
       </c>
       <c r="H240" s="14" t="n">
-        <v>1.1768468E7</v>
+        <v>2856475.0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B241" s="14" t="n">
-        <v>9961704.0</v>
+        <v>617206.0</v>
       </c>
       <c r="C241" s="14" t="n">
-        <v>8635092.0</v>
+        <v>593632.0</v>
       </c>
       <c r="D241" s="14" t="n">
-        <v>8937353.0</v>
+        <v>642893.0</v>
       </c>
       <c r="E241" s="14" t="n">
-        <v>8635927.0</v>
+        <v>661601.0</v>
       </c>
       <c r="F241" s="14" t="n">
-        <v>7930115.0</v>
+        <v>699707.0</v>
       </c>
       <c r="G241" s="14" t="n">
-        <v>6733285.0</v>
+        <v>663303.0</v>
       </c>
       <c r="H241" s="14" t="n">
-        <v>6050688.0</v>
+        <v>821274.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B242" s="14" t="n">
-        <v>5909991.0</v>
+        <v>989787.0</v>
       </c>
       <c r="C242" s="14" t="n">
-        <v>5271482.0</v>
+        <v>1050306.0</v>
       </c>
       <c r="D242" s="14" t="n">
-        <v>4834287.0</v>
+        <v>1077994.0</v>
       </c>
       <c r="E242" s="14" t="n">
-        <v>5684150.0</v>
+        <v>1101690.0</v>
       </c>
       <c r="F242" s="14" t="n">
-        <v>5492312.0</v>
+        <v>937579.0</v>
       </c>
       <c r="G242" s="14" t="n">
-        <v>5257187.0</v>
+        <v>1005432.0</v>
       </c>
       <c r="H242" s="14" t="n">
-        <v>5021600.0</v>
+        <v>1141179.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B243" s="14" t="n">
-        <v>1.23129533E8</v>
+        <v>1.8422662E7</v>
       </c>
       <c r="C243" s="14" t="n">
-        <v>1.09496255E8</v>
+        <v>1.9375331E7</v>
       </c>
       <c r="D243" s="14" t="n">
-        <v>1.01800881E8</v>
+        <v>2.0128257E7</v>
       </c>
       <c r="E243" s="14" t="n">
-        <v>1.15603322E8</v>
+        <v>2.0240549E7</v>
       </c>
       <c r="F243" s="14" t="n">
-        <v>1.12508607E8</v>
+        <v>1.7331295E7</v>
       </c>
       <c r="G243" s="14" t="n">
-        <v>1.06807304E8</v>
+        <v>1.8918017E7</v>
       </c>
       <c r="H243" s="14" t="n">
-        <v>1.01534297E8</v>
+        <v>2.1644463E7</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B244" s="14" t="n">
-        <v>1.32821654E8</v>
+        <v>1.7620109E7</v>
       </c>
       <c r="C244" s="14" t="n">
-        <v>1.17341951E8</v>
+        <v>1.8516998E7</v>
       </c>
       <c r="D244" s="14" t="n">
-        <v>1.08152932E8</v>
+        <v>1.9150766E7</v>
       </c>
       <c r="E244" s="14" t="n">
-        <v>1.25385395E8</v>
+        <v>1.9469779E7</v>
       </c>
       <c r="F244" s="14" t="n">
-        <v>1.21239521E8</v>
+        <v>1.7060915E7</v>
       </c>
       <c r="G244" s="14" t="n">
-        <v>1.15633858E8</v>
+        <v>1.8651928E7</v>
       </c>
       <c r="H244" s="14" t="n">
-        <v>1.09297049E8</v>
+        <v>2.0832575E7</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B245" s="14" t="n">
-        <v>1.56977841E8</v>
+        <v>2.2023005E7</v>
       </c>
       <c r="C245" s="14" t="n">
-        <v>1.39779021E8</v>
+        <v>2.3043843E7</v>
       </c>
       <c r="D245" s="14" t="n">
-        <v>1.29093781E8</v>
+        <v>2.3828295E7</v>
       </c>
       <c r="E245" s="14" t="n">
-        <v>1.44828929E8</v>
+        <v>2.441174E7</v>
       </c>
       <c r="F245" s="14" t="n">
-        <v>1.39465254E8</v>
+        <v>2.2286569E7</v>
       </c>
       <c r="G245" s="14" t="n">
-        <v>1.33312051E8</v>
+        <v>2.4326036E7</v>
       </c>
       <c r="H245" s="14" t="n">
-        <v>1.26476494E8</v>
+        <v>2.6773501E7</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="6" t="inlineStr">
         <is>
-          <t>14 Murcia, Región de</t>
+          <t>Navarra (Comunidad Foral de)</t>
         </is>
       </c>
       <c r="B246" s="6"/>
       <c r="C246" s="6"/>
       <c r="D246" s="6"/>
       <c r="E246" s="6"/>
       <c r="F246" s="6"/>
       <c r="G246" s="6"/>
       <c r="H246" s="6"/>
     </row>
     <row r="247">
       <c r="A247" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B247" s="14" t="n">
-        <v>3236174.0</v>
+        <v>1260140.0</v>
       </c>
       <c r="C247" s="14" t="n">
-        <v>3024273.0</v>
+        <v>1281737.0</v>
       </c>
       <c r="D247" s="14" t="n">
-        <v>3064125.0</v>
+        <v>1362559.0</v>
       </c>
       <c r="E247" s="14" t="n">
-        <v>2899385.0</v>
+        <v>1406223.0</v>
       </c>
       <c r="F247" s="14" t="n">
-        <v>2886117.0</v>
+        <v>1539451.0</v>
       </c>
       <c r="G247" s="14" t="n">
-        <v>2746237.0</v>
+        <v>1522666.0</v>
       </c>
       <c r="H247" s="14" t="n">
-        <v>2680984.0</v>
+        <v>1597079.0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B248" s="14" t="n">
-        <v>1118883.0</v>
+        <v>457621.0</v>
       </c>
       <c r="C248" s="14" t="n">
-        <v>1016746.0</v>
+        <v>449172.0</v>
       </c>
       <c r="D248" s="14" t="n">
-        <v>1023628.0</v>
+        <v>465208.0</v>
       </c>
       <c r="E248" s="14" t="n">
-        <v>982683.0</v>
+        <v>480018.0</v>
       </c>
       <c r="F248" s="14" t="n">
-        <v>995136.0</v>
+        <v>483069.0</v>
       </c>
       <c r="G248" s="14" t="n">
-        <v>972963.0</v>
+        <v>503225.0</v>
       </c>
       <c r="H248" s="14" t="n">
-        <v>965692.0</v>
+        <v>511504.0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B249" s="14" t="n">
-        <v>789284.0</v>
+        <v>451424.0</v>
       </c>
       <c r="C249" s="14" t="n">
-        <v>731261.0</v>
+        <v>452028.0</v>
       </c>
       <c r="D249" s="14" t="n">
-        <v>651313.0</v>
+        <v>444451.0</v>
       </c>
       <c r="E249" s="14" t="n">
-        <v>935863.0</v>
+        <v>455953.0</v>
       </c>
       <c r="F249" s="14" t="n">
-        <v>922370.0</v>
+        <v>348090.0</v>
       </c>
       <c r="G249" s="14" t="n">
-        <v>921867.0</v>
+        <v>408386.0</v>
       </c>
       <c r="H249" s="14" t="n">
-        <v>910254.0</v>
+        <v>428994.0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B250" s="14" t="n">
-        <v>4346835.0</v>
+        <v>2138589.0</v>
       </c>
       <c r="C250" s="14" t="n">
-        <v>4094377.0</v>
+        <v>2204537.0</v>
       </c>
       <c r="D250" s="14" t="n">
-        <v>3825160.0</v>
+        <v>2252385.0</v>
       </c>
       <c r="E250" s="14" t="n">
-        <v>3872832.0</v>
+        <v>2311462.0</v>
       </c>
       <c r="F250" s="14" t="n">
-        <v>3820845.0</v>
+        <v>2280480.0</v>
       </c>
       <c r="G250" s="14" t="n">
-        <v>3717697.0</v>
+        <v>2405403.0</v>
       </c>
       <c r="H250" s="14" t="n">
-        <v>3615544.0</v>
+        <v>2532698.0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B251" s="14" t="n">
-        <v>1074520.0</v>
+        <v>462036.0</v>
       </c>
       <c r="C251" s="14" t="n">
-        <v>1020290.0</v>
+        <v>479789.0</v>
       </c>
       <c r="D251" s="14" t="n">
-        <v>873144.0</v>
+        <v>484984.0</v>
       </c>
       <c r="E251" s="14" t="n">
-        <v>991090.0</v>
+        <v>480049.0</v>
       </c>
       <c r="F251" s="14" t="n">
-        <v>1008805.0</v>
+        <v>429922.0</v>
       </c>
       <c r="G251" s="14" t="n">
-        <v>971830.0</v>
+        <v>491187.0</v>
       </c>
       <c r="H251" s="14" t="n">
-        <v>917881.0</v>
+        <v>489833.0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B252" s="14" t="n">
-        <v>962078.0</v>
+        <v>446427.0</v>
       </c>
       <c r="C252" s="14" t="n">
-        <v>917398.0</v>
+        <v>489868.0</v>
       </c>
       <c r="D252" s="14" t="n">
-        <v>929206.0</v>
+        <v>498095.0</v>
       </c>
       <c r="E252" s="14" t="n">
-        <v>1038190.0</v>
+        <v>565504.0</v>
       </c>
       <c r="F252" s="14" t="n">
-        <v>973812.0</v>
+        <v>535635.0</v>
       </c>
       <c r="G252" s="14" t="n">
-        <v>932397.0</v>
+        <v>532163.0</v>
       </c>
       <c r="H252" s="14" t="n">
-        <v>871087.0</v>
+        <v>514990.0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B253" s="14" t="n">
-        <v>2690278.0</v>
+        <v>1110074.0</v>
       </c>
       <c r="C253" s="14" t="n">
-        <v>2369203.0</v>
+        <v>1260538.0</v>
       </c>
       <c r="D253" s="14" t="n">
-        <v>1952503.0</v>
+        <v>1350460.0</v>
       </c>
       <c r="E253" s="14" t="n">
-        <v>2620913.0</v>
+        <v>1395733.0</v>
       </c>
       <c r="F253" s="14" t="n">
-        <v>2656163.0</v>
+        <v>1026441.0</v>
       </c>
       <c r="G253" s="14" t="n">
-        <v>2507176.0</v>
+        <v>1210895.0</v>
       </c>
       <c r="H253" s="14" t="n">
-        <v>2239082.0</v>
+        <v>1337596.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B254" s="14" t="n">
-        <v>665221.0</v>
+        <v>295943.0</v>
       </c>
       <c r="C254" s="14" t="n">
-        <v>620983.0</v>
+        <v>312440.0</v>
       </c>
       <c r="D254" s="14" t="n">
-        <v>588997.0</v>
+        <v>326354.0</v>
       </c>
       <c r="E254" s="14" t="n">
-        <v>586614.0</v>
+        <v>326642.0</v>
       </c>
       <c r="F254" s="14" t="n">
-        <v>607458.0</v>
+        <v>326810.0</v>
       </c>
       <c r="G254" s="14" t="n">
-        <v>586942.0</v>
+        <v>343620.0</v>
       </c>
       <c r="H254" s="14" t="n">
-        <v>572089.0</v>
+        <v>357987.0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B255" s="14" t="n">
-        <v>1588660.0</v>
+        <v>631455.0</v>
       </c>
       <c r="C255" s="14" t="n">
-        <v>1113819.0</v>
+        <v>710804.0</v>
       </c>
       <c r="D255" s="14" t="n">
-        <v>861083.0</v>
+        <v>766826.0</v>
       </c>
       <c r="E255" s="14" t="n">
-        <v>1389717.0</v>
+        <v>847910.0</v>
       </c>
       <c r="F255" s="14" t="n">
-        <v>1427788.0</v>
+        <v>526386.0</v>
       </c>
       <c r="G255" s="14" t="n">
-        <v>1354504.0</v>
+        <v>674008.0</v>
       </c>
       <c r="H255" s="14" t="n">
-        <v>1261277.0</v>
+        <v>931796.0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B256" s="14" t="n">
-        <v>353602.0</v>
+        <v>185050.0</v>
       </c>
       <c r="C256" s="14" t="n">
-        <v>329902.0</v>
+        <v>189485.0</v>
       </c>
       <c r="D256" s="14" t="n">
-        <v>360717.0</v>
+        <v>193003.0</v>
       </c>
       <c r="E256" s="14" t="n">
-        <v>370950.0</v>
+        <v>197209.0</v>
       </c>
       <c r="F256" s="14" t="n">
-        <v>367523.0</v>
+        <v>194284.0</v>
       </c>
       <c r="G256" s="14" t="n">
-        <v>363731.0</v>
+        <v>171959.0</v>
       </c>
       <c r="H256" s="14" t="n">
-        <v>356443.0</v>
+        <v>171206.0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B257" s="14" t="n">
-        <v>2856475.0</v>
+        <v>1331861.0</v>
       </c>
       <c r="C257" s="14" t="n">
-        <v>2011030.0</v>
+        <v>1442741.0</v>
       </c>
       <c r="D257" s="14" t="n">
-        <v>1564133.0</v>
+        <v>1476540.0</v>
       </c>
       <c r="E257" s="14" t="n">
-        <v>2789021.0</v>
+        <v>1545922.0</v>
       </c>
       <c r="F257" s="14" t="n">
-        <v>2741353.0</v>
+        <v>862260.0</v>
       </c>
       <c r="G257" s="14" t="n">
-        <v>2656049.0</v>
+        <v>1066602.0</v>
       </c>
       <c r="H257" s="14" t="n">
-        <v>2425336.0</v>
+        <v>1452168.0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B258" s="14" t="n">
-        <v>821274.0</v>
+        <v>476121.0</v>
       </c>
       <c r="C258" s="14" t="n">
-        <v>663303.0</v>
+        <v>476845.0</v>
       </c>
       <c r="D258" s="14" t="n">
-        <v>699707.0</v>
+        <v>499520.0</v>
       </c>
       <c r="E258" s="14" t="n">
-        <v>661601.0</v>
+        <v>497494.0</v>
       </c>
       <c r="F258" s="14" t="n">
-        <v>642893.0</v>
+        <v>489142.0</v>
       </c>
       <c r="G258" s="14" t="n">
-        <v>593632.0</v>
+        <v>466408.0</v>
       </c>
       <c r="H258" s="14" t="n">
-        <v>617206.0</v>
+        <v>541638.0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B259" s="14" t="n">
-        <v>1141179.0</v>
+        <v>516207.0</v>
       </c>
       <c r="C259" s="14" t="n">
-        <v>1005432.0</v>
+        <v>544260.0</v>
       </c>
       <c r="D259" s="14" t="n">
-        <v>937579.0</v>
+        <v>565815.0</v>
       </c>
       <c r="E259" s="14" t="n">
-        <v>1101690.0</v>
+        <v>589256.0</v>
       </c>
       <c r="F259" s="14" t="n">
-        <v>1077994.0</v>
+        <v>506565.0</v>
       </c>
       <c r="G259" s="14" t="n">
-        <v>1050306.0</v>
+        <v>541982.0</v>
       </c>
       <c r="H259" s="14" t="n">
-        <v>989787.0</v>
+        <v>575589.0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B260" s="14" t="n">
-        <v>2.1644463E7</v>
+        <v>9762948.0</v>
       </c>
       <c r="C260" s="14" t="n">
-        <v>1.8918017E7</v>
+        <v>1.0294244E7</v>
       </c>
       <c r="D260" s="14" t="n">
-        <v>1.7331295E7</v>
+        <v>1.06862E7</v>
       </c>
       <c r="E260" s="14" t="n">
-        <v>2.0240549E7</v>
+        <v>1.1099375E7</v>
       </c>
       <c r="F260" s="14" t="n">
-        <v>2.0128257E7</v>
+        <v>9548535.0</v>
       </c>
       <c r="G260" s="14" t="n">
-        <v>1.9375331E7</v>
+        <v>1.0338504E7</v>
       </c>
       <c r="H260" s="14" t="n">
-        <v>1.8422662E7</v>
+        <v>1.1443078E7</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B261" s="14" t="n">
-        <v>2.0832575E7</v>
+        <v>9996193.0</v>
       </c>
       <c r="C261" s="14" t="n">
-        <v>1.8651928E7</v>
+        <v>1.0531989E7</v>
       </c>
       <c r="D261" s="14" t="n">
-        <v>1.7060915E7</v>
+        <v>1.093183E7</v>
       </c>
       <c r="E261" s="14" t="n">
-        <v>1.9469779E7</v>
+        <v>1.1263213E7</v>
       </c>
       <c r="F261" s="14" t="n">
-        <v>1.9150766E7</v>
+        <v>9650904.0</v>
       </c>
       <c r="G261" s="14" t="n">
-        <v>1.8516998E7</v>
+        <v>1.0566201E7</v>
       </c>
       <c r="H261" s="14" t="n">
-        <v>1.7620109E7</v>
+        <v>1.1708498E7</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B262" s="14" t="n">
-        <v>2.6773501E7</v>
+        <v>1.2119457E7</v>
       </c>
       <c r="C262" s="14" t="n">
-        <v>2.4326036E7</v>
+        <v>1.2713818E7</v>
       </c>
       <c r="D262" s="14" t="n">
-        <v>2.2286569E7</v>
+        <v>1.3205859E7</v>
       </c>
       <c r="E262" s="14" t="n">
-        <v>2.441174E7</v>
+        <v>1.3679629E7</v>
       </c>
       <c r="F262" s="14" t="n">
-        <v>2.3828295E7</v>
+        <v>1.222049E7</v>
       </c>
       <c r="G262" s="14" t="n">
-        <v>2.3043843E7</v>
+        <v>1.3286923E7</v>
       </c>
       <c r="H262" s="14" t="n">
-        <v>2.2023005E7</v>
+        <v>1.4549192E7</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="6" t="inlineStr">
         <is>
-          <t>15 Navarra, Comunidad Foral de</t>
+          <t>País Vasco</t>
         </is>
       </c>
       <c r="B263" s="6"/>
       <c r="C263" s="6"/>
       <c r="D263" s="6"/>
       <c r="E263" s="6"/>
       <c r="F263" s="6"/>
       <c r="G263" s="6"/>
       <c r="H263" s="6"/>
     </row>
     <row r="264">
       <c r="A264" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B264" s="14" t="n">
-        <v>1597079.0</v>
+        <v>4494597.0</v>
       </c>
       <c r="C264" s="14" t="n">
-        <v>1522666.0</v>
+        <v>4514271.0</v>
       </c>
       <c r="D264" s="14" t="n">
-        <v>1539451.0</v>
+        <v>4702994.0</v>
       </c>
       <c r="E264" s="14" t="n">
-        <v>1406223.0</v>
+        <v>4781830.0</v>
       </c>
       <c r="F264" s="14" t="n">
-        <v>1362559.0</v>
+        <v>5176248.0</v>
       </c>
       <c r="G264" s="14" t="n">
-        <v>1281737.0</v>
+        <v>4995261.0</v>
       </c>
       <c r="H264" s="14" t="n">
-        <v>1260140.0</v>
+        <v>5205485.0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B265" s="14" t="n">
-        <v>511504.0</v>
+        <v>1475562.0</v>
       </c>
       <c r="C265" s="14" t="n">
-        <v>503225.0</v>
+        <v>1464675.0</v>
       </c>
       <c r="D265" s="14" t="n">
-        <v>483069.0</v>
+        <v>1481245.0</v>
       </c>
       <c r="E265" s="14" t="n">
-        <v>480018.0</v>
+        <v>1499565.0</v>
       </c>
       <c r="F265" s="14" t="n">
-        <v>465208.0</v>
+        <v>1580966.0</v>
       </c>
       <c r="G265" s="14" t="n">
-        <v>449172.0</v>
+        <v>1575201.0</v>
       </c>
       <c r="H265" s="14" t="n">
-        <v>457621.0</v>
+        <v>1650001.0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B266" s="14" t="n">
-        <v>428994.0</v>
+        <v>1577056.0</v>
       </c>
       <c r="C266" s="14" t="n">
-        <v>408386.0</v>
+        <v>1545526.0</v>
       </c>
       <c r="D266" s="14" t="n">
-        <v>348090.0</v>
+        <v>1444323.0</v>
       </c>
       <c r="E266" s="14" t="n">
-        <v>455953.0</v>
+        <v>1409060.0</v>
       </c>
       <c r="F266" s="14" t="n">
-        <v>444451.0</v>
+        <v>1024053.0</v>
       </c>
       <c r="G266" s="14" t="n">
-        <v>452028.0</v>
+        <v>1222882.0</v>
       </c>
       <c r="H266" s="14" t="n">
-        <v>451424.0</v>
+        <v>1318869.0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B267" s="14" t="n">
-        <v>2532698.0</v>
+        <v>9583572.0</v>
       </c>
       <c r="C267" s="14" t="n">
-        <v>2405403.0</v>
+        <v>9770922.0</v>
       </c>
       <c r="D267" s="14" t="n">
-        <v>2280480.0</v>
+        <v>9920361.0</v>
       </c>
       <c r="E267" s="14" t="n">
-        <v>2311462.0</v>
+        <v>1.0065422E7</v>
       </c>
       <c r="F267" s="14" t="n">
-        <v>2252385.0</v>
+        <v>9920265.0</v>
       </c>
       <c r="G267" s="14" t="n">
-        <v>2204537.0</v>
+        <v>1.0305476E7</v>
       </c>
       <c r="H267" s="14" t="n">
-        <v>2138589.0</v>
+        <v>1.0770277E7</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B268" s="14" t="n">
-        <v>489833.0</v>
+        <v>1614996.0</v>
       </c>
       <c r="C268" s="14" t="n">
-        <v>491187.0</v>
+        <v>1644263.0</v>
       </c>
       <c r="D268" s="14" t="n">
-        <v>429922.0</v>
+        <v>1676582.0</v>
       </c>
       <c r="E268" s="14" t="n">
-        <v>480049.0</v>
+        <v>1642584.0</v>
       </c>
       <c r="F268" s="14" t="n">
-        <v>484984.0</v>
+        <v>1514192.0</v>
       </c>
       <c r="G268" s="14" t="n">
-        <v>479789.0</v>
+        <v>1719756.0</v>
       </c>
       <c r="H268" s="14" t="n">
-        <v>462036.0</v>
+        <v>1755879.0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B269" s="14" t="n">
-        <v>514990.0</v>
+        <v>1424289.0</v>
       </c>
       <c r="C269" s="14" t="n">
-        <v>532163.0</v>
+        <v>1549045.0</v>
       </c>
       <c r="D269" s="14" t="n">
-        <v>535635.0</v>
+        <v>1622089.0</v>
       </c>
       <c r="E269" s="14" t="n">
-        <v>565504.0</v>
+        <v>1714644.0</v>
       </c>
       <c r="F269" s="14" t="n">
-        <v>498095.0</v>
+        <v>1579009.0</v>
       </c>
       <c r="G269" s="14" t="n">
-        <v>489868.0</v>
+        <v>1585254.0</v>
       </c>
       <c r="H269" s="14" t="n">
-        <v>446427.0</v>
+        <v>1507452.0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B270" s="14" t="n">
-        <v>1337596.0</v>
+        <v>3328226.0</v>
       </c>
       <c r="C270" s="14" t="n">
-        <v>1210895.0</v>
+        <v>3644321.0</v>
       </c>
       <c r="D270" s="14" t="n">
-        <v>1026441.0</v>
+        <v>3760403.0</v>
       </c>
       <c r="E270" s="14" t="n">
-        <v>1395733.0</v>
+        <v>3756868.0</v>
       </c>
       <c r="F270" s="14" t="n">
-        <v>1350460.0</v>
+        <v>2819065.0</v>
       </c>
       <c r="G270" s="14" t="n">
-        <v>1260538.0</v>
+        <v>3358076.0</v>
       </c>
       <c r="H270" s="14" t="n">
-        <v>1110074.0</v>
+        <v>3781200.0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B271" s="14" t="n">
-        <v>357987.0</v>
+        <v>1048059.0</v>
       </c>
       <c r="C271" s="14" t="n">
-        <v>343620.0</v>
+        <v>1084522.0</v>
       </c>
       <c r="D271" s="14" t="n">
-        <v>326810.0</v>
+        <v>1108559.0</v>
       </c>
       <c r="E271" s="14" t="n">
-        <v>326642.0</v>
+        <v>1088911.0</v>
       </c>
       <c r="F271" s="14" t="n">
-        <v>326354.0</v>
+        <v>1088329.0</v>
       </c>
       <c r="G271" s="14" t="n">
-        <v>312440.0</v>
+        <v>1142216.0</v>
       </c>
       <c r="H271" s="14" t="n">
-        <v>295943.0</v>
+        <v>1197978.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B272" s="14" t="n">
-        <v>931796.0</v>
+        <v>2192275.0</v>
       </c>
       <c r="C272" s="14" t="n">
-        <v>674008.0</v>
+        <v>2326557.0</v>
       </c>
       <c r="D272" s="14" t="n">
-        <v>526386.0</v>
+        <v>2301586.0</v>
       </c>
       <c r="E272" s="14" t="n">
-        <v>847910.0</v>
+        <v>2454760.0</v>
       </c>
       <c r="F272" s="14" t="n">
-        <v>766826.0</v>
+        <v>1516150.0</v>
       </c>
       <c r="G272" s="14" t="n">
-        <v>710804.0</v>
+        <v>1977261.0</v>
       </c>
       <c r="H272" s="14" t="n">
-        <v>631455.0</v>
+        <v>2714180.0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B273" s="14" t="n">
-        <v>171206.0</v>
+        <v>541027.0</v>
       </c>
       <c r="C273" s="14" t="n">
-        <v>171959.0</v>
+        <v>549795.0</v>
       </c>
       <c r="D273" s="14" t="n">
-        <v>194284.0</v>
+        <v>556147.0</v>
       </c>
       <c r="E273" s="14" t="n">
-        <v>197209.0</v>
+        <v>559873.0</v>
       </c>
       <c r="F273" s="14" t="n">
-        <v>193003.0</v>
+        <v>541839.0</v>
       </c>
       <c r="G273" s="14" t="n">
-        <v>189485.0</v>
+        <v>479432.0</v>
       </c>
       <c r="H273" s="14" t="n">
-        <v>185050.0</v>
+        <v>480554.0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B274" s="14" t="n">
-        <v>1452168.0</v>
+        <v>4307017.0</v>
       </c>
       <c r="C274" s="14" t="n">
-        <v>1066602.0</v>
+        <v>4538586.0</v>
       </c>
       <c r="D274" s="14" t="n">
-        <v>862260.0</v>
+        <v>4512489.0</v>
       </c>
       <c r="E274" s="14" t="n">
-        <v>1545922.0</v>
+        <v>4503787.0</v>
       </c>
       <c r="F274" s="14" t="n">
-        <v>1476540.0</v>
+        <v>2885750.0</v>
       </c>
       <c r="G274" s="14" t="n">
-        <v>1442741.0</v>
+        <v>3411659.0</v>
       </c>
       <c r="H274" s="14" t="n">
-        <v>1331861.0</v>
+        <v>4742252.0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B275" s="14" t="n">
-        <v>541638.0</v>
+        <v>1662152.0</v>
       </c>
       <c r="C275" s="14" t="n">
-        <v>466408.0</v>
+        <v>1860697.0</v>
       </c>
       <c r="D275" s="14" t="n">
-        <v>489142.0</v>
+        <v>1957787.0</v>
       </c>
       <c r="E275" s="14" t="n">
-        <v>497494.0</v>
+        <v>2065823.0</v>
       </c>
       <c r="F275" s="14" t="n">
-        <v>499520.0</v>
+        <v>2127609.0</v>
       </c>
       <c r="G275" s="14" t="n">
-        <v>476845.0</v>
+        <v>2034349.0</v>
       </c>
       <c r="H275" s="14" t="n">
-        <v>476121.0</v>
+        <v>2360921.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B276" s="14" t="n">
-        <v>575589.0</v>
+        <v>1852699.0</v>
       </c>
       <c r="C276" s="14" t="n">
-        <v>541982.0</v>
+        <v>1933280.0</v>
       </c>
       <c r="D276" s="14" t="n">
-        <v>506565.0</v>
+        <v>1958406.0</v>
       </c>
       <c r="E276" s="14" t="n">
-        <v>589256.0</v>
+        <v>1955863.0</v>
       </c>
       <c r="F276" s="14" t="n">
-        <v>565815.0</v>
+        <v>1654342.0</v>
       </c>
       <c r="G276" s="14" t="n">
-        <v>544260.0</v>
+        <v>1773104.0</v>
       </c>
       <c r="H276" s="14" t="n">
-        <v>516207.0</v>
+        <v>2006544.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B277" s="14" t="n">
-        <v>1.1443078E7</v>
+        <v>3.5101527E7</v>
       </c>
       <c r="C277" s="14" t="n">
-        <v>1.0338504E7</v>
+        <v>3.642646E7</v>
       </c>
       <c r="D277" s="14" t="n">
-        <v>9548535.0</v>
+        <v>3.7002971E7</v>
       </c>
       <c r="E277" s="14" t="n">
-        <v>1.1099375E7</v>
+        <v>3.749899E7</v>
       </c>
       <c r="F277" s="14" t="n">
-        <v>1.06862E7</v>
+        <v>3.3427817E7</v>
       </c>
       <c r="G277" s="14" t="n">
-        <v>1.0294244E7</v>
+        <v>3.5579927E7</v>
       </c>
       <c r="H277" s="14" t="n">
-        <v>9762948.0</v>
+        <v>3.9491592E7</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B278" s="14" t="n">
-        <v>1.1708498E7</v>
+        <v>3.7428336E7</v>
       </c>
       <c r="C278" s="14" t="n">
-        <v>1.0566201E7</v>
+        <v>3.8878136E7</v>
       </c>
       <c r="D278" s="14" t="n">
-        <v>9650904.0</v>
+        <v>3.9519347E7</v>
       </c>
       <c r="E278" s="14" t="n">
-        <v>1.1263213E7</v>
+        <v>4.0247493E7</v>
       </c>
       <c r="F278" s="14" t="n">
-        <v>1.093183E7</v>
+        <v>3.4774989E7</v>
       </c>
       <c r="G278" s="14" t="n">
-        <v>1.0531989E7</v>
+        <v>3.7821861E7</v>
       </c>
       <c r="H278" s="14" t="n">
-        <v>9996193.0</v>
+        <v>4.2130749E7</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B279" s="14" t="n">
-        <v>1.4549192E7</v>
+        <v>4.5817282E7</v>
       </c>
       <c r="C279" s="14" t="n">
-        <v>1.3286923E7</v>
+        <v>4.739324E7</v>
       </c>
       <c r="D279" s="14" t="n">
-        <v>1.222049E7</v>
+        <v>4.8215401E7</v>
       </c>
       <c r="E279" s="14" t="n">
-        <v>1.3679629E7</v>
+        <v>4.9548366E7</v>
       </c>
       <c r="F279" s="14" t="n">
-        <v>1.3205859E7</v>
+        <v>4.4230054E7</v>
       </c>
       <c r="G279" s="14" t="n">
-        <v>1.2713818E7</v>
+        <v>4.792988E7</v>
       </c>
       <c r="H279" s="14" t="n">
-        <v>1.2119457E7</v>
+        <v>5.2891573E7</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="6" t="inlineStr">
         <is>
-          <t>16 País Vasco</t>
+          <t>Rioja (La)</t>
         </is>
       </c>
       <c r="B280" s="6"/>
       <c r="C280" s="6"/>
       <c r="D280" s="6"/>
       <c r="E280" s="6"/>
       <c r="F280" s="6"/>
       <c r="G280" s="6"/>
       <c r="H280" s="6"/>
     </row>
     <row r="281">
       <c r="A281" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B281" s="14" t="n">
-        <v>5205485.0</v>
+        <v>575858.0</v>
       </c>
       <c r="C281" s="14" t="n">
-        <v>4995261.0</v>
+        <v>577721.0</v>
       </c>
       <c r="D281" s="14" t="n">
-        <v>5176248.0</v>
+        <v>605385.0</v>
       </c>
       <c r="E281" s="14" t="n">
-        <v>4781830.0</v>
+        <v>615709.0</v>
       </c>
       <c r="F281" s="14" t="n">
-        <v>4702994.0</v>
+        <v>660169.0</v>
       </c>
       <c r="G281" s="14" t="n">
-        <v>4514271.0</v>
+        <v>643071.0</v>
       </c>
       <c r="H281" s="14" t="n">
-        <v>4494597.0</v>
+        <v>674284.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B282" s="14" t="n">
-        <v>1650001.0</v>
+        <v>170715.0</v>
       </c>
       <c r="C282" s="14" t="n">
-        <v>1575201.0</v>
+        <v>168695.0</v>
       </c>
       <c r="D282" s="14" t="n">
-        <v>1580966.0</v>
+        <v>169611.0</v>
       </c>
       <c r="E282" s="14" t="n">
-        <v>1499565.0</v>
+        <v>166520.0</v>
       </c>
       <c r="F282" s="14" t="n">
-        <v>1481245.0</v>
+        <v>175796.0</v>
       </c>
       <c r="G282" s="14" t="n">
-        <v>1464675.0</v>
+        <v>175582.0</v>
       </c>
       <c r="H282" s="14" t="n">
-        <v>1475562.0</v>
+        <v>188953.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B283" s="14" t="n">
-        <v>1318869.0</v>
+        <v>182993.0</v>
       </c>
       <c r="C283" s="14" t="n">
-        <v>1222882.0</v>
+        <v>187440.0</v>
       </c>
       <c r="D283" s="14" t="n">
-        <v>1024053.0</v>
+        <v>182625.0</v>
       </c>
       <c r="E283" s="14" t="n">
-        <v>1409060.0</v>
+        <v>190338.0</v>
       </c>
       <c r="F283" s="14" t="n">
-        <v>1444323.0</v>
+        <v>141576.0</v>
       </c>
       <c r="G283" s="14" t="n">
-        <v>1545526.0</v>
+        <v>169976.0</v>
       </c>
       <c r="H283" s="14" t="n">
-        <v>1577056.0</v>
+        <v>192772.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B284" s="14" t="n">
-        <v>1.0770277E7</v>
+        <v>994051.0</v>
       </c>
       <c r="C284" s="14" t="n">
-        <v>1.0305476E7</v>
+        <v>1026053.0</v>
       </c>
       <c r="D284" s="14" t="n">
-        <v>9920265.0</v>
+        <v>1041341.0</v>
       </c>
       <c r="E284" s="14" t="n">
-        <v>1.0065422E7</v>
+        <v>1058907.0</v>
       </c>
       <c r="F284" s="14" t="n">
-        <v>9920361.0</v>
+        <v>1035943.0</v>
       </c>
       <c r="G284" s="14" t="n">
-        <v>9770922.0</v>
+        <v>1099741.0</v>
       </c>
       <c r="H284" s="14" t="n">
-        <v>9583572.0</v>
+        <v>1166467.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B285" s="14" t="n">
-        <v>1755879.0</v>
+        <v>196437.0</v>
       </c>
       <c r="C285" s="14" t="n">
-        <v>1719756.0</v>
+        <v>205146.0</v>
       </c>
       <c r="D285" s="14" t="n">
-        <v>1514192.0</v>
+        <v>208336.0</v>
       </c>
       <c r="E285" s="14" t="n">
-        <v>1642584.0</v>
+        <v>209051.0</v>
       </c>
       <c r="F285" s="14" t="n">
-        <v>1676582.0</v>
+        <v>190358.0</v>
       </c>
       <c r="G285" s="14" t="n">
-        <v>1644263.0</v>
+        <v>220089.0</v>
       </c>
       <c r="H285" s="14" t="n">
-        <v>1614996.0</v>
+        <v>227395.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B286" s="14" t="n">
-        <v>1507452.0</v>
+        <v>189520.0</v>
       </c>
       <c r="C286" s="14" t="n">
-        <v>1585254.0</v>
+        <v>200286.0</v>
       </c>
       <c r="D286" s="14" t="n">
-        <v>1579009.0</v>
+        <v>210084.0</v>
       </c>
       <c r="E286" s="14" t="n">
-        <v>1714644.0</v>
+        <v>229736.0</v>
       </c>
       <c r="F286" s="14" t="n">
-        <v>1622089.0</v>
+        <v>220212.0</v>
       </c>
       <c r="G286" s="14" t="n">
-        <v>1549045.0</v>
+        <v>225519.0</v>
       </c>
       <c r="H286" s="14" t="n">
-        <v>1424289.0</v>
+        <v>224065.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B287" s="14" t="n">
-        <v>3781200.0</v>
+        <v>514437.0</v>
       </c>
       <c r="C287" s="14" t="n">
-        <v>3358076.0</v>
+        <v>562595.0</v>
       </c>
       <c r="D287" s="14" t="n">
-        <v>2819065.0</v>
+        <v>590053.0</v>
       </c>
       <c r="E287" s="14" t="n">
-        <v>3756868.0</v>
+        <v>586981.0</v>
       </c>
       <c r="F287" s="14" t="n">
-        <v>3760403.0</v>
+        <v>414512.0</v>
       </c>
       <c r="G287" s="14" t="n">
-        <v>3644321.0</v>
+        <v>480240.0</v>
       </c>
       <c r="H287" s="14" t="n">
-        <v>3328226.0</v>
+        <v>545377.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B288" s="14" t="n">
-        <v>1197978.0</v>
+        <v>133203.0</v>
       </c>
       <c r="C288" s="14" t="n">
-        <v>1142216.0</v>
+        <v>138548.0</v>
       </c>
       <c r="D288" s="14" t="n">
-        <v>1088329.0</v>
+        <v>142475.0</v>
       </c>
       <c r="E288" s="14" t="n">
-        <v>1088911.0</v>
+        <v>140806.0</v>
       </c>
       <c r="F288" s="14" t="n">
-        <v>1108559.0</v>
+        <v>141129.0</v>
       </c>
       <c r="G288" s="14" t="n">
-        <v>1084522.0</v>
+        <v>153672.0</v>
       </c>
       <c r="H288" s="14" t="n">
-        <v>1048059.0</v>
+        <v>169332.0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B289" s="14" t="n">
-        <v>2714180.0</v>
+        <v>262712.0</v>
       </c>
       <c r="C289" s="14" t="n">
-        <v>1977261.0</v>
+        <v>278236.0</v>
       </c>
       <c r="D289" s="14" t="n">
-        <v>1516150.0</v>
+        <v>282010.0</v>
       </c>
       <c r="E289" s="14" t="n">
-        <v>2454760.0</v>
+        <v>281539.0</v>
       </c>
       <c r="F289" s="14" t="n">
-        <v>2301586.0</v>
+        <v>178001.0</v>
       </c>
       <c r="G289" s="14" t="n">
-        <v>2326557.0</v>
+        <v>269355.0</v>
       </c>
       <c r="H289" s="14" t="n">
-        <v>2192275.0</v>
+        <v>417109.0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B290" s="14" t="n">
-        <v>480554.0</v>
+        <v>104437.0</v>
       </c>
       <c r="C290" s="14" t="n">
-        <v>479432.0</v>
+        <v>107333.0</v>
       </c>
       <c r="D290" s="14" t="n">
-        <v>541839.0</v>
+        <v>110797.0</v>
       </c>
       <c r="E290" s="14" t="n">
-        <v>559873.0</v>
+        <v>114699.0</v>
       </c>
       <c r="F290" s="14" t="n">
-        <v>556147.0</v>
+        <v>117742.0</v>
       </c>
       <c r="G290" s="14" t="n">
-        <v>549795.0</v>
+        <v>111757.0</v>
       </c>
       <c r="H290" s="14" t="n">
-        <v>541027.0</v>
+        <v>120882.0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B291" s="14" t="n">
-        <v>4742252.0</v>
+        <v>581540.0</v>
       </c>
       <c r="C291" s="14" t="n">
-        <v>3411659.0</v>
+        <v>649371.0</v>
       </c>
       <c r="D291" s="14" t="n">
-        <v>2885750.0</v>
+        <v>654612.0</v>
       </c>
       <c r="E291" s="14" t="n">
-        <v>4503787.0</v>
+        <v>691586.0</v>
       </c>
       <c r="F291" s="14" t="n">
-        <v>4512489.0</v>
+        <v>396677.0</v>
       </c>
       <c r="G291" s="14" t="n">
-        <v>4538586.0</v>
+        <v>514490.0</v>
       </c>
       <c r="H291" s="14" t="n">
-        <v>4307017.0</v>
+        <v>673110.0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B292" s="14" t="n">
-        <v>2360921.0</v>
+        <v>207547.0</v>
       </c>
       <c r="C292" s="14" t="n">
-        <v>2034349.0</v>
+        <v>209404.0</v>
       </c>
       <c r="D292" s="14" t="n">
-        <v>2127609.0</v>
+        <v>221784.0</v>
       </c>
       <c r="E292" s="14" t="n">
-        <v>2065823.0</v>
+        <v>224095.0</v>
       </c>
       <c r="F292" s="14" t="n">
-        <v>1957787.0</v>
+        <v>221952.0</v>
       </c>
       <c r="G292" s="14" t="n">
-        <v>1860697.0</v>
+        <v>209272.0</v>
       </c>
       <c r="H292" s="14" t="n">
-        <v>1662152.0</v>
+        <v>247777.0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B293" s="14" t="n">
-        <v>2006544.0</v>
+        <v>235972.0</v>
       </c>
       <c r="C293" s="14" t="n">
-        <v>1773104.0</v>
+        <v>246147.0</v>
       </c>
       <c r="D293" s="14" t="n">
-        <v>1654342.0</v>
+        <v>243701.0</v>
       </c>
       <c r="E293" s="14" t="n">
-        <v>1955863.0</v>
+        <v>257521.0</v>
       </c>
       <c r="F293" s="14" t="n">
-        <v>1958406.0</v>
+        <v>221690.0</v>
       </c>
       <c r="G293" s="14" t="n">
-        <v>1933280.0</v>
+        <v>246887.0</v>
       </c>
       <c r="H293" s="14" t="n">
-        <v>1852699.0</v>
+        <v>285210.0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B294" s="14" t="n">
-        <v>3.9491592E7</v>
+        <v>4349422.0</v>
       </c>
       <c r="C294" s="14" t="n">
-        <v>3.5579927E7</v>
+        <v>4556975.0</v>
       </c>
       <c r="D294" s="14" t="n">
-        <v>3.3427817E7</v>
+        <v>4662814.0</v>
       </c>
       <c r="E294" s="14" t="n">
-        <v>3.749899E7</v>
+        <v>4767488.0</v>
       </c>
       <c r="F294" s="14" t="n">
-        <v>3.7002971E7</v>
+        <v>4115757.0</v>
       </c>
       <c r="G294" s="14" t="n">
-        <v>3.642646E7</v>
+        <v>4519651.0</v>
       </c>
       <c r="H294" s="14" t="n">
-        <v>3.5101527E7</v>
+        <v>5132733.0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B295" s="14" t="n">
-        <v>4.2130749E7</v>
+        <v>4279039.0</v>
       </c>
       <c r="C295" s="14" t="n">
-        <v>3.7821861E7</v>
+        <v>4457636.0</v>
       </c>
       <c r="D295" s="14" t="n">
-        <v>3.4774989E7</v>
+        <v>4588656.0</v>
       </c>
       <c r="E295" s="14" t="n">
-        <v>4.0247493E7</v>
+        <v>4657550.0</v>
       </c>
       <c r="F295" s="14" t="n">
-        <v>3.9519347E7</v>
+        <v>4057992.0</v>
       </c>
       <c r="G295" s="14" t="n">
-        <v>3.8878136E7</v>
+        <v>4442369.0</v>
       </c>
       <c r="H295" s="14" t="n">
-        <v>3.7428336E7</v>
+        <v>5073116.0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B296" s="14" t="n">
-        <v>5.2891573E7</v>
+        <v>5275738.0</v>
       </c>
       <c r="C296" s="14" t="n">
-        <v>4.792988E7</v>
+        <v>5459589.0</v>
       </c>
       <c r="D296" s="14" t="n">
-        <v>4.4230054E7</v>
+        <v>5614782.0</v>
       </c>
       <c r="E296" s="14" t="n">
-        <v>4.9548366E7</v>
+        <v>5731716.0</v>
       </c>
       <c r="F296" s="14" t="n">
-        <v>4.8215401E7</v>
+        <v>5192226.0</v>
       </c>
       <c r="G296" s="14" t="n">
-        <v>4.739324E7</v>
+        <v>5637788.0</v>
       </c>
       <c r="H296" s="14" t="n">
-        <v>4.5817282E7</v>
+        <v>6349835.0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="6" t="inlineStr">
         <is>
-          <t>17 Rioja, La</t>
+          <t>Ceuta</t>
         </is>
       </c>
       <c r="B297" s="6"/>
       <c r="C297" s="6"/>
       <c r="D297" s="6"/>
       <c r="E297" s="6"/>
       <c r="F297" s="6"/>
       <c r="G297" s="6"/>
       <c r="H297" s="6"/>
     </row>
     <row r="298">
       <c r="A298" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B298" s="14" t="n">
-        <v>674284.0</v>
+        <v>122550.0</v>
       </c>
       <c r="C298" s="14" t="n">
-        <v>643071.0</v>
+        <v>126124.0</v>
       </c>
       <c r="D298" s="14" t="n">
-        <v>660169.0</v>
+        <v>127470.0</v>
       </c>
       <c r="E298" s="14" t="n">
-        <v>615709.0</v>
+        <v>124043.0</v>
       </c>
       <c r="F298" s="14" t="n">
-        <v>605385.0</v>
+        <v>129626.0</v>
       </c>
       <c r="G298" s="14" t="n">
-        <v>577721.0</v>
+        <v>128875.0</v>
       </c>
       <c r="H298" s="14" t="n">
-        <v>575858.0</v>
+        <v>138239.0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B299" s="14" t="n">
-        <v>188953.0</v>
+        <v>36589.0</v>
       </c>
       <c r="C299" s="14" t="n">
-        <v>175582.0</v>
+        <v>34571.0</v>
       </c>
       <c r="D299" s="14" t="n">
-        <v>175796.0</v>
+        <v>34179.0</v>
       </c>
       <c r="E299" s="14" t="n">
-        <v>166520.0</v>
+        <v>37459.0</v>
       </c>
       <c r="F299" s="14" t="n">
-        <v>169611.0</v>
+        <v>33754.0</v>
       </c>
       <c r="G299" s="14" t="n">
-        <v>168695.0</v>
+        <v>34133.0</v>
       </c>
       <c r="H299" s="14" t="n">
-        <v>170715.0</v>
+        <v>36277.0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B300" s="14" t="n">
-        <v>192772.0</v>
+        <v>56968.0</v>
       </c>
       <c r="C300" s="14" t="n">
-        <v>169976.0</v>
+        <v>57507.0</v>
       </c>
       <c r="D300" s="14" t="n">
-        <v>141576.0</v>
+        <v>54242.0</v>
       </c>
       <c r="E300" s="14" t="n">
-        <v>190338.0</v>
+        <v>52707.0</v>
       </c>
       <c r="F300" s="14" t="n">
-        <v>182625.0</v>
+        <v>40274.0</v>
       </c>
       <c r="G300" s="14" t="n">
-        <v>187440.0</v>
+        <v>46522.0</v>
       </c>
       <c r="H300" s="14" t="n">
-        <v>182993.0</v>
+        <v>53026.0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B301" s="14" t="n">
-        <v>1166467.0</v>
+        <v>197804.0</v>
       </c>
       <c r="C301" s="14" t="n">
-        <v>1099741.0</v>
+        <v>200374.0</v>
       </c>
       <c r="D301" s="14" t="n">
-        <v>1035943.0</v>
+        <v>203090.0</v>
       </c>
       <c r="E301" s="14" t="n">
-        <v>1058907.0</v>
+        <v>203175.0</v>
       </c>
       <c r="F301" s="14" t="n">
-        <v>1041341.0</v>
+        <v>204402.0</v>
       </c>
       <c r="G301" s="14" t="n">
-        <v>1026053.0</v>
+        <v>220265.0</v>
       </c>
       <c r="H301" s="14" t="n">
-        <v>994051.0</v>
+        <v>230906.0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B302" s="14" t="n">
-        <v>227395.0</v>
+        <v>52143.0</v>
       </c>
       <c r="C302" s="14" t="n">
-        <v>220089.0</v>
+        <v>56407.0</v>
       </c>
       <c r="D302" s="14" t="n">
-        <v>190358.0</v>
+        <v>53539.0</v>
       </c>
       <c r="E302" s="14" t="n">
-        <v>209051.0</v>
+        <v>52437.0</v>
       </c>
       <c r="F302" s="14" t="n">
-        <v>208336.0</v>
+        <v>44733.0</v>
       </c>
       <c r="G302" s="14" t="n">
-        <v>205146.0</v>
+        <v>51163.0</v>
       </c>
       <c r="H302" s="14" t="n">
-        <v>196437.0</v>
+        <v>52686.0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B303" s="14" t="n">
-        <v>224065.0</v>
+        <v>41475.0</v>
       </c>
       <c r="C303" s="14" t="n">
-        <v>225519.0</v>
+        <v>52559.0</v>
       </c>
       <c r="D303" s="14" t="n">
-        <v>220212.0</v>
+        <v>51683.0</v>
       </c>
       <c r="E303" s="14" t="n">
-        <v>229736.0</v>
+        <v>54667.0</v>
       </c>
       <c r="F303" s="14" t="n">
-        <v>210084.0</v>
+        <v>51579.0</v>
       </c>
       <c r="G303" s="14" t="n">
-        <v>200286.0</v>
+        <v>48657.0</v>
       </c>
       <c r="H303" s="14" t="n">
-        <v>189520.0</v>
+        <v>47484.0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B304" s="14" t="n">
-        <v>545377.0</v>
+        <v>107068.0</v>
       </c>
       <c r="C304" s="14" t="n">
-        <v>480240.0</v>
+        <v>119873.0</v>
       </c>
       <c r="D304" s="14" t="n">
-        <v>414512.0</v>
+        <v>115610.0</v>
       </c>
       <c r="E304" s="14" t="n">
-        <v>586981.0</v>
+        <v>107798.0</v>
       </c>
       <c r="F304" s="14" t="n">
-        <v>590053.0</v>
+        <v>78930.0</v>
       </c>
       <c r="G304" s="14" t="n">
-        <v>562595.0</v>
+        <v>102807.0</v>
       </c>
       <c r="H304" s="14" t="n">
-        <v>514437.0</v>
+        <v>121466.0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B305" s="14" t="n">
-        <v>169332.0</v>
+        <v>29671.0</v>
       </c>
       <c r="C305" s="14" t="n">
-        <v>153672.0</v>
+        <v>31708.0</v>
       </c>
       <c r="D305" s="14" t="n">
-        <v>141129.0</v>
+        <v>33580.0</v>
       </c>
       <c r="E305" s="14" t="n">
-        <v>140806.0</v>
+        <v>32218.0</v>
       </c>
       <c r="F305" s="14" t="n">
-        <v>142475.0</v>
+        <v>32619.0</v>
       </c>
       <c r="G305" s="14" t="n">
-        <v>138548.0</v>
+        <v>33998.0</v>
       </c>
       <c r="H305" s="14" t="n">
-        <v>133203.0</v>
+        <v>36407.0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B306" s="14" t="n">
-        <v>417109.0</v>
+        <v>46009.0</v>
       </c>
       <c r="C306" s="14" t="n">
-        <v>269355.0</v>
+        <v>52324.0</v>
       </c>
       <c r="D306" s="14" t="n">
-        <v>178001.0</v>
+        <v>53981.0</v>
       </c>
       <c r="E306" s="14" t="n">
-        <v>281539.0</v>
+        <v>54463.0</v>
       </c>
       <c r="F306" s="14" t="n">
-        <v>282010.0</v>
+        <v>35581.0</v>
       </c>
       <c r="G306" s="14" t="n">
-        <v>278236.0</v>
+        <v>47443.0</v>
       </c>
       <c r="H306" s="14" t="n">
-        <v>262712.0</v>
+        <v>63573.0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B307" s="14" t="n">
-        <v>120882.0</v>
+        <v>14833.0</v>
       </c>
       <c r="C307" s="14" t="n">
-        <v>111757.0</v>
+        <v>15150.0</v>
       </c>
       <c r="D307" s="14" t="n">
-        <v>117742.0</v>
+        <v>14187.0</v>
       </c>
       <c r="E307" s="14" t="n">
-        <v>114699.0</v>
+        <v>14766.0</v>
       </c>
       <c r="F307" s="14" t="n">
-        <v>110797.0</v>
+        <v>13812.0</v>
       </c>
       <c r="G307" s="14" t="n">
-        <v>107333.0</v>
+        <v>11547.0</v>
       </c>
       <c r="H307" s="14" t="n">
-        <v>104437.0</v>
+        <v>11829.0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B308" s="14" t="n">
-        <v>673110.0</v>
+        <v>88130.0</v>
       </c>
       <c r="C308" s="14" t="n">
-        <v>514490.0</v>
+        <v>104253.0</v>
       </c>
       <c r="D308" s="14" t="n">
-        <v>396677.0</v>
+        <v>93170.0</v>
       </c>
       <c r="E308" s="14" t="n">
-        <v>691586.0</v>
+        <v>100929.0</v>
       </c>
       <c r="F308" s="14" t="n">
-        <v>654612.0</v>
+        <v>60164.0</v>
       </c>
       <c r="G308" s="14" t="n">
-        <v>649371.0</v>
+        <v>73262.0</v>
       </c>
       <c r="H308" s="14" t="n">
-        <v>581540.0</v>
+        <v>102807.0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B309" s="14" t="n">
-        <v>247777.0</v>
+        <v>61231.0</v>
       </c>
       <c r="C309" s="14" t="n">
-        <v>209272.0</v>
+        <v>47678.0</v>
       </c>
       <c r="D309" s="14" t="n">
-        <v>221952.0</v>
+        <v>35669.0</v>
       </c>
       <c r="E309" s="14" t="n">
-        <v>224095.0</v>
+        <v>39775.0</v>
       </c>
       <c r="F309" s="14" t="n">
-        <v>221784.0</v>
+        <v>42555.0</v>
       </c>
       <c r="G309" s="14" t="n">
-        <v>209404.0</v>
+        <v>41994.0</v>
       </c>
       <c r="H309" s="14" t="n">
-        <v>207547.0</v>
+        <v>47774.0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B310" s="14" t="n">
-        <v>285210.0</v>
+        <v>97869.0</v>
       </c>
       <c r="C310" s="14" t="n">
-        <v>246887.0</v>
+        <v>73904.0</v>
       </c>
       <c r="D310" s="14" t="n">
-        <v>221690.0</v>
+        <v>59071.0</v>
       </c>
       <c r="E310" s="14" t="n">
-        <v>257521.0</v>
+        <v>61530.0</v>
       </c>
       <c r="F310" s="14" t="n">
-        <v>243701.0</v>
+        <v>58535.0</v>
       </c>
       <c r="G310" s="14" t="n">
-        <v>246147.0</v>
+        <v>62852.0</v>
       </c>
       <c r="H310" s="14" t="n">
-        <v>235972.0</v>
+        <v>70694.0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B311" s="14" t="n">
-        <v>5132733.0</v>
+        <v>952340.0</v>
       </c>
       <c r="C311" s="14" t="n">
-        <v>4519651.0</v>
+        <v>972432.0</v>
       </c>
       <c r="D311" s="14" t="n">
-        <v>4115757.0</v>
+        <v>929471.0</v>
       </c>
       <c r="E311" s="14" t="n">
-        <v>4767488.0</v>
+        <v>935967.0</v>
       </c>
       <c r="F311" s="14" t="n">
-        <v>4662814.0</v>
+        <v>826564.0</v>
       </c>
       <c r="G311" s="14" t="n">
-        <v>4556975.0</v>
+        <v>903518.0</v>
       </c>
       <c r="H311" s="14" t="n">
-        <v>4349422.0</v>
+        <v>1013168.0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B312" s="14" t="n">
-        <v>5073116.0</v>
+        <v>1041561.0</v>
       </c>
       <c r="C312" s="14" t="n">
-        <v>4442369.0</v>
+        <v>1056366.0</v>
       </c>
       <c r="D312" s="14" t="n">
-        <v>4057992.0</v>
+        <v>1019285.0</v>
       </c>
       <c r="E312" s="14" t="n">
-        <v>4657550.0</v>
+        <v>1035258.0</v>
       </c>
       <c r="F312" s="14" t="n">
-        <v>4588656.0</v>
+        <v>873873.0</v>
       </c>
       <c r="G312" s="14" t="n">
-        <v>4457636.0</v>
+        <v>974548.0</v>
       </c>
       <c r="H312" s="14" t="n">
-        <v>4279039.0</v>
+        <v>1094186.0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B313" s="14" t="n">
-        <v>6349835.0</v>
+        <v>1329583.0</v>
       </c>
       <c r="C313" s="14" t="n">
-        <v>5637788.0</v>
+        <v>1337673.0</v>
       </c>
       <c r="D313" s="14" t="n">
-        <v>5192226.0</v>
+        <v>1304564.0</v>
       </c>
       <c r="E313" s="14" t="n">
-        <v>5731716.0</v>
+        <v>1341079.0</v>
       </c>
       <c r="F313" s="14" t="n">
-        <v>5614782.0</v>
+        <v>1176500.0</v>
       </c>
       <c r="G313" s="14" t="n">
-        <v>5459589.0</v>
+        <v>1301009.0</v>
       </c>
       <c r="H313" s="14" t="n">
-        <v>5275738.0</v>
+        <v>1425384.0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="6" t="inlineStr">
         <is>
-          <t>18 Ceuta</t>
+          <t>Melilla</t>
         </is>
       </c>
       <c r="B314" s="6"/>
       <c r="C314" s="6"/>
       <c r="D314" s="6"/>
       <c r="E314" s="6"/>
       <c r="F314" s="6"/>
       <c r="G314" s="6"/>
       <c r="H314" s="6"/>
     </row>
     <row r="315">
       <c r="A315" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B315" s="14" t="n">
-        <v>138239.0</v>
+        <v>130110.0</v>
       </c>
       <c r="C315" s="14" t="n">
-        <v>128875.0</v>
+        <v>129861.0</v>
       </c>
       <c r="D315" s="14" t="n">
-        <v>129626.0</v>
+        <v>132183.0</v>
       </c>
       <c r="E315" s="14" t="n">
-        <v>124043.0</v>
+        <v>128498.0</v>
       </c>
       <c r="F315" s="14" t="n">
-        <v>127470.0</v>
+        <v>141513.0</v>
       </c>
       <c r="G315" s="14" t="n">
-        <v>126124.0</v>
+        <v>131046.0</v>
       </c>
       <c r="H315" s="14" t="n">
-        <v>122550.0</v>
+        <v>139586.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B316" s="14" t="n">
-        <v>36277.0</v>
+        <v>35768.0</v>
       </c>
       <c r="C316" s="14" t="n">
-        <v>34133.0</v>
+        <v>37364.0</v>
       </c>
       <c r="D316" s="14" t="n">
-        <v>33754.0</v>
+        <v>35898.0</v>
       </c>
       <c r="E316" s="14" t="n">
-        <v>37459.0</v>
+        <v>34586.0</v>
       </c>
       <c r="F316" s="14" t="n">
-        <v>34179.0</v>
+        <v>37538.0</v>
       </c>
       <c r="G316" s="14" t="n">
-        <v>34571.0</v>
+        <v>35800.0</v>
       </c>
       <c r="H316" s="14" t="n">
-        <v>36589.0</v>
+        <v>34276.0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B317" s="14" t="n">
-        <v>53026.0</v>
+        <v>58776.0</v>
       </c>
       <c r="C317" s="14" t="n">
-        <v>46522.0</v>
+        <v>57540.0</v>
       </c>
       <c r="D317" s="14" t="n">
-        <v>40274.0</v>
+        <v>52744.0</v>
       </c>
       <c r="E317" s="14" t="n">
-        <v>52707.0</v>
+        <v>50142.0</v>
       </c>
       <c r="F317" s="14" t="n">
-        <v>54242.0</v>
+        <v>38654.0</v>
       </c>
       <c r="G317" s="14" t="n">
-        <v>57507.0</v>
+        <v>48735.0</v>
       </c>
       <c r="H317" s="14" t="n">
-        <v>56968.0</v>
+        <v>53302.0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B318" s="14" t="n">
-        <v>230906.0</v>
+        <v>195211.0</v>
       </c>
       <c r="C318" s="14" t="n">
-        <v>220265.0</v>
+        <v>198983.0</v>
       </c>
       <c r="D318" s="14" t="n">
-        <v>204402.0</v>
+        <v>200573.0</v>
       </c>
       <c r="E318" s="14" t="n">
-        <v>203175.0</v>
+        <v>205637.0</v>
       </c>
       <c r="F318" s="14" t="n">
-        <v>203090.0</v>
+        <v>201397.0</v>
       </c>
       <c r="G318" s="14" t="n">
-        <v>200374.0</v>
+        <v>211984.0</v>
       </c>
       <c r="H318" s="14" t="n">
-        <v>197804.0</v>
+        <v>222412.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B319" s="14" t="n">
-        <v>52686.0</v>
+        <v>51374.0</v>
       </c>
       <c r="C319" s="14" t="n">
-        <v>51163.0</v>
+        <v>53085.0</v>
       </c>
       <c r="D319" s="14" t="n">
-        <v>44733.0</v>
+        <v>56272.0</v>
       </c>
       <c r="E319" s="14" t="n">
-        <v>52437.0</v>
+        <v>54046.0</v>
       </c>
       <c r="F319" s="14" t="n">
-        <v>53539.0</v>
+        <v>48300.0</v>
       </c>
       <c r="G319" s="14" t="n">
-        <v>56407.0</v>
+        <v>48228.0</v>
       </c>
       <c r="H319" s="14" t="n">
-        <v>52143.0</v>
+        <v>49549.0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B320" s="14" t="n">
-        <v>47484.0</v>
+        <v>45720.0</v>
       </c>
       <c r="C320" s="14" t="n">
-        <v>48657.0</v>
+        <v>51935.0</v>
       </c>
       <c r="D320" s="14" t="n">
-        <v>51579.0</v>
+        <v>59574.0</v>
       </c>
       <c r="E320" s="14" t="n">
-        <v>54667.0</v>
+        <v>57863.0</v>
       </c>
       <c r="F320" s="14" t="n">
-        <v>51683.0</v>
+        <v>47994.0</v>
       </c>
       <c r="G320" s="14" t="n">
-        <v>52559.0</v>
+        <v>44938.0</v>
       </c>
       <c r="H320" s="14" t="n">
-        <v>41475.0</v>
+        <v>41313.0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B321" s="14" t="n">
-        <v>121466.0</v>
+        <v>106059.0</v>
       </c>
       <c r="C321" s="14" t="n">
-        <v>102807.0</v>
+        <v>111232.0</v>
       </c>
       <c r="D321" s="14" t="n">
-        <v>78930.0</v>
+        <v>119799.0</v>
       </c>
       <c r="E321" s="14" t="n">
-        <v>107798.0</v>
+        <v>115961.0</v>
       </c>
       <c r="F321" s="14" t="n">
-        <v>115610.0</v>
+        <v>94827.0</v>
       </c>
       <c r="G321" s="14" t="n">
-        <v>119873.0</v>
+        <v>103212.0</v>
       </c>
       <c r="H321" s="14" t="n">
-        <v>107068.0</v>
+        <v>119273.0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B322" s="14" t="n">
-        <v>36407.0</v>
+        <v>28199.0</v>
       </c>
       <c r="C322" s="14" t="n">
-        <v>33998.0</v>
+        <v>31467.0</v>
       </c>
       <c r="D322" s="14" t="n">
-        <v>32619.0</v>
+        <v>33845.0</v>
       </c>
       <c r="E322" s="14" t="n">
-        <v>32218.0</v>
+        <v>33610.0</v>
       </c>
       <c r="F322" s="14" t="n">
-        <v>33580.0</v>
+        <v>33948.0</v>
       </c>
       <c r="G322" s="14" t="n">
-        <v>31708.0</v>
+        <v>35244.0</v>
       </c>
       <c r="H322" s="14" t="n">
-        <v>29671.0</v>
+        <v>36437.0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B323" s="14" t="n">
-        <v>63573.0</v>
+        <v>46512.0</v>
       </c>
       <c r="C323" s="14" t="n">
-        <v>47443.0</v>
+        <v>52196.0</v>
       </c>
       <c r="D323" s="14" t="n">
-        <v>35581.0</v>
+        <v>57800.0</v>
       </c>
       <c r="E323" s="14" t="n">
-        <v>54463.0</v>
+        <v>60128.0</v>
       </c>
       <c r="F323" s="14" t="n">
-        <v>53981.0</v>
+        <v>39336.0</v>
       </c>
       <c r="G323" s="14" t="n">
-        <v>52324.0</v>
+        <v>47827.0</v>
       </c>
       <c r="H323" s="14" t="n">
-        <v>46009.0</v>
+        <v>64474.0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B324" s="14" t="n">
-        <v>11829.0</v>
+        <v>11429.0</v>
       </c>
       <c r="C324" s="14" t="n">
-        <v>11547.0</v>
+        <v>11843.0</v>
       </c>
       <c r="D324" s="14" t="n">
-        <v>13812.0</v>
+        <v>13121.0</v>
       </c>
       <c r="E324" s="14" t="n">
-        <v>14766.0</v>
+        <v>12519.0</v>
       </c>
       <c r="F324" s="14" t="n">
-        <v>14187.0</v>
+        <v>11755.0</v>
       </c>
       <c r="G324" s="14" t="n">
-        <v>15150.0</v>
+        <v>11058.0</v>
       </c>
       <c r="H324" s="14" t="n">
-        <v>14833.0</v>
+        <v>11008.0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B325" s="14" t="n">
-        <v>102807.0</v>
+        <v>90327.0</v>
       </c>
       <c r="C325" s="14" t="n">
-        <v>73262.0</v>
+        <v>92261.0</v>
       </c>
       <c r="D325" s="14" t="n">
-        <v>60164.0</v>
+        <v>96996.0</v>
       </c>
       <c r="E325" s="14" t="n">
-        <v>100929.0</v>
+        <v>98732.0</v>
       </c>
       <c r="F325" s="14" t="n">
-        <v>93170.0</v>
+        <v>63999.0</v>
       </c>
       <c r="G325" s="14" t="n">
-        <v>104253.0</v>
+        <v>73173.0</v>
       </c>
       <c r="H325" s="14" t="n">
-        <v>88130.0</v>
+        <v>104059.0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B326" s="14" t="n">
-        <v>47774.0</v>
+        <v>16036.0</v>
       </c>
       <c r="C326" s="14" t="n">
-        <v>41994.0</v>
+        <v>35265.0</v>
       </c>
       <c r="D326" s="14" t="n">
-        <v>42555.0</v>
+        <v>49291.0</v>
       </c>
       <c r="E326" s="14" t="n">
-        <v>39775.0</v>
+        <v>48001.0</v>
       </c>
       <c r="F326" s="14" t="n">
-        <v>35669.0</v>
+        <v>42847.0</v>
       </c>
       <c r="G326" s="14" t="n">
-        <v>47678.0</v>
+        <v>40120.0</v>
       </c>
       <c r="H326" s="14" t="n">
-        <v>61231.0</v>
+        <v>44775.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B327" s="14" t="n">
-        <v>70694.0</v>
+        <v>25631.0</v>
       </c>
       <c r="C327" s="14" t="n">
-        <v>62852.0</v>
+        <v>54663.0</v>
       </c>
       <c r="D327" s="14" t="n">
-        <v>58535.0</v>
+        <v>81631.0</v>
       </c>
       <c r="E327" s="14" t="n">
-        <v>61530.0</v>
+        <v>74256.0</v>
       </c>
       <c r="F327" s="14" t="n">
-        <v>59071.0</v>
+        <v>58938.0</v>
       </c>
       <c r="G327" s="14" t="n">
-        <v>73904.0</v>
+        <v>60048.0</v>
       </c>
       <c r="H327" s="14" t="n">
-        <v>97869.0</v>
+        <v>66255.0</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B328" s="14" t="n">
-        <v>1013168.0</v>
+        <v>841152.0</v>
       </c>
       <c r="C328" s="14" t="n">
-        <v>903518.0</v>
+        <v>917695.0</v>
       </c>
       <c r="D328" s="14" t="n">
-        <v>826564.0</v>
+        <v>989727.0</v>
       </c>
       <c r="E328" s="14" t="n">
-        <v>935967.0</v>
+        <v>973979.0</v>
       </c>
       <c r="F328" s="14" t="n">
-        <v>929471.0</v>
+        <v>861046.0</v>
       </c>
       <c r="G328" s="14" t="n">
-        <v>972432.0</v>
+        <v>891413.0</v>
       </c>
       <c r="H328" s="14" t="n">
-        <v>952340.0</v>
+        <v>986719.0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B329" s="14" t="n">
-        <v>1094186.0</v>
+        <v>928147.0</v>
       </c>
       <c r="C329" s="14" t="n">
-        <v>974548.0</v>
+        <v>995956.0</v>
       </c>
       <c r="D329" s="14" t="n">
-        <v>873873.0</v>
+        <v>1082628.0</v>
       </c>
       <c r="E329" s="14" t="n">
-        <v>1035258.0</v>
+        <v>1075381.0</v>
       </c>
       <c r="F329" s="14" t="n">
-        <v>1019285.0</v>
+        <v>910786.0</v>
       </c>
       <c r="G329" s="14" t="n">
-        <v>1056366.0</v>
+        <v>961449.0</v>
       </c>
       <c r="H329" s="14" t="n">
-        <v>1041561.0</v>
+        <v>1066578.0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B330" s="14" t="n">
-        <v>1425384.0</v>
+        <v>1216680.0</v>
       </c>
       <c r="C330" s="14" t="n">
-        <v>1301009.0</v>
+        <v>1293574.0</v>
       </c>
       <c r="D330" s="14" t="n">
-        <v>1176500.0</v>
+        <v>1386662.0</v>
       </c>
       <c r="E330" s="14" t="n">
-        <v>1341079.0</v>
+        <v>1405697.0</v>
       </c>
       <c r="F330" s="14" t="n">
-        <v>1304564.0</v>
+        <v>1235666.0</v>
       </c>
       <c r="G330" s="14" t="n">
-        <v>1337673.0</v>
+        <v>1303308.0</v>
       </c>
       <c r="H330" s="14" t="n">
-        <v>1329583.0</v>
+        <v>1412475.0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="6" t="inlineStr">
         <is>
-          <t>19 Melilla</t>
+          <t>TOTAL NACIONAL</t>
         </is>
       </c>
       <c r="B331" s="6"/>
       <c r="C331" s="6"/>
       <c r="D331" s="6"/>
       <c r="E331" s="6"/>
       <c r="F331" s="6"/>
       <c r="G331" s="6"/>
       <c r="H331" s="6"/>
     </row>
     <row r="332">
       <c r="A332" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01. Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B332" s="14" t="n">
-        <v>139586.0</v>
+        <v>8.6024E7</v>
       </c>
       <c r="C332" s="14" t="n">
-        <v>131046.0</v>
+        <v>8.7103E7</v>
       </c>
       <c r="D332" s="14" t="n">
-        <v>141513.0</v>
+        <v>9.0779E7</v>
       </c>
       <c r="E332" s="14" t="n">
-        <v>128498.0</v>
+        <v>9.2472E7</v>
       </c>
       <c r="F332" s="14" t="n">
-        <v>132183.0</v>
+        <v>9.8428E7</v>
       </c>
       <c r="G332" s="14" t="n">
-        <v>129861.0</v>
+        <v>9.7523E7</v>
       </c>
       <c r="H332" s="14" t="n">
-        <v>130110.0</v>
+        <v>1.03735E8</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02. Bebidas alcohólicas, tabaco y narcóticos</t>
         </is>
       </c>
       <c r="B333" s="14" t="n">
-        <v>34276.0</v>
+        <v>2.7915E7</v>
       </c>
       <c r="C333" s="14" t="n">
-        <v>35800.0</v>
+        <v>2.8025E7</v>
       </c>
       <c r="D333" s="14" t="n">
-        <v>37538.0</v>
+        <v>2.8179E7</v>
       </c>
       <c r="E333" s="14" t="n">
-        <v>34586.0</v>
+        <v>2.8445E7</v>
       </c>
       <c r="F333" s="14" t="n">
-        <v>35898.0</v>
+        <v>2.9392E7</v>
       </c>
       <c r="G333" s="14" t="n">
-        <v>37364.0</v>
+        <v>2.9635E7</v>
       </c>
       <c r="H333" s="14" t="n">
-        <v>35768.0</v>
+        <v>3.1304E7</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03. Artículos de vestir y calzado</t>
         </is>
       </c>
       <c r="B334" s="14" t="n">
-        <v>53302.0</v>
+        <v>2.9912E7</v>
       </c>
       <c r="C334" s="14" t="n">
-        <v>48735.0</v>
+        <v>3.0319E7</v>
       </c>
       <c r="D334" s="14" t="n">
-        <v>38654.0</v>
+        <v>2.9439E7</v>
       </c>
       <c r="E334" s="14" t="n">
-        <v>50142.0</v>
+        <v>2.9459E7</v>
       </c>
       <c r="F334" s="14" t="n">
-        <v>52744.0</v>
+        <v>1.9964E7</v>
       </c>
       <c r="G334" s="14" t="n">
-        <v>57540.0</v>
+        <v>2.3649E7</v>
       </c>
       <c r="H334" s="14" t="n">
-        <v>58776.0</v>
+        <v>2.7101E7</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04. Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B335" s="14" t="n">
-        <v>222412.0</v>
+        <v>1.55185E8</v>
       </c>
       <c r="C335" s="14" t="n">
-        <v>211984.0</v>
+        <v>1.59305E8</v>
       </c>
       <c r="D335" s="14" t="n">
-        <v>201397.0</v>
+        <v>1.6354E8</v>
       </c>
       <c r="E335" s="14" t="n">
-        <v>205637.0</v>
+        <v>1.67101E8</v>
       </c>
       <c r="F335" s="14" t="n">
-        <v>200573.0</v>
+        <v>1.64523E8</v>
       </c>
       <c r="G335" s="14" t="n">
-        <v>198983.0</v>
+        <v>1.73024E8</v>
       </c>
       <c r="H335" s="14" t="n">
-        <v>195211.0</v>
+        <v>1.82175E8</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05. Mobiliario, equipamiento del hogar y gastos corrientes de conservación de la vivienda</t>
         </is>
       </c>
       <c r="B336" s="14" t="n">
-        <v>49549.0</v>
+        <v>3.0995E7</v>
       </c>
       <c r="C336" s="14" t="n">
-        <v>48228.0</v>
+        <v>3.2282E7</v>
       </c>
       <c r="D336" s="14" t="n">
-        <v>48300.0</v>
+        <v>3.2638E7</v>
       </c>
       <c r="E336" s="14" t="n">
-        <v>54046.0</v>
+        <v>3.2197E7</v>
       </c>
       <c r="F336" s="14" t="n">
-        <v>56272.0</v>
+        <v>2.7978E7</v>
       </c>
       <c r="G336" s="14" t="n">
-        <v>53085.0</v>
+        <v>3.2496E7</v>
       </c>
       <c r="H336" s="14" t="n">
-        <v>51374.0</v>
+        <v>3.4416E7</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Salud</t>
         </is>
       </c>
       <c r="B337" s="14" t="n">
-        <v>41313.0</v>
+        <v>2.7822E7</v>
       </c>
       <c r="C337" s="14" t="n">
-        <v>44938.0</v>
+        <v>3.0012E7</v>
       </c>
       <c r="D337" s="14" t="n">
-        <v>47994.0</v>
+        <v>3.1679E7</v>
       </c>
       <c r="E337" s="14" t="n">
-        <v>57863.0</v>
+        <v>3.3024E7</v>
       </c>
       <c r="F337" s="14" t="n">
-        <v>59574.0</v>
+        <v>3.1561E7</v>
       </c>
       <c r="G337" s="14" t="n">
-        <v>51935.0</v>
+        <v>3.2389E7</v>
       </c>
       <c r="H337" s="14" t="n">
-        <v>45720.0</v>
+        <v>3.3513E7</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07. Transporte</t>
         </is>
       </c>
       <c r="B338" s="14" t="n">
-        <v>119273.0</v>
+        <v>8.0934E7</v>
       </c>
       <c r="C338" s="14" t="n">
-        <v>103212.0</v>
+        <v>8.9658E7</v>
       </c>
       <c r="D338" s="14" t="n">
-        <v>94827.0</v>
+        <v>9.374E7</v>
       </c>
       <c r="E338" s="14" t="n">
-        <v>115961.0</v>
+        <v>9.3219E7</v>
       </c>
       <c r="F338" s="14" t="n">
-        <v>119799.0</v>
+        <v>6.6355E7</v>
       </c>
       <c r="G338" s="14" t="n">
-        <v>111232.0</v>
+        <v>8.0834E7</v>
       </c>
       <c r="H338" s="14" t="n">
-        <v>106059.0</v>
+        <v>9.5478E7</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08. Información y comunicación</t>
         </is>
       </c>
       <c r="B339" s="14" t="n">
-        <v>36437.0</v>
+        <v>2.1215E7</v>
       </c>
       <c r="C339" s="14" t="n">
-        <v>35244.0</v>
+        <v>2.2054E7</v>
       </c>
       <c r="D339" s="14" t="n">
-        <v>33948.0</v>
+        <v>2.2861E7</v>
       </c>
       <c r="E339" s="14" t="n">
-        <v>33610.0</v>
+        <v>2.2592E7</v>
       </c>
       <c r="F339" s="14" t="n">
-        <v>33845.0</v>
+        <v>2.2191E7</v>
       </c>
       <c r="G339" s="14" t="n">
-        <v>31467.0</v>
+        <v>2.3519E7</v>
       </c>
       <c r="H339" s="14" t="n">
-        <v>28199.0</v>
+        <v>2.5134E7</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09. Ocio, deporte y cultura</t>
         </is>
       </c>
       <c r="B340" s="14" t="n">
-        <v>64474.0</v>
+        <v>4.5451E7</v>
       </c>
       <c r="C340" s="14" t="n">
-        <v>47827.0</v>
+        <v>4.8616E7</v>
       </c>
       <c r="D340" s="14" t="n">
-        <v>39336.0</v>
+        <v>5.0182E7</v>
       </c>
       <c r="E340" s="14" t="n">
-        <v>60128.0</v>
+        <v>5.1964E7</v>
       </c>
       <c r="F340" s="14" t="n">
-        <v>57800.0</v>
+        <v>3.0705E7</v>
       </c>
       <c r="G340" s="14" t="n">
-        <v>52196.0</v>
+        <v>4.0405E7</v>
       </c>
       <c r="H340" s="14" t="n">
-        <v>46512.0</v>
+        <v>5.757E7</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10. Servicios para la educación</t>
         </is>
       </c>
       <c r="B341" s="14" t="n">
-        <v>11008.0</v>
+        <v>1.068E7</v>
       </c>
       <c r="C341" s="14" t="n">
-        <v>11058.0</v>
+        <v>1.086E7</v>
       </c>
       <c r="D341" s="14" t="n">
-        <v>11755.0</v>
+        <v>1.0994E7</v>
       </c>
       <c r="E341" s="14" t="n">
-        <v>12519.0</v>
+        <v>1.1133E7</v>
       </c>
       <c r="F341" s="14" t="n">
-        <v>13121.0</v>
+        <v>1.0797E7</v>
       </c>
       <c r="G341" s="14" t="n">
-        <v>11843.0</v>
+        <v>9645000.0</v>
       </c>
       <c r="H341" s="14" t="n">
-        <v>11429.0</v>
+        <v>9786000.0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11. Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B342" s="14" t="n">
-        <v>104059.0</v>
+        <v>9.609E7</v>
       </c>
       <c r="C342" s="14" t="n">
-        <v>73173.0</v>
+        <v>1.04968E8</v>
       </c>
       <c r="D342" s="14" t="n">
-        <v>63999.0</v>
+        <v>1.07105E8</v>
       </c>
       <c r="E342" s="14" t="n">
-        <v>98732.0</v>
+        <v>1.10603E8</v>
       </c>
       <c r="F342" s="14" t="n">
-        <v>96996.0</v>
+        <v>5.8721E7</v>
       </c>
       <c r="G342" s="14" t="n">
-        <v>92261.0</v>
+        <v>8.2494E7</v>
       </c>
       <c r="H342" s="14" t="n">
-        <v>90327.0</v>
+        <v>1.17662E8</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12. Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B343" s="14" t="n">
-        <v>44775.0</v>
+        <v>2.8305E7</v>
       </c>
       <c r="C343" s="14" t="n">
-        <v>40120.0</v>
+        <v>2.9835E7</v>
       </c>
       <c r="D343" s="14" t="n">
-        <v>42847.0</v>
+        <v>3.3037E7</v>
       </c>
       <c r="E343" s="14" t="n">
-        <v>48001.0</v>
+        <v>3.4602E7</v>
       </c>
       <c r="F343" s="14" t="n">
-        <v>49291.0</v>
+        <v>3.5784E7</v>
       </c>
       <c r="G343" s="14" t="n">
-        <v>35265.0</v>
+        <v>3.4558E7</v>
       </c>
       <c r="H343" s="14" t="n">
-        <v>16036.0</v>
+        <v>4.1506E7</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    13. Cuidados personales, protección social y bienes y servicios varios</t>
         </is>
       </c>
       <c r="B344" s="14" t="n">
-        <v>66255.0</v>
+        <v>3.4991E7</v>
       </c>
       <c r="C344" s="14" t="n">
-        <v>60048.0</v>
+        <v>3.6719E7</v>
       </c>
       <c r="D344" s="14" t="n">
-        <v>58938.0</v>
+        <v>3.7565E7</v>
       </c>
       <c r="E344" s="14" t="n">
-        <v>74256.0</v>
+        <v>3.8265E7</v>
       </c>
       <c r="F344" s="14" t="n">
-        <v>81631.0</v>
+        <v>3.2161E7</v>
       </c>
       <c r="G344" s="14" t="n">
-        <v>54663.0</v>
+        <v>3.5706E7</v>
       </c>
       <c r="H344" s="14" t="n">
-        <v>25631.0</v>
+        <v>4.0927E7</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total gasto en consumo final de los hogares interior</t>
         </is>
       </c>
       <c r="B345" s="14" t="n">
-        <v>986719.0</v>
+        <v>6.75519E8</v>
       </c>
       <c r="C345" s="14" t="n">
-        <v>891413.0</v>
+        <v>7.09756E8</v>
       </c>
       <c r="D345" s="14" t="n">
-        <v>861046.0</v>
+        <v>7.31738E8</v>
       </c>
       <c r="E345" s="14" t="n">
-        <v>973979.0</v>
+        <v>7.45076E8</v>
       </c>
       <c r="F345" s="14" t="n">
-        <v>989727.0</v>
+        <v>6.2856E8</v>
       </c>
       <c r="G345" s="14" t="n">
-        <v>917695.0</v>
+        <v>6.95877E8</v>
       </c>
       <c r="H345" s="14" t="n">
-        <v>841152.0</v>
+        <v>8.00307E8</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.3. Gasto en consumo final de los hogares</t>
         </is>
       </c>
       <c r="B346" s="14" t="n">
-        <v>1066578.0</v>
+        <v>6.40052E8</v>
       </c>
       <c r="C346" s="14" t="n">
-        <v>961449.0</v>
+        <v>6.70455E8</v>
       </c>
       <c r="D346" s="14" t="n">
-        <v>910786.0</v>
+        <v>6.92652E8</v>
       </c>
       <c r="E346" s="14" t="n">
-        <v>1075381.0</v>
+        <v>7.06458E8</v>
       </c>
       <c r="F346" s="14" t="n">
-        <v>1082628.0</v>
+        <v>6.20683E8</v>
       </c>
       <c r="G346" s="14" t="n">
-        <v>995956.0</v>
+        <v>6.79588E8</v>
       </c>
       <c r="H346" s="14" t="n">
-        <v>928147.0</v>
+        <v>7.59001E8</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    P.4. Consumo final efectivo de los hogares</t>
         </is>
       </c>
       <c r="B347" s="14" t="n">
-        <v>1412475.0</v>
+        <v>7.75073E8</v>
       </c>
       <c r="C347" s="14" t="n">
-        <v>1303308.0</v>
+        <v>8.08965E8</v>
       </c>
       <c r="D347" s="14" t="n">
-        <v>1235666.0</v>
+        <v>8.3603E8</v>
       </c>
       <c r="E347" s="14" t="n">
-        <v>1405697.0</v>
+        <v>8.58434E8</v>
       </c>
       <c r="F347" s="14" t="n">
-        <v>1386662.0</v>
+        <v>7.812E8</v>
       </c>
       <c r="G347" s="14" t="n">
-        <v>1293574.0</v>
+        <v>8.50832E8</v>
       </c>
       <c r="H347" s="14" t="n">
-        <v>1216680.0</v>
+        <v>9.39647E8</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t xml:space="preserve">1) COICOP= Clasification of Individual Consumption by Purpose     </t>
+          <t xml:space="preserve">COICOP= Clasification of Individual Consumption by Purpose     </t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t xml:space="preserve">    </t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
           <t xml:space="preserve"> Los datos de España se corresponden con la suma de los valores de  todas las Comunidades Autónomas más los relativos al territorio  extra-regional</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="356">