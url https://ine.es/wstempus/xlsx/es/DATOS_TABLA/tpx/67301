--- v0 (2025-10-23)
+++ v1 (2026-01-29)
@@ -244,79 +244,81 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W134"/>
+  <dimension ref="A1:Y134"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
+    <col min="24" max="24" width="19.53125" customWidth="true"/>
+    <col min="25" max="25" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cuentas nacionales: principales indicadores sobre los hogares</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Contabilidad Regional de España</t>
         </is>
       </c>
@@ -385,8087 +387,8737 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2021 (P)</t>
+          <t>2023 (P)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="E7" s="6" t="inlineStr">
+        <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="S7" s="6" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="R7" s="6" t="inlineStr">
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
-      <c r="S7" s="6" t="inlineStr">
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="W7" s="6" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
-      <c r="V7" s="6" t="inlineStr">
+      <c r="X7" s="6" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
-      <c r="W7" s="6" t="inlineStr">
+      <c r="Y7" s="6" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>Total Nacional</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
+      <c r="X8" s="6"/>
+      <c r="Y8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>3.1667418E7</v>
+        <v>2.42068E8</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>2.8842053E7</v>
+        <v>2.27608E8</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>3.1695397E7</v>
+        <v>2.11975E8</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>3.1572193E7</v>
+        <v>1.95652E8</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>3.0563005E7</v>
+        <v>2.1614E8</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>2.9338209E7</v>
+        <v>2.14235E8</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>2.8654764E7</v>
+        <v>2.09227E8</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>2.7524684E7</v>
+        <v>2.02034E8</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>2.7854384E7</v>
+        <v>1.95079E8</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>2.76541E7</v>
+        <v>1.88629E8</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>2.8054686E7</v>
+        <v>1.90403E8</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>2.6782388E7</v>
+        <v>1.9034E8</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>2.648166E7</v>
+        <v>1.94013E8</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>2.8660097E7</v>
+        <v>1.83509E8</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>3.1551958E7</v>
+        <v>1.78276E8</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>3.1034382E7</v>
+        <v>1.9056E8</v>
       </c>
       <c r="R9" s="14" t="n">
-        <v>2.9285884E7</v>
+        <v>2.06573E8</v>
       </c>
       <c r="S9" s="14" t="n">
-        <v>2.7624638E7</v>
+        <v>2.03486E8</v>
       </c>
       <c r="T9" s="14" t="n">
-        <v>2.5718713E7</v>
+        <v>1.89193E8</v>
       </c>
       <c r="U9" s="14" t="n">
-        <v>2.3410969E7</v>
+        <v>1.78043E8</v>
       </c>
       <c r="V9" s="14" t="n">
-        <v>2.1686615E7</v>
+        <v>1.66998E8</v>
       </c>
       <c r="W9" s="14" t="n">
-        <v>1.953184E7</v>
+        <v>1.54353E8</v>
+      </c>
+      <c r="X9" s="14" t="n">
+        <v>1.41308E8</v>
+      </c>
+      <c r="Y9" s="14" t="n">
+        <v>1.2648E8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>8.1134974E7</v>
+        <v>7.16316E8</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>7.532671E7</v>
+        <v>6.59911E8</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>7.7891615E7</v>
+        <v>6.07322E8</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>7.3120017E7</v>
+        <v>5.64228E8</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>6.9235211E7</v>
+        <v>5.88298E8</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>6.6320099E7</v>
+        <v>5.53097E8</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>6.5140947E7</v>
+        <v>5.30477E8</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>6.2552459E7</v>
+        <v>5.10128E8</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>6.1664182E7</v>
+        <v>4.99098E8</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>6.3673941E7</v>
+        <v>4.78355E8</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>6.9062995E7</v>
+        <v>4.7217E8</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>7.0547619E7</v>
+        <v>4.85265E8</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>7.1727199E7</v>
+        <v>5.16615E8</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>7.3715353E7</v>
+        <v>5.29664E8</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>6.9032057E7</v>
+        <v>5.32347E8</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>6.3675717E7</v>
+        <v>5.45966E8</v>
       </c>
       <c r="R10" s="14" t="n">
-        <v>5.7983E7</v>
+        <v>5.09674E8</v>
       </c>
       <c r="S10" s="14" t="n">
-        <v>5.3463849E7</v>
+        <v>4.72346E8</v>
       </c>
       <c r="T10" s="14" t="n">
-        <v>4.9678269E7</v>
+        <v>4.35771E8</v>
       </c>
       <c r="U10" s="14" t="n">
-        <v>4.6296125E7</v>
+        <v>4.05923E8</v>
       </c>
       <c r="V10" s="14" t="n">
-        <v>4.327416E7</v>
+        <v>3.80331E8</v>
       </c>
       <c r="W10" s="14" t="n">
-        <v>4.0369302E7</v>
+        <v>3.58872E8</v>
+      </c>
+      <c r="X10" s="14" t="n">
+        <v>3.37037E8</v>
+      </c>
+      <c r="Y10" s="14" t="n">
+        <v>3.16194E8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>3927442.0</v>
+        <v>8.4095E7</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>4126168.0</v>
+        <v>4.6275E7</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>4719667.0</v>
+        <v>3.7894E7</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>4387586.0</v>
+        <v>4.1349E7</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>4258737.0</v>
+        <v>5.0456E7</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>4224387.0</v>
+        <v>4.509E7</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>4219214.0</v>
+        <v>4.588E7</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>4575507.0</v>
+        <v>4.3921E7</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>4874749.0</v>
+        <v>4.1549E7</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>4550172.0</v>
+        <v>4.4194E7</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>5688339.0</v>
+        <v>4.4513E7</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>5052370.0</v>
+        <v>4.2434E7</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>5423811.0</v>
+        <v>5.5517E7</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>8522120.0</v>
+        <v>4.7472E7</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>7629326.0</v>
+        <v>5.1535E7</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>5751722.0</v>
+        <v>8.0599E7</v>
       </c>
       <c r="R11" s="14" t="n">
-        <v>5216355.0</v>
+        <v>7.2044E7</v>
       </c>
       <c r="S11" s="14" t="n">
-        <v>4553573.0</v>
+        <v>5.505E7</v>
       </c>
       <c r="T11" s="14" t="n">
-        <v>4438850.0</v>
+        <v>4.9306E7</v>
       </c>
       <c r="U11" s="14" t="n">
-        <v>4342439.0</v>
+        <v>4.3164E7</v>
       </c>
       <c r="V11" s="14" t="n">
-        <v>4963703.0</v>
+        <v>4.2022E7</v>
       </c>
       <c r="W11" s="14" t="n">
-        <v>4098983.0</v>
+        <v>4.0328E7</v>
+      </c>
+      <c r="X11" s="14" t="n">
+        <v>4.7265E7</v>
+      </c>
+      <c r="Y11" s="14" t="n">
+        <v>3.975E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>522616.0</v>
+        <v>2.3199E7</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>613055.0</v>
+        <v>7013000.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>828567.0</v>
+        <v>3492000.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>738423.0</v>
+        <v>4153000.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>826911.0</v>
+        <v>5695000.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>1038306.0</v>
+        <v>4826000.0</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>1200742.0</v>
+        <v>5454000.0</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>2038343.0</v>
+        <v>6671000.0</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>2579224.0</v>
+        <v>7435000.0</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>3153363.0</v>
+        <v>1.2156E7</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>3543077.0</v>
+        <v>1.5294E7</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>2976026.0</v>
+        <v>1.9521E7</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>3358253.0</v>
+        <v>2.2174E7</v>
       </c>
       <c r="O12" s="14" t="n">
-        <v>6715881.0</v>
+        <v>1.8627E7</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>5703458.0</v>
+        <v>2.0942E7</v>
       </c>
       <c r="Q12" s="14" t="n">
-        <v>3603519.0</v>
+        <v>4.1159E7</v>
       </c>
       <c r="R12" s="14" t="n">
-        <v>2285541.0</v>
+        <v>3.5499E7</v>
       </c>
       <c r="S12" s="14" t="n">
-        <v>1675615.0</v>
+        <v>2.3504E7</v>
       </c>
       <c r="T12" s="14" t="n">
-        <v>1654681.0</v>
+        <v>1.5695E7</v>
       </c>
       <c r="U12" s="14" t="n">
-        <v>1724009.0</v>
+        <v>1.2024E7</v>
       </c>
       <c r="V12" s="14" t="n">
-        <v>1868395.0</v>
+        <v>1.2E7</v>
       </c>
       <c r="W12" s="14" t="n">
-        <v>1550700.0</v>
+        <v>1.2675E7</v>
+      </c>
+      <c r="X12" s="14" t="n">
+        <v>1.4107E7</v>
+      </c>
+      <c r="Y12" s="14" t="n">
+        <v>1.2229E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>1.16207218E8</v>
+        <v>1.01928E9</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>1.07681876E8</v>
+        <v>9.26781E8</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>1.13478112E8</v>
+        <v>8.53699E8</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>1.08341373E8</v>
+        <v>7.97076E8</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>1.03230042E8</v>
+        <v>8.49199E8</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>9.8844389E7</v>
+        <v>8.07596E8</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>9.6814183E7</v>
+        <v>7.8013E8</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>9.2614307E7</v>
+        <v>7.49412E8</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>9.1814091E7</v>
+        <v>7.28291E8</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>9.272485E7</v>
+        <v>6.99022E8</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>9.9262943E7</v>
+        <v>6.91792E8</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>9.9406351E7</v>
+        <v>6.98518E8</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>1.00274417E8</v>
+        <v>7.43971E8</v>
       </c>
       <c r="O13" s="14" t="n">
-        <v>1.04181689E8</v>
+        <v>7.42018E8</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>1.02509883E8</v>
+        <v>7.41216E8</v>
       </c>
       <c r="Q13" s="14" t="n">
-        <v>9.6858302E7</v>
+        <v>7.75966E8</v>
       </c>
       <c r="R13" s="14" t="n">
-        <v>9.0199698E7</v>
+        <v>7.52792E8</v>
       </c>
       <c r="S13" s="14" t="n">
-        <v>8.3966445E7</v>
+        <v>7.07378E8</v>
       </c>
       <c r="T13" s="14" t="n">
-        <v>7.8181151E7</v>
+        <v>6.58575E8</v>
       </c>
       <c r="U13" s="14" t="n">
-        <v>7.2325524E7</v>
+        <v>6.15106E8</v>
       </c>
       <c r="V13" s="14" t="n">
-        <v>6.8056083E7</v>
+        <v>5.77351E8</v>
       </c>
       <c r="W13" s="14" t="n">
-        <v>6.2449425E7</v>
+        <v>5.40878E8</v>
+      </c>
+      <c r="X13" s="14" t="n">
+        <v>5.11503E8</v>
+      </c>
+      <c r="Y13" s="14" t="n">
+        <v>4.70195E8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
-          <t>Aragón</t>
+          <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B14" s="6"/>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="6"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
       <c r="T14" s="6"/>
       <c r="U14" s="6"/>
       <c r="V14" s="6"/>
       <c r="W14" s="6"/>
+      <c r="X14" s="6"/>
+      <c r="Y14" s="6"/>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>6382420.0</v>
+        <v>3.6044969E7</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>5962295.0</v>
+        <v>3.3978403E7</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>6392822.0</v>
+        <v>3.2497356E7</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>6238595.0</v>
+        <v>3.030754E7</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>6136679.0</v>
+        <v>3.2674611E7</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>5950506.0</v>
+        <v>3.265699E7</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>5587552.0</v>
+        <v>3.1452042E7</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>5595576.0</v>
+        <v>3.0282676E7</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>5758676.0</v>
+        <v>2.9611363E7</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>5794557.0</v>
+        <v>2.8365932E7</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>5946970.0</v>
+        <v>2.856949E7</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>5629838.0</v>
+        <v>2.8339884E7</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>5576740.0</v>
+        <v>2.8778597E7</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>5905947.0</v>
+        <v>2.7466021E7</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>6389502.0</v>
+        <v>2.6959406E7</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>6153000.0</v>
+        <v>2.9105364E7</v>
       </c>
       <c r="R15" s="14" t="n">
-        <v>5594872.0</v>
+        <v>3.2009893E7</v>
       </c>
       <c r="S15" s="14" t="n">
-        <v>5308978.0</v>
+        <v>3.137024E7</v>
       </c>
       <c r="T15" s="14" t="n">
-        <v>5065426.0</v>
+        <v>2.9428168E7</v>
       </c>
       <c r="U15" s="14" t="n">
-        <v>4702928.0</v>
+        <v>2.77731E7</v>
       </c>
       <c r="V15" s="14" t="n">
-        <v>4317290.0</v>
+        <v>2.5849641E7</v>
       </c>
       <c r="W15" s="14" t="n">
-        <v>3783186.0</v>
+        <v>2.3529702E7</v>
+      </c>
+      <c r="X15" s="14" t="n">
+        <v>2.1793236E7</v>
+      </c>
+      <c r="Y15" s="14" t="n">
+        <v>1.9616471E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>1.7702978E7</v>
+        <v>9.7228377E7</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>1.6772646E7</v>
+        <v>8.9870207E7</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>1.717359E7</v>
+        <v>8.2417903E7</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>1.6302685E7</v>
+        <v>7.5559289E7</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>1.5717832E7</v>
+        <v>7.872154E7</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>1.5061085E7</v>
+        <v>7.3800869E7</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>1.4735322E7</v>
+        <v>6.989418E7</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>1.4338275E7</v>
+        <v>6.6954338E7</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>1.4280863E7</v>
+        <v>6.5766417E7</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>1.4701895E7</v>
+        <v>6.2995238E7</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>1.5702551E7</v>
+        <v>6.2095683E7</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>1.6161006E7</v>
+        <v>6.409094E7</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>1.6246757E7</v>
+        <v>6.9502956E7</v>
       </c>
       <c r="O16" s="14" t="n">
-        <v>1.6811491E7</v>
+        <v>7.0896656E7</v>
       </c>
       <c r="P16" s="14" t="n">
-        <v>1.5623951E7</v>
+        <v>7.2023631E7</v>
       </c>
       <c r="Q16" s="14" t="n">
-        <v>1.4477437E7</v>
+        <v>7.3941905E7</v>
       </c>
       <c r="R16" s="14" t="n">
-        <v>1.3465275E7</v>
+        <v>6.9197785E7</v>
       </c>
       <c r="S16" s="14" t="n">
-        <v>1.2587359E7</v>
+        <v>6.3817E7</v>
       </c>
       <c r="T16" s="14" t="n">
-        <v>1.1925894E7</v>
+        <v>5.8099414E7</v>
       </c>
       <c r="U16" s="14" t="n">
-        <v>1.1319932E7</v>
+        <v>5.3558986E7</v>
       </c>
       <c r="V16" s="14" t="n">
-        <v>1.048602E7</v>
+        <v>4.9747205E7</v>
       </c>
       <c r="W16" s="14" t="n">
-        <v>1.0024487E7</v>
+        <v>4.6346482E7</v>
+      </c>
+      <c r="X16" s="14" t="n">
+        <v>4.3325399E7</v>
+      </c>
+      <c r="Y16" s="14" t="n">
+        <v>4.0411763E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>1135437.0</v>
+        <v>8230623.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>1378009.0</v>
+        <v>4677556.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>1530307.0</v>
+        <v>3879222.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>1389371.0</v>
+        <v>4033057.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>1472116.0</v>
+        <v>4618604.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>1416857.0</v>
+        <v>4261469.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>1489549.0</v>
+        <v>4182558.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>1536040.0</v>
+        <v>4150059.0</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>1529156.0</v>
+        <v>4160645.0</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>1530200.0</v>
+        <v>4565912.0</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>1899052.0</v>
+        <v>4904540.0</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>1659008.0</v>
+        <v>4611461.0</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>1903061.0</v>
+        <v>5739678.0</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>2889864.0</v>
+        <v>5112354.0</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>2580196.0</v>
+        <v>5466891.0</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>2101241.0</v>
+        <v>8557430.0</v>
       </c>
       <c r="R17" s="14" t="n">
-        <v>1815833.0</v>
+        <v>7697351.0</v>
       </c>
       <c r="S17" s="14" t="n">
-        <v>1615015.0</v>
+        <v>5819633.0</v>
       </c>
       <c r="T17" s="14" t="n">
-        <v>1594461.0</v>
+        <v>5287127.0</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>1554369.0</v>
+        <v>4622464.0</v>
       </c>
       <c r="V17" s="14" t="n">
-        <v>1752891.0</v>
+        <v>4505894.0</v>
       </c>
       <c r="W17" s="14" t="n">
-        <v>1519920.0</v>
+        <v>4404024.0</v>
+      </c>
+      <c r="X17" s="14" t="n">
+        <v>5021508.0</v>
+      </c>
+      <c r="Y17" s="14" t="n">
+        <v>4155913.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>159937.0</v>
+        <v>3833332.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>173926.0</v>
+        <v>1082640.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>211735.0</v>
+        <v>497815.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>203630.0</v>
+        <v>602072.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>221898.0</v>
+        <v>846384.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>258726.0</v>
+        <v>705969.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>278768.0</v>
+        <v>810778.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>408516.0</v>
+        <v>1019452.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>493220.0</v>
+        <v>1176337.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>588825.0</v>
+        <v>1997706.0</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>661590.0</v>
+        <v>2549882.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>567264.0</v>
+        <v>3213819.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>650174.0</v>
+        <v>3609781.0</v>
       </c>
       <c r="O18" s="14" t="n">
-        <v>1189548.0</v>
+        <v>3030669.0</v>
       </c>
       <c r="P18" s="14" t="n">
-        <v>990817.0</v>
+        <v>3401429.0</v>
       </c>
       <c r="Q18" s="14" t="n">
-        <v>657608.0</v>
+        <v>6751279.0</v>
       </c>
       <c r="R18" s="14" t="n">
-        <v>452525.0</v>
+        <v>5783864.0</v>
       </c>
       <c r="S18" s="14" t="n">
-        <v>364681.0</v>
+        <v>3668012.0</v>
       </c>
       <c r="T18" s="14" t="n">
-        <v>367772.0</v>
+        <v>2342824.0</v>
       </c>
       <c r="U18" s="14" t="n">
-        <v>392338.0</v>
+        <v>1732464.0</v>
       </c>
       <c r="V18" s="14" t="n">
-        <v>431111.0</v>
+        <v>1710535.0</v>
       </c>
       <c r="W18" s="14" t="n">
-        <v>377193.0</v>
+        <v>1779413.0</v>
+      </c>
+      <c r="X18" s="14" t="n">
+        <v>1923389.0</v>
+      </c>
+      <c r="Y18" s="14" t="n">
+        <v>1603831.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>2.5060898E7</v>
+        <v>1.37670637E8</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>2.3939024E7</v>
+        <v>1.27443526E8</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>2.4884984E7</v>
+        <v>1.18296666E8</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>2.3727021E7</v>
+        <v>1.09297814E8</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>2.3104729E7</v>
+        <v>1.15168371E8</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>2.2169722E7</v>
+        <v>1.10013359E8</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>2.1533655E7</v>
+        <v>1.04718002E8</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>2.1061375E7</v>
+        <v>1.00367621E8</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>2.1075475E7</v>
+        <v>9.8362088E7</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>2.1437827E7</v>
+        <v>9.3929376E7</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>2.2886983E7</v>
+        <v>9.3019831E7</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>2.2882588E7</v>
+        <v>9.3828466E7</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>2.3076384E7</v>
+        <v>1.0041145E8</v>
       </c>
       <c r="O19" s="14" t="n">
-        <v>2.4417754E7</v>
+        <v>1.00444362E8</v>
       </c>
       <c r="P19" s="14" t="n">
-        <v>2.3602832E7</v>
+        <v>1.01048499E8</v>
       </c>
       <c r="Q19" s="14" t="n">
-        <v>2.207407E7</v>
+        <v>1.0485342E8</v>
       </c>
       <c r="R19" s="14" t="n">
-        <v>2.0423455E7</v>
+        <v>1.03121165E8</v>
       </c>
       <c r="S19" s="14" t="n">
-        <v>1.9146671E7</v>
+        <v>9.7338861E7</v>
       </c>
       <c r="T19" s="14" t="n">
-        <v>1.8218009E7</v>
+        <v>9.0471885E7</v>
       </c>
       <c r="U19" s="14" t="n">
-        <v>1.7184891E7</v>
+        <v>8.4222086E7</v>
       </c>
       <c r="V19" s="14" t="n">
-        <v>1.612509E7</v>
+        <v>7.8392205E7</v>
       </c>
       <c r="W19" s="14" t="n">
-        <v>1.49504E7</v>
+        <v>7.2500795E7</v>
+      </c>
+      <c r="X19" s="14" t="n">
+        <v>6.8216754E7</v>
+      </c>
+      <c r="Y19" s="14" t="n">
+        <v>6.2580316E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t>Asturias, Principado de</t>
+          <t>02 Aragón</t>
         </is>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
       <c r="T20" s="6"/>
       <c r="U20" s="6"/>
       <c r="V20" s="6"/>
       <c r="W20" s="6"/>
+      <c r="X20" s="6"/>
+      <c r="Y20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>4123014.0</v>
+        <v>7844856.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>3740491.0</v>
+        <v>7469366.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>4164642.0</v>
+        <v>6727852.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>4161383.0</v>
+        <v>6258945.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>4056619.0</v>
+        <v>6577056.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>3821489.0</v>
+        <v>6447163.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>3779299.0</v>
+        <v>6307971.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>3676038.0</v>
+        <v>6136844.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>3748289.0</v>
+        <v>5773983.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>3823698.0</v>
+        <v>5764654.0</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>3967764.0</v>
+        <v>5902763.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>3708922.0</v>
+        <v>5933825.0</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>3548075.0</v>
+        <v>6094826.0</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>3892091.0</v>
+        <v>5770515.0</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>4150504.0</v>
+        <v>5681630.0</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>4141164.0</v>
+        <v>6003358.0</v>
       </c>
       <c r="R21" s="14" t="n">
-        <v>3866948.0</v>
+        <v>6488486.0</v>
       </c>
       <c r="S21" s="14" t="n">
-        <v>3629363.0</v>
+        <v>6224812.0</v>
       </c>
       <c r="T21" s="14" t="n">
-        <v>3407349.0</v>
+        <v>5624339.0</v>
       </c>
       <c r="U21" s="14" t="n">
-        <v>3306200.0</v>
+        <v>5340342.0</v>
       </c>
       <c r="V21" s="14" t="n">
-        <v>3007441.0</v>
+        <v>5093918.0</v>
       </c>
       <c r="W21" s="14" t="n">
-        <v>2701555.0</v>
+        <v>4729482.0</v>
+      </c>
+      <c r="X21" s="14" t="n">
+        <v>4340847.0</v>
+      </c>
+      <c r="Y21" s="14" t="n">
+        <v>3801938.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>1.1367113E7</v>
+        <v>2.0713046E7</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>1.0686873E7</v>
+        <v>1.9161566E7</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>1.1115255E7</v>
+        <v>1.7783965E7</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>1.0622878E7</v>
+        <v>1.6824433E7</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>1.0384164E7</v>
+        <v>1.7356572E7</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>1.0052124E7</v>
+        <v>1.6454486E7</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>9996184.0</v>
+        <v>1.5867432E7</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>9753065.0</v>
+        <v>1.5205119E7</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>9757570.0</v>
+        <v>1.4876808E7</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>1.0174452E7</v>
+        <v>1.4439769E7</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>1.0954002E7</v>
+        <v>1.4380795E7</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>1.124849E7</v>
+        <v>1.4798177E7</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>1.1256484E7</v>
+        <v>1.5802583E7</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>1.1712122E7</v>
+        <v>1.6240963E7</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>1.096401E7</v>
+        <v>1.6313901E7</v>
       </c>
       <c r="Q22" s="14" t="n">
-        <v>1.0189175E7</v>
+        <v>1.6863158E7</v>
       </c>
       <c r="R22" s="14" t="n">
-        <v>9391013.0</v>
+        <v>1.566146E7</v>
       </c>
       <c r="S22" s="14" t="n">
-        <v>8713484.0</v>
+        <v>1.4509559E7</v>
       </c>
       <c r="T22" s="14" t="n">
-        <v>8299111.0</v>
+        <v>1.3492309E7</v>
       </c>
       <c r="U22" s="14" t="n">
-        <v>7808400.0</v>
+        <v>1.2609758E7</v>
       </c>
       <c r="V22" s="14" t="n">
-        <v>7384248.0</v>
+        <v>1.1942443E7</v>
       </c>
       <c r="W22" s="14" t="n">
-        <v>6932564.0</v>
+        <v>1.1332245E7</v>
+      </c>
+      <c r="X22" s="14" t="n">
+        <v>1.0498436E7</v>
+      </c>
+      <c r="Y22" s="14" t="n">
+        <v>1.0035031E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>649588.0</v>
+        <v>2434466.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>681075.0</v>
+        <v>1406410.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>849067.0</v>
+        <v>1178839.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>819431.0</v>
+        <v>1405030.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>848131.0</v>
+        <v>1556746.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>813574.0</v>
+        <v>1405519.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>871115.0</v>
+        <v>1506452.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>973168.0</v>
+        <v>1442105.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>971355.0</v>
+        <v>1521850.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>895911.0</v>
+        <v>1585730.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>1211065.0</v>
+        <v>1590339.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>1017132.0</v>
+        <v>1582341.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>1155086.0</v>
+        <v>1942164.0</v>
       </c>
       <c r="O23" s="14" t="n">
-        <v>1851752.0</v>
+        <v>1700121.0</v>
       </c>
       <c r="P23" s="14" t="n">
-        <v>1665120.0</v>
+        <v>1934690.0</v>
       </c>
       <c r="Q23" s="14" t="n">
-        <v>1281660.0</v>
+        <v>2911747.0</v>
       </c>
       <c r="R23" s="14" t="n">
-        <v>1109909.0</v>
+        <v>2630267.0</v>
       </c>
       <c r="S23" s="14" t="n">
-        <v>1000542.0</v>
+        <v>2151763.0</v>
       </c>
       <c r="T23" s="14" t="n">
-        <v>982035.0</v>
+        <v>1867404.0</v>
       </c>
       <c r="U23" s="14" t="n">
-        <v>960590.0</v>
+        <v>1666875.0</v>
       </c>
       <c r="V23" s="14" t="n">
-        <v>1185929.0</v>
+        <v>1644889.0</v>
       </c>
       <c r="W23" s="14" t="n">
-        <v>984791.0</v>
+        <v>1601246.0</v>
+      </c>
+      <c r="X23" s="14" t="n">
+        <v>1798098.0</v>
+      </c>
+      <c r="Y23" s="14" t="n">
+        <v>1564437.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>47792.0</v>
+        <v>633996.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>56482.0</v>
+        <v>289817.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>76215.0</v>
+        <v>209769.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>71039.0</v>
+        <v>224356.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>84488.0</v>
+        <v>270237.0</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>108708.0</v>
+        <v>253409.0</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>122050.0</v>
+        <v>271109.0</v>
       </c>
       <c r="I24" s="14" t="n">
-        <v>197118.0</v>
+        <v>305553.0</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>242609.0</v>
+        <v>323577.0</v>
       </c>
       <c r="K24" s="14" t="n">
-        <v>309226.0</v>
+        <v>450303.0</v>
       </c>
       <c r="L24" s="14" t="n">
-        <v>358285.0</v>
+        <v>536251.0</v>
       </c>
       <c r="M24" s="14" t="n">
-        <v>297404.0</v>
+        <v>645265.0</v>
       </c>
       <c r="N24" s="14" t="n">
-        <v>348753.0</v>
+        <v>712845.0</v>
       </c>
       <c r="O24" s="14" t="n">
-        <v>690006.0</v>
+        <v>610145.0</v>
       </c>
       <c r="P24" s="14" t="n">
-        <v>581105.0</v>
+        <v>684237.0</v>
       </c>
       <c r="Q24" s="14" t="n">
-        <v>391772.0</v>
+        <v>1212694.0</v>
       </c>
       <c r="R24" s="14" t="n">
-        <v>258809.0</v>
+        <v>1042687.0</v>
       </c>
       <c r="S24" s="14" t="n">
-        <v>224008.0</v>
+        <v>702064.0</v>
       </c>
       <c r="T24" s="14" t="n">
-        <v>245872.0</v>
+        <v>494752.0</v>
       </c>
       <c r="U24" s="14" t="n">
-        <v>285482.0</v>
+        <v>407571.0</v>
       </c>
       <c r="V24" s="14" t="n">
-        <v>317847.0</v>
+        <v>409739.0</v>
       </c>
       <c r="W24" s="14" t="n">
-        <v>273312.0</v>
+        <v>433659.0</v>
+      </c>
+      <c r="X24" s="14" t="n">
+        <v>471795.0</v>
+      </c>
+      <c r="Y24" s="14" t="n">
+        <v>416893.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>1.6091923E7</v>
+        <v>3.0358372E7</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>1.5051957E7</v>
+        <v>2.7747525E7</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>1.6052749E7</v>
+        <v>2.5480887E7</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>1.5532653E7</v>
+        <v>2.4264052E7</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>1.5204426E7</v>
+        <v>2.5220137E7</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>1.4578479E7</v>
+        <v>2.4053759E7</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>1.4524548E7</v>
+        <v>2.3410746E7</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>1.4205153E7</v>
+        <v>2.2478515E7</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>1.4234605E7</v>
+        <v>2.1849064E7</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>1.4584835E7</v>
+        <v>2.133985E7</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>1.5774546E7</v>
+        <v>2.1337646E7</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>1.567714E7</v>
+        <v>2.1669078E7</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>1.5610892E7</v>
+        <v>2.3126728E7</v>
       </c>
       <c r="O25" s="14" t="n">
-        <v>1.6765959E7</v>
+        <v>2.3101454E7</v>
       </c>
       <c r="P25" s="14" t="n">
-        <v>1.6198529E7</v>
+        <v>2.3245984E7</v>
       </c>
       <c r="Q25" s="14" t="n">
-        <v>1.5220227E7</v>
+        <v>2.4565569E7</v>
       </c>
       <c r="R25" s="14" t="n">
-        <v>1.4109061E7</v>
+        <v>2.3737526E7</v>
       </c>
       <c r="S25" s="14" t="n">
-        <v>1.3119381E7</v>
+        <v>2.218407E7</v>
       </c>
       <c r="T25" s="14" t="n">
-        <v>1.2442623E7</v>
+        <v>2.04893E7</v>
       </c>
       <c r="U25" s="14" t="n">
-        <v>1.1789708E7</v>
+        <v>1.9209404E7</v>
       </c>
       <c r="V25" s="14" t="n">
-        <v>1.1259771E7</v>
+        <v>1.8271511E7</v>
       </c>
       <c r="W25" s="14" t="n">
-        <v>1.0345598E7</v>
+        <v>1.7229314E7</v>
+      </c>
+      <c r="X25" s="14" t="n">
+        <v>1.6165586E7</v>
+      </c>
+      <c r="Y25" s="14" t="n">
+        <v>1.4984513E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
-          <t>Balears, Illes</t>
+          <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="6"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
       <c r="T26" s="6"/>
       <c r="U26" s="6"/>
       <c r="V26" s="6"/>
       <c r="W26" s="6"/>
+      <c r="X26" s="6"/>
+      <c r="Y26" s="6"/>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>7015208.0</v>
+        <v>5138093.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>5846682.0</v>
+        <v>4980678.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>7555976.0</v>
+        <v>4311730.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>7292310.0</v>
+        <v>3839931.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>7000852.0</v>
+        <v>4195046.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>6741024.0</v>
+        <v>4216963.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>6193125.0</v>
+        <v>4094387.0</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>5930828.0</v>
+        <v>3875208.0</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>5839742.0</v>
+        <v>3841989.0</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>5791349.0</v>
+        <v>3731548.0</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>5708930.0</v>
+        <v>3790620.0</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>5355651.0</v>
+        <v>3866444.0</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>5369312.0</v>
+        <v>4018516.0</v>
       </c>
       <c r="O27" s="14" t="n">
-        <v>5821649.0</v>
+        <v>3758913.0</v>
       </c>
       <c r="P27" s="14" t="n">
-        <v>6169697.0</v>
+        <v>3618259.0</v>
       </c>
       <c r="Q27" s="14" t="n">
-        <v>6077754.0</v>
+        <v>3958495.0</v>
       </c>
       <c r="R27" s="14" t="n">
-        <v>5598811.0</v>
+        <v>4217899.0</v>
       </c>
       <c r="S27" s="14" t="n">
-        <v>5353920.0</v>
+        <v>4190751.0</v>
       </c>
       <c r="T27" s="14" t="n">
-        <v>5160717.0</v>
+        <v>3887395.0</v>
       </c>
       <c r="U27" s="14" t="n">
-        <v>4967647.0</v>
+        <v>3650937.0</v>
       </c>
       <c r="V27" s="14" t="n">
-        <v>4672269.0</v>
+        <v>3426864.0</v>
       </c>
       <c r="W27" s="14" t="n">
-        <v>4245561.0</v>
+        <v>3324668.0</v>
+      </c>
+      <c r="X27" s="14" t="n">
+        <v>3023950.0</v>
+      </c>
+      <c r="Y27" s="14" t="n">
+        <v>2714704.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>1.3623995E7</v>
+        <v>1.3122991E7</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>1.2687614E7</v>
+        <v>1.2127588E7</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>1.4681463E7</v>
+        <v>1.1352451E7</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>1.3888931E7</v>
+        <v>1.071987E7</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>1.31032E7</v>
+        <v>1.1233687E7</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>1.244774E7</v>
+        <v>1.0721792E7</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>1.1962213E7</v>
+        <v>1.0482999E7</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>1.1362312E7</v>
+        <v>1.0148256E7</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>1.110605E7</v>
+        <v>1.0092165E7</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>1.1347502E7</v>
+        <v>9822102.0</v>
       </c>
       <c r="L28" s="14" t="n">
-        <v>1.2112419E7</v>
+        <v>9825849.0</v>
       </c>
       <c r="M28" s="14" t="n">
-        <v>1.2341961E7</v>
+        <v>1.0241084E7</v>
       </c>
       <c r="N28" s="14" t="n">
-        <v>1.2447891E7</v>
+        <v>1.1023784E7</v>
       </c>
       <c r="O28" s="14" t="n">
-        <v>1.2909956E7</v>
+        <v>1.1304142E7</v>
       </c>
       <c r="P28" s="14" t="n">
-        <v>1.2003544E7</v>
+        <v>1.1303004E7</v>
       </c>
       <c r="Q28" s="14" t="n">
-        <v>1.1128439E7</v>
+        <v>1.1748117E7</v>
       </c>
       <c r="R28" s="14" t="n">
-        <v>1.0308529E7</v>
+        <v>1.0990332E7</v>
       </c>
       <c r="S28" s="14" t="n">
-        <v>9533133.0</v>
+        <v>1.0211783E7</v>
       </c>
       <c r="T28" s="14" t="n">
-        <v>8688299.0</v>
+        <v>9409868.0</v>
       </c>
       <c r="U28" s="14" t="n">
-        <v>8288414.0</v>
+        <v>8728989.0</v>
       </c>
       <c r="V28" s="14" t="n">
-        <v>7776196.0</v>
+        <v>8310627.0</v>
       </c>
       <c r="W28" s="14" t="n">
-        <v>7263706.0</v>
+        <v>7816893.0</v>
+      </c>
+      <c r="X28" s="14" t="n">
+        <v>7392991.0</v>
+      </c>
+      <c r="Y28" s="14" t="n">
+        <v>6939856.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>964612.0</v>
+        <v>1450107.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>979354.0</v>
+        <v>770066.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>1468753.0</v>
+        <v>641022.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>1319019.0</v>
+        <v>663906.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>1287597.0</v>
+        <v>830286.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>1192221.0</v>
+        <v>794934.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>1072523.0</v>
+        <v>834755.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>1042029.0</v>
+        <v>797287.0</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>1019573.0</v>
+        <v>859398.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>956545.0</v>
+        <v>972337.0</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>1222657.0</v>
+        <v>978445.0</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>1063820.0</v>
+        <v>901549.0</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>1122313.0</v>
+        <v>1215870.0</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>1791496.0</v>
+        <v>1025399.0</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>1643688.0</v>
+        <v>1162175.0</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>1252346.0</v>
+        <v>1858313.0</v>
       </c>
       <c r="R29" s="14" t="n">
-        <v>1119686.0</v>
+        <v>1672035.0</v>
       </c>
       <c r="S29" s="14" t="n">
-        <v>974789.0</v>
+        <v>1288866.0</v>
       </c>
       <c r="T29" s="14" t="n">
-        <v>947577.0</v>
+        <v>1117804.0</v>
       </c>
       <c r="U29" s="14" t="n">
-        <v>949102.0</v>
+        <v>1007933.0</v>
       </c>
       <c r="V29" s="14" t="n">
-        <v>1141710.0</v>
+        <v>988941.0</v>
       </c>
       <c r="W29" s="14" t="n">
-        <v>937222.0</v>
+        <v>966568.0</v>
+      </c>
+      <c r="X29" s="14" t="n">
+        <v>1190923.0</v>
+      </c>
+      <c r="Y29" s="14" t="n">
+        <v>989831.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>99840.0</v>
+        <v>316717.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>126017.0</v>
+        <v>95525.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>180082.0</v>
+        <v>48274.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>157794.0</v>
+        <v>57888.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>170846.0</v>
+        <v>80199.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>199159.0</v>
+        <v>70165.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>214558.0</v>
+        <v>84376.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>360356.0</v>
+        <v>107977.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>460181.0</v>
+        <v>120981.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>561448.0</v>
+        <v>194865.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>639841.0</v>
+        <v>241638.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>536272.0</v>
+        <v>316559.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>603190.0</v>
+        <v>366075.0</v>
       </c>
       <c r="O30" s="14" t="n">
-        <v>1224536.0</v>
+        <v>303797.0</v>
       </c>
       <c r="P30" s="14" t="n">
-        <v>1052704.0</v>
+        <v>353801.0</v>
       </c>
       <c r="Q30" s="14" t="n">
-        <v>689888.0</v>
+        <v>693982.0</v>
       </c>
       <c r="R30" s="14" t="n">
-        <v>466536.0</v>
+        <v>587702.0</v>
       </c>
       <c r="S30" s="14" t="n">
-        <v>339714.0</v>
+        <v>397062.0</v>
       </c>
       <c r="T30" s="14" t="n">
-        <v>349882.0</v>
+        <v>263424.0</v>
       </c>
       <c r="U30" s="14" t="n">
-        <v>370420.0</v>
+        <v>228624.0</v>
       </c>
       <c r="V30" s="14" t="n">
-        <v>417864.0</v>
+        <v>250489.0</v>
       </c>
       <c r="W30" s="14" t="n">
-        <v>363019.0</v>
+        <v>290179.0</v>
+      </c>
+      <c r="X30" s="14" t="n">
+        <v>322581.0</v>
+      </c>
+      <c r="Y30" s="14" t="n">
+        <v>277865.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>2.1503975E7</v>
+        <v>1.9394474E7</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>1.9387633E7</v>
+        <v>1.7782807E7</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>2.352611E7</v>
+        <v>1.6256929E7</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>2.2342466E7</v>
+        <v>1.5165819E7</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>2.1220803E7</v>
+        <v>1.617882E7</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>2.0181826E7</v>
+        <v>1.5663524E7</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>1.9013303E7</v>
+        <v>1.5327765E7</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>1.7974813E7</v>
+        <v>1.4712774E7</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>1.7505184E7</v>
+        <v>1.4672571E7</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>1.7533948E7</v>
+        <v>1.4331122E7</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>1.8404165E7</v>
+        <v>1.4353276E7</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>1.822516E7</v>
+        <v>1.4692518E7</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>1.8336326E7</v>
+        <v>1.5892095E7</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>1.9298565E7</v>
+        <v>1.5784657E7</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>1.8764225E7</v>
+        <v>1.5729637E7</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>1.7768651E7</v>
+        <v>1.6870943E7</v>
       </c>
       <c r="R31" s="14" t="n">
-        <v>1.656049E7</v>
+        <v>1.6292564E7</v>
       </c>
       <c r="S31" s="14" t="n">
-        <v>1.5522128E7</v>
+        <v>1.5294338E7</v>
       </c>
       <c r="T31" s="14" t="n">
-        <v>1.4446711E7</v>
+        <v>1.4151643E7</v>
       </c>
       <c r="U31" s="14" t="n">
-        <v>1.3834743E7</v>
+        <v>1.3159235E7</v>
       </c>
       <c r="V31" s="14" t="n">
-        <v>1.3172311E7</v>
+        <v>1.2475943E7</v>
       </c>
       <c r="W31" s="14" t="n">
-        <v>1.208347E7</v>
+        <v>1.181795E7</v>
+      </c>
+      <c r="X31" s="14" t="n">
+        <v>1.1285283E7</v>
+      </c>
+      <c r="Y31" s="14" t="n">
+        <v>1.0366526E7</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
-          <t>Canarias</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6"/>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
       <c r="O32" s="6"/>
       <c r="P32" s="6"/>
       <c r="Q32" s="6"/>
       <c r="R32" s="6"/>
       <c r="S32" s="6"/>
       <c r="T32" s="6"/>
       <c r="U32" s="6"/>
       <c r="V32" s="6"/>
       <c r="W32" s="6"/>
+      <c r="X32" s="6"/>
+      <c r="Y32" s="6"/>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>8356099.0</v>
+        <v>9485118.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>7345478.0</v>
+        <v>8782886.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>9063018.0</v>
+        <v>7123324.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>9062969.0</v>
+        <v>6111830.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>9034190.0</v>
+        <v>7769157.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>8657948.0</v>
+        <v>7522465.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>8117431.0</v>
+        <v>7189998.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>8008540.0</v>
+        <v>6940481.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>8152622.0</v>
+        <v>6386106.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>8016141.0</v>
+        <v>6098338.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>8179465.0</v>
+        <v>5980376.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>7515519.0</v>
+        <v>5925195.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>7187735.0</v>
+        <v>5846496.0</v>
       </c>
       <c r="O33" s="14" t="n">
-        <v>7891410.0</v>
+        <v>5483400.0</v>
       </c>
       <c r="P33" s="14" t="n">
-        <v>8719319.0</v>
+        <v>5458320.0</v>
       </c>
       <c r="Q33" s="14" t="n">
-        <v>8730400.0</v>
+        <v>5904895.0</v>
       </c>
       <c r="R33" s="14" t="n">
-        <v>8394089.0</v>
+        <v>6253561.0</v>
       </c>
       <c r="S33" s="14" t="n">
-        <v>8097167.0</v>
+        <v>6139746.0</v>
       </c>
       <c r="T33" s="14" t="n">
-        <v>7808075.0</v>
+        <v>5625270.0</v>
       </c>
       <c r="U33" s="14" t="n">
-        <v>7316966.0</v>
+        <v>5381678.0</v>
       </c>
       <c r="V33" s="14" t="n">
-        <v>6777609.0</v>
+        <v>5185372.0</v>
       </c>
       <c r="W33" s="14" t="n">
-        <v>6018946.0</v>
+        <v>4990787.0</v>
+      </c>
+      <c r="X33" s="14" t="n">
+        <v>4693312.0</v>
+      </c>
+      <c r="Y33" s="14" t="n">
+        <v>4262340.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>2.1448173E7</v>
+        <v>1.792314E7</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>2.0058639E7</v>
+        <v>1.6141197E7</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>2.2165888E7</v>
+        <v>1.3905035E7</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>2.085241E7</v>
+        <v>1.2726788E7</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>1.9900934E7</v>
+        <v>1.4837892E7</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>1.8938716E7</v>
+        <v>1.4018257E7</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>1.8577495E7</v>
+        <v>1.3227914E7</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>1.7857881E7</v>
+        <v>1.2566782E7</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>1.7575683E7</v>
+        <v>1.2077072E7</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>1.7944532E7</v>
+        <v>1.144274E7</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>1.9250443E7</v>
+        <v>1.1183766E7</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>1.9661525E7</v>
+        <v>1.1421817E7</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>1.9845195E7</v>
+        <v>1.218958E7</v>
       </c>
       <c r="O34" s="14" t="n">
-        <v>2.0749746E7</v>
+        <v>1.2403023E7</v>
       </c>
       <c r="P34" s="14" t="n">
-        <v>1.9447755E7</v>
+        <v>1.2499335E7</v>
       </c>
       <c r="Q34" s="14" t="n">
-        <v>1.8018468E7</v>
+        <v>1.2949633E7</v>
       </c>
       <c r="R34" s="14" t="n">
-        <v>1.6840835E7</v>
+        <v>1.2032361E7</v>
       </c>
       <c r="S34" s="14" t="n">
-        <v>1.5703977E7</v>
+        <v>1.1153131E7</v>
       </c>
       <c r="T34" s="14" t="n">
-        <v>1.4828836E7</v>
+        <v>1.0329226E7</v>
       </c>
       <c r="U34" s="14" t="n">
-        <v>1.3960081E7</v>
+        <v>9550097.0</v>
       </c>
       <c r="V34" s="14" t="n">
-        <v>1.3098239E7</v>
+        <v>8700355.0</v>
       </c>
       <c r="W34" s="14" t="n">
-        <v>1.2303917E7</v>
+        <v>8297429.0</v>
+      </c>
+      <c r="X34" s="14" t="n">
+        <v>7785403.0</v>
+      </c>
+      <c r="Y34" s="14" t="n">
+        <v>7271346.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>1064991.0</v>
+        <v>2669032.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>1122372.0</v>
+        <v>1332782.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>1517728.0</v>
+        <v>960654.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>1293508.0</v>
+        <v>960013.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>1344447.0</v>
+        <v>1444110.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>1252609.0</v>
+        <v>1284111.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>1126775.0</v>
+        <v>1273538.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>1135252.0</v>
+        <v>1170413.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>1160894.0</v>
+        <v>1058921.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>1071685.0</v>
+        <v>1039480.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>1327787.0</v>
+        <v>1025650.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>1134479.0</v>
+        <v>961405.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>1203245.0</v>
+        <v>1227249.0</v>
       </c>
       <c r="O35" s="14" t="n">
-        <v>1913643.0</v>
+        <v>1072537.0</v>
       </c>
       <c r="P35" s="14" t="n">
-        <v>1769190.0</v>
+        <v>1127675.0</v>
       </c>
       <c r="Q35" s="14" t="n">
-        <v>1380644.0</v>
+        <v>1796902.0</v>
       </c>
       <c r="R35" s="14" t="n">
-        <v>1258076.0</v>
+        <v>1650111.0</v>
       </c>
       <c r="S35" s="14" t="n">
-        <v>1129616.0</v>
+        <v>1258921.0</v>
       </c>
       <c r="T35" s="14" t="n">
-        <v>1109919.0</v>
+        <v>1126952.0</v>
       </c>
       <c r="U35" s="14" t="n">
-        <v>1109826.0</v>
+        <v>981401.0</v>
       </c>
       <c r="V35" s="14" t="n">
-        <v>1273981.0</v>
+        <v>953750.0</v>
       </c>
       <c r="W35" s="14" t="n">
-        <v>1098716.0</v>
+        <v>954477.0</v>
+      </c>
+      <c r="X35" s="14" t="n">
+        <v>1146122.0</v>
+      </c>
+      <c r="Y35" s="14" t="n">
+        <v>941620.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>72987.0</v>
+        <v>841695.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>95536.0</v>
+        <v>217116.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>139422.0</v>
+        <v>83147.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>125444.0</v>
+        <v>111782.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>149526.0</v>
+        <v>171442.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>202673.0</v>
+        <v>137143.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>242968.0</v>
+        <v>155732.0</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>437129.0</v>
+        <v>185664.0</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>564444.0</v>
+        <v>201720.0</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>720640.0</v>
+        <v>345287.0</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>838718.0</v>
+        <v>447253.0</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>709065.0</v>
+        <v>565138.0</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>791057.0</v>
+        <v>645674.0</v>
       </c>
       <c r="O36" s="14" t="n">
-        <v>1618975.0</v>
+        <v>540909.0</v>
       </c>
       <c r="P36" s="14" t="n">
-        <v>1362057.0</v>
+        <v>606793.0</v>
       </c>
       <c r="Q36" s="14" t="n">
-        <v>895776.0</v>
+        <v>1228222.0</v>
       </c>
       <c r="R36" s="14" t="n">
-        <v>577656.0</v>
+        <v>1060476.0</v>
       </c>
       <c r="S36" s="14" t="n">
-        <v>425510.0</v>
+        <v>695716.0</v>
       </c>
       <c r="T36" s="14" t="n">
-        <v>412879.0</v>
+        <v>471279.0</v>
       </c>
       <c r="U36" s="14" t="n">
-        <v>455506.0</v>
+        <v>344219.0</v>
       </c>
       <c r="V36" s="14" t="n">
-        <v>499202.0</v>
+        <v>354391.0</v>
       </c>
       <c r="W36" s="14" t="n">
-        <v>414731.0</v>
+        <v>374991.0</v>
+      </c>
+      <c r="X36" s="14" t="n">
+        <v>422530.0</v>
+      </c>
+      <c r="Y36" s="14" t="n">
+        <v>367488.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>3.0796276E7</v>
+        <v>2.9235595E7</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>2.8430953E7</v>
+        <v>2.6039749E7</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>3.2607212E7</v>
+        <v>2.1905866E7</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>3.1083443E7</v>
+        <v>1.9686849E7</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>3.0130045E7</v>
+        <v>2.3879717E7</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>2.86466E7</v>
+        <v>2.268769E7</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>2.7578733E7</v>
+        <v>2.1535718E7</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>2.6564544E7</v>
+        <v>2.0492012E7</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>2.6324755E7</v>
+        <v>1.9320379E7</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>2.6311718E7</v>
+        <v>1.8235271E7</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>2.7918977E7</v>
+        <v>1.7742539E7</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>2.7602458E7</v>
+        <v>1.7743279E7</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>2.7445118E7</v>
+        <v>1.8617651E7</v>
       </c>
       <c r="O37" s="14" t="n">
-        <v>2.8935824E7</v>
+        <v>1.8418051E7</v>
       </c>
       <c r="P37" s="14" t="n">
-        <v>2.8574207E7</v>
+        <v>1.8478537E7</v>
       </c>
       <c r="Q37" s="14" t="n">
-        <v>2.7233736E7</v>
+        <v>1.9423208E7</v>
       </c>
       <c r="R37" s="14" t="n">
-        <v>2.5915344E7</v>
+        <v>1.8875557E7</v>
       </c>
       <c r="S37" s="14" t="n">
-        <v>2.450525E7</v>
+        <v>1.7856082E7</v>
       </c>
       <c r="T37" s="14" t="n">
-        <v>2.3333951E7</v>
+        <v>1.6610169E7</v>
       </c>
       <c r="U37" s="14" t="n">
-        <v>2.1931367E7</v>
+        <v>1.5568957E7</v>
       </c>
       <c r="V37" s="14" t="n">
-        <v>2.0650627E7</v>
+        <v>1.4485086E7</v>
       </c>
       <c r="W37" s="14" t="n">
-        <v>1.9006848E7</v>
+        <v>1.3867702E7</v>
+      </c>
+      <c r="X37" s="14" t="n">
+        <v>1.3202307E7</v>
+      </c>
+      <c r="Y37" s="14" t="n">
+        <v>1.2107818E7</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>05 Canarias</t>
         </is>
       </c>
       <c r="B38" s="6"/>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
       <c r="H38" s="6"/>
       <c r="I38" s="6"/>
       <c r="J38" s="6"/>
       <c r="K38" s="6"/>
       <c r="L38" s="6"/>
       <c r="M38" s="6"/>
       <c r="N38" s="6"/>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
       <c r="Q38" s="6"/>
       <c r="R38" s="6"/>
       <c r="S38" s="6"/>
       <c r="T38" s="6"/>
       <c r="U38" s="6"/>
       <c r="V38" s="6"/>
       <c r="W38" s="6"/>
+      <c r="X38" s="6"/>
+      <c r="Y38" s="6"/>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>2399331.0</v>
+        <v>1.0249662E7</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>2206256.0</v>
+        <v>9451031.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>2424931.0</v>
+        <v>8385674.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>2431060.0</v>
+        <v>7639130.0</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>2389750.0</v>
+        <v>9243704.0</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>2264988.0</v>
+        <v>9283730.0</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>2193494.0</v>
+        <v>9211852.0</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>2149553.0</v>
+        <v>8858818.0</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>2180390.0</v>
+        <v>8322677.0</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>2205451.0</v>
+        <v>8190730.0</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>2260607.0</v>
+        <v>8303724.0</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>2177093.0</v>
+        <v>8160479.0</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>2137898.0</v>
+        <v>8335562.0</v>
       </c>
       <c r="O39" s="14" t="n">
-        <v>2285880.0</v>
+        <v>7661618.0</v>
       </c>
       <c r="P39" s="14" t="n">
-        <v>2509828.0</v>
+        <v>7318819.0</v>
       </c>
       <c r="Q39" s="14" t="n">
-        <v>2473972.0</v>
+        <v>8015591.0</v>
       </c>
       <c r="R39" s="14" t="n">
-        <v>2295631.0</v>
+        <v>8847278.0</v>
       </c>
       <c r="S39" s="14" t="n">
-        <v>2209339.0</v>
+        <v>8825179.0</v>
       </c>
       <c r="T39" s="14" t="n">
-        <v>2119062.0</v>
+        <v>8435083.0</v>
       </c>
       <c r="U39" s="14" t="n">
-        <v>2023343.0</v>
+        <v>8140724.0</v>
       </c>
       <c r="V39" s="14" t="n">
-        <v>1873529.0</v>
+        <v>7847504.0</v>
       </c>
       <c r="W39" s="14" t="n">
-        <v>1678857.0</v>
+        <v>7353394.0</v>
+      </c>
+      <c r="X39" s="14" t="n">
+        <v>6810400.0</v>
+      </c>
+      <c r="Y39" s="14" t="n">
+        <v>6044880.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>6870364.0</v>
+        <v>2.697229E7</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>6449191.0</v>
+        <v>2.4744793E7</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>6720725.0</v>
+        <v>2.1872542E7</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>6424811.0</v>
+        <v>2.0120572E7</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>6146420.0</v>
+        <v>2.2402063E7</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>5972337.0</v>
+        <v>2.1046576E7</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>5820621.0</v>
+        <v>2.0090348E7</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>5636796.0</v>
+        <v>1.9119833E7</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>5570938.0</v>
+        <v>1.8755872E7</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>5718930.0</v>
+        <v>1.7984288E7</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>6112652.0</v>
+        <v>1.769867E7</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>6261106.0</v>
+        <v>1.806205E7</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>6344882.0</v>
+        <v>1.9373077E7</v>
       </c>
       <c r="O40" s="14" t="n">
-        <v>6597041.0</v>
+        <v>1.9758801E7</v>
       </c>
       <c r="P40" s="14" t="n">
-        <v>6069721.0</v>
+        <v>1.9927211E7</v>
       </c>
       <c r="Q40" s="14" t="n">
-        <v>5661283.0</v>
+        <v>2.0813517E7</v>
       </c>
       <c r="R40" s="14" t="n">
-        <v>5292251.0</v>
+        <v>1.9494444E7</v>
       </c>
       <c r="S40" s="14" t="n">
-        <v>4863831.0</v>
+        <v>1.8058447E7</v>
       </c>
       <c r="T40" s="14" t="n">
-        <v>4552840.0</v>
+        <v>1.6874647E7</v>
       </c>
       <c r="U40" s="14" t="n">
-        <v>4309963.0</v>
+        <v>1.5731922E7</v>
       </c>
       <c r="V40" s="14" t="n">
-        <v>3984820.0</v>
+        <v>1.4849413E7</v>
       </c>
       <c r="W40" s="14" t="n">
-        <v>3710403.0</v>
+        <v>1.3975265E7</v>
+      </c>
+      <c r="X40" s="14" t="n">
+        <v>1.3113748E7</v>
+      </c>
+      <c r="Y40" s="14" t="n">
+        <v>1.2316858E7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>487129.0</v>
+        <v>2489461.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>464157.0</v>
+        <v>1267448.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>613186.0</v>
+        <v>1039412.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>637736.0</v>
+        <v>1083858.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>619731.0</v>
+        <v>1473494.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>563727.0</v>
+        <v>1241099.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>533486.0</v>
+        <v>1309529.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>576320.0</v>
+        <v>1216232.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>552522.0</v>
+        <v>1096826.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>533487.0</v>
+        <v>1116155.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>779945.0</v>
+        <v>1149949.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>672497.0</v>
+        <v>1074445.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>753669.0</v>
+        <v>1330432.0</v>
       </c>
       <c r="O41" s="14" t="n">
-        <v>1192370.0</v>
+        <v>1140841.0</v>
       </c>
       <c r="P41" s="14" t="n">
-        <v>1055618.0</v>
+        <v>1206836.0</v>
       </c>
       <c r="Q41" s="14" t="n">
-        <v>843099.0</v>
+        <v>1917868.0</v>
       </c>
       <c r="R41" s="14" t="n">
-        <v>760077.0</v>
+        <v>1771703.0</v>
       </c>
       <c r="S41" s="14" t="n">
-        <v>640539.0</v>
+        <v>1383310.0</v>
       </c>
       <c r="T41" s="14" t="n">
-        <v>635557.0</v>
+        <v>1261265.0</v>
       </c>
       <c r="U41" s="14" t="n">
-        <v>604125.0</v>
+        <v>1132050.0</v>
       </c>
       <c r="V41" s="14" t="n">
-        <v>704199.0</v>
+        <v>1112202.0</v>
       </c>
       <c r="W41" s="14" t="n">
-        <v>594299.0</v>
+        <v>1111554.0</v>
+      </c>
+      <c r="X41" s="14" t="n">
+        <v>1274799.0</v>
+      </c>
+      <c r="Y41" s="14" t="n">
+        <v>1099639.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>37277.0</v>
+        <v>607838.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>42589.0</v>
+        <v>154537.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>57571.0</v>
+        <v>58038.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>54232.0</v>
+        <v>82130.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>64506.0</v>
+        <v>130128.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>85065.0</v>
+        <v>105984.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>96998.0</v>
+        <v>133141.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>158189.0</v>
+        <v>185299.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>197356.0</v>
+        <v>224423.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>251744.0</v>
+        <v>414707.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>290986.0</v>
+        <v>544546.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>241994.0</v>
+        <v>721427.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>237802.0</v>
+        <v>842879.0</v>
       </c>
       <c r="O42" s="14" t="n">
-        <v>428969.0</v>
+        <v>712233.0</v>
       </c>
       <c r="P42" s="14" t="n">
-        <v>341750.0</v>
+        <v>793439.0</v>
       </c>
       <c r="Q42" s="14" t="n">
-        <v>240158.0</v>
+        <v>1622315.0</v>
       </c>
       <c r="R42" s="14" t="n">
-        <v>163913.0</v>
+        <v>1367058.0</v>
       </c>
       <c r="S42" s="14" t="n">
-        <v>127565.0</v>
+        <v>898917.0</v>
       </c>
       <c r="T42" s="14" t="n">
-        <v>133747.0</v>
+        <v>579467.0</v>
       </c>
       <c r="U42" s="14" t="n">
-        <v>145889.0</v>
+        <v>426953.0</v>
       </c>
       <c r="V42" s="14" t="n">
-        <v>162642.0</v>
+        <v>414356.0</v>
       </c>
       <c r="W42" s="14" t="n">
-        <v>136648.0</v>
+        <v>457175.0</v>
+      </c>
+      <c r="X42" s="14" t="n">
+        <v>501023.0</v>
+      </c>
+      <c r="Y42" s="14" t="n">
+        <v>416348.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>9719547.0</v>
+        <v>3.9103575E7</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>9077015.0</v>
+        <v>3.5308735E7</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>9701271.0</v>
+        <v>3.123959E7</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>9439375.0</v>
+        <v>2.876143E7</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>9091395.0</v>
+        <v>3.2989133E7</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>8715987.0</v>
+        <v>3.1465421E7</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>8450603.0</v>
+        <v>3.0478588E7</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>8204480.0</v>
+        <v>2.9009584E7</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>8106494.0</v>
+        <v>2.7950952E7</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>8206124.0</v>
+        <v>2.6876466E7</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>8862218.0</v>
+        <v>2.6607797E7</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>8868702.0</v>
+        <v>2.6575547E7</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>8998647.0</v>
+        <v>2.8196192E7</v>
       </c>
       <c r="O43" s="14" t="n">
-        <v>9646322.0</v>
+        <v>2.7849027E7</v>
       </c>
       <c r="P43" s="14" t="n">
-        <v>9293417.0</v>
+        <v>2.7659427E7</v>
       </c>
       <c r="Q43" s="14" t="n">
-        <v>8738196.0</v>
+        <v>2.9124661E7</v>
       </c>
       <c r="R43" s="14" t="n">
-        <v>8184046.0</v>
+        <v>2.8746367E7</v>
       </c>
       <c r="S43" s="14" t="n">
-        <v>7586144.0</v>
+        <v>2.7368019E7</v>
       </c>
       <c r="T43" s="14" t="n">
-        <v>7173712.0</v>
+        <v>2.5991528E7</v>
       </c>
       <c r="U43" s="14" t="n">
-        <v>6791542.0</v>
+        <v>2.4577743E7</v>
       </c>
       <c r="V43" s="14" t="n">
-        <v>6399906.0</v>
+        <v>2.3394763E7</v>
       </c>
       <c r="W43" s="14" t="n">
-        <v>5846911.0</v>
+        <v>2.1983038E7</v>
+      </c>
+      <c r="X43" s="14" t="n">
+        <v>2.0697924E7</v>
+      </c>
+      <c r="Y43" s="14" t="n">
+        <v>1.9045029E7</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
-          <t>Castilla y León</t>
+          <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
       <c r="K44" s="6"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
       <c r="Q44" s="6"/>
       <c r="R44" s="6"/>
       <c r="S44" s="6"/>
       <c r="T44" s="6"/>
       <c r="U44" s="6"/>
       <c r="V44" s="6"/>
       <c r="W44" s="6"/>
+      <c r="X44" s="6"/>
+      <c r="Y44" s="6"/>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>1.0645165E7</v>
+        <v>2930224.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>9772644.0</v>
+        <v>2746233.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>1.0559092E7</v>
+        <v>2580658.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>1.0611485E7</v>
+        <v>2351497.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>1.0032231E7</v>
+        <v>2528462.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>1.0082468E7</v>
+        <v>2542757.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>9689010.0</v>
+        <v>2483807.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>9488904.0</v>
+        <v>2362136.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>9698125.0</v>
+        <v>2289494.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>9993789.0</v>
+        <v>2235761.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>1.0204178E7</v>
+        <v>2254642.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>9767967.0</v>
+        <v>2276840.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>9752628.0</v>
+        <v>2334754.0</v>
       </c>
       <c r="O45" s="14" t="n">
-        <v>1.0570206E7</v>
+        <v>2247300.0</v>
       </c>
       <c r="P45" s="14" t="n">
-        <v>1.1320533E7</v>
+        <v>2178546.0</v>
       </c>
       <c r="Q45" s="14" t="n">
-        <v>1.1132066E7</v>
+        <v>2323897.0</v>
       </c>
       <c r="R45" s="14" t="n">
-        <v>1.0457134E7</v>
+        <v>2548453.0</v>
       </c>
       <c r="S45" s="14" t="n">
-        <v>1.0050564E7</v>
+        <v>2502396.0</v>
       </c>
       <c r="T45" s="14" t="n">
-        <v>9489862.0</v>
+        <v>2307499.0</v>
       </c>
       <c r="U45" s="14" t="n">
-        <v>8966415.0</v>
+        <v>2221933.0</v>
       </c>
       <c r="V45" s="14" t="n">
-        <v>8436107.0</v>
+        <v>2130430.0</v>
       </c>
       <c r="W45" s="14" t="n">
-        <v>7942673.0</v>
+        <v>2034018.0</v>
+      </c>
+      <c r="X45" s="14" t="n">
+        <v>1883047.0</v>
+      </c>
+      <c r="Y45" s="14" t="n">
+        <v>1686389.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>2.7290759E7</v>
+        <v>7878797.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>2.6055132E7</v>
+        <v>7412454.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>2.7123673E7</v>
+        <v>6889788.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>2.5724652E7</v>
+        <v>6469104.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>2.4957916E7</v>
+        <v>6792333.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>2.4128359E7</v>
+        <v>6484635.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>2.3868787E7</v>
+        <v>6204921.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>2.3147748E7</v>
+        <v>6029452.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>2.3058639E7</v>
+        <v>5876509.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>2.3941106E7</v>
+        <v>5676696.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>2.5460311E7</v>
+        <v>5609921.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>2.6218067E7</v>
+        <v>5756383.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>2.611584E7</v>
+        <v>6151592.0</v>
       </c>
       <c r="O46" s="14" t="n">
-        <v>2.6409208E7</v>
+        <v>6292083.0</v>
       </c>
       <c r="P46" s="14" t="n">
-        <v>2.5119425E7</v>
+        <v>6371104.0</v>
       </c>
       <c r="Q46" s="14" t="n">
-        <v>2.3350158E7</v>
+        <v>6617316.0</v>
       </c>
       <c r="R46" s="14" t="n">
-        <v>2.1800492E7</v>
+        <v>6084293.0</v>
       </c>
       <c r="S46" s="14" t="n">
-        <v>2.0479685E7</v>
+        <v>5673844.0</v>
       </c>
       <c r="T46" s="14" t="n">
-        <v>1.9358754E7</v>
+        <v>5302876.0</v>
       </c>
       <c r="U46" s="14" t="n">
-        <v>1.8356079E7</v>
+        <v>4872486.0</v>
       </c>
       <c r="V46" s="14" t="n">
-        <v>1.7232539E7</v>
+        <v>4559158.0</v>
       </c>
       <c r="W46" s="14" t="n">
-        <v>1.6226659E7</v>
+        <v>4314651.0</v>
+      </c>
+      <c r="X46" s="14" t="n">
+        <v>3989538.0</v>
+      </c>
+      <c r="Y46" s="14" t="n">
+        <v>3714306.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>1935568.0</v>
+        <v>1013421.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>2040027.0</v>
+        <v>652866.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>2391568.0</v>
+        <v>490801.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>2295011.0</v>
+        <v>459258.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>2384969.0</v>
+        <v>607324.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>2338767.0</v>
+        <v>626830.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>2398340.0</v>
+        <v>618287.0</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>2638071.0</v>
+        <v>558368.0</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>2666578.0</v>
+        <v>531514.0</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>2566265.0</v>
+        <v>580822.0</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>3313025.0</v>
+        <v>561097.0</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>2940822.0</v>
+        <v>540048.0</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>3163578.0</v>
+        <v>785564.0</v>
       </c>
       <c r="O47" s="14" t="n">
-        <v>4893633.0</v>
+        <v>680240.0</v>
       </c>
       <c r="P47" s="14" t="n">
-        <v>4178027.0</v>
+        <v>759386.0</v>
       </c>
       <c r="Q47" s="14" t="n">
-        <v>3226092.0</v>
+        <v>1197285.0</v>
       </c>
       <c r="R47" s="14" t="n">
-        <v>2900424.0</v>
+        <v>1060715.0</v>
       </c>
       <c r="S47" s="14" t="n">
-        <v>2569325.0</v>
+        <v>848468.0</v>
       </c>
       <c r="T47" s="14" t="n">
-        <v>2629341.0</v>
+        <v>766078.0</v>
       </c>
       <c r="U47" s="14" t="n">
-        <v>2632690.0</v>
+        <v>646022.0</v>
       </c>
       <c r="V47" s="14" t="n">
-        <v>3061607.0</v>
+        <v>640692.0</v>
       </c>
       <c r="W47" s="14" t="n">
-        <v>2519534.0</v>
+        <v>608549.0</v>
+      </c>
+      <c r="X47" s="14" t="n">
+        <v>707915.0</v>
+      </c>
+      <c r="Y47" s="14" t="n">
+        <v>598020.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>396117.0</v>
+        <v>229095.0</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>410136.0</v>
+        <v>73810.0</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>478355.0</v>
+        <v>39414.0</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>468119.0</v>
+        <v>45496.0</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>494521.0</v>
+        <v>62350.0</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>558617.0</v>
+        <v>55463.0</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>594237.0</v>
+        <v>66130.0</v>
       </c>
       <c r="I48" s="14" t="n">
-        <v>802581.0</v>
+        <v>85916.0</v>
       </c>
       <c r="J48" s="14" t="n">
-        <v>922668.0</v>
+        <v>97399.0</v>
       </c>
       <c r="K48" s="14" t="n">
-        <v>1099737.0</v>
+        <v>157498.0</v>
       </c>
       <c r="L48" s="14" t="n">
-        <v>1225025.0</v>
+        <v>197553.0</v>
       </c>
       <c r="M48" s="14" t="n">
-        <v>1066668.0</v>
+        <v>258619.0</v>
       </c>
       <c r="N48" s="14" t="n">
-        <v>1092166.0</v>
+        <v>298104.0</v>
       </c>
       <c r="O48" s="14" t="n">
-        <v>1808345.0</v>
+        <v>247853.0</v>
       </c>
       <c r="P48" s="14" t="n">
-        <v>1437486.0</v>
+        <v>242401.0</v>
       </c>
       <c r="Q48" s="14" t="n">
-        <v>1009720.0</v>
+        <v>432431.0</v>
       </c>
       <c r="R48" s="14" t="n">
-        <v>734664.0</v>
+        <v>346648.0</v>
       </c>
       <c r="S48" s="14" t="n">
-        <v>614201.0</v>
+        <v>244071.0</v>
       </c>
       <c r="T48" s="14" t="n">
-        <v>621452.0</v>
+        <v>167383.0</v>
       </c>
       <c r="U48" s="14" t="n">
-        <v>636476.0</v>
+        <v>131045.0</v>
       </c>
       <c r="V48" s="14" t="n">
-        <v>685821.0</v>
+        <v>137195.0</v>
       </c>
       <c r="W48" s="14" t="n">
-        <v>626574.0</v>
+        <v>149347.0</v>
+      </c>
+      <c r="X48" s="14" t="n">
+        <v>166109.0</v>
+      </c>
+      <c r="Y48" s="14" t="n">
+        <v>139980.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>3.9475375E7</v>
+        <v>1.1593347E7</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>3.7457667E7</v>
+        <v>1.0737743E7</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>3.9595978E7</v>
+        <v>9921833.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>3.8163029E7</v>
+        <v>9234363.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>3.6880595E7</v>
+        <v>9865769.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>3.5990977E7</v>
+        <v>9598759.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>3.53619E7</v>
+        <v>9240885.0</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>3.4472142E7</v>
+        <v>8864040.0</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>3.4500674E7</v>
+        <v>8600118.0</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>3.5401423E7</v>
+        <v>8335781.0</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>3.7752489E7</v>
+        <v>8228107.0</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>3.7860188E7</v>
+        <v>8314652.0</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>3.793988E7</v>
+        <v>8973806.0</v>
       </c>
       <c r="O49" s="14" t="n">
-        <v>4.0064702E7</v>
+        <v>8971770.0</v>
       </c>
       <c r="P49" s="14" t="n">
-        <v>3.9180499E7</v>
+        <v>9066635.0</v>
       </c>
       <c r="Q49" s="14" t="n">
-        <v>3.6698596E7</v>
+        <v>9706067.0</v>
       </c>
       <c r="R49" s="14" t="n">
-        <v>3.4423386E7</v>
+        <v>9346813.0</v>
       </c>
       <c r="S49" s="14" t="n">
-        <v>3.2485373E7</v>
+        <v>8780637.0</v>
       </c>
       <c r="T49" s="14" t="n">
-        <v>3.0856505E7</v>
+        <v>8209070.0</v>
       </c>
       <c r="U49" s="14" t="n">
-        <v>2.9318708E7</v>
+        <v>7609396.0</v>
       </c>
       <c r="V49" s="14" t="n">
-        <v>2.8044432E7</v>
+        <v>7193085.0</v>
       </c>
       <c r="W49" s="14" t="n">
-        <v>2.6062292E7</v>
+        <v>6807871.0</v>
+      </c>
+      <c r="X49" s="14" t="n">
+        <v>6414391.0</v>
+      </c>
+      <c r="Y49" s="14" t="n">
+        <v>5858735.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="inlineStr">
         <is>
-          <t>Castilla - La Mancha</t>
+          <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B50" s="6"/>
       <c r="C50" s="6"/>
       <c r="D50" s="6"/>
       <c r="E50" s="6"/>
       <c r="F50" s="6"/>
       <c r="G50" s="6"/>
       <c r="H50" s="6"/>
       <c r="I50" s="6"/>
       <c r="J50" s="6"/>
       <c r="K50" s="6"/>
       <c r="L50" s="6"/>
       <c r="M50" s="6"/>
       <c r="N50" s="6"/>
       <c r="O50" s="6"/>
       <c r="P50" s="6"/>
       <c r="Q50" s="6"/>
       <c r="R50" s="6"/>
       <c r="S50" s="6"/>
       <c r="T50" s="6"/>
       <c r="U50" s="6"/>
       <c r="V50" s="6"/>
       <c r="W50" s="6"/>
+      <c r="X50" s="6"/>
+      <c r="Y50" s="6"/>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>7375966.0</v>
+        <v>1.20761E7</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>6935814.0</v>
+        <v>1.1712861E7</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>7357570.0</v>
+        <v>1.1001245E7</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>7370121.0</v>
+        <v>9932885.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>7352445.0</v>
+        <v>1.0548972E7</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>7188993.0</v>
+        <v>1.0671051E7</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>6829101.0</v>
+        <v>1.0052432E7</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>6572152.0</v>
+        <v>1.0153743E7</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>6975809.0</v>
+        <v>9784240.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>6931994.0</v>
+        <v>9571476.0</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>6898455.0</v>
+        <v>9752659.0</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>6465876.0</v>
+        <v>1.0052083E7</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>6581717.0</v>
+        <v>1.0281814E7</v>
       </c>
       <c r="O51" s="14" t="n">
-        <v>7217440.0</v>
+        <v>9848194.0</v>
       </c>
       <c r="P51" s="14" t="n">
-        <v>8520327.0</v>
+        <v>9927448.0</v>
       </c>
       <c r="Q51" s="14" t="n">
-        <v>8227727.0</v>
+        <v>1.0731712E7</v>
       </c>
       <c r="R51" s="14" t="n">
-        <v>7739705.0</v>
+        <v>1.1486171E7</v>
       </c>
       <c r="S51" s="14" t="n">
-        <v>7310004.0</v>
+        <v>1.1253975E7</v>
       </c>
       <c r="T51" s="14" t="n">
-        <v>7035526.0</v>
+        <v>1.0508988E7</v>
       </c>
       <c r="U51" s="14" t="n">
-        <v>6609565.0</v>
+        <v>1.0105837E7</v>
       </c>
       <c r="V51" s="14" t="n">
-        <v>5912355.0</v>
+        <v>9539471.0</v>
       </c>
       <c r="W51" s="14" t="n">
-        <v>5357634.0</v>
+        <v>9012725.0</v>
+      </c>
+      <c r="X51" s="14" t="n">
+        <v>8478080.0</v>
+      </c>
+      <c r="Y51" s="14" t="n">
+        <v>7976885.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>2.2326964E7</v>
+        <v>3.1541225E7</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>2.0833203E7</v>
+        <v>2.9181681E7</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>2.1009859E7</v>
+        <v>2.72627E7</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>1.9824998E7</v>
+        <v>2.613558E7</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>1.8987736E7</v>
+        <v>2.7412672E7</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>1.8190377E7</v>
+        <v>2.5964185E7</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>1.7790489E7</v>
+        <v>2.5195461E7</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>1.7027848E7</v>
+        <v>2.4359106E7</v>
       </c>
       <c r="J52" s="14" t="n">
-        <v>1.6865921E7</v>
+        <v>2.409797E7</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>1.7344884E7</v>
+        <v>2.33116E7</v>
       </c>
       <c r="L52" s="14" t="n">
-        <v>1.9026123E7</v>
+        <v>2.3219994E7</v>
       </c>
       <c r="M52" s="14" t="n">
-        <v>1.9802971E7</v>
+        <v>2.4097896E7</v>
       </c>
       <c r="N52" s="14" t="n">
-        <v>1.9516034E7</v>
+        <v>2.5622504E7</v>
       </c>
       <c r="O52" s="14" t="n">
-        <v>1.9743143E7</v>
+        <v>2.6347781E7</v>
       </c>
       <c r="P52" s="14" t="n">
-        <v>1.7661993E7</v>
+        <v>2.6223771E7</v>
       </c>
       <c r="Q52" s="14" t="n">
-        <v>1.6063717E7</v>
+        <v>2.6490372E7</v>
       </c>
       <c r="R52" s="14" t="n">
-        <v>1.4715323E7</v>
+        <v>2.517973E7</v>
       </c>
       <c r="S52" s="14" t="n">
-        <v>1.3605285E7</v>
+        <v>2.3401967E7</v>
       </c>
       <c r="T52" s="14" t="n">
-        <v>1.2528325E7</v>
+        <v>2.1844261E7</v>
       </c>
       <c r="U52" s="14" t="n">
-        <v>1.1619356E7</v>
+        <v>2.0516128E7</v>
       </c>
       <c r="V52" s="14" t="n">
-        <v>1.0751245E7</v>
+        <v>1.9385617E7</v>
       </c>
       <c r="W52" s="14" t="n">
-        <v>9922064.0</v>
+        <v>1.8376045E7</v>
+      </c>
+      <c r="X52" s="14" t="n">
+        <v>1.7252943E7</v>
+      </c>
+      <c r="Y52" s="14" t="n">
+        <v>1.6243726E7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>1110922.0</v>
+        <v>3952531.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>1172089.0</v>
+        <v>2426003.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>1300983.0</v>
+        <v>2080613.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>1229399.0</v>
+        <v>2158556.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>1293849.0</v>
+        <v>2517070.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>1277183.0</v>
+        <v>2404424.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>1268362.0</v>
+        <v>2517791.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>1474347.0</v>
+        <v>2457164.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>1553290.0</v>
+        <v>2521392.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>1460596.0</v>
+        <v>2793670.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>1870425.0</v>
+        <v>2840020.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>1705939.0</v>
+        <v>2725892.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>1834322.0</v>
+        <v>3443314.0</v>
       </c>
       <c r="O53" s="14" t="n">
-        <v>2804141.0</v>
+        <v>3054219.0</v>
       </c>
       <c r="P53" s="14" t="n">
-        <v>2431956.0</v>
+        <v>3251645.0</v>
       </c>
       <c r="Q53" s="14" t="n">
-        <v>1724688.0</v>
+        <v>4950504.0</v>
       </c>
       <c r="R53" s="14" t="n">
-        <v>1605425.0</v>
+        <v>4313839.0</v>
       </c>
       <c r="S53" s="14" t="n">
-        <v>1397386.0</v>
+        <v>3361547.0</v>
       </c>
       <c r="T53" s="14" t="n">
-        <v>1369672.0</v>
+        <v>3037642.0</v>
       </c>
       <c r="U53" s="14" t="n">
-        <v>1319292.0</v>
+        <v>2708614.0</v>
       </c>
       <c r="V53" s="14" t="n">
-        <v>1520931.0</v>
+        <v>2766068.0</v>
       </c>
       <c r="W53" s="14" t="n">
-        <v>1240613.0</v>
+        <v>2761081.0</v>
+      </c>
+      <c r="X53" s="14" t="n">
+        <v>3187621.0</v>
+      </c>
+      <c r="Y53" s="14" t="n">
+        <v>2643236.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>223755.0</v>
+        <v>1159752.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>236108.0</v>
+        <v>686343.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>284312.0</v>
+        <v>573062.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>267946.0</v>
+        <v>586399.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>283497.0</v>
+        <v>673236.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>338165.0</v>
+        <v>649639.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>390552.0</v>
+        <v>669963.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>585344.0</v>
+        <v>726119.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>695382.0</v>
+        <v>755047.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>828261.0</v>
+        <v>957081.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>971848.0</v>
+        <v>1078577.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>856884.0</v>
+        <v>1274890.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>884297.0</v>
+        <v>1380641.0</v>
       </c>
       <c r="O54" s="14" t="n">
-        <v>1625358.0</v>
+        <v>1197192.0</v>
       </c>
       <c r="P54" s="14" t="n">
-        <v>1304223.0</v>
+        <v>1195894.0</v>
       </c>
       <c r="Q54" s="14" t="n">
-        <v>829326.0</v>
+        <v>1877131.0</v>
       </c>
       <c r="R54" s="14" t="n">
-        <v>548630.0</v>
+        <v>1579623.0</v>
       </c>
       <c r="S54" s="14" t="n">
-        <v>425391.0</v>
+        <v>1132550.0</v>
       </c>
       <c r="T54" s="14" t="n">
-        <v>420796.0</v>
+        <v>852320.0</v>
       </c>
       <c r="U54" s="14" t="n">
-        <v>452454.0</v>
+        <v>734052.0</v>
       </c>
       <c r="V54" s="14" t="n">
-        <v>498031.0</v>
+        <v>738641.0</v>
       </c>
       <c r="W54" s="14" t="n">
-        <v>452063.0</v>
+        <v>751652.0</v>
+      </c>
+      <c r="X54" s="14" t="n">
+        <v>799035.0</v>
+      </c>
+      <c r="Y54" s="14" t="n">
+        <v>737200.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>3.0590097E7</v>
+        <v>4.6410104E7</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>2.8704998E7</v>
+        <v>4.2634202E7</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>2.93841E7</v>
+        <v>3.9771496E7</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>2.8156572E7</v>
+        <v>3.7640622E7</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>2.7350533E7</v>
+        <v>3.9805478E7</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>2.6318388E7</v>
+        <v>3.8390021E7</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>2.54974E7</v>
+        <v>3.7095721E7</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>2.4489003E7</v>
+        <v>3.6243894E7</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>2.4699638E7</v>
+        <v>3.5648555E7</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>2.4909213E7</v>
+        <v>3.4719665E7</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>2.6823155E7</v>
+        <v>3.4734096E7</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>2.7117902E7</v>
+        <v>3.5600981E7</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>2.7047776E7</v>
+        <v>3.7966991E7</v>
       </c>
       <c r="O55" s="14" t="n">
-        <v>2.8139366E7</v>
+        <v>3.8053002E7</v>
       </c>
       <c r="P55" s="14" t="n">
-        <v>2.7310053E7</v>
+        <v>3.820697E7</v>
       </c>
       <c r="Q55" s="14" t="n">
-        <v>2.5186806E7</v>
+        <v>4.0295457E7</v>
       </c>
       <c r="R55" s="14" t="n">
-        <v>2.3511823E7</v>
+        <v>3.9400117E7</v>
       </c>
       <c r="S55" s="14" t="n">
-        <v>2.1887284E7</v>
+        <v>3.6884939E7</v>
       </c>
       <c r="T55" s="14" t="n">
-        <v>2.0512727E7</v>
+        <v>3.4538571E7</v>
       </c>
       <c r="U55" s="14" t="n">
-        <v>1.9095759E7</v>
+        <v>3.2596527E7</v>
       </c>
       <c r="V55" s="14" t="n">
-        <v>1.76865E7</v>
+        <v>3.0952515E7</v>
       </c>
       <c r="W55" s="14" t="n">
-        <v>1.6068248E7</v>
+        <v>2.9398199E7</v>
+      </c>
+      <c r="X55" s="14" t="n">
+        <v>2.8119609E7</v>
+      </c>
+      <c r="Y55" s="14" t="n">
+        <v>2.6126647E7</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
-          <t>Cataluña</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6"/>
       <c r="E56" s="6"/>
       <c r="F56" s="6"/>
       <c r="G56" s="6"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
       <c r="O56" s="6"/>
       <c r="P56" s="6"/>
       <c r="Q56" s="6"/>
       <c r="R56" s="6"/>
       <c r="S56" s="6"/>
       <c r="T56" s="6"/>
       <c r="U56" s="6"/>
       <c r="V56" s="6"/>
       <c r="W56" s="6"/>
+      <c r="X56" s="6"/>
+      <c r="Y56" s="6"/>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>3.7303632E7</v>
+        <v>9325632.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>3.4420369E7</v>
+        <v>9215753.0</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>3.950082E7</v>
+        <v>8118933.0</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>3.8567713E7</v>
+        <v>7696613.0</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>3.823616E7</v>
+        <v>7963438.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>3.7023167E7</v>
+        <v>7972424.0</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>3.5757908E7</v>
+        <v>7880066.0</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>3.4653549E7</v>
+        <v>7705906.0</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>3.4758906E7</v>
+        <v>7320936.0</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>3.471835E7</v>
+        <v>7008729.0</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>3.50331E7</v>
+        <v>7369836.0</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>3.3108026E7</v>
+        <v>7305595.0</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>3.1952845E7</v>
+        <v>7277806.0</v>
       </c>
       <c r="O57" s="14" t="n">
-        <v>3.3794129E7</v>
+        <v>6821220.0</v>
       </c>
       <c r="P57" s="14" t="n">
-        <v>3.6128679E7</v>
+        <v>6706790.0</v>
       </c>
       <c r="Q57" s="14" t="n">
-        <v>3.6129683E7</v>
+        <v>7333686.0</v>
       </c>
       <c r="R57" s="14" t="n">
-        <v>3.3429132E7</v>
+        <v>8640266.0</v>
       </c>
       <c r="S57" s="14" t="n">
-        <v>3.1064152E7</v>
+        <v>8314463.0</v>
       </c>
       <c r="T57" s="14" t="n">
-        <v>2.8793665E7</v>
+        <v>7776726.0</v>
       </c>
       <c r="U57" s="14" t="n">
-        <v>2.6354434E7</v>
+        <v>7348626.0</v>
       </c>
       <c r="V57" s="14" t="n">
-        <v>2.3914121E7</v>
+        <v>7070001.0</v>
       </c>
       <c r="W57" s="14" t="n">
-        <v>2.1279886E7</v>
+        <v>6641145.0</v>
+      </c>
+      <c r="X57" s="14" t="n">
+        <v>5940119.0</v>
+      </c>
+      <c r="Y57" s="14" t="n">
+        <v>5379617.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>1.16040392E8</v>
+        <v>2.6133121E7</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>1.07411762E8</v>
+        <v>2.4232705E7</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>1.11256805E8</v>
+        <v>2.2559809E7</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>1.04854716E8</v>
+        <v>2.0897528E7</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>1.00506317E8</v>
+        <v>2.1233716E7</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>9.6570927E7</v>
+        <v>2.0009597E7</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>9.4025975E7</v>
+        <v>1.9168458E7</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>8.9974489E7</v>
+        <v>1.8364337E7</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>8.8786578E7</v>
+        <v>1.796131E7</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>9.1588185E7</v>
+        <v>1.714838E7</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>9.7092375E7</v>
+        <v>1.6983942E7</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>1.00297335E8</v>
+        <v>1.7458475E7</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>1.00529829E8</v>
+        <v>1.9147328E7</v>
       </c>
       <c r="O58" s="14" t="n">
-        <v>1.03773631E8</v>
+        <v>1.9900947E7</v>
       </c>
       <c r="P58" s="14" t="n">
-        <v>9.7650078E7</v>
+        <v>1.9596689E7</v>
       </c>
       <c r="Q58" s="14" t="n">
-        <v>9.0191406E7</v>
+        <v>1.980382E7</v>
       </c>
       <c r="R58" s="14" t="n">
-        <v>8.3383988E7</v>
+        <v>1.7704395E7</v>
       </c>
       <c r="S58" s="14" t="n">
-        <v>7.7766378E7</v>
+        <v>1.6099359E7</v>
       </c>
       <c r="T58" s="14" t="n">
-        <v>7.308694E7</v>
+        <v>1.4744867E7</v>
       </c>
       <c r="U58" s="14" t="n">
-        <v>6.8660518E7</v>
+        <v>1.3629495E7</v>
       </c>
       <c r="V58" s="14" t="n">
-        <v>6.465064E7</v>
+        <v>1.254571E7</v>
       </c>
       <c r="W58" s="14" t="n">
-        <v>6.0989281E7</v>
+        <v>1.1631994E7</v>
+      </c>
+      <c r="X58" s="14" t="n">
+        <v>1.0763975E7</v>
+      </c>
+      <c r="Y58" s="14" t="n">
+        <v>9932500.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>7497996.0</v>
+        <v>2158337.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>8365955.0</v>
+        <v>1320894.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>1.0216086E7</v>
+        <v>1170916.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>9209628.0</v>
+        <v>1221430.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>9434821.0</v>
+        <v>1353836.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>9204634.0</v>
+        <v>1275243.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>8653118.0</v>
+        <v>1349787.0</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>8994158.0</v>
+        <v>1330204.0</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>9053217.0</v>
+        <v>1322806.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>8459126.0</v>
+        <v>1546436.0</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>1.0988858E7</v>
+        <v>1635739.0</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>9459175.0</v>
+        <v>1543366.0</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>1.0464452E7</v>
+        <v>1938576.0</v>
       </c>
       <c r="O59" s="14" t="n">
-        <v>1.6120165E7</v>
+        <v>1765956.0</v>
       </c>
       <c r="P59" s="14" t="n">
-        <v>1.46168E7</v>
+        <v>1877957.0</v>
       </c>
       <c r="Q59" s="14" t="n">
-        <v>1.0975073E7</v>
+        <v>2832735.0</v>
       </c>
       <c r="R59" s="14" t="n">
-        <v>9893120.0</v>
+        <v>2507141.0</v>
       </c>
       <c r="S59" s="14" t="n">
-        <v>8680805.0</v>
+        <v>1799156.0</v>
       </c>
       <c r="T59" s="14" t="n">
-        <v>8433235.0</v>
+        <v>1680847.0</v>
       </c>
       <c r="U59" s="14" t="n">
-        <v>7947212.0</v>
+        <v>1473861.0</v>
       </c>
       <c r="V59" s="14" t="n">
-        <v>9370492.0</v>
+        <v>1444681.0</v>
       </c>
       <c r="W59" s="14" t="n">
-        <v>8096133.0</v>
+        <v>1389727.0</v>
+      </c>
+      <c r="X59" s="14" t="n">
+        <v>1590420.0</v>
+      </c>
+      <c r="Y59" s="14" t="n">
+        <v>1308759.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>540086.0</v>
+        <v>836446.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>654058.0</v>
+        <v>400746.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>871787.0</v>
+        <v>302989.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>755693.0</v>
+        <v>316345.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>836574.0</v>
+        <v>375330.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>1028745.0</v>
+        <v>349698.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>1179278.0</v>
+        <v>363905.0</v>
       </c>
       <c r="I60" s="14" t="n">
-        <v>2109022.0</v>
+        <v>413684.0</v>
       </c>
       <c r="J60" s="14" t="n">
-        <v>2739980.0</v>
+        <v>460665.0</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>3443211.0</v>
+        <v>650123.0</v>
       </c>
       <c r="L60" s="14" t="n">
-        <v>3951255.0</v>
+        <v>762178.0</v>
       </c>
       <c r="M60" s="14" t="n">
-        <v>3407553.0</v>
+        <v>913488.0</v>
       </c>
       <c r="N60" s="14" t="n">
-        <v>4012570.0</v>
+        <v>1049121.0</v>
       </c>
       <c r="O60" s="14" t="n">
-        <v>8385460.0</v>
+        <v>921622.0</v>
       </c>
       <c r="P60" s="14" t="n">
-        <v>7466168.0</v>
+        <v>935724.0</v>
       </c>
       <c r="Q60" s="14" t="n">
-        <v>5033444.0</v>
+        <v>1660425.0</v>
       </c>
       <c r="R60" s="14" t="n">
-        <v>3338668.0</v>
+        <v>1384697.0</v>
       </c>
       <c r="S60" s="14" t="n">
-        <v>2574497.0</v>
+        <v>898157.0</v>
       </c>
       <c r="T60" s="14" t="n">
-        <v>2633305.0</v>
+        <v>614046.0</v>
       </c>
       <c r="U60" s="14" t="n">
-        <v>2887121.0</v>
+        <v>491842.0</v>
       </c>
       <c r="V60" s="14" t="n">
-        <v>3268168.0</v>
+        <v>485771.0</v>
       </c>
       <c r="W60" s="14" t="n">
-        <v>2834760.0</v>
+        <v>516413.0</v>
+      </c>
+      <c r="X60" s="14" t="n">
+        <v>560976.0</v>
+      </c>
+      <c r="Y60" s="14" t="n">
+        <v>513546.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>1.60301934E8</v>
+        <v>3.6780644E7</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>1.49544028E8</v>
+        <v>3.4368606E7</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>1.60101924E8</v>
+        <v>3.1546669E7</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>1.51876364E8</v>
+        <v>2.9499226E7</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>1.47340724E8</v>
+        <v>3.017566E7</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>1.41769983E8</v>
+        <v>2.8907566E7</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>1.37257723E8</v>
+        <v>2.8034406E7</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>1.31513174E8</v>
+        <v>2.6986763E7</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>1.29858721E8</v>
+        <v>2.6144387E7</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>1.3132245E8</v>
+        <v>2.5053422E7</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>1.39163078E8</v>
+        <v>2.5227339E7</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>1.39456983E8</v>
+        <v>2.5393948E7</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>1.38934556E8</v>
+        <v>2.7314589E7</v>
       </c>
       <c r="O61" s="14" t="n">
-        <v>1.45302465E8</v>
+        <v>2.7566501E7</v>
       </c>
       <c r="P61" s="14" t="n">
-        <v>1.40929389E8</v>
+        <v>2.7245712E7</v>
       </c>
       <c r="Q61" s="14" t="n">
-        <v>1.32262718E8</v>
+        <v>2.8309816E7</v>
       </c>
       <c r="R61" s="14" t="n">
-        <v>1.23367572E8</v>
+        <v>2.7467105E7</v>
       </c>
       <c r="S61" s="14" t="n">
-        <v>1.14936838E8</v>
+        <v>2.5314821E7</v>
       </c>
       <c r="T61" s="14" t="n">
-        <v>1.07680535E8</v>
+        <v>2.3588394E7</v>
       </c>
       <c r="U61" s="14" t="n">
-        <v>1.00075043E8</v>
+        <v>2.196014E7</v>
       </c>
       <c r="V61" s="14" t="n">
-        <v>9.4667085E7</v>
+        <v>2.0574621E7</v>
       </c>
       <c r="W61" s="14" t="n">
-        <v>8.753054E7</v>
+        <v>1.9146453E7</v>
+      </c>
+      <c r="X61" s="14" t="n">
+        <v>1.7733538E7</v>
+      </c>
+      <c r="Y61" s="14" t="n">
+        <v>1.610733E7</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="6" t="inlineStr">
         <is>
-          <t>Comunitat Valenciana</t>
+          <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B62" s="6"/>
       <c r="C62" s="6"/>
       <c r="D62" s="6"/>
       <c r="E62" s="6"/>
       <c r="F62" s="6"/>
       <c r="G62" s="6"/>
       <c r="H62" s="6"/>
       <c r="I62" s="6"/>
       <c r="J62" s="6"/>
       <c r="K62" s="6"/>
       <c r="L62" s="6"/>
       <c r="M62" s="6"/>
       <c r="N62" s="6"/>
       <c r="O62" s="6"/>
       <c r="P62" s="6"/>
       <c r="Q62" s="6"/>
       <c r="R62" s="6"/>
       <c r="S62" s="6"/>
       <c r="T62" s="6"/>
       <c r="U62" s="6"/>
       <c r="V62" s="6"/>
       <c r="W62" s="6"/>
+      <c r="X62" s="6"/>
+      <c r="Y62" s="6"/>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>1.9584486E7</v>
+        <v>4.2494646E7</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>1.7943716E7</v>
+        <v>4.0353468E7</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>2.0022059E7</v>
+        <v>3.8725595E7</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>1.9486309E7</v>
+        <v>3.5586182E7</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>1.9348128E7</v>
+        <v>3.9981391E7</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>1.8901231E7</v>
+        <v>3.9268259E7</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>1.8526249E7</v>
+        <v>3.8754585E7</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>1.8151324E7</v>
+        <v>3.7690141E7</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>1.8279655E7</v>
+        <v>3.6484445E7</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>1.8450538E7</v>
+        <v>3.5292759E7</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>1.9102316E7</v>
+        <v>3.5259987E7</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>1.7996299E7</v>
+        <v>3.5209771E7</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>1.7797179E7</v>
+        <v>3.5581884E7</v>
       </c>
       <c r="O63" s="14" t="n">
-        <v>1.9406028E7</v>
+        <v>3.3645756E7</v>
       </c>
       <c r="P63" s="14" t="n">
-        <v>2.0828288E7</v>
+        <v>3.2581737E7</v>
       </c>
       <c r="Q63" s="14" t="n">
-        <v>2.0222357E7</v>
+        <v>3.4377959E7</v>
       </c>
       <c r="R63" s="14" t="n">
-        <v>1.9068054E7</v>
+        <v>3.6723731E7</v>
       </c>
       <c r="S63" s="14" t="n">
-        <v>1.7930075E7</v>
+        <v>3.6565962E7</v>
       </c>
       <c r="T63" s="14" t="n">
-        <v>1.682496E7</v>
+        <v>3.3607998E7</v>
       </c>
       <c r="U63" s="14" t="n">
-        <v>1.5565118E7</v>
+        <v>3.1252708E7</v>
       </c>
       <c r="V63" s="14" t="n">
-        <v>1.423898E7</v>
+        <v>2.8962313E7</v>
       </c>
       <c r="W63" s="14" t="n">
-        <v>1.2321524E7</v>
+        <v>2.651023E7</v>
+      </c>
+      <c r="X63" s="14" t="n">
+        <v>2.405279E7</v>
+      </c>
+      <c r="Y63" s="14" t="n">
+        <v>2.1390286E7</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>5.6331577E7</v>
+        <v>1.37407172E8</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>5.2349251E7</v>
+        <v>1.26417941E8</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>5.3888484E7</v>
+        <v>1.1656388E8</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>5.0539866E7</v>
+        <v>1.07743408E8</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>4.8250629E7</v>
+        <v>1.12442232E8</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>4.5825525E7</v>
+        <v>1.05831063E8</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>4.467257E7</v>
+        <v>1.0146292E8</v>
       </c>
       <c r="I64" s="14" t="n">
-        <v>4.2793559E7</v>
+        <v>9.7494464E7</v>
       </c>
       <c r="J64" s="14" t="n">
-        <v>4.1785622E7</v>
+        <v>9.4928793E7</v>
       </c>
       <c r="K64" s="14" t="n">
-        <v>4.2906251E7</v>
+        <v>9.0611375E7</v>
       </c>
       <c r="L64" s="14" t="n">
-        <v>4.616264E7</v>
+        <v>8.940787E7</v>
       </c>
       <c r="M64" s="14" t="n">
-        <v>4.8010763E7</v>
+        <v>9.2187994E7</v>
       </c>
       <c r="N64" s="14" t="n">
-        <v>4.861805E7</v>
+        <v>9.7710896E7</v>
       </c>
       <c r="O64" s="14" t="n">
-        <v>5.1414028E7</v>
+        <v>1.00793558E8</v>
       </c>
       <c r="P64" s="14" t="n">
-        <v>4.8270172E7</v>
+        <v>1.00945295E8</v>
       </c>
       <c r="Q64" s="14" t="n">
-        <v>4.5255386E7</v>
+        <v>1.04092562E8</v>
       </c>
       <c r="R64" s="14" t="n">
-        <v>4.1601671E7</v>
+        <v>9.7884511E7</v>
       </c>
       <c r="S64" s="14" t="n">
-        <v>3.8936367E7</v>
+        <v>9.0391522E7</v>
       </c>
       <c r="T64" s="14" t="n">
-        <v>3.6469491E7</v>
+        <v>8.35514E7</v>
       </c>
       <c r="U64" s="14" t="n">
-        <v>3.459641E7</v>
+        <v>7.790476E7</v>
       </c>
       <c r="V64" s="14" t="n">
-        <v>3.2197206E7</v>
+        <v>7.3188358E7</v>
       </c>
       <c r="W64" s="14" t="n">
-        <v>3.0612289E7</v>
+        <v>6.8735201E7</v>
+      </c>
+      <c r="X64" s="14" t="n">
+        <v>6.472719E7</v>
+      </c>
+      <c r="Y64" s="14" t="n">
+        <v>6.105343E7</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>3388964.0</v>
+        <v>1.7436071E7</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>3913412.0</v>
+        <v>9430972.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>4340841.0</v>
+        <v>7476658.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>4100357.0</v>
+        <v>8212951.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>4081018.0</v>
+        <v>1.0031761E7</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>4041583.0</v>
+        <v>8953462.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>3820614.0</v>
+        <v>9326080.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>4113615.0</v>
+        <v>9032562.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>4324109.0</v>
+        <v>8544213.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>4281532.0</v>
+        <v>8985885.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>5837566.0</v>
+        <v>9132545.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>4777597.0</v>
+        <v>8475695.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>5182163.0</v>
+        <v>1.1006372E7</v>
       </c>
       <c r="O65" s="14" t="n">
-        <v>8468928.0</v>
+        <v>9519361.0</v>
       </c>
       <c r="P65" s="14" t="n">
-        <v>7523770.0</v>
+        <v>1.0512699E7</v>
       </c>
       <c r="Q65" s="14" t="n">
-        <v>5515002.0</v>
+        <v>1.6168937E7</v>
       </c>
       <c r="R65" s="14" t="n">
-        <v>4857720.0</v>
+        <v>1.4661741E7</v>
       </c>
       <c r="S65" s="14" t="n">
-        <v>4198269.0</v>
+        <v>1.1021783E7</v>
       </c>
       <c r="T65" s="14" t="n">
-        <v>4139834.0</v>
+        <v>9947414.0</v>
       </c>
       <c r="U65" s="14" t="n">
-        <v>3850611.0</v>
+        <v>8729298.0</v>
       </c>
       <c r="V65" s="14" t="n">
-        <v>4664979.0</v>
+        <v>8477076.0</v>
       </c>
       <c r="W65" s="14" t="n">
-        <v>3857507.0</v>
+        <v>7982969.0</v>
+      </c>
+      <c r="X65" s="14" t="n">
+        <v>9397174.0</v>
+      </c>
+      <c r="Y65" s="14" t="n">
+        <v>8123455.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>215793.0</v>
+        <v>4397605.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>259695.0</v>
+        <v>1162262.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>365312.0</v>
+        <v>457668.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>317193.0</v>
+        <v>588429.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>370037.0</v>
+        <v>839709.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>510618.0</v>
+        <v>668039.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>653504.0</v>
+        <v>772146.0</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>1224824.0</v>
+        <v>966693.0</v>
       </c>
       <c r="J66" s="14" t="n">
-        <v>1616986.0</v>
+        <v>1114505.0</v>
       </c>
       <c r="K66" s="14" t="n">
-        <v>2021408.0</v>
+        <v>2024748.0</v>
       </c>
       <c r="L66" s="14" t="n">
-        <v>2395400.0</v>
+        <v>2666348.0</v>
       </c>
       <c r="M66" s="14" t="n">
-        <v>2038357.0</v>
+        <v>3468230.0</v>
       </c>
       <c r="N66" s="14" t="n">
-        <v>2228037.0</v>
+        <v>3989186.0</v>
       </c>
       <c r="O66" s="14" t="n">
-        <v>4516017.0</v>
+        <v>3438127.0</v>
       </c>
       <c r="P66" s="14" t="n">
-        <v>3937727.0</v>
+        <v>4036619.0</v>
       </c>
       <c r="Q66" s="14" t="n">
-        <v>2530856.0</v>
+        <v>8410298.0</v>
       </c>
       <c r="R66" s="14" t="n">
-        <v>1612838.0</v>
+        <v>7514105.0</v>
       </c>
       <c r="S66" s="14" t="n">
-        <v>1129151.0</v>
+        <v>5069076.0</v>
       </c>
       <c r="T66" s="14" t="n">
-        <v>1109121.0</v>
+        <v>3366543.0</v>
       </c>
       <c r="U66" s="14" t="n">
-        <v>1114014.0</v>
+        <v>2600908.0</v>
       </c>
       <c r="V66" s="14" t="n">
-        <v>1255160.0</v>
+        <v>2659859.0</v>
       </c>
       <c r="W66" s="14" t="n">
-        <v>1069633.0</v>
+        <v>2914506.0</v>
+      </c>
+      <c r="X66" s="14" t="n">
+        <v>3296488.0</v>
+      </c>
+      <c r="Y66" s="14" t="n">
+        <v>2861742.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>7.9089234E7</v>
+        <v>1.92940284E8</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>7.3946684E7</v>
+        <v>1.75040119E8</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>7.7886072E7</v>
+        <v>1.62308465E8</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>7.3809339E7</v>
+        <v>1.50954112E8</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>7.1309738E7</v>
+        <v>1.61615675E8</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>6.8257721E7</v>
+        <v>1.53384745E8</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>6.6365929E7</v>
+        <v>1.48771439E8</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>6.3833674E7</v>
+        <v>1.43250474E8</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>6.27724E7</v>
+        <v>1.38842946E8</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>6.3616913E7</v>
+        <v>1.32865271E8</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>6.8707122E7</v>
+        <v>1.31134054E8</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>6.8746302E7</v>
+        <v>1.3240523E8</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>6.9369355E7</v>
+        <v>1.40309966E8</v>
       </c>
       <c r="O67" s="14" t="n">
-        <v>7.4772967E7</v>
+        <v>1.40520548E8</v>
       </c>
       <c r="P67" s="14" t="n">
-        <v>7.2684503E7</v>
+        <v>1.40003112E8</v>
       </c>
       <c r="Q67" s="14" t="n">
-        <v>6.8461889E7</v>
+        <v>1.4622916E8</v>
       </c>
       <c r="R67" s="14" t="n">
-        <v>6.3914607E7</v>
+        <v>1.41755878E8</v>
       </c>
       <c r="S67" s="14" t="n">
-        <v>5.993556E7</v>
+        <v>1.32910191E8</v>
       </c>
       <c r="T67" s="14" t="n">
-        <v>5.6325164E7</v>
+        <v>1.23740269E8</v>
       </c>
       <c r="U67" s="14" t="n">
-        <v>5.2898125E7</v>
+        <v>1.15285858E8</v>
       </c>
       <c r="V67" s="14" t="n">
-        <v>4.9846005E7</v>
+        <v>1.07967888E8</v>
       </c>
       <c r="W67" s="14" t="n">
-        <v>4.5721687E7</v>
+        <v>1.00313894E8</v>
+      </c>
+      <c r="X67" s="14" t="n">
+        <v>9.4880666E7</v>
+      </c>
+      <c r="Y67" s="14" t="n">
+        <v>8.7705429E7</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>Extremadura</t>
+          <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="6"/>
       <c r="D68" s="6"/>
       <c r="E68" s="6"/>
       <c r="F68" s="6"/>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="6"/>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
       <c r="O68" s="6"/>
       <c r="P68" s="6"/>
       <c r="Q68" s="6"/>
       <c r="R68" s="6"/>
       <c r="S68" s="6"/>
       <c r="T68" s="6"/>
       <c r="U68" s="6"/>
       <c r="V68" s="6"/>
       <c r="W68" s="6"/>
+      <c r="X68" s="6"/>
+      <c r="Y68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>3736860.0</v>
+        <v>2.2072514E7</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>3348303.0</v>
+        <v>2.0860718E7</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>3712352.0</v>
+        <v>2.0007444E7</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>3800211.0</v>
+        <v>1.8882174E7</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>3957669.0</v>
+        <v>2.0622329E7</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>3653641.0</v>
+        <v>2.015566E7</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>3462961.0</v>
+        <v>1.9900055E7</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>3362728.0</v>
+        <v>1.9497492E7</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>3409181.0</v>
+        <v>1.913242E7</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>3428082.0</v>
+        <v>1.8689443E7</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>3522673.0</v>
+        <v>1.8731275E7</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>3402209.0</v>
+        <v>1.8886558E7</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>3368394.0</v>
+        <v>1.9567112E7</v>
       </c>
       <c r="O69" s="14" t="n">
-        <v>3615485.0</v>
+        <v>1.8437728E7</v>
       </c>
       <c r="P69" s="14" t="n">
-        <v>3914067.0</v>
+        <v>1.8119802E7</v>
       </c>
       <c r="Q69" s="14" t="n">
-        <v>3866758.0</v>
+        <v>1.9712758E7</v>
       </c>
       <c r="R69" s="14" t="n">
-        <v>3632085.0</v>
+        <v>2.1140843E7</v>
       </c>
       <c r="S69" s="14" t="n">
-        <v>3492930.0</v>
+        <v>2.0451816E7</v>
       </c>
       <c r="T69" s="14" t="n">
-        <v>3345744.0</v>
+        <v>1.9164377E7</v>
       </c>
       <c r="U69" s="14" t="n">
-        <v>3193346.0</v>
+        <v>1.8031622E7</v>
       </c>
       <c r="V69" s="14" t="n">
-        <v>2999997.0</v>
+        <v>1.6915627E7</v>
       </c>
       <c r="W69" s="14" t="n">
-        <v>2714023.0</v>
+        <v>1.5649165E7</v>
+      </c>
+      <c r="X69" s="14" t="n">
+        <v>1.43137E7</v>
+      </c>
+      <c r="Y69" s="14" t="n">
+        <v>1.2380418E7</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>9670973.0</v>
+        <v>6.7302644E7</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>9167066.0</v>
+        <v>6.201262E7</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>9263076.0</v>
+        <v>5.7278562E7</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>8689748.0</v>
+        <v>5.2510885E7</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>8351744.0</v>
+        <v>5.4462659E7</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>8123725.0</v>
+        <v>5.1010464E7</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>7961727.0</v>
+        <v>4.8709871E7</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>7657357.0</v>
+        <v>4.6263768E7</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>7595489.0</v>
+        <v>4.5101507E7</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>7675894.0</v>
+        <v>4.3096474E7</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>8340480.0</v>
+        <v>4.2078021E7</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>8612896.0</v>
+        <v>4.3187243E7</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>8503833.0</v>
+        <v>4.6456716E7</v>
       </c>
       <c r="O70" s="14" t="n">
-        <v>8615818.0</v>
+        <v>4.8248299E7</v>
       </c>
       <c r="P70" s="14" t="n">
-        <v>8036263.0</v>
+        <v>4.8818977E7</v>
       </c>
       <c r="Q70" s="14" t="n">
-        <v>7452730.0</v>
+        <v>5.1572041E7</v>
       </c>
       <c r="R70" s="14" t="n">
-        <v>6916559.0</v>
+        <v>4.8386056E7</v>
       </c>
       <c r="S70" s="14" t="n">
-        <v>6387594.0</v>
+        <v>4.5355798E7</v>
       </c>
       <c r="T70" s="14" t="n">
-        <v>6022582.0</v>
+        <v>4.1685195E7</v>
       </c>
       <c r="U70" s="14" t="n">
-        <v>5636769.0</v>
+        <v>3.9005653E7</v>
       </c>
       <c r="V70" s="14" t="n">
-        <v>5319401.0</v>
+        <v>3.6520098E7</v>
       </c>
       <c r="W70" s="14" t="n">
-        <v>5022199.0</v>
+        <v>3.4634041E7</v>
+      </c>
+      <c r="X70" s="14" t="n">
+        <v>3.2235329E7</v>
+      </c>
+      <c r="Y70" s="14" t="n">
+        <v>3.0644487E7</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>491257.0</v>
+        <v>7413157.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>510889.0</v>
+        <v>4231924.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>568280.0</v>
+        <v>3355492.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>549953.0</v>
+        <v>3830127.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>570557.0</v>
+        <v>4242996.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>584117.0</v>
+        <v>3974069.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>594469.0</v>
+        <v>4015761.0</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>668297.0</v>
+        <v>3957324.0</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>708929.0</v>
+        <v>3761979.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>639664.0</v>
+        <v>4101538.0</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>787302.0</v>
+        <v>4357093.0</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>729070.0</v>
+        <v>4293286.0</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>767362.0</v>
+        <v>5850275.0</v>
       </c>
       <c r="O71" s="14" t="n">
-        <v>1163667.0</v>
+        <v>4812124.0</v>
       </c>
       <c r="P71" s="14" t="n">
-        <v>1017024.0</v>
+        <v>5203201.0</v>
       </c>
       <c r="Q71" s="14" t="n">
-        <v>787288.0</v>
+        <v>8492759.0</v>
       </c>
       <c r="R71" s="14" t="n">
-        <v>718844.0</v>
+        <v>7540917.0</v>
       </c>
       <c r="S71" s="14" t="n">
-        <v>635559.0</v>
+        <v>5532682.0</v>
       </c>
       <c r="T71" s="14" t="n">
-        <v>637391.0</v>
+        <v>4878642.0</v>
       </c>
       <c r="U71" s="14" t="n">
-        <v>633793.0</v>
+        <v>4215795.0</v>
       </c>
       <c r="V71" s="14" t="n">
-        <v>731845.0</v>
+        <v>4155616.0</v>
       </c>
       <c r="W71" s="14" t="n">
-        <v>613299.0</v>
+        <v>3862710.0</v>
+      </c>
+      <c r="X71" s="14" t="n">
+        <v>4673014.0</v>
+      </c>
+      <c r="Y71" s="14" t="n">
+        <v>3865809.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>125708.0</v>
+        <v>1821216.0</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>130465.0</v>
+        <v>466662.0</v>
       </c>
       <c r="D72" s="14" t="n">
-        <v>151627.0</v>
+        <v>178891.0</v>
       </c>
       <c r="E72" s="14" t="n">
-        <v>147119.0</v>
+        <v>230153.0</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>154189.0</v>
+        <v>347750.0</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>173227.0</v>
+        <v>275749.0</v>
       </c>
       <c r="H72" s="14" t="n">
-        <v>181926.0</v>
+        <v>336557.0</v>
       </c>
       <c r="I72" s="14" t="n">
-        <v>241336.0</v>
+        <v>473398.0</v>
       </c>
       <c r="J72" s="14" t="n">
-        <v>274219.0</v>
+        <v>609674.0</v>
       </c>
       <c r="K72" s="14" t="n">
-        <v>324650.0</v>
+        <v>1167592.0</v>
       </c>
       <c r="L72" s="14" t="n">
-        <v>363974.0</v>
+        <v>1565293.0</v>
       </c>
       <c r="M72" s="14" t="n">
-        <v>313480.0</v>
+        <v>2028576.0</v>
       </c>
       <c r="N72" s="14" t="n">
-        <v>325234.0</v>
+        <v>2411502.0</v>
       </c>
       <c r="O72" s="14" t="n">
-        <v>528543.0</v>
+        <v>2050999.0</v>
       </c>
       <c r="P72" s="14" t="n">
-        <v>415890.0</v>
+        <v>2237813.0</v>
       </c>
       <c r="Q72" s="14" t="n">
-        <v>283169.0</v>
+        <v>4527601.0</v>
       </c>
       <c r="R72" s="14" t="n">
-        <v>207652.0</v>
+        <v>3957393.0</v>
       </c>
       <c r="S72" s="14" t="n">
-        <v>175163.0</v>
+        <v>2544093.0</v>
       </c>
       <c r="T72" s="14" t="n">
-        <v>181507.0</v>
+        <v>1621969.0</v>
       </c>
       <c r="U72" s="14" t="n">
-        <v>196106.0</v>
+        <v>1137153.0</v>
       </c>
       <c r="V72" s="14" t="n">
-        <v>221929.0</v>
+        <v>1117151.0</v>
       </c>
       <c r="W72" s="14" t="n">
-        <v>205232.0</v>
+        <v>1122190.0</v>
+      </c>
+      <c r="X72" s="14" t="n">
+        <v>1263756.0</v>
+      </c>
+      <c r="Y72" s="14" t="n">
+        <v>1077678.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>1.3773382E7</v>
+        <v>9.4967099E7</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>1.2895793E7</v>
+        <v>8.66386E7</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>1.3392081E7</v>
+        <v>8.0462607E7</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>1.2892793E7</v>
+        <v>7.4993033E7</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>1.2725781E7</v>
+        <v>7.8980234E7</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>1.2188256E7</v>
+        <v>7.4864444E7</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>1.1837231E7</v>
+        <v>7.228913E7</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>1.1447046E7</v>
+        <v>6.9245186E7</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>1.143938E7</v>
+        <v>6.7386232E7</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>1.141899E7</v>
+        <v>6.4719863E7</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>1.2286481E7</v>
+        <v>6.3601096E7</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>1.2430695E7</v>
+        <v>6.4338511E7</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>1.2314355E7</v>
+        <v>6.9462601E7</v>
       </c>
       <c r="O73" s="14" t="n">
-        <v>1.2866427E7</v>
+        <v>6.9447152E7</v>
       </c>
       <c r="P73" s="14" t="n">
-        <v>1.2551464E7</v>
+        <v>6.9904167E7</v>
       </c>
       <c r="Q73" s="14" t="n">
-        <v>1.1823607E7</v>
+        <v>7.5249957E7</v>
       </c>
       <c r="R73" s="14" t="n">
-        <v>1.1059836E7</v>
+        <v>7.3110423E7</v>
       </c>
       <c r="S73" s="14" t="n">
-        <v>1.034092E7</v>
+        <v>6.8796203E7</v>
       </c>
       <c r="T73" s="14" t="n">
-        <v>9824210.0</v>
+        <v>6.4106245E7</v>
       </c>
       <c r="U73" s="14" t="n">
-        <v>9267802.0</v>
+        <v>6.0115917E7</v>
       </c>
       <c r="V73" s="14" t="n">
-        <v>8829314.0</v>
+        <v>5.647419E7</v>
       </c>
       <c r="W73" s="14" t="n">
-        <v>8144289.0</v>
+        <v>5.3023726E7</v>
+      </c>
+      <c r="X73" s="14" t="n">
+        <v>4.9958287E7</v>
+      </c>
+      <c r="Y73" s="14" t="n">
+        <v>4.5813036E7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="6" t="inlineStr">
         <is>
-          <t>Galicia</t>
+          <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B74" s="6"/>
       <c r="C74" s="6"/>
       <c r="D74" s="6"/>
       <c r="E74" s="6"/>
       <c r="F74" s="6"/>
       <c r="G74" s="6"/>
       <c r="H74" s="6"/>
       <c r="I74" s="6"/>
       <c r="J74" s="6"/>
       <c r="K74" s="6"/>
       <c r="L74" s="6"/>
       <c r="M74" s="6"/>
       <c r="N74" s="6"/>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
       <c r="Q74" s="6"/>
       <c r="R74" s="6"/>
       <c r="S74" s="6"/>
       <c r="T74" s="6"/>
       <c r="U74" s="6"/>
       <c r="V74" s="6"/>
       <c r="W74" s="6"/>
+      <c r="X74" s="6"/>
+      <c r="Y74" s="6"/>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>1.071065E7</v>
+        <v>4721160.0</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>9848607.0</v>
+        <v>4292855.0</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>1.0933246E7</v>
+        <v>4312755.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>1.1121381E7</v>
+        <v>3821188.0</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>1.0755487E7</v>
+        <v>4120448.0</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>1.0482025E7</v>
+        <v>4196697.0</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>1.0129372E7</v>
+        <v>4316932.0</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>9783341.0</v>
+        <v>3993568.0</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>9825419.0</v>
+        <v>3782199.0</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>9701957.0</v>
+        <v>3647780.0</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>9883367.0</v>
+        <v>3665565.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>9433463.0</v>
+        <v>3668705.0</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>9177764.0</v>
+        <v>3765179.0</v>
       </c>
       <c r="O75" s="14" t="n">
-        <v>1.0053453E7</v>
+        <v>3628107.0</v>
       </c>
       <c r="P75" s="14" t="n">
-        <v>1.0650778E7</v>
+        <v>3426838.0</v>
       </c>
       <c r="Q75" s="14" t="n">
-        <v>1.0667441E7</v>
+        <v>3669271.0</v>
       </c>
       <c r="R75" s="14" t="n">
-        <v>1.0085522E7</v>
+        <v>3968871.0</v>
       </c>
       <c r="S75" s="14" t="n">
-        <v>9465693.0</v>
+        <v>3907249.0</v>
       </c>
       <c r="T75" s="14" t="n">
-        <v>8817825.0</v>
+        <v>3649469.0</v>
       </c>
       <c r="U75" s="14" t="n">
-        <v>8253793.0</v>
+        <v>3511246.0</v>
       </c>
       <c r="V75" s="14" t="n">
-        <v>7640329.0</v>
+        <v>3362221.0</v>
       </c>
       <c r="W75" s="14" t="n">
-        <v>6911777.0</v>
+        <v>3208634.0</v>
+      </c>
+      <c r="X75" s="14" t="n">
+        <v>3013915.0</v>
+      </c>
+      <c r="Y75" s="14" t="n">
+        <v>2725154.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>2.9651501E7</v>
+        <v>1.1181816E7</v>
       </c>
       <c r="C76" s="14" t="n">
-        <v>2.7990508E7</v>
+        <v>1.0425025E7</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>2.8546856E7</v>
+        <v>9681495.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>2.6996094E7</v>
+        <v>9195370.0</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>2.602523E7</v>
+        <v>9361773.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>2.5229378E7</v>
+        <v>8770662.0</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>2.4791467E7</v>
+        <v>8431235.0</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>2.3815155E7</v>
+        <v>8201415.0</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>2.3733659E7</v>
+        <v>8038174.0</v>
       </c>
       <c r="K76" s="14" t="n">
-        <v>2.4376148E7</v>
+        <v>7711560.0</v>
       </c>
       <c r="L76" s="14" t="n">
-        <v>2.609615E7</v>
+        <v>7648639.0</v>
       </c>
       <c r="M76" s="14" t="n">
-        <v>2.7012826E7</v>
+        <v>7726163.0</v>
       </c>
       <c r="N76" s="14" t="n">
-        <v>2.703784E7</v>
+        <v>8393612.0</v>
       </c>
       <c r="O76" s="14" t="n">
-        <v>2.7351864E7</v>
+        <v>8655509.0</v>
       </c>
       <c r="P76" s="14" t="n">
-        <v>2.5694962E7</v>
+        <v>8538977.0</v>
       </c>
       <c r="Q76" s="14" t="n">
-        <v>2.3507005E7</v>
+        <v>8642297.0</v>
       </c>
       <c r="R76" s="14" t="n">
-        <v>2.1655716E7</v>
+        <v>8055556.0</v>
       </c>
       <c r="S76" s="14" t="n">
-        <v>2.0280301E7</v>
+        <v>7469266.0</v>
       </c>
       <c r="T76" s="14" t="n">
-        <v>1.9137779E7</v>
+        <v>6930446.0</v>
       </c>
       <c r="U76" s="14" t="n">
-        <v>1.8124667E7</v>
+        <v>6398960.0</v>
       </c>
       <c r="V76" s="14" t="n">
-        <v>1.709925E7</v>
+        <v>6030939.0</v>
       </c>
       <c r="W76" s="14" t="n">
-        <v>1.6213173E7</v>
+        <v>5642900.0</v>
+      </c>
+      <c r="X76" s="14" t="n">
+        <v>5325699.0</v>
+      </c>
+      <c r="Y76" s="14" t="n">
+        <v>5027481.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>1804440.0</v>
+        <v>901260.0</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>1937666.0</v>
+        <v>579908.0</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>2726436.0</v>
+        <v>531987.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>2082000.0</v>
+        <v>547736.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>2131961.0</v>
+        <v>608312.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>2082502.0</v>
+        <v>587040.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>1998907.0</v>
+        <v>610036.0</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>2314287.0</v>
+        <v>623340.0</v>
       </c>
       <c r="J77" s="14" t="n">
-        <v>2097958.0</v>
+        <v>633026.0</v>
       </c>
       <c r="K77" s="14" t="n">
-        <v>2136581.0</v>
+        <v>714674.0</v>
       </c>
       <c r="L77" s="14" t="n">
-        <v>2724031.0</v>
+        <v>759342.0</v>
       </c>
       <c r="M77" s="14" t="n">
-        <v>2190357.0</v>
+        <v>692481.0</v>
       </c>
       <c r="N77" s="14" t="n">
-        <v>2430007.0</v>
+        <v>830657.0</v>
       </c>
       <c r="O77" s="14" t="n">
-        <v>3779685.0</v>
+        <v>765400.0</v>
       </c>
       <c r="P77" s="14" t="n">
-        <v>3271946.0</v>
+        <v>793435.0</v>
       </c>
       <c r="Q77" s="14" t="n">
-        <v>2550195.0</v>
+        <v>1179993.0</v>
       </c>
       <c r="R77" s="14" t="n">
-        <v>2380175.0</v>
+        <v>1062495.0</v>
       </c>
       <c r="S77" s="14" t="n">
-        <v>2072246.0</v>
+        <v>832514.0</v>
       </c>
       <c r="T77" s="14" t="n">
-        <v>1986405.0</v>
+        <v>764368.0</v>
       </c>
       <c r="U77" s="14" t="n">
-        <v>1971969.0</v>
+        <v>681966.0</v>
       </c>
       <c r="V77" s="14" t="n">
-        <v>2292551.0</v>
+        <v>683057.0</v>
       </c>
       <c r="W77" s="14" t="n">
-        <v>1901247.0</v>
+        <v>676861.0</v>
+      </c>
+      <c r="X77" s="14" t="n">
+        <v>774539.0</v>
+      </c>
+      <c r="Y77" s="14" t="n">
+        <v>655176.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>87938.0</v>
+        <v>385971.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>105795.0</v>
+        <v>219281.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>148740.0</v>
+        <v>179253.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>143901.0</v>
+        <v>184008.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>179465.0</v>
+        <v>211222.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>237716.0</v>
+        <v>202423.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>265317.0</v>
+        <v>207901.0</v>
       </c>
       <c r="I78" s="14" t="n">
-        <v>430818.0</v>
+        <v>224615.0</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>536655.0</v>
+        <v>231454.0</v>
       </c>
       <c r="K78" s="14" t="n">
-        <v>686593.0</v>
+        <v>289152.0</v>
       </c>
       <c r="L78" s="14" t="n">
-        <v>782611.0</v>
+        <v>322527.0</v>
       </c>
       <c r="M78" s="14" t="n">
-        <v>620111.0</v>
+        <v>378525.0</v>
       </c>
       <c r="N78" s="14" t="n">
-        <v>652820.0</v>
+        <v>411786.0</v>
       </c>
       <c r="O78" s="14" t="n">
-        <v>1227212.0</v>
+        <v>353575.0</v>
       </c>
       <c r="P78" s="14" t="n">
-        <v>1003841.0</v>
+        <v>357100.0</v>
       </c>
       <c r="Q78" s="14" t="n">
-        <v>676632.0</v>
+        <v>549624.0</v>
       </c>
       <c r="R78" s="14" t="n">
-        <v>478592.0</v>
+        <v>464002.0</v>
       </c>
       <c r="S78" s="14" t="n">
-        <v>383078.0</v>
+        <v>324801.0</v>
       </c>
       <c r="T78" s="14" t="n">
-        <v>396881.0</v>
+        <v>247610.0</v>
       </c>
       <c r="U78" s="14" t="n">
-        <v>444756.0</v>
+        <v>215883.0</v>
       </c>
       <c r="V78" s="14" t="n">
-        <v>516362.0</v>
+        <v>221323.0</v>
       </c>
       <c r="W78" s="14" t="n">
-        <v>464420.0</v>
+        <v>235259.0</v>
+      </c>
+      <c r="X78" s="14" t="n">
+        <v>260439.0</v>
+      </c>
+      <c r="Y78" s="14" t="n">
+        <v>242874.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>4.2078653E7</v>
+        <v>1.6418265E7</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>3.9670986E7</v>
+        <v>1.5078507E7</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>4.2057798E7</v>
+        <v>1.4346984E7</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>4.0055574E7</v>
+        <v>1.3380286E7</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>3.8733213E7</v>
+        <v>1.3879311E7</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>3.7556189E7</v>
+        <v>1.3351976E7</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>3.6654429E7</v>
+        <v>1.3150302E7</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>3.5481965E7</v>
+        <v>1.2593708E7</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>3.5120381E7</v>
+        <v>1.2221945E7</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>3.5528093E7</v>
+        <v>1.1784862E7</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>3.7920937E7</v>
+        <v>1.1751019E7</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>3.8016535E7</v>
+        <v>1.1708824E7</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>3.7992791E7</v>
+        <v>1.2577662E7</v>
       </c>
       <c r="O79" s="14" t="n">
-        <v>3.995779E7</v>
+        <v>1.2695441E7</v>
       </c>
       <c r="P79" s="14" t="n">
-        <v>3.8613845E7</v>
+        <v>1.240215E7</v>
       </c>
       <c r="Q79" s="14" t="n">
-        <v>3.6048009E7</v>
+        <v>1.2941937E7</v>
       </c>
       <c r="R79" s="14" t="n">
-        <v>3.3642821E7</v>
+        <v>1.262292E7</v>
       </c>
       <c r="S79" s="14" t="n">
-        <v>3.1435162E7</v>
+        <v>1.1884228E7</v>
       </c>
       <c r="T79" s="14" t="n">
-        <v>2.9545128E7</v>
+        <v>1.1096673E7</v>
       </c>
       <c r="U79" s="14" t="n">
-        <v>2.7905673E7</v>
+        <v>1.0376289E7</v>
       </c>
       <c r="V79" s="14" t="n">
-        <v>2.6515768E7</v>
+        <v>9854894.0</v>
       </c>
       <c r="W79" s="14" t="n">
-        <v>2.4561777E7</v>
+        <v>9293136.0</v>
+      </c>
+      <c r="X79" s="14" t="n">
+        <v>8853714.0</v>
+      </c>
+      <c r="Y79" s="14" t="n">
+        <v>8164937.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="inlineStr">
         <is>
-          <t>Madrid, Comunidad de</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="B80" s="6"/>
       <c r="C80" s="6"/>
       <c r="D80" s="6"/>
       <c r="E80" s="6"/>
       <c r="F80" s="6"/>
       <c r="G80" s="6"/>
       <c r="H80" s="6"/>
       <c r="I80" s="6"/>
       <c r="J80" s="6"/>
       <c r="K80" s="6"/>
       <c r="L80" s="6"/>
       <c r="M80" s="6"/>
       <c r="N80" s="6"/>
       <c r="O80" s="6"/>
       <c r="P80" s="6"/>
       <c r="Q80" s="6"/>
       <c r="R80" s="6"/>
       <c r="S80" s="6"/>
       <c r="T80" s="6"/>
       <c r="U80" s="6"/>
       <c r="V80" s="6"/>
       <c r="W80" s="6"/>
+      <c r="X80" s="6"/>
+      <c r="Y80" s="6"/>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>3.3984509E7</v>
+        <v>1.3225123E7</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>3.1383098E7</v>
+        <v>1.2366844E7</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>3.5974792E7</v>
+        <v>1.1232575E7</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>3.535447E7</v>
+        <v>1.0327345E7</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>3.4852686E7</v>
+        <v>1.1229632E7</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>3.2583966E7</v>
+        <v>1.1466002E7</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>3.1170564E7</v>
+        <v>1.1035648E7</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>2.9954037E7</v>
+        <v>1.0791099E7</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>3.0654141E7</v>
+        <v>1.0444563E7</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>3.0693361E7</v>
+        <v>1.0061653E7</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>3.1476096E7</v>
+        <v>1.0059501E7</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>2.9376289E7</v>
+        <v>9926004.0</v>
       </c>
       <c r="N81" s="14" t="n">
-        <v>2.7919432E7</v>
+        <v>1.0121398E7</v>
       </c>
       <c r="O81" s="14" t="n">
-        <v>2.8733918E7</v>
+        <v>9661763.0</v>
       </c>
       <c r="P81" s="14" t="n">
-        <v>3.1487117E7</v>
+        <v>9351510.0</v>
       </c>
       <c r="Q81" s="14" t="n">
-        <v>3.1311829E7</v>
+        <v>1.0214857E7</v>
       </c>
       <c r="R81" s="14" t="n">
-        <v>2.907955E7</v>
+        <v>1.081445E7</v>
       </c>
       <c r="S81" s="14" t="n">
-        <v>2.6943993E7</v>
+        <v>1.0787452E7</v>
       </c>
       <c r="T81" s="14" t="n">
-        <v>2.4948006E7</v>
+        <v>1.0136136E7</v>
       </c>
       <c r="U81" s="14" t="n">
-        <v>2.2598654E7</v>
+        <v>9518965.0</v>
       </c>
       <c r="V81" s="14" t="n">
-        <v>2.0191403E7</v>
+        <v>8865374.0</v>
       </c>
       <c r="W81" s="14" t="n">
-        <v>1.7764554E7</v>
+        <v>8298065.0</v>
+      </c>
+      <c r="X81" s="14" t="n">
+        <v>7680202.0</v>
+      </c>
+      <c r="Y81" s="14" t="n">
+        <v>6943788.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>1.20951267E8</v>
+        <v>3.4333167E7</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>1.13330944E8</v>
+        <v>3.1996319E7</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>1.16090082E8</v>
+        <v>2.9827593E7</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>1.08321714E8</v>
+        <v>2.8076932E7</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>1.04202422E8</v>
+        <v>2.8851019E7</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>1.0088494E8</v>
+        <v>2.7247466E7</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>9.8942659E7</v>
+        <v>2.6272934E7</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>9.501798E7</v>
+        <v>2.5470654E7</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>9.352846E7</v>
+        <v>2.502951E7</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>9.5766421E7</v>
+        <v>2.3983731E7</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>9.976267E7</v>
+        <v>2.3899737E7</v>
       </c>
       <c r="M82" s="14" t="n">
-        <v>1.01302543E8</v>
+        <v>2.4535787E7</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>1.02343524E8</v>
+        <v>2.6262394E7</v>
       </c>
       <c r="O82" s="14" t="n">
-        <v>1.02962023E8</v>
+        <v>2.7146473E7</v>
       </c>
       <c r="P82" s="14" t="n">
-        <v>9.5610516E7</v>
+        <v>2.7149581E7</v>
       </c>
       <c r="Q82" s="14" t="n">
-        <v>8.9315869E7</v>
+        <v>2.7435926E7</v>
       </c>
       <c r="R82" s="14" t="n">
-        <v>8.2242101E7</v>
+        <v>2.5756649E7</v>
       </c>
       <c r="S82" s="14" t="n">
-        <v>7.6539258E7</v>
+        <v>2.3559162E7</v>
       </c>
       <c r="T82" s="14" t="n">
-        <v>7.1473761E7</v>
+        <v>2.1699195E7</v>
       </c>
       <c r="U82" s="14" t="n">
-        <v>6.8048061E7</v>
+        <v>2.0316389E7</v>
       </c>
       <c r="V82" s="14" t="n">
-        <v>6.4347777E7</v>
+        <v>1.9164335E7</v>
       </c>
       <c r="W82" s="14" t="n">
-        <v>5.9790777E7</v>
+        <v>1.8144381E7</v>
+      </c>
+      <c r="X82" s="14" t="n">
+        <v>1.7119496E7</v>
+      </c>
+      <c r="Y82" s="14" t="n">
+        <v>1.6230226E7</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>9117081.0</v>
+        <v>4211818.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>1.0430234E7</v>
+        <v>2261275.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>1.3098651E7</v>
+        <v>1789345.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>1.1650226E7</v>
+        <v>1894107.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>1.1085544E7</v>
+        <v>2678416.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>1.056838E7</v>
+        <v>2017381.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>9023110.0</v>
+        <v>2096815.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>8831770.0</v>
+        <v>2039075.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>8071939.0</v>
+        <v>1967087.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>7870006.0</v>
+        <v>2309390.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>1.0853154E7</v>
+        <v>2105285.0</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>8815007.0</v>
+        <v>2145957.0</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>9418336.0</v>
+        <v>2732574.0</v>
       </c>
       <c r="O83" s="14" t="n">
-        <v>1.4880559E7</v>
+        <v>2206650.0</v>
       </c>
       <c r="P83" s="14" t="n">
-        <v>1.3388507E7</v>
+        <v>2442643.0</v>
       </c>
       <c r="Q83" s="14" t="n">
-        <v>1.0347372E7</v>
+        <v>3791728.0</v>
       </c>
       <c r="R83" s="14" t="n">
-        <v>8986859.0</v>
+        <v>3280460.0</v>
       </c>
       <c r="S83" s="14" t="n">
-        <v>7853502.0</v>
+        <v>2559238.0</v>
       </c>
       <c r="T83" s="14" t="n">
-        <v>7391411.0</v>
+        <v>2391131.0</v>
       </c>
       <c r="U83" s="14" t="n">
-        <v>6982361.0</v>
+        <v>2081623.0</v>
       </c>
       <c r="V83" s="14" t="n">
-        <v>8313904.0</v>
+        <v>1994811.0</v>
       </c>
       <c r="W83" s="14" t="n">
-        <v>6966274.0</v>
+        <v>1978970.0</v>
+      </c>
+      <c r="X83" s="14" t="n">
+        <v>2297498.0</v>
+      </c>
+      <c r="Y83" s="14" t="n">
+        <v>1906300.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>647372.0</v>
+        <v>610568.0</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>795982.0</v>
+        <v>179259.0</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>1118105.0</v>
+        <v>84806.0</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>942200.0</v>
+        <v>104475.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>1007485.0</v>
+        <v>151931.0</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>1180757.0</v>
+        <v>136169.0</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>1220708.0</v>
+        <v>172878.0</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>1979066.0</v>
+        <v>229601.0</v>
       </c>
       <c r="J84" s="14" t="n">
-        <v>2443410.0</v>
+        <v>256880.0</v>
       </c>
       <c r="K84" s="14" t="n">
-        <v>3116441.0</v>
+        <v>420015.0</v>
       </c>
       <c r="L84" s="14" t="n">
-        <v>3528450.0</v>
+        <v>528640.0</v>
       </c>
       <c r="M84" s="14" t="n">
-        <v>2863843.0</v>
+        <v>697400.0</v>
       </c>
       <c r="N84" s="14" t="n">
-        <v>3479713.0</v>
+        <v>795154.0</v>
       </c>
       <c r="O84" s="14" t="n">
-        <v>7149493.0</v>
+        <v>630210.0</v>
       </c>
       <c r="P84" s="14" t="n">
-        <v>6187006.0</v>
+        <v>660662.0</v>
       </c>
       <c r="Q84" s="14" t="n">
-        <v>4148011.0</v>
+        <v>1233565.0</v>
       </c>
       <c r="R84" s="14" t="n">
-        <v>2807783.0</v>
+        <v>1011294.0</v>
       </c>
       <c r="S84" s="14" t="n">
-        <v>2118771.0</v>
+        <v>682276.0</v>
       </c>
       <c r="T84" s="14" t="n">
-        <v>2028414.0</v>
+        <v>483232.0</v>
       </c>
       <c r="U84" s="14" t="n">
-        <v>2070735.0</v>
+        <v>387559.0</v>
       </c>
       <c r="V84" s="14" t="n">
-        <v>2321059.0</v>
+        <v>401384.0</v>
       </c>
       <c r="W84" s="14" t="n">
-        <v>2002768.0</v>
+        <v>449407.0</v>
+      </c>
+      <c r="X84" s="14" t="n">
+        <v>521190.0</v>
+      </c>
+      <c r="Y84" s="14" t="n">
+        <v>469075.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>1.63405485E8</v>
+        <v>5.115954E7</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>1.54348294E8</v>
+        <v>4.6445179E7</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>1.6404542E8</v>
+        <v>4.2764707E7</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>1.5438421E8</v>
+        <v>4.0193909E7</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>1.49133167E8</v>
+        <v>4.2607136E7</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>1.42856529E8</v>
+        <v>4.059468E7</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>1.37915625E8</v>
+        <v>3.9232519E7</v>
       </c>
       <c r="I85" s="14" t="n">
-        <v>1.31824721E8</v>
+        <v>3.8071227E7</v>
       </c>
       <c r="J85" s="14" t="n">
-        <v>1.2981113E8</v>
+        <v>3.718428E7</v>
       </c>
       <c r="K85" s="14" t="n">
-        <v>1.31213347E8</v>
+        <v>3.5934759E7</v>
       </c>
       <c r="L85" s="14" t="n">
-        <v>1.3856347E8</v>
+        <v>3.5535883E7</v>
       </c>
       <c r="M85" s="14" t="n">
-        <v>1.36629996E8</v>
+        <v>3.5910348E7</v>
       </c>
       <c r="N85" s="14" t="n">
-        <v>1.36201579E8</v>
+        <v>3.8321212E7</v>
       </c>
       <c r="O85" s="14" t="n">
-        <v>1.39427007E8</v>
+        <v>3.8384676E7</v>
       </c>
       <c r="P85" s="14" t="n">
-        <v>1.34299134E8</v>
+        <v>3.8283072E7</v>
       </c>
       <c r="Q85" s="14" t="n">
-        <v>1.26827059E8</v>
+        <v>4.0208946E7</v>
       </c>
       <c r="R85" s="14" t="n">
-        <v>1.17500727E8</v>
+        <v>3.8840265E7</v>
       </c>
       <c r="S85" s="14" t="n">
-        <v>1.09217982E8</v>
+        <v>3.6223576E7</v>
       </c>
       <c r="T85" s="14" t="n">
-        <v>1.01784764E8</v>
+        <v>3.374323E7</v>
       </c>
       <c r="U85" s="14" t="n">
-        <v>9.5558341E7</v>
+        <v>3.1529418E7</v>
       </c>
       <c r="V85" s="14" t="n">
-        <v>9.0532025E7</v>
+        <v>2.9623136E7</v>
       </c>
       <c r="W85" s="14" t="n">
-        <v>8.2518837E7</v>
+        <v>2.7972009E7</v>
+      </c>
+      <c r="X85" s="14" t="n">
+        <v>2.6576006E7</v>
+      </c>
+      <c r="Y85" s="14" t="n">
+        <v>2.4611239E7</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="6" t="inlineStr">
         <is>
-          <t>Murcia, Región de</t>
+          <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B86" s="6"/>
       <c r="C86" s="6"/>
       <c r="D86" s="6"/>
       <c r="E86" s="6"/>
       <c r="F86" s="6"/>
       <c r="G86" s="6"/>
       <c r="H86" s="6"/>
       <c r="I86" s="6"/>
       <c r="J86" s="6"/>
       <c r="K86" s="6"/>
       <c r="L86" s="6"/>
       <c r="M86" s="6"/>
       <c r="N86" s="6"/>
       <c r="O86" s="6"/>
       <c r="P86" s="6"/>
       <c r="Q86" s="6"/>
       <c r="R86" s="6"/>
       <c r="S86" s="6"/>
       <c r="T86" s="6"/>
       <c r="U86" s="6"/>
       <c r="V86" s="6"/>
       <c r="W86" s="6"/>
+      <c r="X86" s="6"/>
+      <c r="Y86" s="6"/>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>5648741.0</v>
+        <v>3.9764168E7</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>5164278.0</v>
+        <v>3.6345317E7</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>5754587.0</v>
+        <v>3.4225145E7</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>5387395.0</v>
+        <v>3.2205538E7</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>5190163.0</v>
+        <v>3.6063209E7</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>5125717.0</v>
+        <v>3.5707627E7</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>4956554.0</v>
+        <v>3.5048809E7</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>4727021.0</v>
+        <v>3.2945464E7</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>4874433.0</v>
+        <v>3.1613331E7</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>4735959.0</v>
+        <v>3.034697E7</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>4784676.0</v>
+        <v>3.0929963E7</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>4573206.0</v>
+        <v>3.0973844E7</v>
       </c>
       <c r="N87" s="14" t="n">
-        <v>4497028.0</v>
+        <v>3.1823061E7</v>
       </c>
       <c r="O87" s="14" t="n">
-        <v>5095945.0</v>
+        <v>2.9728821E7</v>
       </c>
       <c r="P87" s="14" t="n">
-        <v>5546656.0</v>
+        <v>2.8523329E7</v>
       </c>
       <c r="Q87" s="14" t="n">
-        <v>5573021.0</v>
+        <v>2.928171E7</v>
       </c>
       <c r="R87" s="14" t="n">
-        <v>5422434.0</v>
+        <v>3.204564E7</v>
       </c>
       <c r="S87" s="14" t="n">
-        <v>4941184.0</v>
+        <v>3.1721367E7</v>
       </c>
       <c r="T87" s="14" t="n">
-        <v>4716552.0</v>
+        <v>2.9244432E7</v>
       </c>
       <c r="U87" s="14" t="n">
-        <v>4274173.0</v>
+        <v>2.7118667E7</v>
       </c>
       <c r="V87" s="14" t="n">
-        <v>3847241.0</v>
+        <v>2.5104423E7</v>
       </c>
       <c r="W87" s="14" t="n">
-        <v>3476857.0</v>
+        <v>2.2744519E7</v>
+      </c>
+      <c r="X87" s="14" t="n">
+        <v>2.032065E7</v>
+      </c>
+      <c r="Y87" s="14" t="n">
+        <v>1.7865512E7</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B88" s="14" t="n">
-        <v>1.6353465E7</v>
+        <v>1.46185937E8</v>
       </c>
       <c r="C88" s="14" t="n">
-        <v>1.5120128E7</v>
+        <v>1.33497439E8</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>1.5210726E7</v>
+        <v>1.22275791E8</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>1.4415099E7</v>
+        <v>1.13680866E8</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>1.3790204E7</v>
+        <v>1.17327011E8</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>1.3089105E7</v>
+        <v>1.09330344E8</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>1.2739384E7</v>
+        <v>1.051942E8</v>
       </c>
       <c r="I88" s="14" t="n">
-        <v>1.2204615E7</v>
+        <v>1.01849732E8</v>
       </c>
       <c r="J88" s="14" t="n">
-        <v>1.2054077E7</v>
+        <v>9.9892684E7</v>
       </c>
       <c r="K88" s="14" t="n">
-        <v>1.236233E7</v>
+        <v>9.5690568E7</v>
       </c>
       <c r="L88" s="14" t="n">
-        <v>1.3215225E7</v>
+        <v>9.4182935E7</v>
       </c>
       <c r="M88" s="14" t="n">
-        <v>1.3732898E7</v>
+        <v>9.6393595E7</v>
       </c>
       <c r="N88" s="14" t="n">
-        <v>1.3752533E7</v>
+        <v>1.00398201E8</v>
       </c>
       <c r="O88" s="14" t="n">
-        <v>1.4175762E7</v>
+        <v>1.01803739E8</v>
       </c>
       <c r="P88" s="14" t="n">
-        <v>1.3072762E7</v>
+        <v>1.02766484E8</v>
       </c>
       <c r="Q88" s="14" t="n">
-        <v>1.1805564E7</v>
+        <v>1.03278462E8</v>
       </c>
       <c r="R88" s="14" t="n">
-        <v>1.0689407E7</v>
+        <v>9.5840054E7</v>
       </c>
       <c r="S88" s="14" t="n">
-        <v>9837616.0</v>
+        <v>8.9514045E7</v>
       </c>
       <c r="T88" s="14" t="n">
-        <v>9044061.0</v>
+        <v>8.2407219E7</v>
       </c>
       <c r="U88" s="14" t="n">
-        <v>8445288.0</v>
+        <v>7.6675456E7</v>
       </c>
       <c r="V88" s="14" t="n">
-        <v>7717086.0</v>
+        <v>7.1572941E7</v>
       </c>
       <c r="W88" s="14" t="n">
-        <v>7075448.0</v>
+        <v>6.8122079E7</v>
+      </c>
+      <c r="X88" s="14" t="n">
+        <v>6.4423972E7</v>
+      </c>
+      <c r="Y88" s="14" t="n">
+        <v>5.9854363E7</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>815349.0</v>
+        <v>1.9731212E7</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>949912.0</v>
+        <v>1.0598861E7</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>1070430.0</v>
+        <v>9140135.0</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>922002.0</v>
+        <v>1.0274392E7</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>861206.0</v>
+        <v>1.2900512E7</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>836041.0</v>
+        <v>1.1353515E7</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>853007.0</v>
+        <v>1.0980896E7</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>939724.0</v>
+        <v>1.0372421E7</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>1014451.0</v>
+        <v>8901337.0</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>921174.0</v>
+        <v>8804196.0</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>1264454.0</v>
+        <v>8102934.0</v>
       </c>
       <c r="M89" s="14" t="n">
-        <v>1090256.0</v>
+        <v>7866666.0</v>
       </c>
       <c r="N89" s="14" t="n">
-        <v>1171111.0</v>
+        <v>1.0853748E7</v>
       </c>
       <c r="O89" s="14" t="n">
-        <v>1845179.0</v>
+        <v>8858424.0</v>
       </c>
       <c r="P89" s="14" t="n">
-        <v>1683159.0</v>
+        <v>9454142.0</v>
       </c>
       <c r="Q89" s="14" t="n">
-        <v>1137919.0</v>
+        <v>1.4921241E7</v>
       </c>
       <c r="R89" s="14" t="n">
-        <v>1010368.0</v>
+        <v>1.341526E7</v>
       </c>
       <c r="S89" s="14" t="n">
-        <v>835411.0</v>
+        <v>1.0376517E7</v>
       </c>
       <c r="T89" s="14" t="n">
-        <v>821098.0</v>
+        <v>9021771.0</v>
       </c>
       <c r="U89" s="14" t="n">
-        <v>822316.0</v>
+        <v>7882595.0</v>
       </c>
       <c r="V89" s="14" t="n">
-        <v>978123.0</v>
+        <v>7415866.0</v>
       </c>
       <c r="W89" s="14" t="n">
-        <v>807721.0</v>
+        <v>7000667.0</v>
+      </c>
+      <c r="X89" s="14" t="n">
+        <v>8324455.0</v>
+      </c>
+      <c r="Y89" s="14" t="n">
+        <v>6977526.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>54648.0</v>
+        <v>5426674.0</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>63930.0</v>
+        <v>1391433.0</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>88609.0</v>
+        <v>512124.0</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>83347.0</v>
+        <v>682654.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>102348.0</v>
+        <v>1042417.0</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>152093.0</v>
+        <v>795510.0</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>194887.0</v>
+        <v>897669.0</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>358067.0</v>
+        <v>1081249.0</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>451749.0</v>
+        <v>1130144.0</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>554430.0</v>
+        <v>1880607.0</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>631490.0</v>
+        <v>2360427.0</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>535702.0</v>
+        <v>3122757.0</v>
       </c>
       <c r="N90" s="14" t="n">
-        <v>607410.0</v>
+        <v>3548561.0</v>
       </c>
       <c r="O90" s="14" t="n">
-        <v>1219289.0</v>
+        <v>2878957.0</v>
       </c>
       <c r="P90" s="14" t="n">
-        <v>1003868.0</v>
+        <v>3491152.0</v>
       </c>
       <c r="Q90" s="14" t="n">
-        <v>629833.0</v>
+        <v>7164010.0</v>
       </c>
       <c r="R90" s="14" t="n">
-        <v>385701.0</v>
+        <v>6212005.0</v>
       </c>
       <c r="S90" s="14" t="n">
-        <v>269905.0</v>
+        <v>4165168.0</v>
       </c>
       <c r="T90" s="14" t="n">
-        <v>258461.0</v>
+        <v>2819464.0</v>
       </c>
       <c r="U90" s="14" t="n">
-        <v>269013.0</v>
+        <v>2128947.0</v>
       </c>
       <c r="V90" s="14" t="n">
-        <v>314442.0</v>
+        <v>2038603.0</v>
       </c>
       <c r="W90" s="14" t="n">
-        <v>280085.0</v>
+        <v>2081257.0</v>
+      </c>
+      <c r="X90" s="14" t="n">
+        <v>2332285.0</v>
+      </c>
+      <c r="Y90" s="14" t="n">
+        <v>2013277.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>2.2762907E7</v>
+        <v>2.00254643E8</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>2.1170388E7</v>
+        <v>1.79050184E8</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>2.1947134E7</v>
+        <v>1.65128947E8</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>2.0641149E7</v>
+        <v>1.55478142E8</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>1.9739225E7</v>
+        <v>1.65248315E8</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>1.889877E7</v>
+        <v>1.55595976E8</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>1.8354058E7</v>
+        <v>1.50326236E8</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>1.7513293E7</v>
+        <v>1.44086368E8</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>1.7491212E7</v>
+        <v>1.39277208E8</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>1.7465033E7</v>
+        <v>1.32961127E8</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>1.8632865E7</v>
+        <v>1.30855405E8</v>
       </c>
       <c r="M91" s="14" t="n">
-        <v>1.8860658E7</v>
+        <v>1.32111348E8</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>1.8813262E7</v>
+        <v>1.39526449E8</v>
       </c>
       <c r="O91" s="14" t="n">
-        <v>1.9897597E7</v>
+        <v>1.37512027E8</v>
       </c>
       <c r="P91" s="14" t="n">
-        <v>1.9298709E7</v>
+        <v>1.37252803E8</v>
       </c>
       <c r="Q91" s="14" t="n">
-        <v>1.7886671E7</v>
+        <v>1.40317403E8</v>
       </c>
       <c r="R91" s="14" t="n">
-        <v>1.6736508E7</v>
+        <v>1.35088949E8</v>
       </c>
       <c r="S91" s="14" t="n">
-        <v>1.5344306E7</v>
+        <v>1.27446761E8</v>
       </c>
       <c r="T91" s="14" t="n">
-        <v>1.432325E7</v>
+        <v>1.17853958E8</v>
       </c>
       <c r="U91" s="14" t="n">
-        <v>1.3272764E7</v>
+        <v>1.09547771E8</v>
       </c>
       <c r="V91" s="14" t="n">
-        <v>1.2228008E7</v>
+        <v>1.02054627E8</v>
       </c>
       <c r="W91" s="14" t="n">
-        <v>1.1079941E7</v>
+        <v>9.5786008E7</v>
+      </c>
+      <c r="X91" s="14" t="n">
+        <v>9.0736792E7</v>
+      </c>
+      <c r="Y91" s="14" t="n">
+        <v>8.2684124E7</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="6" t="inlineStr">
         <is>
-          <t>Navarra, Comunidad Foral de</t>
+          <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B92" s="6"/>
       <c r="C92" s="6"/>
       <c r="D92" s="6"/>
       <c r="E92" s="6"/>
       <c r="F92" s="6"/>
       <c r="G92" s="6"/>
       <c r="H92" s="6"/>
       <c r="I92" s="6"/>
       <c r="J92" s="6"/>
       <c r="K92" s="6"/>
       <c r="L92" s="6"/>
       <c r="M92" s="6"/>
       <c r="N92" s="6"/>
       <c r="O92" s="6"/>
       <c r="P92" s="6"/>
       <c r="Q92" s="6"/>
       <c r="R92" s="6"/>
       <c r="S92" s="6"/>
       <c r="T92" s="6"/>
       <c r="U92" s="6"/>
       <c r="V92" s="6"/>
       <c r="W92" s="6"/>
+      <c r="X92" s="6"/>
+      <c r="Y92" s="6"/>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>3219664.0</v>
+        <v>7688910.0</v>
       </c>
       <c r="C93" s="14" t="n">
-        <v>2904900.0</v>
+        <v>7041292.0</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>3270718.0</v>
+        <v>6224926.0</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>3174069.0</v>
+        <v>5678599.0</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>3211673.0</v>
+        <v>6164789.0</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>3084756.0</v>
+        <v>5789529.0</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>3051623.0</v>
+        <v>5536234.0</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>2927582.0</v>
+        <v>5466476.0</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>2931190.0</v>
+        <v>5283303.0</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>2967855.0</v>
+        <v>5016083.0</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>3022002.0</v>
+        <v>5131198.0</v>
       </c>
       <c r="M93" s="14" t="n">
-        <v>2877295.0</v>
+        <v>4977217.0</v>
       </c>
       <c r="N93" s="14" t="n">
-        <v>2804927.0</v>
+        <v>5027868.0</v>
       </c>
       <c r="O93" s="14" t="n">
-        <v>2904948.0</v>
+        <v>4802562.0</v>
       </c>
       <c r="P93" s="14" t="n">
-        <v>3077475.0</v>
+        <v>4584053.0</v>
       </c>
       <c r="Q93" s="14" t="n">
-        <v>3050806.0</v>
+        <v>5178845.0</v>
       </c>
       <c r="R93" s="14" t="n">
-        <v>2844478.0</v>
+        <v>5630720.0</v>
       </c>
       <c r="S93" s="14" t="n">
-        <v>2658712.0</v>
+        <v>5634379.0</v>
       </c>
       <c r="T93" s="14" t="n">
-        <v>2503946.0</v>
+        <v>5448734.0</v>
       </c>
       <c r="U93" s="14" t="n">
-        <v>2280910.0</v>
+        <v>4968075.0</v>
       </c>
       <c r="V93" s="14" t="n">
-        <v>2071168.0</v>
+        <v>4740479.0</v>
       </c>
       <c r="W93" s="14" t="n">
-        <v>1897647.0</v>
+        <v>4295841.0</v>
+      </c>
+      <c r="X93" s="14" t="n">
+        <v>3866206.0</v>
+      </c>
+      <c r="Y93" s="14" t="n">
+        <v>3491804.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>9769470.0</v>
+        <v>1.8863429E7</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>9219226.0</v>
+        <v>1.7579189E7</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>9648904.0</v>
+        <v>1.6452445E7</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>9139038.0</v>
+        <v>1.5166813E7</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>8785907.0</v>
+        <v>1.5372794E7</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>8469022.0</v>
+        <v>1.4549324E7</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>8228818.0</v>
+        <v>1.3921457E7</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>7943420.0</v>
+        <v>1.321428E7</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>7859001.0</v>
+        <v>1.2861705E7</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>8108576.0</v>
+        <v>1.2291006E7</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>8680331.0</v>
+        <v>1.2138426E7</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>8821140.0</v>
+        <v>1.2443291E7</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>8814600.0</v>
+        <v>1.3299412E7</v>
       </c>
       <c r="O94" s="14" t="n">
-        <v>9030036.0</v>
+        <v>1.3800842E7</v>
       </c>
       <c r="P94" s="14" t="n">
-        <v>8503022.0</v>
+        <v>1.3809369E7</v>
       </c>
       <c r="Q94" s="14" t="n">
-        <v>7888222.0</v>
+        <v>1.4219329E7</v>
       </c>
       <c r="R94" s="14" t="n">
-        <v>7447171.0</v>
+        <v>1.3104146E7</v>
       </c>
       <c r="S94" s="14" t="n">
-        <v>7052473.0</v>
+        <v>1.1831758E7</v>
       </c>
       <c r="T94" s="14" t="n">
-        <v>6648843.0</v>
+        <v>1.0710868E7</v>
       </c>
       <c r="U94" s="14" t="n">
-        <v>6356709.0</v>
+        <v>9855122.0</v>
       </c>
       <c r="V94" s="14" t="n">
-        <v>6024986.0</v>
+        <v>9056611.0</v>
       </c>
       <c r="W94" s="14" t="n">
-        <v>5700309.0</v>
+        <v>8454474.0</v>
+      </c>
+      <c r="X94" s="14" t="n">
+        <v>7726223.0</v>
+      </c>
+      <c r="Y94" s="14" t="n">
+        <v>7082890.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
-        <v>577420.0</v>
+        <v>1895352.0</v>
       </c>
       <c r="C95" s="14" t="n">
-        <v>610084.0</v>
+        <v>1007651.0</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>777709.0</v>
+        <v>807535.0</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>702927.0</v>
+        <v>931853.0</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>780653.0</v>
+        <v>1049686.0</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>790394.0</v>
+        <v>895364.0</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>827306.0</v>
+        <v>845806.0</v>
       </c>
       <c r="I95" s="14" t="n">
-        <v>867748.0</v>
+        <v>819672.0</v>
       </c>
       <c r="J95" s="14" t="n">
-        <v>909904.0</v>
+        <v>840874.0</v>
       </c>
       <c r="K95" s="14" t="n">
-        <v>875481.0</v>
+        <v>937882.0</v>
       </c>
       <c r="L95" s="14" t="n">
-        <v>1173310.0</v>
+        <v>1022061.0</v>
       </c>
       <c r="M95" s="14" t="n">
-        <v>1013864.0</v>
+        <v>929459.0</v>
       </c>
       <c r="N95" s="14" t="n">
-        <v>1072388.0</v>
+        <v>1271839.0</v>
       </c>
       <c r="O95" s="14" t="n">
-        <v>1621637.0</v>
+        <v>1101123.0</v>
       </c>
       <c r="P95" s="14" t="n">
-        <v>1420723.0</v>
+        <v>1177521.0</v>
       </c>
       <c r="Q95" s="14" t="n">
-        <v>1128969.0</v>
+        <v>1851217.0</v>
       </c>
       <c r="R95" s="14" t="n">
-        <v>1001370.0</v>
+        <v>1690958.0</v>
       </c>
       <c r="S95" s="14" t="n">
-        <v>878775.0</v>
+        <v>1145457.0</v>
       </c>
       <c r="T95" s="14" t="n">
-        <v>856364.0</v>
+        <v>1018463.0</v>
       </c>
       <c r="U95" s="14" t="n">
-        <v>818715.0</v>
+        <v>842774.0</v>
       </c>
       <c r="V95" s="14" t="n">
-        <v>954787.0</v>
+        <v>828198.0</v>
       </c>
       <c r="W95" s="14" t="n">
-        <v>788270.0</v>
+        <v>828689.0</v>
+      </c>
+      <c r="X95" s="14" t="n">
+        <v>983776.0</v>
+      </c>
+      <c r="Y95" s="14" t="n">
+        <v>813340.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>51731.0</v>
+        <v>403967.0</v>
       </c>
       <c r="C96" s="14" t="n">
-        <v>59845.0</v>
+        <v>114363.0</v>
       </c>
       <c r="D96" s="14" t="n">
-        <v>80225.0</v>
+        <v>51519.0</v>
       </c>
       <c r="E96" s="14" t="n">
-        <v>75674.0</v>
+        <v>62326.0</v>
       </c>
       <c r="F96" s="14" t="n">
-        <v>84720.0</v>
+        <v>89856.0</v>
       </c>
       <c r="G96" s="14" t="n">
-        <v>101630.0</v>
+        <v>78406.0</v>
       </c>
       <c r="H96" s="14" t="n">
-        <v>107169.0</v>
+        <v>98305.0</v>
       </c>
       <c r="I96" s="14" t="n">
-        <v>160110.0</v>
+        <v>145676.0</v>
       </c>
       <c r="J96" s="14" t="n">
-        <v>189958.0</v>
+        <v>186274.0</v>
       </c>
       <c r="K96" s="14" t="n">
-        <v>227474.0</v>
+        <v>345603.0</v>
       </c>
       <c r="L96" s="14" t="n">
-        <v>250236.0</v>
+        <v>441522.0</v>
       </c>
       <c r="M96" s="14" t="n">
-        <v>211624.0</v>
+        <v>560324.0</v>
       </c>
       <c r="N96" s="14" t="n">
-        <v>241072.0</v>
+        <v>639183.0</v>
       </c>
       <c r="O96" s="14" t="n">
-        <v>466529.0</v>
+        <v>541930.0</v>
       </c>
       <c r="P96" s="14" t="n">
-        <v>404944.0</v>
+        <v>612315.0</v>
       </c>
       <c r="Q96" s="14" t="n">
-        <v>268061.0</v>
+        <v>1223827.0</v>
       </c>
       <c r="R96" s="14" t="n">
-        <v>185602.0</v>
+        <v>1012929.0</v>
       </c>
       <c r="S96" s="14" t="n">
-        <v>152006.0</v>
+        <v>636726.0</v>
       </c>
       <c r="T96" s="14" t="n">
-        <v>157266.0</v>
+        <v>391441.0</v>
       </c>
       <c r="U96" s="14" t="n">
-        <v>173586.0</v>
+        <v>275454.0</v>
       </c>
       <c r="V96" s="14" t="n">
-        <v>199187.0</v>
+        <v>263912.0</v>
       </c>
       <c r="W96" s="14" t="n">
-        <v>174039.0</v>
+        <v>274450.0</v>
+      </c>
+      <c r="X96" s="14" t="n">
+        <v>319943.0</v>
+      </c>
+      <c r="Y96" s="14" t="n">
+        <v>285417.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>1.3514823E7</v>
+        <v>2.8043724E7</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>1.2674365E7</v>
+        <v>2.5513769E7</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>1.3617106E7</v>
+        <v>2.3433387E7</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>1.294036E7</v>
+        <v>2.1714939E7</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>1.2693513E7</v>
+        <v>2.2497413E7</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>1.2242542E7</v>
+        <v>2.1155811E7</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>1.2000578E7</v>
+        <v>2.0205192E7</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>1.157864E7</v>
+        <v>1.9354752E7</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>1.1510137E7</v>
+        <v>1.8799608E7</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>1.1724438E7</v>
+        <v>1.7899368E7</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>1.2625407E7</v>
+        <v>1.7850163E7</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>1.2500675E7</v>
+        <v>1.7789643E7</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>1.2450843E7</v>
+        <v>1.8959936E7</v>
       </c>
       <c r="O97" s="14" t="n">
-        <v>1.3090092E7</v>
+        <v>1.9162597E7</v>
       </c>
       <c r="P97" s="14" t="n">
-        <v>1.2596276E7</v>
+        <v>1.8958628E7</v>
       </c>
       <c r="Q97" s="14" t="n">
-        <v>1.1799936E7</v>
+        <v>2.0025564E7</v>
       </c>
       <c r="R97" s="14" t="n">
-        <v>1.1107417E7</v>
+        <v>1.9412895E7</v>
       </c>
       <c r="S97" s="14" t="n">
-        <v>1.0437954E7</v>
+        <v>1.7974868E7</v>
       </c>
       <c r="T97" s="14" t="n">
-        <v>9851887.0</v>
+        <v>1.6786624E7</v>
       </c>
       <c r="U97" s="14" t="n">
-        <v>9282748.0</v>
+        <v>1.5390517E7</v>
       </c>
       <c r="V97" s="14" t="n">
-        <v>8851754.0</v>
+        <v>1.4361376E7</v>
       </c>
       <c r="W97" s="14" t="n">
-        <v>8212187.0</v>
+        <v>1.3304554E7</v>
+      </c>
+      <c r="X97" s="14" t="n">
+        <v>1.2256262E7</v>
+      </c>
+      <c r="Y97" s="14" t="n">
+        <v>1.1102617E7</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="inlineStr">
         <is>
-          <t>País Vasco</t>
+          <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B98" s="6"/>
       <c r="C98" s="6"/>
       <c r="D98" s="6"/>
       <c r="E98" s="6"/>
       <c r="F98" s="6"/>
       <c r="G98" s="6"/>
       <c r="H98" s="6"/>
       <c r="I98" s="6"/>
       <c r="J98" s="6"/>
       <c r="K98" s="6"/>
       <c r="L98" s="6"/>
       <c r="M98" s="6"/>
       <c r="N98" s="6"/>
       <c r="O98" s="6"/>
       <c r="P98" s="6"/>
       <c r="Q98" s="6"/>
       <c r="R98" s="6"/>
       <c r="S98" s="6"/>
       <c r="T98" s="6"/>
       <c r="U98" s="6"/>
       <c r="V98" s="6"/>
       <c r="W98" s="6"/>
+      <c r="X98" s="6"/>
+      <c r="Y98" s="6"/>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>1.0741665E7</v>
+        <v>4107737.0</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>9977660.0</v>
+        <v>3862328.0</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>1.121694E7</v>
+        <v>3491523.0</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>1.110037E7</v>
+        <v>3032447.0</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>1.0805477E7</v>
+        <v>3339046.0</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>1.0284251E7</v>
+        <v>3258561.0</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>9949095.0</v>
+        <v>3279156.0</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>9738647.0</v>
+        <v>3162693.0</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>9864202.0</v>
+        <v>3133807.0</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>9932598.0</v>
+        <v>3000232.0</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>1.0122187E7</v>
+        <v>2990393.0</v>
       </c>
       <c r="M99" s="14" t="n">
-        <v>9716359.0</v>
+        <v>3025763.0</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>9062736.0</v>
+        <v>3084927.0</v>
       </c>
       <c r="O99" s="14" t="n">
-        <v>9703407.0</v>
+        <v>2937786.0</v>
       </c>
       <c r="P99" s="14" t="n">
-        <v>1.0371105E7</v>
+        <v>2860095.0</v>
       </c>
       <c r="Q99" s="14" t="n">
-        <v>1.0313681E7</v>
+        <v>2955517.0</v>
       </c>
       <c r="R99" s="14" t="n">
-        <v>9478387.0</v>
+        <v>3128865.0</v>
       </c>
       <c r="S99" s="14" t="n">
-        <v>9090776.0</v>
+        <v>3088414.0</v>
       </c>
       <c r="T99" s="14" t="n">
-        <v>8518493.0</v>
+        <v>2860034.0</v>
       </c>
       <c r="U99" s="14" t="n">
-        <v>8030102.0</v>
+        <v>2675336.0</v>
       </c>
       <c r="V99" s="14" t="n">
-        <v>7427259.0</v>
+        <v>2518982.0</v>
       </c>
       <c r="W99" s="14" t="n">
-        <v>6840469.0</v>
+        <v>2294948.0</v>
+      </c>
+      <c r="X99" s="14" t="n">
+        <v>2083708.0</v>
+      </c>
+      <c r="Y99" s="14" t="n">
+        <v>1907772.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>3.53968E7</v>
+        <v>1.1437056E7</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>3.3346512E7</v>
+        <v>1.0435558E7</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>3.4552852E7</v>
+        <v>9693975.0</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>3.2714834E7</v>
+        <v>9247691.0</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>3.1774101E7</v>
+        <v>9751712.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>3.0761829E7</v>
+        <v>9224135.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>2.9994293E7</v>
+        <v>8869530.0</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>2.8977909E7</v>
+        <v>8550014.0</v>
       </c>
       <c r="J100" s="14" t="n">
-        <v>2.8794492E7</v>
+        <v>8307829.0</v>
       </c>
       <c r="K100" s="14" t="n">
-        <v>2.9540809E7</v>
+        <v>7999648.0</v>
       </c>
       <c r="L100" s="14" t="n">
-        <v>3.106773E7</v>
+        <v>7913995.0</v>
       </c>
       <c r="M100" s="14" t="n">
-        <v>3.1719282E7</v>
+        <v>8161679.0</v>
       </c>
       <c r="N100" s="14" t="n">
-        <v>3.1798766E7</v>
+        <v>8735628.0</v>
       </c>
       <c r="O100" s="14" t="n">
-        <v>3.3008664E7</v>
+        <v>8864783.0</v>
       </c>
       <c r="P100" s="14" t="n">
-        <v>3.0725541E7</v>
+        <v>8851029.0</v>
       </c>
       <c r="Q100" s="14" t="n">
-        <v>2.8683422E7</v>
+        <v>9057788.0</v>
       </c>
       <c r="R100" s="14" t="n">
-        <v>2.686586E7</v>
+        <v>8523436.0</v>
       </c>
       <c r="S100" s="14" t="n">
-        <v>2.5376302E7</v>
+        <v>7905724.0</v>
       </c>
       <c r="T100" s="14" t="n">
-        <v>2.4255666E7</v>
+        <v>7462123.0</v>
       </c>
       <c r="U100" s="14" t="n">
-        <v>2.3068624E7</v>
+        <v>7065023.0</v>
       </c>
       <c r="V100" s="14" t="n">
-        <v>2.1896928E7</v>
+        <v>6658069.0</v>
       </c>
       <c r="W100" s="14" t="n">
-        <v>2.0484396E7</v>
+        <v>6363623.0</v>
+      </c>
+      <c r="X100" s="14" t="n">
+        <v>6032120.0</v>
+      </c>
+      <c r="Y100" s="14" t="n">
+        <v>5706305.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>2400680.0</v>
+        <v>1308043.0</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>2698700.0</v>
+        <v>720427.0</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>3287503.0</v>
+        <v>581361.0</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>2941136.0</v>
+        <v>606112.0</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>3184288.0</v>
+        <v>772321.0</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>2770614.0</v>
+        <v>692379.0</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>2604567.0</v>
+        <v>780675.0</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>2793486.0</v>
+        <v>785508.0</v>
       </c>
       <c r="J101" s="14" t="n">
-        <v>2912129.0</v>
+        <v>827871.0</v>
       </c>
       <c r="K101" s="14" t="n">
-        <v>2761668.0</v>
+        <v>878374.0</v>
       </c>
       <c r="L101" s="14" t="n">
-        <v>3542019.0</v>
+        <v>930180.0</v>
       </c>
       <c r="M101" s="14" t="n">
-        <v>3099008.0</v>
+        <v>886217.0</v>
       </c>
       <c r="N101" s="14" t="n">
-        <v>3461536.0</v>
+        <v>1182552.0</v>
       </c>
       <c r="O101" s="14" t="n">
-        <v>5573022.0</v>
+        <v>1026322.0</v>
       </c>
       <c r="P101" s="14" t="n">
-        <v>4821644.0</v>
+        <v>1081697.0</v>
       </c>
       <c r="Q101" s="14" t="n">
-        <v>3797088.0</v>
+        <v>1629107.0</v>
       </c>
       <c r="R101" s="14" t="n">
-        <v>3479735.0</v>
+        <v>1431256.0</v>
       </c>
       <c r="S101" s="14" t="n">
-        <v>3039153.0</v>
+        <v>1139829.0</v>
       </c>
       <c r="T101" s="14" t="n">
-        <v>2987860.0</v>
+        <v>1012975.0</v>
       </c>
       <c r="U101" s="14" t="n">
-        <v>2849797.0</v>
+        <v>889966.0</v>
       </c>
       <c r="V101" s="14" t="n">
-        <v>3326232.0</v>
+        <v>866952.0</v>
       </c>
       <c r="W101" s="14" t="n">
-        <v>2811276.0</v>
+        <v>828173.0</v>
+      </c>
+      <c r="X101" s="14" t="n">
+        <v>963278.0</v>
+      </c>
+      <c r="Y101" s="14" t="n">
+        <v>796666.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>159843.0</v>
+        <v>275622.0</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>200654.0</v>
+        <v>97151.0</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>283861.0</v>
+        <v>58624.0</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>256763.0</v>
+        <v>67299.0</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>302567.0</v>
+        <v>90241.0</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>375920.0</v>
+        <v>81141.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>384083.0</v>
+        <v>90995.0</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>600600.0</v>
+        <v>107547.0</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>725319.0</v>
+        <v>113040.0</v>
       </c>
       <c r="K102" s="14" t="n">
-        <v>914982.0</v>
+        <v>165271.0</v>
       </c>
       <c r="L102" s="14" t="n">
-        <v>981978.0</v>
+        <v>196159.0</v>
       </c>
       <c r="M102" s="14" t="n">
-        <v>759222.0</v>
+        <v>239642.0</v>
       </c>
       <c r="N102" s="14" t="n">
-        <v>888007.0</v>
+        <v>261735.0</v>
       </c>
       <c r="O102" s="14" t="n">
-        <v>1740139.0</v>
+        <v>221199.0</v>
       </c>
       <c r="P102" s="14" t="n">
-        <v>1460693.0</v>
+        <v>248657.0</v>
       </c>
       <c r="Q102" s="14" t="n">
-        <v>968353.0</v>
+        <v>471905.0</v>
       </c>
       <c r="R102" s="14" t="n">
-        <v>657581.0</v>
+        <v>414974.0</v>
       </c>
       <c r="S102" s="14" t="n">
-        <v>519430.0</v>
+        <v>276475.0</v>
       </c>
       <c r="T102" s="14" t="n">
-        <v>529401.0</v>
+        <v>193419.0</v>
       </c>
       <c r="U102" s="14" t="n">
-        <v>556429.0</v>
+        <v>159898.0</v>
       </c>
       <c r="V102" s="14" t="n">
-        <v>616536.0</v>
+        <v>165021.0</v>
       </c>
       <c r="W102" s="14" t="n">
-        <v>514261.0</v>
+        <v>181277.0</v>
+      </c>
+      <c r="X102" s="14" t="n">
+        <v>206826.0</v>
+      </c>
+      <c r="Y102" s="14" t="n">
+        <v>181469.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>4.8379302E7</v>
+        <v>1.6577214E7</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>4.5822218E7</v>
+        <v>1.4921162E7</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>4.8773434E7</v>
+        <v>1.3708235E7</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>4.6499577E7</v>
+        <v>1.2818951E7</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>4.5461299E7</v>
+        <v>1.3772838E7</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>4.3440774E7</v>
+        <v>1.3093934E7</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>4.2163872E7</v>
+        <v>1.2838366E7</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>4.0909442E7</v>
+        <v>1.2390668E7</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>4.0845504E7</v>
+        <v>1.2156467E7</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>4.1320093E7</v>
+        <v>1.1712983E7</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>4.3749958E7</v>
+        <v>1.1638409E7</v>
       </c>
       <c r="M103" s="14" t="n">
-        <v>4.3775427E7</v>
+        <v>1.1834017E7</v>
       </c>
       <c r="N103" s="14" t="n">
-        <v>4.3435031E7</v>
+        <v>1.2741372E7</v>
       </c>
       <c r="O103" s="14" t="n">
-        <v>4.6544954E7</v>
+        <v>1.2607692E7</v>
       </c>
       <c r="P103" s="14" t="n">
-        <v>4.4457597E7</v>
+        <v>1.2544164E7</v>
       </c>
       <c r="Q103" s="14" t="n">
-        <v>4.1825838E7</v>
+        <v>1.3170507E7</v>
       </c>
       <c r="R103" s="14" t="n">
-        <v>3.9166401E7</v>
+        <v>1.2668583E7</v>
       </c>
       <c r="S103" s="14" t="n">
-        <v>3.6986801E7</v>
+        <v>1.1857492E7</v>
       </c>
       <c r="T103" s="14" t="n">
-        <v>3.5232618E7</v>
+        <v>1.1141713E7</v>
       </c>
       <c r="U103" s="14" t="n">
-        <v>3.3392094E7</v>
+        <v>1.0470427E7</v>
       </c>
       <c r="V103" s="14" t="n">
-        <v>3.2033883E7</v>
+        <v>9878982.0</v>
       </c>
       <c r="W103" s="14" t="n">
-        <v>2.962188E7</v>
+        <v>9305467.0</v>
+      </c>
+      <c r="X103" s="14" t="n">
+        <v>8872280.0</v>
+      </c>
+      <c r="Y103" s="14" t="n">
+        <v>8229274.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="6" t="inlineStr">
         <is>
-          <t>Rioja, La</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B104" s="6"/>
       <c r="C104" s="6"/>
       <c r="D104" s="6"/>
       <c r="E104" s="6"/>
       <c r="F104" s="6"/>
       <c r="G104" s="6"/>
       <c r="H104" s="6"/>
       <c r="I104" s="6"/>
       <c r="J104" s="6"/>
       <c r="K104" s="6"/>
       <c r="L104" s="6"/>
       <c r="M104" s="6"/>
       <c r="N104" s="6"/>
       <c r="O104" s="6"/>
       <c r="P104" s="6"/>
       <c r="Q104" s="6"/>
       <c r="R104" s="6"/>
       <c r="S104" s="6"/>
       <c r="T104" s="6"/>
       <c r="U104" s="6"/>
       <c r="V104" s="6"/>
       <c r="W104" s="6"/>
+      <c r="X104" s="6"/>
+      <c r="Y104" s="6"/>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>1427099.0</v>
+        <v>1.2873844E7</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>1333700.0</v>
+        <v>1.2161949E7</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>1457726.0</v>
+        <v>1.1190798E7</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>1441659.0</v>
+        <v>1.0236521E7</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>1418294.0</v>
+        <v>1.1258587E7</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>1385256.0</v>
+        <v>1.122092E7</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>1399992.0</v>
+        <v>1.0875861E7</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>1372598.0</v>
+        <v>1.0406177E7</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>1380474.0</v>
+        <v>1.0096312E7</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>1407371.0</v>
+        <v>9870155.0</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>1452699.0</v>
+        <v>9958528.0</v>
       </c>
       <c r="M105" s="14" t="n">
-        <v>1406410.0</v>
+        <v>1.0027986E7</v>
       </c>
       <c r="N105" s="14" t="n">
-        <v>1394342.0</v>
+        <v>1.0238253E7</v>
       </c>
       <c r="O105" s="14" t="n">
-        <v>1534806.0</v>
+        <v>9834961.0</v>
       </c>
       <c r="P105" s="14" t="n">
-        <v>1625723.0</v>
+        <v>9253429.0</v>
       </c>
       <c r="Q105" s="14" t="n">
-        <v>1612487.0</v>
+        <v>9882250.0</v>
       </c>
       <c r="R105" s="14" t="n">
-        <v>1557183.0</v>
+        <v>1.0552157E7</v>
       </c>
       <c r="S105" s="14" t="n">
-        <v>1469734.0</v>
+        <v>1.0446503E7</v>
       </c>
       <c r="T105" s="14" t="n">
-        <v>1448910.0</v>
+        <v>9532186.0</v>
       </c>
       <c r="U105" s="14" t="n">
-        <v>1327497.0</v>
+        <v>9149163.0</v>
       </c>
       <c r="V105" s="14" t="n">
-        <v>1257395.0</v>
+        <v>8571713.0</v>
       </c>
       <c r="W105" s="14" t="n">
-        <v>1165635.0</v>
+        <v>8080447.0</v>
+      </c>
+      <c r="X105" s="14" t="n">
+        <v>7472592.0</v>
+      </c>
+      <c r="Y105" s="14" t="n">
+        <v>6876898.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>4022156.0</v>
+        <v>4.1097541E7</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>3820006.0</v>
+        <v>3.8193698E7</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>3854808.0</v>
+        <v>3.5425907E7</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>3751850.0</v>
+        <v>3.3449473E7</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>3604568.0</v>
+        <v>3.4921008E7</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>3479525.0</v>
+        <v>3.3019456E7</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>3384957.0</v>
+        <v>3.2076522E7</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>3274371.0</v>
+        <v>3.1056014E7</v>
       </c>
       <c r="J106" s="14" t="n">
-        <v>3227744.0</v>
+        <v>3.0282292E7</v>
       </c>
       <c r="K106" s="14" t="n">
-        <v>3318755.0</v>
+        <v>2.918303E7</v>
       </c>
       <c r="L106" s="14" t="n">
-        <v>3523615.0</v>
+        <v>2.8995984E7</v>
       </c>
       <c r="M106" s="14" t="n">
-        <v>3591165.0</v>
+        <v>2.9734271E7</v>
       </c>
       <c r="N106" s="14" t="n">
-        <v>3552245.0</v>
+        <v>3.1265645E7</v>
       </c>
       <c r="O106" s="14" t="n">
-        <v>3645333.0</v>
+        <v>3.1876214E7</v>
       </c>
       <c r="P106" s="14" t="n">
-        <v>3417655.0</v>
+        <v>3.1930183E7</v>
       </c>
       <c r="Q106" s="14" t="n">
-        <v>3201043.0</v>
+        <v>3.3110111E7</v>
       </c>
       <c r="R106" s="14" t="n">
-        <v>2934993.0</v>
+        <v>3.0799305E7</v>
       </c>
       <c r="S106" s="14" t="n">
-        <v>2785324.0</v>
+        <v>2.8747065E7</v>
       </c>
       <c r="T106" s="14" t="n">
-        <v>2607948.0</v>
+        <v>2.6919799E7</v>
       </c>
       <c r="U106" s="14" t="n">
-        <v>2462331.0</v>
+        <v>2.5421458E7</v>
       </c>
       <c r="V106" s="14" t="n">
-        <v>2306151.0</v>
+        <v>2.4289324E7</v>
       </c>
       <c r="W106" s="14" t="n">
-        <v>2172573.0</v>
+        <v>2.3093716E7</v>
+      </c>
+      <c r="X106" s="14" t="n">
+        <v>2.1922855E7</v>
+      </c>
+      <c r="Y106" s="14" t="n">
+        <v>2.0505942E7</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>278888.0</v>
+        <v>6036654.0</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>320580.0</v>
+        <v>3125086.0</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>423760.0</v>
+        <v>2387527.0</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>373022.0</v>
+        <v>2645896.0</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>370908.0</v>
+        <v>3224390.0</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>350175.0</v>
+        <v>2854130.0</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>326363.0</v>
+        <v>3147210.0</v>
       </c>
       <c r="I107" s="14" t="n">
-        <v>356977.0</v>
+        <v>2711290.0</v>
       </c>
       <c r="J107" s="14" t="n">
-        <v>362660.0</v>
+        <v>2563876.0</v>
       </c>
       <c r="K107" s="14" t="n">
-        <v>337171.0</v>
+        <v>2784007.0</v>
       </c>
       <c r="L107" s="14" t="n">
-        <v>485711.0</v>
+        <v>2932985.0</v>
       </c>
       <c r="M107" s="14" t="n">
-        <v>388922.0</v>
+        <v>2762301.0</v>
       </c>
       <c r="N107" s="14" t="n">
-        <v>468402.0</v>
+        <v>3543764.0</v>
       </c>
       <c r="O107" s="14" t="n">
-        <v>746096.0</v>
+        <v>3115799.0</v>
       </c>
       <c r="P107" s="14" t="n">
-        <v>639090.0</v>
+        <v>3475936.0</v>
       </c>
       <c r="Q107" s="14" t="n">
-        <v>527292.0</v>
+        <v>5589088.0</v>
       </c>
       <c r="R107" s="14" t="n">
-        <v>449488.0</v>
+        <v>4833535.0</v>
       </c>
       <c r="S107" s="14" t="n">
-        <v>397392.0</v>
+        <v>3810132.0</v>
       </c>
       <c r="T107" s="14" t="n">
-        <v>396131.0</v>
+        <v>3495830.0</v>
       </c>
       <c r="U107" s="14" t="n">
-        <v>367847.0</v>
+        <v>3052960.0</v>
       </c>
       <c r="V107" s="14" t="n">
-        <v>437028.0</v>
+        <v>3000049.0</v>
       </c>
       <c r="W107" s="14" t="n">
-        <v>346811.0</v>
+        <v>2859307.0</v>
+      </c>
+      <c r="X107" s="14" t="n">
+        <v>3332316.0</v>
+      </c>
+      <c r="Y107" s="14" t="n">
+        <v>2817624.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>18860.0</v>
+        <v>1267426.0</v>
       </c>
       <c r="C108" s="14" t="n">
-        <v>22030.0</v>
+        <v>333045.0</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>29501.0</v>
+        <v>130999.0</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>28738.0</v>
+        <v>176127.0</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>34707.0</v>
+        <v>268528.0</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>46884.0</v>
+        <v>220944.0</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>55281.0</v>
+        <v>273061.0</v>
       </c>
       <c r="I108" s="14" t="n">
-        <v>92733.0</v>
+        <v>347322.0</v>
       </c>
       <c r="J108" s="14" t="n">
-        <v>116922.0</v>
+        <v>358566.0</v>
       </c>
       <c r="K108" s="14" t="n">
-        <v>148904.0</v>
+        <v>573626.0</v>
       </c>
       <c r="L108" s="14" t="n">
-        <v>170766.0</v>
+        <v>703535.0</v>
       </c>
       <c r="M108" s="14" t="n">
-        <v>142778.0</v>
+        <v>919489.0</v>
       </c>
       <c r="N108" s="14" t="n">
-        <v>145834.0</v>
+        <v>989952.0</v>
       </c>
       <c r="O108" s="14" t="n">
-        <v>267412.0</v>
+        <v>765298.0</v>
       </c>
       <c r="P108" s="14" t="n">
-        <v>218732.0</v>
+        <v>892589.0</v>
       </c>
       <c r="Q108" s="14" t="n">
-        <v>152085.0</v>
+        <v>1744737.0</v>
       </c>
       <c r="R108" s="14" t="n">
-        <v>96062.0</v>
+        <v>1469538.0</v>
       </c>
       <c r="S108" s="14" t="n">
-        <v>76177.0</v>
+        <v>974963.0</v>
       </c>
       <c r="T108" s="14" t="n">
-        <v>79362.0</v>
+        <v>662857.0</v>
       </c>
       <c r="U108" s="14" t="n">
-        <v>83656.0</v>
+        <v>524465.0</v>
       </c>
       <c r="V108" s="14" t="n">
-        <v>95661.0</v>
+        <v>534457.0</v>
       </c>
       <c r="W108" s="14" t="n">
-        <v>87189.0</v>
+        <v>561562.0</v>
+      </c>
+      <c r="X108" s="14" t="n">
+        <v>621786.0</v>
+      </c>
+      <c r="Y108" s="14" t="n">
+        <v>519223.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>5709283.0</v>
+        <v>5.8740613E7</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>5452256.0</v>
+        <v>5.3147688E7</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>5706793.0</v>
+        <v>4.8873233E7</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>5537793.0</v>
+        <v>4.6155763E7</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>5359063.0</v>
+        <v>4.9135457E7</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>5168072.0</v>
+        <v>4.6873562E7</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>5056031.0</v>
+        <v>4.5826532E7</v>
       </c>
       <c r="I109" s="14" t="n">
-        <v>4911213.0</v>
+        <v>4.3826159E7</v>
       </c>
       <c r="J109" s="14" t="n">
-        <v>4853956.0</v>
+        <v>4.2583914E7</v>
       </c>
       <c r="K109" s="14" t="n">
-        <v>4914393.0</v>
+        <v>4.1263566E7</v>
       </c>
       <c r="L109" s="14" t="n">
-        <v>5291259.0</v>
+        <v>4.1183962E7</v>
       </c>
       <c r="M109" s="14" t="n">
-        <v>5243719.0</v>
+        <v>4.1605069E7</v>
       </c>
       <c r="N109" s="14" t="n">
-        <v>5269155.0</v>
+        <v>4.405771E7</v>
       </c>
       <c r="O109" s="14" t="n">
-        <v>5658823.0</v>
+        <v>4.4061676E7</v>
       </c>
       <c r="P109" s="14" t="n">
-        <v>5463736.0</v>
+        <v>4.3766959E7</v>
       </c>
       <c r="Q109" s="14" t="n">
-        <v>5188737.0</v>
+        <v>4.6836712E7</v>
       </c>
       <c r="R109" s="14" t="n">
-        <v>4845602.0</v>
+        <v>4.4715459E7</v>
       </c>
       <c r="S109" s="14" t="n">
-        <v>4576273.0</v>
+        <v>4.2028737E7</v>
       </c>
       <c r="T109" s="14" t="n">
-        <v>4373627.0</v>
+        <v>3.9284958E7</v>
       </c>
       <c r="U109" s="14" t="n">
-        <v>4074019.0</v>
+        <v>3.7099116E7</v>
       </c>
       <c r="V109" s="14" t="n">
-        <v>3904913.0</v>
+        <v>3.5326629E7</v>
       </c>
       <c r="W109" s="14" t="n">
-        <v>3597830.0</v>
+        <v>3.3471908E7</v>
+      </c>
+      <c r="X109" s="14" t="n">
+        <v>3.2105977E7</v>
+      </c>
+      <c r="Y109" s="14" t="n">
+        <v>2.9681241E7</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="6" t="inlineStr">
         <is>
-          <t>Ceuta</t>
+          <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B110" s="6"/>
       <c r="C110" s="6"/>
       <c r="D110" s="6"/>
       <c r="E110" s="6"/>
       <c r="F110" s="6"/>
       <c r="G110" s="6"/>
       <c r="H110" s="6"/>
       <c r="I110" s="6"/>
       <c r="J110" s="6"/>
       <c r="K110" s="6"/>
       <c r="L110" s="6"/>
       <c r="M110" s="6"/>
       <c r="N110" s="6"/>
       <c r="O110" s="6"/>
       <c r="P110" s="6"/>
       <c r="Q110" s="6"/>
       <c r="R110" s="6"/>
       <c r="S110" s="6"/>
       <c r="T110" s="6"/>
       <c r="U110" s="6"/>
       <c r="V110" s="6"/>
       <c r="W110" s="6"/>
+      <c r="X110" s="6"/>
+      <c r="Y110" s="6"/>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>179352.0</v>
+        <v>1615263.0</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>167189.0</v>
+        <v>1591960.0</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>183993.0</v>
+        <v>1441477.0</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>184520.0</v>
+        <v>1405064.0</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>175455.0</v>
+        <v>1503523.0</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>169198.0</v>
+        <v>1493541.0</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>170243.0</v>
+        <v>1461192.0</v>
       </c>
       <c r="I111" s="14" t="n">
-        <v>167100.0</v>
+        <v>1431623.0</v>
       </c>
       <c r="J111" s="14" t="n">
-        <v>175727.0</v>
+        <v>1447604.0</v>
       </c>
       <c r="K111" s="14" t="n">
-        <v>178681.0</v>
+        <v>1415124.0</v>
       </c>
       <c r="L111" s="14" t="n">
-        <v>180157.0</v>
+        <v>1416420.0</v>
       </c>
       <c r="M111" s="14" t="n">
-        <v>174422.0</v>
+        <v>1442238.0</v>
       </c>
       <c r="N111" s="14" t="n">
-        <v>163740.0</v>
+        <v>1489438.0</v>
       </c>
       <c r="O111" s="14" t="n">
-        <v>189277.0</v>
+        <v>1441256.0</v>
       </c>
       <c r="P111" s="14" t="n">
-        <v>228169.0</v>
+        <v>1418655.0</v>
       </c>
       <c r="Q111" s="14" t="n">
-        <v>230675.0</v>
+        <v>1557596.0</v>
       </c>
       <c r="R111" s="14" t="n">
-        <v>209455.0</v>
+        <v>1648789.0</v>
       </c>
       <c r="S111" s="14" t="n">
-        <v>193825.0</v>
+        <v>1629635.0</v>
       </c>
       <c r="T111" s="14" t="n">
-        <v>185645.0</v>
+        <v>1564607.0</v>
       </c>
       <c r="U111" s="14" t="n">
-        <v>166981.0</v>
+        <v>1477560.0</v>
       </c>
       <c r="V111" s="14" t="n">
-        <v>144552.0</v>
+        <v>1456045.0</v>
       </c>
       <c r="W111" s="14" t="n">
-        <v>126125.0</v>
+        <v>1334012.0</v>
+      </c>
+      <c r="X111" s="14" t="n">
+        <v>1263324.0</v>
+      </c>
+      <c r="Y111" s="14" t="n">
+        <v>1170432.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>1026075.0</v>
+        <v>4796489.0</v>
       </c>
       <c r="C112" s="14" t="n">
-        <v>972722.0</v>
+        <v>4402437.0</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>989544.0</v>
+        <v>4108898.0</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>942384.0</v>
+        <v>3831801.0</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>917707.0</v>
+        <v>3895880.0</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>913118.0</v>
+        <v>3786785.0</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>893667.0</v>
+        <v>3638876.0</v>
       </c>
       <c r="I112" s="14" t="n">
-        <v>865627.0</v>
+        <v>3512801.0</v>
       </c>
       <c r="J112" s="14" t="n">
-        <v>864601.0</v>
+        <v>3417459.0</v>
       </c>
       <c r="K112" s="14" t="n">
-        <v>848949.0</v>
+        <v>3297549.0</v>
       </c>
       <c r="L112" s="14" t="n">
-        <v>906336.0</v>
+        <v>3250330.0</v>
       </c>
       <c r="M112" s="14" t="n">
-        <v>902568.0</v>
+        <v>3340489.0</v>
       </c>
       <c r="N112" s="14" t="n">
-        <v>891321.0</v>
+        <v>3546062.0</v>
       </c>
       <c r="O112" s="14" t="n">
-        <v>873246.0</v>
+        <v>3608932.0</v>
       </c>
       <c r="P112" s="14" t="n">
-        <v>803381.0</v>
+        <v>3566926.0</v>
       </c>
       <c r="Q112" s="14" t="n">
-        <v>741491.0</v>
+        <v>3656536.0</v>
       </c>
       <c r="R112" s="14" t="n">
-        <v>706836.0</v>
+        <v>3425860.0</v>
       </c>
       <c r="S112" s="14" t="n">
-        <v>670628.0</v>
+        <v>3208145.0</v>
       </c>
       <c r="T112" s="14" t="n">
-        <v>628695.0</v>
+        <v>2940886.0</v>
       </c>
       <c r="U112" s="14" t="n">
-        <v>585476.0</v>
+        <v>2790280.0</v>
       </c>
       <c r="V112" s="14" t="n">
-        <v>564093.0</v>
+        <v>2611567.0</v>
       </c>
       <c r="W112" s="14" t="n">
-        <v>542602.0</v>
+        <v>2465009.0</v>
+      </c>
+      <c r="X112" s="14" t="n">
+        <v>2308882.0</v>
+      </c>
+      <c r="Y112" s="14" t="n">
+        <v>2174858.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>46589.0</v>
+        <v>598254.0</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>53278.0</v>
+        <v>349181.0</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>66147.0</v>
+        <v>281937.0</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>54739.0</v>
+        <v>318639.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>55226.0</v>
+        <v>421173.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>59111.0</v>
+        <v>367203.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>60402.0</v>
+        <v>370839.0</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>63853.0</v>
+        <v>347367.0</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>61434.0</v>
+        <v>325726.0</v>
       </c>
       <c r="K113" s="14" t="n">
-        <v>51925.0</v>
+        <v>360513.0</v>
       </c>
       <c r="L113" s="14" t="n">
-        <v>71851.0</v>
+        <v>369670.0</v>
       </c>
       <c r="M113" s="14" t="n">
-        <v>67216.0</v>
+        <v>341127.0</v>
       </c>
       <c r="N113" s="14" t="n">
-        <v>75567.0</v>
+        <v>489121.0</v>
       </c>
       <c r="O113" s="14" t="n">
-        <v>110573.0</v>
+        <v>393526.0</v>
       </c>
       <c r="P113" s="14" t="n">
-        <v>98242.0</v>
+        <v>472018.0</v>
       </c>
       <c r="Q113" s="14" t="n">
-        <v>105913.0</v>
+        <v>749213.0</v>
       </c>
       <c r="R113" s="14" t="n">
-        <v>100816.0</v>
+        <v>642763.0</v>
       </c>
       <c r="S113" s="14" t="n">
-        <v>82190.0</v>
+        <v>531180.0</v>
       </c>
       <c r="T113" s="14" t="n">
-        <v>81422.0</v>
+        <v>453664.0</v>
       </c>
       <c r="U113" s="14" t="n">
-        <v>75883.0</v>
+        <v>401358.0</v>
       </c>
       <c r="V113" s="14" t="n">
-        <v>87018.0</v>
+        <v>399869.0</v>
       </c>
       <c r="W113" s="14" t="n">
-        <v>76358.0</v>
+        <v>371092.0</v>
+      </c>
+      <c r="X113" s="14" t="n">
+        <v>439838.0</v>
+      </c>
+      <c r="Y113" s="14" t="n">
+        <v>349590.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>2384.0</v>
+        <v>105670.0</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>3503.0</v>
+        <v>37248.0</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>5235.0</v>
+        <v>21197.0</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>5019.0</v>
+        <v>24557.0</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>6601.0</v>
+        <v>32981.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>8530.0</v>
+        <v>30368.0</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>9123.0</v>
+        <v>36387.0</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>14720.0</v>
+        <v>47992.0</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>16887.0</v>
+        <v>55965.0</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>20764.0</v>
+        <v>92632.0</v>
       </c>
       <c r="L114" s="14" t="n">
-        <v>23820.0</v>
+        <v>117283.0</v>
       </c>
       <c r="M114" s="14" t="n">
-        <v>18569.0</v>
+        <v>153203.0</v>
       </c>
       <c r="N114" s="14" t="n">
-        <v>22831.0</v>
+        <v>175170.0</v>
       </c>
       <c r="O114" s="14" t="n">
-        <v>45776.0</v>
+        <v>146410.0</v>
       </c>
       <c r="P114" s="14" t="n">
-        <v>36630.0</v>
+        <v>148685.0</v>
       </c>
       <c r="Q114" s="14" t="n">
-        <v>21987.0</v>
+        <v>269542.0</v>
       </c>
       <c r="R114" s="14" t="n">
-        <v>14324.0</v>
+        <v>222299.0</v>
       </c>
       <c r="S114" s="14" t="n">
-        <v>11542.0</v>
+        <v>154993.0</v>
       </c>
       <c r="T114" s="14" t="n">
-        <v>11065.0</v>
+        <v>98678.0</v>
       </c>
       <c r="U114" s="14" t="n">
-        <v>11825.0</v>
+        <v>78793.0</v>
       </c>
       <c r="V114" s="14" t="n">
-        <v>13433.0</v>
+        <v>81943.0</v>
       </c>
       <c r="W114" s="14" t="n">
-        <v>10464.0</v>
+        <v>86222.0</v>
+      </c>
+      <c r="X114" s="14" t="n">
+        <v>98226.0</v>
+      </c>
+      <c r="Y114" s="14" t="n">
+        <v>89687.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>1249632.0</v>
+        <v>6904336.0</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>1189686.0</v>
+        <v>6306330.0</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>1234449.0</v>
+        <v>5811115.0</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>1176624.0</v>
+        <v>5530947.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>1141787.0</v>
+        <v>5787595.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>1132897.0</v>
+        <v>5617161.0</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>1115189.0</v>
+        <v>5434520.0</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>1081860.0</v>
+        <v>5243799.0</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>1084875.0</v>
+        <v>5134824.0</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>1058791.0</v>
+        <v>4980554.0</v>
       </c>
       <c r="L115" s="14" t="n">
-        <v>1134524.0</v>
+        <v>4919137.0</v>
       </c>
       <c r="M115" s="14" t="n">
-        <v>1125637.0</v>
+        <v>4970651.0</v>
       </c>
       <c r="N115" s="14" t="n">
-        <v>1107797.0</v>
+        <v>5349451.0</v>
       </c>
       <c r="O115" s="14" t="n">
-        <v>1127320.0</v>
+        <v>5297304.0</v>
       </c>
       <c r="P115" s="14" t="n">
-        <v>1093162.0</v>
+        <v>5308914.0</v>
       </c>
       <c r="Q115" s="14" t="n">
-        <v>1056092.0</v>
+        <v>5693803.0</v>
       </c>
       <c r="R115" s="14" t="n">
-        <v>1002783.0</v>
+        <v>5495113.0</v>
       </c>
       <c r="S115" s="14" t="n">
-        <v>935101.0</v>
+        <v>5213967.0</v>
       </c>
       <c r="T115" s="14" t="n">
-        <v>884697.0</v>
+        <v>4860479.0</v>
       </c>
       <c r="U115" s="14" t="n">
-        <v>816515.0</v>
+        <v>4590405.0</v>
       </c>
       <c r="V115" s="14" t="n">
-        <v>782230.0</v>
+        <v>4385538.0</v>
       </c>
       <c r="W115" s="14" t="n">
-        <v>734621.0</v>
+        <v>4083891.0</v>
+      </c>
+      <c r="X115" s="14" t="n">
+        <v>3913818.0</v>
+      </c>
+      <c r="Y115" s="14" t="n">
+        <v>3605193.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="6" t="inlineStr">
         <is>
-          <t>Melilla</t>
+          <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B116" s="6"/>
       <c r="C116" s="6"/>
       <c r="D116" s="6"/>
       <c r="E116" s="6"/>
       <c r="F116" s="6"/>
       <c r="G116" s="6"/>
       <c r="H116" s="6"/>
       <c r="I116" s="6"/>
       <c r="J116" s="6"/>
       <c r="K116" s="6"/>
       <c r="L116" s="6"/>
       <c r="M116" s="6"/>
       <c r="N116" s="6"/>
       <c r="O116" s="6"/>
       <c r="P116" s="6"/>
       <c r="Q116" s="6"/>
       <c r="R116" s="6"/>
       <c r="S116" s="6"/>
       <c r="T116" s="6"/>
       <c r="U116" s="6"/>
       <c r="V116" s="6"/>
       <c r="W116" s="6"/>
+      <c r="X116" s="6"/>
+      <c r="Y116" s="6"/>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>167721.0</v>
+        <v>196866.0</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>156467.0</v>
+        <v>187575.0</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>170319.0</v>
+        <v>180110.0</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>173787.0</v>
+        <v>156958.0</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>167037.0</v>
+        <v>167560.0</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>158167.0</v>
+        <v>171748.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>152663.0</v>
+        <v>162618.0</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>147798.0</v>
+        <v>158675.0</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>155635.0</v>
+        <v>161479.0</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>158169.0</v>
+        <v>159303.0</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>159672.0</v>
+        <v>167684.0</v>
       </c>
       <c r="M117" s="14" t="n">
-        <v>152768.0</v>
+        <v>171564.0</v>
       </c>
       <c r="N117" s="14" t="n">
-        <v>134848.0</v>
+        <v>173863.0</v>
       </c>
       <c r="O117" s="14" t="n">
-        <v>154884.0</v>
+        <v>169191.0</v>
       </c>
       <c r="P117" s="14" t="n">
-        <v>190275.0</v>
+        <v>168373.0</v>
       </c>
       <c r="Q117" s="14" t="n">
-        <v>194797.0</v>
+        <v>193566.0</v>
       </c>
       <c r="R117" s="14" t="n">
-        <v>179646.0</v>
+        <v>232636.0</v>
       </c>
       <c r="S117" s="14" t="n">
-        <v>179953.0</v>
+        <v>233927.0</v>
       </c>
       <c r="T117" s="14" t="n">
-        <v>169524.0</v>
+        <v>210752.0</v>
       </c>
       <c r="U117" s="14" t="n">
-        <v>151959.0</v>
+        <v>195229.0</v>
       </c>
       <c r="V117" s="14" t="n">
-        <v>131340.0</v>
+        <v>186931.0</v>
       </c>
       <c r="W117" s="14" t="n">
-        <v>116251.0</v>
+        <v>168169.0</v>
+      </c>
+      <c r="X117" s="14" t="n">
+        <v>145606.0</v>
+      </c>
+      <c r="Y117" s="14" t="n">
+        <v>127673.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>945335.0</v>
+        <v>1134511.0</v>
       </c>
       <c r="C118" s="14" t="n">
-        <v>893114.0</v>
+        <v>1075054.0</v>
       </c>
       <c r="D118" s="14" t="n">
-        <v>911637.0</v>
+        <v>1019185.0</v>
       </c>
       <c r="E118" s="14" t="n">
-        <v>867666.0</v>
+        <v>975725.0</v>
       </c>
       <c r="F118" s="14" t="n">
-        <v>833368.0</v>
+        <v>1000087.0</v>
       </c>
       <c r="G118" s="14" t="n">
-        <v>837773.0</v>
+        <v>951159.0</v>
       </c>
       <c r="H118" s="14" t="n">
-        <v>823766.0</v>
+        <v>926442.0</v>
       </c>
       <c r="I118" s="14" t="n">
-        <v>791887.0</v>
+        <v>921850.0</v>
       </c>
       <c r="J118" s="14" t="n">
-        <v>779339.0</v>
+        <v>902248.0</v>
       </c>
       <c r="K118" s="14" t="n">
-        <v>768127.0</v>
+        <v>871754.0</v>
       </c>
       <c r="L118" s="14" t="n">
-        <v>815723.0</v>
+        <v>870651.0</v>
       </c>
       <c r="M118" s="14" t="n">
-        <v>810213.0</v>
+        <v>854509.0</v>
       </c>
       <c r="N118" s="14" t="n">
-        <v>813167.0</v>
+        <v>912110.0</v>
       </c>
       <c r="O118" s="14" t="n">
-        <v>794738.0</v>
+        <v>907033.0</v>
       </c>
       <c r="P118" s="14" t="n">
-        <v>746525.0</v>
+        <v>895005.0</v>
       </c>
       <c r="Q118" s="14" t="n">
-        <v>693750.0</v>
+        <v>875930.0</v>
       </c>
       <c r="R118" s="14" t="n">
-        <v>656827.0</v>
+        <v>805310.0</v>
       </c>
       <c r="S118" s="14" t="n">
-        <v>619115.0</v>
+        <v>743136.0</v>
       </c>
       <c r="T118" s="14" t="n">
-        <v>567875.0</v>
+        <v>708255.0</v>
       </c>
       <c r="U118" s="14" t="n">
-        <v>538873.0</v>
+        <v>671821.0</v>
       </c>
       <c r="V118" s="14" t="n">
-        <v>527416.0</v>
+        <v>629567.0</v>
       </c>
       <c r="W118" s="14" t="n">
-        <v>505627.0</v>
+        <v>586113.0</v>
+      </c>
+      <c r="X118" s="14" t="n">
+        <v>564761.0</v>
+      </c>
+      <c r="Y118" s="14" t="n">
+        <v>542473.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>54808.0</v>
+        <v>79047.0</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>51809.0</v>
+        <v>48200.0</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>62168.0</v>
+        <v>45599.0</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>51215.0</v>
+        <v>51511.0</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>60466.0</v>
+        <v>64178.0</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>54539.0</v>
+        <v>52381.0</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>51563.0</v>
+        <v>53653.0</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>54162.0</v>
+        <v>57321.0</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>53811.0</v>
+        <v>59021.0</v>
       </c>
       <c r="K119" s="14" t="n">
-        <v>48479.0</v>
+        <v>63183.0</v>
       </c>
       <c r="L119" s="14" t="n">
-        <v>61457.0</v>
+        <v>61224.0</v>
       </c>
       <c r="M119" s="14" t="n">
-        <v>53886.0</v>
+        <v>51714.0</v>
       </c>
       <c r="N119" s="14" t="n">
-        <v>58429.0</v>
+        <v>71671.0</v>
       </c>
       <c r="O119" s="14" t="n">
-        <v>91840.0</v>
+        <v>67376.0</v>
       </c>
       <c r="P119" s="14" t="n">
-        <v>82940.0</v>
+        <v>75831.0</v>
       </c>
       <c r="Q119" s="14" t="n">
-        <v>82649.0</v>
+        <v>110860.0</v>
       </c>
       <c r="R119" s="14" t="n">
-        <v>75199.0</v>
+        <v>98391.0</v>
       </c>
       <c r="S119" s="14" t="n">
-        <v>63809.0</v>
+        <v>106167.0</v>
       </c>
       <c r="T119" s="14" t="n">
-        <v>61594.0</v>
+        <v>101176.0</v>
       </c>
       <c r="U119" s="14" t="n">
-        <v>65184.0</v>
+        <v>82453.0</v>
       </c>
       <c r="V119" s="14" t="n">
-        <v>74593.0</v>
+        <v>81642.0</v>
       </c>
       <c r="W119" s="14" t="n">
-        <v>66583.0</v>
+        <v>76030.0</v>
+      </c>
+      <c r="X119" s="14" t="n">
+        <v>87070.0</v>
+      </c>
+      <c r="Y119" s="14" t="n">
+        <v>76421.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>3316.0</v>
+        <v>19791.0</v>
       </c>
       <c r="C120" s="14" t="n">
-        <v>4194.0</v>
+        <v>4844.0</v>
       </c>
       <c r="D120" s="14" t="n">
-        <v>6739.0</v>
+        <v>1845.0</v>
       </c>
       <c r="E120" s="14" t="n">
-        <v>6726.0</v>
+        <v>2960.0</v>
       </c>
       <c r="F120" s="14" t="n">
-        <v>8114.0</v>
+        <v>4835.0</v>
       </c>
       <c r="G120" s="14" t="n">
-        <v>10461.0</v>
+        <v>4180.0</v>
       </c>
       <c r="H120" s="14" t="n">
-        <v>10851.0</v>
+        <v>5817.0</v>
       </c>
       <c r="I120" s="14" t="n">
-        <v>16128.0</v>
+        <v>7745.0</v>
       </c>
       <c r="J120" s="14" t="n">
-        <v>18831.0</v>
+        <v>8381.0</v>
       </c>
       <c r="K120" s="14" t="n">
-        <v>22899.0</v>
+        <v>13926.0</v>
       </c>
       <c r="L120" s="14" t="n">
-        <v>22650.0</v>
+        <v>16258.0</v>
       </c>
       <c r="M120" s="14" t="n">
-        <v>17184.0</v>
+        <v>20757.0</v>
       </c>
       <c r="N120" s="14" t="n">
-        <v>19780.0</v>
+        <v>23913.0</v>
       </c>
       <c r="O120" s="14" t="n">
-        <v>39512.0</v>
+        <v>18632.0</v>
       </c>
       <c r="P120" s="14" t="n">
-        <v>30901.0</v>
+        <v>22872.0</v>
       </c>
       <c r="Q120" s="14" t="n">
-        <v>16802.0</v>
+        <v>45839.0</v>
       </c>
       <c r="R120" s="14" t="n">
-        <v>9923.0</v>
+        <v>36721.0</v>
       </c>
       <c r="S120" s="14" t="n">
-        <v>6595.0</v>
+        <v>22037.0</v>
       </c>
       <c r="T120" s="14" t="n">
-        <v>4136.0</v>
+        <v>14350.0</v>
       </c>
       <c r="U120" s="14" t="n">
-        <v>4185.0</v>
+        <v>11563.0</v>
       </c>
       <c r="V120" s="14" t="n">
-        <v>5150.0</v>
+        <v>11087.0</v>
       </c>
       <c r="W120" s="14" t="n">
-        <v>4909.0</v>
+        <v>11850.0</v>
+      </c>
+      <c r="X120" s="14" t="n">
+        <v>13463.0</v>
+      </c>
+      <c r="Y120" s="14" t="n">
+        <v>10488.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>1164548.0</v>
+        <v>1390633.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>1097196.0</v>
+        <v>1305985.0</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>1137385.0</v>
+        <v>1243049.0</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>1085942.0</v>
+        <v>1181234.0</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>1052757.0</v>
+        <v>1226990.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>1040018.0</v>
+        <v>1171108.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>1017141.0</v>
+        <v>1136896.0</v>
       </c>
       <c r="I121" s="14" t="n">
-        <v>977719.0</v>
+        <v>1130101.0</v>
       </c>
       <c r="J121" s="14" t="n">
-        <v>969954.0</v>
+        <v>1114367.0</v>
       </c>
       <c r="K121" s="14" t="n">
-        <v>951876.0</v>
+        <v>1080314.0</v>
       </c>
       <c r="L121" s="14" t="n">
-        <v>1014202.0</v>
+        <v>1083301.0</v>
       </c>
       <c r="M121" s="14" t="n">
-        <v>999683.0</v>
+        <v>1057030.0</v>
       </c>
       <c r="N121" s="14" t="n">
-        <v>986664.0</v>
+        <v>1133731.0</v>
       </c>
       <c r="O121" s="14" t="n">
-        <v>1001950.0</v>
+        <v>1124968.0</v>
       </c>
       <c r="P121" s="14" t="n">
-        <v>988839.0</v>
+        <v>1116337.0</v>
       </c>
       <c r="Q121" s="14" t="n">
-        <v>954394.0</v>
+        <v>1134517.0</v>
       </c>
       <c r="R121" s="14" t="n">
-        <v>901749.0</v>
+        <v>1099616.0</v>
       </c>
       <c r="S121" s="14" t="n">
-        <v>856282.0</v>
+        <v>1061193.0</v>
       </c>
       <c r="T121" s="14" t="n">
-        <v>794857.0</v>
+        <v>1005833.0</v>
       </c>
       <c r="U121" s="14" t="n">
-        <v>751831.0</v>
+        <v>937940.0</v>
       </c>
       <c r="V121" s="14" t="n">
-        <v>728199.0</v>
+        <v>887053.0</v>
       </c>
       <c r="W121" s="14" t="n">
-        <v>683552.0</v>
+        <v>818462.0</v>
+      </c>
+      <c r="X121" s="14" t="n">
+        <v>783974.0</v>
+      </c>
+      <c r="Y121" s="14" t="n">
+        <v>736079.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="6" t="inlineStr">
         <is>
-          <t>TOTAL NACIONAL</t>
+          <t>19 Melilla</t>
         </is>
       </c>
       <c r="B122" s="6"/>
       <c r="C122" s="6"/>
       <c r="D122" s="6"/>
       <c r="E122" s="6"/>
       <c r="F122" s="6"/>
       <c r="G122" s="6"/>
       <c r="H122" s="6"/>
       <c r="I122" s="6"/>
       <c r="J122" s="6"/>
       <c r="K122" s="6"/>
       <c r="L122" s="6"/>
       <c r="M122" s="6"/>
       <c r="N122" s="6"/>
       <c r="O122" s="6"/>
       <c r="P122" s="6"/>
       <c r="Q122" s="6"/>
       <c r="R122" s="6"/>
       <c r="S122" s="6"/>
       <c r="T122" s="6"/>
       <c r="U122" s="6"/>
       <c r="V122" s="6"/>
       <c r="W122" s="6"/>
+      <c r="X122" s="6"/>
+      <c r="Y122" s="6"/>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Excedente de explotación bruto / Renta mixta bruta</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>2.04669E8</v>
+        <v>213115.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>1.873E8</v>
+        <v>206483.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>2.11411E8</v>
+        <v>195880.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>2.08532E8</v>
+        <v>181613.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>2.04684E8</v>
+        <v>189040.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>1.96897E8</v>
+        <v>192913.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>1.89771E8</v>
+        <v>183355.0</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>1.83932E8</v>
+        <v>174780.0</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>1.86517E8</v>
+        <v>168749.0</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>1.86584E8</v>
+        <v>162330.0</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>1.8996E8</v>
+        <v>168376.0</v>
       </c>
       <c r="M123" s="14" t="n">
-        <v>1.7962E8</v>
+        <v>170005.0</v>
       </c>
       <c r="N123" s="14" t="n">
-        <v>1.74909E8</v>
+        <v>171646.0</v>
       </c>
       <c r="O123" s="14" t="n">
-        <v>1.87431E8</v>
+        <v>163888.0</v>
       </c>
       <c r="P123" s="14" t="n">
-        <v>2.0338E8</v>
+        <v>138961.0</v>
       </c>
       <c r="Q123" s="14" t="n">
-        <v>2.01144E8</v>
+        <v>158673.0</v>
       </c>
       <c r="R123" s="14" t="n">
-        <v>1.88219E8</v>
+        <v>194291.0</v>
       </c>
       <c r="S123" s="14" t="n">
-        <v>1.77015E8</v>
+        <v>197734.0</v>
       </c>
       <c r="T123" s="14" t="n">
-        <v>1.66078E8</v>
+        <v>180807.0</v>
       </c>
       <c r="U123" s="14" t="n">
-        <v>1.53501E8</v>
+        <v>181252.0</v>
       </c>
       <c r="V123" s="14" t="n">
-        <v>1.40547E8</v>
+        <v>170691.0</v>
       </c>
       <c r="W123" s="14" t="n">
-        <v>1.25875E8</v>
+        <v>153049.0</v>
+      </c>
+      <c r="X123" s="14" t="n">
+        <v>132316.0</v>
+      </c>
+      <c r="Y123" s="14" t="n">
+        <v>117039.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Remuneración de los asalariados</t>
         </is>
       </c>
       <c r="B124" s="14" t="n">
-        <v>6.02492E8</v>
+        <v>1063251.0</v>
       </c>
       <c r="C124" s="14" t="n">
-        <v>5.63058E8</v>
+        <v>1003529.0</v>
       </c>
       <c r="D124" s="14" t="n">
-        <v>5.8266E8</v>
+        <v>950076.0</v>
       </c>
       <c r="E124" s="14" t="n">
-        <v>5.4852E8</v>
+        <v>895872.0</v>
       </c>
       <c r="F124" s="14" t="n">
-        <v>5.26002E8</v>
+        <v>921350.0</v>
       </c>
       <c r="G124" s="14" t="n">
-        <v>5.05826E8</v>
+        <v>875745.0</v>
       </c>
       <c r="H124" s="14" t="n">
-        <v>4.94971E8</v>
+        <v>841300.0</v>
       </c>
       <c r="I124" s="14" t="n">
-        <v>4.75584E8</v>
+        <v>845785.0</v>
       </c>
       <c r="J124" s="14" t="n">
-        <v>4.69537E8</v>
+        <v>831676.0</v>
       </c>
       <c r="K124" s="14" t="n">
-        <v>4.82715E8</v>
+        <v>797492.0</v>
       </c>
       <c r="L124" s="14" t="n">
-        <v>5.14202E8</v>
+        <v>784792.0</v>
       </c>
       <c r="M124" s="14" t="n">
-        <v>5.27662E8</v>
+        <v>773157.0</v>
       </c>
       <c r="N124" s="14" t="n">
-        <v>5.30739E8</v>
+        <v>820920.0</v>
       </c>
       <c r="O124" s="14" t="n">
-        <v>5.44867E8</v>
+        <v>814222.0</v>
       </c>
       <c r="P124" s="14" t="n">
-        <v>5.08993E8</v>
+        <v>816528.0</v>
       </c>
       <c r="Q124" s="14" t="n">
-        <v>4.7184E8</v>
+        <v>797180.0</v>
       </c>
       <c r="R124" s="14" t="n">
-        <v>4.35359E8</v>
+        <v>748317.0</v>
       </c>
       <c r="S124" s="14" t="n">
-        <v>4.05612E8</v>
+        <v>695289.0</v>
       </c>
       <c r="T124" s="14" t="n">
-        <v>3.80155E8</v>
+        <v>658146.0</v>
       </c>
       <c r="U124" s="14" t="n">
-        <v>3.58872E8</v>
+        <v>620217.0</v>
       </c>
       <c r="V124" s="14" t="n">
-        <v>3.37035E8</v>
+        <v>568663.0</v>
       </c>
       <c r="W124" s="14" t="n">
-        <v>3.16255E8</v>
+        <v>539459.0</v>
+      </c>
+      <c r="X124" s="14" t="n">
+        <v>528040.0</v>
+      </c>
+      <c r="Y124" s="14" t="n">
+        <v>506159.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>3.7756E7</v>
+        <v>86154.0</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>4.1813E7</v>
+        <v>67490.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>5.1037E7</v>
+        <v>54945.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>4.6016E7</v>
+        <v>50568.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>4.6134E7</v>
+        <v>60785.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>4.443E7</v>
+        <v>49447.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>4.1803E7</v>
+        <v>59532.0</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>4.3959E7</v>
+        <v>53288.0</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>4.391E7</v>
+        <v>50638.0</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>4.1958E7</v>
+        <v>53816.0</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>5.5116E7</v>
+        <v>53902.0</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>4.694E7</v>
+        <v>48590.0</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>5.1138E7</v>
+        <v>61580.0</v>
       </c>
       <c r="O125" s="14" t="n">
-        <v>8.0272E7</v>
+        <v>54228.0</v>
       </c>
       <c r="P125" s="14" t="n">
-        <v>7.1529E7</v>
+        <v>58622.0</v>
       </c>
       <c r="Q125" s="14" t="n">
-        <v>5.4527E7</v>
+        <v>92073.0</v>
       </c>
       <c r="R125" s="14" t="n">
-        <v>4.8749E7</v>
+        <v>83062.0</v>
       </c>
       <c r="S125" s="14" t="n">
-        <v>4.2626E7</v>
+        <v>82837.0</v>
       </c>
       <c r="T125" s="14" t="n">
-        <v>4.1507E7</v>
+        <v>75447.0</v>
       </c>
       <c r="U125" s="14" t="n">
-        <v>3.9866E7</v>
+        <v>63992.0</v>
       </c>
       <c r="V125" s="14" t="n">
-        <v>4.6845E7</v>
+        <v>61747.0</v>
       </c>
       <c r="W125" s="14" t="n">
-        <v>3.9334E7</v>
+        <v>65306.0</v>
+      </c>
+      <c r="X125" s="14" t="n">
+        <v>74636.0</v>
+      </c>
+      <c r="Y125" s="14" t="n">
+        <v>66638.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Rentas de la propiedad</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>3468000.0</v>
+        <v>25619.0</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>4054000.0</v>
+        <v>6918.0</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>5406000.0</v>
+        <v>2566.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>4849000.0</v>
+        <v>3544.0</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>5383000.0</v>
+        <v>6224.0</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>6616000.0</v>
+        <v>5601.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>7403000.0</v>
+        <v>7150.0</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>1.2215E7</v>
+        <v>9498.0</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>1.5286E7</v>
+        <v>9968.0</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>1.8995E7</v>
+        <v>15258.0</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>2.1632E7</v>
+        <v>18130.0</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>1.818E7</v>
+        <v>22892.0</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>2.0589E7</v>
+        <v>22738.0</v>
       </c>
       <c r="O126" s="14" t="n">
-        <v>4.0887E7</v>
+        <v>17243.0</v>
       </c>
       <c r="P126" s="14" t="n">
-        <v>3.494E7</v>
+        <v>19818.0</v>
       </c>
       <c r="Q126" s="14" t="n">
-        <v>2.3047E7</v>
+        <v>39573.0</v>
       </c>
       <c r="R126" s="14" t="n">
-        <v>1.5283E7</v>
+        <v>30985.0</v>
       </c>
       <c r="S126" s="14" t="n">
-        <v>1.1613E7</v>
+        <v>16843.0</v>
       </c>
       <c r="T126" s="14" t="n">
-        <v>1.1596E7</v>
+        <v>9942.0</v>
       </c>
       <c r="U126" s="14" t="n">
-        <v>1.2274E7</v>
+        <v>6607.0</v>
       </c>
       <c r="V126" s="14" t="n">
-        <v>1.3708E7</v>
+        <v>4143.0</v>
       </c>
       <c r="W126" s="14" t="n">
-        <v>1.1842E7</v>
+        <v>4191.0</v>
+      </c>
+      <c r="X126" s="14" t="n">
+        <v>5160.0</v>
+      </c>
+      <c r="Y126" s="14" t="n">
+        <v>4919.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:  Saldo de rentas primarias brutas</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
-        <v>8.41449E8</v>
+        <v>1336901.0</v>
       </c>
       <c r="C127" s="14" t="n">
-        <v>7.88117E8</v>
+        <v>1270584.0</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>8.39702E8</v>
+        <v>1198335.0</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>7.98219E8</v>
+        <v>1124509.0</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>7.71437E8</v>
+        <v>1164951.0</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>7.40537E8</v>
+        <v>1112504.0</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>7.19142E8</v>
+        <v>1077037.0</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>6.9126E8</v>
+        <v>1064355.0</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>6.84678E8</v>
+        <v>1041095.0</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>6.92262E8</v>
+        <v>998380.0</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>7.37646E8</v>
+        <v>988940.0</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>7.36042E8</v>
+        <v>968860.0</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>7.36197E8</v>
+        <v>1031408.0</v>
       </c>
       <c r="O127" s="14" t="n">
-        <v>7.71683E8</v>
+        <v>1015095.0</v>
       </c>
       <c r="P127" s="14" t="n">
-        <v>7.48962E8</v>
+        <v>994293.0</v>
       </c>
       <c r="Q127" s="14" t="n">
-        <v>7.04464E8</v>
+        <v>1008353.0</v>
       </c>
       <c r="R127" s="14" t="n">
-        <v>6.57044E8</v>
+        <v>994685.0</v>
       </c>
       <c r="S127" s="14" t="n">
-        <v>6.1364E8</v>
+        <v>959017.0</v>
       </c>
       <c r="T127" s="14" t="n">
-        <v>5.76144E8</v>
+        <v>904458.0</v>
       </c>
       <c r="U127" s="14" t="n">
-        <v>5.39965E8</v>
+        <v>858854.0</v>
       </c>
       <c r="V127" s="14" t="n">
-        <v>5.10719E8</v>
+        <v>796958.0</v>
       </c>
       <c r="W127" s="14" t="n">
-        <v>4.69622E8</v>
+        <v>753623.0</v>
+      </c>
+      <c r="X127" s="14" t="n">
+        <v>729832.0</v>
+      </c>
+      <c r="Y127" s="14" t="n">
+        <v>684917.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>(P) provisional</t>
+          <t>1) (P) provisional</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:W8"/>
-[...18 lines deleted...]
-    <mergeCell ref="A122:W122"/>
+    <mergeCell ref="A8:Y8"/>
+    <mergeCell ref="A14:Y14"/>
+    <mergeCell ref="A20:Y20"/>
+    <mergeCell ref="A26:Y26"/>
+    <mergeCell ref="A32:Y32"/>
+    <mergeCell ref="A38:Y38"/>
+    <mergeCell ref="A44:Y44"/>
+    <mergeCell ref="A50:Y50"/>
+    <mergeCell ref="A56:Y56"/>
+    <mergeCell ref="A62:Y62"/>
+    <mergeCell ref="A68:Y68"/>
+    <mergeCell ref="A74:Y74"/>
+    <mergeCell ref="A80:Y80"/>
+    <mergeCell ref="A86:Y86"/>
+    <mergeCell ref="A92:Y92"/>
+    <mergeCell ref="A98:Y98"/>
+    <mergeCell ref="A104:Y104"/>
+    <mergeCell ref="A110:Y110"/>
+    <mergeCell ref="A116:Y116"/>
+    <mergeCell ref="A122:Y122"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>