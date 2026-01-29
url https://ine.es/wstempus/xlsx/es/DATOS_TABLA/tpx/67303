--- v0 (2025-10-23)
+++ v1 (2026-01-29)
@@ -244,79 +244,81 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W94"/>
+  <dimension ref="A1:Y94"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
+    <col min="24" max="24" width="19.53125" customWidth="true"/>
+    <col min="25" max="25" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cuentas nacionales: principales indicadores sobre los hogares</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Contabilidad Regional de España</t>
         </is>
       </c>
@@ -385,5167 +387,5577 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2021 (P)</t>
+          <t>2023 (P)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="E7" s="6" t="inlineStr">
+        <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="S7" s="6" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="R7" s="6" t="inlineStr">
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
-      <c r="S7" s="6" t="inlineStr">
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="W7" s="6" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
-      <c r="V7" s="6" t="inlineStr">
+      <c r="X7" s="6" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
-      <c r="W7" s="6" t="inlineStr">
+      <c r="Y7" s="6" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>Total Nacional</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
+      <c r="X8" s="6"/>
+      <c r="Y8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1.14677009E8</v>
+        <v>9.21355E8</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>1.08993257E8</v>
+        <v>8.36709E8</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>1.09285805E8</v>
+        <v>7.95131E8</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>1.04902045E8</v>
+        <v>7.5866E8</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>1.00324891E8</v>
+        <v>7.76183E8</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>9.7403659E7</v>
+        <v>7.39562E8</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>9.6150376E7</v>
+        <v>7.18587E8</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>9.1742339E7</v>
+        <v>6.98084E8</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>9.1603923E7</v>
+        <v>6.80447E8</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>9.2091681E7</v>
+        <v>6.5335E8</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>9.7139397E7</v>
+        <v>6.51201E8</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>9.6499347E7</v>
+        <v>6.53101E8</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>9.6921407E7</v>
+        <v>6.89087E8</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>9.6782147E7</v>
+        <v>6.84266E8</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>9.1933224E7</v>
+        <v>6.80916E8</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>8.7943966E7</v>
+        <v>6.84434E8</v>
       </c>
       <c r="R9" s="14" t="n">
-        <v>8.3047091E7</v>
+        <v>6.49881E8</v>
       </c>
       <c r="S9" s="14" t="n">
-        <v>7.7656823E7</v>
+        <v>6.17248E8</v>
       </c>
       <c r="T9" s="14" t="n">
-        <v>7.3392345E7</v>
+        <v>5.81609E8</v>
       </c>
       <c r="U9" s="14" t="n">
-        <v>6.7937014E7</v>
+        <v>5.44523E8</v>
       </c>
       <c r="V9" s="14" t="n">
-        <v>6.4225674E7</v>
+        <v>5.14833E8</v>
       </c>
       <c r="W9" s="14" t="n">
-        <v>5.9616286E7</v>
+        <v>4.79026E8</v>
+      </c>
+      <c r="X9" s="14" t="n">
+        <v>4.52323E8</v>
+      </c>
+      <c r="Y9" s="14" t="n">
+        <v>4.19984E8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>2.8607692E7</v>
+        <v>1.92539E8</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>2.6433311E7</v>
+        <v>1.81129E8</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>2.50382E7</v>
+        <v>1.71244E8</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>2.3865832E7</v>
+        <v>1.60517E8</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>2.3095912E7</v>
+        <v>1.51976E8</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>2.2627928E7</v>
+        <v>1.43378E8</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>2.1806765E7</v>
+        <v>1.3851E8</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>2.0835513E7</v>
+        <v>1.35021E8</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>2.1393306E7</v>
+        <v>1.31737E8</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>2.1283217E7</v>
+        <v>1.2555E8</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>2.2764463E7</v>
+        <v>1.25204E8</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>2.2972189E7</v>
+        <v>1.27773E8</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>2.3301367E7</v>
+        <v>1.36032E8</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>2.2319114E7</v>
+        <v>1.38331E8</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>2.045759E7</v>
+        <v>1.39021E8</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>1.876576E7</v>
+        <v>1.30435E8</v>
       </c>
       <c r="R10" s="14" t="n">
-        <v>1.7619852E7</v>
+        <v>1.19204E8</v>
       </c>
       <c r="S10" s="14" t="n">
-        <v>1.6503923E7</v>
+        <v>1.09246E8</v>
       </c>
       <c r="T10" s="14" t="n">
-        <v>1.4526225E7</v>
+        <v>1.01717E8</v>
       </c>
       <c r="U10" s="14" t="n">
-        <v>1.3474889E7</v>
+        <v>9.2127E7</v>
       </c>
       <c r="V10" s="14" t="n">
-        <v>1.242406E7</v>
+        <v>8.316E7</v>
       </c>
       <c r="W10" s="14" t="n">
-        <v>1.1888707E7</v>
+        <v>7.7483E7</v>
+      </c>
+      <c r="X10" s="14" t="n">
+        <v>7.0868E7</v>
+      </c>
+      <c r="Y10" s="14" t="n">
+        <v>6.6594E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>1.43284701E8</v>
+        <v>1.113894E9</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>1.35426568E8</v>
+        <v>1.017838E9</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>1.34324005E8</v>
+        <v>9.66375E8</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>1.28767877E8</v>
+        <v>9.19177E8</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>1.23420803E8</v>
+        <v>9.28159E8</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>1.20031587E8</v>
+        <v>8.8294E8</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>1.17957141E8</v>
+        <v>8.57097E8</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>1.12577852E8</v>
+        <v>8.33105E8</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>1.12997229E8</v>
+        <v>8.12184E8</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>1.13374898E8</v>
+        <v>7.789E8</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>1.1990386E8</v>
+        <v>7.76405E8</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>1.19471536E8</v>
+        <v>7.80874E8</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>1.20222774E8</v>
+        <v>8.25119E8</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>1.19101261E8</v>
+        <v>8.22597E8</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>1.12390814E8</v>
+        <v>8.19937E8</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>1.06709726E8</v>
+        <v>8.14869E8</v>
       </c>
       <c r="R11" s="14" t="n">
-        <v>1.00666943E8</v>
+        <v>7.69085E8</v>
       </c>
       <c r="S11" s="14" t="n">
-        <v>9.4160746E7</v>
+        <v>7.26494E8</v>
       </c>
       <c r="T11" s="14" t="n">
-        <v>8.791857E7</v>
+        <v>6.83326E8</v>
       </c>
       <c r="U11" s="14" t="n">
-        <v>8.1411903E7</v>
+        <v>6.3665E8</v>
       </c>
       <c r="V11" s="14" t="n">
-        <v>7.6649734E7</v>
+        <v>5.97993E8</v>
       </c>
       <c r="W11" s="14" t="n">
-        <v>7.1504993E7</v>
+        <v>5.56509E8</v>
+      </c>
+      <c r="X11" s="14" t="n">
+        <v>5.23191E8</v>
+      </c>
+      <c r="Y11" s="14" t="n">
+        <v>4.86578E8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
-          <t>Aragón</t>
+          <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
       <c r="T12" s="6"/>
       <c r="U12" s="6"/>
       <c r="V12" s="6"/>
       <c r="W12" s="6"/>
+      <c r="X12" s="6"/>
+      <c r="Y12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>2.3430572E7</v>
+        <v>1.32279635E8</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>2.2802358E7</v>
+        <v>1.22241958E8</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>2.2937045E7</v>
+        <v>1.17147643E8</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>2.1896706E7</v>
+        <v>1.10935923E8</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>2.1370351E7</v>
+        <v>1.11295697E8</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>2.0728731E7</v>
+        <v>1.0685489E8</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>2.0160568E7</v>
+        <v>1.02144613E8</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>1.9672633E7</v>
+        <v>9.9266479E7</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>1.9921346E7</v>
+        <v>9.8012694E7</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>2.0012536E7</v>
+        <v>9.3341377E7</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>2.1178497E7</v>
+        <v>9.3029099E7</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>2.0884481E7</v>
+        <v>9.345554E7</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>2.1092488E7</v>
+        <v>9.8534821E7</v>
       </c>
       <c r="O13" s="14" t="n">
-        <v>2.1291352E7</v>
+        <v>9.7750393E7</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>2.0202604E7</v>
+        <v>9.7855675E7</v>
       </c>
       <c r="Q13" s="14" t="n">
-        <v>1.9171242E7</v>
+        <v>9.762613E7</v>
       </c>
       <c r="R13" s="14" t="n">
-        <v>1.7984132E7</v>
+        <v>9.2673762E7</v>
       </c>
       <c r="S13" s="14" t="n">
-        <v>1.6893457E7</v>
+        <v>8.8537085E7</v>
       </c>
       <c r="T13" s="14" t="n">
-        <v>1.6218958E7</v>
+        <v>8.3405499E7</v>
       </c>
       <c r="U13" s="14" t="n">
-        <v>1.5226099E7</v>
+        <v>7.7992512E7</v>
       </c>
       <c r="V13" s="14" t="n">
-        <v>1.423435E7</v>
+        <v>7.366982E7</v>
       </c>
       <c r="W13" s="14" t="n">
-        <v>1.3282261E7</v>
+        <v>6.8159299E7</v>
+      </c>
+      <c r="X13" s="14" t="n">
+        <v>6.4429605E7</v>
+      </c>
+      <c r="Y13" s="14" t="n">
+        <v>5.980613E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>4996644.0</v>
+        <v>3.1561012E7</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>4771452.0</v>
+        <v>3.0012802E7</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>4563247.0</v>
+        <v>2.8502062E7</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>4345667.0</v>
+        <v>2.6380582E7</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>4217407.0</v>
+        <v>2.5043952E7</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>4094223.0</v>
+        <v>2.3865842E7</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>3929324.0</v>
+        <v>2.3125515E7</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>3789036.0</v>
+        <v>2.2691192E7</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>3761798.0</v>
+        <v>2.1858653E7</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>3925844.0</v>
+        <v>2.0883668E7</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>4077497.0</v>
+        <v>2.1418024E7</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>4125055.0</v>
+        <v>2.1303027E7</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>4148956.0</v>
+        <v>2.278634E7</v>
       </c>
       <c r="O14" s="14" t="n">
-        <v>3945180.0</v>
+        <v>2.3002199E7</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>3541179.0</v>
+        <v>2.3287619E7</v>
       </c>
       <c r="Q14" s="14" t="n">
-        <v>3329008.0</v>
+        <v>2.2270618E7</v>
       </c>
       <c r="R14" s="14" t="n">
-        <v>3096960.0</v>
+        <v>2.0393407E7</v>
       </c>
       <c r="S14" s="14" t="n">
-        <v>2726167.0</v>
+        <v>1.8699934E7</v>
       </c>
       <c r="T14" s="14" t="n">
-        <v>2557766.0</v>
+        <v>1.7550296E7</v>
       </c>
       <c r="U14" s="14" t="n">
-        <v>2395438.0</v>
+        <v>1.6442046E7</v>
       </c>
       <c r="V14" s="14" t="n">
-        <v>2239225.0</v>
+        <v>1.4456169E7</v>
       </c>
       <c r="W14" s="14" t="n">
-        <v>2023778.0</v>
+        <v>1.3402752E7</v>
+      </c>
+      <c r="X14" s="14" t="n">
+        <v>1.2349279E7</v>
+      </c>
+      <c r="Y14" s="14" t="n">
+        <v>1.1810572E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>2.8427216E7</v>
+        <v>1.63840647E8</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>2.757381E7</v>
+        <v>1.5225476E8</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>2.7500292E7</v>
+        <v>1.45649705E8</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>2.6242373E7</v>
+        <v>1.37316505E8</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>2.5587758E7</v>
+        <v>1.36339649E8</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>2.4822954E7</v>
+        <v>1.30720732E8</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>2.4089892E7</v>
+        <v>1.25270128E8</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>2.3461669E7</v>
+        <v>1.21957671E8</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>2.3683144E7</v>
+        <v>1.19871347E8</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>2.393838E7</v>
+        <v>1.14225045E8</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>2.5255994E7</v>
+        <v>1.14447123E8</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>2.5009536E7</v>
+        <v>1.14758567E8</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>2.5241444E7</v>
+        <v>1.21321161E8</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>2.5236532E7</v>
+        <v>1.20752592E8</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>2.3743783E7</v>
+        <v>1.21143294E8</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>2.250025E7</v>
+        <v>1.19896748E8</v>
       </c>
       <c r="R15" s="14" t="n">
-        <v>2.1081092E7</v>
+        <v>1.13067169E8</v>
       </c>
       <c r="S15" s="14" t="n">
-        <v>1.9619624E7</v>
+        <v>1.07237019E8</v>
       </c>
       <c r="T15" s="14" t="n">
-        <v>1.8776724E7</v>
+        <v>1.00955795E8</v>
       </c>
       <c r="U15" s="14" t="n">
-        <v>1.7621537E7</v>
+        <v>9.4434558E7</v>
       </c>
       <c r="V15" s="14" t="n">
-        <v>1.6473575E7</v>
+        <v>8.8125989E7</v>
       </c>
       <c r="W15" s="14" t="n">
-        <v>1.5306039E7</v>
+        <v>8.1562051E7</v>
+      </c>
+      <c r="X15" s="14" t="n">
+        <v>7.6778884E7</v>
+      </c>
+      <c r="Y15" s="14" t="n">
+        <v>7.1616702E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
-          <t>Asturias, Principado de</t>
+          <t>02 Aragón</t>
         </is>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
       <c r="T16" s="6"/>
       <c r="U16" s="6"/>
       <c r="V16" s="6"/>
       <c r="W16" s="6"/>
+      <c r="X16" s="6"/>
+      <c r="Y16" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>1.7363992E7</v>
+        <v>2.7899287E7</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>1.6829234E7</v>
+        <v>2.5449274E7</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>1.695613E7</v>
+        <v>2.3853362E7</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>1.6411068E7</v>
+        <v>2.3141876E7</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>1.5996408E7</v>
+        <v>2.3289189E7</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>1.5494022E7</v>
+        <v>2.2232592E7</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>1.5447908E7</v>
+        <v>2.1692356E7</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>1.4987855E7</v>
+        <v>2.1056855E7</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>1.5097446E7</v>
+        <v>2.0488518E7</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>1.5214692E7</v>
+        <v>1.9957115E7</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>1.605398E7</v>
+        <v>2.0179315E7</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>1.583152E7</v>
+        <v>2.0248688E7</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>1.5843464E7</v>
+        <v>2.1422611E7</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>1.6491152E7</v>
+        <v>2.110313E7</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>1.5988084E7</v>
+        <v>2.1287826E7</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>1.5052E7</v>
+        <v>2.1465067E7</v>
       </c>
       <c r="R17" s="14" t="n">
-        <v>1.402854E7</v>
+        <v>2.0357173E7</v>
       </c>
       <c r="S17" s="14" t="n">
-        <v>1.3041541E7</v>
+        <v>1.9299409E7</v>
       </c>
       <c r="T17" s="14" t="n">
-        <v>1.2397912E7</v>
+        <v>1.8064164E7</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>1.1687393E7</v>
+        <v>1.6969354E7</v>
       </c>
       <c r="V17" s="14" t="n">
-        <v>1.1038025E7</v>
+        <v>1.6283072E7</v>
       </c>
       <c r="W17" s="14" t="n">
-        <v>1.0247898E7</v>
+        <v>1.527712E7</v>
+      </c>
+      <c r="X17" s="14" t="n">
+        <v>1.4280934E7</v>
+      </c>
+      <c r="Y17" s="14" t="n">
+        <v>1.3325862E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>3783961.0</v>
+        <v>5635194.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>3628178.0</v>
+        <v>5219246.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>3445001.0</v>
+        <v>4986260.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>3318337.0</v>
+        <v>4762157.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>3249633.0</v>
+        <v>4563479.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>3181544.0</v>
+        <v>4345014.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>3133518.0</v>
+        <v>4221775.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>3015120.0</v>
+        <v>4103913.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>2990135.0</v>
+        <v>3937482.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>2999761.0</v>
+        <v>3796375.0</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>3249390.0</v>
+        <v>3765338.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>3168462.0</v>
+        <v>3927962.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>3220571.0</v>
+        <v>4080279.0</v>
       </c>
       <c r="O18" s="14" t="n">
-        <v>3119454.0</v>
+        <v>4129274.0</v>
       </c>
       <c r="P18" s="14" t="n">
-        <v>2823503.0</v>
+        <v>4145462.0</v>
       </c>
       <c r="Q18" s="14" t="n">
-        <v>2699388.0</v>
+        <v>3935781.0</v>
       </c>
       <c r="R18" s="14" t="n">
-        <v>2485203.0</v>
+        <v>3529549.0</v>
       </c>
       <c r="S18" s="14" t="n">
-        <v>2312636.0</v>
+        <v>3316760.0</v>
       </c>
       <c r="T18" s="14" t="n">
-        <v>2131991.0</v>
+        <v>3084356.0</v>
       </c>
       <c r="U18" s="14" t="n">
-        <v>2045236.0</v>
+        <v>2715901.0</v>
       </c>
       <c r="V18" s="14" t="n">
-        <v>1939824.0</v>
+        <v>2545287.0</v>
       </c>
       <c r="W18" s="14" t="n">
-        <v>1828104.0</v>
+        <v>2382556.0</v>
+      </c>
+      <c r="X18" s="14" t="n">
+        <v>2225755.0</v>
+      </c>
+      <c r="Y18" s="14" t="n">
+        <v>2010510.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>2.1147953E7</v>
+        <v>3.3534481E7</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>2.0457412E7</v>
+        <v>3.066852E7</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>2.0401131E7</v>
+        <v>2.8839622E7</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>1.9729405E7</v>
+        <v>2.7904033E7</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>1.9246041E7</v>
+        <v>2.7852668E7</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>1.8675566E7</v>
+        <v>2.6577606E7</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>1.8581426E7</v>
+        <v>2.5914131E7</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>1.8002975E7</v>
+        <v>2.5160768E7</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>1.8087581E7</v>
+        <v>2.4426E7</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>1.8214453E7</v>
+        <v>2.375349E7</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>1.930337E7</v>
+        <v>2.3944653E7</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>1.8999982E7</v>
+        <v>2.417665E7</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>1.9064035E7</v>
+        <v>2.550289E7</v>
       </c>
       <c r="O19" s="14" t="n">
-        <v>1.9610606E7</v>
+        <v>2.5232404E7</v>
       </c>
       <c r="P19" s="14" t="n">
-        <v>1.8811587E7</v>
+        <v>2.5433288E7</v>
       </c>
       <c r="Q19" s="14" t="n">
-        <v>1.7751388E7</v>
+        <v>2.5400848E7</v>
       </c>
       <c r="R19" s="14" t="n">
-        <v>1.6513743E7</v>
+        <v>2.3886722E7</v>
       </c>
       <c r="S19" s="14" t="n">
-        <v>1.5354177E7</v>
+        <v>2.2616169E7</v>
       </c>
       <c r="T19" s="14" t="n">
-        <v>1.4529903E7</v>
+        <v>2.114852E7</v>
       </c>
       <c r="U19" s="14" t="n">
-        <v>1.3732629E7</v>
+        <v>1.9685255E7</v>
       </c>
       <c r="V19" s="14" t="n">
-        <v>1.2977849E7</v>
+        <v>1.8828359E7</v>
       </c>
       <c r="W19" s="14" t="n">
-        <v>1.2076002E7</v>
+        <v>1.7659676E7</v>
+      </c>
+      <c r="X19" s="14" t="n">
+        <v>1.6506689E7</v>
+      </c>
+      <c r="Y19" s="14" t="n">
+        <v>1.5336372E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t>Balears, Illes</t>
+          <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
       <c r="T20" s="6"/>
       <c r="U20" s="6"/>
       <c r="V20" s="6"/>
       <c r="W20" s="6"/>
+      <c r="X20" s="6"/>
+      <c r="Y20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>1.9414299E7</v>
+        <v>2.0408475E7</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>1.8065929E7</v>
+        <v>1.8720235E7</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>2.0029498E7</v>
+        <v>1.7540972E7</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>1.8953988E7</v>
+        <v>1.6948778E7</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>1.8152115E7</v>
+        <v>1.7095708E7</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>1.767826E7</v>
+        <v>1.6549534E7</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>1.6798211E7</v>
+        <v>1.6132269E7</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>1.5923673E7</v>
+        <v>1.5641303E7</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>1.5735595E7</v>
+        <v>1.5605817E7</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>1.5838936E7</v>
+        <v>1.5118284E7</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>1.6564795E7</v>
+        <v>1.5212573E7</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>1.6278267E7</v>
+        <v>1.5325851E7</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>1.6463237E7</v>
+        <v>1.6174555E7</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>1.6679385E7</v>
+        <v>1.5938625E7</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>1.5848778E7</v>
+        <v>1.5989583E7</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>1.5173637E7</v>
+        <v>1.6626002E7</v>
       </c>
       <c r="R21" s="14" t="n">
-        <v>1.4332441E7</v>
+        <v>1.6107777E7</v>
       </c>
       <c r="S21" s="14" t="n">
-        <v>1.3555358E7</v>
+        <v>1.5149638E7</v>
       </c>
       <c r="T21" s="14" t="n">
-        <v>1.2709829E7</v>
+        <v>1.409071E7</v>
       </c>
       <c r="U21" s="14" t="n">
-        <v>1.2074917E7</v>
+        <v>1.3098898E7</v>
       </c>
       <c r="V21" s="14" t="n">
-        <v>1.1506493E7</v>
+        <v>1.2445828E7</v>
       </c>
       <c r="W21" s="14" t="n">
-        <v>1.060638E7</v>
+        <v>1.1726043E7</v>
+      </c>
+      <c r="X21" s="14" t="n">
+        <v>1.1072665E7</v>
+      </c>
+      <c r="Y21" s="14" t="n">
+        <v>1.0282039E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>4278225.0</v>
+        <v>4184201.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>4063837.0</v>
+        <v>3953038.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>4004153.0</v>
+        <v>3765554.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>3634765.0</v>
+        <v>3621712.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>3414055.0</v>
+        <v>3445155.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>3255908.0</v>
+        <v>3318050.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>3177645.0</v>
+        <v>3253201.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>2975446.0</v>
+        <v>3189424.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>2884108.0</v>
+        <v>3140021.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>2849536.0</v>
+        <v>3020922.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>3016228.0</v>
+        <v>2992983.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>2975619.0</v>
+        <v>3002037.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>3011111.0</v>
+        <v>3252025.0</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>2892968.0</v>
+        <v>3172452.0</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>2617828.0</v>
+        <v>3218136.0</v>
       </c>
       <c r="Q22" s="14" t="n">
-        <v>2310696.0</v>
+        <v>3112156.0</v>
       </c>
       <c r="R22" s="14" t="n">
-        <v>2076674.0</v>
+        <v>2814378.0</v>
       </c>
       <c r="S22" s="14" t="n">
-        <v>1944123.0</v>
+        <v>2689565.0</v>
       </c>
       <c r="T22" s="14" t="n">
-        <v>1698032.0</v>
+        <v>2475259.0</v>
       </c>
       <c r="U22" s="14" t="n">
-        <v>1548168.0</v>
+        <v>2303942.0</v>
       </c>
       <c r="V22" s="14" t="n">
-        <v>1361962.0</v>
+        <v>2121642.0</v>
       </c>
       <c r="W22" s="14" t="n">
-        <v>1255218.0</v>
+        <v>2034249.0</v>
+      </c>
+      <c r="X22" s="14" t="n">
+        <v>1928154.0</v>
+      </c>
+      <c r="Y22" s="14" t="n">
+        <v>1816133.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>2.3692524E7</v>
+        <v>2.4592676E7</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>2.2129766E7</v>
+        <v>2.2673273E7</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>2.4033651E7</v>
+        <v>2.1306526E7</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>2.2588753E7</v>
+        <v>2.057049E7</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>2.156617E7</v>
+        <v>2.0540863E7</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>2.0934168E7</v>
+        <v>1.9867584E7</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>1.9975856E7</v>
+        <v>1.938547E7</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>1.8899119E7</v>
+        <v>1.8830727E7</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>1.8619703E7</v>
+        <v>1.8745838E7</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>1.8688472E7</v>
+        <v>1.8139206E7</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>1.9581023E7</v>
+        <v>1.8205556E7</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>1.9253886E7</v>
+        <v>1.8327888E7</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>1.9474348E7</v>
+        <v>1.942658E7</v>
       </c>
       <c r="O23" s="14" t="n">
-        <v>1.9572353E7</v>
+        <v>1.9111077E7</v>
       </c>
       <c r="P23" s="14" t="n">
-        <v>1.8466606E7</v>
+        <v>1.9207719E7</v>
       </c>
       <c r="Q23" s="14" t="n">
-        <v>1.7484333E7</v>
+        <v>1.9738158E7</v>
       </c>
       <c r="R23" s="14" t="n">
-        <v>1.6409115E7</v>
+        <v>1.8922155E7</v>
       </c>
       <c r="S23" s="14" t="n">
-        <v>1.5499481E7</v>
+        <v>1.7839203E7</v>
       </c>
       <c r="T23" s="14" t="n">
-        <v>1.4407861E7</v>
+        <v>1.6565969E7</v>
       </c>
       <c r="U23" s="14" t="n">
-        <v>1.3623085E7</v>
+        <v>1.540284E7</v>
       </c>
       <c r="V23" s="14" t="n">
-        <v>1.2868455E7</v>
+        <v>1.456747E7</v>
       </c>
       <c r="W23" s="14" t="n">
-        <v>1.1861598E7</v>
+        <v>1.3760292E7</v>
+      </c>
+      <c r="X23" s="14" t="n">
+        <v>1.3000819E7</v>
+      </c>
+      <c r="Y23" s="14" t="n">
+        <v>1.2098172E7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
-          <t>Canarias</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
       <c r="T24" s="6"/>
       <c r="U24" s="6"/>
       <c r="V24" s="6"/>
       <c r="W24" s="6"/>
+      <c r="X24" s="6"/>
+      <c r="Y24" s="6"/>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>2.9826683E7</v>
+        <v>2.4673566E7</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>2.7951318E7</v>
+        <v>2.2013749E7</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>2.9738978E7</v>
+        <v>1.9874155E7</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>2.8412481E7</v>
+        <v>1.8418542E7</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>2.7760994E7</v>
+        <v>2.0440118E7</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>2.6525992E7</v>
+        <v>1.93529E7</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>2.5643726E7</v>
+        <v>1.8529962E7</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>2.4546422E7</v>
+        <v>1.8051509E7</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>2.4667074E7</v>
+        <v>1.7168894E7</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>2.461406E7</v>
+        <v>1.6246434E7</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>2.5886699E7</v>
+        <v>1.6029778E7</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>2.5445047E7</v>
+        <v>1.6124519E7</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>2.5228511E7</v>
+        <v>1.685412E7</v>
       </c>
       <c r="O25" s="14" t="n">
-        <v>2.5646103E7</v>
+        <v>1.6544356E7</v>
       </c>
       <c r="P25" s="14" t="n">
-        <v>2.4714779E7</v>
+        <v>1.6624442E7</v>
       </c>
       <c r="Q25" s="14" t="n">
-        <v>2.3657189E7</v>
+        <v>1.6824052E7</v>
       </c>
       <c r="R25" s="14" t="n">
-        <v>2.2645124E7</v>
+        <v>1.5975117E7</v>
       </c>
       <c r="S25" s="14" t="n">
-        <v>2.147445E7</v>
+        <v>1.5275595E7</v>
       </c>
       <c r="T25" s="14" t="n">
-        <v>2.0508265E7</v>
+        <v>1.4393241E7</v>
       </c>
       <c r="U25" s="14" t="n">
-        <v>1.9216064E7</v>
+        <v>1.3612473E7</v>
       </c>
       <c r="V25" s="14" t="n">
-        <v>1.7995518E7</v>
+        <v>1.2757067E7</v>
       </c>
       <c r="W25" s="14" t="n">
-        <v>1.6637312E7</v>
+        <v>1.2114404E7</v>
+      </c>
+      <c r="X25" s="14" t="n">
+        <v>1.1542213E7</v>
+      </c>
+      <c r="Y25" s="14" t="n">
+        <v>1.0637178E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>8692648.0</v>
+        <v>4987810.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>7831313.0</v>
+        <v>4650042.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>7709575.0</v>
+        <v>4271571.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>7037171.0</v>
+        <v>4057859.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>6558514.0</v>
+        <v>3995706.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>6219216.0</v>
+        <v>3627115.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>6029713.0</v>
+        <v>3411430.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>5848797.0</v>
+        <v>3258727.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>5724803.0</v>
+        <v>3179964.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>5612445.0</v>
+        <v>2978123.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>5900851.0</v>
+        <v>2885500.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>6234758.0</v>
+        <v>2851219.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>6398219.0</v>
+        <v>3018670.0</v>
       </c>
       <c r="O26" s="14" t="n">
-        <v>6111867.0</v>
+        <v>2979444.0</v>
       </c>
       <c r="P26" s="14" t="n">
-        <v>5648045.0</v>
+        <v>3009442.0</v>
       </c>
       <c r="Q26" s="14" t="n">
-        <v>5073617.0</v>
+        <v>2886671.0</v>
       </c>
       <c r="R26" s="14" t="n">
-        <v>4630181.0</v>
+        <v>2609583.0</v>
       </c>
       <c r="S26" s="14" t="n">
-        <v>4501426.0</v>
+        <v>2302644.0</v>
       </c>
       <c r="T26" s="14" t="n">
-        <v>3866278.0</v>
+        <v>2068599.0</v>
       </c>
       <c r="U26" s="14" t="n">
-        <v>3632796.0</v>
+        <v>1936888.0</v>
       </c>
       <c r="V26" s="14" t="n">
-        <v>3261754.0</v>
+        <v>1689868.0</v>
       </c>
       <c r="W26" s="14" t="n">
-        <v>3097768.0</v>
+        <v>1539887.0</v>
+      </c>
+      <c r="X26" s="14" t="n">
+        <v>1353762.0</v>
+      </c>
+      <c r="Y26" s="14" t="n">
+        <v>1246928.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>3.8519331E7</v>
+        <v>2.9661376E7</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>3.5782631E7</v>
+        <v>2.6663791E7</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>3.7448553E7</v>
+        <v>2.4145726E7</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>3.5449652E7</v>
+        <v>2.2476401E7</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>3.4319508E7</v>
+        <v>2.4435824E7</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>3.2745208E7</v>
+        <v>2.2980015E7</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>3.1673439E7</v>
+        <v>2.1941392E7</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>3.0395219E7</v>
+        <v>2.1310236E7</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>3.0391877E7</v>
+        <v>2.0348858E7</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>3.0226505E7</v>
+        <v>1.9224557E7</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>3.178755E7</v>
+        <v>1.8915278E7</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>3.1679805E7</v>
+        <v>1.8975738E7</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>3.162673E7</v>
+        <v>1.987279E7</v>
       </c>
       <c r="O27" s="14" t="n">
-        <v>3.175797E7</v>
+        <v>1.95238E7</v>
       </c>
       <c r="P27" s="14" t="n">
-        <v>3.0362824E7</v>
+        <v>1.9633884E7</v>
       </c>
       <c r="Q27" s="14" t="n">
-        <v>2.8730806E7</v>
+        <v>1.9710723E7</v>
       </c>
       <c r="R27" s="14" t="n">
-        <v>2.7275305E7</v>
+        <v>1.85847E7</v>
       </c>
       <c r="S27" s="14" t="n">
-        <v>2.5975876E7</v>
+        <v>1.7578239E7</v>
       </c>
       <c r="T27" s="14" t="n">
-        <v>2.4374543E7</v>
+        <v>1.646184E7</v>
       </c>
       <c r="U27" s="14" t="n">
-        <v>2.284886E7</v>
+        <v>1.5549361E7</v>
       </c>
       <c r="V27" s="14" t="n">
-        <v>2.1257272E7</v>
+        <v>1.4446935E7</v>
       </c>
       <c r="W27" s="14" t="n">
-        <v>1.973508E7</v>
+        <v>1.3654291E7</v>
+      </c>
+      <c r="X27" s="14" t="n">
+        <v>1.2895975E7</v>
+      </c>
+      <c r="Y27" s="14" t="n">
+        <v>1.1884106E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>05 Canarias</t>
         </is>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
       <c r="O28" s="6"/>
       <c r="P28" s="6"/>
       <c r="Q28" s="6"/>
       <c r="R28" s="6"/>
       <c r="S28" s="6"/>
       <c r="T28" s="6"/>
       <c r="U28" s="6"/>
       <c r="V28" s="6"/>
       <c r="W28" s="6"/>
+      <c r="X28" s="6"/>
+      <c r="Y28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>9629812.0</v>
+        <v>3.5673487E7</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>9216102.0</v>
+        <v>3.2360394E7</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>9439861.0</v>
+        <v>3.0446391E7</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>9207779.0</v>
+        <v>2.8409959E7</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>8907908.0</v>
+        <v>3.0253606E7</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>8554626.0</v>
+        <v>2.8920204E7</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>8274297.0</v>
+        <v>2.8247647E7</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>7991323.0</v>
+        <v>2.7031272E7</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>7988018.0</v>
+        <v>2.6153517E7</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>7966719.0</v>
+        <v>2.4988954E7</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>8477042.0</v>
+        <v>2.5069767E7</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>8426792.0</v>
+        <v>2.5015646E7</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>8628007.0</v>
+        <v>2.6296781E7</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>8832684.0</v>
+        <v>2.5820539E7</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>8351984.0</v>
+        <v>2.5484653E7</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>7955234.0</v>
+        <v>2.5879275E7</v>
       </c>
       <c r="R29" s="14" t="n">
-        <v>7541719.0</v>
+        <v>2.4921737E7</v>
       </c>
       <c r="S29" s="14" t="n">
-        <v>7005180.0</v>
+        <v>2.3822853E7</v>
       </c>
       <c r="T29" s="14" t="n">
-        <v>6658848.0</v>
+        <v>2.2745983E7</v>
       </c>
       <c r="U29" s="14" t="n">
-        <v>6252547.0</v>
+        <v>2.1567798E7</v>
       </c>
       <c r="V29" s="14" t="n">
-        <v>5871622.0</v>
+        <v>2.0587229E7</v>
       </c>
       <c r="W29" s="14" t="n">
-        <v>5447233.0</v>
+        <v>1.9282823E7</v>
+      </c>
+      <c r="X29" s="14" t="n">
+        <v>1.8056186E7</v>
+      </c>
+      <c r="Y29" s="14" t="n">
+        <v>1.6688327E7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>2249555.0</v>
+        <v>1.0003454E7</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>2165474.0</v>
+        <v>9391572.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>2072615.0</v>
+        <v>8670331.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>1944808.0</v>
+        <v>7817643.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>1855083.0</v>
+        <v>7693618.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>1830848.0</v>
+        <v>7022858.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>1810949.0</v>
+        <v>6553329.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>1738714.0</v>
+        <v>6224751.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>1724179.0</v>
+        <v>6034530.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>1739815.0</v>
+        <v>5853863.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>1870196.0</v>
+        <v>5726847.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>1874444.0</v>
+        <v>5615483.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>1973046.0</v>
+        <v>5905276.0</v>
       </c>
       <c r="O30" s="14" t="n">
-        <v>1734076.0</v>
+        <v>6240834.0</v>
       </c>
       <c r="P30" s="14" t="n">
-        <v>1599227.0</v>
+        <v>6392499.0</v>
       </c>
       <c r="Q30" s="14" t="n">
-        <v>1475457.0</v>
+        <v>6096843.0</v>
       </c>
       <c r="R30" s="14" t="n">
-        <v>1345827.0</v>
+        <v>5628755.0</v>
       </c>
       <c r="S30" s="14" t="n">
-        <v>1188684.0</v>
+        <v>5054794.0</v>
       </c>
       <c r="T30" s="14" t="n">
-        <v>1113588.0</v>
+        <v>4611291.0</v>
       </c>
       <c r="U30" s="14" t="n">
-        <v>1061687.0</v>
+        <v>4483944.0</v>
       </c>
       <c r="V30" s="14" t="n">
-        <v>977594.0</v>
+        <v>3847293.0</v>
       </c>
       <c r="W30" s="14" t="n">
-        <v>924159.0</v>
+        <v>3613196.0</v>
+      </c>
+      <c r="X30" s="14" t="n">
+        <v>3242138.0</v>
+      </c>
+      <c r="Y30" s="14" t="n">
+        <v>3077588.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>1.1879367E7</v>
+        <v>4.5676941E7</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>1.1381576E7</v>
+        <v>4.1751966E7</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>1.1512476E7</v>
+        <v>3.9116722E7</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>1.1152587E7</v>
+        <v>3.6227602E7</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>1.0762991E7</v>
+        <v>3.7947224E7</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>1.0385474E7</v>
+        <v>3.5943062E7</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>1.0085246E7</v>
+        <v>3.4800976E7</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>9730037.0</v>
+        <v>3.3256023E7</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>9712197.0</v>
+        <v>3.2188047E7</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>9706534.0</v>
+        <v>3.0842817E7</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>1.0347238E7</v>
+        <v>3.0796614E7</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>1.0301236E7</v>
+        <v>3.0631129E7</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>1.0601053E7</v>
+        <v>3.2202057E7</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>1.056676E7</v>
+        <v>3.2061373E7</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>9951211.0</v>
+        <v>3.1877152E7</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>9430691.0</v>
+        <v>3.1976118E7</v>
       </c>
       <c r="R31" s="14" t="n">
-        <v>8887546.0</v>
+        <v>3.0550492E7</v>
       </c>
       <c r="S31" s="14" t="n">
-        <v>8193864.0</v>
+        <v>2.8877647E7</v>
       </c>
       <c r="T31" s="14" t="n">
-        <v>7772436.0</v>
+        <v>2.7357274E7</v>
       </c>
       <c r="U31" s="14" t="n">
-        <v>7314234.0</v>
+        <v>2.6051742E7</v>
       </c>
       <c r="V31" s="14" t="n">
-        <v>6849216.0</v>
+        <v>2.4434522E7</v>
       </c>
       <c r="W31" s="14" t="n">
-        <v>6371392.0</v>
+        <v>2.2896019E7</v>
+      </c>
+      <c r="X31" s="14" t="n">
+        <v>2.1298324E7</v>
+      </c>
+      <c r="Y31" s="14" t="n">
+        <v>1.9765915E7</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
-          <t>Castilla y León</t>
+          <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6"/>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
       <c r="O32" s="6"/>
       <c r="P32" s="6"/>
       <c r="Q32" s="6"/>
       <c r="R32" s="6"/>
       <c r="S32" s="6"/>
       <c r="T32" s="6"/>
       <c r="U32" s="6"/>
       <c r="V32" s="6"/>
       <c r="W32" s="6"/>
+      <c r="X32" s="6"/>
+      <c r="Y32" s="6"/>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>3.9699831E7</v>
+        <v>1.1262606E7</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>3.8711288E7</v>
+        <v>1.0434692E7</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>3.906684E7</v>
+        <v>9841150.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>3.7708147E7</v>
+        <v>9379685.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>3.6373606E7</v>
+        <v>9612564.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>3.5672765E7</v>
+        <v>9372216.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>3.5026507E7</v>
+        <v>9065124.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>3.3926001E7</v>
+        <v>8711213.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>3.4242219E7</v>
+        <v>8430323.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>3.4832551E7</v>
+        <v>8126110.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>3.6313853E7</v>
+        <v>8108648.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>3.6240106E7</v>
+        <v>8078086.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>3.6245863E7</v>
+        <v>8591161.0</v>
       </c>
       <c r="O33" s="14" t="n">
-        <v>3.7246847E7</v>
+        <v>8530501.0</v>
       </c>
       <c r="P33" s="14" t="n">
-        <v>3.5801175E7</v>
+        <v>8708065.0</v>
       </c>
       <c r="Q33" s="14" t="n">
-        <v>3.4288807E7</v>
+        <v>8905104.0</v>
       </c>
       <c r="R33" s="14" t="n">
-        <v>3.2123254E7</v>
+        <v>8415580.0</v>
       </c>
       <c r="S33" s="14" t="n">
-        <v>3.0369571E7</v>
+        <v>8007030.0</v>
       </c>
       <c r="T33" s="14" t="n">
-        <v>2.9113083E7</v>
+        <v>7574061.0</v>
       </c>
       <c r="U33" s="14" t="n">
-        <v>2.7430237E7</v>
+        <v>7035039.0</v>
       </c>
       <c r="V33" s="14" t="n">
-        <v>2.6512005E7</v>
+        <v>6683606.0</v>
       </c>
       <c r="W33" s="14" t="n">
-        <v>2.4572601E7</v>
+        <v>6272468.0</v>
+      </c>
+      <c r="X33" s="14" t="n">
+        <v>5889265.0</v>
+      </c>
+      <c r="Y33" s="14" t="n">
+        <v>5463741.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>9152344.0</v>
+        <v>2544108.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>8760741.0</v>
+        <v>2410218.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>8442501.0</v>
+        <v>2240564.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>7941520.0</v>
+        <v>2161707.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>7880510.0</v>
+        <v>2072730.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>7603000.0</v>
+        <v>1944764.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>7483722.0</v>
+        <v>1857264.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>7127328.0</v>
+        <v>1835367.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>7211402.0</v>
+        <v>1814600.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>7403053.0</v>
+        <v>1742002.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>7847659.0</v>
+        <v>1725723.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>7526248.0</v>
+        <v>1740832.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>7986456.0</v>
+        <v>1871402.0</v>
       </c>
       <c r="O34" s="14" t="n">
-        <v>7441043.0</v>
+        <v>1876374.0</v>
       </c>
       <c r="P34" s="14" t="n">
-        <v>6858109.0</v>
+        <v>1970939.0</v>
       </c>
       <c r="Q34" s="14" t="n">
-        <v>6404105.0</v>
+        <v>1729897.0</v>
       </c>
       <c r="R34" s="14" t="n">
-        <v>6227376.0</v>
+        <v>1593860.0</v>
       </c>
       <c r="S34" s="14" t="n">
-        <v>5437897.0</v>
+        <v>1470007.0</v>
       </c>
       <c r="T34" s="14" t="n">
-        <v>5034583.0</v>
+        <v>1340380.0</v>
       </c>
       <c r="U34" s="14" t="n">
-        <v>4892099.0</v>
+        <v>1184227.0</v>
       </c>
       <c r="V34" s="14" t="n">
-        <v>4565394.0</v>
+        <v>1108168.0</v>
       </c>
       <c r="W34" s="14" t="n">
-        <v>4359866.0</v>
+        <v>1055976.0</v>
+      </c>
+      <c r="X34" s="14" t="n">
+        <v>971713.0</v>
+      </c>
+      <c r="Y34" s="14" t="n">
+        <v>918111.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>4.8852175E7</v>
+        <v>1.3806714E7</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>4.7472029E7</v>
+        <v>1.284491E7</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>4.7509341E7</v>
+        <v>1.2081714E7</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>4.5649667E7</v>
+        <v>1.1541392E7</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>4.4254116E7</v>
+        <v>1.1685294E7</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>4.3275765E7</v>
+        <v>1.131698E7</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>4.2510229E7</v>
+        <v>1.0922388E7</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>4.1053329E7</v>
+        <v>1.054658E7</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>4.1453621E7</v>
+        <v>1.0244923E7</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>4.2235604E7</v>
+        <v>9868112.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>4.4161512E7</v>
+        <v>9834371.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>4.3766354E7</v>
+        <v>9818918.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>4.4232319E7</v>
+        <v>1.0462563E7</v>
       </c>
       <c r="O35" s="14" t="n">
-        <v>4.468789E7</v>
+        <v>1.0406875E7</v>
       </c>
       <c r="P35" s="14" t="n">
-        <v>4.2659284E7</v>
+        <v>1.0679004E7</v>
       </c>
       <c r="Q35" s="14" t="n">
-        <v>4.0692912E7</v>
+        <v>1.0635001E7</v>
       </c>
       <c r="R35" s="14" t="n">
-        <v>3.835063E7</v>
+        <v>1.000944E7</v>
       </c>
       <c r="S35" s="14" t="n">
-        <v>3.5807468E7</v>
+        <v>9477037.0</v>
       </c>
       <c r="T35" s="14" t="n">
-        <v>3.4147666E7</v>
+        <v>8914441.0</v>
       </c>
       <c r="U35" s="14" t="n">
-        <v>3.2322336E7</v>
+        <v>8219266.0</v>
       </c>
       <c r="V35" s="14" t="n">
-        <v>3.1077399E7</v>
+        <v>7791774.0</v>
       </c>
       <c r="W35" s="14" t="n">
-        <v>2.8932467E7</v>
+        <v>7328444.0</v>
+      </c>
+      <c r="X35" s="14" t="n">
+        <v>6860978.0</v>
+      </c>
+      <c r="Y35" s="14" t="n">
+        <v>6381852.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
-          <t>Castilla - La Mancha</t>
+          <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B36" s="6"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
       <c r="H36" s="6"/>
       <c r="I36" s="6"/>
       <c r="J36" s="6"/>
       <c r="K36" s="6"/>
       <c r="L36" s="6"/>
       <c r="M36" s="6"/>
       <c r="N36" s="6"/>
       <c r="O36" s="6"/>
       <c r="P36" s="6"/>
       <c r="Q36" s="6"/>
       <c r="R36" s="6"/>
       <c r="S36" s="6"/>
       <c r="T36" s="6"/>
       <c r="U36" s="6"/>
       <c r="V36" s="6"/>
       <c r="W36" s="6"/>
+      <c r="X36" s="6"/>
+      <c r="Y36" s="6"/>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>2.9070311E7</v>
+        <v>4.5844439E7</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>2.7936242E7</v>
+        <v>4.1918127E7</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>2.781864E7</v>
+        <v>4.0018692E7</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>2.66986E7</v>
+        <v>3.8925361E7</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>2.5961245E7</v>
+        <v>3.9314944E7</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>2.5240377E7</v>
+        <v>3.7961058E7</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>2.4547669E7</v>
+        <v>3.6627366E7</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>2.3653706E7</v>
+        <v>3.5976224E7</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>2.4050319E7</v>
+        <v>3.5344275E7</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>2.4037453E7</v>
+        <v>3.4192409E7</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>2.5365669E7</v>
+        <v>3.447557E7</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>2.5414858E7</v>
+        <v>3.504918E7</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>2.5193646E7</v>
+        <v>3.6544752E7</v>
       </c>
       <c r="O37" s="14" t="n">
-        <v>2.5166047E7</v>
+        <v>3.6440943E7</v>
       </c>
       <c r="P37" s="14" t="n">
-        <v>2.3909607E7</v>
+        <v>3.6564862E7</v>
       </c>
       <c r="Q37" s="14" t="n">
-        <v>2.2355265E7</v>
+        <v>3.7533154E7</v>
       </c>
       <c r="R37" s="14" t="n">
-        <v>2.1295178E7</v>
+        <v>3.6064213E7</v>
       </c>
       <c r="S37" s="14" t="n">
-        <v>2.0027208E7</v>
+        <v>3.4515276E7</v>
       </c>
       <c r="T37" s="14" t="n">
-        <v>1.9027376E7</v>
+        <v>3.2270485E7</v>
       </c>
       <c r="U37" s="14" t="n">
-        <v>1.7675312E7</v>
+        <v>3.0509847E7</v>
       </c>
       <c r="V37" s="14" t="n">
-        <v>1.6440208E7</v>
+        <v>2.9233592E7</v>
       </c>
       <c r="W37" s="14" t="n">
-        <v>1.5144266E7</v>
+        <v>2.7526976E7</v>
+      </c>
+      <c r="X37" s="14" t="n">
+        <v>2.6601865E7</v>
+      </c>
+      <c r="Y37" s="14" t="n">
+        <v>2.4658774E7</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>7613249.0</v>
+        <v>1.0310292E7</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>7164107.0</v>
+        <v>9705918.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>6780925.0</v>
+        <v>9114834.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>6406952.0</v>
+        <v>8741694.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>6165395.0</v>
+        <v>8441575.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>6014026.0</v>
+        <v>7939613.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>5916195.0</v>
+        <v>7887704.0</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>5611488.0</v>
+        <v>7620663.0</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>5600551.0</v>
+        <v>7497971.0</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>5765498.0</v>
+        <v>7140352.0</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>6735189.0</v>
+        <v>7217054.0</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>6704882.0</v>
+        <v>7407223.0</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>6648216.0</v>
+        <v>7853019.0</v>
       </c>
       <c r="O38" s="14" t="n">
-        <v>6211823.0</v>
+        <v>7535030.0</v>
       </c>
       <c r="P38" s="14" t="n">
-        <v>5387286.0</v>
+        <v>7979387.0</v>
       </c>
       <c r="Q38" s="14" t="n">
-        <v>4894019.0</v>
+        <v>7423515.0</v>
       </c>
       <c r="R38" s="14" t="n">
-        <v>4524306.0</v>
+        <v>6835541.0</v>
       </c>
       <c r="S38" s="14" t="n">
-        <v>3890917.0</v>
+        <v>6380703.0</v>
       </c>
       <c r="T38" s="14" t="n">
-        <v>3685784.0</v>
+        <v>6201842.0</v>
       </c>
       <c r="U38" s="14" t="n">
-        <v>3360135.0</v>
+        <v>5417404.0</v>
       </c>
       <c r="V38" s="14" t="n">
-        <v>3058572.0</v>
+        <v>5010084.0</v>
       </c>
       <c r="W38" s="14" t="n">
-        <v>2870469.0</v>
+        <v>4865775.0</v>
+      </c>
+      <c r="X38" s="14" t="n">
+        <v>4537932.0</v>
+      </c>
+      <c r="Y38" s="14" t="n">
+        <v>4331373.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>3.668356E7</v>
+        <v>5.6154731E7</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>3.5100349E7</v>
+        <v>5.1624045E7</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>3.4599565E7</v>
+        <v>4.9133526E7</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>3.3105552E7</v>
+        <v>4.7667055E7</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>3.212664E7</v>
+        <v>4.7756519E7</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>3.1254403E7</v>
+        <v>4.5900671E7</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>3.0463864E7</v>
+        <v>4.451507E7</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>2.9265194E7</v>
+        <v>4.3596887E7</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>2.965087E7</v>
+        <v>4.2842246E7</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>2.9802951E7</v>
+        <v>4.1332761E7</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>3.2100858E7</v>
+        <v>4.1692624E7</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>3.211974E7</v>
+        <v>4.2456403E7</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>3.1841862E7</v>
+        <v>4.4397771E7</v>
       </c>
       <c r="O39" s="14" t="n">
-        <v>3.137787E7</v>
+        <v>4.3975973E7</v>
       </c>
       <c r="P39" s="14" t="n">
-        <v>2.9296893E7</v>
+        <v>4.4544249E7</v>
       </c>
       <c r="Q39" s="14" t="n">
-        <v>2.7249284E7</v>
+        <v>4.4956669E7</v>
       </c>
       <c r="R39" s="14" t="n">
-        <v>2.5819484E7</v>
+        <v>4.2899754E7</v>
       </c>
       <c r="S39" s="14" t="n">
-        <v>2.3918125E7</v>
+        <v>4.0895979E7</v>
       </c>
       <c r="T39" s="14" t="n">
-        <v>2.271316E7</v>
+        <v>3.8472327E7</v>
       </c>
       <c r="U39" s="14" t="n">
-        <v>2.1035447E7</v>
+        <v>3.5927251E7</v>
       </c>
       <c r="V39" s="14" t="n">
-        <v>1.949878E7</v>
+        <v>3.4243676E7</v>
       </c>
       <c r="W39" s="14" t="n">
-        <v>1.8014735E7</v>
+        <v>3.2392751E7</v>
+      </c>
+      <c r="X39" s="14" t="n">
+        <v>3.1139797E7</v>
+      </c>
+      <c r="Y39" s="14" t="n">
+        <v>2.8990147E7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
-          <t>Cataluña</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
       <c r="I40" s="6"/>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
       <c r="O40" s="6"/>
       <c r="P40" s="6"/>
       <c r="Q40" s="6"/>
       <c r="R40" s="6"/>
       <c r="S40" s="6"/>
       <c r="T40" s="6"/>
       <c r="U40" s="6"/>
       <c r="V40" s="6"/>
       <c r="W40" s="6"/>
+      <c r="X40" s="6"/>
+      <c r="Y40" s="6"/>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>1.42363357E8</v>
+        <v>3.4520788E7</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>1.35668287E8</v>
+        <v>3.2094074E7</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>1.39990665E8</v>
+        <v>3.0036592E7</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>1.32630853E8</v>
+        <v>2.8763636E7</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>1.29830636E8</v>
+        <v>2.8640224E7</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>1.26913853E8</v>
+        <v>2.7468546E7</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>1.23798363E8</v>
+        <v>2.6674228E7</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>1.18908304E8</v>
+        <v>2.5942195E7</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>1.17976107E8</v>
+        <v>2.5218068E7</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>1.18679543E8</v>
+        <v>2.4231323E7</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>1.25133109E8</v>
+        <v>2.4575107E7</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>1.25513875E8</v>
+        <v>2.4533737E7</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>1.24006042E8</v>
+        <v>2.5867611E7</v>
       </c>
       <c r="O41" s="14" t="n">
-        <v>1.23876727E8</v>
+        <v>2.5866697E7</v>
       </c>
       <c r="P41" s="14" t="n">
-        <v>1.17526588E8</v>
+        <v>2.5426609E7</v>
       </c>
       <c r="Q41" s="14" t="n">
-        <v>1.11477944E8</v>
+        <v>2.5372281E7</v>
       </c>
       <c r="R41" s="14" t="n">
-        <v>1.05842247E8</v>
+        <v>2.4092241E7</v>
       </c>
       <c r="S41" s="14" t="n">
-        <v>9.8197499E7</v>
+        <v>2.250696E7</v>
       </c>
       <c r="T41" s="14" t="n">
-        <v>9.2267502E7</v>
+        <v>2.1391092E7</v>
       </c>
       <c r="U41" s="14" t="n">
-        <v>8.4892418E7</v>
+        <v>2.0118489E7</v>
       </c>
       <c r="V41" s="14" t="n">
-        <v>8.0018051E7</v>
+        <v>1.9104962E7</v>
       </c>
       <c r="W41" s="14" t="n">
-        <v>7.4693025E7</v>
+        <v>1.7737234E7</v>
+      </c>
+      <c r="X41" s="14" t="n">
+        <v>1.6496762E7</v>
+      </c>
+      <c r="Y41" s="14" t="n">
+        <v>1.519645E7</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>2.7992455E7</v>
+        <v>8359909.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>2.6369965E7</v>
+        <v>7909235.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>2.3928779E7</v>
+        <v>7591166.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>2.2536645E7</v>
+        <v>7150780.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>2.163796E7</v>
+        <v>6782229.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>2.0975792E7</v>
+        <v>6407027.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>2.0405163E7</v>
+        <v>6173126.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>1.9282199E7</v>
+        <v>6029810.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>1.8978335E7</v>
+        <v>5928913.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>1.9646678E7</v>
+        <v>5623455.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>2.1065996E7</v>
+        <v>5606388.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>2.2345074E7</v>
+        <v>5769796.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>2.217057E7</v>
+        <v>6739144.0</v>
       </c>
       <c r="O42" s="14" t="n">
-        <v>2.1016567E7</v>
+        <v>6711534.0</v>
       </c>
       <c r="P42" s="14" t="n">
-        <v>1.8503847E7</v>
+        <v>6641952.0</v>
       </c>
       <c r="Q42" s="14" t="n">
-        <v>1.7985464E7</v>
+        <v>6196612.0</v>
       </c>
       <c r="R42" s="14" t="n">
-        <v>1.5637637E7</v>
+        <v>5369663.0</v>
       </c>
       <c r="S42" s="14" t="n">
-        <v>1.432815E7</v>
+        <v>4876269.0</v>
       </c>
       <c r="T42" s="14" t="n">
-        <v>1.2520948E7</v>
+        <v>4506065.0</v>
       </c>
       <c r="U42" s="14" t="n">
-        <v>1.154597E7</v>
+        <v>3876437.0</v>
       </c>
       <c r="V42" s="14" t="n">
-        <v>1.0480927E7</v>
+        <v>3667862.0</v>
       </c>
       <c r="W42" s="14" t="n">
-        <v>9876695.0</v>
+        <v>3342103.0</v>
+      </c>
+      <c r="X42" s="14" t="n">
+        <v>3040166.0</v>
+      </c>
+      <c r="Y42" s="14" t="n">
+        <v>2851616.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>1.70355812E8</v>
+        <v>4.2880697E7</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>1.62038252E8</v>
+        <v>4.0003309E7</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>1.63919444E8</v>
+        <v>3.7627758E7</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>1.55167498E8</v>
+        <v>3.5914416E7</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>1.51468596E8</v>
+        <v>3.5422453E7</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>1.47889645E8</v>
+        <v>3.3875573E7</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>1.44203526E8</v>
+        <v>3.2847354E7</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>1.38190503E8</v>
+        <v>3.1972005E7</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>1.36954442E8</v>
+        <v>3.1146981E7</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>1.38326221E8</v>
+        <v>2.9854778E7</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>1.46199105E8</v>
+        <v>3.0181495E7</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>1.47858949E8</v>
+        <v>3.0303533E7</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>1.46176612E8</v>
+        <v>3.2606755E7</v>
       </c>
       <c r="O43" s="14" t="n">
-        <v>1.44893294E8</v>
+        <v>3.2578231E7</v>
       </c>
       <c r="P43" s="14" t="n">
-        <v>1.36030435E8</v>
+        <v>3.2068561E7</v>
       </c>
       <c r="Q43" s="14" t="n">
-        <v>1.29463408E8</v>
+        <v>3.1568893E7</v>
       </c>
       <c r="R43" s="14" t="n">
-        <v>1.21479884E8</v>
+        <v>2.9461904E7</v>
       </c>
       <c r="S43" s="14" t="n">
-        <v>1.12525649E8</v>
+        <v>2.7383229E7</v>
       </c>
       <c r="T43" s="14" t="n">
-        <v>1.0478845E8</v>
+        <v>2.5897157E7</v>
       </c>
       <c r="U43" s="14" t="n">
-        <v>9.6438388E7</v>
+        <v>2.3994926E7</v>
       </c>
       <c r="V43" s="14" t="n">
-        <v>9.0498978E7</v>
+        <v>2.2772824E7</v>
       </c>
       <c r="W43" s="14" t="n">
-        <v>8.456972E7</v>
+        <v>2.1079337E7</v>
+      </c>
+      <c r="X43" s="14" t="n">
+        <v>1.9536928E7</v>
+      </c>
+      <c r="Y43" s="14" t="n">
+        <v>1.8048066E7</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
-          <t>Comunitat Valenciana</t>
+          <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
       <c r="K44" s="6"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
       <c r="Q44" s="6"/>
       <c r="R44" s="6"/>
       <c r="S44" s="6"/>
       <c r="T44" s="6"/>
       <c r="U44" s="6"/>
       <c r="V44" s="6"/>
       <c r="W44" s="6"/>
+      <c r="X44" s="6"/>
+      <c r="Y44" s="6"/>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>7.5028461E7</v>
+        <v>1.65424076E8</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>7.2103454E7</v>
+        <v>1.50064593E8</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>7.2926654E7</v>
+        <v>1.4454333E8</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>6.916624E7</v>
+        <v>1.37194989E8</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>6.7118464E7</v>
+        <v>1.4162433E8</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>6.5073761E7</v>
+        <v>1.34223528E8</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>6.3690277E7</v>
+        <v>1.31386791E8</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>6.1267236E7</v>
+        <v>1.28551564E8</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>6.0929386E7</v>
+        <v>1.2549508E8</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>6.1450178E7</v>
+        <v>1.20340216E8</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>6.5529716E7</v>
+        <v>1.19275728E8</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>6.4867681E7</v>
+        <v>1.19825757E8</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>6.4981026E7</v>
+        <v>1.26342117E8</v>
       </c>
       <c r="O45" s="14" t="n">
-        <v>6.6648589E7</v>
+        <v>1.26617575E8</v>
       </c>
       <c r="P45" s="14" t="n">
-        <v>6.2637906E7</v>
+        <v>1.25207529E8</v>
       </c>
       <c r="Q45" s="14" t="n">
-        <v>5.9369044E7</v>
+        <v>1.24942888E8</v>
       </c>
       <c r="R45" s="14" t="n">
-        <v>5.6316342E7</v>
+        <v>1.18464851E8</v>
       </c>
       <c r="S45" s="14" t="n">
-        <v>5.3174417E7</v>
+        <v>1.12224215E8</v>
       </c>
       <c r="T45" s="14" t="n">
-        <v>5.0496432E7</v>
+        <v>1.06286009E8</v>
       </c>
       <c r="U45" s="14" t="n">
-        <v>4.6980159E7</v>
+        <v>9.8612429E7</v>
       </c>
       <c r="V45" s="14" t="n">
-        <v>4.4484836E7</v>
+        <v>9.2605158E7</v>
       </c>
       <c r="W45" s="14" t="n">
-        <v>4.1442807E7</v>
+        <v>8.5159482E7</v>
+      </c>
+      <c r="X45" s="14" t="n">
+        <v>8.0256786E7</v>
+      </c>
+      <c r="Y45" s="14" t="n">
+        <v>7.4909805E7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>1.7456703E7</v>
+        <v>3.1149934E7</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>1.6344858E7</v>
+        <v>2.8948442E7</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>1.5498296E7</v>
+        <v>2.7932288E7</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>1.4815814E7</v>
+        <v>2.6333875E7</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>1.4071889E7</v>
+        <v>2.3950735E7</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>1.375633E7</v>
+        <v>2.2545651E7</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>1.3372892E7</v>
+        <v>2.167409E7</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>1.2766388E7</v>
+        <v>2.1038625E7</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>1.2441885E7</v>
+        <v>2.0455238E7</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>1.3468536E7</v>
+        <v>1.9326317E7</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>1.4097569E7</v>
+        <v>1.9002192E7</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>1.4631907E7</v>
+        <v>1.9663298E7</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>1.454509E7</v>
+        <v>2.1083143E7</v>
       </c>
       <c r="O46" s="14" t="n">
-        <v>1.2912327E7</v>
+        <v>2.2368096E7</v>
       </c>
       <c r="P46" s="14" t="n">
-        <v>1.2850236E7</v>
+        <v>2.2154125E7</v>
       </c>
       <c r="Q46" s="14" t="n">
-        <v>1.087828E7</v>
+        <v>2.0968483E7</v>
       </c>
       <c r="R46" s="14" t="n">
-        <v>1.0514347E7</v>
+        <v>1.8445479E7</v>
       </c>
       <c r="S46" s="14" t="n">
-        <v>9447265.0</v>
+        <v>1.7919965E7</v>
       </c>
       <c r="T46" s="14" t="n">
-        <v>8507481.0</v>
+        <v>1.5575972E7</v>
       </c>
       <c r="U46" s="14" t="n">
-        <v>7768254.0</v>
+        <v>1.4274761E7</v>
       </c>
       <c r="V46" s="14" t="n">
-        <v>6911807.0</v>
+        <v>1.2460765E7</v>
       </c>
       <c r="W46" s="14" t="n">
-        <v>6403319.0</v>
+        <v>1.1484213E7</v>
+      </c>
+      <c r="X46" s="14" t="n">
+        <v>1.0417832E7</v>
+      </c>
+      <c r="Y46" s="14" t="n">
+        <v>9811606.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>9.2485164E7</v>
+        <v>1.9657401E8</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>8.8448312E7</v>
+        <v>1.79013035E8</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>8.842495E7</v>
+        <v>1.72475618E8</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>8.3982054E7</v>
+        <v>1.63528864E8</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>8.1190353E7</v>
+        <v>1.65575065E8</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>7.8830091E7</v>
+        <v>1.56769179E8</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>7.7063169E7</v>
+        <v>1.53060881E8</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>7.4033624E7</v>
+        <v>1.49590189E8</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>7.3371271E7</v>
+        <v>1.45950318E8</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>7.4918714E7</v>
+        <v>1.39666533E8</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>7.9627285E7</v>
+        <v>1.3827792E8</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>7.9499588E7</v>
+        <v>1.39489055E8</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>7.9526116E7</v>
+        <v>1.4742526E8</v>
       </c>
       <c r="O47" s="14" t="n">
-        <v>7.9560916E7</v>
+        <v>1.48985671E8</v>
       </c>
       <c r="P47" s="14" t="n">
-        <v>7.5488142E7</v>
+        <v>1.47361654E8</v>
       </c>
       <c r="Q47" s="14" t="n">
-        <v>7.0247324E7</v>
+        <v>1.45911371E8</v>
       </c>
       <c r="R47" s="14" t="n">
-        <v>6.6830689E7</v>
+        <v>1.3691033E8</v>
       </c>
       <c r="S47" s="14" t="n">
-        <v>6.2621682E7</v>
+        <v>1.3014418E8</v>
       </c>
       <c r="T47" s="14" t="n">
-        <v>5.9003913E7</v>
+        <v>1.21861981E8</v>
       </c>
       <c r="U47" s="14" t="n">
-        <v>5.4748413E7</v>
+        <v>1.1288719E8</v>
       </c>
       <c r="V47" s="14" t="n">
-        <v>5.1396643E7</v>
+        <v>1.05065923E8</v>
       </c>
       <c r="W47" s="14" t="n">
-        <v>4.7846126E7</v>
+        <v>9.6643695E7</v>
+      </c>
+      <c r="X47" s="14" t="n">
+        <v>9.0674618E7</v>
+      </c>
+      <c r="Y47" s="14" t="n">
+        <v>8.4721411E7</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
-          <t>Extremadura</t>
+          <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
       <c r="W48" s="6"/>
+      <c r="X48" s="6"/>
+      <c r="Y48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>1.4163008E7</v>
+        <v>8.7898248E7</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>1.3570942E7</v>
+        <v>7.9689062E7</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>1.3510078E7</v>
+        <v>7.6812098E7</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>1.3055213E7</v>
+        <v>7.348501E7</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>1.2889108E7</v>
+        <v>7.4361764E7</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>1.2409972E7</v>
+        <v>7.0553254E7</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>1.2045823E7</v>
+        <v>6.8459457E7</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>1.1650895E7</v>
+        <v>6.6444E7</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>1.1724433E7</v>
+        <v>6.5088633E7</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>1.1639851E7</v>
+        <v>6.2546632E7</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>1.2216871E7</v>
+        <v>6.212975E7</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>1.2220492E7</v>
+        <v>6.2581479E7</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>1.2065909E7</v>
+        <v>6.6685889E7</v>
       </c>
       <c r="O49" s="14" t="n">
-        <v>1.2318336E7</v>
+        <v>6.5954564E7</v>
       </c>
       <c r="P49" s="14" t="n">
-        <v>1.1835971E7</v>
+        <v>6.5617638E7</v>
       </c>
       <c r="Q49" s="14" t="n">
-        <v>1.1305688E7</v>
+        <v>6.7226003E7</v>
       </c>
       <c r="R49" s="14" t="n">
-        <v>1.0694838E7</v>
+        <v>6.3137547E7</v>
       </c>
       <c r="S49" s="14" t="n">
-        <v>1.0016257E7</v>
+        <v>5.9767258E7</v>
       </c>
       <c r="T49" s="14" t="n">
-        <v>9589977.0</v>
+        <v>5.6554791E7</v>
       </c>
       <c r="U49" s="14" t="n">
-        <v>9031777.0</v>
+        <v>5.3398191E7</v>
       </c>
       <c r="V49" s="14" t="n">
-        <v>8627085.0</v>
+        <v>5.0680233E7</v>
       </c>
       <c r="W49" s="14" t="n">
-        <v>8040077.0</v>
+        <v>4.712757E7</v>
+      </c>
+      <c r="X49" s="14" t="n">
+        <v>4.4615624E7</v>
+      </c>
+      <c r="Y49" s="14" t="n">
+        <v>4.156047E7</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>4187718.0</v>
+        <v>1.9987274E7</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>3982030.0</v>
+        <v>1.8282777E7</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>3827872.0</v>
+        <v>1.7411262E7</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>3666163.0</v>
+        <v>1.6319229E7</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>3602247.0</v>
+        <v>1.5507819E7</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>3584809.0</v>
+        <v>1.4820847E7</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>3476060.0</v>
+        <v>1.4094713E7</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>3360599.0</v>
+        <v>1.3798511E7</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>3273152.0</v>
+        <v>1.340738E7</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>3358302.0</v>
+        <v>1.2797149E7</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>3531841.0</v>
+        <v>1.2459065E7</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>3564548.0</v>
+        <v>1.3479768E7</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>3566614.0</v>
+        <v>1.4110075E7</v>
       </c>
       <c r="O50" s="14" t="n">
-        <v>3367936.0</v>
+        <v>1.4649219E7</v>
       </c>
       <c r="P50" s="14" t="n">
-        <v>3097217.0</v>
+        <v>1.4535137E7</v>
       </c>
       <c r="Q50" s="14" t="n">
-        <v>2879119.0</v>
+        <v>1.2886067E7</v>
       </c>
       <c r="R50" s="14" t="n">
-        <v>2634142.0</v>
+        <v>1.2808749E7</v>
       </c>
       <c r="S50" s="14" t="n">
-        <v>2477262.0</v>
+        <v>1.0840788E7</v>
       </c>
       <c r="T50" s="14" t="n">
-        <v>2370589.0</v>
+        <v>1.0472731E7</v>
       </c>
       <c r="U50" s="14" t="n">
-        <v>2117981.0</v>
+        <v>9412119.0</v>
       </c>
       <c r="V50" s="14" t="n">
-        <v>2002245.0</v>
+        <v>8466398.0</v>
       </c>
       <c r="W50" s="14" t="n">
-        <v>1822874.0</v>
+        <v>7726649.0</v>
+      </c>
+      <c r="X50" s="14" t="n">
+        <v>6870200.0</v>
+      </c>
+      <c r="Y50" s="14" t="n">
+        <v>6361093.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>1.8350726E7</v>
+        <v>1.07885522E8</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>1.7552972E7</v>
+        <v>9.7971839E7</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>1.733795E7</v>
+        <v>9.422336E7</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>1.6721376E7</v>
+        <v>8.9804239E7</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>1.6491355E7</v>
+        <v>8.9869583E7</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>1.5994781E7</v>
+        <v>8.5374101E7</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>1.5521883E7</v>
+        <v>8.255417E7</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>1.5011494E7</v>
+        <v>8.0242511E7</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>1.4997585E7</v>
+        <v>7.8496013E7</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>1.4998153E7</v>
+        <v>7.5343781E7</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>1.5748712E7</v>
+        <v>7.4588815E7</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>1.578504E7</v>
+        <v>7.6061247E7</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>1.5632523E7</v>
+        <v>8.0795964E7</v>
       </c>
       <c r="O51" s="14" t="n">
-        <v>1.5686272E7</v>
+        <v>8.0603783E7</v>
       </c>
       <c r="P51" s="14" t="n">
-        <v>1.4933188E7</v>
+        <v>8.0152775E7</v>
       </c>
       <c r="Q51" s="14" t="n">
-        <v>1.4184807E7</v>
+        <v>8.011207E7</v>
       </c>
       <c r="R51" s="14" t="n">
-        <v>1.332898E7</v>
+        <v>7.5946296E7</v>
       </c>
       <c r="S51" s="14" t="n">
-        <v>1.2493519E7</v>
+        <v>7.0608046E7</v>
       </c>
       <c r="T51" s="14" t="n">
-        <v>1.1960566E7</v>
+        <v>6.7027522E7</v>
       </c>
       <c r="U51" s="14" t="n">
-        <v>1.1149758E7</v>
+        <v>6.281031E7</v>
       </c>
       <c r="V51" s="14" t="n">
-        <v>1.062933E7</v>
+        <v>5.9146631E7</v>
       </c>
       <c r="W51" s="14" t="n">
-        <v>9862951.0</v>
+        <v>5.4854219E7</v>
+      </c>
+      <c r="X51" s="14" t="n">
+        <v>5.1485824E7</v>
+      </c>
+      <c r="Y51" s="14" t="n">
+        <v>4.7921563E7</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
-          <t>Galicia</t>
+          <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
       <c r="K52" s="6"/>
       <c r="L52" s="6"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
       <c r="Q52" s="6"/>
       <c r="R52" s="6"/>
       <c r="S52" s="6"/>
       <c r="T52" s="6"/>
       <c r="U52" s="6"/>
       <c r="V52" s="6"/>
       <c r="W52" s="6"/>
+      <c r="X52" s="6"/>
+      <c r="Y52" s="6"/>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>4.2121824E7</v>
+        <v>1.6693357E7</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>4.0711405E7</v>
+        <v>1.5216093E7</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>4.1209303E7</v>
+        <v>1.4743847E7</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>3.9584911E7</v>
+        <v>1.407305E7</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>3.8484847E7</v>
+        <v>1.4014119E7</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>3.736172E7</v>
+        <v>1.3525188E7</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>3.645295E7</v>
+        <v>1.332993E7</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>3.5421306E7</v>
+        <v>1.2834642E7</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>3.5140895E7</v>
+        <v>1.2443581E7</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>3.5258758E7</v>
+        <v>1.1996353E7</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>3.696062E7</v>
+        <v>1.2035405E7</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>3.6700446E7</v>
+        <v>1.1936608E7</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>3.7066339E7</v>
+        <v>1.251447E7</v>
       </c>
       <c r="O53" s="14" t="n">
-        <v>3.7821404E7</v>
+        <v>1.2487806E7</v>
       </c>
       <c r="P53" s="14" t="n">
-        <v>3.6037594E7</v>
+        <v>1.2174113E7</v>
       </c>
       <c r="Q53" s="14" t="n">
-        <v>3.4168727E7</v>
+        <v>1.2416894E7</v>
       </c>
       <c r="R53" s="14" t="n">
-        <v>3.2221774E7</v>
+        <v>1.1925733E7</v>
       </c>
       <c r="S53" s="14" t="n">
-        <v>3.0209961E7</v>
+        <v>1.138308E7</v>
       </c>
       <c r="T53" s="14" t="n">
-        <v>2.8761732E7</v>
+        <v>1.0745323E7</v>
       </c>
       <c r="U53" s="14" t="n">
-        <v>2.6792626E7</v>
+        <v>1.0063959E7</v>
       </c>
       <c r="V53" s="14" t="n">
-        <v>2.5388455E7</v>
+        <v>9631016.0</v>
       </c>
       <c r="W53" s="14" t="n">
-        <v>2.3798928E7</v>
+        <v>9064834.0</v>
+      </c>
+      <c r="X53" s="14" t="n">
+        <v>8658301.0</v>
+      </c>
+      <c r="Y53" s="14" t="n">
+        <v>8069942.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>9808924.0</v>
+        <v>4639262.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>9262162.0</v>
+        <v>4355858.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>8835732.0</v>
+        <v>4169987.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>8385852.0</v>
+        <v>3972968.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>8158328.0</v>
+        <v>3828521.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>7947529.0</v>
+        <v>3666321.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>7749004.0</v>
+        <v>3606394.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>7481076.0</v>
+        <v>3593310.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>7660969.0</v>
+        <v>3482939.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>7714706.0</v>
+        <v>3366820.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>8026691.0</v>
+        <v>3276010.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>8202588.0</v>
+        <v>3360074.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>8268630.0</v>
+        <v>3534005.0</v>
       </c>
       <c r="O54" s="14" t="n">
-        <v>7924011.0</v>
+        <v>3568091.0</v>
       </c>
       <c r="P54" s="14" t="n">
-        <v>7323092.0</v>
+        <v>3563114.0</v>
       </c>
       <c r="Q54" s="14" t="n">
-        <v>6825195.0</v>
+        <v>3359534.0</v>
       </c>
       <c r="R54" s="14" t="n">
-        <v>6626625.0</v>
+        <v>3086680.0</v>
       </c>
       <c r="S54" s="14" t="n">
-        <v>5819871.0</v>
+        <v>2868378.0</v>
       </c>
       <c r="T54" s="14" t="n">
-        <v>5391055.0</v>
+        <v>2623410.0</v>
       </c>
       <c r="U54" s="14" t="n">
-        <v>5229543.0</v>
+        <v>2467783.0</v>
       </c>
       <c r="V54" s="14" t="n">
-        <v>4721683.0</v>
+        <v>2358906.0</v>
       </c>
       <c r="W54" s="14" t="n">
-        <v>4417785.0</v>
+        <v>2106581.0</v>
+      </c>
+      <c r="X54" s="14" t="n">
+        <v>1990202.0</v>
+      </c>
+      <c r="Y54" s="14" t="n">
+        <v>1810940.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>5.1930748E7</v>
+        <v>2.1332619E7</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>4.9973567E7</v>
+        <v>1.9571951E7</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>5.0045035E7</v>
+        <v>1.8913834E7</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>4.7970763E7</v>
+        <v>1.8046018E7</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>4.6643175E7</v>
+        <v>1.784264E7</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>4.5309249E7</v>
+        <v>1.7191509E7</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>4.4201954E7</v>
+        <v>1.6936324E7</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>4.2902382E7</v>
+        <v>1.6427952E7</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>4.2801864E7</v>
+        <v>1.592652E7</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>4.2973464E7</v>
+        <v>1.5363173E7</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>4.4987311E7</v>
+        <v>1.5311415E7</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>4.4903034E7</v>
+        <v>1.5296682E7</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>4.5334969E7</v>
+        <v>1.6048475E7</v>
       </c>
       <c r="O55" s="14" t="n">
-        <v>4.5745415E7</v>
+        <v>1.6055897E7</v>
       </c>
       <c r="P55" s="14" t="n">
-        <v>4.3360686E7</v>
+        <v>1.5737227E7</v>
       </c>
       <c r="Q55" s="14" t="n">
-        <v>4.0993922E7</v>
+        <v>1.5776428E7</v>
       </c>
       <c r="R55" s="14" t="n">
-        <v>3.8848399E7</v>
+        <v>1.5012413E7</v>
       </c>
       <c r="S55" s="14" t="n">
-        <v>3.6029832E7</v>
+        <v>1.4251458E7</v>
       </c>
       <c r="T55" s="14" t="n">
-        <v>3.4152787E7</v>
+        <v>1.3368733E7</v>
       </c>
       <c r="U55" s="14" t="n">
-        <v>3.2022169E7</v>
+        <v>1.2531742E7</v>
       </c>
       <c r="V55" s="14" t="n">
-        <v>3.0110138E7</v>
+        <v>1.1989922E7</v>
       </c>
       <c r="W55" s="14" t="n">
-        <v>2.8216713E7</v>
+        <v>1.1171415E7</v>
+      </c>
+      <c r="X55" s="14" t="n">
+        <v>1.0648503E7</v>
+      </c>
+      <c r="Y55" s="14" t="n">
+        <v>9880882.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
-          <t>Madrid, Comunidad de</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6"/>
       <c r="E56" s="6"/>
       <c r="F56" s="6"/>
       <c r="G56" s="6"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
       <c r="O56" s="6"/>
       <c r="P56" s="6"/>
       <c r="Q56" s="6"/>
       <c r="R56" s="6"/>
       <c r="S56" s="6"/>
       <c r="T56" s="6"/>
       <c r="U56" s="6"/>
       <c r="V56" s="6"/>
       <c r="W56" s="6"/>
+      <c r="X56" s="6"/>
+      <c r="Y56" s="6"/>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>1.36678327E8</v>
+        <v>5.0137964E7</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>1.31741416E8</v>
+        <v>4.5536384E7</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>1.36217951E8</v>
+        <v>4.284462E7</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>1.28124863E8</v>
+        <v>4.12664E7</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>1.25443901E8</v>
+        <v>4.1797682E7</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>1.21287577E8</v>
+        <v>4.0148767E7</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>1.16436232E8</v>
+        <v>3.9022348E7</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>1.11477492E8</v>
+        <v>3.7926081E7</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>1.10477741E8</v>
+        <v>3.7012911E7</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>1.10545086E8</v>
+        <v>3.5891251E7</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>1.17030543E8</v>
+        <v>3.5552645E7</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>1.15383645E8</v>
+        <v>3.565541E7</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>1.14382377E8</v>
+        <v>3.737437E7</v>
       </c>
       <c r="O57" s="14" t="n">
-        <v>1.11909438E8</v>
+        <v>3.7072855E7</v>
       </c>
       <c r="P57" s="14" t="n">
-        <v>1.06326525E8</v>
+        <v>3.7414311E7</v>
       </c>
       <c r="Q57" s="14" t="n">
-        <v>1.01649946E8</v>
+        <v>3.8135253E7</v>
       </c>
       <c r="R57" s="14" t="n">
-        <v>9.5362618E7</v>
+        <v>3.6314512E7</v>
       </c>
       <c r="S57" s="14" t="n">
-        <v>8.890919E7</v>
+        <v>3.4390593E7</v>
       </c>
       <c r="T57" s="14" t="n">
-        <v>8.3373388E7</v>
+        <v>3.2358764E7</v>
       </c>
       <c r="U57" s="14" t="n">
-        <v>7.7321751E7</v>
+        <v>3.0337123E7</v>
       </c>
       <c r="V57" s="14" t="n">
-        <v>7.2776235E7</v>
+        <v>2.8867719E7</v>
       </c>
       <c r="W57" s="14" t="n">
-        <v>6.7083506E7</v>
+        <v>2.6878667E7</v>
+      </c>
+      <c r="X57" s="14" t="n">
+        <v>2.5465747E7</v>
+      </c>
+      <c r="Y57" s="14" t="n">
+        <v>2.3872496E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>2.198632E7</v>
+        <v>1.0808502E7</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>2.0977314E7</v>
+        <v>1.0213342E7</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>1.9441061E7</v>
+        <v>9784463.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>1.8226262E7</v>
+        <v>9243899.0</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>1.7655999E7</v>
+        <v>8837394.0</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>1.7130817E7</v>
+        <v>8386114.0</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>1.7077584E7</v>
+        <v>8168610.0</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>1.61396E7</v>
+        <v>7968902.0</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>1.615354E7</v>
+        <v>7766465.0</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>1.648424E7</v>
+        <v>7497064.0</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>1.7574705E7</v>
+        <v>7668696.0</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>1.7387393E7</v>
+        <v>7720345.0</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>1.7688618E7</v>
+        <v>8033644.0</v>
       </c>
       <c r="O58" s="14" t="n">
-        <v>1.6699708E7</v>
+        <v>8212505.0</v>
       </c>
       <c r="P58" s="14" t="n">
-        <v>1.5255216E7</v>
+        <v>8262426.0</v>
       </c>
       <c r="Q58" s="14" t="n">
-        <v>1.390274E7</v>
+        <v>7905716.0</v>
       </c>
       <c r="R58" s="14" t="n">
-        <v>1.3337528E7</v>
+        <v>7299284.0</v>
       </c>
       <c r="S58" s="14" t="n">
-        <v>1.1543366E7</v>
+        <v>6800562.0</v>
       </c>
       <c r="T58" s="14" t="n">
-        <v>1.0531501E7</v>
+        <v>6599724.0</v>
       </c>
       <c r="U58" s="14" t="n">
-        <v>9843273.0</v>
+        <v>5798090.0</v>
       </c>
       <c r="V58" s="14" t="n">
-        <v>9181333.0</v>
+        <v>5364919.0</v>
       </c>
       <c r="W58" s="14" t="n">
-        <v>8531295.0</v>
+        <v>5201443.0</v>
+      </c>
+      <c r="X58" s="14" t="n">
+        <v>4693269.0</v>
+      </c>
+      <c r="Y58" s="14" t="n">
+        <v>4388761.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>1.58664647E8</v>
+        <v>6.0946466E7</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>1.5271873E8</v>
+        <v>5.5749726E7</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>1.55659012E8</v>
+        <v>5.2629083E7</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>1.46351125E8</v>
+        <v>5.0510299E7</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>1.430999E8</v>
+        <v>5.0635076E7</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>1.38418394E8</v>
+        <v>4.8534881E7</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>1.33513816E8</v>
+        <v>4.7190958E7</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>1.27617092E8</v>
+        <v>4.5894983E7</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>1.26631281E8</v>
+        <v>4.4779376E7</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>1.27029326E8</v>
+        <v>4.3388315E7</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>1.34605248E8</v>
+        <v>4.3221341E7</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>1.32771038E8</v>
+        <v>4.3375755E7</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>1.32070995E8</v>
+        <v>4.5408014E7</v>
       </c>
       <c r="O59" s="14" t="n">
-        <v>1.28609146E8</v>
+        <v>4.528536E7</v>
       </c>
       <c r="P59" s="14" t="n">
-        <v>1.21581741E8</v>
+        <v>4.5676737E7</v>
       </c>
       <c r="Q59" s="14" t="n">
-        <v>1.15552686E8</v>
+        <v>4.6040969E7</v>
       </c>
       <c r="R59" s="14" t="n">
-        <v>1.08700146E8</v>
+        <v>4.3613796E7</v>
       </c>
       <c r="S59" s="14" t="n">
-        <v>1.00452556E8</v>
+        <v>4.1191155E7</v>
       </c>
       <c r="T59" s="14" t="n">
-        <v>9.3904889E7</v>
+        <v>3.8958488E7</v>
       </c>
       <c r="U59" s="14" t="n">
-        <v>8.7165024E7</v>
+        <v>3.6135213E7</v>
       </c>
       <c r="V59" s="14" t="n">
-        <v>8.1957568E7</v>
+        <v>3.4232638E7</v>
       </c>
       <c r="W59" s="14" t="n">
-        <v>7.5614801E7</v>
+        <v>3.208011E7</v>
+      </c>
+      <c r="X59" s="14" t="n">
+        <v>3.0159016E7</v>
+      </c>
+      <c r="Y59" s="14" t="n">
+        <v>2.8261257E7</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
-          <t>Murcia, Región de</t>
+          <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B60" s="6"/>
       <c r="C60" s="6"/>
       <c r="D60" s="6"/>
       <c r="E60" s="6"/>
       <c r="F60" s="6"/>
       <c r="G60" s="6"/>
       <c r="H60" s="6"/>
       <c r="I60" s="6"/>
       <c r="J60" s="6"/>
       <c r="K60" s="6"/>
       <c r="L60" s="6"/>
       <c r="M60" s="6"/>
       <c r="N60" s="6"/>
       <c r="O60" s="6"/>
       <c r="P60" s="6"/>
       <c r="Q60" s="6"/>
       <c r="R60" s="6"/>
       <c r="S60" s="6"/>
       <c r="T60" s="6"/>
       <c r="U60" s="6"/>
       <c r="V60" s="6"/>
       <c r="W60" s="6"/>
+      <c r="X60" s="6"/>
+      <c r="Y60" s="6"/>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>2.1026497E7</v>
+        <v>1.63053284E8</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>1.9847434E7</v>
+        <v>1.45529396E8</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>2.0148942E7</v>
+        <v>1.38749584E8</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>1.8976E7</v>
+        <v>1.3292824E8</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>1.81537E7</v>
+        <v>1.37476871E8</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>1.7668099E7</v>
+        <v>1.29359577E8</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>1.7231304E7</v>
+        <v>1.26693974E8</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>1.6516066E7</v>
+        <v>1.22595593E8</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>1.6656757E7</v>
+        <v>1.17835156E8</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>1.6614718E7</v>
+        <v>1.12623717E8</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>1.752275E7</v>
+        <v>1.11484133E8</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>1.7585216E7</v>
+        <v>1.11445007E8</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>1.7347814E7</v>
+        <v>1.17996458E8</v>
       </c>
       <c r="O61" s="14" t="n">
-        <v>1.7552212E7</v>
+        <v>1.16247568E8</v>
       </c>
       <c r="P61" s="14" t="n">
-        <v>1.6490389E7</v>
+        <v>1.15533418E8</v>
       </c>
       <c r="Q61" s="14" t="n">
-        <v>1.5414048E7</v>
+        <v>1.12901297E8</v>
       </c>
       <c r="R61" s="14" t="n">
-        <v>1.472689E7</v>
+        <v>1.07192638E8</v>
       </c>
       <c r="S61" s="14" t="n">
-        <v>1.3600248E7</v>
+        <v>1.02342009E8</v>
       </c>
       <c r="T61" s="14" t="n">
-        <v>1.2912109E7</v>
+        <v>9.5760372E7</v>
       </c>
       <c r="U61" s="14" t="n">
-        <v>1.2208386E7</v>
+        <v>8.9282665E7</v>
       </c>
       <c r="V61" s="14" t="n">
-        <v>1.109913E7</v>
+        <v>8.3677673E7</v>
       </c>
       <c r="W61" s="14" t="n">
-        <v>1.0200123E7</v>
+        <v>7.7560985E7</v>
+      </c>
+      <c r="X61" s="14" t="n">
+        <v>7.298762E7</v>
+      </c>
+      <c r="Y61" s="14" t="n">
+        <v>6.7271024E7</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>5693316.0</v>
+        <v>2.5961891E7</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>5236135.0</v>
+        <v>2.4534002E7</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>4939929.0</v>
+        <v>2.243707E7</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>4676320.0</v>
+        <v>2.0940849E7</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>4520205.0</v>
+        <v>1.9443534E7</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>4390403.0</v>
+        <v>1.8225733E7</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>4270276.0</v>
+        <v>1.7678193E7</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>4070644.0</v>
+        <v>1.7179445E7</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>4046735.0</v>
+        <v>1.7115988E7</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>4233190.0</v>
+        <v>1.6175743E7</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>4495189.0</v>
+        <v>1.6173095E7</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>4561540.0</v>
+        <v>1.650012E7</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>4511297.0</v>
+        <v>1.7591945E7</v>
       </c>
       <c r="O62" s="14" t="n">
-        <v>4178105.0</v>
+        <v>1.7410841E7</v>
       </c>
       <c r="P62" s="14" t="n">
-        <v>3669579.0</v>
+        <v>1.7678992E7</v>
       </c>
       <c r="Q62" s="14" t="n">
-        <v>3273345.0</v>
+        <v>1.6664744E7</v>
       </c>
       <c r="R62" s="14" t="n">
-        <v>2963947.0</v>
+        <v>1.5208264E7</v>
       </c>
       <c r="S62" s="14" t="n">
-        <v>2685488.0</v>
+        <v>1.3854597E7</v>
       </c>
       <c r="T62" s="14" t="n">
-        <v>2469099.0</v>
+        <v>1.32849E7</v>
       </c>
       <c r="U62" s="14" t="n">
-        <v>2277771.0</v>
+        <v>1.1501154E7</v>
       </c>
       <c r="V62" s="14" t="n">
-        <v>2071067.0</v>
+        <v>1.0481064E7</v>
       </c>
       <c r="W62" s="14" t="n">
-        <v>1905882.0</v>
+        <v>9790648.0</v>
+      </c>
+      <c r="X62" s="14" t="n">
+        <v>9126073.0</v>
+      </c>
+      <c r="Y62" s="14" t="n">
+        <v>8475137.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>2.6719813E7</v>
+        <v>1.89015175E8</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>2.5083569E7</v>
+        <v>1.70063398E8</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>2.5088871E7</v>
+        <v>1.61186654E8</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>2.365232E7</v>
+        <v>1.53869089E8</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>2.2673905E7</v>
+        <v>1.56920405E8</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>2.2058502E7</v>
+        <v>1.4758531E8</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>2.150158E7</v>
+        <v>1.44372167E8</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>2.058671E7</v>
+        <v>1.39775038E8</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>2.0703492E7</v>
+        <v>1.34951144E8</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>2.0847908E7</v>
+        <v>1.2879946E8</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>2.2017939E7</v>
+        <v>1.27657228E8</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>2.2146756E7</v>
+        <v>1.27945127E8</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>2.1859111E7</v>
+        <v>1.35588403E8</v>
       </c>
       <c r="O63" s="14" t="n">
-        <v>2.1730317E7</v>
+        <v>1.33658409E8</v>
       </c>
       <c r="P63" s="14" t="n">
-        <v>2.0159968E7</v>
+        <v>1.3321241E8</v>
       </c>
       <c r="Q63" s="14" t="n">
-        <v>1.8687393E7</v>
+        <v>1.29566041E8</v>
       </c>
       <c r="R63" s="14" t="n">
-        <v>1.7690837E7</v>
+        <v>1.22400902E8</v>
       </c>
       <c r="S63" s="14" t="n">
-        <v>1.6285736E7</v>
+        <v>1.16196606E8</v>
       </c>
       <c r="T63" s="14" t="n">
-        <v>1.5381208E7</v>
+        <v>1.09045272E8</v>
       </c>
       <c r="U63" s="14" t="n">
-        <v>1.4486157E7</v>
+        <v>1.00783819E8</v>
       </c>
       <c r="V63" s="14" t="n">
-        <v>1.3170197E7</v>
+        <v>9.4158737E7</v>
       </c>
       <c r="W63" s="14" t="n">
-        <v>1.2106005E7</v>
+        <v>8.7351633E7</v>
+      </c>
+      <c r="X63" s="14" t="n">
+        <v>8.2113693E7</v>
+      </c>
+      <c r="Y63" s="14" t="n">
+        <v>7.5746161E7</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="6" t="inlineStr">
         <is>
-          <t>Navarra, Comunidad Foral de</t>
+          <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B64" s="6"/>
       <c r="C64" s="6"/>
       <c r="D64" s="6"/>
       <c r="E64" s="6"/>
       <c r="F64" s="6"/>
       <c r="G64" s="6"/>
       <c r="H64" s="6"/>
       <c r="I64" s="6"/>
       <c r="J64" s="6"/>
       <c r="K64" s="6"/>
       <c r="L64" s="6"/>
       <c r="M64" s="6"/>
       <c r="N64" s="6"/>
       <c r="O64" s="6"/>
       <c r="P64" s="6"/>
       <c r="Q64" s="6"/>
       <c r="R64" s="6"/>
       <c r="S64" s="6"/>
       <c r="T64" s="6"/>
       <c r="U64" s="6"/>
       <c r="V64" s="6"/>
       <c r="W64" s="6"/>
+      <c r="X64" s="6"/>
+      <c r="Y64" s="6"/>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>1.2310619E7</v>
+        <v>2.5773513E7</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>1.1747296E7</v>
+        <v>2.3323029E7</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>1.226817E7</v>
+        <v>2.1759463E7</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>1.1787645E7</v>
+        <v>2.0454937E7</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>1.1640633E7</v>
+        <v>2.0759046E7</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>1.1334868E7</v>
+        <v>1.9544231E7</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>1.1093786E7</v>
+        <v>1.8680638E7</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>1.0728915E7</v>
+        <v>1.8186683E7</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>1.0761164E7</v>
+        <v>1.7734806E7</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>1.0771216E7</v>
+        <v>1.695814E7</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>1.1496397E7</v>
+        <v>1.7062092E7</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>1.1386998E7</v>
+        <v>1.6991186E7</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>1.1200346E7</v>
+        <v>1.7898878E7</v>
       </c>
       <c r="O65" s="14" t="n">
-        <v>1.1368409E7</v>
+        <v>1.792901E7</v>
       </c>
       <c r="P65" s="14" t="n">
-        <v>1.0927091E7</v>
+        <v>1.7520996E7</v>
       </c>
       <c r="Q65" s="14" t="n">
-        <v>1.0145399E7</v>
+        <v>1.7708747E7</v>
       </c>
       <c r="R65" s="14" t="n">
-        <v>9653921.0</v>
+        <v>1.662479E7</v>
       </c>
       <c r="S65" s="14" t="n">
-        <v>9085937.0</v>
+        <v>1.5519135E7</v>
       </c>
       <c r="T65" s="14" t="n">
-        <v>8547197.0</v>
+        <v>1.4789465E7</v>
       </c>
       <c r="U65" s="14" t="n">
-        <v>8041804.0</v>
+        <v>1.3658586E7</v>
       </c>
       <c r="V65" s="14" t="n">
-        <v>7630300.0</v>
+        <v>1.2960079E7</v>
       </c>
       <c r="W65" s="14" t="n">
-        <v>7088406.0</v>
+        <v>1.2246675E7</v>
+      </c>
+      <c r="X65" s="14" t="n">
+        <v>1.1133052E7</v>
+      </c>
+      <c r="Y65" s="14" t="n">
+        <v>1.0230641E7</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>2720721.0</v>
+        <v>6334921.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>2576036.0</v>
+        <v>5922235.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>2416643.0</v>
+        <v>5674108.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>2275049.0</v>
+        <v>5225654.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>2180095.0</v>
+        <v>4941961.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>2119039.0</v>
+        <v>4677529.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>2055808.0</v>
+        <v>4526845.0</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>1962344.0</v>
+        <v>4402896.0</v>
       </c>
       <c r="J66" s="14" t="n">
-        <v>1972077.0</v>
+        <v>4280763.0</v>
       </c>
       <c r="K66" s="14" t="n">
-        <v>1952589.0</v>
+        <v>4079802.0</v>
       </c>
       <c r="L66" s="14" t="n">
-        <v>2018480.0</v>
+        <v>4051422.0</v>
       </c>
       <c r="M66" s="14" t="n">
-        <v>2106759.0</v>
+        <v>4235997.0</v>
       </c>
       <c r="N66" s="14" t="n">
-        <v>2027852.0</v>
+        <v>4498352.0</v>
       </c>
       <c r="O66" s="14" t="n">
-        <v>1904191.0</v>
+        <v>4566436.0</v>
       </c>
       <c r="P66" s="14" t="n">
-        <v>1763081.0</v>
+        <v>4507384.0</v>
       </c>
       <c r="Q66" s="14" t="n">
-        <v>1629340.0</v>
+        <v>4168276.0</v>
       </c>
       <c r="R66" s="14" t="n">
-        <v>1529702.0</v>
+        <v>3657823.0</v>
       </c>
       <c r="S66" s="14" t="n">
-        <v>1414171.0</v>
+        <v>3261794.0</v>
       </c>
       <c r="T66" s="14" t="n">
-        <v>1299860.0</v>
+        <v>2952326.0</v>
       </c>
       <c r="U66" s="14" t="n">
-        <v>1243472.0</v>
+        <v>2675530.0</v>
       </c>
       <c r="V66" s="14" t="n">
-        <v>1092293.0</v>
+        <v>2457159.0</v>
       </c>
       <c r="W66" s="14" t="n">
-        <v>1055917.0</v>
+        <v>2265558.0</v>
+      </c>
+      <c r="X66" s="14" t="n">
+        <v>2058603.0</v>
+      </c>
+      <c r="Y66" s="14" t="n">
+        <v>1893352.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>1.503134E7</v>
+        <v>3.2108434E7</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>1.4323332E7</v>
+        <v>2.9245264E7</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>1.4684813E7</v>
+        <v>2.7433571E7</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>1.4062694E7</v>
+        <v>2.5680591E7</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>1.3820728E7</v>
+        <v>2.5701007E7</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>1.3453907E7</v>
+        <v>2.422176E7</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>1.3149594E7</v>
+        <v>2.3207483E7</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>1.2691259E7</v>
+        <v>2.2589579E7</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>1.2733241E7</v>
+        <v>2.2015569E7</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>1.2723805E7</v>
+        <v>2.1037942E7</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>1.3514877E7</v>
+        <v>2.1113514E7</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>1.3493757E7</v>
+        <v>2.1227183E7</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>1.3228198E7</v>
+        <v>2.239723E7</v>
       </c>
       <c r="O67" s="14" t="n">
-        <v>1.32726E7</v>
+        <v>2.2495446E7</v>
       </c>
       <c r="P67" s="14" t="n">
-        <v>1.2690172E7</v>
+        <v>2.202838E7</v>
       </c>
       <c r="Q67" s="14" t="n">
-        <v>1.1774739E7</v>
+        <v>2.1877023E7</v>
       </c>
       <c r="R67" s="14" t="n">
-        <v>1.1183623E7</v>
+        <v>2.0282613E7</v>
       </c>
       <c r="S67" s="14" t="n">
-        <v>1.0500108E7</v>
+        <v>1.8780929E7</v>
       </c>
       <c r="T67" s="14" t="n">
-        <v>9847057.0</v>
+        <v>1.7741791E7</v>
       </c>
       <c r="U67" s="14" t="n">
-        <v>9285276.0</v>
+        <v>1.6334116E7</v>
       </c>
       <c r="V67" s="14" t="n">
-        <v>8722593.0</v>
+        <v>1.5417238E7</v>
       </c>
       <c r="W67" s="14" t="n">
-        <v>8144323.0</v>
+        <v>1.4512233E7</v>
+      </c>
+      <c r="X67" s="14" t="n">
+        <v>1.3191655E7</v>
+      </c>
+      <c r="Y67" s="14" t="n">
+        <v>1.2123993E7</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>País Vasco</t>
+          <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="6"/>
       <c r="D68" s="6"/>
       <c r="E68" s="6"/>
       <c r="F68" s="6"/>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="6"/>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
       <c r="O68" s="6"/>
       <c r="P68" s="6"/>
       <c r="Q68" s="6"/>
       <c r="R68" s="6"/>
       <c r="S68" s="6"/>
       <c r="T68" s="6"/>
       <c r="U68" s="6"/>
       <c r="V68" s="6"/>
       <c r="W68" s="6"/>
+      <c r="X68" s="6"/>
+      <c r="Y68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>4.6016453E7</v>
+        <v>1.5003677E7</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>4.4530382E7</v>
+        <v>1.3455424E7</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>4.577232E7</v>
+        <v>1.2520224E7</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>4.3804143E7</v>
+        <v>1.1903833E7</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>4.2613194E7</v>
+        <v>1.2436599E7</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>4.1014281E7</v>
+        <v>1.1950182E7</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>3.9935638E7</v>
+        <v>1.1797126E7</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>3.9031937E7</v>
+        <v>1.1492823E7</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>3.923736E7</v>
+        <v>1.1259645E7</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>3.9148727E7</v>
+        <v>1.0870172E7</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>4.1141935E7</v>
+        <v>1.089144E7</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>4.1364549E7</v>
+        <v>1.088752E7</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>4.09905E7</v>
+        <v>1.1618755E7</v>
       </c>
       <c r="O69" s="14" t="n">
-        <v>4.2107447E7</v>
+        <v>1.1498257E7</v>
       </c>
       <c r="P69" s="14" t="n">
-        <v>3.9688493E7</v>
+        <v>1.1310202E7</v>
       </c>
       <c r="Q69" s="14" t="n">
-        <v>3.767467E7</v>
+        <v>1.1466161E7</v>
       </c>
       <c r="R69" s="14" t="n">
-        <v>3.5293807E7</v>
+        <v>1.1013677E7</v>
       </c>
       <c r="S69" s="14" t="n">
-        <v>3.3245544E7</v>
+        <v>1.0215697E7</v>
       </c>
       <c r="T69" s="14" t="n">
-        <v>3.148515E7</v>
+        <v>9698450.0</v>
       </c>
       <c r="U69" s="14" t="n">
-        <v>2.9664043E7</v>
+        <v>9127597.0</v>
       </c>
       <c r="V69" s="14" t="n">
-        <v>2.8257611E7</v>
+        <v>8581977.0</v>
       </c>
       <c r="W69" s="14" t="n">
-        <v>2.6278645E7</v>
+        <v>8070514.0</v>
+      </c>
+      <c r="X69" s="14" t="n">
+        <v>7656238.0</v>
+      </c>
+      <c r="Y69" s="14" t="n">
+        <v>7112053.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>1.0091244E7</v>
+        <v>3082773.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>9479285.0</v>
+        <v>2849879.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>9304703.0</v>
+        <v>2720722.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>8706249.0</v>
+        <v>2569586.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>8515024.0</v>
+        <v>2416416.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>8380962.0</v>
+        <v>2274029.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>8228901.0</v>
+        <v>2181829.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>7822682.0</v>
+        <v>2123264.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>7823704.0</v>
+        <v>2059103.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>7787397.0</v>
+        <v>1965474.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>8150783.0</v>
+        <v>1973276.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>8213408.0</v>
+        <v>1953892.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>8138405.0</v>
+        <v>2020507.0</v>
       </c>
       <c r="O70" s="14" t="n">
-        <v>7531445.0</v>
+        <v>2109456.0</v>
       </c>
       <c r="P70" s="14" t="n">
-        <v>6911916.0</v>
+        <v>2025915.0</v>
       </c>
       <c r="Q70" s="14" t="n">
-        <v>6173938.0</v>
+        <v>1899478.0</v>
       </c>
       <c r="R70" s="14" t="n">
-        <v>5818481.0</v>
+        <v>1757031.0</v>
       </c>
       <c r="S70" s="14" t="n">
-        <v>5274774.0</v>
+        <v>1623199.0</v>
       </c>
       <c r="T70" s="14" t="n">
-        <v>4968666.0</v>
+        <v>1523348.0</v>
       </c>
       <c r="U70" s="14" t="n">
-        <v>4632240.0</v>
+        <v>1408692.0</v>
       </c>
       <c r="V70" s="14" t="n">
-        <v>4245797.0</v>
+        <v>1293439.0</v>
       </c>
       <c r="W70" s="14" t="n">
-        <v>4062660.0</v>
+        <v>1236746.0</v>
+      </c>
+      <c r="X70" s="14" t="n">
+        <v>1085725.0</v>
+      </c>
+      <c r="Y70" s="14" t="n">
+        <v>1049052.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>5.6107697E7</v>
+        <v>1.808645E7</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>5.4009667E7</v>
+        <v>1.6305303E7</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>5.5077023E7</v>
+        <v>1.5240946E7</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>5.2510392E7</v>
+        <v>1.4473419E7</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>5.1128218E7</v>
+        <v>1.4853015E7</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>4.9395243E7</v>
+        <v>1.4224211E7</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>4.8164539E7</v>
+        <v>1.3978955E7</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>4.6854619E7</v>
+        <v>1.3616087E7</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>4.7061064E7</v>
+        <v>1.3318748E7</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>4.6936124E7</v>
+        <v>1.2835646E7</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>4.9292718E7</v>
+        <v>1.2864716E7</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>4.9577957E7</v>
+        <v>1.2841412E7</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>4.9128905E7</v>
+        <v>1.3639262E7</v>
       </c>
       <c r="O71" s="14" t="n">
-        <v>4.9638892E7</v>
+        <v>1.3607713E7</v>
       </c>
       <c r="P71" s="14" t="n">
-        <v>4.6600409E7</v>
+        <v>1.3336117E7</v>
       </c>
       <c r="Q71" s="14" t="n">
-        <v>4.3848608E7</v>
+        <v>1.3365639E7</v>
       </c>
       <c r="R71" s="14" t="n">
-        <v>4.1112288E7</v>
+        <v>1.2770708E7</v>
       </c>
       <c r="S71" s="14" t="n">
-        <v>3.8520318E7</v>
+        <v>1.1838896E7</v>
       </c>
       <c r="T71" s="14" t="n">
-        <v>3.6453816E7</v>
+        <v>1.1221798E7</v>
       </c>
       <c r="U71" s="14" t="n">
-        <v>3.4296283E7</v>
+        <v>1.0536289E7</v>
       </c>
       <c r="V71" s="14" t="n">
-        <v>3.2503408E7</v>
+        <v>9875416.0</v>
       </c>
       <c r="W71" s="14" t="n">
-        <v>3.0341305E7</v>
+        <v>9307260.0</v>
+      </c>
+      <c r="X71" s="14" t="n">
+        <v>8741963.0</v>
+      </c>
+      <c r="Y71" s="14" t="n">
+        <v>8161105.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="inlineStr">
         <is>
-          <t>Rioja, La</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B72" s="6"/>
       <c r="C72" s="6"/>
       <c r="D72" s="6"/>
       <c r="E72" s="6"/>
       <c r="F72" s="6"/>
       <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="6"/>
       <c r="J72" s="6"/>
       <c r="K72" s="6"/>
       <c r="L72" s="6"/>
       <c r="M72" s="6"/>
       <c r="N72" s="6"/>
       <c r="O72" s="6"/>
       <c r="P72" s="6"/>
       <c r="Q72" s="6"/>
       <c r="R72" s="6"/>
       <c r="S72" s="6"/>
       <c r="T72" s="6"/>
       <c r="U72" s="6"/>
       <c r="V72" s="6"/>
       <c r="W72" s="6"/>
+      <c r="X72" s="6"/>
+      <c r="Y72" s="6"/>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>5302283.0</v>
+        <v>5.5785056E7</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>5179747.0</v>
+        <v>5.0318617E7</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>5230885.0</v>
+        <v>4.6567105E7</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>5083332.0</v>
+        <v>4.4895631E7</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>4920692.0</v>
+        <v>4.6175225E7</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>4779853.0</v>
+        <v>4.4206455E7</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>4664788.0</v>
+        <v>4.3016677E7</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>4515592.0</v>
+        <v>4.1442787E7</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>4520533.0</v>
+        <v>4.0387839E7</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>4543176.0</v>
+        <v>3.9408859E7</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>4814400.0</v>
+        <v>3.9582047E7</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>4755020.0</v>
+        <v>3.9456024E7</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>4787309.0</v>
+        <v>4.1471026E7</v>
       </c>
       <c r="O73" s="14" t="n">
-        <v>4898219.0</v>
+        <v>4.1664405E7</v>
       </c>
       <c r="P73" s="14" t="n">
-        <v>4646208.0</v>
+        <v>4.1389039E7</v>
       </c>
       <c r="Q73" s="14" t="n">
-        <v>4473025.0</v>
+        <v>4.2468962E7</v>
       </c>
       <c r="R73" s="14" t="n">
-        <v>4242990.0</v>
+        <v>4.0006311E7</v>
       </c>
       <c r="S73" s="14" t="n">
-        <v>4054434.0</v>
+        <v>3.793157E7</v>
       </c>
       <c r="T73" s="14" t="n">
-        <v>3868333.0</v>
+        <v>3.5456003E7</v>
       </c>
       <c r="U73" s="14" t="n">
-        <v>3602845.0</v>
+        <v>3.3397984E7</v>
       </c>
       <c r="V73" s="14" t="n">
-        <v>3445083.0</v>
+        <v>3.1613398E7</v>
       </c>
       <c r="W73" s="14" t="n">
-        <v>3225372.0</v>
+        <v>2.9770382E7</v>
+      </c>
+      <c r="X73" s="14" t="n">
+        <v>2.8353063E7</v>
+      </c>
+      <c r="Y73" s="14" t="n">
+        <v>2.6366854E7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>1195228.0</v>
+        <v>1.0879658E7</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>1136252.0</v>
+        <v>1.0782957E7</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>1073688.0</v>
+        <v>1.0108019E7</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>1025721.0</v>
+        <v>9455065.0</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>1000425.0</v>
+        <v>9300873.0</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>994011.0</v>
+        <v>8696054.0</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>970199.0</v>
+        <v>8515104.0</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>938120.0</v>
+        <v>8388946.0</v>
       </c>
       <c r="J74" s="14" t="n">
-        <v>944753.0</v>
+        <v>8232635.0</v>
       </c>
       <c r="K74" s="14" t="n">
-        <v>943645.0</v>
+        <v>7826088.0</v>
       </c>
       <c r="L74" s="14" t="n">
-        <v>966885.0</v>
+        <v>7821735.0</v>
       </c>
       <c r="M74" s="14" t="n">
-        <v>1039546.0</v>
+        <v>7786636.0</v>
       </c>
       <c r="N74" s="14" t="n">
-        <v>986419.0</v>
+        <v>8151685.0</v>
       </c>
       <c r="O74" s="14" t="n">
-        <v>930322.0</v>
+        <v>8217768.0</v>
       </c>
       <c r="P74" s="14" t="n">
-        <v>834021.0</v>
+        <v>8127652.0</v>
       </c>
       <c r="Q74" s="14" t="n">
-        <v>738630.0</v>
+        <v>7510549.0</v>
       </c>
       <c r="R74" s="14" t="n">
-        <v>679044.0</v>
+        <v>6886729.0</v>
       </c>
       <c r="S74" s="14" t="n">
-        <v>624608.0</v>
+        <v>6150080.0</v>
       </c>
       <c r="T74" s="14" t="n">
-        <v>577138.0</v>
+        <v>5793909.0</v>
       </c>
       <c r="U74" s="14" t="n">
-        <v>539348.0</v>
+        <v>5254212.0</v>
       </c>
       <c r="V74" s="14" t="n">
-        <v>494164.0</v>
+        <v>4943988.0</v>
       </c>
       <c r="W74" s="14" t="n">
-        <v>460209.0</v>
+        <v>4607180.0</v>
+      </c>
+      <c r="X74" s="14" t="n">
+        <v>4220272.0</v>
+      </c>
+      <c r="Y74" s="14" t="n">
+        <v>4036275.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>6497511.0</v>
+        <v>6.6664714E7</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>6315999.0</v>
+        <v>6.1101574E7</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>6304573.0</v>
+        <v>5.6675124E7</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>6109053.0</v>
+        <v>5.4350696E7</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>5921117.0</v>
+        <v>5.5476098E7</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>5773864.0</v>
+        <v>5.2902509E7</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>5634987.0</v>
+        <v>5.1531781E7</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>5453712.0</v>
+        <v>4.9831733E7</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>5465286.0</v>
+        <v>4.8620474E7</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>5486821.0</v>
+        <v>4.7234947E7</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>5781285.0</v>
+        <v>4.7403782E7</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>5794566.0</v>
+        <v>4.724266E7</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>5773728.0</v>
+        <v>4.9622711E7</v>
       </c>
       <c r="O75" s="14" t="n">
-        <v>5828541.0</v>
+        <v>4.9882173E7</v>
       </c>
       <c r="P75" s="14" t="n">
-        <v>5480229.0</v>
+        <v>4.9516691E7</v>
       </c>
       <c r="Q75" s="14" t="n">
-        <v>5211655.0</v>
+        <v>4.9979511E7</v>
       </c>
       <c r="R75" s="14" t="n">
-        <v>4922034.0</v>
+        <v>4.689304E7</v>
       </c>
       <c r="S75" s="14" t="n">
-        <v>4679042.0</v>
+        <v>4.408165E7</v>
       </c>
       <c r="T75" s="14" t="n">
-        <v>4445471.0</v>
+        <v>4.1249912E7</v>
       </c>
       <c r="U75" s="14" t="n">
-        <v>4142193.0</v>
+        <v>3.8652196E7</v>
       </c>
       <c r="V75" s="14" t="n">
-        <v>3939247.0</v>
+        <v>3.6557386E7</v>
       </c>
       <c r="W75" s="14" t="n">
-        <v>3685581.0</v>
+        <v>3.4377562E7</v>
+      </c>
+      <c r="X75" s="14" t="n">
+        <v>3.2573335E7</v>
+      </c>
+      <c r="Y75" s="14" t="n">
+        <v>3.0403129E7</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="inlineStr">
         <is>
-          <t>Ceuta</t>
+          <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B76" s="6"/>
       <c r="C76" s="6"/>
       <c r="D76" s="6"/>
       <c r="E76" s="6"/>
       <c r="F76" s="6"/>
       <c r="G76" s="6"/>
       <c r="H76" s="6"/>
       <c r="I76" s="6"/>
       <c r="J76" s="6"/>
       <c r="K76" s="6"/>
       <c r="L76" s="6"/>
       <c r="M76" s="6"/>
       <c r="N76" s="6"/>
       <c r="O76" s="6"/>
       <c r="P76" s="6"/>
       <c r="Q76" s="6"/>
       <c r="R76" s="6"/>
       <c r="S76" s="6"/>
       <c r="T76" s="6"/>
       <c r="U76" s="6"/>
       <c r="V76" s="6"/>
       <c r="W76" s="6"/>
+      <c r="X76" s="6"/>
+      <c r="Y76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>1237551.0</v>
+        <v>6350627.0</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>1178643.0</v>
+        <v>5808995.0</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>1189521.0</v>
+        <v>5411146.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>1132528.0</v>
+        <v>5262171.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>1082177.0</v>
+        <v>5315201.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>1079881.0</v>
+        <v>5164525.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>1050612.0</v>
+        <v>4999614.0</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>1006026.0</v>
+        <v>4858045.0</v>
       </c>
       <c r="J77" s="14" t="n">
-        <v>1011620.0</v>
+        <v>4746341.0</v>
       </c>
       <c r="K77" s="14" t="n">
-        <v>990248.0</v>
+        <v>4586147.0</v>
       </c>
       <c r="L77" s="14" t="n">
-        <v>1063450.0</v>
+        <v>4584538.0</v>
       </c>
       <c r="M77" s="14" t="n">
-        <v>1048774.0</v>
+        <v>4600468.0</v>
       </c>
       <c r="N77" s="14" t="n">
-        <v>1035349.0</v>
+        <v>4873519.0</v>
       </c>
       <c r="O77" s="14" t="n">
-        <v>1045239.0</v>
+        <v>4808511.0</v>
       </c>
       <c r="P77" s="14" t="n">
-        <v>997920.0</v>
+        <v>4832918.0</v>
       </c>
       <c r="Q77" s="14" t="n">
-        <v>967992.0</v>
+        <v>4939047.0</v>
       </c>
       <c r="R77" s="14" t="n">
-        <v>924328.0</v>
+        <v>4682025.0</v>
       </c>
       <c r="S77" s="14" t="n">
-        <v>865607.0</v>
+        <v>4502357.0</v>
       </c>
       <c r="T77" s="14" t="n">
-        <v>817849.0</v>
+        <v>4260807.0</v>
       </c>
       <c r="U77" s="14" t="n">
-        <v>739784.0</v>
+        <v>4071197.0</v>
       </c>
       <c r="V77" s="14" t="n">
-        <v>703362.0</v>
+        <v>3882329.0</v>
       </c>
       <c r="W77" s="14" t="n">
-        <v>672212.0</v>
+        <v>3613996.0</v>
+      </c>
+      <c r="X77" s="14" t="n">
+        <v>3454983.0</v>
+      </c>
+      <c r="Y77" s="14" t="n">
+        <v>3234319.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>323592.0</v>
+        <v>1383546.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>303360.0</v>
+        <v>1272879.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>305219.0</v>
+        <v>1195419.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>284905.0</v>
+        <v>1134234.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>280848.0</v>
+        <v>1074166.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>287360.0</v>
+        <v>1026126.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>281326.0</v>
+        <v>1001953.0</v>
       </c>
       <c r="I78" s="14" t="n">
-        <v>273378.0</v>
+        <v>996699.0</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>250058.0</v>
+        <v>972375.0</v>
       </c>
       <c r="K78" s="14" t="n">
-        <v>255982.0</v>
+        <v>939964.0</v>
       </c>
       <c r="L78" s="14" t="n">
-        <v>269915.0</v>
+        <v>945536.0</v>
       </c>
       <c r="M78" s="14" t="n">
-        <v>275681.0</v>
+        <v>944196.0</v>
       </c>
       <c r="N78" s="14" t="n">
-        <v>268494.0</v>
+        <v>967609.0</v>
       </c>
       <c r="O78" s="14" t="n">
-        <v>245729.0</v>
+        <v>1040573.0</v>
       </c>
       <c r="P78" s="14" t="n">
-        <v>224331.0</v>
+        <v>985590.0</v>
       </c>
       <c r="Q78" s="14" t="n">
-        <v>201283.0</v>
+        <v>928131.0</v>
       </c>
       <c r="R78" s="14" t="n">
-        <v>190165.0</v>
+        <v>831307.0</v>
       </c>
       <c r="S78" s="14" t="n">
-        <v>177417.0</v>
+        <v>736006.0</v>
       </c>
       <c r="T78" s="14" t="n">
-        <v>158459.0</v>
+        <v>676363.0</v>
       </c>
       <c r="U78" s="14" t="n">
-        <v>148553.0</v>
+        <v>622278.0</v>
       </c>
       <c r="V78" s="14" t="n">
-        <v>134395.0</v>
+        <v>574336.0</v>
       </c>
       <c r="W78" s="14" t="n">
-        <v>126398.0</v>
+        <v>536451.0</v>
+      </c>
+      <c r="X78" s="14" t="n">
+        <v>491190.0</v>
+      </c>
+      <c r="Y78" s="14" t="n">
+        <v>457191.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>1561143.0</v>
+        <v>7734173.0</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>1482003.0</v>
+        <v>7081874.0</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>1494740.0</v>
+        <v>6606565.0</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>1417433.0</v>
+        <v>6396405.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>1363025.0</v>
+        <v>6389367.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>1367241.0</v>
+        <v>6190651.0</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>1331938.0</v>
+        <v>6001567.0</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>1279404.0</v>
+        <v>5854744.0</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>1261678.0</v>
+        <v>5718716.0</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>1246230.0</v>
+        <v>5526111.0</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>1333365.0</v>
+        <v>5530074.0</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>1324455.0</v>
+        <v>5544664.0</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>1303843.0</v>
+        <v>5841128.0</v>
       </c>
       <c r="O79" s="14" t="n">
-        <v>1290968.0</v>
+        <v>5849084.0</v>
       </c>
       <c r="P79" s="14" t="n">
-        <v>1222251.0</v>
+        <v>5818508.0</v>
       </c>
       <c r="Q79" s="14" t="n">
-        <v>1169275.0</v>
+        <v>5867178.0</v>
       </c>
       <c r="R79" s="14" t="n">
-        <v>1114493.0</v>
+        <v>5513332.0</v>
       </c>
       <c r="S79" s="14" t="n">
-        <v>1043024.0</v>
+        <v>5238363.0</v>
       </c>
       <c r="T79" s="14" t="n">
-        <v>976308.0</v>
+        <v>4937170.0</v>
       </c>
       <c r="U79" s="14" t="n">
-        <v>888337.0</v>
+        <v>4693475.0</v>
       </c>
       <c r="V79" s="14" t="n">
-        <v>837757.0</v>
+        <v>4456665.0</v>
       </c>
       <c r="W79" s="14" t="n">
-        <v>798610.0</v>
+        <v>4150447.0</v>
+      </c>
+      <c r="X79" s="14" t="n">
+        <v>3946173.0</v>
+      </c>
+      <c r="Y79" s="14" t="n">
+        <v>3691510.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="inlineStr">
         <is>
-          <t>Melilla</t>
+          <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B80" s="6"/>
       <c r="C80" s="6"/>
       <c r="D80" s="6"/>
       <c r="E80" s="6"/>
       <c r="F80" s="6"/>
       <c r="G80" s="6"/>
       <c r="H80" s="6"/>
       <c r="I80" s="6"/>
       <c r="J80" s="6"/>
       <c r="K80" s="6"/>
       <c r="L80" s="6"/>
       <c r="M80" s="6"/>
       <c r="N80" s="6"/>
       <c r="O80" s="6"/>
       <c r="P80" s="6"/>
       <c r="Q80" s="6"/>
       <c r="R80" s="6"/>
       <c r="S80" s="6"/>
       <c r="T80" s="6"/>
       <c r="U80" s="6"/>
       <c r="V80" s="6"/>
       <c r="W80" s="6"/>
+      <c r="X80" s="6"/>
+      <c r="Y80" s="6"/>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>1129814.0</v>
+        <v>1366139.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>1069714.0</v>
+        <v>1290208.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>1067127.0</v>
+        <v>1234054.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>1018272.0</v>
+        <v>1172227.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>981974.0</v>
+        <v>1183544.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>969628.0</v>
+        <v>1128042.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>944337.0</v>
+        <v>1078702.0</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>899335.0</v>
+        <v>1078671.0</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>893467.0</v>
+        <v>1050918.0</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>882946.0</v>
+        <v>1005209.0</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>943473.0</v>
+        <v>1010126.0</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>925618.0</v>
+        <v>989142.0</v>
       </c>
       <c r="N81" s="14" t="n">
-        <v>920748.0</v>
+        <v>1063269.0</v>
       </c>
       <c r="O81" s="14" t="n">
-        <v>936337.0</v>
+        <v>1048402.0</v>
       </c>
       <c r="P81" s="14" t="n">
-        <v>899269.0</v>
+        <v>1044838.0</v>
       </c>
       <c r="Q81" s="14" t="n">
-        <v>878802.0</v>
+        <v>1053730.0</v>
       </c>
       <c r="R81" s="14" t="n">
-        <v>832180.0</v>
+        <v>1005293.0</v>
       </c>
       <c r="S81" s="14" t="n">
-        <v>796310.0</v>
+        <v>973970.0</v>
       </c>
       <c r="T81" s="14" t="n">
-        <v>744642.0</v>
+        <v>928112.0</v>
       </c>
       <c r="U81" s="14" t="n">
-        <v>692087.0</v>
+        <v>869159.0</v>
       </c>
       <c r="V81" s="14" t="n">
-        <v>664710.0</v>
+        <v>820821.0</v>
       </c>
       <c r="W81" s="14" t="n">
-        <v>621920.0</v>
+        <v>742184.0</v>
+      </c>
+      <c r="X81" s="14" t="n">
+        <v>705444.0</v>
+      </c>
+      <c r="Y81" s="14" t="n">
+        <v>674164.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>338877.0</v>
+        <v>355483.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>325606.0</v>
+        <v>349509.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>329363.0</v>
+        <v>326461.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>303511.0</v>
+        <v>302627.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>297026.0</v>
+        <v>305821.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>287728.0</v>
+        <v>285279.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>289497.0</v>
+        <v>281307.0</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>262161.0</v>
+        <v>288022.0</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>244127.0</v>
+        <v>281876.0</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>254101.0</v>
+        <v>273917.0</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>264005.0</v>
+        <v>250513.0</v>
       </c>
       <c r="M82" s="14" t="n">
-        <v>264298.0</v>
+        <v>256507.0</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>267367.0</v>
+        <v>270421.0</v>
       </c>
       <c r="O82" s="14" t="n">
-        <v>247522.0</v>
+        <v>276145.0</v>
       </c>
       <c r="P82" s="14" t="n">
-        <v>225197.0</v>
+        <v>268190.0</v>
       </c>
       <c r="Q82" s="14" t="n">
-        <v>200213.0</v>
+        <v>245086.0</v>
       </c>
       <c r="R82" s="14" t="n">
-        <v>187657.0</v>
+        <v>223542.0</v>
       </c>
       <c r="S82" s="14" t="n">
-        <v>175562.0</v>
+        <v>200522.0</v>
       </c>
       <c r="T82" s="14" t="n">
-        <v>155749.0</v>
+        <v>189372.0</v>
       </c>
       <c r="U82" s="14" t="n">
-        <v>144064.0</v>
+        <v>176727.0</v>
       </c>
       <c r="V82" s="14" t="n">
-        <v>132948.0</v>
+        <v>157679.0</v>
       </c>
       <c r="W82" s="14" t="n">
-        <v>122989.0</v>
+        <v>147752.0</v>
+      </c>
+      <c r="X82" s="14" t="n">
+        <v>133586.0</v>
+      </c>
+      <c r="Y82" s="14" t="n">
+        <v>125573.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>1468691.0</v>
+        <v>1721622.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>1395320.0</v>
+        <v>1639717.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>1396490.0</v>
+        <v>1560515.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>1321783.0</v>
+        <v>1474854.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>1279000.0</v>
+        <v>1489365.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>1257356.0</v>
+        <v>1413321.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>1233834.0</v>
+        <v>1360009.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>1161496.0</v>
+        <v>1366693.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>1137594.0</v>
+        <v>1332794.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>1137047.0</v>
+        <v>1279126.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>1207478.0</v>
+        <v>1260639.0</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>1189916.0</v>
+        <v>1245649.0</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>1188115.0</v>
+        <v>1333690.0</v>
       </c>
       <c r="O83" s="14" t="n">
-        <v>1183859.0</v>
+        <v>1324547.0</v>
       </c>
       <c r="P83" s="14" t="n">
-        <v>1124466.0</v>
+        <v>1313028.0</v>
       </c>
       <c r="Q83" s="14" t="n">
-        <v>1079015.0</v>
+        <v>1298816.0</v>
       </c>
       <c r="R83" s="14" t="n">
-        <v>1019837.0</v>
+        <v>1228835.0</v>
       </c>
       <c r="S83" s="14" t="n">
-        <v>971872.0</v>
+        <v>1174492.0</v>
       </c>
       <c r="T83" s="14" t="n">
-        <v>900391.0</v>
+        <v>1117484.0</v>
       </c>
       <c r="U83" s="14" t="n">
-        <v>836151.0</v>
+        <v>1045886.0</v>
       </c>
       <c r="V83" s="14" t="n">
-        <v>797658.0</v>
+        <v>978500.0</v>
       </c>
       <c r="W83" s="14" t="n">
-        <v>744909.0</v>
+        <v>889936.0</v>
+      </c>
+      <c r="X83" s="14" t="n">
+        <v>839030.0</v>
+      </c>
+      <c r="Y83" s="14" t="n">
+        <v>799737.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="6" t="inlineStr">
         <is>
-          <t>TOTAL NACIONAL</t>
+          <t>19 Melilla</t>
         </is>
       </c>
       <c r="B84" s="6"/>
       <c r="C84" s="6"/>
       <c r="D84" s="6"/>
       <c r="E84" s="6"/>
       <c r="F84" s="6"/>
       <c r="G84" s="6"/>
       <c r="H84" s="6"/>
       <c r="I84" s="6"/>
       <c r="J84" s="6"/>
       <c r="K84" s="6"/>
       <c r="L84" s="6"/>
       <c r="M84" s="6"/>
       <c r="N84" s="6"/>
       <c r="O84" s="6"/>
       <c r="P84" s="6"/>
       <c r="Q84" s="6"/>
       <c r="R84" s="6"/>
       <c r="S84" s="6"/>
       <c r="T84" s="6"/>
       <c r="U84" s="6"/>
       <c r="V84" s="6"/>
       <c r="W84" s="6"/>
+      <c r="X84" s="6"/>
+      <c r="Y84" s="6"/>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Renta disponible bruta</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>7.80704E8</v>
+        <v>1306776.0</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>7.48101E8</v>
+        <v>1244696.0</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>7.65045E8</v>
+        <v>1186572.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>7.28773E8</v>
+        <v>1099752.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>7.08255E8</v>
+        <v>1096569.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>6.87463E8</v>
+        <v>1046311.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>6.69758E8</v>
+        <v>1008178.0</v>
       </c>
       <c r="I85" s="14" t="n">
-        <v>6.44198E8</v>
+        <v>996061.0</v>
       </c>
       <c r="J85" s="14" t="n">
-        <v>6.43033E8</v>
+        <v>969984.0</v>
       </c>
       <c r="K85" s="14" t="n">
-        <v>6.45464E8</v>
+        <v>921298.0</v>
       </c>
       <c r="L85" s="14" t="n">
-        <v>6.81425E8</v>
+        <v>913239.0</v>
       </c>
       <c r="M85" s="14" t="n">
-        <v>6.77119E8</v>
+        <v>901152.0</v>
       </c>
       <c r="N85" s="14" t="n">
-        <v>6.74732E8</v>
+        <v>961837.0</v>
       </c>
       <c r="O85" s="14" t="n">
-        <v>6.78923E8</v>
+        <v>941863.0</v>
       </c>
       <c r="P85" s="14" t="n">
-        <v>6.45036E8</v>
+        <v>929283.0</v>
       </c>
       <c r="Q85" s="14" t="n">
-        <v>6.13426E8</v>
+        <v>943953.0</v>
       </c>
       <c r="R85" s="14" t="n">
-        <v>5.79364E8</v>
+        <v>906023.0</v>
       </c>
       <c r="S85" s="14" t="n">
-        <v>5.42397E8</v>
+        <v>884270.0</v>
       </c>
       <c r="T85" s="14" t="n">
-        <v>5.13066E8</v>
+        <v>835669.0</v>
       </c>
       <c r="U85" s="14" t="n">
-        <v>4.77673E8</v>
+        <v>799700.0</v>
       </c>
       <c r="V85" s="14" t="n">
-        <v>4.51146E8</v>
+        <v>747421.0</v>
       </c>
       <c r="W85" s="14" t="n">
-        <v>4.18939E8</v>
+        <v>694344.0</v>
+      </c>
+      <c r="X85" s="14" t="n">
+        <v>666647.0</v>
+      </c>
+      <c r="Y85" s="14" t="n">
+        <v>623731.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RECURSOS: Trasferencias sociales en especie</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>1.71171E8</v>
+        <v>369776.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>1.60813E8</v>
+        <v>365049.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>1.51959E8</v>
+        <v>341859.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>1.43399E8</v>
+        <v>324880.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>1.38358E8</v>
+        <v>330316.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>1.34683E8</v>
+        <v>304034.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>1.31466E8</v>
+        <v>297618.0</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>1.25302E8</v>
+        <v>288533.0</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>1.25081E8</v>
+        <v>290104.0</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>1.2768E8</v>
+        <v>262902.0</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>1.35925E8</v>
+        <v>244603.0</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>1.38176E8</v>
+        <v>254588.0</v>
       </c>
       <c r="N86" s="14" t="n">
-        <v>1.39129E8</v>
+        <v>264459.0</v>
       </c>
       <c r="O86" s="14" t="n">
-        <v>1.30735E8</v>
+        <v>264729.0</v>
       </c>
       <c r="P86" s="14" t="n">
-        <v>1.19592E8</v>
+        <v>267039.0</v>
       </c>
       <c r="Q86" s="14" t="n">
-        <v>1.09641E8</v>
+        <v>246843.0</v>
       </c>
       <c r="R86" s="14" t="n">
-        <v>1.02127E8</v>
+        <v>224376.0</v>
       </c>
       <c r="S86" s="14" t="n">
-        <v>9.2475E7</v>
+        <v>199433.0</v>
       </c>
       <c r="T86" s="14" t="n">
-        <v>8.3566E7</v>
+        <v>186857.0</v>
       </c>
       <c r="U86" s="14" t="n">
-        <v>7.7902E7</v>
+        <v>174865.0</v>
       </c>
       <c r="V86" s="14" t="n">
-        <v>7.1298E7</v>
+        <v>154974.0</v>
       </c>
       <c r="W86" s="14" t="n">
-        <v>6.7035E7</v>
+        <v>143285.0</v>
+      </c>
+      <c r="X86" s="14" t="n">
+        <v>132149.0</v>
+      </c>
+      <c r="Y86" s="14" t="n">
+        <v>122189.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLEOS:    Renta disponible ajustada bruta</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>9.51875E8</v>
+        <v>1676552.0</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>9.08914E8</v>
+        <v>1609745.0</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>9.17004E8</v>
+        <v>1528431.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>8.72172E8</v>
+        <v>1424632.0</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>8.46613E8</v>
+        <v>1426885.0</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>8.22146E8</v>
+        <v>1350345.0</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>8.01224E8</v>
+        <v>1305796.0</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>7.695E8</v>
+        <v>1284594.0</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>7.68114E8</v>
+        <v>1260088.0</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>7.73144E8</v>
+        <v>1184200.0</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>8.1735E8</v>
+        <v>1157842.0</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>8.15295E8</v>
+        <v>1155740.0</v>
       </c>
       <c r="N87" s="14" t="n">
-        <v>8.13861E8</v>
+        <v>1226296.0</v>
       </c>
       <c r="O87" s="14" t="n">
-        <v>8.09658E8</v>
+        <v>1206592.0</v>
       </c>
       <c r="P87" s="14" t="n">
-        <v>7.64628E8</v>
+        <v>1196322.0</v>
       </c>
       <c r="Q87" s="14" t="n">
-        <v>7.23067E8</v>
+        <v>1190796.0</v>
       </c>
       <c r="R87" s="14" t="n">
-        <v>6.81491E8</v>
+        <v>1130399.0</v>
       </c>
       <c r="S87" s="14" t="n">
-        <v>6.34872E8</v>
+        <v>1083703.0</v>
       </c>
       <c r="T87" s="14" t="n">
-        <v>5.96632E8</v>
+        <v>1022526.0</v>
       </c>
       <c r="U87" s="14" t="n">
-        <v>5.55575E8</v>
+        <v>974565.0</v>
       </c>
       <c r="V87" s="14" t="n">
-        <v>5.22444E8</v>
+        <v>902395.0</v>
       </c>
       <c r="W87" s="14" t="n">
-        <v>4.85974E8</v>
+        <v>837629.0</v>
+      </c>
+      <c r="X87" s="14" t="n">
+        <v>798796.0</v>
+      </c>
+      <c r="Y87" s="14" t="n">
+        <v>745920.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>(P) provisional.</t>
+          <t>1) (P) provisional.</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:W8"/>
-[...18 lines deleted...]
-    <mergeCell ref="A84:W84"/>
+    <mergeCell ref="A8:Y8"/>
+    <mergeCell ref="A12:Y12"/>
+    <mergeCell ref="A16:Y16"/>
+    <mergeCell ref="A20:Y20"/>
+    <mergeCell ref="A24:Y24"/>
+    <mergeCell ref="A28:Y28"/>
+    <mergeCell ref="A32:Y32"/>
+    <mergeCell ref="A36:Y36"/>
+    <mergeCell ref="A40:Y40"/>
+    <mergeCell ref="A44:Y44"/>
+    <mergeCell ref="A48:Y48"/>
+    <mergeCell ref="A52:Y52"/>
+    <mergeCell ref="A56:Y56"/>
+    <mergeCell ref="A60:Y60"/>
+    <mergeCell ref="A64:Y64"/>
+    <mergeCell ref="A68:Y68"/>
+    <mergeCell ref="A72:Y72"/>
+    <mergeCell ref="A76:Y76"/>
+    <mergeCell ref="A80:Y80"/>
+    <mergeCell ref="A84:Y84"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>