--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-39561" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67535" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -272,68 +272,68 @@
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Serie 2012-2022</t>
+          <t>Cuentas y estadísticas medioambientales</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Residuo alimentario</t>
+          <t>Estadísticas sobre generación de residuos en el sector industrial</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>