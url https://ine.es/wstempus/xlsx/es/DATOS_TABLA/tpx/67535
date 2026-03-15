--- v1 (2025-12-14)
+++ v2 (2026-03-15)
@@ -246,51 +246,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O28"/>
+  <dimension ref="A1:O29"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
@@ -340,51 +340,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Residuo alimentario por Categoría de residuos (EWC-STAT) y Actividad económica (CNAE-2009). Toneladas</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Toneladas</t>
+          <t>Units: Toneladas</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -451,722 +451,744 @@
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Productos informáticos y maquinaria y vehículos (26, 27, 28, 29 y 30)</t>
         </is>
       </c>
       <c r="M7" s="6" t="inlineStr">
         <is>
           <t>Muebles, reparaciones y otra industria (31, 32 y 33)</t>
         </is>
       </c>
       <c r="N7" s="6" t="inlineStr">
         <is>
           <t>Energía (35)</t>
         </is>
       </c>
       <c r="O7" s="6" t="inlineStr">
         <is>
           <t>Total C-E</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>09.1 Residuos animales y de productos alimenticios mezclados NP</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09.1 Residuos animales y de productos alimenticios mezclados NP</t>
+          <t xml:space="preserve">    2022</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>7951016.0</v>
+        <v>207589.3</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>7888870.0</v>
+        <v>206615.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>18534.0</v>
+        <v>39.7</v>
       </c>
       <c r="F9" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>66.0</v>
+        <v>0.0</v>
       </c>
       <c r="H9" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>36072.0</v>
+        <v>848.6</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>289.0</v>
+        <v>6.1</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>2574.0</v>
+        <v>0.2</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>4231.0</v>
+        <v>29.8</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>379.0</v>
+        <v>49.9</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>2047.0</v>
+        <v>0.2</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>7953069.0</v>
+        <v>207589.5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09.2 Residuos vegetales NP</t>
+          <t xml:space="preserve">    2020</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>7431461.0</v>
+        <v>217772.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>7149517.0</v>
+        <v>216813.4</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>10176.0</v>
+        <v>344.0</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>741.0</v>
+        <v>0.2</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>234.0</v>
+        <v>0.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>255685.0</v>
+        <v>391.9</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>2139.0</v>
+        <v>2.1</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>2527.0</v>
+        <v>58.0</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>8947.0</v>
+        <v>160.1</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>1495.0</v>
+        <v>2.3</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>4081.0</v>
+        <v>0.0</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>7435556.0</v>
+        <v>217772.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10.1 Residuos domésticos y similares NP</t>
+          <t xml:space="preserve">    2018</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>14125.0</v>
+        <v>6.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>2450592.0</v>
+        <v>7951016.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>863509.0</v>
+        <v>7888870.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>94038.0</v>
+        <v>18534.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>28595.0</v>
+        <v>0.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>199196.0</v>
+        <v>66.0</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>21638.0</v>
+        <v>0.0</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>502258.0</v>
+        <v>36072.0</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>82260.0</v>
+        <v>289.0</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>201324.0</v>
+        <v>2574.0</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>389219.0</v>
+        <v>4231.0</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>68556.0</v>
+        <v>379.0</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>6885.0</v>
+        <v>2047.0</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>2471603.0</v>
+        <v>7953069.0</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="7" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A12" s="6" t="inlineStr">
+        <is>
+          <t>09.2 Residuos vegetales NP</t>
+        </is>
+      </c>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="6"/>
+      <c r="J12" s="6"/>
+      <c r="K12" s="6"/>
+      <c r="L12" s="6"/>
+      <c r="M12" s="6"/>
+      <c r="N12" s="6"/>
+      <c r="O12" s="6"/>
     </row>
     <row r="13">
-      <c r="A13" s="6" t="inlineStr">
-[...17 lines deleted...]
-      <c r="O13" s="6"/>
+      <c r="A13" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    2022</t>
+        </is>
+      </c>
+      <c r="B13" s="14" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="C13" s="14" t="n">
+        <v>151319.3</v>
+      </c>
+      <c r="D13" s="14" t="n">
+        <v>138319.6</v>
+      </c>
+      <c r="E13" s="14" t="n">
+        <v>234.3</v>
+      </c>
+      <c r="F13" s="14" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="G13" s="14" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="H13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I13" s="14" t="n">
+        <v>10922.3</v>
+      </c>
+      <c r="J13" s="14" t="n">
+        <v>350.2</v>
+      </c>
+      <c r="K13" s="14" t="n">
+        <v>192.5</v>
+      </c>
+      <c r="L13" s="14" t="n">
+        <v>1033.5</v>
+      </c>
+      <c r="M13" s="14" t="n">
+        <v>220.5</v>
+      </c>
+      <c r="N13" s="14" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="O13" s="14" t="n">
+        <v>151344.7</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09.1 Residuos animales y de productos alimenticios mezclados NP</t>
+          <t xml:space="preserve">    2020</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>217772.0</v>
+        <v>271256.1</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>216813.4</v>
+        <v>263865.4</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>344.0</v>
+        <v>0.2</v>
       </c>
       <c r="F14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="H14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>391.9</v>
+        <v>7346.6</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>2.1</v>
+        <v>2.4</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>58.0</v>
+        <v>0.6</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>160.1</v>
+        <v>36.9</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>2.3</v>
+        <v>3.4</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>0.0</v>
+        <v>279.1</v>
       </c>
       <c r="O14" s="14" t="n">
-        <v>217772.0</v>
+        <v>271535.2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09.2 Residuos vegetales NP</t>
+          <t xml:space="preserve">    2018</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>0.0</v>
+        <v>14.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>271256.1</v>
+        <v>7431461.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>263865.4</v>
+        <v>7149517.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>0.2</v>
+        <v>10176.0</v>
       </c>
       <c r="F15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>0.6</v>
+        <v>741.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>0.0</v>
+        <v>234.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>7346.6</v>
+        <v>255685.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>2.4</v>
+        <v>2139.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>0.6</v>
+        <v>2527.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>36.9</v>
+        <v>8947.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>3.4</v>
+        <v>1495.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>279.1</v>
+        <v>4081.0</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>271535.2</v>
+        <v>7435556.0</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="7" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A16" s="6" t="inlineStr">
+        <is>
+          <t>10.1 Residuos domésticos y similares NP</t>
+        </is>
+      </c>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="6"/>
+      <c r="H16" s="6"/>
+      <c r="I16" s="6"/>
+      <c r="J16" s="6"/>
+      <c r="K16" s="6"/>
+      <c r="L16" s="6"/>
+      <c r="M16" s="6"/>
+      <c r="N16" s="6"/>
+      <c r="O16" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    TOTAL</t>
+          <t xml:space="preserve">    2022</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="C17" s="14" t="n">
+        <v>206293.3</v>
+      </c>
+      <c r="D17" s="14" t="n">
+        <v>191610.2</v>
+      </c>
+      <c r="E17" s="14" t="n">
+        <v>326.1</v>
+      </c>
+      <c r="F17" s="14" t="n">
+        <v>171.4</v>
+      </c>
+      <c r="G17" s="14" t="n">
+        <v>2850.4</v>
+      </c>
+      <c r="H17" s="14" t="n">
+        <v>105.1</v>
+      </c>
+      <c r="I17" s="14" t="n">
+        <v>5398.3</v>
+      </c>
+      <c r="J17" s="14" t="n">
+        <v>476.8</v>
+      </c>
+      <c r="K17" s="14" t="n">
+        <v>1104.5</v>
+      </c>
+      <c r="L17" s="14" t="n">
+        <v>1754.1</v>
+      </c>
+      <c r="M17" s="14" t="n">
+        <v>2496.4</v>
+      </c>
+      <c r="N17" s="14" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="O17" s="14" t="n">
+        <v>206345.8</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    2020</t>
+        </is>
+      </c>
+      <c r="B18" s="14" t="n">
         <v>133.8</v>
       </c>
-      <c r="C17" s="14" t="n">
-[...8 lines deleted...]
-      <c r="F17" s="14" t="n">
+      <c r="C18" s="14" t="n">
+        <v>35346.2</v>
+      </c>
+      <c r="D18" s="14" t="n">
+        <v>20922.9</v>
+      </c>
+      <c r="E18" s="14" t="n">
+        <v>777.5</v>
+      </c>
+      <c r="F18" s="14" t="n">
         <v>215.4</v>
       </c>
-      <c r="G17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="H17" s="14" t="n">
+      <c r="G18" s="14" t="n">
+        <v>1332.6</v>
+      </c>
+      <c r="H18" s="14" t="n">
         <v>345.6</v>
       </c>
-      <c r="I17" s="14" t="n">
-[...40 lines deleted...]
-      <c r="O18" s="6"/>
+      <c r="I18" s="14" t="n">
+        <v>4240.6</v>
+      </c>
+      <c r="J18" s="14" t="n">
+        <v>456.3</v>
+      </c>
+      <c r="K18" s="14" t="n">
+        <v>2738.8</v>
+      </c>
+      <c r="L18" s="14" t="n">
+        <v>3108.0</v>
+      </c>
+      <c r="M18" s="14" t="n">
+        <v>1208.5</v>
+      </c>
+      <c r="N18" s="14" t="n">
+        <v>48.8</v>
+      </c>
+      <c r="O18" s="14" t="n">
+        <v>35528.8</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09.1 Residuos animales y de productos alimenticios mezclados NP</t>
+          <t xml:space="preserve">    2018</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>0.0</v>
+        <v>14125.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>207589.3</v>
+        <v>2450592.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>206615.0</v>
+        <v>863509.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>39.7</v>
+        <v>94038.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>0.0</v>
+        <v>28595.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>0.0</v>
+        <v>199196.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>0.0</v>
+        <v>21638.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>848.6</v>
+        <v>502258.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>6.1</v>
+        <v>82260.0</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>0.2</v>
+        <v>201324.0</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>29.8</v>
+        <v>389219.0</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>49.9</v>
+        <v>68556.0</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>0.2</v>
+        <v>6885.0</v>
       </c>
       <c r="O19" s="14" t="n">
-        <v>207589.5</v>
+        <v>2471603.0</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="7" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A20" s="6" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+      <c r="M20" s="6"/>
+      <c r="N20" s="6"/>
+      <c r="O20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    10.1 Residuos domésticos y similares NP</t>
+          <t xml:space="preserve">    2022</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>22.2</v>
+        <v>29.3</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>206293.3</v>
+        <v>565201.9</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>191610.2</v>
+        <v>536544.8</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>326.1</v>
+        <v>600.1</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>171.4</v>
+        <v>198.6</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>2850.4</v>
+        <v>2869.6</v>
       </c>
       <c r="H21" s="14" t="n">
         <v>105.1</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>5398.3</v>
+        <v>17169.2</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>476.8</v>
+        <v>833.1</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>1104.5</v>
+        <v>1297.2</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>1754.1</v>
+        <v>2817.4</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>2496.4</v>
+        <v>2766.8</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>30.3</v>
+        <v>48.8</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>206345.8</v>
+        <v>565280.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    TOTAL</t>
+          <t xml:space="preserve">    2020</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>29.3</v>
+        <v>133.8</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>565201.9</v>
+        <v>524374.3</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>536544.8</v>
+        <v>501601.7</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>600.1</v>
+        <v>1121.7</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>198.6</v>
+        <v>215.4</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>2869.6</v>
+        <v>1333.4</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>105.1</v>
+        <v>345.6</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>17169.2</v>
+        <v>11979.1</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>833.1</v>
+        <v>460.8</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>1297.2</v>
+        <v>2797.4</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>2817.4</v>
+        <v>3305.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>2766.8</v>
+        <v>1214.2</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>48.8</v>
+        <v>327.9</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>565280.0</v>
-[...12 lines deleted...]
-          <t xml:space="preserve">Fuente: </t>
+        <v>524836.0</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    2018</t>
+        </is>
+      </c>
+      <c r="B23" s="14" t="n">
+        <v>14145.0</v>
+      </c>
+      <c r="C23" s="14" t="n">
+        <v>1.7833069E7</v>
+      </c>
+      <c r="D23" s="14" t="n">
+        <v>1.5901896E7</v>
+      </c>
+      <c r="E23" s="14" t="n">
+        <v>122748.0</v>
+      </c>
+      <c r="F23" s="14" t="n">
+        <v>28595.0</v>
+      </c>
+      <c r="G23" s="14" t="n">
+        <v>200003.0</v>
+      </c>
+      <c r="H23" s="14" t="n">
+        <v>21872.0</v>
+      </c>
+      <c r="I23" s="14" t="n">
+        <v>794014.0</v>
+      </c>
+      <c r="J23" s="14" t="n">
+        <v>84688.0</v>
+      </c>
+      <c r="K23" s="14" t="n">
+        <v>206425.0</v>
+      </c>
+      <c r="L23" s="14" t="n">
+        <v>402398.0</v>
+      </c>
+      <c r="M23" s="14" t="n">
+        <v>70430.0</v>
+      </c>
+      <c r="N23" s="14" t="n">
+        <v>13014.0</v>
+      </c>
+      <c r="O23" s="14" t="n">
+        <v>1.7860228E7</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="5" t="inlineStr">
+        <is>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="28">
-      <c r="A28" t="inlineStr">
+      <c r="A28" s="5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Source: </t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="9">
+  <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:O8"/>
-    <mergeCell ref="A13:O13"/>
-    <mergeCell ref="A18:O18"/>
+    <mergeCell ref="A12:O12"/>
+    <mergeCell ref="A16:O16"/>
+    <mergeCell ref="A20:O20"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>