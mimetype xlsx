--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-39562" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67536" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -272,68 +272,68 @@
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Serie 2012-2022</t>
+          <t>Cuentas y estadísticas medioambientales</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Residuo alimentario</t>
+          <t>Estadísticas sobre generación de residuos en el sector industrial</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>