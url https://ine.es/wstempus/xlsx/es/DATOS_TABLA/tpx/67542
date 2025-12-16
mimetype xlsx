--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-50244" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67542" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -220,107 +220,109 @@
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom style="thin">
         <color indexed="9"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
-      <alignment horizontal="left"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K23"/>
+  <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
+    <col min="3" max="3" width="19.53125" customWidth="true"/>
+    <col min="4" max="4" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Residuo alimentario</t>
+          <t>Generación de residuos en el sector servicios y construcción</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Residuo alimentario en el sector construcción</t>
+          <t>Generación de residuos en el sector construcción</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
@@ -369,170 +371,161 @@
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>F Construcción. Divisiones 41, 42 y 43</t>
         </is>
       </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
     </row>
     <row r="8">
-      <c r="A8" s="6" t="inlineStr">
+      <c r="A8" s="12" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="B8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="B8" s="6"/>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
     </row>
     <row r="9">
-      <c r="A9" s="7" t="inlineStr">
-[...1 lines deleted...]
-          <t xml:space="preserve">    Total residuo alimentario</t>
+      <c r="A9" s="6" t="inlineStr">
+        <is>
+          <t>09.1 Residuos animales y de productos alimenticios mezclados NP</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="C9" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="D9" s="14" t="n">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="6" t="inlineStr">
+        <is>
+          <t>09.2 Residuos vegetales NP</t>
+        </is>
+      </c>
+      <c r="B10" s="14" t="n">
+        <v>83.0</v>
+      </c>
+      <c r="C10" s="14" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="D10" s="14" t="n">
+        <v>72.4</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="6" t="inlineStr">
+        <is>
+          <t>10.1 Residuos domesticos y similares NP</t>
+        </is>
+      </c>
+      <c r="B11" s="14" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="C11" s="14" t="n">
+        <v>72.1</v>
+      </c>
+      <c r="D11" s="14" t="n">
+        <v>27.1</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="6" t="inlineStr">
+        <is>
+          <t>Total residuo alimentario</t>
+        </is>
+      </c>
+      <c r="B12" s="14" t="n">
         <v>100.0</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="B14" s="14" t="n">
+      <c r="C12" s="14" t="n">
         <v>100.0</v>
       </c>
+      <c r="D12" s="14" t="n">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="15">
-      <c r="A15" s="7" t="inlineStr">
-[...15 lines deleted...]
-        <v>72.4</v>
+      <c r="A15" s="5" t="inlineStr">
+        <is>
+          <t>Notas:</t>
+        </is>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="7" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A22" s="5" t="inlineStr">
+      <c r="A17" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="8">
+  <mergeCells count="7">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:B8"/>
-    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="B7:D7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>