--- v1 (2025-12-16)
+++ v2 (2026-03-03)
@@ -329,51 +329,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Distribución porcentual del residuo alimentario por actividad económica (CNAE-2009)</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: porcentaje</t>
+          <t>Units: porcentaje</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -463,58 +463,58 @@
         <v>72.1</v>
       </c>
       <c r="D11" s="14" t="n">
         <v>27.1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Total residuo alimentario</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="C12" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="D12" s="14" t="n">
         <v>100.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:D7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>