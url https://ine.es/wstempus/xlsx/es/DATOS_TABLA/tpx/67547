--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-48824" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67547" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:IA42"/>
+  <dimension ref="A1:IS39"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -485,107 +485,125 @@
     <col min="211" max="211" width="19.53125" customWidth="true"/>
     <col min="212" max="212" width="19.53125" customWidth="true"/>
     <col min="213" max="213" width="19.53125" customWidth="true"/>
     <col min="214" max="214" width="19.53125" customWidth="true"/>
     <col min="215" max="215" width="19.53125" customWidth="true"/>
     <col min="216" max="216" width="19.53125" customWidth="true"/>
     <col min="217" max="217" width="19.53125" customWidth="true"/>
     <col min="218" max="218" width="19.53125" customWidth="true"/>
     <col min="219" max="219" width="19.53125" customWidth="true"/>
     <col min="220" max="220" width="19.53125" customWidth="true"/>
     <col min="221" max="221" width="19.53125" customWidth="true"/>
     <col min="222" max="222" width="19.53125" customWidth="true"/>
     <col min="223" max="223" width="19.53125" customWidth="true"/>
     <col min="224" max="224" width="19.53125" customWidth="true"/>
     <col min="225" max="225" width="19.53125" customWidth="true"/>
     <col min="226" max="226" width="19.53125" customWidth="true"/>
     <col min="227" max="227" width="19.53125" customWidth="true"/>
     <col min="228" max="228" width="19.53125" customWidth="true"/>
     <col min="229" max="229" width="19.53125" customWidth="true"/>
     <col min="230" max="230" width="19.53125" customWidth="true"/>
     <col min="231" max="231" width="19.53125" customWidth="true"/>
     <col min="232" max="232" width="19.53125" customWidth="true"/>
     <col min="233" max="233" width="19.53125" customWidth="true"/>
     <col min="234" max="234" width="19.53125" customWidth="true"/>
     <col min="235" max="235" width="19.53125" customWidth="true"/>
+    <col min="236" max="236" width="19.53125" customWidth="true"/>
+    <col min="237" max="237" width="19.53125" customWidth="true"/>
+    <col min="238" max="238" width="19.53125" customWidth="true"/>
+    <col min="239" max="239" width="19.53125" customWidth="true"/>
+    <col min="240" max="240" width="19.53125" customWidth="true"/>
+    <col min="241" max="241" width="19.53125" customWidth="true"/>
+    <col min="242" max="242" width="19.53125" customWidth="true"/>
+    <col min="243" max="243" width="19.53125" customWidth="true"/>
+    <col min="244" max="244" width="19.53125" customWidth="true"/>
+    <col min="245" max="245" width="19.53125" customWidth="true"/>
+    <col min="246" max="246" width="19.53125" customWidth="true"/>
+    <col min="247" max="247" width="19.53125" customWidth="true"/>
+    <col min="248" max="248" width="19.53125" customWidth="true"/>
+    <col min="249" max="249" width="19.53125" customWidth="true"/>
+    <col min="250" max="250" width="19.53125" customWidth="true"/>
+    <col min="251" max="251" width="19.53125" customWidth="true"/>
+    <col min="252" max="252" width="19.53125" customWidth="true"/>
+    <col min="253" max="253" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Medio ambiente</t>
+          <t>Cuentas y estadísticas medioambientales</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Residuos urbanos</t>
+          <t>Estadística sobre recogida y tratamiento de residuos</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Cantidad de residuos urbanos recogidos clasificados por tipo deresiduo, periodo y comunidades autónomas</t>
+          <t>Cantidad de residuos municipales recogidos clasificados por tipo de residuo, periodo y comunidades autónomas</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Unidades: Toneladas</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
@@ -612,10154 +630,10910 @@
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Total nacional</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="O7" s="6"/>
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>Andalucía</t>
         </is>
       </c>
-      <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
-      <c r="AB7" s="6" t="inlineStr">
+      <c r="AB7" s="6"/>
+      <c r="AC7" s="6"/>
+      <c r="AD7" s="6" t="inlineStr">
         <is>
           <t>Aragón</t>
         </is>
       </c>
-      <c r="AC7" s="6"/>
-      <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
-      <c r="AO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
-      <c r="AR7" s="6"/>
+      <c r="AR7" s="6" t="inlineStr">
+        <is>
+          <t>Asturias, Principado de</t>
+        </is>
+      </c>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
-      <c r="BB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
-      <c r="BF7" s="6"/>
+      <c r="BF7" s="6" t="inlineStr">
+        <is>
+          <t>Balears, Illes</t>
+        </is>
+      </c>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
-      <c r="BO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
-      <c r="BT7" s="6"/>
+      <c r="BT7" s="6" t="inlineStr">
+        <is>
+          <t>Canarias</t>
+        </is>
+      </c>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
-      <c r="CB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
-      <c r="CH7" s="6"/>
+      <c r="CH7" s="6" t="inlineStr">
+        <is>
+          <t>Cantabria</t>
+        </is>
+      </c>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
-      <c r="CO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
-      <c r="CV7" s="6"/>
+      <c r="CV7" s="6" t="inlineStr">
+        <is>
+          <t>Castilla y León</t>
+        </is>
+      </c>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
-      <c r="DB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
-      <c r="DJ7" s="6"/>
+      <c r="DJ7" s="6" t="inlineStr">
+        <is>
+          <t>Castilla - La Mancha</t>
+        </is>
+      </c>
       <c r="DK7" s="6"/>
       <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
-      <c r="DO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DO7" s="6"/>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
       <c r="DR7" s="6"/>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
-      <c r="DX7" s="6"/>
+      <c r="DX7" s="6" t="inlineStr">
+        <is>
+          <t>Cataluña</t>
+        </is>
+      </c>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
-      <c r="EB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
-      <c r="EL7" s="6"/>
+      <c r="EL7" s="6" t="inlineStr">
+        <is>
+          <t>Comunitat Valenciana</t>
+        </is>
+      </c>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
-      <c r="EO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
       <c r="ET7" s="6"/>
       <c r="EU7" s="6"/>
       <c r="EV7" s="6"/>
       <c r="EW7" s="6"/>
       <c r="EX7" s="6"/>
       <c r="EY7" s="6"/>
-      <c r="EZ7" s="6"/>
+      <c r="EZ7" s="6" t="inlineStr">
+        <is>
+          <t>Extremadura</t>
+        </is>
+      </c>
       <c r="FA7" s="6"/>
-      <c r="FB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
       <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
       <c r="FH7" s="6"/>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
-      <c r="FN7" s="6"/>
-[...4 lines deleted...]
-      </c>
+      <c r="FN7" s="6" t="inlineStr">
+        <is>
+          <t>Galicia</t>
+        </is>
+      </c>
+      <c r="FO7" s="6"/>
       <c r="FP7" s="6"/>
       <c r="FQ7" s="6"/>
       <c r="FR7" s="6"/>
       <c r="FS7" s="6"/>
       <c r="FT7" s="6"/>
       <c r="FU7" s="6"/>
       <c r="FV7" s="6"/>
       <c r="FW7" s="6"/>
       <c r="FX7" s="6"/>
       <c r="FY7" s="6"/>
       <c r="FZ7" s="6"/>
       <c r="GA7" s="6"/>
       <c r="GB7" s="6" t="inlineStr">
         <is>
-          <t>Murcia, Región de</t>
+          <t>Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="GC7" s="6"/>
       <c r="GD7" s="6"/>
       <c r="GE7" s="6"/>
       <c r="GF7" s="6"/>
       <c r="GG7" s="6"/>
       <c r="GH7" s="6"/>
       <c r="GI7" s="6"/>
       <c r="GJ7" s="6"/>
       <c r="GK7" s="6"/>
       <c r="GL7" s="6"/>
       <c r="GM7" s="6"/>
       <c r="GN7" s="6"/>
-      <c r="GO7" s="6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="GP7" s="6"/>
+      <c r="GO7" s="6"/>
+      <c r="GP7" s="6" t="inlineStr">
+        <is>
+          <t>Murcia, Región de</t>
+        </is>
+      </c>
       <c r="GQ7" s="6"/>
       <c r="GR7" s="6"/>
       <c r="GS7" s="6"/>
       <c r="GT7" s="6"/>
       <c r="GU7" s="6"/>
       <c r="GV7" s="6"/>
       <c r="GW7" s="6"/>
       <c r="GX7" s="6"/>
       <c r="GY7" s="6"/>
       <c r="GZ7" s="6"/>
       <c r="HA7" s="6"/>
-      <c r="HB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="HB7" s="6"/>
       <c r="HC7" s="6"/>
-      <c r="HD7" s="6"/>
+      <c r="HD7" s="6" t="inlineStr">
+        <is>
+          <t>Navarra, Comunidad Foral de</t>
+        </is>
+      </c>
       <c r="HE7" s="6"/>
       <c r="HF7" s="6"/>
       <c r="HG7" s="6"/>
       <c r="HH7" s="6"/>
       <c r="HI7" s="6"/>
       <c r="HJ7" s="6"/>
       <c r="HK7" s="6"/>
       <c r="HL7" s="6"/>
       <c r="HM7" s="6"/>
       <c r="HN7" s="6"/>
-      <c r="HO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="HO7" s="6"/>
       <c r="HP7" s="6"/>
       <c r="HQ7" s="6"/>
-      <c r="HR7" s="6"/>
+      <c r="HR7" s="6" t="inlineStr">
+        <is>
+          <t>País Vasco</t>
+        </is>
+      </c>
       <c r="HS7" s="6"/>
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
+      <c r="IB7" s="6"/>
+      <c r="IC7" s="6"/>
+      <c r="ID7" s="6"/>
+      <c r="IE7" s="6"/>
+      <c r="IF7" s="6" t="inlineStr">
+        <is>
+          <t>Rioja, La</t>
+        </is>
+      </c>
+      <c r="IG7" s="6"/>
+      <c r="IH7" s="6"/>
+      <c r="II7" s="6"/>
+      <c r="IJ7" s="6"/>
+      <c r="IK7" s="6"/>
+      <c r="IL7" s="6"/>
+      <c r="IM7" s="6"/>
+      <c r="IN7" s="6"/>
+      <c r="IO7" s="6"/>
+      <c r="IP7" s="6"/>
+      <c r="IQ7" s="6"/>
+      <c r="IR7" s="6"/>
+      <c r="IS7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IS8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>10.1.1 Residuos domésticos y similares (domésticos y vías públicas)</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>1.610593E7</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>1.6984892E7</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>1.6854362E7</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>1.6452778E7</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>1.7034229E7</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>1.7611068E7</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>1.7457709E7</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>1.7141367E7</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>1.7106176E7</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>1.6886941E7</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>1.7320704E7</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>1.7911466E7</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>1.8291848E7</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>1.8808667E7</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
+        <v>3794548.0</v>
+      </c>
+      <c r="Q9" s="14" t="n">
         <v>4007088.0</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>3921264.0</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>3792794.0</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>3571331.0</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>3755593.0</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>3493910.0</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>3545590.0</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>3479079.0</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>3437380.0</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>3825590.0</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>4134974.0</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>3796057.0</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>4213174.0</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
+        <v>432984.0</v>
+      </c>
+      <c r="AE9" s="14" t="n">
         <v>445320.0</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>454672.0</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>450797.0</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>464876.0</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>475448.0</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>470023.0</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>454709.0</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>449639.0</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>444074.0</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>440763.0</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>459778.0</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>487574.0</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>479442.0</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
+        <v>363945.0</v>
+      </c>
+      <c r="AS9" s="14" t="n">
         <v>380196.0</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>387187.0</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>360808.0</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>371569.0</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>388505.0</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>384797.0</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>395702.0</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>388188.0</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>378646.0</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>379965.0</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>397887.0</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>429491.0</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>444310.0</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
+        <v>542203.0</v>
+      </c>
+      <c r="BG9" s="14" t="n">
         <v>543679.0</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>503732.0</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>485992.0</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>638631.0</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>672375.0</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>665699.0</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
         <v>690919.0</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BN9" s="14" t="n">
         <v>740768.0</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>592710.0</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>580790.0</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>656391.0</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>728073.0</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>686634.0</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
+        <v>1019446.0</v>
+      </c>
+      <c r="BU9" s="14" t="n">
         <v>1023442.0</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
         <v>979325.0</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BW9" s="14" t="n">
         <v>882886.0</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>1029102.0</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>1128714.0</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
         <v>1123413.0</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="CA9" s="14" t="n">
         <v>1073045.0</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>1108156.0</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>1090966.0</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
         <v>1052980.0</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="CE9" s="14" t="n">
         <v>1134763.0</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CF9" s="14" t="n">
         <v>1151544.0</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>1220612.0</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
+        <v>239516.0</v>
+      </c>
+      <c r="CI9" s="14" t="n">
         <v>239578.0</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>244288.0</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>239966.0</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>246898.0</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>246839.0</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
         <v>240509.0</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CO9" s="14" t="n">
         <v>241085.0</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>240609.0</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>235816.0</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>236156.0</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
         <v>246177.0</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CT9" s="14" t="n">
         <v>259307.0</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>259965.0</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
+        <v>849025.0</v>
+      </c>
+      <c r="CW9" s="14" t="n">
         <v>830057.0</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="CX9" s="14" t="n">
         <v>892278.0</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="CY9" s="14" t="n">
         <v>882539.0</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>899205.0</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>915396.0</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>898486.0</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>906336.0</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>918192.0</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>916318.0</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
         <v>838782.0</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="DG9" s="14" t="n">
         <v>923318.0</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>973608.0</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>887984.0</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
+        <v>779759.0</v>
+      </c>
+      <c r="DK9" s="14" t="n">
         <v>825296.0</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
         <v>773922.0</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DM9" s="14" t="n">
         <v>818154.0</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>816939.0</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
         <v>849572.0</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DP9" s="14" t="n">
         <v>802570.0</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>794580.0</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
         <v>822222.0</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DS9" s="14" t="n">
         <v>770997.0</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>777284.0</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>826883.0</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>1010610.0</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>968613.0</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
+        <v>1755756.0</v>
+      </c>
+      <c r="DY9" s="14" t="n">
         <v>1953130.0</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>2020834.0</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>2060770.0</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>2201896.0</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>2216496.0</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>2350780.0</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
         <v>2276881.0</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="EF9" s="14" t="n">
         <v>2283180.0</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
         <v>2402829.0</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="EH9" s="14" t="n">
         <v>2495715.0</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>2334367.0</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>2570746.0</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>2441711.0</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
+        <v>1907739.0</v>
+      </c>
+      <c r="EM9" s="14" t="n">
         <v>2005244.0</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>1967712.0</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>1949731.0</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
         <v>2040908.0</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EQ9" s="14" t="n">
         <v>2050369.0</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>2014008.0</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>1855269.0</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>1865704.0</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>1843503.0</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>1798999.0</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>1811419.0</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="EX9" s="14" t="n">
         <v>1805042.0</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="EY9" s="14" t="n">
         <v>1869060.0</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="EZ9" s="14" t="n">
+        <v>385755.0</v>
+      </c>
+      <c r="FA9" s="14" t="n">
         <v>403538.0</v>
       </c>
-      <c r="EP9" s="14" t="n">
+      <c r="FB9" s="14" t="n">
         <v>427842.0</v>
       </c>
-      <c r="EQ9" s="14" t="n">
+      <c r="FC9" s="14" t="n">
         <v>427468.0</v>
       </c>
-      <c r="ER9" s="14" t="n">
+      <c r="FD9" s="14" t="n">
         <v>405019.0</v>
       </c>
-      <c r="ES9" s="14" t="n">
+      <c r="FE9" s="14" t="n">
         <v>425445.0</v>
       </c>
-      <c r="ET9" s="14" t="n">
+      <c r="FF9" s="14" t="n">
         <v>425308.0</v>
       </c>
-      <c r="EU9" s="14" t="n">
+      <c r="FG9" s="14" t="n">
         <v>398673.0</v>
       </c>
-      <c r="EV9" s="14" t="n">
+      <c r="FH9" s="14" t="n">
         <v>405565.0</v>
       </c>
-      <c r="EW9" s="14" t="n">
+      <c r="FI9" s="14" t="n">
         <v>404418.0</v>
       </c>
-      <c r="EX9" s="14" t="n">
+      <c r="FJ9" s="14" t="n">
         <v>391583.0</v>
       </c>
-      <c r="EY9" s="14" t="n">
+      <c r="FK9" s="14" t="n">
         <v>428571.0</v>
       </c>
-      <c r="EZ9" s="14" t="n">
+      <c r="FL9" s="14" t="n">
         <v>450878.0</v>
       </c>
-      <c r="FA9" s="14" t="n">
+      <c r="FM9" s="14" t="n">
         <v>491529.0</v>
       </c>
-      <c r="FB9" s="14" t="n">
+      <c r="FN9" s="14" t="n">
+        <v>904999.0</v>
+      </c>
+      <c r="FO9" s="14" t="n">
         <v>911829.0</v>
       </c>
-      <c r="FC9" s="14" t="n">
+      <c r="FP9" s="14" t="n">
         <v>926558.0</v>
       </c>
-      <c r="FD9" s="14" t="n">
+      <c r="FQ9" s="14" t="n">
         <v>924891.0</v>
       </c>
-      <c r="FE9" s="14" t="n">
+      <c r="FR9" s="14" t="n">
         <v>971791.0</v>
       </c>
-      <c r="FF9" s="14" t="n">
+      <c r="FS9" s="14" t="n">
         <v>940395.0</v>
       </c>
-      <c r="FG9" s="14" t="n">
+      <c r="FT9" s="14" t="n">
         <v>938191.0</v>
       </c>
-      <c r="FH9" s="14" t="n">
+      <c r="FU9" s="14" t="n">
         <v>933618.0</v>
       </c>
-      <c r="FI9" s="14" t="n">
+      <c r="FV9" s="14" t="n">
         <v>925608.0</v>
       </c>
-      <c r="FJ9" s="14" t="n">
+      <c r="FW9" s="14" t="n">
         <v>923724.0</v>
       </c>
-      <c r="FK9" s="14" t="n">
+      <c r="FX9" s="14" t="n">
         <v>906675.0</v>
       </c>
-      <c r="FL9" s="14" t="n">
+      <c r="FY9" s="14" t="n">
         <v>930930.0</v>
       </c>
-      <c r="FM9" s="14" t="n">
+      <c r="FZ9" s="14" t="n">
         <v>983351.0</v>
       </c>
-      <c r="FN9" s="14" t="n">
+      <c r="GA9" s="14" t="n">
         <v>1002349.0</v>
       </c>
-      <c r="FO9" s="14" t="n">
+      <c r="GB9" s="14" t="n">
+        <v>1634876.0</v>
+      </c>
+      <c r="GC9" s="14" t="n">
         <v>1877492.0</v>
       </c>
-      <c r="FP9" s="14" t="n">
+      <c r="GD9" s="14" t="n">
         <v>1745906.0</v>
       </c>
-      <c r="FQ9" s="14" t="n">
+      <c r="GE9" s="14" t="n">
         <v>1745124.0</v>
       </c>
-      <c r="FR9" s="14" t="n">
+      <c r="GF9" s="14" t="n">
         <v>1903917.0</v>
       </c>
-      <c r="FS9" s="14" t="n">
+      <c r="GG9" s="14" t="n">
         <v>1996857.0</v>
       </c>
-      <c r="FT9" s="14" t="n">
+      <c r="GH9" s="14" t="n">
         <v>2159053.0</v>
       </c>
-      <c r="FU9" s="14" t="n">
+      <c r="GI9" s="14" t="n">
         <v>2017961.0</v>
       </c>
-      <c r="FV9" s="14" t="n">
+      <c r="GJ9" s="14" t="n">
         <v>1929269.0</v>
       </c>
-      <c r="FW9" s="14" t="n">
+      <c r="GK9" s="14" t="n">
         <v>1977666.0</v>
       </c>
-      <c r="FX9" s="14" t="n">
+      <c r="GL9" s="14" t="n">
         <v>1897284.0</v>
       </c>
-      <c r="FY9" s="14" t="n">
+      <c r="GM9" s="14" t="n">
         <v>1947739.0</v>
       </c>
-      <c r="FZ9" s="14" t="n">
+      <c r="GN9" s="14" t="n">
         <v>2062422.0</v>
       </c>
-      <c r="GA9" s="14" t="n">
+      <c r="GO9" s="14" t="n">
         <v>2108673.0</v>
       </c>
-      <c r="GB9" s="14" t="n">
+      <c r="GP9" s="14" t="n">
+        <v>683803.0</v>
+      </c>
+      <c r="GQ9" s="14" t="n">
         <v>699801.0</v>
       </c>
-      <c r="GC9" s="14" t="n">
+      <c r="GR9" s="14" t="n">
         <v>729137.0</v>
       </c>
-      <c r="GD9" s="14" t="n">
+      <c r="GS9" s="14" t="n">
         <v>679146.0</v>
       </c>
-      <c r="GE9" s="14" t="n">
+      <c r="GT9" s="14" t="n">
         <v>658403.0</v>
       </c>
-      <c r="GF9" s="14" t="n">
+      <c r="GU9" s="14" t="n">
         <v>639712.0</v>
       </c>
-      <c r="GG9" s="14" t="n">
+      <c r="GV9" s="14" t="n">
         <v>640121.0</v>
       </c>
-      <c r="GH9" s="14" t="n">
+      <c r="GW9" s="14" t="n">
         <v>613940.0</v>
       </c>
-      <c r="GI9" s="14" t="n">
+      <c r="GX9" s="14" t="n">
         <v>589409.0</v>
       </c>
-      <c r="GJ9" s="14" t="n">
+      <c r="GY9" s="14" t="n">
         <v>596188.0</v>
       </c>
-      <c r="GK9" s="14" t="n">
+      <c r="GZ9" s="14" t="n">
         <v>606321.0</v>
       </c>
-      <c r="GL9" s="14" t="n">
+      <c r="HA9" s="14" t="n">
         <v>579368.0</v>
       </c>
-      <c r="GM9" s="14" t="n">
+      <c r="HB9" s="14" t="n">
         <v>577721.0</v>
       </c>
-      <c r="GN9" s="14" t="n">
+      <c r="HC9" s="14" t="n">
         <v>711540.0</v>
       </c>
-      <c r="GO9" s="14" t="n">
+      <c r="HD9" s="14" t="n">
+        <v>133178.0</v>
+      </c>
+      <c r="HE9" s="14" t="n">
         <v>142884.0</v>
       </c>
-      <c r="GP9" s="14" t="n">
+      <c r="HF9" s="14" t="n">
         <v>164038.0</v>
       </c>
-      <c r="GQ9" s="14" t="n">
+      <c r="HG9" s="14" t="n">
         <v>152871.0</v>
       </c>
-      <c r="GR9" s="14" t="n">
+      <c r="HH9" s="14" t="n">
         <v>156524.0</v>
       </c>
-      <c r="GS9" s="14" t="n">
+      <c r="HI9" s="14" t="n">
         <v>153346.0</v>
       </c>
-      <c r="GT9" s="14" t="n">
+      <c r="HJ9" s="14" t="n">
         <v>156189.0</v>
       </c>
-      <c r="GU9" s="14" t="n">
+      <c r="HK9" s="14" t="n">
         <v>153238.0</v>
       </c>
-      <c r="GV9" s="14" t="n">
+      <c r="HL9" s="14" t="n">
         <v>158723.0</v>
       </c>
-      <c r="GW9" s="14" t="n">
+      <c r="HM9" s="14" t="n">
         <v>161882.0</v>
       </c>
-      <c r="GX9" s="14" t="n">
+      <c r="HN9" s="14" t="n">
         <v>170106.0</v>
       </c>
-      <c r="GY9" s="14" t="n">
+      <c r="HO9" s="14" t="n">
         <v>174865.0</v>
       </c>
-      <c r="GZ9" s="14" t="n">
+      <c r="HP9" s="14" t="n">
         <v>180874.0</v>
       </c>
-      <c r="HA9" s="14" t="n">
+      <c r="HQ9" s="14" t="n">
         <v>185635.0</v>
       </c>
-      <c r="HB9" s="14" t="n">
+      <c r="HR9" s="14" t="n">
+        <v>516777.0</v>
+      </c>
+      <c r="HS9" s="14" t="n">
         <v>530840.0</v>
       </c>
-      <c r="HC9" s="14" t="n">
+      <c r="HT9" s="14" t="n">
         <v>540177.0</v>
       </c>
-      <c r="HD9" s="14" t="n">
+      <c r="HU9" s="14" t="n">
         <v>421630.0</v>
       </c>
-      <c r="HE9" s="14" t="n">
+      <c r="HV9" s="14" t="n">
         <v>479547.0</v>
       </c>
-      <c r="HF9" s="14" t="n">
+      <c r="HW9" s="14" t="n">
         <v>609079.0</v>
       </c>
-      <c r="HG9" s="14" t="n">
+      <c r="HX9" s="14" t="n">
         <v>550836.0</v>
       </c>
-      <c r="HH9" s="14" t="n">
+      <c r="HY9" s="14" t="n">
         <v>640017.0</v>
       </c>
-      <c r="HI9" s="14" t="n">
+      <c r="HZ9" s="14" t="n">
         <v>659754.0</v>
       </c>
-      <c r="HJ9" s="14" t="n">
+      <c r="IA9" s="14" t="n">
         <v>564187.0</v>
       </c>
-      <c r="HK9" s="14" t="n">
+      <c r="IB9" s="14" t="n">
         <v>779441.0</v>
       </c>
-      <c r="HL9" s="14" t="n">
+      <c r="IC9" s="14" t="n">
         <v>769912.0</v>
       </c>
-      <c r="HM9" s="14" t="n">
+      <c r="ID9" s="14" t="n">
         <v>680888.0</v>
       </c>
-      <c r="HN9" s="14" t="n">
+      <c r="IE9" s="14" t="n">
         <v>694220.0</v>
       </c>
-      <c r="HO9" s="14" t="n">
+      <c r="IF9" s="14" t="n">
+        <v>97240.0</v>
+      </c>
+      <c r="IG9" s="14" t="n">
         <v>100438.0</v>
       </c>
-      <c r="HP9" s="14" t="n">
+      <c r="IH9" s="14" t="n">
         <v>101616.0</v>
       </c>
-      <c r="HQ9" s="14" t="n">
+      <c r="II9" s="14" t="n">
         <v>104279.0</v>
       </c>
-      <c r="HR9" s="14" t="n">
+      <c r="IJ9" s="14" t="n">
         <v>106913.0</v>
       </c>
-      <c r="HS9" s="14" t="n">
+      <c r="IK9" s="14" t="n">
         <v>107923.0</v>
       </c>
-      <c r="HT9" s="14" t="n">
+      <c r="IL9" s="14" t="n">
         <v>106943.0</v>
       </c>
-      <c r="HU9" s="14" t="n">
+      <c r="IM9" s="14" t="n">
         <v>106233.0</v>
       </c>
-      <c r="HV9" s="14" t="n">
+      <c r="IN9" s="14" t="n">
         <v>105254.0</v>
       </c>
-      <c r="HW9" s="14" t="n">
+      <c r="IO9" s="14" t="n">
         <v>104691.0</v>
       </c>
-      <c r="HX9" s="14" t="n">
+      <c r="IP9" s="14" t="n">
         <v>103026.0</v>
       </c>
-      <c r="HY9" s="14" t="n">
+      <c r="IQ9" s="14" t="n">
         <v>104789.0</v>
       </c>
-      <c r="HZ9" s="14" t="n">
+      <c r="IR9" s="14" t="n">
         <v>109774.0</v>
       </c>
-      <c r="IA9" s="14" t="n">
+      <c r="IS9" s="14" t="n">
         <v>111409.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>10.1.2 Residuos domésticos voluminosos mezclados (enseres domésticos)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>878378.0</v>
+        <v>955517.0</v>
       </c>
       <c r="C10" s="14" t="n">
+        <v>892810.0</v>
+      </c>
+      <c r="D10" s="14" t="n">
         <v>933432.0</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>876990.0</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>722423.0</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>673495.0</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>814281.0</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>910708.0</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>647373.0</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>643136.0</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>532122.0</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>403637.0</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>481780.0</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>586598.0</v>
       </c>
-      <c r="O10" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P10" s="14" t="n">
+        <v>268197.0</v>
+      </c>
+      <c r="Q10" s="14" t="n">
+        <v>246055.0</v>
+      </c>
+      <c r="R10" s="14" t="n">
         <v>278916.0</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>185587.0</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>186042.0</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>153300.0</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>380959.0</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>361986.0</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>255581.0</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>252293.0</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>181998.0</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>99589.0</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>152281.0</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>155836.0</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
+        <v>23254.0</v>
+      </c>
+      <c r="AE10" s="14" t="n">
         <v>27667.0</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>26873.0</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>22942.0</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>26284.0</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>24205.0</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>3391.0</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>3907.0</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>8087.0</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>8027.0</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>10902.0</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>4391.0</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>4693.0</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>14003.0</v>
       </c>
-      <c r="AO10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AP10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
+        <v>19616.0</v>
+      </c>
+      <c r="AS10" s="14" t="n">
+        <v>17191.0</v>
+      </c>
+      <c r="AT10" s="14" t="n">
         <v>15585.0</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>21459.0</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>15158.0</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>15404.0</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>8016.0</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>2222.0</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>15971.0</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>15728.0</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>9605.0</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>5563.0</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>5301.0</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>6488.0</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
+        <v>34557.0</v>
+      </c>
+      <c r="BG10" s="14" t="n">
         <v>30029.0</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>26107.0</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>33284.0</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>31178.0</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>65140.0</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>20453.0</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>7845.0</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>25968.0</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>20977.0</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>26407.0</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>3408.0</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>11405.0</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>10298.0</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
+        <v>35898.0</v>
+      </c>
+      <c r="BU10" s="14" t="n">
         <v>43681.0</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>42320.0</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>97470.0</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>42665.0</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>25440.0</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>22064.0</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>23555.0</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>36822.0</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>36599.0</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>19188.0</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>27410.0</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>29880.0</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>30371.0</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
+        <v>12987.0</v>
+      </c>
+      <c r="CI10" s="14" t="n">
         <v>25297.0</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>52088.0</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>30577.0</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>30062.0</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>23336.0</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>21135.0</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>23004.0</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>19841.0</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>19632.0</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>17504.0</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>17002.0</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>14905.0</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>8153.0</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
+        <v>39830.0</v>
+      </c>
+      <c r="CW10" s="14" t="n">
         <v>31973.0</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>36354.0</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>29480.0</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>26465.0</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>17151.0</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>28717.0</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>11829.0</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>13041.0</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>13139.0</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>14062.0</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>12644.0</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>23539.0</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>33977.0</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
+        <v>73246.0</v>
+      </c>
+      <c r="DK10" s="14" t="n">
         <v>59038.0</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>44867.0</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>46405.0</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>8269.0</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>9959.0</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>29996.0</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>86875.0</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>40640.0</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>38474.0</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>29375.0</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>13005.0</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>11306.0</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>31588.0</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
+        <v>148790.0</v>
+      </c>
+      <c r="DY10" s="14" t="n">
         <v>138787.0</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>137836.0</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>159747.0</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>135031.0</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>117245.0</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>105836.0</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>163348.0</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>94157.0</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>100042.0</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>86516.0</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>83700.0</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>55438.0</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>77627.0</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
+        <v>75439.0</v>
+      </c>
+      <c r="EM10" s="14" t="n">
         <v>73268.0</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>70315.0</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>70056.0</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>66030.0</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>100906.0</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>70823.0</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>82055.0</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>44483.0</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>44376.0</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>28634.0</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>45969.0</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>91753.0</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>59550.0</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
+        <v>14846.0</v>
+      </c>
+      <c r="FA10" s="14" t="n">
         <v>13598.0</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>19386.0</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>16704.0</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>26407.0</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>23809.0</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>13280.0</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>17444.0</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>4207.0</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>4236.0</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>3695.0</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>5628.0</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>6465.0</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>16706.0</v>
       </c>
-      <c r="FB10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
+        <v>20806.0</v>
+      </c>
+      <c r="FO10" s="14" t="n">
         <v>21840.0</v>
       </c>
-      <c r="FC10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>34056.0</v>
       </c>
-      <c r="FD10" s="14" t="n">
+      <c r="FQ10" s="14" t="n">
         <v>15924.0</v>
       </c>
-      <c r="FE10" s="14" t="n">
+      <c r="FR10" s="14" t="n">
         <v>16269.0</v>
       </c>
-      <c r="FF10" s="14" t="n">
+      <c r="FS10" s="14" t="n">
         <v>13508.0</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="FT10" s="14" t="n">
         <v>12507.0</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="FU10" s="14" t="n">
         <v>12217.0</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="FV10" s="14" t="n">
         <v>14872.0</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="FW10" s="14" t="n">
         <v>14984.0</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>8990.0</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>9232.0</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>21650.0</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>23130.0</v>
       </c>
-      <c r="FO10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
+        <v>109657.0</v>
+      </c>
+      <c r="GC10" s="14" t="n">
         <v>89320.0</v>
       </c>
-      <c r="FP10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>72948.0</v>
       </c>
-      <c r="FQ10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>65503.0</v>
       </c>
-      <c r="FR10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>49665.0</v>
       </c>
-      <c r="FS10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>27001.0</v>
       </c>
-      <c r="FT10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>44938.0</v>
       </c>
-      <c r="FU10" s="14" t="n">
+      <c r="GI10" s="14" t="n">
         <v>59683.0</v>
       </c>
-      <c r="FV10" s="14" t="n">
+      <c r="GJ10" s="14" t="n">
         <v>50243.0</v>
       </c>
-      <c r="FW10" s="14" t="n">
+      <c r="GK10" s="14" t="n">
         <v>51997.0</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="GL10" s="14" t="n">
         <v>51035.0</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="GM10" s="14" t="n">
         <v>51972.0</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>30682.0</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>66879.0</v>
       </c>
-      <c r="GB10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
+        <v>23581.0</v>
+      </c>
+      <c r="GQ10" s="14" t="n">
+        <v>25617.0</v>
+      </c>
+      <c r="GR10" s="14" t="n">
         <v>23186.0</v>
       </c>
-      <c r="GD10" s="14" t="n">
+      <c r="GS10" s="14" t="n">
         <v>22672.0</v>
       </c>
-      <c r="GE10" s="14" t="n">
+      <c r="GT10" s="14" t="n">
         <v>13436.0</v>
       </c>
-      <c r="GF10" s="14" t="n">
+      <c r="GU10" s="14" t="n">
         <v>7768.0</v>
       </c>
-      <c r="GG10" s="14" t="n">
+      <c r="GV10" s="14" t="n">
         <v>13814.0</v>
       </c>
-      <c r="GH10" s="14" t="n">
+      <c r="GW10" s="14" t="n">
         <v>10283.0</v>
       </c>
-      <c r="GI10" s="14" t="n">
+      <c r="GX10" s="14" t="n">
         <v>11306.0</v>
       </c>
-      <c r="GJ10" s="14" t="n">
+      <c r="GY10" s="14" t="n">
         <v>11546.0</v>
       </c>
-      <c r="GK10" s="14" t="n">
+      <c r="GZ10" s="14" t="n">
         <v>3814.0</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="HA10" s="14" t="n">
         <v>3488.0</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="HB10" s="14" t="n">
         <v>1694.0</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="HC10" s="14" t="n">
         <v>15924.0</v>
       </c>
-      <c r="GO10" s="14" t="n">
+      <c r="HD10" s="14" t="n">
+        <v>17737.0</v>
+      </c>
+      <c r="HE10" s="14" t="n">
         <v>20468.0</v>
       </c>
-      <c r="GP10" s="14" t="n">
+      <c r="HF10" s="14" t="n">
         <v>20431.0</v>
       </c>
-      <c r="GQ10" s="14" t="n">
+      <c r="HG10" s="14" t="n">
         <v>22897.0</v>
       </c>
-      <c r="GR10" s="14" t="n">
+      <c r="HH10" s="14" t="n">
         <v>20662.0</v>
       </c>
-      <c r="GS10" s="14" t="n">
+      <c r="HI10" s="14" t="n">
         <v>20058.0</v>
       </c>
-      <c r="GT10" s="14" t="n">
+      <c r="HJ10" s="14" t="n">
         <v>16568.0</v>
       </c>
-      <c r="GU10" s="14" t="n">
+      <c r="HK10" s="14" t="n">
         <v>12147.0</v>
       </c>
-      <c r="GV10" s="14" t="n">
+      <c r="HL10" s="14" t="n">
         <v>2865.0</v>
       </c>
-      <c r="GW10" s="14" t="n">
+      <c r="HM10" s="14" t="n">
         <v>2950.0</v>
       </c>
-      <c r="GX10" s="14" t="n">
+      <c r="HN10" s="14" t="n">
         <v>9686.0</v>
       </c>
-      <c r="GY10" s="14" t="n">
+      <c r="HO10" s="14" t="n">
         <v>9262.0</v>
       </c>
-      <c r="GZ10" s="14" t="n">
+      <c r="HP10" s="14" t="n">
         <v>8984.0</v>
       </c>
-      <c r="HA10" s="14" t="n">
+      <c r="HQ10" s="14" t="n">
         <v>10709.0</v>
       </c>
-      <c r="HB10" s="14" t="n">
+      <c r="HR10" s="14" t="n">
+        <v>24962.0</v>
+      </c>
+      <c r="HS10" s="14" t="n">
         <v>23440.0</v>
       </c>
-      <c r="HC10" s="14" t="n">
+      <c r="HT10" s="14" t="n">
         <v>26635.0</v>
       </c>
-      <c r="HD10" s="14" t="n">
+      <c r="HU10" s="14" t="n">
         <v>32122.0</v>
       </c>
-      <c r="HE10" s="14" t="n">
+      <c r="HV10" s="14" t="n">
         <v>25525.0</v>
       </c>
-      <c r="HF10" s="14" t="n">
+      <c r="HW10" s="14" t="n">
         <v>25268.0</v>
       </c>
-      <c r="HG10" s="14" t="n">
+      <c r="HX10" s="14" t="n">
         <v>20175.0</v>
       </c>
-      <c r="HH10" s="14" t="n">
+      <c r="HY10" s="14" t="n">
         <v>30764.0</v>
       </c>
-      <c r="HI10" s="14" t="n">
+      <c r="HZ10" s="14" t="n">
         <v>8447.0</v>
       </c>
-      <c r="HJ10" s="14" t="n">
+      <c r="IA10" s="14" t="n">
         <v>7293.0</v>
       </c>
-      <c r="HK10" s="14" t="n">
+      <c r="IB10" s="14" t="n">
         <v>22008.0</v>
       </c>
-      <c r="HL10" s="14" t="n">
+      <c r="IC10" s="14" t="n">
         <v>10149.0</v>
       </c>
-      <c r="HM10" s="14" t="n">
+      <c r="ID10" s="14" t="n">
         <v>11062.0</v>
       </c>
-      <c r="HN10" s="14" t="n">
+      <c r="IE10" s="14" t="n">
         <v>24083.0</v>
       </c>
-      <c r="HO10" s="14" t="n">
+      <c r="IF10" s="14" t="n">
+        <v>3496.0</v>
+      </c>
+      <c r="IG10" s="14" t="n">
         <v>3861.0</v>
       </c>
-      <c r="HP10" s="14" t="n">
+      <c r="IH10" s="14" t="n">
         <v>3903.0</v>
       </c>
-      <c r="HQ10" s="14" t="n">
+      <c r="II10" s="14" t="n">
         <v>3590.0</v>
       </c>
-      <c r="HR10" s="14" t="n">
+      <c r="IJ10" s="14" t="n">
         <v>2431.0</v>
       </c>
-      <c r="HS10" s="14" t="n">
+      <c r="IK10" s="14" t="n">
         <v>3193.0</v>
       </c>
-      <c r="HT10" s="14" t="n">
+      <c r="IL10" s="14" t="n">
         <v>1592.0</v>
       </c>
-      <c r="HU10" s="14" t="n">
+      <c r="IM10" s="14" t="n">
         <v>1529.0</v>
       </c>
-      <c r="HV10" s="14" t="n">
+      <c r="IN10" s="14" t="n">
         <v>842.0</v>
       </c>
-      <c r="HW10" s="14" t="n">
+      <c r="IO10" s="14" t="n">
         <v>846.0</v>
       </c>
-      <c r="HX10" s="14" t="n">
+      <c r="IP10" s="14" t="n">
         <v>8702.0</v>
       </c>
-      <c r="HY10" s="14" t="n">
+      <c r="IQ10" s="14" t="n">
         <v>1040.0</v>
       </c>
-      <c r="HZ10" s="14" t="n">
+      <c r="IR10" s="14" t="n">
         <v>741.0</v>
       </c>
-      <c r="IA10" s="14" t="n">
+      <c r="IS10" s="14" t="n">
         <v>1276.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>06 Residuos metálicos</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>24192.0</v>
+        <v>24182.0</v>
       </c>
       <c r="C11" s="14" t="n">
+        <v>23297.0</v>
+      </c>
+      <c r="D11" s="14" t="n">
         <v>26735.0</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>23051.0</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>21887.0</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>20939.0</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>20940.0</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>20376.0</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>22430.0</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>22598.0</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>20985.0</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>34640.0</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>43394.0</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>56416.0</v>
       </c>
-      <c r="O11" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="14" t="n">
+        <v>1588.0</v>
+      </c>
+      <c r="Q11" s="14" t="n">
+        <v>2317.0</v>
+      </c>
+      <c r="R11" s="14" t="n">
         <v>2614.0</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>1574.0</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>1235.0</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>1600.0</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>4627.0</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>4425.0</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>4324.0</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>4321.0</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>5361.0</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>7185.0</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>8370.0</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>11203.0</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
+        <v>498.0</v>
+      </c>
+      <c r="AE11" s="14" t="n">
         <v>470.0</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>559.0</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>378.0</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>372.0</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>324.0</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>220.0</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>327.0</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>346.0</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>348.0</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>362.0</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>977.0</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>1011.0</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>1105.0</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
+        <v>855.0</v>
+      </c>
+      <c r="AS11" s="14" t="n">
         <v>878.0</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>915.0</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>634.0</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>742.0</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>813.0</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>827.0</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>563.0</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>750.0</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>757.0</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>541.0</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>999.0</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>439.0</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>584.0</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
+        <v>1882.0</v>
+      </c>
+      <c r="BG11" s="14" t="n">
         <v>1561.0</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>1510.0</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>927.0</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>719.0</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>1046.0</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>775.0</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>569.0</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>259.0</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>261.0</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>137.0</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>153.0</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>500.0</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>270.0</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
+        <v>2154.0</v>
+      </c>
+      <c r="BU11" s="14" t="n">
         <v>2095.0</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>3092.0</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>2375.0</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>3350.0</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>2305.0</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>1334.0</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>1096.0</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>515.0</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>520.0</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>253.0</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>1012.0</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>1529.0</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>1953.0</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
+        <v>515.0</v>
+      </c>
+      <c r="CI11" s="14" t="n">
         <v>488.0</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>597.0</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>518.0</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>575.0</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>484.0</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>418.0</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>421.0</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>307.0</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>310.0</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>293.0</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>444.0</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>454.0</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>1005.0</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
+        <v>1018.0</v>
+      </c>
+      <c r="CW11" s="14" t="n">
         <v>424.0</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>1090.0</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>631.0</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>890.0</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>816.0</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>596.0</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>926.0</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>996.0</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>1005.0</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>314.0</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>372.0</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>1378.0</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>1108.0</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
+        <v>1125.0</v>
+      </c>
+      <c r="DK11" s="14" t="n">
         <v>1032.0</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>1087.0</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>870.0</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>927.0</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>531.0</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>399.0</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>290.0</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>354.0</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>358.0</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>317.0</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>385.0</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>2787.0</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>11221.0</v>
       </c>
-      <c r="DO11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DP11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
+        <v>7365.0</v>
+      </c>
+      <c r="DY11" s="14" t="n">
+        <v>6961.0</v>
+      </c>
+      <c r="DZ11" s="14" t="n">
         <v>7749.0</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>8035.0</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>7127.0</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>7293.0</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>7023.0</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>4091.0</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>4885.0</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>4932.0</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>4423.0</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>6420.0</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>3363.0</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>13187.0</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
+        <v>1626.0</v>
+      </c>
+      <c r="EM11" s="14" t="n">
         <v>1668.0</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>1986.0</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>3006.0</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>1807.0</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>2052.0</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>1341.0</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>763.0</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>2119.0</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>2139.0</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>1663.0</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>1533.0</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>842.0</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>3290.0</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="FA11" s="14" t="n">
         <v>105.0</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>85.0</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>147.0</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>180.0</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>123.0</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>199.0</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>3836.0</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>2561.0</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>2585.0</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>39.0</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>96.0</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>157.0</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>1220.0</v>
       </c>
-      <c r="FB11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
+        <v>929.0</v>
+      </c>
+      <c r="FO11" s="14" t="n">
         <v>1086.0</v>
       </c>
-      <c r="FC11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>1555.0</v>
       </c>
-      <c r="FD11" s="14" t="n">
+      <c r="FQ11" s="14" t="n">
         <v>933.0</v>
       </c>
-      <c r="FE11" s="14" t="n">
+      <c r="FR11" s="14" t="n">
         <v>1102.0</v>
       </c>
-      <c r="FF11" s="14" t="n">
+      <c r="FS11" s="14" t="n">
         <v>1250.0</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="FT11" s="14" t="n">
         <v>652.0</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="FU11" s="14" t="n">
         <v>663.0</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="FV11" s="14" t="n">
         <v>2751.0</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="FW11" s="14" t="n">
         <v>2778.0</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="FX11" s="14" t="n">
         <v>1099.0</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="FY11" s="14" t="n">
         <v>790.0</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="FZ11" s="14" t="n">
         <v>537.0</v>
       </c>
-      <c r="FN11" s="14" t="n">
+      <c r="GA11" s="14" t="n">
         <v>884.0</v>
       </c>
-      <c r="FO11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
+        <v>2732.0</v>
+      </c>
+      <c r="GC11" s="14" t="n">
         <v>2084.0</v>
       </c>
-      <c r="FP11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>1892.0</v>
       </c>
-      <c r="FQ11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>1415.0</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>1550.0</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>769.0</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>663.0</v>
       </c>
-      <c r="FU11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
         <v>522.0</v>
       </c>
-      <c r="FV11" s="14" t="n">
+      <c r="GJ11" s="14" t="n">
         <v>1556.0</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>1571.0</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>3515.0</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="GM11" s="14" t="n">
         <v>11088.0</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GN11" s="14" t="n">
         <v>10870.0</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GO11" s="14" t="n">
         <v>4273.0</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GP11" s="14" t="n">
+        <v>268.0</v>
+      </c>
+      <c r="GQ11" s="14" t="n">
         <v>187.0</v>
       </c>
-      <c r="GC11" s="14" t="n">
+      <c r="GR11" s="14" t="n">
         <v>324.0</v>
       </c>
-      <c r="GD11" s="14" t="n">
+      <c r="GS11" s="14" t="n">
         <v>207.0</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GT11" s="14" t="n">
         <v>228.0</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GU11" s="14" t="n">
         <v>316.0</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GV11" s="14" t="n">
         <v>240.0</v>
       </c>
-      <c r="GH11" s="14" t="n">
+      <c r="GW11" s="14" t="n">
         <v>242.0</v>
       </c>
-      <c r="GI11" s="14" t="n">
+      <c r="GX11" s="14" t="n">
         <v>194.0</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>196.0</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>190.0</v>
       </c>
-      <c r="GL11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>263.0</v>
       </c>
-      <c r="GM11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>3275.0</v>
       </c>
-      <c r="GN11" s="14" t="n">
+      <c r="HC11" s="14" t="n">
         <v>817.0</v>
       </c>
-      <c r="GO11" s="14" t="n">
+      <c r="HD11" s="14" t="n">
+        <v>626.0</v>
+      </c>
+      <c r="HE11" s="14" t="n">
         <v>594.0</v>
       </c>
-      <c r="GP11" s="14" t="n">
+      <c r="HF11" s="14" t="n">
         <v>542.0</v>
       </c>
-      <c r="GQ11" s="14" t="n">
+      <c r="HG11" s="14" t="n">
         <v>228.0</v>
       </c>
-      <c r="GR11" s="14" t="n">
+      <c r="HH11" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="GS11" s="14" t="n">
+      <c r="HI11" s="14" t="n">
         <v>143.0</v>
       </c>
-      <c r="GT11" s="14" t="n">
+      <c r="HJ11" s="14" t="n">
         <v>75.0</v>
       </c>
-      <c r="GU11" s="14" t="n">
+      <c r="HK11" s="14" t="n">
         <v>194.0</v>
       </c>
-      <c r="GV11" s="14" t="n">
+      <c r="HL11" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="GW11" s="14" t="n">
+      <c r="HM11" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="GX11" s="14" t="n">
+      <c r="HN11" s="14" t="n">
         <v>1466.0</v>
       </c>
-      <c r="GY11" s="14" t="n">
+      <c r="HO11" s="14" t="n">
         <v>1331.0</v>
       </c>
-      <c r="GZ11" s="14" t="n">
+      <c r="HP11" s="14" t="n">
         <v>6425.0</v>
       </c>
-      <c r="HA11" s="14" t="n">
+      <c r="HQ11" s="14" t="n">
         <v>1894.0</v>
       </c>
-      <c r="HB11" s="14" t="n">
+      <c r="HR11" s="14" t="n">
+        <v>928.0</v>
+      </c>
+      <c r="HS11" s="14" t="n">
         <v>1073.0</v>
       </c>
-      <c r="HC11" s="14" t="n">
+      <c r="HT11" s="14" t="n">
         <v>1120.0</v>
       </c>
-      <c r="HD11" s="14" t="n">
+      <c r="HU11" s="14" t="n">
         <v>1174.0</v>
       </c>
-      <c r="HE11" s="14" t="n">
+      <c r="HV11" s="14" t="n">
         <v>1016.0</v>
       </c>
-      <c r="HF11" s="14" t="n">
+      <c r="HW11" s="14" t="n">
         <v>1065.0</v>
       </c>
-      <c r="HG11" s="14" t="n">
+      <c r="HX11" s="14" t="n">
         <v>1476.0</v>
       </c>
-      <c r="HH11" s="14" t="n">
+      <c r="HY11" s="14" t="n">
         <v>1367.0</v>
       </c>
-      <c r="HI11" s="14" t="n">
+      <c r="HZ11" s="14" t="n">
         <v>430.0</v>
       </c>
-      <c r="HJ11" s="14" t="n">
+      <c r="IA11" s="14" t="n">
         <v>435.0</v>
       </c>
-      <c r="HK11" s="14" t="n">
+      <c r="IB11" s="14" t="n">
         <v>929.0</v>
       </c>
-      <c r="HL11" s="14" t="n">
+      <c r="IC11" s="14" t="n">
         <v>1428.0</v>
       </c>
-      <c r="HM11" s="14" t="n">
+      <c r="ID11" s="14" t="n">
         <v>1457.0</v>
       </c>
-      <c r="HN11" s="14" t="n">
+      <c r="IE11" s="14" t="n">
         <v>2402.0</v>
       </c>
-      <c r="HO11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HP11" s="14" t="n">
+      <c r="IF11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IG11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IH11" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="HQ11" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HS11" s="14" t="n">
+      <c r="II11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IJ11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IK11" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="HT11" s="14" t="n">
+      <c r="IL11" s="14" t="n">
         <v>74.0</v>
       </c>
-      <c r="HU11" s="14" t="n">
+      <c r="IM11" s="14" t="n">
         <v>80.0</v>
       </c>
-      <c r="HV11" s="14" t="n">
+      <c r="IN11" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="HW11" s="14" t="n">
+      <c r="IO11" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="HX11" s="14" t="n">
+      <c r="IP11" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="HY11" s="14" t="n">
+      <c r="IQ11" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="HZ11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA11" s="14" t="n">
+      <c r="IR11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS11" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>07.1 Residuos de vidrio</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>934156.0</v>
+        <v>931188.0</v>
       </c>
       <c r="C12" s="14" t="n">
+        <v>984888.0</v>
+      </c>
+      <c r="D12" s="14" t="n">
         <v>879179.0</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>828865.0</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>904986.0</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>834764.0</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>815883.0</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>797928.0</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>755608.0</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>733864.0</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>720930.0</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>735547.0</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>733682.0</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>804000.0</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
+        <v>116489.0</v>
+      </c>
+      <c r="Q12" s="14" t="n">
         <v>116565.0</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>109883.0</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>103834.0</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>109126.0</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>108768.0</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>91570.0</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>99622.0</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>95057.0</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>82208.0</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>79001.0</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>76114.0</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>74820.0</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>82031.0</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
+        <v>20012.0</v>
+      </c>
+      <c r="AE12" s="14" t="n">
         <v>20598.0</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>20491.0</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>20816.0</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>20549.0</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>18939.0</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>18197.0</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>17778.0</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>17676.0</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>16668.0</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>19478.0</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>23905.0</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>23203.0</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>23203.0</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
+        <v>17178.0</v>
+      </c>
+      <c r="AS12" s="14" t="n">
         <v>18131.0</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>17735.0</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>17260.0</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>17413.0</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>16425.0</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>32131.0</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>37945.0</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>33197.0</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>32687.0</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>32817.0</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>33534.0</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>33763.0</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>31626.0</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
+        <v>48074.0</v>
+      </c>
+      <c r="BG12" s="14" t="n">
         <v>48227.0</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>39213.0</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>29466.0</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>42970.0</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>40752.0</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>38640.0</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>36051.0</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>31759.0</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>31628.0</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>29324.0</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>29039.0</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>22298.0</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>21097.0</v>
       </c>
-      <c r="BO12" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BP12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
+        <v>55315.0</v>
+      </c>
+      <c r="BU12" s="14" t="n">
+        <v>99134.0</v>
+      </c>
+      <c r="BV12" s="14" t="n">
         <v>36352.0</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>35288.0</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>44349.0</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>41243.0</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>38888.0</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>35939.0</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>33225.0</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>31163.0</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>29363.0</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>29126.0</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>29040.0</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>27221.0</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
+        <v>11950.0</v>
+      </c>
+      <c r="CI12" s="14" t="n">
         <v>12377.0</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>11901.0</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>11139.0</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>12426.0</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>11261.0</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>10980.0</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>11212.0</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>10999.0</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>10237.0</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>10386.0</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>10281.0</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>10432.0</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>10547.0</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
+        <v>50180.0</v>
+      </c>
+      <c r="CW12" s="14" t="n">
         <v>50447.0</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>49691.0</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>46868.0</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>50879.0</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>49557.0</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>48353.0</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>44175.0</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>40826.0</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>40857.0</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>40280.0</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>40774.0</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>41676.0</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>42714.0</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
+        <v>25340.0</v>
+      </c>
+      <c r="DK12" s="14" t="n">
         <v>22349.0</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>23205.0</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>15746.0</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>25095.0</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>21350.0</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>21371.0</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>20555.0</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>20630.0</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>20690.0</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>21040.0</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>21061.0</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>21268.0</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>20887.0</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
+        <v>199819.0</v>
+      </c>
+      <c r="DY12" s="14" t="n">
         <v>199811.0</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>189716.0</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>183273.0</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>203329.0</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>168197.0</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>182760.0</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>170831.0</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>158878.0</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>162447.0</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>154732.0</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>169191.0</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>180729.0</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>186378.0</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
+        <v>92674.0</v>
+      </c>
+      <c r="EM12" s="14" t="n">
         <v>93540.0</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>85701.0</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>83548.0</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>89291.0</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>85018.0</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>82770.0</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>82254.0</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>80869.0</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>79025.0</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>80869.0</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>79540.0</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>74444.0</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>77146.0</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
+        <v>9484.0</v>
+      </c>
+      <c r="FA12" s="14" t="n">
         <v>9595.0</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>9307.0</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>9254.0</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>9487.0</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>8231.0</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>7943.0</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>9559.0</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>8003.0</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>7156.0</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>8676.0</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>7439.0</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>7501.0</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>8570.0</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
+        <v>46968.0</v>
+      </c>
+      <c r="FO12" s="14" t="n">
         <v>50581.0</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>48154.0</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>46717.0</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>48384.0</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>45757.0</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>43307.0</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>41253.0</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>39743.0</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>39045.0</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>38058.0</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>36465.0</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>36359.0</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>39096.0</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
+        <v>119564.0</v>
+      </c>
+      <c r="GC12" s="14" t="n">
         <v>125682.0</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>122021.0</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>115804.0</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>114543.0</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>104923.0</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>89184.0</v>
       </c>
-      <c r="FU12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
         <v>81820.0</v>
       </c>
-      <c r="FV12" s="14" t="n">
+      <c r="GJ12" s="14" t="n">
         <v>78430.0</v>
       </c>
-      <c r="FW12" s="14" t="n">
+      <c r="GK12" s="14" t="n">
         <v>78005.0</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>78640.0</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>80620.0</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GN12" s="14" t="n">
         <v>82662.0</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GO12" s="14" t="n">
         <v>82497.0</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GP12" s="14" t="n">
+        <v>27107.0</v>
+      </c>
+      <c r="GQ12" s="14" t="n">
         <v>25574.0</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GR12" s="14" t="n">
         <v>26543.0</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GS12" s="14" t="n">
         <v>25959.0</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>26768.0</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>26263.0</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>24809.0</v>
       </c>
-      <c r="GH12" s="14" t="n">
+      <c r="GW12" s="14" t="n">
         <v>24485.0</v>
       </c>
-      <c r="GI12" s="14" t="n">
+      <c r="GX12" s="14" t="n">
         <v>23450.0</v>
       </c>
-      <c r="GJ12" s="14" t="n">
+      <c r="GY12" s="14" t="n">
         <v>21991.0</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GZ12" s="14" t="n">
         <v>22132.0</v>
       </c>
-      <c r="GL12" s="14" t="n">
+      <c r="HA12" s="14" t="n">
         <v>22590.0</v>
       </c>
-      <c r="GM12" s="14" t="n">
+      <c r="HB12" s="14" t="n">
         <v>18755.0</v>
       </c>
-      <c r="GN12" s="14" t="n">
+      <c r="HC12" s="14" t="n">
         <v>74000.0</v>
       </c>
-      <c r="GO12" s="14" t="n">
+      <c r="HD12" s="14" t="n">
+        <v>17988.0</v>
+      </c>
+      <c r="HE12" s="14" t="n">
         <v>18375.0</v>
       </c>
-      <c r="GP12" s="14" t="n">
+      <c r="HF12" s="14" t="n">
         <v>17547.0</v>
       </c>
-      <c r="GQ12" s="14" t="n">
+      <c r="HG12" s="14" t="n">
         <v>16244.0</v>
       </c>
-      <c r="GR12" s="14" t="n">
+      <c r="HH12" s="14" t="n">
         <v>17396.0</v>
       </c>
-      <c r="GS12" s="14" t="n">
+      <c r="HI12" s="14" t="n">
         <v>16777.0</v>
       </c>
-      <c r="GT12" s="14" t="n">
+      <c r="HJ12" s="14" t="n">
         <v>16179.0</v>
       </c>
-      <c r="GU12" s="14" t="n">
+      <c r="HK12" s="14" t="n">
         <v>15959.0</v>
       </c>
-      <c r="GV12" s="14" t="n">
+      <c r="HL12" s="14" t="n">
         <v>15871.0</v>
       </c>
-      <c r="GW12" s="14" t="n">
+      <c r="HM12" s="14" t="n">
         <v>16697.0</v>
       </c>
-      <c r="GX12" s="14" t="n">
+      <c r="HN12" s="14" t="n">
         <v>15521.0</v>
       </c>
-      <c r="GY12" s="14" t="n">
+      <c r="HO12" s="14" t="n">
         <v>15684.0</v>
       </c>
-      <c r="GZ12" s="14" t="n">
+      <c r="HP12" s="14" t="n">
         <v>16190.0</v>
       </c>
-      <c r="HA12" s="14" t="n">
+      <c r="HQ12" s="14" t="n">
         <v>16168.0</v>
       </c>
-      <c r="HB12" s="14" t="n">
+      <c r="HR12" s="14" t="n">
+        <v>63628.0</v>
+      </c>
+      <c r="HS12" s="14" t="n">
         <v>64246.0</v>
       </c>
-      <c r="HC12" s="14" t="n">
+      <c r="HT12" s="14" t="n">
         <v>62365.0</v>
       </c>
-      <c r="HD12" s="14" t="n">
+      <c r="HU12" s="14" t="n">
         <v>58452.0</v>
       </c>
-      <c r="HE12" s="14" t="n">
+      <c r="HV12" s="14" t="n">
         <v>63400.0</v>
       </c>
-      <c r="HF12" s="14" t="n">
+      <c r="HW12" s="14" t="n">
         <v>61700.0</v>
       </c>
-      <c r="HG12" s="14" t="n">
+      <c r="HX12" s="14" t="n">
         <v>59903.0</v>
       </c>
-      <c r="HH12" s="14" t="n">
+      <c r="HY12" s="14" t="n">
         <v>59178.0</v>
       </c>
-      <c r="HI12" s="14" t="n">
+      <c r="HZ12" s="14" t="n">
         <v>58948.0</v>
       </c>
-      <c r="HJ12" s="14" t="n">
+      <c r="IA12" s="14" t="n">
         <v>56119.0</v>
       </c>
-      <c r="HK12" s="14" t="n">
+      <c r="IB12" s="14" t="n">
         <v>54402.0</v>
       </c>
-      <c r="HL12" s="14" t="n">
+      <c r="IC12" s="14" t="n">
         <v>54038.0</v>
       </c>
-      <c r="HM12" s="14" t="n">
+      <c r="ID12" s="14" t="n">
         <v>54202.0</v>
       </c>
-      <c r="HN12" s="14" t="n">
+      <c r="IE12" s="14" t="n">
         <v>54075.0</v>
       </c>
-      <c r="HO12" s="14" t="n">
+      <c r="IF12" s="14" t="n">
+        <v>8557.0</v>
+      </c>
+      <c r="IG12" s="14" t="n">
         <v>8930.0</v>
       </c>
-      <c r="HP12" s="14" t="n">
+      <c r="IH12" s="14" t="n">
         <v>8609.0</v>
       </c>
-      <c r="HQ12" s="14" t="n">
+      <c r="II12" s="14" t="n">
         <v>8403.0</v>
       </c>
-      <c r="HR12" s="14" t="n">
+      <c r="IJ12" s="14" t="n">
         <v>9153.0</v>
       </c>
-      <c r="HS12" s="14" t="n">
+      <c r="IK12" s="14" t="n">
         <v>8923.0</v>
       </c>
-      <c r="HT12" s="14" t="n">
+      <c r="IL12" s="14" t="n">
         <v>8570.0</v>
       </c>
-      <c r="HU12" s="14" t="n">
+      <c r="IM12" s="14" t="n">
         <v>8784.0</v>
       </c>
-      <c r="HV12" s="14" t="n">
+      <c r="IN12" s="14" t="n">
         <v>7532.0</v>
       </c>
-      <c r="HW12" s="14" t="n">
+      <c r="IO12" s="14" t="n">
         <v>6737.0</v>
       </c>
-      <c r="HX12" s="14" t="n">
+      <c r="IP12" s="14" t="n">
         <v>5929.0</v>
       </c>
-      <c r="HY12" s="14" t="n">
+      <c r="IQ12" s="14" t="n">
         <v>5868.0</v>
       </c>
-      <c r="HZ12" s="14" t="n">
+      <c r="IR12" s="14" t="n">
         <v>5939.0</v>
       </c>
-      <c r="IA12" s="14" t="n">
+      <c r="IS12" s="14" t="n">
         <v>6496.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>07.2 Residuos de papel y cartón</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>1493450.0</v>
+        <v>1534892.0</v>
       </c>
       <c r="C13" s="14" t="n">
+        <v>1507886.0</v>
+      </c>
+      <c r="D13" s="14" t="n">
         <v>1504538.0</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>1340017.0</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>1287418.0</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>1067384.0</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>1061380.0</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>1021166.0</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>1008959.0</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>976896.0</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>988226.0</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>1085574.0</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>1266397.0</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>1467365.0</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
+        <v>132159.0</v>
+      </c>
+      <c r="Q13" s="14" t="n">
         <v>127256.0</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>124183.0</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>125021.0</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>121130.0</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>117131.0</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>102877.0</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>101816.0</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>100815.0</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>95866.0</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>100864.0</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>111678.0</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>118200.0</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>136017.0</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
+        <v>27907.0</v>
+      </c>
+      <c r="AE13" s="14" t="n">
         <v>28139.0</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>29288.0</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>48255.0</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>28507.0</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>28910.0</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>26725.0</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>25012.0</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
         <v>22445.0</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>22514.0</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>26566.0</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>25516.0</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>31964.0</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>31964.0</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
+        <v>43911.0</v>
+      </c>
+      <c r="AS13" s="14" t="n">
         <v>50425.0</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>43952.0</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>40562.0</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>42471.0</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>41766.0</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>53924.0</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>62374.0</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="AZ13" s="14" t="n">
         <v>56253.0</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="BA13" s="14" t="n">
         <v>49754.0</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="BB13" s="14" t="n">
         <v>58682.0</v>
       </c>
-      <c r="AY13" s="14" t="n">
+      <c r="BC13" s="14" t="n">
         <v>55682.0</v>
       </c>
-      <c r="AZ13" s="14" t="n">
+      <c r="BD13" s="14" t="n">
         <v>67252.0</v>
       </c>
-      <c r="BA13" s="14" t="n">
+      <c r="BE13" s="14" t="n">
         <v>93158.0</v>
       </c>
-      <c r="BB13" s="14" t="n">
+      <c r="BF13" s="14" t="n">
+        <v>52280.0</v>
+      </c>
+      <c r="BG13" s="14" t="n">
         <v>51348.0</v>
       </c>
-      <c r="BC13" s="14" t="n">
+      <c r="BH13" s="14" t="n">
         <v>46179.0</v>
       </c>
-      <c r="BD13" s="14" t="n">
+      <c r="BI13" s="14" t="n">
         <v>36748.0</v>
       </c>
-      <c r="BE13" s="14" t="n">
+      <c r="BJ13" s="14" t="n">
         <v>49047.0</v>
       </c>
-      <c r="BF13" s="14" t="n">
+      <c r="BK13" s="14" t="n">
         <v>54341.0</v>
       </c>
-      <c r="BG13" s="14" t="n">
+      <c r="BL13" s="14" t="n">
         <v>45630.0</v>
       </c>
-      <c r="BH13" s="14" t="n">
+      <c r="BM13" s="14" t="n">
         <v>43425.0</v>
       </c>
-      <c r="BI13" s="14" t="n">
+      <c r="BN13" s="14" t="n">
         <v>40223.0</v>
       </c>
-      <c r="BJ13" s="14" t="n">
+      <c r="BO13" s="14" t="n">
         <v>39564.0</v>
       </c>
-      <c r="BK13" s="14" t="n">
+      <c r="BP13" s="14" t="n">
         <v>38238.0</v>
       </c>
-      <c r="BL13" s="14" t="n">
+      <c r="BQ13" s="14" t="n">
         <v>38865.0</v>
       </c>
-      <c r="BM13" s="14" t="n">
+      <c r="BR13" s="14" t="n">
         <v>25162.0</v>
       </c>
-      <c r="BN13" s="14" t="n">
+      <c r="BS13" s="14" t="n">
         <v>24606.0</v>
       </c>
-      <c r="BO13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BP13" s="14" t="n">
+      <c r="BT13" s="14" t="n">
+        <v>43764.0</v>
+      </c>
+      <c r="BU13" s="14" t="n">
+        <v>53101.0</v>
+      </c>
+      <c r="BV13" s="14" t="n">
         <v>33702.0</v>
       </c>
-      <c r="BQ13" s="14" t="n">
+      <c r="BW13" s="14" t="n">
         <v>92799.0</v>
       </c>
-      <c r="BR13" s="14" t="n">
+      <c r="BX13" s="14" t="n">
         <v>48375.0</v>
       </c>
-      <c r="BS13" s="14" t="n">
+      <c r="BY13" s="14" t="n">
         <v>40485.0</v>
       </c>
-      <c r="BT13" s="14" t="n">
+      <c r="BZ13" s="14" t="n">
         <v>31954.0</v>
       </c>
-      <c r="BU13" s="14" t="n">
+      <c r="CA13" s="14" t="n">
         <v>33094.0</v>
       </c>
-      <c r="BV13" s="14" t="n">
+      <c r="CB13" s="14" t="n">
         <v>31543.0</v>
       </c>
-      <c r="BW13" s="14" t="n">
+      <c r="CC13" s="14" t="n">
         <v>30659.0</v>
       </c>
-      <c r="BX13" s="14" t="n">
+      <c r="CD13" s="14" t="n">
         <v>30624.0</v>
       </c>
-      <c r="BY13" s="14" t="n">
+      <c r="CE13" s="14" t="n">
         <v>33507.0</v>
       </c>
-      <c r="BZ13" s="14" t="n">
+      <c r="CF13" s="14" t="n">
         <v>34043.0</v>
       </c>
-      <c r="CA13" s="14" t="n">
+      <c r="CG13" s="14" t="n">
         <v>69027.0</v>
       </c>
-      <c r="CB13" s="14" t="n">
+      <c r="CH13" s="14" t="n">
+        <v>12167.0</v>
+      </c>
+      <c r="CI13" s="14" t="n">
         <v>5598.0</v>
       </c>
-      <c r="CC13" s="14" t="n">
+      <c r="CJ13" s="14" t="n">
         <v>6004.0</v>
       </c>
-      <c r="CD13" s="14" t="n">
+      <c r="CK13" s="14" t="n">
         <v>5673.0</v>
       </c>
-      <c r="CE13" s="14" t="n">
+      <c r="CL13" s="14" t="n">
         <v>5710.0</v>
       </c>
-      <c r="CF13" s="14" t="n">
+      <c r="CM13" s="14" t="n">
         <v>10381.0</v>
       </c>
-      <c r="CG13" s="14" t="n">
+      <c r="CN13" s="14" t="n">
         <v>4053.0</v>
       </c>
-      <c r="CH13" s="14" t="n">
+      <c r="CO13" s="14" t="n">
         <v>5050.0</v>
       </c>
-      <c r="CI13" s="14" t="n">
+      <c r="CP13" s="14" t="n">
         <v>9640.0</v>
       </c>
-      <c r="CJ13" s="14" t="n">
+      <c r="CQ13" s="14" t="n">
         <v>9878.0</v>
       </c>
-      <c r="CK13" s="14" t="n">
+      <c r="CR13" s="14" t="n">
         <v>10335.0</v>
       </c>
-      <c r="CL13" s="14" t="n">
+      <c r="CS13" s="14" t="n">
         <v>12048.0</v>
       </c>
-      <c r="CM13" s="14" t="n">
+      <c r="CT13" s="14" t="n">
         <v>13417.0</v>
       </c>
-      <c r="CN13" s="14" t="n">
+      <c r="CU13" s="14" t="n">
         <v>13826.0</v>
       </c>
-      <c r="CO13" s="14" t="n">
+      <c r="CV13" s="14" t="n">
+        <v>47256.0</v>
+      </c>
+      <c r="CW13" s="14" t="n">
         <v>47060.0</v>
       </c>
-      <c r="CP13" s="14" t="n">
+      <c r="CX13" s="14" t="n">
         <v>48080.0</v>
       </c>
-      <c r="CQ13" s="14" t="n">
+      <c r="CY13" s="14" t="n">
         <v>48280.0</v>
       </c>
-      <c r="CR13" s="14" t="n">
+      <c r="CZ13" s="14" t="n">
         <v>48289.0</v>
       </c>
-      <c r="CS13" s="14" t="n">
+      <c r="DA13" s="14" t="n">
         <v>43700.0</v>
       </c>
-      <c r="CT13" s="14" t="n">
+      <c r="DB13" s="14" t="n">
         <v>45179.0</v>
       </c>
-      <c r="CU13" s="14" t="n">
+      <c r="DC13" s="14" t="n">
         <v>44676.0</v>
       </c>
-      <c r="CV13" s="14" t="n">
+      <c r="DD13" s="14" t="n">
         <v>43442.0</v>
       </c>
-      <c r="CW13" s="14" t="n">
+      <c r="DE13" s="14" t="n">
         <v>43432.0</v>
       </c>
-      <c r="CX13" s="14" t="n">
+      <c r="DF13" s="14" t="n">
         <v>45036.0</v>
       </c>
-      <c r="CY13" s="14" t="n">
+      <c r="DG13" s="14" t="n">
         <v>49338.0</v>
       </c>
-      <c r="CZ13" s="14" t="n">
+      <c r="DH13" s="14" t="n">
         <v>55753.0</v>
       </c>
-      <c r="DA13" s="14" t="n">
+      <c r="DI13" s="14" t="n">
         <v>56725.0</v>
       </c>
-      <c r="DB13" s="14" t="n">
+      <c r="DJ13" s="14" t="n">
+        <v>34287.0</v>
+      </c>
+      <c r="DK13" s="14" t="n">
         <v>28756.0</v>
       </c>
-      <c r="DC13" s="14" t="n">
+      <c r="DL13" s="14" t="n">
         <v>29141.0</v>
       </c>
-      <c r="DD13" s="14" t="n">
+      <c r="DM13" s="14" t="n">
         <v>23625.0</v>
       </c>
-      <c r="DE13" s="14" t="n">
+      <c r="DN13" s="14" t="n">
         <v>30088.0</v>
       </c>
-      <c r="DF13" s="14" t="n">
+      <c r="DO13" s="14" t="n">
         <v>28067.0</v>
       </c>
-      <c r="DG13" s="14" t="n">
+      <c r="DP13" s="14" t="n">
         <v>31374.0</v>
       </c>
-      <c r="DH13" s="14" t="n">
+      <c r="DQ13" s="14" t="n">
         <v>26665.0</v>
       </c>
-      <c r="DI13" s="14" t="n">
+      <c r="DR13" s="14" t="n">
         <v>24356.0</v>
       </c>
-      <c r="DJ13" s="14" t="n">
+      <c r="DS13" s="14" t="n">
         <v>26218.0</v>
       </c>
-      <c r="DK13" s="14" t="n">
+      <c r="DT13" s="14" t="n">
         <v>26351.0</v>
       </c>
-      <c r="DL13" s="14" t="n">
+      <c r="DU13" s="14" t="n">
         <v>28472.0</v>
       </c>
-      <c r="DM13" s="14" t="n">
+      <c r="DV13" s="14" t="n">
         <v>30697.0</v>
       </c>
-      <c r="DN13" s="14" t="n">
+      <c r="DW13" s="14" t="n">
         <v>36202.0</v>
       </c>
-      <c r="DO13" s="14" t="n">
+      <c r="DX13" s="14" t="n">
+        <v>409105.0</v>
+      </c>
+      <c r="DY13" s="14" t="n">
         <v>394113.0</v>
       </c>
-      <c r="DP13" s="14" t="n">
+      <c r="DZ13" s="14" t="n">
         <v>412681.0</v>
       </c>
-      <c r="DQ13" s="14" t="n">
+      <c r="EA13" s="14" t="n">
         <v>410855.0</v>
       </c>
-      <c r="DR13" s="14" t="n">
+      <c r="EB13" s="14" t="n">
         <v>405667.0</v>
       </c>
-      <c r="DS13" s="14" t="n">
+      <c r="EC13" s="14" t="n">
         <v>224596.0</v>
       </c>
-      <c r="DT13" s="14" t="n">
+      <c r="ED13" s="14" t="n">
         <v>296067.0</v>
       </c>
-      <c r="DU13" s="14" t="n">
+      <c r="EE13" s="14" t="n">
         <v>273028.0</v>
       </c>
-      <c r="DV13" s="14" t="n">
+      <c r="EF13" s="14" t="n">
         <v>298134.0</v>
       </c>
-      <c r="DW13" s="14" t="n">
+      <c r="EG13" s="14" t="n">
         <v>271427.0</v>
       </c>
-      <c r="DX13" s="14" t="n">
+      <c r="EH13" s="14" t="n">
         <v>262428.0</v>
       </c>
-      <c r="DY13" s="14" t="n">
+      <c r="EI13" s="14" t="n">
         <v>318118.0</v>
       </c>
-      <c r="DZ13" s="14" t="n">
+      <c r="EJ13" s="14" t="n">
         <v>408518.0</v>
       </c>
-      <c r="EA13" s="14" t="n">
+      <c r="EK13" s="14" t="n">
         <v>453952.0</v>
       </c>
-      <c r="EB13" s="14" t="n">
+      <c r="EL13" s="14" t="n">
+        <v>331730.0</v>
+      </c>
+      <c r="EM13" s="14" t="n">
         <v>315032.0</v>
       </c>
-      <c r="EC13" s="14" t="n">
+      <c r="EN13" s="14" t="n">
         <v>308292.0</v>
       </c>
-      <c r="ED13" s="14" t="n">
+      <c r="EO13" s="14" t="n">
         <v>80324.0</v>
       </c>
-      <c r="EE13" s="14" t="n">
+      <c r="EP13" s="14" t="n">
         <v>78781.0</v>
       </c>
-      <c r="EF13" s="14" t="n">
+      <c r="EQ13" s="14" t="n">
         <v>70106.0</v>
       </c>
-      <c r="EG13" s="14" t="n">
+      <c r="ER13" s="14" t="n">
         <v>60081.0</v>
       </c>
-      <c r="EH13" s="14" t="n">
+      <c r="ES13" s="14" t="n">
         <v>62387.0</v>
       </c>
-      <c r="EI13" s="14" t="n">
+      <c r="ET13" s="14" t="n">
         <v>54032.0</v>
       </c>
-      <c r="EJ13" s="14" t="n">
+      <c r="EU13" s="14" t="n">
         <v>57928.0</v>
       </c>
-      <c r="EK13" s="14" t="n">
+      <c r="EV13" s="14" t="n">
         <v>54032.0</v>
       </c>
-      <c r="EL13" s="14" t="n">
+      <c r="EW13" s="14" t="n">
         <v>60294.0</v>
       </c>
-      <c r="EM13" s="14" t="n">
+      <c r="EX13" s="14" t="n">
         <v>66658.0</v>
       </c>
-      <c r="EN13" s="14" t="n">
+      <c r="EY13" s="14" t="n">
         <v>75158.0</v>
       </c>
-      <c r="EO13" s="14" t="n">
+      <c r="EZ13" s="14" t="n">
+        <v>21063.0</v>
+      </c>
+      <c r="FA13" s="14" t="n">
         <v>19579.0</v>
       </c>
-      <c r="EP13" s="14" t="n">
+      <c r="FB13" s="14" t="n">
         <v>24192.0</v>
       </c>
-      <c r="EQ13" s="14" t="n">
+      <c r="FC13" s="14" t="n">
         <v>29125.0</v>
       </c>
-      <c r="ER13" s="14" t="n">
+      <c r="FD13" s="14" t="n">
         <v>31622.0</v>
       </c>
-      <c r="ES13" s="14" t="n">
+      <c r="FE13" s="14" t="n">
         <v>36522.0</v>
       </c>
-      <c r="ET13" s="14" t="n">
+      <c r="FF13" s="14" t="n">
         <v>31576.0</v>
       </c>
-      <c r="EU13" s="14" t="n">
+      <c r="FG13" s="14" t="n">
         <v>34629.0</v>
       </c>
-      <c r="EV13" s="14" t="n">
+      <c r="FH13" s="14" t="n">
         <v>40151.0</v>
       </c>
-      <c r="EW13" s="14" t="n">
+      <c r="FI13" s="14" t="n">
         <v>39097.0</v>
       </c>
-      <c r="EX13" s="14" t="n">
+      <c r="FJ13" s="14" t="n">
         <v>34437.0</v>
       </c>
-      <c r="EY13" s="14" t="n">
+      <c r="FK13" s="14" t="n">
         <v>32580.0</v>
       </c>
-      <c r="EZ13" s="14" t="n">
+      <c r="FL13" s="14" t="n">
         <v>16286.0</v>
       </c>
-      <c r="FA13" s="14" t="n">
+      <c r="FM13" s="14" t="n">
         <v>32753.0</v>
       </c>
-      <c r="FB13" s="14" t="n">
+      <c r="FN13" s="14" t="n">
+        <v>42359.0</v>
+      </c>
+      <c r="FO13" s="14" t="n">
         <v>40920.0</v>
       </c>
-      <c r="FC13" s="14" t="n">
+      <c r="FP13" s="14" t="n">
         <v>40022.0</v>
       </c>
-      <c r="FD13" s="14" t="n">
+      <c r="FQ13" s="14" t="n">
         <v>40933.0</v>
       </c>
-      <c r="FE13" s="14" t="n">
+      <c r="FR13" s="14" t="n">
         <v>41067.0</v>
       </c>
-      <c r="FF13" s="14" t="n">
+      <c r="FS13" s="14" t="n">
         <v>37457.0</v>
       </c>
-      <c r="FG13" s="14" t="n">
+      <c r="FT13" s="14" t="n">
         <v>33262.0</v>
       </c>
-      <c r="FH13" s="14" t="n">
+      <c r="FU13" s="14" t="n">
         <v>34402.0</v>
       </c>
-      <c r="FI13" s="14" t="n">
+      <c r="FV13" s="14" t="n">
         <v>32591.0</v>
       </c>
-      <c r="FJ13" s="14" t="n">
+      <c r="FW13" s="14" t="n">
         <v>31674.0</v>
       </c>
-      <c r="FK13" s="14" t="n">
+      <c r="FX13" s="14" t="n">
         <v>31619.0</v>
       </c>
-      <c r="FL13" s="14" t="n">
+      <c r="FY13" s="14" t="n">
         <v>34556.0</v>
       </c>
-      <c r="FM13" s="14" t="n">
+      <c r="FZ13" s="14" t="n">
         <v>38163.0</v>
       </c>
-      <c r="FN13" s="14" t="n">
+      <c r="GA13" s="14" t="n">
         <v>46567.0</v>
       </c>
-      <c r="FO13" s="14" t="n">
+      <c r="GB13" s="14" t="n">
+        <v>162065.0</v>
+      </c>
+      <c r="GC13" s="14" t="n">
         <v>150145.0</v>
       </c>
-      <c r="FP13" s="14" t="n">
+      <c r="GD13" s="14" t="n">
         <v>145102.0</v>
       </c>
-      <c r="FQ13" s="14" t="n">
+      <c r="GE13" s="14" t="n">
         <v>143708.0</v>
       </c>
-      <c r="FR13" s="14" t="n">
+      <c r="GF13" s="14" t="n">
         <v>139642.0</v>
       </c>
-      <c r="FS13" s="14" t="n">
+      <c r="GG13" s="14" t="n">
         <v>121390.0</v>
       </c>
-      <c r="FT13" s="14" t="n">
+      <c r="GH13" s="14" t="n">
         <v>99641.0</v>
       </c>
-      <c r="FU13" s="14" t="n">
+      <c r="GI13" s="14" t="n">
         <v>88078.0</v>
       </c>
-      <c r="FV13" s="14" t="n">
+      <c r="GJ13" s="14" t="n">
         <v>86451.0</v>
       </c>
-      <c r="FW13" s="14" t="n">
+      <c r="GK13" s="14" t="n">
         <v>89463.0</v>
       </c>
-      <c r="FX13" s="14" t="n">
+      <c r="GL13" s="14" t="n">
         <v>94388.0</v>
       </c>
-      <c r="FY13" s="14" t="n">
+      <c r="GM13" s="14" t="n">
         <v>114410.0</v>
       </c>
-      <c r="FZ13" s="14" t="n">
+      <c r="GN13" s="14" t="n">
         <v>136194.0</v>
       </c>
-      <c r="GA13" s="14" t="n">
+      <c r="GO13" s="14" t="n">
         <v>160181.0</v>
       </c>
-      <c r="GB13" s="14" t="n">
+      <c r="GP13" s="14" t="n">
+        <v>24530.0</v>
+      </c>
+      <c r="GQ13" s="14" t="n">
         <v>25012.0</v>
       </c>
-      <c r="GC13" s="14" t="n">
+      <c r="GR13" s="14" t="n">
         <v>33851.0</v>
       </c>
-      <c r="GD13" s="14" t="n">
+      <c r="GS13" s="14" t="n">
         <v>26307.0</v>
       </c>
-      <c r="GE13" s="14" t="n">
+      <c r="GT13" s="14" t="n">
         <v>23740.0</v>
       </c>
-      <c r="GF13" s="14" t="n">
+      <c r="GU13" s="14" t="n">
         <v>20879.0</v>
       </c>
-      <c r="GG13" s="14" t="n">
+      <c r="GV13" s="14" t="n">
         <v>18764.0</v>
       </c>
-      <c r="GH13" s="14" t="n">
+      <c r="GW13" s="14" t="n">
         <v>17864.0</v>
       </c>
-      <c r="GI13" s="14" t="n">
+      <c r="GX13" s="14" t="n">
         <v>13814.0</v>
       </c>
-      <c r="GJ13" s="14" t="n">
+      <c r="GY13" s="14" t="n">
         <v>12864.0</v>
       </c>
-      <c r="GK13" s="14" t="n">
+      <c r="GZ13" s="14" t="n">
         <v>7474.0</v>
       </c>
-      <c r="GL13" s="14" t="n">
+      <c r="HA13" s="14" t="n">
         <v>8430.0</v>
       </c>
-      <c r="GM13" s="14" t="n">
+      <c r="HB13" s="14" t="n">
         <v>18849.0</v>
       </c>
-      <c r="GN13" s="14" t="n">
+      <c r="HC13" s="14" t="n">
         <v>22561.0</v>
       </c>
-      <c r="GO13" s="14" t="n">
+      <c r="HD13" s="14" t="n">
+        <v>30177.0</v>
+      </c>
+      <c r="HE13" s="14" t="n">
         <v>28131.0</v>
       </c>
-      <c r="GP13" s="14" t="n">
+      <c r="HF13" s="14" t="n">
         <v>27886.0</v>
       </c>
-      <c r="GQ13" s="14" t="n">
+      <c r="HG13" s="14" t="n">
         <v>27109.0</v>
       </c>
-      <c r="GR13" s="14" t="n">
+      <c r="HH13" s="14" t="n">
         <v>26266.0</v>
       </c>
-      <c r="GS13" s="14" t="n">
+      <c r="HI13" s="14" t="n">
         <v>27931.0</v>
       </c>
-      <c r="GT13" s="14" t="n">
+      <c r="HJ13" s="14" t="n">
         <v>26211.0</v>
       </c>
-      <c r="GU13" s="14" t="n">
+      <c r="HK13" s="14" t="n">
         <v>26684.0</v>
       </c>
-      <c r="GV13" s="14" t="n">
+      <c r="HL13" s="14" t="n">
         <v>26057.0</v>
       </c>
-      <c r="GW13" s="14" t="n">
+      <c r="HM13" s="14" t="n">
         <v>22981.0</v>
       </c>
-      <c r="GX13" s="14" t="n">
+      <c r="HN13" s="14" t="n">
         <v>24427.0</v>
       </c>
-      <c r="GY13" s="14" t="n">
+      <c r="HO13" s="14" t="n">
         <v>24427.0</v>
       </c>
-      <c r="GZ13" s="14" t="n">
+      <c r="HP13" s="14" t="n">
         <v>25905.0</v>
       </c>
-      <c r="HA13" s="14" t="n">
+      <c r="HQ13" s="14" t="n">
         <v>30090.0</v>
       </c>
-      <c r="HB13" s="14" t="n">
+      <c r="HR13" s="14" t="n">
+        <v>108654.0</v>
+      </c>
+      <c r="HS13" s="14" t="n">
         <v>131739.0</v>
       </c>
-      <c r="HC13" s="14" t="n">
+      <c r="HT13" s="14" t="n">
         <v>139454.0</v>
       </c>
-      <c r="HD13" s="14" t="n">
+      <c r="HU13" s="14" t="n">
         <v>147094.0</v>
       </c>
-      <c r="HE13" s="14" t="n">
+      <c r="HV13" s="14" t="n">
         <v>153648.0</v>
       </c>
-      <c r="HF13" s="14" t="n">
+      <c r="HW13" s="14" t="n">
         <v>147679.0</v>
       </c>
-      <c r="HG13" s="14" t="n">
+      <c r="HX13" s="14" t="n">
         <v>139386.0</v>
       </c>
-      <c r="HH13" s="14" t="n">
+      <c r="HY13" s="14" t="n">
         <v>128576.0</v>
       </c>
-      <c r="HI13" s="14" t="n">
+      <c r="HZ13" s="14" t="n">
         <v>117879.0</v>
       </c>
-      <c r="HJ13" s="14" t="n">
+      <c r="IA13" s="14" t="n">
         <v>122104.0</v>
       </c>
-      <c r="HK13" s="14" t="n">
+      <c r="IB13" s="14" t="n">
         <v>130614.0</v>
       </c>
-      <c r="HL13" s="14" t="n">
+      <c r="IC13" s="14" t="n">
         <v>124278.0</v>
       </c>
-      <c r="HM13" s="14" t="n">
+      <c r="ID13" s="14" t="n">
         <v>165214.0</v>
       </c>
-      <c r="HN13" s="14" t="n">
+      <c r="IE13" s="14" t="n">
         <v>169542.0</v>
       </c>
-      <c r="HO13" s="14" t="n">
+      <c r="IF13" s="14" t="n">
+        <v>7746.0</v>
+      </c>
+      <c r="IG13" s="14" t="n">
         <v>7806.0</v>
       </c>
-      <c r="HP13" s="14" t="n">
+      <c r="IH13" s="14" t="n">
         <v>8128.0</v>
       </c>
-      <c r="HQ13" s="14" t="n">
+      <c r="II13" s="14" t="n">
         <v>8139.0</v>
       </c>
-      <c r="HR13" s="14" t="n">
+      <c r="IJ13" s="14" t="n">
         <v>8417.0</v>
       </c>
-      <c r="HS13" s="14" t="n">
+      <c r="IK13" s="14" t="n">
         <v>8150.0</v>
       </c>
-      <c r="HT13" s="14" t="n">
+      <c r="IL13" s="14" t="n">
         <v>7971.0</v>
       </c>
-      <c r="HU13" s="14" t="n">
+      <c r="IM13" s="14" t="n">
         <v>7991.0</v>
       </c>
-      <c r="HV13" s="14" t="n">
+      <c r="IN13" s="14" t="n">
         <v>7605.0</v>
       </c>
-      <c r="HW13" s="14" t="n">
+      <c r="IO13" s="14" t="n">
         <v>7409.0</v>
       </c>
-      <c r="HX13" s="14" t="n">
+      <c r="IP13" s="14" t="n">
         <v>7537.0</v>
       </c>
-      <c r="HY13" s="14" t="n">
+      <c r="IQ13" s="14" t="n">
         <v>7919.0</v>
       </c>
-      <c r="HZ13" s="14" t="n">
+      <c r="IR13" s="14" t="n">
         <v>8584.0</v>
       </c>
-      <c r="IA13" s="14" t="n">
+      <c r="IS13" s="14" t="n">
         <v>9187.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>07.4 Residuos de plásticos</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>24293.0</v>
+        <v>24767.0</v>
       </c>
       <c r="C14" s="14" t="n">
+        <v>36433.0</v>
+      </c>
+      <c r="D14" s="14" t="n">
         <v>20680.0</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>8713.0</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>29421.0</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>24050.0</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>24571.0</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>25119.0</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>39453.0</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>39807.0</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>21577.0</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>107524.0</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>104681.0</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>185501.0</v>
       </c>
-      <c r="O14" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P14" s="14" t="n">
+        <v>2452.0</v>
+      </c>
+      <c r="Q14" s="14" t="n">
+        <v>14400.0</v>
+      </c>
+      <c r="R14" s="14" t="n">
         <v>825.0</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>165.0</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>520.0</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>1677.0</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>1421.0</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>727.0</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>2363.0</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>2361.0</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>809.0</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>10852.0</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>13063.0</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>28898.0</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
+        <v>79.0</v>
+      </c>
+      <c r="AE14" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>251.0</v>
       </c>
-      <c r="AG14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AH14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AK14" s="14" t="n">
         <v>43.0</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="AK14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AL14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AO14" s="14" t="n">
         <v>1733.0</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>1601.0</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>5668.0</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
+        <v>145.0</v>
+      </c>
+      <c r="AS14" s="14" t="n">
         <v>197.0</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>171.0</v>
       </c>
-      <c r="AQ14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AR14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AV14" s="14" t="n">
         <v>617.0</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>943.0</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>537.0</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>473.0</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>953.0</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>962.0</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>679.0</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>864.0</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BE14" s="14" t="n">
         <v>339.0</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="BG14" s="14" t="n">
         <v>39.0</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>440.0</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BJ14" s="14" t="n">
         <v>271.0</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BK14" s="14" t="n">
         <v>407.0</v>
       </c>
-      <c r="BG14" s="14" t="n">
+      <c r="BL14" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="BH14" s="14" t="n">
+      <c r="BM14" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="BI14" s="14" t="n">
+      <c r="BN14" s="14" t="n">
         <v>359.0</v>
       </c>
-      <c r="BJ14" s="14" t="n">
+      <c r="BO14" s="14" t="n">
         <v>362.0</v>
       </c>
-      <c r="BK14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BL14" s="14" t="n">
+      <c r="BP14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ14" s="14" t="n">
         <v>4038.0</v>
       </c>
-      <c r="BM14" s="14" t="n">
+      <c r="BR14" s="14" t="n">
         <v>1935.0</v>
       </c>
-      <c r="BN14" s="14" t="n">
+      <c r="BS14" s="14" t="n">
         <v>2245.0</v>
       </c>
-      <c r="BO14" s="14" t="n">
+      <c r="BT14" s="14" t="n">
+        <v>1021.0</v>
+      </c>
+      <c r="BU14" s="14" t="n">
         <v>918.0</v>
       </c>
-      <c r="BP14" s="14" t="n">
+      <c r="BV14" s="14" t="n">
         <v>1090.0</v>
       </c>
-      <c r="BQ14" s="14" t="n">
+      <c r="BW14" s="14" t="n">
         <v>998.0</v>
       </c>
-      <c r="BR14" s="14" t="n">
+      <c r="BX14" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="BS14" s="14" t="n">
+      <c r="BY14" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="BT14" s="14" t="n">
+      <c r="BZ14" s="14" t="n">
         <v>76.0</v>
       </c>
-      <c r="BU14" s="14" t="n">
+      <c r="CA14" s="14" t="n">
         <v>4549.0</v>
       </c>
-      <c r="BV14" s="14" t="n">
+      <c r="CB14" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="BW14" s="14" t="n">
+      <c r="CC14" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="BX14" s="14" t="n">
+      <c r="CD14" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="BY14" s="14" t="n">
+      <c r="CE14" s="14" t="n">
         <v>6497.0</v>
       </c>
-      <c r="BZ14" s="14" t="n">
+      <c r="CF14" s="14" t="n">
         <v>6878.0</v>
       </c>
-      <c r="CA14" s="14" t="n">
+      <c r="CG14" s="14" t="n">
         <v>7952.0</v>
       </c>
-      <c r="CB14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CC14" s="14" t="n">
+      <c r="CH14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CI14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CJ14" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="CD14" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="CK14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CL14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CM14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CN14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CO14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CP14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CQ14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CR14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CS14" s="14" t="n">
         <v>2146.0</v>
       </c>
-      <c r="CM14" s="14" t="n">
+      <c r="CT14" s="14" t="n">
         <v>4530.0</v>
       </c>
-      <c r="CN14" s="14" t="n">
+      <c r="CU14" s="14" t="n">
         <v>2804.0</v>
       </c>
-      <c r="CO14" s="14" t="n">
+      <c r="CV14" s="14" t="n">
+        <v>1013.0</v>
+      </c>
+      <c r="CW14" s="14" t="n">
         <v>906.0</v>
       </c>
-      <c r="CP14" s="14" t="n">
+      <c r="CX14" s="14" t="n">
         <v>908.0</v>
       </c>
-      <c r="CQ14" s="14" t="n">
+      <c r="CY14" s="14" t="n">
         <v>723.0</v>
       </c>
-      <c r="CR14" s="14" t="n">
+      <c r="CZ14" s="14" t="n">
         <v>788.0</v>
       </c>
-      <c r="CS14" s="14" t="n">
+      <c r="DA14" s="14" t="n">
         <v>940.0</v>
       </c>
-      <c r="CT14" s="14" t="n">
+      <c r="DB14" s="14" t="n">
         <v>447.0</v>
       </c>
-      <c r="CU14" s="14" t="n">
+      <c r="DC14" s="14" t="n">
         <v>858.0</v>
       </c>
-      <c r="CV14" s="14" t="n">
+      <c r="DD14" s="14" t="n">
         <v>322.0</v>
       </c>
-      <c r="CW14" s="14" t="n">
+      <c r="DE14" s="14" t="n">
         <v>325.0</v>
       </c>
-      <c r="CX14" s="14" t="n">
+      <c r="DF14" s="14" t="n">
         <v>175.0</v>
       </c>
-      <c r="CY14" s="14" t="n">
+      <c r="DG14" s="14" t="n">
         <v>8357.0</v>
       </c>
-      <c r="CZ14" s="14" t="n">
+      <c r="DH14" s="14" t="n">
         <v>7349.0</v>
       </c>
-      <c r="DA14" s="14" t="n">
+      <c r="DI14" s="14" t="n">
         <v>7868.0</v>
       </c>
-      <c r="DB14" s="14" t="n">
+      <c r="DJ14" s="14" t="n">
+        <v>4649.0</v>
+      </c>
+      <c r="DK14" s="14" t="n">
         <v>8123.0</v>
       </c>
-      <c r="DC14" s="14" t="n">
+      <c r="DL14" s="14" t="n">
         <v>8059.0</v>
       </c>
-      <c r="DD14" s="14" t="n">
+      <c r="DM14" s="14" t="n">
         <v>225.0</v>
       </c>
-      <c r="DE14" s="14" t="n">
+      <c r="DN14" s="14" t="n">
         <v>13410.0</v>
       </c>
-      <c r="DF14" s="14" t="n">
+      <c r="DO14" s="14" t="n">
         <v>12199.0</v>
       </c>
-      <c r="DG14" s="14" t="n">
+      <c r="DP14" s="14" t="n">
         <v>11519.0</v>
       </c>
-      <c r="DH14" s="14" t="n">
+      <c r="DQ14" s="14" t="n">
         <v>9947.0</v>
       </c>
-      <c r="DI14" s="14" t="n">
+      <c r="DR14" s="14" t="n">
         <v>307.0</v>
       </c>
-      <c r="DJ14" s="14" t="n">
+      <c r="DS14" s="14" t="n">
         <v>309.0</v>
       </c>
-      <c r="DK14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DL14" s="14" t="n">
+      <c r="DT14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DU14" s="14" t="n">
         <v>4911.0</v>
       </c>
-      <c r="DM14" s="14" t="n">
+      <c r="DV14" s="14" t="n">
         <v>9971.0</v>
       </c>
-      <c r="DN14" s="14" t="n">
+      <c r="DW14" s="14" t="n">
         <v>8860.0</v>
       </c>
-      <c r="DO14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DP14" s="14" t="n">
+      <c r="DX14" s="14" t="n">
+        <v>6373.0</v>
+      </c>
+      <c r="DY14" s="14" t="n">
+        <v>6022.0</v>
+      </c>
+      <c r="DZ14" s="14" t="n">
         <v>2083.0</v>
       </c>
-      <c r="DQ14" s="14" t="n">
+      <c r="EA14" s="14" t="n">
         <v>2175.0</v>
       </c>
-      <c r="DR14" s="14" t="n">
+      <c r="EB14" s="14" t="n">
         <v>2100.0</v>
       </c>
-      <c r="DS14" s="14" t="n">
+      <c r="EC14" s="14" t="n">
         <v>2086.0</v>
       </c>
-      <c r="DT14" s="14" t="n">
+      <c r="ED14" s="14" t="n">
         <v>2175.0</v>
       </c>
-      <c r="DU14" s="14" t="n">
+      <c r="EE14" s="14" t="n">
         <v>910.0</v>
       </c>
-      <c r="DV14" s="14" t="n">
+      <c r="EF14" s="14" t="n">
         <v>2964.0</v>
       </c>
-      <c r="DW14" s="14" t="n">
+      <c r="EG14" s="14" t="n">
         <v>2993.0</v>
       </c>
-      <c r="DX14" s="14" t="n">
+      <c r="EH14" s="14" t="n">
         <v>1975.0</v>
       </c>
-      <c r="DY14" s="14" t="n">
+      <c r="EI14" s="14" t="n">
         <v>37467.0</v>
       </c>
-      <c r="DZ14" s="14" t="n">
+      <c r="EJ14" s="14" t="n">
         <v>19847.0</v>
       </c>
-      <c r="EA14" s="14" t="n">
+      <c r="EK14" s="14" t="n">
         <v>30305.0</v>
       </c>
-      <c r="EB14" s="14" t="n">
+      <c r="EL14" s="14" t="n">
+        <v>1071.0</v>
+      </c>
+      <c r="EM14" s="14" t="n">
         <v>817.0</v>
       </c>
-      <c r="EC14" s="14" t="n">
+      <c r="EN14" s="14" t="n">
         <v>882.0</v>
       </c>
-      <c r="ED14" s="14" t="n">
+      <c r="EO14" s="14" t="n">
         <v>463.0</v>
       </c>
-      <c r="EE14" s="14" t="n">
+      <c r="EP14" s="14" t="n">
         <v>735.0</v>
       </c>
-      <c r="EF14" s="14" t="n">
+      <c r="EQ14" s="14" t="n">
         <v>1761.0</v>
       </c>
-      <c r="EG14" s="14" t="n">
+      <c r="ER14" s="14" t="n">
         <v>481.0</v>
       </c>
-      <c r="EH14" s="14" t="n">
+      <c r="ES14" s="14" t="n">
         <v>639.0</v>
       </c>
-      <c r="EI14" s="14" t="n">
+      <c r="ET14" s="14" t="n">
         <v>1889.0</v>
       </c>
-      <c r="EJ14" s="14" t="n">
+      <c r="EU14" s="14" t="n">
         <v>1907.0</v>
       </c>
-      <c r="EK14" s="14" t="n">
+      <c r="EV14" s="14" t="n">
         <v>1687.0</v>
       </c>
-      <c r="EL14" s="14" t="n">
+      <c r="EW14" s="14" t="n">
         <v>6270.0</v>
       </c>
-      <c r="EM14" s="14" t="n">
+      <c r="EX14" s="14" t="n">
         <v>16978.0</v>
       </c>
-      <c r="EN14" s="14" t="n">
+      <c r="EY14" s="14" t="n">
         <v>26006.0</v>
       </c>
-      <c r="EO14" s="14" t="n">
+      <c r="EZ14" s="14" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="FA14" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="EP14" s="14" t="n">
+      <c r="FB14" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="EQ14" s="14" t="n">
+      <c r="FC14" s="14" t="n">
         <v>97.0</v>
       </c>
-      <c r="ER14" s="14" t="n">
+      <c r="FD14" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="ES14" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EU14" s="14" t="n">
+      <c r="FE14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG14" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="EV14" s="14" t="n">
+      <c r="FH14" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="EW14" s="14" t="n">
+      <c r="FI14" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="EX14" s="14" t="n">
+      <c r="FJ14" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="EY14" s="14" t="n">
+      <c r="FK14" s="14" t="n">
         <v>1074.0</v>
       </c>
-      <c r="EZ14" s="14" t="n">
+      <c r="FL14" s="14" t="n">
         <v>646.0</v>
       </c>
-      <c r="FA14" s="14" t="n">
+      <c r="FM14" s="14" t="n">
         <v>4416.0</v>
       </c>
-      <c r="FB14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC14" s="14" t="n">
+      <c r="FN14" s="14" t="n">
+        <v>1867.0</v>
+      </c>
+      <c r="FO14" s="14" t="n">
+        <v>1424.0</v>
+      </c>
+      <c r="FP14" s="14" t="n">
         <v>3055.0</v>
       </c>
-      <c r="FD14" s="14" t="n">
+      <c r="FQ14" s="14" t="n">
         <v>1081.0</v>
       </c>
-      <c r="FE14" s="14" t="n">
+      <c r="FR14" s="14" t="n">
         <v>724.0</v>
       </c>
-      <c r="FF14" s="14" t="n">
+      <c r="FS14" s="14" t="n">
         <v>813.0</v>
       </c>
-      <c r="FG14" s="14" t="n">
+      <c r="FT14" s="14" t="n">
         <v>1324.0</v>
       </c>
-      <c r="FH14" s="14" t="n">
+      <c r="FU14" s="14" t="n">
         <v>1100.0</v>
       </c>
-      <c r="FI14" s="14" t="n">
+      <c r="FV14" s="14" t="n">
         <v>26702.0</v>
       </c>
-      <c r="FJ14" s="14" t="n">
+      <c r="FW14" s="14" t="n">
         <v>26958.0</v>
       </c>
-      <c r="FK14" s="14" t="n">
+      <c r="FX14" s="14" t="n">
         <v>10384.0</v>
       </c>
-      <c r="FL14" s="14" t="n">
+      <c r="FY14" s="14" t="n">
         <v>4281.0</v>
       </c>
-      <c r="FM14" s="14" t="n">
+      <c r="FZ14" s="14" t="n">
         <v>2152.0</v>
       </c>
-      <c r="FN14" s="14" t="n">
+      <c r="GA14" s="14" t="n">
         <v>7219.0</v>
       </c>
-      <c r="FO14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FP14" s="14" t="n">
+      <c r="GB14" s="14" t="n">
+        <v>1613.0</v>
+      </c>
+      <c r="GC14" s="14" t="n">
+        <v>603.0</v>
+      </c>
+      <c r="GD14" s="14" t="n">
         <v>953.0</v>
       </c>
-      <c r="FQ14" s="14" t="n">
+      <c r="GE14" s="14" t="n">
         <v>401.0</v>
       </c>
-      <c r="FR14" s="14" t="n">
+      <c r="GF14" s="14" t="n">
         <v>541.0</v>
       </c>
-      <c r="FS14" s="14" t="n">
+      <c r="GG14" s="14" t="n">
         <v>465.0</v>
       </c>
-      <c r="FT14" s="14" t="n">
+      <c r="GH14" s="14" t="n">
         <v>2879.0</v>
       </c>
-      <c r="FU14" s="14" t="n">
+      <c r="GI14" s="14" t="n">
         <v>480.0</v>
       </c>
-      <c r="FV14" s="14" t="n">
+      <c r="GJ14" s="14" t="n">
         <v>372.0</v>
       </c>
-      <c r="FW14" s="14" t="n">
+      <c r="GK14" s="14" t="n">
         <v>376.0</v>
       </c>
-      <c r="FX14" s="14" t="n">
+      <c r="GL14" s="14" t="n">
         <v>3143.0</v>
       </c>
-      <c r="FY14" s="14" t="n">
+      <c r="GM14" s="14" t="n">
         <v>3630.0</v>
       </c>
-      <c r="FZ14" s="14" t="n">
+      <c r="GN14" s="14" t="n">
         <v>10171.0</v>
       </c>
-      <c r="GA14" s="14" t="n">
+      <c r="GO14" s="14" t="n">
         <v>38083.0</v>
       </c>
-      <c r="GB14" s="14" t="n">
+      <c r="GP14" s="14" t="n">
+        <v>98.0</v>
+      </c>
+      <c r="GQ14" s="14" t="n">
         <v>109.0</v>
       </c>
-      <c r="GC14" s="14" t="n">
+      <c r="GR14" s="14" t="n">
         <v>132.0</v>
       </c>
-      <c r="GD14" s="14" t="n">
+      <c r="GS14" s="14" t="n">
         <v>92.0</v>
       </c>
-      <c r="GE14" s="14" t="n">
+      <c r="GT14" s="14" t="n">
         <v>7106.0</v>
       </c>
-      <c r="GF14" s="14" t="n">
+      <c r="GU14" s="14" t="n">
         <v>133.0</v>
       </c>
-      <c r="GG14" s="14" t="n">
+      <c r="GV14" s="14" t="n">
         <v>694.0</v>
       </c>
-      <c r="GH14" s="14" t="n">
+      <c r="GW14" s="14" t="n">
         <v>1512.0</v>
       </c>
-      <c r="GI14" s="14" t="n">
+      <c r="GX14" s="14" t="n">
         <v>170.0</v>
       </c>
-      <c r="GJ14" s="14" t="n">
+      <c r="GY14" s="14" t="n">
         <v>172.0</v>
       </c>
-      <c r="GK14" s="14" t="n">
+      <c r="GZ14" s="14" t="n">
         <v>106.0</v>
       </c>
-      <c r="GL14" s="14" t="n">
+      <c r="HA14" s="14" t="n">
         <v>1512.0</v>
       </c>
-      <c r="GM14" s="14" t="n">
+      <c r="HB14" s="14" t="n">
         <v>2281.0</v>
       </c>
-      <c r="GN14" s="14" t="n">
+      <c r="HC14" s="14" t="n">
         <v>4404.0</v>
       </c>
-      <c r="GO14" s="14" t="n">
+      <c r="HD14" s="14" t="n">
+        <v>69.0</v>
+      </c>
+      <c r="HE14" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="GP14" s="14" t="n">
+      <c r="HF14" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="GQ14" s="14" t="n">
+      <c r="HG14" s="14" t="n">
         <v>90.0</v>
       </c>
-      <c r="GR14" s="14" t="n">
+      <c r="HH14" s="14" t="n">
         <v>76.0</v>
       </c>
-      <c r="GS14" s="14" t="n">
+      <c r="HI14" s="14" t="n">
         <v>114.0</v>
       </c>
-      <c r="GT14" s="14" t="n">
+      <c r="HJ14" s="14" t="n">
         <v>648.0</v>
       </c>
-      <c r="GU14" s="14" t="n">
+      <c r="HK14" s="14" t="n">
         <v>641.0</v>
       </c>
-      <c r="GV14" s="14" t="n">
+      <c r="HL14" s="14" t="n">
         <v>1589.0</v>
       </c>
-      <c r="GW14" s="14" t="n">
+      <c r="HM14" s="14" t="n">
         <v>1604.0</v>
       </c>
-      <c r="GX14" s="14" t="n">
+      <c r="HN14" s="14" t="n">
         <v>1551.0</v>
       </c>
-      <c r="GY14" s="14" t="n">
+      <c r="HO14" s="14" t="n">
         <v>8484.0</v>
       </c>
-      <c r="GZ14" s="14" t="n">
+      <c r="HP14" s="14" t="n">
         <v>1043.0</v>
       </c>
-      <c r="HA14" s="14" t="n">
+      <c r="HQ14" s="14" t="n">
         <v>2512.0</v>
       </c>
-      <c r="HB14" s="14" t="n">
+      <c r="HR14" s="14" t="n">
+        <v>2486.0</v>
+      </c>
+      <c r="HS14" s="14" t="n">
         <v>2720.0</v>
       </c>
-      <c r="HC14" s="14" t="n">
+      <c r="HT14" s="14" t="n">
         <v>1860.0</v>
       </c>
-      <c r="HD14" s="14" t="n">
+      <c r="HU14" s="14" t="n">
         <v>2159.0</v>
       </c>
-      <c r="HE14" s="14" t="n">
+      <c r="HV14" s="14" t="n">
         <v>2334.0</v>
       </c>
-      <c r="HF14" s="14" t="n">
+      <c r="HW14" s="14" t="n">
         <v>2255.0</v>
       </c>
-      <c r="HG14" s="14" t="n">
+      <c r="HX14" s="14" t="n">
         <v>2325.0</v>
       </c>
-      <c r="HH14" s="14" t="n">
+      <c r="HY14" s="14" t="n">
         <v>3207.0</v>
       </c>
-      <c r="HI14" s="14" t="n">
+      <c r="HZ14" s="14" t="n">
         <v>1398.0</v>
       </c>
-      <c r="HJ14" s="14" t="n">
+      <c r="IA14" s="14" t="n">
         <v>1411.0</v>
       </c>
-      <c r="HK14" s="14" t="n">
+      <c r="IB14" s="14" t="n">
         <v>1062.0</v>
       </c>
-      <c r="HL14" s="14" t="n">
+      <c r="IC14" s="14" t="n">
         <v>5118.0</v>
       </c>
-      <c r="HM14" s="14" t="n">
+      <c r="ID14" s="14" t="n">
         <v>6164.0</v>
       </c>
-      <c r="HN14" s="14" t="n">
+      <c r="IE14" s="14" t="n">
         <v>7922.0</v>
       </c>
-      <c r="HO14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HP14" s="14" t="n">
+      <c r="IF14" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="IG14" s="14" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="IH14" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="HQ14" s="14" t="n">
+      <c r="II14" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="HR14" s="14" t="n">
+      <c r="IJ14" s="14" t="n">
         <v>100.0</v>
       </c>
-      <c r="HS14" s="14" t="n">
+      <c r="IK14" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="HT14" s="14" t="n">
+      <c r="IL14" s="14" t="n">
         <v>43.0</v>
       </c>
-      <c r="HU14" s="14" t="n">
+      <c r="IM14" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="HV14" s="14" t="n">
+      <c r="IN14" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="HW14" s="14" t="n">
+      <c r="IO14" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="HX14" s="14" t="n">
+      <c r="IP14" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="HY14" s="14" t="n">
+      <c r="IQ14" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="HZ14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA14" s="14" t="n">
+      <c r="IR14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS14" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>07.5 Residuos de Madera</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>165040.0</v>
+        <v>166900.0</v>
       </c>
       <c r="C15" s="14" t="n">
+        <v>166782.0</v>
+      </c>
+      <c r="D15" s="14" t="n">
         <v>170692.0</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>137532.0</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>136435.0</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>138766.0</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>189733.0</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>95081.0</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>87765.0</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>88498.0</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>105646.0</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>130509.0</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>127522.0</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>192052.0</v>
       </c>
-      <c r="O15" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="14" t="n">
+        <v>19947.0</v>
+      </c>
+      <c r="Q15" s="14" t="n">
+        <v>14293.0</v>
+      </c>
+      <c r="R15" s="14" t="n">
         <v>17399.0</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>15091.0</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>17849.0</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>12520.0</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>13969.0</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>8619.0</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>10079.0</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>10070.0</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>12611.0</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>16997.0</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>9155.0</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>13528.0</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
+        <v>3465.0</v>
+      </c>
+      <c r="AE15" s="14" t="n">
         <v>3764.0</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>3246.0</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>2325.0</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>2815.0</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>3276.0</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>4645.0</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>1230.0</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>679.0</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>682.0</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>880.0</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>10755.0</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>10016.0</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>3374.0</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
+        <v>2517.0</v>
+      </c>
+      <c r="AS15" s="14" t="n">
         <v>3230.0</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>3632.0</v>
       </c>
-      <c r="AQ15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AR15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AV15" s="14" t="n">
         <v>3801.0</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>3534.0</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>3176.0</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AY15" s="14" t="n">
         <v>4004.0</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="AZ15" s="14" t="n">
         <v>3561.0</v>
       </c>
-      <c r="AW15" s="14" t="n">
+      <c r="BA15" s="14" t="n">
         <v>3595.0</v>
       </c>
-      <c r="AX15" s="14" t="n">
+      <c r="BB15" s="14" t="n">
         <v>1942.0</v>
       </c>
-      <c r="AY15" s="14" t="n">
+      <c r="BC15" s="14" t="n">
         <v>1826.0</v>
       </c>
-      <c r="AZ15" s="14" t="n">
+      <c r="BD15" s="14" t="n">
         <v>61.0</v>
       </c>
-      <c r="BA15" s="14" t="n">
+      <c r="BE15" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="BB15" s="14" t="n">
+      <c r="BF15" s="14" t="n">
+        <v>952.0</v>
+      </c>
+      <c r="BG15" s="14" t="n">
         <v>817.0</v>
       </c>
-      <c r="BC15" s="14" t="n">
+      <c r="BH15" s="14" t="n">
         <v>642.0</v>
       </c>
-      <c r="BD15" s="14" t="n">
+      <c r="BI15" s="14" t="n">
         <v>258.0</v>
       </c>
-      <c r="BE15" s="14" t="n">
+      <c r="BJ15" s="14" t="n">
         <v>246.0</v>
       </c>
-      <c r="BF15" s="14" t="n">
+      <c r="BK15" s="14" t="n">
         <v>2752.0</v>
       </c>
-      <c r="BG15" s="14" t="n">
+      <c r="BL15" s="14" t="n">
         <v>4993.0</v>
       </c>
-      <c r="BH15" s="14" t="n">
+      <c r="BM15" s="14" t="n">
         <v>307.0</v>
       </c>
-      <c r="BI15" s="14" t="n">
+      <c r="BN15" s="14" t="n">
         <v>140.0</v>
       </c>
-      <c r="BJ15" s="14" t="n">
+      <c r="BO15" s="14" t="n">
         <v>142.0</v>
       </c>
-      <c r="BK15" s="14" t="n">
+      <c r="BP15" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="BL15" s="14" t="n">
+      <c r="BQ15" s="14" t="n">
         <v>2596.0</v>
       </c>
-      <c r="BM15" s="14" t="n">
+      <c r="BR15" s="14" t="n">
         <v>2387.0</v>
       </c>
-      <c r="BN15" s="14" t="n">
+      <c r="BS15" s="14" t="n">
         <v>129.0</v>
       </c>
-      <c r="BO15" s="14" t="n">
+      <c r="BT15" s="14" t="n">
+        <v>1710.0</v>
+      </c>
+      <c r="BU15" s="14" t="n">
         <v>1804.0</v>
       </c>
-      <c r="BP15" s="14" t="n">
+      <c r="BV15" s="14" t="n">
         <v>3677.0</v>
       </c>
-      <c r="BQ15" s="14" t="n">
+      <c r="BW15" s="14" t="n">
         <v>1519.0</v>
       </c>
-      <c r="BR15" s="14" t="n">
+      <c r="BX15" s="14" t="n">
         <v>3721.0</v>
       </c>
-      <c r="BS15" s="14" t="n">
+      <c r="BY15" s="14" t="n">
         <v>1649.0</v>
       </c>
-      <c r="BT15" s="14" t="n">
+      <c r="BZ15" s="14" t="n">
         <v>1606.0</v>
       </c>
-      <c r="BU15" s="14" t="n">
+      <c r="CA15" s="14" t="n">
         <v>774.0</v>
       </c>
-      <c r="BV15" s="14" t="n">
+      <c r="CB15" s="14" t="n">
         <v>675.0</v>
       </c>
-      <c r="BW15" s="14" t="n">
+      <c r="CC15" s="14" t="n">
         <v>681.0</v>
       </c>
-      <c r="BX15" s="14" t="n">
+      <c r="CD15" s="14" t="n">
         <v>718.0</v>
       </c>
-      <c r="BY15" s="14" t="n">
+      <c r="CE15" s="14" t="n">
         <v>3484.0</v>
       </c>
-      <c r="BZ15" s="14" t="n">
+      <c r="CF15" s="14" t="n">
         <v>4734.0</v>
       </c>
-      <c r="CA15" s="14" t="n">
+      <c r="CG15" s="14" t="n">
         <v>2601.0</v>
       </c>
-      <c r="CB15" s="14" t="n">
+      <c r="CH15" s="14" t="n">
+        <v>9334.0</v>
+      </c>
+      <c r="CI15" s="14" t="n">
         <v>5036.0</v>
       </c>
-      <c r="CC15" s="14" t="n">
+      <c r="CJ15" s="14" t="n">
         <v>3804.0</v>
       </c>
-      <c r="CD15" s="14" t="n">
+      <c r="CK15" s="14" t="n">
         <v>2534.0</v>
       </c>
-      <c r="CE15" s="14" t="n">
+      <c r="CL15" s="14" t="n">
         <v>1789.0</v>
       </c>
-      <c r="CF15" s="14" t="n">
+      <c r="CM15" s="14" t="n">
         <v>1813.0</v>
       </c>
-      <c r="CG15" s="14" t="n">
+      <c r="CN15" s="14" t="n">
         <v>1958.0</v>
       </c>
-      <c r="CH15" s="14" t="n">
+      <c r="CO15" s="14" t="n">
         <v>1536.0</v>
       </c>
-      <c r="CI15" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CL15" s="14" t="n">
+      <c r="CP15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CQ15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CR15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CS15" s="14" t="n">
         <v>1275.0</v>
       </c>
-      <c r="CM15" s="14" t="n">
+      <c r="CT15" s="14" t="n">
         <v>4083.0</v>
       </c>
-      <c r="CN15" s="14" t="n">
+      <c r="CU15" s="14" t="n">
         <v>3883.0</v>
       </c>
-      <c r="CO15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CP15" s="14" t="n">
+      <c r="CV15" s="14" t="n">
+        <v>6589.0</v>
+      </c>
+      <c r="CW15" s="14" t="n">
+        <v>4518.0</v>
+      </c>
+      <c r="CX15" s="14" t="n">
         <v>4762.0</v>
       </c>
-      <c r="CQ15" s="14" t="n">
+      <c r="CY15" s="14" t="n">
         <v>2517.0</v>
       </c>
-      <c r="CR15" s="14" t="n">
+      <c r="CZ15" s="14" t="n">
         <v>3291.0</v>
       </c>
-      <c r="CS15" s="14" t="n">
+      <c r="DA15" s="14" t="n">
         <v>2941.0</v>
       </c>
-      <c r="CT15" s="14" t="n">
+      <c r="DB15" s="14" t="n">
         <v>3014.0</v>
       </c>
-      <c r="CU15" s="14" t="n">
+      <c r="DC15" s="14" t="n">
         <v>1263.0</v>
       </c>
-      <c r="CV15" s="14" t="n">
+      <c r="DD15" s="14" t="n">
         <v>1613.0</v>
       </c>
-      <c r="CW15" s="14" t="n">
+      <c r="DE15" s="14" t="n">
         <v>1629.0</v>
       </c>
-      <c r="CX15" s="14" t="n">
+      <c r="DF15" s="14" t="n">
         <v>891.0</v>
       </c>
-      <c r="CY15" s="14" t="n">
+      <c r="DG15" s="14" t="n">
         <v>764.0</v>
       </c>
-      <c r="CZ15" s="14" t="n">
+      <c r="DH15" s="14" t="n">
         <v>297.0</v>
       </c>
-      <c r="DA15" s="14" t="n">
+      <c r="DI15" s="14" t="n">
         <v>2052.0</v>
       </c>
-      <c r="DB15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC15" s="14" t="n">
+      <c r="DJ15" s="14" t="n">
+        <v>6502.0</v>
+      </c>
+      <c r="DK15" s="14" t="n">
+        <v>7285.0</v>
+      </c>
+      <c r="DL15" s="14" t="n">
         <v>6853.0</v>
       </c>
-      <c r="DD15" s="14" t="n">
+      <c r="DM15" s="14" t="n">
         <v>5670.0</v>
       </c>
-      <c r="DE15" s="14" t="n">
+      <c r="DN15" s="14" t="n">
         <v>2854.0</v>
       </c>
-      <c r="DF15" s="14" t="n">
+      <c r="DO15" s="14" t="n">
         <v>5579.0</v>
       </c>
-      <c r="DG15" s="14" t="n">
+      <c r="DP15" s="14" t="n">
         <v>6475.0</v>
       </c>
-      <c r="DH15" s="14" t="n">
+      <c r="DQ15" s="14" t="n">
         <v>4535.0</v>
       </c>
-      <c r="DI15" s="14" t="n">
+      <c r="DR15" s="14" t="n">
         <v>1387.0</v>
       </c>
-      <c r="DJ15" s="14" t="n">
+      <c r="DS15" s="14" t="n">
         <v>1400.0</v>
       </c>
-      <c r="DK15" s="14" t="n">
+      <c r="DT15" s="14" t="n">
         <v>6615.0</v>
       </c>
-      <c r="DL15" s="14" t="n">
+      <c r="DU15" s="14" t="n">
         <v>783.0</v>
       </c>
-      <c r="DM15" s="14" t="n">
+      <c r="DV15" s="14" t="n">
         <v>4217.0</v>
       </c>
-      <c r="DN15" s="14" t="n">
+      <c r="DW15" s="14" t="n">
         <v>1113.0</v>
       </c>
-      <c r="DO15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DP15" s="14" t="n">
+      <c r="DX15" s="14" t="n">
+        <v>47539.0</v>
+      </c>
+      <c r="DY15" s="14" t="n">
+        <v>47696.0</v>
+      </c>
+      <c r="DZ15" s="14" t="n">
         <v>48733.0</v>
       </c>
-      <c r="DQ15" s="14" t="n">
+      <c r="EA15" s="14" t="n">
         <v>52904.0</v>
       </c>
-      <c r="DR15" s="14" t="n">
+      <c r="EB15" s="14" t="n">
         <v>43105.0</v>
       </c>
-      <c r="DS15" s="14" t="n">
+      <c r="EC15" s="14" t="n">
         <v>32819.0</v>
       </c>
-      <c r="DT15" s="14" t="n">
+      <c r="ED15" s="14" t="n">
         <v>71541.0</v>
       </c>
-      <c r="DU15" s="14" t="n">
+      <c r="EE15" s="14" t="n">
         <v>20015.0</v>
       </c>
-      <c r="DV15" s="14" t="n">
+      <c r="EF15" s="14" t="n">
         <v>35209.0</v>
       </c>
-      <c r="DW15" s="14" t="n">
+      <c r="EG15" s="14" t="n">
         <v>35547.0</v>
       </c>
-      <c r="DX15" s="14" t="n">
+      <c r="EH15" s="14" t="n">
         <v>14566.0</v>
       </c>
-      <c r="DY15" s="14" t="n">
+      <c r="EI15" s="14" t="n">
         <v>44513.0</v>
       </c>
-      <c r="DZ15" s="14" t="n">
+      <c r="EJ15" s="14" t="n">
         <v>30885.0</v>
       </c>
-      <c r="EA15" s="14" t="n">
+      <c r="EK15" s="14" t="n">
         <v>114476.0</v>
       </c>
-      <c r="EB15" s="14" t="n">
+      <c r="EL15" s="14" t="n">
+        <v>11961.0</v>
+      </c>
+      <c r="EM15" s="14" t="n">
         <v>16850.0</v>
       </c>
-      <c r="EC15" s="14" t="n">
+      <c r="EN15" s="14" t="n">
         <v>14366.0</v>
       </c>
-      <c r="ED15" s="14" t="n">
+      <c r="EO15" s="14" t="n">
         <v>16247.0</v>
       </c>
-      <c r="EE15" s="14" t="n">
+      <c r="EP15" s="14" t="n">
         <v>10458.0</v>
       </c>
-      <c r="EF15" s="14" t="n">
+      <c r="EQ15" s="14" t="n">
         <v>17433.0</v>
       </c>
-      <c r="EG15" s="14" t="n">
+      <c r="ER15" s="14" t="n">
         <v>17071.0</v>
       </c>
-      <c r="EH15" s="14" t="n">
+      <c r="ES15" s="14" t="n">
         <v>5201.0</v>
       </c>
-      <c r="EI15" s="14" t="n">
+      <c r="ET15" s="14" t="n">
         <v>2810.0</v>
       </c>
-      <c r="EJ15" s="14" t="n">
+      <c r="EU15" s="14" t="n">
         <v>2837.0</v>
       </c>
-      <c r="EK15" s="14" t="n">
+      <c r="EV15" s="14" t="n">
         <v>11331.0</v>
       </c>
-      <c r="EL15" s="14" t="n">
+      <c r="EW15" s="14" t="n">
         <v>6967.0</v>
       </c>
-      <c r="EM15" s="14" t="n">
+      <c r="EX15" s="14" t="n">
         <v>5800.0</v>
       </c>
-      <c r="EN15" s="14" t="n">
+      <c r="EY15" s="14" t="n">
         <v>9244.0</v>
       </c>
-      <c r="EO15" s="14" t="n">
+      <c r="EZ15" s="14" t="n">
+        <v>623.0</v>
+      </c>
+      <c r="FA15" s="14" t="n">
         <v>187.0</v>
       </c>
-      <c r="EP15" s="14" t="n">
+      <c r="FB15" s="14" t="n">
         <v>341.0</v>
       </c>
-      <c r="EQ15" s="14" t="n">
+      <c r="FC15" s="14" t="n">
         <v>248.0</v>
       </c>
-      <c r="ER15" s="14" t="n">
+      <c r="FD15" s="14" t="n">
         <v>668.0</v>
       </c>
-      <c r="ES15" s="14" t="n">
+      <c r="FE15" s="14" t="n">
         <v>304.0</v>
       </c>
-      <c r="ET15" s="14" t="n">
+      <c r="FF15" s="14" t="n">
         <v>221.0</v>
       </c>
-      <c r="EU15" s="14" t="n">
+      <c r="FG15" s="14" t="n">
         <v>231.0</v>
       </c>
-      <c r="EV15" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EX15" s="14" t="n">
+      <c r="FH15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ15" s="14" t="n">
         <v>151.0</v>
       </c>
-      <c r="EY15" s="14" t="n">
+      <c r="FK15" s="14" t="n">
         <v>144.0</v>
       </c>
-      <c r="EZ15" s="14" t="n">
+      <c r="FL15" s="14" t="n">
         <v>2033.0</v>
       </c>
-      <c r="FA15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FB15" s="14" t="n">
+      <c r="FM15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN15" s="14" t="n">
+        <v>6889.0</v>
+      </c>
+      <c r="FO15" s="14" t="n">
         <v>7859.0</v>
       </c>
-      <c r="FC15" s="14" t="n">
+      <c r="FP15" s="14" t="n">
         <v>12025.0</v>
       </c>
-      <c r="FD15" s="14" t="n">
+      <c r="FQ15" s="14" t="n">
         <v>3081.0</v>
       </c>
-      <c r="FE15" s="14" t="n">
+      <c r="FR15" s="14" t="n">
         <v>8282.0</v>
       </c>
-      <c r="FF15" s="14" t="n">
+      <c r="FS15" s="14" t="n">
         <v>7195.0</v>
       </c>
-      <c r="FG15" s="14" t="n">
+      <c r="FT15" s="14" t="n">
         <v>4590.0</v>
       </c>
-      <c r="FH15" s="14" t="n">
+      <c r="FU15" s="14" t="n">
         <v>2150.0</v>
       </c>
-      <c r="FI15" s="14" t="n">
+      <c r="FV15" s="14" t="n">
         <v>11267.0</v>
       </c>
-      <c r="FJ15" s="14" t="n">
+      <c r="FW15" s="14" t="n">
         <v>11375.0</v>
       </c>
-      <c r="FK15" s="14" t="n">
+      <c r="FX15" s="14" t="n">
         <v>5235.0</v>
       </c>
-      <c r="FL15" s="14" t="n">
+      <c r="FY15" s="14" t="n">
         <v>4289.0</v>
       </c>
-      <c r="FM15" s="14" t="n">
+      <c r="FZ15" s="14" t="n">
         <v>4956.0</v>
       </c>
-      <c r="FN15" s="14" t="n">
+      <c r="GA15" s="14" t="n">
         <v>6561.0</v>
       </c>
-      <c r="FO15" s="14" t="n">
+      <c r="GB15" s="14" t="n">
+        <v>11092.0</v>
+      </c>
+      <c r="GC15" s="14" t="n">
         <v>11732.0</v>
       </c>
-      <c r="FP15" s="14" t="n">
+      <c r="GD15" s="14" t="n">
         <v>12414.0</v>
       </c>
-      <c r="FQ15" s="14" t="n">
+      <c r="GE15" s="14" t="n">
         <v>4552.0</v>
       </c>
-      <c r="FR15" s="14" t="n">
+      <c r="GF15" s="14" t="n">
         <v>6336.0</v>
       </c>
-      <c r="FS15" s="14" t="n">
+      <c r="GG15" s="14" t="n">
         <v>12049.0</v>
       </c>
-      <c r="FT15" s="14" t="n">
+      <c r="GH15" s="14" t="n">
         <v>12263.0</v>
       </c>
-      <c r="FU15" s="14" t="n">
+      <c r="GI15" s="14" t="n">
         <v>7487.0</v>
       </c>
-      <c r="FV15" s="14" t="n">
+      <c r="GJ15" s="14" t="n">
         <v>5594.0</v>
       </c>
-      <c r="FW15" s="14" t="n">
+      <c r="GK15" s="14" t="n">
         <v>5647.0</v>
       </c>
-      <c r="FX15" s="14" t="n">
+      <c r="GL15" s="14" t="n">
         <v>10453.0</v>
       </c>
-      <c r="FY15" s="14" t="n">
+      <c r="GM15" s="14" t="n">
         <v>8805.0</v>
       </c>
-      <c r="FZ15" s="14" t="n">
+      <c r="GN15" s="14" t="n">
         <v>9364.0</v>
       </c>
-      <c r="GA15" s="14" t="n">
+      <c r="GO15" s="14" t="n">
         <v>5555.0</v>
       </c>
-      <c r="GB15" s="14" t="n">
+      <c r="GP15" s="14" t="n">
+        <v>2106.0</v>
+      </c>
+      <c r="GQ15" s="14" t="n">
         <v>2403.0</v>
       </c>
-      <c r="GC15" s="14" t="n">
+      <c r="GR15" s="14" t="n">
         <v>3130.0</v>
       </c>
-      <c r="GD15" s="14" t="n">
+      <c r="GS15" s="14" t="n">
         <v>1008.0</v>
       </c>
-      <c r="GE15" s="14" t="n">
+      <c r="GT15" s="14" t="n">
         <v>1887.0</v>
       </c>
-      <c r="GF15" s="14" t="n">
+      <c r="GU15" s="14" t="n">
         <v>2129.0</v>
       </c>
-      <c r="GG15" s="14" t="n">
+      <c r="GV15" s="14" t="n">
         <v>1427.0</v>
       </c>
-      <c r="GH15" s="14" t="n">
+      <c r="GW15" s="14" t="n">
         <v>859.0</v>
       </c>
-      <c r="GI15" s="14" t="n">
+      <c r="GX15" s="14" t="n">
         <v>793.0</v>
       </c>
-      <c r="GJ15" s="14" t="n">
+      <c r="GY15" s="14" t="n">
         <v>801.0</v>
       </c>
-      <c r="GK15" s="14" t="n">
+      <c r="GZ15" s="14" t="n">
         <v>741.0</v>
       </c>
-      <c r="GL15" s="14" t="n">
+      <c r="HA15" s="14" t="n">
         <v>560.0</v>
       </c>
-      <c r="GM15" s="14" t="n">
+      <c r="HB15" s="14" t="n">
         <v>1206.0</v>
       </c>
-      <c r="GN15" s="14" t="n">
+      <c r="HC15" s="14" t="n">
         <v>871.0</v>
       </c>
-      <c r="GO15" s="14" t="n">
+      <c r="HD15" s="14" t="n">
+        <v>5881.0</v>
+      </c>
+      <c r="HE15" s="14" t="n">
         <v>5822.0</v>
       </c>
-      <c r="GP15" s="14" t="n">
+      <c r="HF15" s="14" t="n">
         <v>6028.0</v>
       </c>
-      <c r="GQ15" s="14" t="n">
+      <c r="HG15" s="14" t="n">
         <v>6003.0</v>
       </c>
-      <c r="GR15" s="14" t="n">
+      <c r="HH15" s="14" t="n">
         <v>5924.0</v>
       </c>
-      <c r="GS15" s="14" t="n">
+      <c r="HI15" s="14" t="n">
         <v>5051.0</v>
       </c>
-      <c r="GT15" s="14" t="n">
+      <c r="HJ15" s="14" t="n">
         <v>4844.0</v>
       </c>
-      <c r="GU15" s="14" t="n">
+      <c r="HK15" s="14" t="n">
         <v>4135.0</v>
       </c>
-      <c r="GV15" s="14" t="n">
+      <c r="HL15" s="14" t="n">
         <v>3413.0</v>
       </c>
-      <c r="GW15" s="14" t="n">
+      <c r="HM15" s="14" t="n">
         <v>3446.0</v>
       </c>
-      <c r="GX15" s="14" t="n">
+      <c r="HN15" s="14" t="n">
         <v>5860.0</v>
       </c>
-      <c r="GY15" s="14" t="n">
+      <c r="HO15" s="14" t="n">
         <v>5532.0</v>
       </c>
-      <c r="GZ15" s="14" t="n">
+      <c r="HP15" s="14" t="n">
         <v>12380.0</v>
       </c>
-      <c r="HA15" s="14" t="n">
+      <c r="HQ15" s="14" t="n">
         <v>4831.0</v>
       </c>
-      <c r="HB15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HC15" s="14" t="n">
+      <c r="HR15" s="14" t="n">
+        <v>29089.0</v>
+      </c>
+      <c r="HS15" s="14" t="n">
+        <v>33197.0</v>
+      </c>
+      <c r="HT15" s="14" t="n">
         <v>29360.0</v>
       </c>
-      <c r="HD15" s="14" t="n">
+      <c r="HU15" s="14" t="n">
         <v>23458.0</v>
       </c>
-      <c r="HE15" s="14" t="n">
+      <c r="HV15" s="14" t="n">
         <v>23361.0</v>
       </c>
-      <c r="HF15" s="14" t="n">
+      <c r="HW15" s="14" t="n">
         <v>27303.0</v>
       </c>
-      <c r="HG15" s="14" t="n">
+      <c r="HX15" s="14" t="n">
         <v>37757.0</v>
       </c>
-      <c r="HH15" s="14" t="n">
+      <c r="HY15" s="14" t="n">
         <v>32652.0</v>
       </c>
-      <c r="HI15" s="14" t="n">
+      <c r="HZ15" s="14" t="n">
         <v>9920.0</v>
       </c>
-      <c r="HJ15" s="14" t="n">
+      <c r="IA15" s="14" t="n">
         <v>10015.0</v>
       </c>
-      <c r="HK15" s="14" t="n">
+      <c r="IB15" s="14" t="n">
         <v>33587.0</v>
       </c>
-      <c r="HL15" s="14" t="n">
+      <c r="IC15" s="14" t="n">
         <v>21097.0</v>
       </c>
-      <c r="HM15" s="14" t="n">
+      <c r="ID15" s="14" t="n">
         <v>25947.0</v>
       </c>
-      <c r="HN15" s="14" t="n">
+      <c r="IE15" s="14" t="n">
         <v>22625.0</v>
       </c>
-      <c r="HO15" s="14" t="n">
+      <c r="IF15" s="14" t="n">
+        <v>313.0</v>
+      </c>
+      <c r="IG15" s="14" t="n">
         <v>138.0</v>
       </c>
-      <c r="HP15" s="14" t="n">
+      <c r="IH15" s="14" t="n">
         <v>280.0</v>
       </c>
-      <c r="HQ15" s="14" t="n">
+      <c r="II15" s="14" t="n">
         <v>117.0</v>
       </c>
-      <c r="HR15" s="14" t="n">
+      <c r="IJ15" s="14" t="n">
         <v>50.0</v>
       </c>
-      <c r="HS15" s="14" t="n">
+      <c r="IK15" s="14" t="n">
         <v>71.0</v>
       </c>
-      <c r="HT15" s="14" t="n">
+      <c r="IL15" s="14" t="n">
         <v>181.0</v>
       </c>
-      <c r="HU15" s="14" t="n">
+      <c r="IM15" s="14" t="n">
         <v>82.0</v>
       </c>
-      <c r="HV15" s="14" t="n">
+      <c r="IN15" s="14" t="n">
         <v>625.0</v>
       </c>
-      <c r="HW15" s="14" t="n">
+      <c r="IO15" s="14" t="n">
         <v>631.0</v>
       </c>
-      <c r="HX15" s="14" t="n">
+      <c r="IP15" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="HY15" s="14" t="n">
+      <c r="IQ15" s="14" t="n">
         <v>91.0</v>
       </c>
-      <c r="HZ15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA15" s="14" t="n">
+      <c r="IR15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS15" s="14" t="n">
         <v>1153.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>07.6 Residuos textiles</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>47631.0</v>
+        <v>71079.0</v>
       </c>
       <c r="C16" s="14" t="n">
+        <v>48187.0</v>
+      </c>
+      <c r="D16" s="14" t="n">
         <v>53259.0</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>35823.0</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>47220.0</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>40344.0</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>39235.0</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>34616.0</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>40767.0</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>41329.0</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>23488.0</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>14656.0</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>7668.0</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>4683.0</v>
       </c>
-      <c r="O16" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P16" s="14" t="n">
+        <v>8616.0</v>
+      </c>
+      <c r="Q16" s="14" t="n">
+        <v>10122.0</v>
+      </c>
+      <c r="R16" s="14" t="n">
         <v>14358.0</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>6589.0</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>3590.0</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>3269.0</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>3392.0</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>3301.0</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>2945.0</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>2981.0</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>8134.0</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>2259.0</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>2267.0</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>659.0</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
+        <v>841.0</v>
+      </c>
+      <c r="AE16" s="14" t="n">
         <v>843.0</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>735.0</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>698.0</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>571.0</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>581.0</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>591.0</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>592.0</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>142.0</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>20.0</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
+        <v>4125.0</v>
+      </c>
+      <c r="AS16" s="14" t="n">
         <v>1038.0</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>1039.0</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
         <v>172.0</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AV16" s="14" t="n">
         <v>1292.0</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AW16" s="14" t="n">
         <v>1234.0</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AX16" s="14" t="n">
         <v>882.0</v>
       </c>
-      <c r="AU16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AV16" s="14" t="n">
+      <c r="AY16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AZ16" s="14" t="n">
         <v>579.0</v>
       </c>
-      <c r="AW16" s="14" t="n">
+      <c r="BA16" s="14" t="n">
         <v>504.0</v>
       </c>
-      <c r="AX16" s="14" t="n">
+      <c r="BB16" s="14" t="n">
         <v>106.0</v>
       </c>
-      <c r="AY16" s="14" t="n">
+      <c r="BC16" s="14" t="n">
         <v>136.0</v>
       </c>
-      <c r="AZ16" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BB16" s="14" t="n">
+      <c r="BD16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BF16" s="14" t="n">
+        <v>823.0</v>
+      </c>
+      <c r="BG16" s="14" t="n">
         <v>767.0</v>
       </c>
-      <c r="BC16" s="14" t="n">
+      <c r="BH16" s="14" t="n">
         <v>748.0</v>
       </c>
-      <c r="BD16" s="14" t="n">
+      <c r="BI16" s="14" t="n">
         <v>666.0</v>
       </c>
-      <c r="BE16" s="14" t="n">
+      <c r="BJ16" s="14" t="n">
         <v>677.0</v>
       </c>
-      <c r="BF16" s="14" t="n">
+      <c r="BK16" s="14" t="n">
         <v>742.0</v>
       </c>
-      <c r="BG16" s="14" t="n">
+      <c r="BL16" s="14" t="n">
         <v>860.0</v>
       </c>
-      <c r="BH16" s="14" t="n">
+      <c r="BM16" s="14" t="n">
         <v>2493.0</v>
       </c>
-      <c r="BI16" s="14" t="n">
+      <c r="BN16" s="14" t="n">
         <v>198.0</v>
       </c>
-      <c r="BJ16" s="14" t="n">
+      <c r="BO16" s="14" t="n">
         <v>191.0</v>
       </c>
-      <c r="BK16" s="14" t="n">
+      <c r="BP16" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="BL16" s="14" t="n">
+      <c r="BQ16" s="14" t="n">
         <v>53.0</v>
       </c>
-      <c r="BM16" s="14" t="n">
+      <c r="BR16" s="14" t="n">
         <v>39.0</v>
       </c>
-      <c r="BN16" s="14" t="n">
+      <c r="BS16" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="BO16" s="14" t="n">
+      <c r="BT16" s="14" t="n">
+        <v>493.0</v>
+      </c>
+      <c r="BU16" s="14" t="n">
         <v>433.0</v>
       </c>
-      <c r="BP16" s="14" t="n">
+      <c r="BV16" s="14" t="n">
         <v>489.0</v>
       </c>
-      <c r="BQ16" s="14" t="n">
+      <c r="BW16" s="14" t="n">
         <v>264.0</v>
       </c>
-      <c r="BR16" s="14" t="n">
+      <c r="BX16" s="14" t="n">
         <v>398.0</v>
       </c>
-      <c r="BS16" s="14" t="n">
+      <c r="BY16" s="14" t="n">
         <v>142.0</v>
       </c>
-      <c r="BT16" s="14" t="n">
+      <c r="BZ16" s="14" t="n">
         <v>1045.0</v>
       </c>
-      <c r="BU16" s="14" t="n">
+      <c r="CA16" s="14" t="n">
         <v>1078.0</v>
       </c>
-      <c r="BV16" s="14" t="n">
+      <c r="CB16" s="14" t="n">
         <v>474.0</v>
       </c>
-      <c r="BW16" s="14" t="n">
+      <c r="CC16" s="14" t="n">
         <v>460.0</v>
       </c>
-      <c r="BX16" s="14" t="n">
+      <c r="CD16" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="BY16" s="14" t="n">
+      <c r="CE16" s="14" t="n">
         <v>401.0</v>
       </c>
-      <c r="BZ16" s="14" t="n">
+      <c r="CF16" s="14" t="n">
         <v>373.0</v>
       </c>
-      <c r="CA16" s="14" t="n">
+      <c r="CG16" s="14" t="n">
         <v>141.0</v>
       </c>
-      <c r="CB16" s="14" t="n">
+      <c r="CH16" s="14" t="n">
+        <v>1302.0</v>
+      </c>
+      <c r="CI16" s="14" t="n">
         <v>1386.0</v>
       </c>
-      <c r="CC16" s="14" t="n">
+      <c r="CJ16" s="14" t="n">
         <v>1411.0</v>
       </c>
-      <c r="CD16" s="14" t="n">
+      <c r="CK16" s="14" t="n">
         <v>1253.0</v>
       </c>
-      <c r="CE16" s="14" t="n">
+      <c r="CL16" s="14" t="n">
         <v>1528.0</v>
       </c>
-      <c r="CF16" s="14" t="n">
+      <c r="CM16" s="14" t="n">
         <v>1401.0</v>
       </c>
-      <c r="CG16" s="14" t="n">
+      <c r="CN16" s="14" t="n">
         <v>1312.0</v>
       </c>
-      <c r="CH16" s="14" t="n">
+      <c r="CO16" s="14" t="n">
         <v>1207.0</v>
       </c>
-      <c r="CI16" s="14" t="n">
+      <c r="CP16" s="14" t="n">
         <v>782.0</v>
       </c>
-      <c r="CJ16" s="14" t="n">
+      <c r="CQ16" s="14" t="n">
         <v>779.0</v>
       </c>
-      <c r="CK16" s="14" t="n">
+      <c r="CR16" s="14" t="n">
         <v>673.0</v>
       </c>
-      <c r="CL16" s="14" t="n">
+      <c r="CS16" s="14" t="n">
         <v>230.0</v>
       </c>
-      <c r="CM16" s="14" t="n">
+      <c r="CT16" s="14" t="n">
         <v>231.0</v>
       </c>
-      <c r="CN16" s="14" t="n">
+      <c r="CU16" s="14" t="n">
         <v>206.0</v>
       </c>
-      <c r="CO16" s="14" t="n">
+      <c r="CV16" s="14" t="n">
+        <v>4459.0</v>
+      </c>
+      <c r="CW16" s="14" t="n">
         <v>2231.0</v>
       </c>
-      <c r="CP16" s="14" t="n">
+      <c r="CX16" s="14" t="n">
         <v>3246.0</v>
       </c>
-      <c r="CQ16" s="14" t="n">
+      <c r="CY16" s="14" t="n">
         <v>1656.0</v>
       </c>
-      <c r="CR16" s="14" t="n">
+      <c r="CZ16" s="14" t="n">
         <v>4327.0</v>
       </c>
-      <c r="CS16" s="14" t="n">
+      <c r="DA16" s="14" t="n">
         <v>2547.0</v>
       </c>
-      <c r="CT16" s="14" t="n">
+      <c r="DB16" s="14" t="n">
         <v>1573.0</v>
       </c>
-      <c r="CU16" s="14" t="n">
+      <c r="DC16" s="14" t="n">
         <v>1371.0</v>
       </c>
-      <c r="CV16" s="14" t="n">
+      <c r="DD16" s="14" t="n">
         <v>530.0</v>
       </c>
-      <c r="CW16" s="14" t="n">
+      <c r="DE16" s="14" t="n">
         <v>504.0</v>
       </c>
-      <c r="CX16" s="14" t="n">
+      <c r="DF16" s="14" t="n">
         <v>466.0</v>
       </c>
-      <c r="CY16" s="14" t="n">
+      <c r="DG16" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="CZ16" s="14" t="n">
+      <c r="DH16" s="14" t="n">
         <v>78.0</v>
       </c>
-      <c r="DA16" s="14" t="n">
+      <c r="DI16" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="DB16" s="14" t="n">
+      <c r="DJ16" s="14" t="n">
+        <v>402.0</v>
+      </c>
+      <c r="DK16" s="14" t="n">
         <v>217.0</v>
       </c>
-      <c r="DC16" s="14" t="n">
+      <c r="DL16" s="14" t="n">
         <v>456.0</v>
       </c>
-      <c r="DD16" s="14" t="n">
+      <c r="DM16" s="14" t="n">
         <v>209.0</v>
       </c>
-      <c r="DE16" s="14" t="n">
+      <c r="DN16" s="14" t="n">
         <v>501.0</v>
       </c>
-      <c r="DF16" s="14" t="n">
+      <c r="DO16" s="14" t="n">
         <v>2972.0</v>
       </c>
-      <c r="DG16" s="14" t="n">
+      <c r="DP16" s="14" t="n">
         <v>1732.0</v>
       </c>
-      <c r="DH16" s="14" t="n">
+      <c r="DQ16" s="14" t="n">
         <v>1901.0</v>
       </c>
-      <c r="DI16" s="14" t="n">
+      <c r="DR16" s="14" t="n">
         <v>813.0</v>
       </c>
-      <c r="DJ16" s="14" t="n">
+      <c r="DS16" s="14" t="n">
         <v>809.0</v>
       </c>
-      <c r="DK16" s="14" t="n">
+      <c r="DT16" s="14" t="n">
         <v>926.0</v>
       </c>
-      <c r="DL16" s="14" t="n">
+      <c r="DU16" s="14" t="n">
         <v>634.0</v>
       </c>
-      <c r="DM16" s="14" t="n">
+      <c r="DV16" s="14" t="n">
         <v>142.0</v>
       </c>
-      <c r="DN16" s="14" t="n">
+      <c r="DW16" s="14" t="n">
         <v>224.0</v>
       </c>
-      <c r="DO16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DP16" s="14" t="n">
+      <c r="DX16" s="14" t="n">
+        <v>14285.0</v>
+      </c>
+      <c r="DY16" s="14" t="n">
+        <v>9201.0</v>
+      </c>
+      <c r="DZ16" s="14" t="n">
         <v>9994.0</v>
       </c>
-      <c r="DQ16" s="14" t="n">
+      <c r="EA16" s="14" t="n">
         <v>9289.0</v>
       </c>
-      <c r="DR16" s="14" t="n">
+      <c r="EB16" s="14" t="n">
         <v>8665.0</v>
       </c>
-      <c r="DS16" s="14" t="n">
+      <c r="EC16" s="14" t="n">
         <v>8361.0</v>
       </c>
-      <c r="DT16" s="14" t="n">
+      <c r="ED16" s="14" t="n">
         <v>6822.0</v>
       </c>
-      <c r="DU16" s="14" t="n">
+      <c r="EE16" s="14" t="n">
         <v>2771.0</v>
       </c>
-      <c r="DV16" s="14" t="n">
+      <c r="EF16" s="14" t="n">
         <v>2693.0</v>
       </c>
-      <c r="DW16" s="14" t="n">
+      <c r="EG16" s="14" t="n">
         <v>2676.0</v>
       </c>
-      <c r="DX16" s="14" t="n">
+      <c r="EH16" s="14" t="n">
         <v>2746.0</v>
       </c>
-      <c r="DY16" s="14" t="n">
+      <c r="EI16" s="14" t="n">
         <v>1896.0</v>
       </c>
-      <c r="DZ16" s="14" t="n">
+      <c r="EJ16" s="14" t="n">
         <v>967.0</v>
       </c>
-      <c r="EA16" s="14" t="n">
+      <c r="EK16" s="14" t="n">
         <v>314.0</v>
       </c>
-      <c r="EB16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EC16" s="14" t="n">
+      <c r="EL16" s="14" t="n">
+        <v>7327.0</v>
+      </c>
+      <c r="EM16" s="14" t="n">
+        <v>5684.0</v>
+      </c>
+      <c r="EN16" s="14" t="n">
         <v>5624.0</v>
       </c>
-      <c r="ED16" s="14" t="n">
+      <c r="EO16" s="14" t="n">
         <v>5864.0</v>
       </c>
-      <c r="EE16" s="14" t="n">
+      <c r="EP16" s="14" t="n">
         <v>6154.0</v>
       </c>
-      <c r="EF16" s="14" t="n">
+      <c r="EQ16" s="14" t="n">
         <v>7237.0</v>
       </c>
-      <c r="EG16" s="14" t="n">
+      <c r="ER16" s="14" t="n">
         <v>4999.0</v>
       </c>
-      <c r="EH16" s="14" t="n">
+      <c r="ES16" s="14" t="n">
         <v>4988.0</v>
       </c>
-      <c r="EI16" s="14" t="n">
+      <c r="ET16" s="14" t="n">
         <v>4556.0</v>
       </c>
-      <c r="EJ16" s="14" t="n">
+      <c r="EU16" s="14" t="n">
         <v>4421.0</v>
       </c>
-      <c r="EK16" s="14" t="n">
+      <c r="EV16" s="14" t="n">
         <v>963.0</v>
       </c>
-      <c r="EL16" s="14" t="n">
+      <c r="EW16" s="14" t="n">
         <v>1164.0</v>
       </c>
-      <c r="EM16" s="14" t="n">
+      <c r="EX16" s="14" t="n">
         <v>146.0</v>
       </c>
-      <c r="EN16" s="14" t="n">
+      <c r="EY16" s="14" t="n">
         <v>291.0</v>
       </c>
-      <c r="EO16" s="14" t="n">
+      <c r="EZ16" s="14" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="FA16" s="14" t="n">
         <v>55.0</v>
       </c>
-      <c r="EP16" s="14" t="n">
+      <c r="FB16" s="14" t="n">
         <v>212.0</v>
       </c>
-      <c r="EQ16" s="14" t="n">
+      <c r="FC16" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="ER16" s="14" t="n">
+      <c r="FD16" s="14" t="n">
         <v>380.0</v>
       </c>
-      <c r="ES16" s="14" t="n">
+      <c r="FE16" s="14" t="n">
         <v>368.0</v>
       </c>
-      <c r="ET16" s="14" t="n">
+      <c r="FF16" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="EU16" s="14" t="n">
+      <c r="FG16" s="14" t="n">
         <v>93.0</v>
       </c>
-      <c r="EV16" s="14" t="n">
+      <c r="FH16" s="14" t="n">
         <v>115.0</v>
       </c>
-      <c r="EW16" s="14" t="n">
+      <c r="FI16" s="14" t="n">
         <v>124.0</v>
       </c>
-      <c r="EX16" s="14" t="n">
+      <c r="FJ16" s="14" t="n">
         <v>155.0</v>
       </c>
-      <c r="EY16" s="14" t="n">
+      <c r="FK16" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="EZ16" s="14" t="n">
+      <c r="FL16" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="FA16" s="14" t="n">
+      <c r="FM16" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="FB16" s="14" t="n">
+      <c r="FN16" s="14" t="n">
+        <v>1929.0</v>
+      </c>
+      <c r="FO16" s="14" t="n">
         <v>759.0</v>
       </c>
-      <c r="FC16" s="14" t="n">
+      <c r="FP16" s="14" t="n">
         <v>573.0</v>
       </c>
-      <c r="FD16" s="14" t="n">
+      <c r="FQ16" s="14" t="n">
         <v>430.0</v>
       </c>
-      <c r="FE16" s="14" t="n">
+      <c r="FR16" s="14" t="n">
         <v>141.0</v>
       </c>
-      <c r="FF16" s="14" t="n">
+      <c r="FS16" s="14" t="n">
         <v>396.0</v>
       </c>
-      <c r="FG16" s="14" t="n">
+      <c r="FT16" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="FH16" s="14" t="n">
+      <c r="FU16" s="14" t="n">
         <v>114.0</v>
       </c>
-      <c r="FI16" s="14" t="n">
+      <c r="FV16" s="14" t="n">
         <v>227.0</v>
       </c>
-      <c r="FJ16" s="14" t="n">
+      <c r="FW16" s="14" t="n">
         <v>205.0</v>
       </c>
-      <c r="FK16" s="14" t="n">
+      <c r="FX16" s="14" t="n">
         <v>150.0</v>
       </c>
-      <c r="FL16" s="14" t="n">
+      <c r="FY16" s="14" t="n">
         <v>461.0</v>
       </c>
-      <c r="FM16" s="14" t="n">
+      <c r="FZ16" s="14" t="n">
         <v>300.0</v>
       </c>
-      <c r="FN16" s="14" t="n">
+      <c r="GA16" s="14" t="n">
         <v>415.0</v>
       </c>
-      <c r="FO16" s="14" t="n">
+      <c r="GB16" s="14" t="n">
+        <v>14061.0</v>
+      </c>
+      <c r="GC16" s="14" t="n">
         <v>3211.0</v>
       </c>
-      <c r="FP16" s="14" t="n">
+      <c r="GD16" s="14" t="n">
         <v>2778.0</v>
       </c>
-      <c r="FQ16" s="14" t="n">
+      <c r="GE16" s="14" t="n">
         <v>1149.0</v>
       </c>
-      <c r="FR16" s="14" t="n">
+      <c r="GF16" s="14" t="n">
         <v>1408.0</v>
       </c>
-      <c r="FS16" s="14" t="n">
+      <c r="GG16" s="14" t="n">
         <v>1353.0</v>
       </c>
-      <c r="FT16" s="14" t="n">
+      <c r="GH16" s="14" t="n">
         <v>1260.0</v>
       </c>
-      <c r="FU16" s="14" t="n">
+      <c r="GI16" s="14" t="n">
         <v>1129.0</v>
       </c>
-      <c r="FV16" s="14" t="n">
+      <c r="GJ16" s="14" t="n">
         <v>608.0</v>
       </c>
-      <c r="FW16" s="14" t="n">
+      <c r="GK16" s="14" t="n">
         <v>651.0</v>
       </c>
-      <c r="FX16" s="14" t="n">
+      <c r="GL16" s="14" t="n">
         <v>433.0</v>
       </c>
-      <c r="FY16" s="14" t="n">
+      <c r="GM16" s="14" t="n">
         <v>871.0</v>
       </c>
-      <c r="FZ16" s="14" t="n">
+      <c r="GN16" s="14" t="n">
         <v>291.0</v>
       </c>
-      <c r="GA16" s="14" t="n">
+      <c r="GO16" s="14" t="n">
         <v>317.0</v>
       </c>
-      <c r="GB16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC16" s="14" t="n">
+      <c r="GP16" s="14" t="n">
+        <v>374.0</v>
+      </c>
+      <c r="GQ16" s="14" t="n">
+        <v>413.0</v>
+      </c>
+      <c r="GR16" s="14" t="n">
         <v>687.0</v>
       </c>
-      <c r="GD16" s="14" t="n">
+      <c r="GS16" s="14" t="n">
         <v>474.0</v>
       </c>
-      <c r="GE16" s="14" t="n">
+      <c r="GT16" s="14" t="n">
         <v>1002.0</v>
       </c>
-      <c r="GF16" s="14" t="n">
+      <c r="GU16" s="14" t="n">
         <v>560.0</v>
       </c>
-      <c r="GG16" s="14" t="n">
+      <c r="GV16" s="14" t="n">
         <v>574.0</v>
       </c>
-      <c r="GH16" s="14" t="n">
+      <c r="GW16" s="14" t="n">
         <v>564.0</v>
       </c>
-      <c r="GI16" s="14" t="n">
+      <c r="GX16" s="14" t="n">
         <v>144.0</v>
       </c>
-      <c r="GJ16" s="14" t="n">
+      <c r="GY16" s="14" t="n">
         <v>142.0</v>
       </c>
-      <c r="GK16" s="14" t="n">
+      <c r="GZ16" s="14" t="n">
         <v>215.0</v>
       </c>
-      <c r="GL16" s="14" t="n">
+      <c r="HA16" s="14" t="n">
         <v>328.0</v>
       </c>
-      <c r="GM16" s="14" t="n">
+      <c r="HB16" s="14" t="n">
         <v>421.0</v>
       </c>
-      <c r="GN16" s="14" t="n">
+      <c r="HC16" s="14" t="n">
         <v>46.0</v>
       </c>
-      <c r="GO16" s="14" t="n">
+      <c r="HD16" s="14" t="n">
+        <v>5518.0</v>
+      </c>
+      <c r="HE16" s="14" t="n">
         <v>5645.0</v>
       </c>
-      <c r="GP16" s="14" t="n">
+      <c r="HF16" s="14" t="n">
         <v>5538.0</v>
       </c>
-      <c r="GQ16" s="14" t="n">
+      <c r="HG16" s="14" t="n">
         <v>3662.0</v>
       </c>
-      <c r="GR16" s="14" t="n">
+      <c r="HH16" s="14" t="n">
         <v>4245.0</v>
       </c>
-      <c r="GS16" s="14" t="n">
+      <c r="HI16" s="14" t="n">
         <v>3956.0</v>
       </c>
-      <c r="GT16" s="14" t="n">
+      <c r="HJ16" s="14" t="n">
         <v>3231.0</v>
       </c>
-      <c r="GU16" s="14" t="n">
+      <c r="HK16" s="14" t="n">
         <v>2671.0</v>
       </c>
-      <c r="GV16" s="14" t="n">
+      <c r="HL16" s="14" t="n">
         <v>1235.0</v>
       </c>
-      <c r="GW16" s="14" t="n">
+      <c r="HM16" s="14" t="n">
         <v>1199.0</v>
       </c>
-      <c r="GX16" s="14" t="n">
+      <c r="HN16" s="14" t="n">
         <v>2121.0</v>
       </c>
-      <c r="GY16" s="14" t="n">
+      <c r="HO16" s="14" t="n">
         <v>1258.0</v>
       </c>
-      <c r="GZ16" s="14" t="n">
+      <c r="HP16" s="14" t="n">
         <v>841.0</v>
       </c>
-      <c r="HA16" s="14" t="n">
+      <c r="HQ16" s="14" t="n">
         <v>858.0</v>
       </c>
-      <c r="HB16" s="14" t="n">
+      <c r="HR16" s="14" t="n">
+        <v>5363.0</v>
+      </c>
+      <c r="HS16" s="14" t="n">
         <v>5017.0</v>
       </c>
-      <c r="HC16" s="14" t="n">
+      <c r="HT16" s="14" t="n">
         <v>4147.0</v>
       </c>
-      <c r="HD16" s="14" t="n">
+      <c r="HU16" s="14" t="n">
         <v>3714.0</v>
       </c>
-      <c r="HE16" s="14" t="n">
+      <c r="HV16" s="14" t="n">
         <v>12214.0</v>
       </c>
-      <c r="HF16" s="14" t="n">
+      <c r="HW16" s="14" t="n">
         <v>5223.0</v>
       </c>
-      <c r="HG16" s="14" t="n">
+      <c r="HX16" s="14" t="n">
         <v>10814.0</v>
       </c>
-      <c r="HH16" s="14" t="n">
+      <c r="HY16" s="14" t="n">
         <v>10916.0</v>
       </c>
-      <c r="HI16" s="14" t="n">
+      <c r="HZ16" s="14" t="n">
         <v>11907.0</v>
       </c>
-      <c r="HJ16" s="14" t="n">
+      <c r="IA16" s="14" t="n">
         <v>12068.0</v>
       </c>
-      <c r="HK16" s="14" t="n">
+      <c r="IB16" s="14" t="n">
         <v>6278.0</v>
       </c>
-      <c r="HL16" s="14" t="n">
+      <c r="IC16" s="14" t="n">
         <v>4849.0</v>
       </c>
-      <c r="HM16" s="14" t="n">
+      <c r="ID16" s="14" t="n">
         <v>1349.0</v>
       </c>
-      <c r="HN16" s="14" t="n">
+      <c r="IE16" s="14" t="n">
         <v>1097.0</v>
       </c>
-      <c r="HO16" s="14" t="n">
+      <c r="IF16" s="14" t="n">
+        <v>1110.0</v>
+      </c>
+      <c r="IG16" s="14" t="n">
         <v>1166.0</v>
       </c>
-      <c r="HP16" s="14" t="n">
+      <c r="IH16" s="14" t="n">
         <v>1223.0</v>
       </c>
-      <c r="HQ16" s="14" t="n">
+      <c r="II16" s="14" t="n">
         <v>333.0</v>
       </c>
-      <c r="HR16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HS16" s="14" t="n">
+      <c r="IJ16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IK16" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="HT16" s="14" t="n">
+      <c r="IL16" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="HU16" s="14" t="n">
+      <c r="IM16" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="HV16" s="14" t="n">
+      <c r="IN16" s="14" t="n">
         <v>198.0</v>
       </c>
-      <c r="HW16" s="14" t="n">
+      <c r="IO16" s="14" t="n">
         <v>169.0</v>
       </c>
-      <c r="HX16" s="14" t="n">
+      <c r="IP16" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="HY16" s="14" t="n">
+      <c r="IQ16" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="HZ16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA16" s="14" t="n">
+      <c r="IR16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS16" s="14" t="n">
         <v>11.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>08.2 y 08.43 Equipos eléctricos desechados y Componentes de equipos eléctrónicos desechados</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>82181.0</v>
+        <v>12375.0</v>
       </c>
       <c r="C17" s="14" t="n">
+        <v>77099.0</v>
+      </c>
+      <c r="D17" s="14" t="n">
         <v>84308.0</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>81547.0</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>57710.0</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>56714.0</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>54599.0</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>46068.0</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>63338.0</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>52582.0</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="L17" s="14" t="n">
         <v>41644.0</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>32179.0</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>29330.0</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>61216.0</v>
       </c>
-      <c r="O17" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P17" s="14" t="n">
+        <v>8471.0</v>
+      </c>
+      <c r="Q17" s="14" t="n">
+        <v>28133.0</v>
+      </c>
+      <c r="R17" s="14" t="n">
         <v>28874.0</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>31704.0</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>5651.0</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>5036.0</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="V17" s="14" t="n">
         <v>4349.0</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="W17" s="14" t="n">
         <v>4264.0</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>3657.0</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>3006.0</v>
       </c>
-      <c r="X17" s="14" t="n">
+      <c r="Z17" s="14" t="n">
         <v>2366.0</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
         <v>3014.0</v>
       </c>
-      <c r="Z17" s="14" t="n">
+      <c r="AB17" s="14" t="n">
         <v>3054.0</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="AC17" s="14" t="n">
         <v>25185.0</v>
       </c>
-      <c r="AB17" s="14" t="n">
+      <c r="AD17" s="14" t="n">
+        <v>2408.0</v>
+      </c>
+      <c r="AE17" s="14" t="n">
         <v>2557.0</v>
       </c>
-      <c r="AC17" s="14" t="n">
+      <c r="AF17" s="14" t="n">
         <v>1667.0</v>
       </c>
-      <c r="AD17" s="14" t="n">
+      <c r="AG17" s="14" t="n">
         <v>1990.0</v>
       </c>
-      <c r="AE17" s="14" t="n">
+      <c r="AH17" s="14" t="n">
         <v>1768.0</v>
       </c>
-      <c r="AF17" s="14" t="n">
+      <c r="AI17" s="14" t="n">
         <v>1226.0</v>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AJ17" s="14" t="n">
         <v>1295.0</v>
       </c>
-      <c r="AH17" s="14" t="n">
+      <c r="AK17" s="14" t="n">
         <v>796.0</v>
       </c>
-      <c r="AI17" s="14" t="n">
+      <c r="AL17" s="14" t="n">
         <v>1035.0</v>
       </c>
-      <c r="AJ17" s="14" t="n">
+      <c r="AM17" s="14" t="n">
         <v>856.0</v>
       </c>
-      <c r="AK17" s="14" t="n">
+      <c r="AN17" s="14" t="n">
         <v>1051.0</v>
       </c>
-      <c r="AL17" s="14" t="n">
+      <c r="AO17" s="14" t="n">
         <v>1321.0</v>
       </c>
-      <c r="AM17" s="14" t="n">
+      <c r="AP17" s="14" t="n">
         <v>1382.0</v>
       </c>
-      <c r="AN17" s="14" t="n">
+      <c r="AQ17" s="14" t="n">
         <v>1209.0</v>
       </c>
-      <c r="AO17" s="14" t="n">
+      <c r="AR17" s="14" t="n">
+        <v>1554.0</v>
+      </c>
+      <c r="AS17" s="14" t="n">
         <v>2317.0</v>
       </c>
-      <c r="AP17" s="14" t="n">
+      <c r="AT17" s="14" t="n">
         <v>2479.0</v>
       </c>
-      <c r="AQ17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AR17" s="14" t="n">
+      <c r="AU17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AV17" s="14" t="n">
         <v>1742.0</v>
       </c>
-      <c r="AS17" s="14" t="n">
+      <c r="AW17" s="14" t="n">
         <v>2260.0</v>
       </c>
-      <c r="AT17" s="14" t="n">
+      <c r="AX17" s="14" t="n">
         <v>1505.0</v>
       </c>
-      <c r="AU17" s="14" t="n">
+      <c r="AY17" s="14" t="n">
         <v>708.0</v>
       </c>
-      <c r="AV17" s="14" t="n">
+      <c r="AZ17" s="14" t="n">
         <v>2296.0</v>
       </c>
-      <c r="AW17" s="14" t="n">
+      <c r="BA17" s="14" t="n">
         <v>1907.0</v>
       </c>
-      <c r="AX17" s="14" t="n">
+      <c r="BB17" s="14" t="n">
         <v>787.0</v>
       </c>
-      <c r="AY17" s="14" t="n">
+      <c r="BC17" s="14" t="n">
         <v>939.0</v>
       </c>
-      <c r="AZ17" s="14" t="n">
+      <c r="BD17" s="14" t="n">
         <v>933.0</v>
       </c>
-      <c r="BA17" s="14" t="n">
+      <c r="BE17" s="14" t="n">
         <v>1679.0</v>
       </c>
-      <c r="BB17" s="14" t="n">
+      <c r="BF17" s="14" t="n">
+        <v>3904.0</v>
+      </c>
+      <c r="BG17" s="14" t="n">
         <v>2694.0</v>
       </c>
-      <c r="BC17" s="14" t="n">
+      <c r="BH17" s="14" t="n">
         <v>2556.0</v>
       </c>
-      <c r="BD17" s="14" t="n">
+      <c r="BI17" s="14" t="n">
         <v>4158.0</v>
       </c>
-      <c r="BE17" s="14" t="n">
+      <c r="BJ17" s="14" t="n">
         <v>1914.0</v>
       </c>
-      <c r="BF17" s="14" t="n">
+      <c r="BK17" s="14" t="n">
         <v>5105.0</v>
       </c>
-      <c r="BG17" s="14" t="n">
+      <c r="BL17" s="14" t="n">
         <v>2218.0</v>
       </c>
-      <c r="BH17" s="14" t="n">
+      <c r="BM17" s="14" t="n">
         <v>1244.0</v>
       </c>
-      <c r="BI17" s="14" t="n">
+      <c r="BN17" s="14" t="n">
         <v>1412.0</v>
       </c>
-      <c r="BJ17" s="14" t="n">
+      <c r="BO17" s="14" t="n">
         <v>1173.0</v>
       </c>
-      <c r="BK17" s="14" t="n">
+      <c r="BP17" s="14" t="n">
         <v>253.0</v>
       </c>
-      <c r="BL17" s="14" t="n">
+      <c r="BQ17" s="14" t="n">
         <v>831.0</v>
       </c>
-      <c r="BM17" s="14" t="n">
+      <c r="BR17" s="14" t="n">
         <v>124.0</v>
       </c>
-      <c r="BN17" s="14" t="n">
+      <c r="BS17" s="14" t="n">
         <v>501.0</v>
       </c>
-      <c r="BO17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BP17" s="14" t="n">
+      <c r="BT17" s="14" t="n">
+        <v>4145.0</v>
+      </c>
+      <c r="BU17" s="14" t="n">
+        <v>2735.0</v>
+      </c>
+      <c r="BV17" s="14" t="n">
         <v>7331.0</v>
       </c>
-      <c r="BQ17" s="14" t="n">
+      <c r="BW17" s="14" t="n">
         <v>4703.0</v>
       </c>
-      <c r="BR17" s="14" t="n">
+      <c r="BX17" s="14" t="n">
         <v>4512.0</v>
       </c>
-      <c r="BS17" s="14" t="n">
+      <c r="BY17" s="14" t="n">
         <v>5969.0</v>
       </c>
-      <c r="BT17" s="14" t="n">
+      <c r="BZ17" s="14" t="n">
         <v>4541.0</v>
       </c>
-      <c r="BU17" s="14" t="n">
+      <c r="CA17" s="14" t="n">
         <v>5182.0</v>
       </c>
-      <c r="BV17" s="14" t="n">
+      <c r="CB17" s="14" t="n">
         <v>2779.0</v>
       </c>
-      <c r="BW17" s="14" t="n">
+      <c r="CC17" s="14" t="n">
         <v>2308.0</v>
       </c>
-      <c r="BX17" s="14" t="n">
+      <c r="CD17" s="14" t="n">
         <v>819.0</v>
       </c>
-      <c r="BY17" s="14" t="n">
+      <c r="CE17" s="14" t="n">
         <v>1935.0</v>
       </c>
-      <c r="BZ17" s="14" t="n">
+      <c r="CF17" s="14" t="n">
         <v>1908.0</v>
       </c>
-      <c r="CA17" s="14" t="n">
+      <c r="CG17" s="14" t="n">
         <v>1826.0</v>
       </c>
-      <c r="CB17" s="14" t="n">
+      <c r="CH17" s="14" t="n">
+        <v>1265.0</v>
+      </c>
+      <c r="CI17" s="14" t="n">
         <v>1314.0</v>
       </c>
-      <c r="CC17" s="14" t="n">
+      <c r="CJ17" s="14" t="n">
         <v>1229.0</v>
       </c>
-      <c r="CD17" s="14" t="n">
+      <c r="CK17" s="14" t="n">
         <v>1347.0</v>
       </c>
-      <c r="CE17" s="14" t="n">
+      <c r="CL17" s="14" t="n">
         <v>1252.0</v>
       </c>
-      <c r="CF17" s="14" t="n">
+      <c r="CM17" s="14" t="n">
         <v>913.0</v>
       </c>
-      <c r="CG17" s="14" t="n">
+      <c r="CN17" s="14" t="n">
         <v>843.0</v>
       </c>
-      <c r="CH17" s="14" t="n">
+      <c r="CO17" s="14" t="n">
         <v>738.0</v>
       </c>
-      <c r="CI17" s="14" t="n">
+      <c r="CP17" s="14" t="n">
         <v>603.0</v>
       </c>
-      <c r="CJ17" s="14" t="n">
+      <c r="CQ17" s="14" t="n">
         <v>501.0</v>
       </c>
-      <c r="CK17" s="14" t="n">
+      <c r="CR17" s="14" t="n">
         <v>431.0</v>
       </c>
-      <c r="CL17" s="14" t="n">
+      <c r="CS17" s="14" t="n">
         <v>624.0</v>
       </c>
-      <c r="CM17" s="14" t="n">
+      <c r="CT17" s="14" t="n">
         <v>490.0</v>
       </c>
-      <c r="CN17" s="14" t="n">
+      <c r="CU17" s="14" t="n">
         <v>1214.0</v>
       </c>
-      <c r="CO17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CP17" s="14" t="n">
+      <c r="CV17" s="14" t="n">
+        <v>5762.0</v>
+      </c>
+      <c r="CW17" s="14" t="n">
+        <v>4277.0</v>
+      </c>
+      <c r="CX17" s="14" t="n">
         <v>5860.0</v>
       </c>
-      <c r="CQ17" s="14" t="n">
+      <c r="CY17" s="14" t="n">
         <v>4876.0</v>
       </c>
-      <c r="CR17" s="14" t="n">
+      <c r="CZ17" s="14" t="n">
         <v>4682.0</v>
       </c>
-      <c r="CS17" s="14" t="n">
+      <c r="DA17" s="14" t="n">
         <v>4897.0</v>
       </c>
-      <c r="CT17" s="14" t="n">
+      <c r="DB17" s="14" t="n">
         <v>2854.0</v>
       </c>
-      <c r="CU17" s="14" t="n">
+      <c r="DC17" s="14" t="n">
         <v>7065.0</v>
       </c>
-      <c r="CV17" s="14" t="n">
+      <c r="DD17" s="14" t="n">
         <v>9521.0</v>
       </c>
-      <c r="CW17" s="14" t="n">
+      <c r="DE17" s="14" t="n">
         <v>7910.0</v>
       </c>
-      <c r="CX17" s="14" t="n">
+      <c r="DF17" s="14" t="n">
         <v>918.0</v>
       </c>
-      <c r="CY17" s="14" t="n">
+      <c r="DG17" s="14" t="n">
         <v>1565.0</v>
       </c>
-      <c r="CZ17" s="14" t="n">
+      <c r="DH17" s="14" t="n">
         <v>1334.0</v>
       </c>
-      <c r="DA17" s="14" t="n">
+      <c r="DI17" s="14" t="n">
         <v>4161.0</v>
       </c>
-      <c r="DB17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC17" s="14" t="n">
+      <c r="DJ17" s="14" t="n">
+        <v>2667.0</v>
+      </c>
+      <c r="DK17" s="14" t="n">
+        <v>3438.0</v>
+      </c>
+      <c r="DL17" s="14" t="n">
         <v>3065.0</v>
       </c>
-      <c r="DD17" s="14" t="n">
+      <c r="DM17" s="14" t="n">
         <v>1670.0</v>
       </c>
-      <c r="DE17" s="14" t="n">
+      <c r="DN17" s="14" t="n">
         <v>2258.0</v>
       </c>
-      <c r="DF17" s="14" t="n">
+      <c r="DO17" s="14" t="n">
         <v>2604.0</v>
       </c>
-      <c r="DG17" s="14" t="n">
+      <c r="DP17" s="14" t="n">
         <v>4856.0</v>
       </c>
-      <c r="DH17" s="14" t="n">
+      <c r="DQ17" s="14" t="n">
         <v>1887.0</v>
       </c>
-      <c r="DI17" s="14" t="n">
+      <c r="DR17" s="14" t="n">
         <v>3757.0</v>
       </c>
-      <c r="DJ17" s="14" t="n">
+      <c r="DS17" s="14" t="n">
         <v>3121.0</v>
       </c>
-      <c r="DK17" s="14" t="n">
+      <c r="DT17" s="14" t="n">
         <v>2957.0</v>
       </c>
-      <c r="DL17" s="14" t="n">
+      <c r="DU17" s="14" t="n">
         <v>1664.0</v>
       </c>
-      <c r="DM17" s="14" t="n">
+      <c r="DV17" s="14" t="n">
         <v>1496.0</v>
       </c>
-      <c r="DN17" s="14" t="n">
+      <c r="DW17" s="14" t="n">
         <v>1332.0</v>
       </c>
-      <c r="DO17" s="14" t="n">
+      <c r="DX17" s="14" t="n">
+        <v>9186.0</v>
+      </c>
+      <c r="DY17" s="14" t="n">
         <v>10033.0</v>
       </c>
-      <c r="DP17" s="14" t="n">
+      <c r="DZ17" s="14" t="n">
         <v>9529.0</v>
       </c>
-      <c r="DQ17" s="14" t="n">
+      <c r="EA17" s="14" t="n">
         <v>9600.0</v>
       </c>
-      <c r="DR17" s="14" t="n">
+      <c r="EB17" s="14" t="n">
         <v>6248.0</v>
       </c>
-      <c r="DS17" s="14" t="n">
+      <c r="EC17" s="14" t="n">
         <v>5659.0</v>
       </c>
-      <c r="DT17" s="14" t="n">
+      <c r="ED17" s="14" t="n">
         <v>6729.0</v>
       </c>
-      <c r="DU17" s="14" t="n">
+      <c r="EE17" s="14" t="n">
         <v>4581.0</v>
       </c>
-      <c r="DV17" s="14" t="n">
+      <c r="EF17" s="14" t="n">
         <v>6361.0</v>
       </c>
-      <c r="DW17" s="14" t="n">
+      <c r="EG17" s="14" t="n">
         <v>5284.0</v>
       </c>
-      <c r="DX17" s="14" t="n">
+      <c r="EH17" s="14" t="n">
         <v>8254.0</v>
       </c>
-      <c r="DY17" s="14" t="n">
+      <c r="EI17" s="14" t="n">
         <v>4387.0</v>
       </c>
-      <c r="DZ17" s="14" t="n">
+      <c r="EJ17" s="14" t="n">
         <v>2801.0</v>
       </c>
-      <c r="EA17" s="14" t="n">
+      <c r="EK17" s="14" t="n">
         <v>3873.0</v>
       </c>
-      <c r="EB17" s="14" t="n">
+      <c r="EL17" s="14" t="n">
+        <v>1801.0</v>
+      </c>
+      <c r="EM17" s="14" t="n">
         <v>1957.0</v>
       </c>
-      <c r="EC17" s="14" t="n">
+      <c r="EN17" s="14" t="n">
         <v>2033.0</v>
       </c>
-      <c r="ED17" s="14" t="n">
+      <c r="EO17" s="14" t="n">
         <v>1709.0</v>
       </c>
-      <c r="EE17" s="14" t="n">
+      <c r="EP17" s="14" t="n">
         <v>1885.0</v>
       </c>
-      <c r="EF17" s="14" t="n">
+      <c r="EQ17" s="14" t="n">
         <v>3212.0</v>
       </c>
-      <c r="EG17" s="14" t="n">
+      <c r="ER17" s="14" t="n">
         <v>2331.0</v>
       </c>
-      <c r="EH17" s="14" t="n">
+      <c r="ES17" s="14" t="n">
         <v>1617.0</v>
       </c>
-      <c r="EI17" s="14" t="n">
+      <c r="ET17" s="14" t="n">
         <v>4396.0</v>
       </c>
-      <c r="EJ17" s="14" t="n">
+      <c r="EU17" s="14" t="n">
         <v>3652.0</v>
       </c>
-      <c r="EK17" s="14" t="n">
+      <c r="EV17" s="14" t="n">
         <v>1214.0</v>
       </c>
-      <c r="EL17" s="14" t="n">
+      <c r="EW17" s="14" t="n">
         <v>1881.0</v>
       </c>
-      <c r="EM17" s="14" t="n">
+      <c r="EX17" s="14" t="n">
         <v>328.0</v>
       </c>
-      <c r="EN17" s="14" t="n">
+      <c r="EY17" s="14" t="n">
         <v>1192.0</v>
       </c>
-      <c r="EO17" s="14" t="n">
+      <c r="EZ17" s="14" t="n">
+        <v>238.0</v>
+      </c>
+      <c r="FA17" s="14" t="n">
         <v>218.0</v>
       </c>
-      <c r="EP17" s="14" t="n">
+      <c r="FB17" s="14" t="n">
         <v>360.0</v>
       </c>
-      <c r="EQ17" s="14" t="n">
+      <c r="FC17" s="14" t="n">
         <v>391.0</v>
       </c>
-      <c r="ER17" s="14" t="n">
+      <c r="FD17" s="14" t="n">
         <v>352.0</v>
       </c>
-      <c r="ES17" s="14" t="n">
+      <c r="FE17" s="14" t="n">
         <v>263.0</v>
       </c>
-      <c r="ET17" s="14" t="n">
+      <c r="FF17" s="14" t="n">
         <v>116.0</v>
       </c>
-      <c r="EU17" s="14" t="n">
+      <c r="FG17" s="14" t="n">
         <v>259.0</v>
       </c>
-      <c r="EV17" s="14" t="n">
+      <c r="FH17" s="14" t="n">
         <v>214.0</v>
       </c>
-      <c r="EW17" s="14" t="n">
+      <c r="FI17" s="14" t="n">
         <v>178.0</v>
       </c>
-      <c r="EX17" s="14" t="n">
+      <c r="FJ17" s="14" t="n">
         <v>182.0</v>
       </c>
-      <c r="EY17" s="14" t="n">
+      <c r="FK17" s="14" t="n">
         <v>216.0</v>
       </c>
-      <c r="EZ17" s="14" t="n">
+      <c r="FL17" s="14" t="n">
         <v>267.0</v>
       </c>
-      <c r="FA17" s="14" t="n">
+      <c r="FM17" s="14" t="n">
         <v>271.0</v>
       </c>
-      <c r="FB17" s="14" t="n">
+      <c r="FN17" s="14" t="n">
+        <v>6882.0</v>
+      </c>
+      <c r="FO17" s="14" t="n">
         <v>6203.0</v>
       </c>
-      <c r="FC17" s="14" t="n">
+      <c r="FP17" s="14" t="n">
         <v>6096.0</v>
       </c>
-      <c r="FD17" s="14" t="n">
+      <c r="FQ17" s="14" t="n">
         <v>5581.0</v>
       </c>
-      <c r="FE17" s="14" t="n">
+      <c r="FR17" s="14" t="n">
         <v>5877.0</v>
       </c>
-      <c r="FF17" s="14" t="n">
+      <c r="FS17" s="14" t="n">
         <v>7460.0</v>
       </c>
-      <c r="FG17" s="14" t="n">
+      <c r="FT17" s="14" t="n">
         <v>6736.0</v>
       </c>
-      <c r="FH17" s="14" t="n">
+      <c r="FU17" s="14" t="n">
         <v>5089.0</v>
       </c>
-      <c r="FI17" s="14" t="n">
+      <c r="FV17" s="14" t="n">
         <v>8726.0</v>
       </c>
-      <c r="FJ17" s="14" t="n">
+      <c r="FW17" s="14" t="n">
         <v>7249.0</v>
       </c>
-      <c r="FK17" s="14" t="n">
+      <c r="FX17" s="14" t="n">
         <v>3358.0</v>
       </c>
-      <c r="FL17" s="14" t="n">
+      <c r="FY17" s="14" t="n">
         <v>3236.0</v>
       </c>
-      <c r="FM17" s="14" t="n">
+      <c r="FZ17" s="14" t="n">
         <v>6351.0</v>
       </c>
-      <c r="FN17" s="14" t="n">
+      <c r="GA17" s="14" t="n">
         <v>784.0</v>
       </c>
-      <c r="FO17" s="14" t="n">
+      <c r="GB17" s="14" t="n">
+        <v>1702.0</v>
+      </c>
+      <c r="GC17" s="14" t="n">
         <v>1710.0</v>
       </c>
-      <c r="FP17" s="14" t="n">
+      <c r="GD17" s="14" t="n">
         <v>3981.0</v>
       </c>
-      <c r="FQ17" s="14" t="n">
+      <c r="GE17" s="14" t="n">
         <v>4090.0</v>
       </c>
-      <c r="FR17" s="14" t="n">
+      <c r="GF17" s="14" t="n">
         <v>11175.0</v>
       </c>
-      <c r="FS17" s="14" t="n">
+      <c r="GG17" s="14" t="n">
         <v>4070.0</v>
       </c>
-      <c r="FT17" s="14" t="n">
+      <c r="GH17" s="14" t="n">
         <v>2512.0</v>
       </c>
-      <c r="FU17" s="14" t="n">
+      <c r="GI17" s="14" t="n">
         <v>2229.0</v>
       </c>
-      <c r="FV17" s="14" t="n">
+      <c r="GJ17" s="14" t="n">
         <v>10004.0</v>
       </c>
-      <c r="FW17" s="14" t="n">
+      <c r="GK17" s="14" t="n">
         <v>8311.0</v>
       </c>
-      <c r="FX17" s="14" t="n">
+      <c r="GL17" s="14" t="n">
         <v>1415.0</v>
       </c>
-      <c r="FY17" s="14" t="n">
+      <c r="GM17" s="14" t="n">
         <v>1951.0</v>
       </c>
-      <c r="FZ17" s="14" t="n">
+      <c r="GN17" s="14" t="n">
         <v>2157.0</v>
       </c>
-      <c r="GA17" s="14" t="n">
+      <c r="GO17" s="14" t="n">
         <v>10253.0</v>
       </c>
-      <c r="GB17" s="14" t="n">
+      <c r="GP17" s="14" t="n">
+        <v>880.0</v>
+      </c>
+      <c r="GQ17" s="14" t="n">
         <v>938.0</v>
       </c>
-      <c r="GC17" s="14" t="n">
+      <c r="GR17" s="14" t="n">
         <v>1413.0</v>
       </c>
-      <c r="GD17" s="14" t="n">
+      <c r="GS17" s="14" t="n">
         <v>1138.0</v>
       </c>
-      <c r="GE17" s="14" t="n">
+      <c r="GT17" s="14" t="n">
         <v>1669.0</v>
       </c>
-      <c r="GF17" s="14" t="n">
+      <c r="GU17" s="14" t="n">
         <v>1311.0</v>
       </c>
-      <c r="GG17" s="14" t="n">
+      <c r="GV17" s="14" t="n">
         <v>1688.0</v>
       </c>
-      <c r="GH17" s="14" t="n">
+      <c r="GW17" s="14" t="n">
         <v>965.0</v>
       </c>
-      <c r="GI17" s="14" t="n">
+      <c r="GX17" s="14" t="n">
         <v>2373.0</v>
       </c>
-      <c r="GJ17" s="14" t="n">
+      <c r="GY17" s="14" t="n">
         <v>1971.0</v>
       </c>
-      <c r="GK17" s="14" t="n">
+      <c r="GZ17" s="14" t="n">
         <v>372.0</v>
       </c>
-      <c r="GL17" s="14" t="n">
+      <c r="HA17" s="14" t="n">
         <v>564.0</v>
       </c>
-      <c r="GM17" s="14" t="n">
+      <c r="HB17" s="14" t="n">
         <v>2020.0</v>
       </c>
-      <c r="GN17" s="14" t="n">
+      <c r="HC17" s="14" t="n">
         <v>1752.0</v>
       </c>
-      <c r="GO17" s="14" t="n">
+      <c r="HD17" s="14" t="n">
+        <v>4778.0</v>
+      </c>
+      <c r="HE17" s="14" t="n">
         <v>4428.0</v>
       </c>
-      <c r="GP17" s="14" t="n">
+      <c r="HF17" s="14" t="n">
         <v>4656.0</v>
       </c>
-      <c r="GQ17" s="14" t="n">
+      <c r="HG17" s="14" t="n">
         <v>4778.0</v>
       </c>
-      <c r="GR17" s="14" t="n">
+      <c r="HH17" s="14" t="n">
         <v>4814.0</v>
       </c>
-      <c r="GS17" s="14" t="n">
+      <c r="HI17" s="14" t="n">
         <v>4696.0</v>
       </c>
-      <c r="GT17" s="14" t="n">
+      <c r="HJ17" s="14" t="n">
         <v>4384.0</v>
       </c>
-      <c r="GU17" s="14" t="n">
+      <c r="HK17" s="14" t="n">
         <v>3936.0</v>
       </c>
-      <c r="GV17" s="14" t="n">
+      <c r="HL17" s="14" t="n">
         <v>1360.0</v>
       </c>
-      <c r="GW17" s="14" t="n">
+      <c r="HM17" s="14" t="n">
         <v>1130.0</v>
       </c>
-      <c r="GX17" s="14" t="n">
+      <c r="HN17" s="14" t="n">
         <v>2118.0</v>
       </c>
-      <c r="GY17" s="14" t="n">
+      <c r="HO17" s="14" t="n">
         <v>2273.0</v>
       </c>
-      <c r="GZ17" s="14" t="n">
+      <c r="HP17" s="14" t="n">
         <v>2629.0</v>
       </c>
-      <c r="HA17" s="14" t="n">
+      <c r="HQ17" s="14" t="n">
         <v>3626.0</v>
       </c>
-      <c r="HB17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HC17" s="14" t="n">
+      <c r="HR17" s="14" t="n">
+        <v>3149.0</v>
+      </c>
+      <c r="HS17" s="14" t="n">
+        <v>3206.0</v>
+      </c>
+      <c r="HT17" s="14" t="n">
         <v>2012.0</v>
       </c>
-      <c r="HD17" s="14" t="n">
+      <c r="HU17" s="14" t="n">
         <v>2750.0</v>
       </c>
-      <c r="HE17" s="14" t="n">
+      <c r="HV17" s="14" t="n">
         <v>1736.0</v>
       </c>
-      <c r="HF17" s="14" t="n">
+      <c r="HW17" s="14" t="n">
         <v>1727.0</v>
       </c>
-      <c r="HG17" s="14" t="n">
+      <c r="HX17" s="14" t="n">
         <v>7290.0</v>
       </c>
-      <c r="HH17" s="14" t="n">
+      <c r="HY17" s="14" t="n">
         <v>5190.0</v>
       </c>
-      <c r="HI17" s="14" t="n">
+      <c r="HZ17" s="14" t="n">
         <v>4776.0</v>
       </c>
-      <c r="HJ17" s="14" t="n">
+      <c r="IA17" s="14" t="n">
         <v>3968.0</v>
       </c>
-      <c r="HK17" s="14" t="n">
+      <c r="IB17" s="14" t="n">
         <v>15067.0</v>
       </c>
-      <c r="HL17" s="14" t="n">
+      <c r="IC17" s="14" t="n">
         <v>5429.0</v>
       </c>
-      <c r="HM17" s="14" t="n">
+      <c r="ID17" s="14" t="n">
         <v>2056.0</v>
       </c>
-      <c r="HN17" s="14" t="n">
+      <c r="IE17" s="14" t="n">
         <v>2092.0</v>
       </c>
-      <c r="HO17" s="14" t="n">
+      <c r="IF17" s="14" t="n">
+        <v>229.0</v>
+      </c>
+      <c r="IG17" s="14" t="n">
         <v>432.0</v>
       </c>
-      <c r="HP17" s="14" t="n">
+      <c r="IH17" s="14" t="n">
         <v>656.0</v>
       </c>
-      <c r="HQ17" s="14" t="n">
+      <c r="II17" s="14" t="n">
         <v>653.0</v>
       </c>
-      <c r="HR17" s="14" t="n">
+      <c r="IJ17" s="14" t="n">
         <v>173.0</v>
       </c>
-      <c r="HS17" s="14" t="n">
+      <c r="IK17" s="14" t="n">
         <v>178.0</v>
       </c>
-      <c r="HT17" s="14" t="n">
+      <c r="IL17" s="14" t="n">
         <v>223.0</v>
       </c>
-      <c r="HU17" s="14" t="n">
+      <c r="IM17" s="14" t="n">
         <v>213.0</v>
       </c>
-      <c r="HV17" s="14" t="n">
+      <c r="IN17" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="HW17" s="14" t="n">
+      <c r="IO17" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="HX17" s="14" t="n">
+      <c r="IP17" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="HY17" s="14" t="n">
+      <c r="IQ17" s="14" t="n">
         <v>73.0</v>
       </c>
-      <c r="HZ17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA17" s="14" t="n">
+      <c r="IR17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS17" s="14" t="n">
         <v>266.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>08.41 Residuos de pilas y acumuladores</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>1974.0</v>
+        <v>1999.0</v>
       </c>
       <c r="C18" s="14" t="n">
+        <v>1926.0</v>
+      </c>
+      <c r="D18" s="14" t="n">
         <v>2331.0</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>2106.0</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>2087.0</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>1890.0</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>1780.0</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>1920.0</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>3687.0</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>3061.0</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>7119.0</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>1876.0</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>1624.0</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>3083.0</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="P18" s="14" t="n">
+        <v>612.0</v>
+      </c>
+      <c r="Q18" s="14" t="n">
         <v>601.0</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>592.0</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>608.0</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>115.0</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>108.0</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>118.0</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>149.0</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>161.0</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>132.0</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>134.0</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>129.0</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>148.0</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>305.0</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="AE18" s="14" t="n">
         <v>24.0</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>40.0</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>46.0</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>61.0</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="AS18" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AY18" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="AZ18" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="AW18" s="14" t="n">
+      <c r="BA18" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="AX18" s="14" t="n">
+      <c r="BB18" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="AY18" s="14" t="n">
+      <c r="BC18" s="14" t="n">
         <v>74.0</v>
       </c>
-      <c r="AZ18" s="14" t="n">
+      <c r="BD18" s="14" t="n">
         <v>79.0</v>
       </c>
-      <c r="BA18" s="14" t="n">
+      <c r="BE18" s="14" t="n">
         <v>202.0</v>
       </c>
-      <c r="BB18" s="14" t="n">
+      <c r="BF18" s="14" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="BG18" s="14" t="n">
         <v>47.0</v>
       </c>
-      <c r="BC18" s="14" t="n">
+      <c r="BH18" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="BD18" s="14" t="n">
+      <c r="BI18" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="BE18" s="14" t="n">
+      <c r="BJ18" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="BF18" s="14" t="n">
+      <c r="BK18" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="BG18" s="14" t="n">
+      <c r="BL18" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="BH18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI18" s="14" t="n">
+      <c r="BM18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BN18" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="BJ18" s="14" t="n">
+      <c r="BO18" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="BK18" s="14" t="n">
+      <c r="BP18" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="BL18" s="14" t="n">
+      <c r="BQ18" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="BM18" s="14" t="n">
+      <c r="BR18" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="BN18" s="14" t="n">
+      <c r="BS18" s="14" t="n">
         <v>59.0</v>
       </c>
-      <c r="BO18" s="14" t="n">
+      <c r="BT18" s="14" t="n">
+        <v>79.0</v>
+      </c>
+      <c r="BU18" s="14" t="n">
         <v>54.0</v>
       </c>
-      <c r="BP18" s="14" t="n">
+      <c r="BV18" s="14" t="n">
         <v>80.0</v>
       </c>
-      <c r="BQ18" s="14" t="n">
+      <c r="BW18" s="14" t="n">
         <v>52.0</v>
       </c>
-      <c r="BR18" s="14" t="n">
+      <c r="BX18" s="14" t="n">
         <v>134.0</v>
       </c>
-      <c r="BS18" s="14" t="n">
+      <c r="BY18" s="14" t="n">
         <v>385.0</v>
       </c>
-      <c r="BT18" s="14" t="n">
+      <c r="BZ18" s="14" t="n">
         <v>209.0</v>
       </c>
-      <c r="BU18" s="14" t="n">
+      <c r="CA18" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="BV18" s="14" t="n">
+      <c r="CB18" s="14" t="n">
         <v>814.0</v>
       </c>
-      <c r="BW18" s="14" t="n">
+      <c r="CC18" s="14" t="n">
         <v>676.0</v>
       </c>
-      <c r="BX18" s="14" t="n">
+      <c r="CD18" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="BY18" s="14" t="n">
+      <c r="CE18" s="14" t="n">
         <v>55.0</v>
       </c>
-      <c r="BZ18" s="14" t="n">
+      <c r="CF18" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="CA18" s="14" t="n">
+      <c r="CG18" s="14" t="n">
         <v>61.0</v>
       </c>
-      <c r="CB18" s="14" t="n">
+      <c r="CH18" s="14" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="CI18" s="14" t="n">
         <v>40.0</v>
       </c>
-      <c r="CC18" s="14" t="n">
+      <c r="CJ18" s="14" t="n">
         <v>46.0</v>
       </c>
-      <c r="CD18" s="14" t="n">
+      <c r="CK18" s="14" t="n">
         <v>36.0</v>
       </c>
-      <c r="CE18" s="14" t="n">
+      <c r="CL18" s="14" t="n">
         <v>50.0</v>
       </c>
-      <c r="CF18" s="14" t="n">
+      <c r="CM18" s="14" t="n">
         <v>46.0</v>
       </c>
-      <c r="CG18" s="14" t="n">
+      <c r="CN18" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="CH18" s="14" t="n">
+      <c r="CO18" s="14" t="n">
         <v>45.0</v>
       </c>
-      <c r="CI18" s="14" t="n">
+      <c r="CP18" s="14" t="n">
         <v>73.0</v>
       </c>
-      <c r="CJ18" s="14" t="n">
+      <c r="CQ18" s="14" t="n">
         <v>61.0</v>
       </c>
-      <c r="CK18" s="14" t="n">
+      <c r="CR18" s="14" t="n">
         <v>58.0</v>
       </c>
-      <c r="CL18" s="14" t="n">
+      <c r="CS18" s="14" t="n">
         <v>97.0</v>
       </c>
-      <c r="CM18" s="14" t="n">
+      <c r="CT18" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="CN18" s="14" t="n">
+      <c r="CU18" s="14" t="n">
         <v>74.0</v>
       </c>
-      <c r="CO18" s="14" t="n">
+      <c r="CV18" s="14" t="n">
+        <v>242.0</v>
+      </c>
+      <c r="CW18" s="14" t="n">
         <v>153.0</v>
       </c>
-      <c r="CP18" s="14" t="n">
+      <c r="CX18" s="14" t="n">
         <v>244.0</v>
       </c>
-      <c r="CQ18" s="14" t="n">
+      <c r="CY18" s="14" t="n">
         <v>178.0</v>
       </c>
-      <c r="CR18" s="14" t="n">
+      <c r="CZ18" s="14" t="n">
         <v>218.0</v>
       </c>
-      <c r="CS18" s="14" t="n">
+      <c r="DA18" s="14" t="n">
         <v>234.0</v>
       </c>
-      <c r="CT18" s="14" t="n">
+      <c r="DB18" s="14" t="n">
         <v>178.0</v>
       </c>
-      <c r="CU18" s="14" t="n">
+      <c r="DC18" s="14" t="n">
         <v>342.0</v>
       </c>
-      <c r="CV18" s="14" t="n">
+      <c r="DD18" s="14" t="n">
         <v>219.0</v>
       </c>
-      <c r="CW18" s="14" t="n">
+      <c r="DE18" s="14" t="n">
         <v>182.0</v>
       </c>
-      <c r="CX18" s="14" t="n">
+      <c r="DF18" s="14" t="n">
         <v>218.0</v>
       </c>
-      <c r="CY18" s="14" t="n">
+      <c r="DG18" s="14" t="n">
         <v>151.0</v>
       </c>
-      <c r="CZ18" s="14" t="n">
+      <c r="DH18" s="14" t="n">
         <v>173.0</v>
       </c>
-      <c r="DA18" s="14" t="n">
+      <c r="DI18" s="14" t="n">
         <v>344.0</v>
       </c>
-      <c r="DB18" s="14" t="n">
+      <c r="DJ18" s="14" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="DK18" s="14" t="n">
         <v>36.0</v>
       </c>
-      <c r="DC18" s="14" t="n">
+      <c r="DL18" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="DD18" s="14" t="n">
+      <c r="DM18" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="DE18" s="14" t="n">
+      <c r="DN18" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="DF18" s="14" t="n">
+      <c r="DO18" s="14" t="n">
         <v>86.0</v>
       </c>
-      <c r="DG18" s="14" t="n">
+      <c r="DP18" s="14" t="n">
         <v>51.0</v>
       </c>
-      <c r="DH18" s="14" t="n">
+      <c r="DQ18" s="14" t="n">
         <v>87.0</v>
       </c>
-      <c r="DI18" s="14" t="n">
+      <c r="DR18" s="14" t="n">
         <v>264.0</v>
       </c>
-      <c r="DJ18" s="14" t="n">
+      <c r="DS18" s="14" t="n">
         <v>219.0</v>
       </c>
-      <c r="DK18" s="14" t="n">
+      <c r="DT18" s="14" t="n">
         <v>2760.0</v>
       </c>
-      <c r="DL18" s="14" t="n">
+      <c r="DU18" s="14" t="n">
         <v>51.0</v>
       </c>
-      <c r="DM18" s="14" t="n">
+      <c r="DV18" s="14" t="n">
         <v>140.0</v>
       </c>
-      <c r="DN18" s="14" t="n">
+      <c r="DW18" s="14" t="n">
         <v>234.0</v>
       </c>
-      <c r="DO18" s="14" t="n">
+      <c r="DX18" s="14" t="n">
+        <v>363.0</v>
+      </c>
+      <c r="DY18" s="14" t="n">
         <v>370.0</v>
       </c>
-      <c r="DP18" s="14" t="n">
+      <c r="DZ18" s="14" t="n">
         <v>420.0</v>
       </c>
-      <c r="DQ18" s="14" t="n">
+      <c r="EA18" s="14" t="n">
         <v>416.0</v>
       </c>
-      <c r="DR18" s="14" t="n">
+      <c r="EB18" s="14" t="n">
         <v>282.0</v>
       </c>
-      <c r="DS18" s="14" t="n">
+      <c r="EC18" s="14" t="n">
         <v>374.0</v>
       </c>
-      <c r="DT18" s="14" t="n">
+      <c r="ED18" s="14" t="n">
         <v>393.0</v>
       </c>
-      <c r="DU18" s="14" t="n">
+      <c r="EE18" s="14" t="n">
         <v>257.0</v>
       </c>
-      <c r="DV18" s="14" t="n">
+      <c r="EF18" s="14" t="n">
         <v>857.0</v>
       </c>
-      <c r="DW18" s="14" t="n">
+      <c r="EG18" s="14" t="n">
         <v>712.0</v>
       </c>
-      <c r="DX18" s="14" t="n">
+      <c r="EH18" s="14" t="n">
         <v>367.0</v>
       </c>
-      <c r="DY18" s="14" t="n">
+      <c r="EI18" s="14" t="n">
         <v>335.0</v>
       </c>
-      <c r="DZ18" s="14" t="n">
+      <c r="EJ18" s="14" t="n">
         <v>137.0</v>
       </c>
-      <c r="EA18" s="14" t="n">
+      <c r="EK18" s="14" t="n">
         <v>159.0</v>
       </c>
-      <c r="EB18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EC18" s="14" t="n">
+      <c r="EL18" s="14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="EM18" s="14" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="EN18" s="14" t="n">
         <v>47.0</v>
       </c>
-      <c r="ED18" s="14" t="n">
+      <c r="EO18" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="EE18" s="14" t="n">
+      <c r="EP18" s="14" t="n">
         <v>719.0</v>
       </c>
-      <c r="EF18" s="14" t="n">
+      <c r="EQ18" s="14" t="n">
         <v>123.0</v>
       </c>
-      <c r="EG18" s="14" t="n">
+      <c r="ER18" s="14" t="n">
         <v>98.0</v>
       </c>
-      <c r="EH18" s="14" t="n">
+      <c r="ES18" s="14" t="n">
         <v>77.0</v>
       </c>
-      <c r="EI18" s="14" t="n">
+      <c r="ET18" s="14" t="n">
         <v>83.0</v>
       </c>
-      <c r="EJ18" s="14" t="n">
+      <c r="EU18" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="EK18" s="14" t="n">
+      <c r="EV18" s="14" t="n">
         <v>2564.0</v>
       </c>
-      <c r="EL18" s="14" t="n">
+      <c r="EW18" s="14" t="n">
         <v>78.0</v>
       </c>
-      <c r="EM18" s="14" t="n">
+      <c r="EX18" s="14" t="n">
         <v>59.0</v>
       </c>
-      <c r="EN18" s="14" t="n">
+      <c r="EY18" s="14" t="n">
         <v>652.0</v>
       </c>
-      <c r="EO18" s="14" t="n">
+      <c r="EZ18" s="14" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="FA18" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="EP18" s="14" t="n">
+      <c r="FB18" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="EQ18" s="14" t="n">
+      <c r="FC18" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="ER18" s="14" t="n">
+      <c r="FD18" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="ES18" s="14" t="n">
+      <c r="FE18" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="ET18" s="14" t="n">
+      <c r="FF18" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="EU18" s="14" t="n">
+      <c r="FG18" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="EV18" s="14" t="n">
+      <c r="FH18" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="EW18" s="14" t="n">
+      <c r="FI18" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="EX18" s="14" t="n">
+      <c r="FJ18" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="EY18" s="14" t="n">
+      <c r="FK18" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="EZ18" s="14" t="n">
+      <c r="FL18" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="FA18" s="14" t="n">
+      <c r="FM18" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="FB18" s="14" t="n">
+      <c r="FN18" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="FO18" s="14" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="FP18" s="14" t="n">
+        <v>108.0</v>
+      </c>
+      <c r="FQ18" s="14" t="n">
+        <v>107.0</v>
+      </c>
+      <c r="FR18" s="14" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="FS18" s="14" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="FT18" s="14" t="n">
         <v>72.0</v>
       </c>
-      <c r="FC18" s="14" t="n">
+      <c r="FU18" s="14" t="n">
+        <v>324.0</v>
+      </c>
+      <c r="FV18" s="14" t="n">
+        <v>79.0</v>
+      </c>
+      <c r="FW18" s="14" t="n">
+        <v>66.0</v>
+      </c>
+      <c r="FX18" s="14" t="n">
+        <v>297.0</v>
+      </c>
+      <c r="FY18" s="14" t="n">
+        <v>86.0</v>
+      </c>
+      <c r="FZ18" s="14" t="n">
+        <v>73.0</v>
+      </c>
+      <c r="GA18" s="14" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="GB18" s="14" t="n">
+        <v>128.0</v>
+      </c>
+      <c r="GC18" s="14" t="n">
+        <v>164.0</v>
+      </c>
+      <c r="GD18" s="14" t="n">
+        <v>275.0</v>
+      </c>
+      <c r="GE18" s="14" t="n">
+        <v>128.0</v>
+      </c>
+      <c r="GF18" s="14" t="n">
+        <v>127.0</v>
+      </c>
+      <c r="GG18" s="14" t="n">
+        <v>104.0</v>
+      </c>
+      <c r="GH18" s="14" t="n">
+        <v>147.0</v>
+      </c>
+      <c r="GI18" s="14" t="n">
+        <v>148.0</v>
+      </c>
+      <c r="GJ18" s="14" t="n">
+        <v>164.0</v>
+      </c>
+      <c r="GK18" s="14" t="n">
+        <v>137.0</v>
+      </c>
+      <c r="GL18" s="14" t="n">
+        <v>153.0</v>
+      </c>
+      <c r="GM18" s="14" t="n">
+        <v>320.0</v>
+      </c>
+      <c r="GN18" s="14" t="n">
+        <v>287.0</v>
+      </c>
+      <c r="GO18" s="14" t="n">
+        <v>293.0</v>
+      </c>
+      <c r="GP18" s="14" t="n">
+        <v>66.0</v>
+      </c>
+      <c r="GQ18" s="14" t="n">
+        <v>78.0</v>
+      </c>
+      <c r="GR18" s="14" t="n">
+        <v>102.0</v>
+      </c>
+      <c r="GS18" s="14" t="n">
+        <v>99.0</v>
+      </c>
+      <c r="GT18" s="14" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="GU18" s="14" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="GV18" s="14" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="GW18" s="14" t="n">
+        <v>95.0</v>
+      </c>
+      <c r="GX18" s="14" t="n">
+        <v>730.0</v>
+      </c>
+      <c r="GY18" s="14" t="n">
+        <v>606.0</v>
+      </c>
+      <c r="GZ18" s="14" t="n">
         <v>108.0</v>
       </c>
-      <c r="FD18" s="14" t="n">
-[...26 lines deleted...]
-      <c r="FM18" s="14" t="n">
+      <c r="HA18" s="14" t="n">
+        <v>120.0</v>
+      </c>
+      <c r="HB18" s="14" t="n">
+        <v>133.0</v>
+      </c>
+      <c r="HC18" s="14" t="n">
+        <v>218.0</v>
+      </c>
+      <c r="HD18" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="HE18" s="14" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="HF18" s="14" t="n">
+        <v>146.0</v>
+      </c>
+      <c r="HG18" s="14" t="n">
+        <v>151.0</v>
+      </c>
+      <c r="HH18" s="14" t="n">
+        <v>125.0</v>
+      </c>
+      <c r="HI18" s="14" t="n">
+        <v>128.0</v>
+      </c>
+      <c r="HJ18" s="14" t="n">
+        <v>121.0</v>
+      </c>
+      <c r="HK18" s="14" t="n">
+        <v>120.0</v>
+      </c>
+      <c r="HL18" s="14" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="HM18" s="14" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="HN18" s="14" t="n">
+        <v>233.0</v>
+      </c>
+      <c r="HO18" s="14" t="n">
         <v>73.0</v>
       </c>
-      <c r="FN18" s="14" t="n">
-[...23 lines deleted...]
-      <c r="FV18" s="14" t="n">
+      <c r="HP18" s="14" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="HQ18" s="14" t="n">
+        <v>118.0</v>
+      </c>
+      <c r="HR18" s="14" t="n">
+        <v>146.0</v>
+      </c>
+      <c r="HS18" s="14" t="n">
+        <v>129.0</v>
+      </c>
+      <c r="HT18" s="14" t="n">
+        <v>96.0</v>
+      </c>
+      <c r="HU18" s="14" t="n">
+        <v>137.0</v>
+      </c>
+      <c r="HV18" s="14" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="HW18" s="14" t="n">
+        <v>142.0</v>
+      </c>
+      <c r="HX18" s="14" t="n">
+        <v>174.0</v>
+      </c>
+      <c r="HY18" s="14" t="n">
+        <v>139.0</v>
+      </c>
+      <c r="HZ18" s="14" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="IA18" s="14" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="IB18" s="14" t="n">
         <v>164.0</v>
       </c>
-      <c r="FW18" s="14" t="n">
-[...122 lines deleted...]
-      <c r="HL18" s="14" t="n">
+      <c r="IC18" s="14" t="n">
         <v>175.0</v>
       </c>
-      <c r="HM18" s="14" t="n">
+      <c r="ID18" s="14" t="n">
         <v>149.0</v>
       </c>
-      <c r="HN18" s="14" t="n">
+      <c r="IE18" s="14" t="n">
         <v>157.0</v>
       </c>
-      <c r="HO18" s="14" t="n">
+      <c r="IF18" s="14" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="IG18" s="14" t="n">
         <v>20.0</v>
       </c>
-      <c r="HP18" s="14" t="n">
+      <c r="IH18" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="HQ18" s="14" t="n">
+      <c r="II18" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="HR18" s="14" t="n">
+      <c r="IJ18" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="HS18" s="14" t="n">
+      <c r="IK18" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="HT18" s="14" t="n">
+      <c r="IL18" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="HU18" s="14" t="n">
+      <c r="IM18" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="HV18" s="14" t="n">
+      <c r="IN18" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="HW18" s="14" t="n">
+      <c r="IO18" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="HX18" s="14" t="n">
+      <c r="IP18" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="HY18" s="14" t="n">
+      <c r="IQ18" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="HZ18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA18" s="14" t="n">
+      <c r="IR18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS18" s="14" t="n">
         <v>7.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>09. Residuos animales y vegetales</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>1554169.0</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>1466356.0</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>1433950.0</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>1253212.0</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>1168659.0</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>1010016.0</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>876822.0</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>835703.0</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>789919.0</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>781960.0</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>844081.0</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>799776.0</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>930511.0</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>954377.0</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="P19" s="14" t="n">
+        <v>151339.0</v>
+      </c>
+      <c r="Q19" s="14" t="n">
         <v>129664.0</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>105117.0</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>89472.0</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>99242.0</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>92395.0</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>92046.0</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>89603.0</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>98345.0</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>99030.0</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>96069.0</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>94194.0</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>105106.0</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>91419.0</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
+        <v>7740.0</v>
+      </c>
+      <c r="AE19" s="14" t="n">
         <v>8094.0</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>13940.0</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>7282.0</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>7495.0</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>8503.0</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>1539.0</v>
       </c>
-      <c r="AH19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>7480.0</v>
       </c>
-      <c r="AI19" s="14" t="n">
+      <c r="AL19" s="14" t="n">
         <v>16095.0</v>
       </c>
-      <c r="AJ19" s="14" t="n">
+      <c r="AM19" s="14" t="n">
         <v>3996.0</v>
       </c>
-      <c r="AK19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>4978.0</v>
       </c>
-      <c r="AL19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
         <v>4503.0</v>
       </c>
-      <c r="AM19" s="14" t="n">
+      <c r="AP19" s="14" t="n">
         <v>4515.0</v>
       </c>
-      <c r="AN19" s="14" t="n">
+      <c r="AQ19" s="14" t="n">
         <v>4952.0</v>
       </c>
-      <c r="AO19" s="14" t="n">
+      <c r="AR19" s="14" t="n">
+        <v>31585.0</v>
+      </c>
+      <c r="AS19" s="14" t="n">
         <v>31127.0</v>
       </c>
-      <c r="AP19" s="14" t="n">
+      <c r="AT19" s="14" t="n">
         <v>33067.0</v>
       </c>
-      <c r="AQ19" s="14" t="n">
+      <c r="AU19" s="14" t="n">
         <v>29972.0</v>
       </c>
-      <c r="AR19" s="14" t="n">
+      <c r="AV19" s="14" t="n">
         <v>25198.0</v>
       </c>
-      <c r="AS19" s="14" t="n">
+      <c r="AW19" s="14" t="n">
         <v>4879.0</v>
       </c>
-      <c r="AT19" s="14" t="n">
+      <c r="AX19" s="14" t="n">
         <v>18226.0</v>
       </c>
-      <c r="AU19" s="14" t="n">
+      <c r="AY19" s="14" t="n">
         <v>13728.0</v>
       </c>
-      <c r="AV19" s="14" t="n">
+      <c r="AZ19" s="14" t="n">
         <v>7284.0</v>
       </c>
-      <c r="AW19" s="14" t="n">
+      <c r="BA19" s="14" t="n">
         <v>7365.0</v>
       </c>
-      <c r="AX19" s="14" t="n">
+      <c r="BB19" s="14" t="n">
         <v>7895.0</v>
       </c>
-      <c r="AY19" s="14" t="n">
+      <c r="BC19" s="14" t="n">
         <v>6287.0</v>
       </c>
-      <c r="AZ19" s="14" t="n">
+      <c r="BD19" s="14" t="n">
         <v>18626.0</v>
       </c>
-      <c r="BA19" s="14" t="n">
+      <c r="BE19" s="14" t="n">
         <v>7767.0</v>
       </c>
-      <c r="BB19" s="14" t="n">
+      <c r="BF19" s="14" t="n">
+        <v>87064.0</v>
+      </c>
+      <c r="BG19" s="14" t="n">
         <v>68563.0</v>
       </c>
-      <c r="BC19" s="14" t="n">
+      <c r="BH19" s="14" t="n">
         <v>56574.0</v>
       </c>
-      <c r="BD19" s="14" t="n">
+      <c r="BI19" s="14" t="n">
         <v>51055.0</v>
       </c>
-      <c r="BE19" s="14" t="n">
+      <c r="BJ19" s="14" t="n">
         <v>57761.0</v>
       </c>
-      <c r="BF19" s="14" t="n">
+      <c r="BK19" s="14" t="n">
         <v>54262.0</v>
       </c>
-      <c r="BG19" s="14" t="n">
+      <c r="BL19" s="14" t="n">
         <v>42829.0</v>
       </c>
-      <c r="BH19" s="14" t="n">
+      <c r="BM19" s="14" t="n">
         <v>36739.0</v>
       </c>
-      <c r="BI19" s="14" t="n">
+      <c r="BN19" s="14" t="n">
         <v>32961.0</v>
       </c>
-      <c r="BJ19" s="14" t="n">
+      <c r="BO19" s="14" t="n">
         <v>30772.0</v>
       </c>
-      <c r="BK19" s="14" t="n">
+      <c r="BP19" s="14" t="n">
         <v>39566.0</v>
       </c>
-      <c r="BL19" s="14" t="n">
+      <c r="BQ19" s="14" t="n">
         <v>22447.0</v>
       </c>
-      <c r="BM19" s="14" t="n">
+      <c r="BR19" s="14" t="n">
         <v>31026.0</v>
       </c>
-      <c r="BN19" s="14" t="n">
+      <c r="BS19" s="14" t="n">
         <v>36670.0</v>
       </c>
-      <c r="BO19" s="14" t="n">
+      <c r="BT19" s="14" t="n">
+        <v>43144.0</v>
+      </c>
+      <c r="BU19" s="14" t="n">
         <v>47728.0</v>
       </c>
-      <c r="BP19" s="14" t="n">
+      <c r="BV19" s="14" t="n">
         <v>46736.0</v>
       </c>
-      <c r="BQ19" s="14" t="n">
+      <c r="BW19" s="14" t="n">
         <v>34792.0</v>
       </c>
-      <c r="BR19" s="14" t="n">
+      <c r="BX19" s="14" t="n">
         <v>31446.0</v>
       </c>
-      <c r="BS19" s="14" t="n">
+      <c r="BY19" s="14" t="n">
         <v>27922.0</v>
       </c>
-      <c r="BT19" s="14" t="n">
+      <c r="BZ19" s="14" t="n">
         <v>21812.0</v>
       </c>
-      <c r="BU19" s="14" t="n">
+      <c r="CA19" s="14" t="n">
         <v>19956.0</v>
       </c>
-      <c r="BV19" s="14" t="n">
+      <c r="CB19" s="14" t="n">
         <v>21541.0</v>
       </c>
-      <c r="BW19" s="14" t="n">
+      <c r="CC19" s="14" t="n">
         <v>38799.0</v>
       </c>
-      <c r="BX19" s="14" t="n">
+      <c r="CD19" s="14" t="n">
         <v>41310.0</v>
       </c>
-      <c r="BY19" s="14" t="n">
+      <c r="CE19" s="14" t="n">
         <v>26477.0</v>
       </c>
-      <c r="BZ19" s="14" t="n">
+      <c r="CF19" s="14" t="n">
         <v>78136.0</v>
       </c>
-      <c r="CA19" s="14" t="n">
+      <c r="CG19" s="14" t="n">
         <v>13089.0</v>
       </c>
-      <c r="CB19" s="14" t="n">
+      <c r="CH19" s="14" t="n">
+        <v>21316.0</v>
+      </c>
+      <c r="CI19" s="14" t="n">
         <v>397.0</v>
       </c>
-      <c r="CC19" s="14" t="n">
+      <c r="CJ19" s="14" t="n">
         <v>249.0</v>
       </c>
-      <c r="CD19" s="14" t="n">
+      <c r="CK19" s="14" t="n">
         <v>914.0</v>
       </c>
-      <c r="CE19" s="14" t="n">
+      <c r="CL19" s="14" t="n">
         <v>2211.0</v>
       </c>
-      <c r="CF19" s="14" t="n">
+      <c r="CM19" s="14" t="n">
         <v>4400.0</v>
       </c>
-      <c r="CG19" s="14" t="n">
+      <c r="CN19" s="14" t="n">
         <v>3035.0</v>
       </c>
-      <c r="CH19" s="14" t="n">
+      <c r="CO19" s="14" t="n">
         <v>3079.0</v>
       </c>
-      <c r="CI19" s="14" t="n">
+      <c r="CP19" s="14" t="n">
         <v>4034.0</v>
       </c>
-      <c r="CJ19" s="14" t="n">
+      <c r="CQ19" s="14" t="n">
         <v>1418.0</v>
       </c>
-      <c r="CK19" s="14" t="n">
+      <c r="CR19" s="14" t="n">
         <v>9301.0</v>
       </c>
-      <c r="CL19" s="14" t="n">
+      <c r="CS19" s="14" t="n">
         <v>3040.0</v>
       </c>
-      <c r="CM19" s="14" t="n">
+      <c r="CT19" s="14" t="n">
         <v>7170.0</v>
       </c>
-      <c r="CN19" s="14" t="n">
+      <c r="CU19" s="14" t="n">
         <v>14755.0</v>
       </c>
-      <c r="CO19" s="14" t="n">
+      <c r="CV19" s="14" t="n">
+        <v>29184.0</v>
+      </c>
+      <c r="CW19" s="14" t="n">
         <v>27550.0</v>
       </c>
-      <c r="CP19" s="14" t="n">
+      <c r="CX19" s="14" t="n">
         <v>5985.0</v>
       </c>
-      <c r="CQ19" s="14" t="n">
+      <c r="CY19" s="14" t="n">
         <v>17132.0</v>
       </c>
-      <c r="CR19" s="14" t="n">
+      <c r="CZ19" s="14" t="n">
         <v>4877.0</v>
       </c>
-      <c r="CS19" s="14" t="n">
+      <c r="DA19" s="14" t="n">
         <v>6472.0</v>
       </c>
-      <c r="CT19" s="14" t="n">
+      <c r="DB19" s="14" t="n">
         <v>4204.0</v>
       </c>
-      <c r="CU19" s="14" t="n">
+      <c r="DC19" s="14" t="n">
         <v>5235.0</v>
       </c>
-      <c r="CV19" s="14" t="n">
+      <c r="DD19" s="14" t="n">
         <v>4808.0</v>
       </c>
-      <c r="CW19" s="14" t="n">
+      <c r="DE19" s="14" t="n">
         <v>6197.0</v>
       </c>
-      <c r="CX19" s="14" t="n">
+      <c r="DF19" s="14" t="n">
         <v>6993.0</v>
       </c>
-      <c r="CY19" s="14" t="n">
+      <c r="DG19" s="14" t="n">
         <v>6701.0</v>
       </c>
-      <c r="CZ19" s="14" t="n">
+      <c r="DH19" s="14" t="n">
         <v>4296.0</v>
       </c>
-      <c r="DA19" s="14" t="n">
+      <c r="DI19" s="14" t="n">
         <v>8652.0</v>
       </c>
-      <c r="DB19" s="14" t="n">
+      <c r="DJ19" s="14" t="n">
+        <v>11707.0</v>
+      </c>
+      <c r="DK19" s="14" t="n">
         <v>7206.0</v>
       </c>
-      <c r="DC19" s="14" t="n">
+      <c r="DL19" s="14" t="n">
         <v>4469.0</v>
       </c>
-      <c r="DD19" s="14" t="n">
+      <c r="DM19" s="14" t="n">
         <v>1940.0</v>
       </c>
-      <c r="DE19" s="14" t="n">
+      <c r="DN19" s="14" t="n">
         <v>2985.0</v>
       </c>
-      <c r="DF19" s="14" t="n">
+      <c r="DO19" s="14" t="n">
         <v>3967.0</v>
       </c>
-      <c r="DG19" s="14" t="n">
+      <c r="DP19" s="14" t="n">
         <v>3131.0</v>
       </c>
-      <c r="DH19" s="14" t="n">
+      <c r="DQ19" s="14" t="n">
         <v>1331.0</v>
       </c>
-      <c r="DI19" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DK19" s="14" t="n">
+      <c r="DR19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DS19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DT19" s="14" t="n">
         <v>432.0</v>
       </c>
-      <c r="DL19" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DO19" s="14" t="n">
+      <c r="DU19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DV19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DW19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DX19" s="14" t="n">
+        <v>470100.0</v>
+      </c>
+      <c r="DY19" s="14" t="n">
         <v>538767.0</v>
       </c>
-      <c r="DP19" s="14" t="n">
+      <c r="DZ19" s="14" t="n">
         <v>506736.0</v>
       </c>
-      <c r="DQ19" s="14" t="n">
+      <c r="EA19" s="14" t="n">
         <v>506491.0</v>
       </c>
-      <c r="DR19" s="14" t="n">
+      <c r="EB19" s="14" t="n">
         <v>500742.0</v>
       </c>
-      <c r="DS19" s="14" t="n">
+      <c r="EC19" s="14" t="n">
         <v>472450.0</v>
       </c>
-      <c r="DT19" s="14" t="n">
+      <c r="ED19" s="14" t="n">
         <v>465230.0</v>
       </c>
-      <c r="DU19" s="14" t="n">
+      <c r="EE19" s="14" t="n">
         <v>449152.0</v>
       </c>
-      <c r="DV19" s="14" t="n">
+      <c r="EF19" s="14" t="n">
         <v>430929.0</v>
       </c>
-      <c r="DW19" s="14" t="n">
+      <c r="EG19" s="14" t="n">
         <v>421902.0</v>
       </c>
-      <c r="DX19" s="14" t="n">
+      <c r="EH19" s="14" t="n">
         <v>428508.0</v>
       </c>
-      <c r="DY19" s="14" t="n">
+      <c r="EI19" s="14" t="n">
         <v>413249.0</v>
       </c>
-      <c r="DZ19" s="14" t="n">
+      <c r="EJ19" s="14" t="n">
         <v>462395.0</v>
       </c>
-      <c r="EA19" s="14" t="n">
+      <c r="EK19" s="14" t="n">
         <v>480290.0</v>
       </c>
-      <c r="EB19" s="14" t="n">
+      <c r="EL19" s="14" t="n">
+        <v>167137.0</v>
+      </c>
+      <c r="EM19" s="14" t="n">
         <v>121523.0</v>
       </c>
-      <c r="EC19" s="14" t="n">
+      <c r="EN19" s="14" t="n">
         <v>152852.0</v>
       </c>
-      <c r="ED19" s="14" t="n">
+      <c r="EO19" s="14" t="n">
         <v>129776.0</v>
       </c>
-      <c r="EE19" s="14" t="n">
+      <c r="EP19" s="14" t="n">
         <v>85170.0</v>
       </c>
-      <c r="EF19" s="14" t="n">
+      <c r="EQ19" s="14" t="n">
         <v>74512.0</v>
       </c>
-      <c r="EG19" s="14" t="n">
+      <c r="ER19" s="14" t="n">
         <v>64083.0</v>
       </c>
-      <c r="EH19" s="14" t="n">
+      <c r="ES19" s="14" t="n">
         <v>35000.0</v>
       </c>
-      <c r="EI19" s="14" t="n">
+      <c r="ET19" s="14" t="n">
         <v>39696.0</v>
       </c>
-      <c r="EJ19" s="14" t="n">
+      <c r="EU19" s="14" t="n">
         <v>41173.0</v>
       </c>
-      <c r="EK19" s="14" t="n">
+      <c r="EV19" s="14" t="n">
         <v>52175.0</v>
       </c>
-      <c r="EL19" s="14" t="n">
+      <c r="EW19" s="14" t="n">
         <v>70675.0</v>
       </c>
-      <c r="EM19" s="14" t="n">
+      <c r="EX19" s="14" t="n">
         <v>70792.0</v>
       </c>
-      <c r="EN19" s="14" t="n">
+      <c r="EY19" s="14" t="n">
         <v>88836.0</v>
       </c>
-      <c r="EO19" s="14" t="n">
+      <c r="EZ19" s="14" t="n">
+        <v>657.0</v>
+      </c>
+      <c r="FA19" s="14" t="n">
         <v>223.0</v>
       </c>
-      <c r="EP19" s="14" t="n">
+      <c r="FB19" s="14" t="n">
         <v>158.0</v>
       </c>
-      <c r="EQ19" s="14" t="n">
+      <c r="FC19" s="14" t="n">
         <v>196.0</v>
       </c>
-      <c r="ER19" s="14" t="n">
+      <c r="FD19" s="14" t="n">
         <v>248.0</v>
       </c>
-      <c r="ES19" s="14" t="n">
-[...26 lines deleted...]
-      <c r="FB19" s="14" t="n">
+      <c r="FE19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN19" s="14" t="n">
+        <v>56669.0</v>
+      </c>
+      <c r="FO19" s="14" t="n">
         <v>47586.0</v>
       </c>
-      <c r="FC19" s="14" t="n">
+      <c r="FP19" s="14" t="n">
         <v>46434.0</v>
       </c>
-      <c r="FD19" s="14" t="n">
+      <c r="FQ19" s="14" t="n">
         <v>45739.0</v>
       </c>
-      <c r="FE19" s="14" t="n">
+      <c r="FR19" s="14" t="n">
         <v>46095.0</v>
       </c>
-      <c r="FF19" s="14" t="n">
+      <c r="FS19" s="14" t="n">
         <v>52319.0</v>
       </c>
-      <c r="FG19" s="14" t="n">
+      <c r="FT19" s="14" t="n">
         <v>47276.0</v>
       </c>
-      <c r="FH19" s="14" t="n">
+      <c r="FU19" s="14" t="n">
         <v>45756.0</v>
       </c>
-      <c r="FI19" s="14" t="n">
+      <c r="FV19" s="14" t="n">
         <v>45501.0</v>
       </c>
-      <c r="FJ19" s="14" t="n">
+      <c r="FW19" s="14" t="n">
         <v>45929.0</v>
       </c>
-      <c r="FK19" s="14" t="n">
+      <c r="FX19" s="14" t="n">
         <v>43208.0</v>
       </c>
-      <c r="FL19" s="14" t="n">
+      <c r="FY19" s="14" t="n">
         <v>51994.0</v>
       </c>
-      <c r="FM19" s="14" t="n">
+      <c r="FZ19" s="14" t="n">
         <v>52015.0</v>
       </c>
-      <c r="FN19" s="14" t="n">
+      <c r="GA19" s="14" t="n">
         <v>55537.0</v>
       </c>
-      <c r="FO19" s="14" t="n">
+      <c r="GB19" s="14" t="n">
+        <v>348017.0</v>
+      </c>
+      <c r="GC19" s="14" t="n">
         <v>314176.0</v>
       </c>
-      <c r="FP19" s="14" t="n">
+      <c r="GD19" s="14" t="n">
         <v>337580.0</v>
       </c>
-      <c r="FQ19" s="14" t="n">
+      <c r="GE19" s="14" t="n">
         <v>263164.0</v>
       </c>
-      <c r="FR19" s="14" t="n">
+      <c r="GF19" s="14" t="n">
         <v>228635.0</v>
       </c>
-      <c r="FS19" s="14" t="n">
+      <c r="GG19" s="14" t="n">
         <v>95845.0</v>
       </c>
-      <c r="FT19" s="14" t="n">
+      <c r="GH19" s="14" t="n">
         <v>54526.0</v>
       </c>
-      <c r="FU19" s="14" t="n">
+      <c r="GI19" s="14" t="n">
         <v>59119.0</v>
       </c>
-      <c r="FV19" s="14" t="n">
+      <c r="GJ19" s="14" t="n">
         <v>25557.0</v>
       </c>
-      <c r="FW19" s="14" t="n">
+      <c r="GK19" s="14" t="n">
         <v>51197.0</v>
       </c>
-      <c r="FX19" s="14" t="n">
+      <c r="GL19" s="14" t="n">
         <v>62314.0</v>
       </c>
-      <c r="FY19" s="14" t="n">
+      <c r="GM19" s="14" t="n">
         <v>49629.0</v>
       </c>
-      <c r="FZ19" s="14" t="n">
+      <c r="GN19" s="14" t="n">
         <v>51192.0</v>
       </c>
-      <c r="GA19" s="14" t="n">
+      <c r="GO19" s="14" t="n">
         <v>52720.0</v>
       </c>
-      <c r="GB19" s="14" t="n">
+      <c r="GP19" s="14" t="n">
+        <v>386.0</v>
+      </c>
+      <c r="GQ19" s="14" t="n">
         <v>8390.0</v>
       </c>
-      <c r="GC19" s="14" t="n">
+      <c r="GR19" s="14" t="n">
         <v>11407.0</v>
       </c>
-      <c r="GD19" s="14" t="n">
+      <c r="GS19" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="GE19" s="14" t="n">
+      <c r="GT19" s="14" t="n">
         <v>5237.0</v>
       </c>
-      <c r="GF19" s="14" t="n">
+      <c r="GU19" s="14" t="n">
         <v>9046.0</v>
       </c>
-      <c r="GG19" s="14" t="n">
+      <c r="GV19" s="14" t="n">
         <v>4812.0</v>
       </c>
-      <c r="GH19" s="14" t="n">
+      <c r="GW19" s="14" t="n">
         <v>5177.0</v>
       </c>
-      <c r="GI19" s="14" t="n">
+      <c r="GX19" s="14" t="n">
         <v>11503.0</v>
       </c>
-      <c r="GJ19" s="14" t="n">
+      <c r="GY19" s="14" t="n">
         <v>4788.0</v>
       </c>
-      <c r="GK19" s="14" t="n">
+      <c r="GZ19" s="14" t="n">
         <v>4671.0</v>
       </c>
-      <c r="GL19" s="14" t="n">
+      <c r="HA19" s="14" t="n">
         <v>7402.0</v>
       </c>
-      <c r="GM19" s="14" t="n">
+      <c r="HB19" s="14" t="n">
         <v>2312.0</v>
       </c>
-      <c r="GN19" s="14" t="n">
+      <c r="HC19" s="14" t="n">
         <v>52953.0</v>
       </c>
-      <c r="GO19" s="14" t="n">
+      <c r="HD19" s="14" t="n">
+        <v>48920.0</v>
+      </c>
+      <c r="HE19" s="14" t="n">
         <v>43687.0</v>
       </c>
-      <c r="GP19" s="14" t="n">
+      <c r="HF19" s="14" t="n">
         <v>35686.0</v>
       </c>
-      <c r="GQ19" s="14" t="n">
+      <c r="HG19" s="14" t="n">
         <v>37151.0</v>
       </c>
-      <c r="GR19" s="14" t="n">
+      <c r="HH19" s="14" t="n">
         <v>36856.0</v>
       </c>
-      <c r="GS19" s="14" t="n">
+      <c r="HI19" s="14" t="n">
         <v>38706.0</v>
       </c>
-      <c r="GT19" s="14" t="n">
+      <c r="HJ19" s="14" t="n">
         <v>34191.0</v>
       </c>
-      <c r="GU19" s="14" t="n">
+      <c r="HK19" s="14" t="n">
         <v>49360.0</v>
       </c>
-      <c r="GV19" s="14" t="n">
+      <c r="HL19" s="14" t="n">
         <v>43156.0</v>
       </c>
-      <c r="GW19" s="14" t="n">
+      <c r="HM19" s="14" t="n">
         <v>22506.0</v>
       </c>
-      <c r="GX19" s="14" t="n">
+      <c r="HN19" s="14" t="n">
         <v>21375.0</v>
       </c>
-      <c r="GY19" s="14" t="n">
+      <c r="HO19" s="14" t="n">
         <v>20858.0</v>
       </c>
-      <c r="GZ19" s="14" t="n">
+      <c r="HP19" s="14" t="n">
         <v>25607.0</v>
       </c>
-      <c r="HA19" s="14" t="n">
+      <c r="HQ19" s="14" t="n">
         <v>27200.0</v>
       </c>
-      <c r="HB19" s="14" t="n">
+      <c r="HR19" s="14" t="n">
+        <v>76469.0</v>
+      </c>
+      <c r="HS19" s="14" t="n">
         <v>70860.0</v>
       </c>
-      <c r="HC19" s="14" t="n">
+      <c r="HT19" s="14" t="n">
         <v>76269.0</v>
       </c>
-      <c r="HD19" s="14" t="n">
+      <c r="HU19" s="14" t="n">
         <v>37720.0</v>
       </c>
-      <c r="HE19" s="14" t="n">
+      <c r="HV19" s="14" t="n">
         <v>33865.0</v>
       </c>
-      <c r="HF19" s="14" t="n">
+      <c r="HW19" s="14" t="n">
         <v>64337.0</v>
       </c>
-      <c r="HG19" s="14" t="n">
+      <c r="HX19" s="14" t="n">
         <v>19882.0</v>
       </c>
-      <c r="HH19" s="14" t="n">
+      <c r="HY19" s="14" t="n">
         <v>14988.0</v>
       </c>
-      <c r="HI19" s="14" t="n">
+      <c r="HZ19" s="14" t="n">
         <v>8509.0</v>
       </c>
-      <c r="HJ19" s="14" t="n">
+      <c r="IA19" s="14" t="n">
         <v>6888.0</v>
       </c>
-      <c r="HK19" s="14" t="n">
+      <c r="IB19" s="14" t="n">
         <v>25286.0</v>
       </c>
-      <c r="HL19" s="14" t="n">
+      <c r="IC19" s="14" t="n">
         <v>22319.0</v>
       </c>
-      <c r="HM19" s="14" t="n">
+      <c r="ID19" s="14" t="n">
         <v>17323.0</v>
       </c>
-      <c r="HN19" s="14" t="n">
+      <c r="IE19" s="14" t="n">
         <v>16071.0</v>
       </c>
-      <c r="HO19" s="14" t="n">
+      <c r="IF19" s="14" t="n">
+        <v>2736.0</v>
+      </c>
+      <c r="IG19" s="14" t="n">
         <v>814.0</v>
       </c>
-      <c r="HP19" s="14" t="n">
+      <c r="IH19" s="14" t="n">
         <v>691.0</v>
       </c>
-      <c r="HQ19" s="14" t="n">
+      <c r="II19" s="14" t="n">
         <v>353.0</v>
       </c>
-      <c r="HR19" s="14" t="n">
+      <c r="IJ19" s="14" t="n">
         <v>557.0</v>
       </c>
-      <c r="HS19" s="14" t="n">
-[...23 lines deleted...]
-      <c r="IA19" s="14" t="n">
+      <c r="IK19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IL19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IM19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IN19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IO19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IP19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IQ19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IR19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS19" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>10.21 Envases mixtos y embalajes mezclados</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>927238.0</v>
+        <v>1049962.0</v>
       </c>
       <c r="C20" s="14" t="n">
+        <v>962389.0</v>
+      </c>
+      <c r="D20" s="14" t="n">
         <v>889116.0</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>887731.0</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>827965.0</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>743556.0</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>660932.0</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>611790.0</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>592353.0</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>565736.0</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="L20" s="14" t="n">
         <v>559258.0</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="M20" s="14" t="n">
         <v>641266.0</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>653976.0</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>640286.0</v>
       </c>
-      <c r="O20" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P20" s="14" t="n">
+        <v>118063.0</v>
+      </c>
+      <c r="Q20" s="14" t="n">
+        <v>116684.0</v>
+      </c>
+      <c r="R20" s="14" t="n">
         <v>114008.0</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>113000.0</v>
       </c>
-      <c r="R20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>103371.0</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>94281.0</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="V20" s="14" t="n">
         <v>85646.0</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="W20" s="14" t="n">
         <v>81932.0</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>80176.0</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>76354.0</v>
       </c>
-      <c r="X20" s="14" t="n">
+      <c r="Z20" s="14" t="n">
         <v>77415.0</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
         <v>131749.0</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AB20" s="14" t="n">
         <v>136141.0</v>
       </c>
-      <c r="AA20" s="14" t="n">
+      <c r="AC20" s="14" t="n">
         <v>133157.0</v>
       </c>
-      <c r="AB20" s="14" t="n">
+      <c r="AD20" s="14" t="n">
+        <v>23360.0</v>
+      </c>
+      <c r="AE20" s="14" t="n">
         <v>24244.0</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
         <v>24080.0</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>21309.0</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>21904.0</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>19142.0</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>16236.0</v>
       </c>
-      <c r="AH20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>15838.0</v>
       </c>
-      <c r="AI20" s="14" t="n">
+      <c r="AL20" s="14" t="n">
         <v>16343.0</v>
       </c>
-      <c r="AJ20" s="14" t="n">
+      <c r="AM20" s="14" t="n">
         <v>14560.0</v>
       </c>
-      <c r="AK20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>13765.0</v>
       </c>
-      <c r="AL20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>14095.0</v>
       </c>
-      <c r="AM20" s="14" t="n">
+      <c r="AP20" s="14" t="n">
         <v>13781.0</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AQ20" s="14" t="n">
         <v>12360.0</v>
       </c>
-      <c r="AO20" s="14" t="n">
+      <c r="AR20" s="14" t="n">
+        <v>17788.0</v>
+      </c>
+      <c r="AS20" s="14" t="n">
         <v>17021.0</v>
       </c>
-      <c r="AP20" s="14" t="n">
+      <c r="AT20" s="14" t="n">
         <v>16581.0</v>
       </c>
-      <c r="AQ20" s="14" t="n">
+      <c r="AU20" s="14" t="n">
         <v>16152.0</v>
       </c>
-      <c r="AR20" s="14" t="n">
+      <c r="AV20" s="14" t="n">
         <v>14354.0</v>
       </c>
-      <c r="AS20" s="14" t="n">
+      <c r="AW20" s="14" t="n">
         <v>12696.0</v>
       </c>
-      <c r="AT20" s="14" t="n">
+      <c r="AX20" s="14" t="n">
         <v>11443.0</v>
       </c>
-      <c r="AU20" s="14" t="n">
+      <c r="AY20" s="14" t="n">
         <v>10867.0</v>
       </c>
-      <c r="AV20" s="14" t="n">
+      <c r="AZ20" s="14" t="n">
         <v>10476.0</v>
       </c>
-      <c r="AW20" s="14" t="n">
+      <c r="BA20" s="14" t="n">
         <v>9984.0</v>
       </c>
-      <c r="AX20" s="14" t="n">
+      <c r="BB20" s="14" t="n">
         <v>9944.0</v>
       </c>
-      <c r="AY20" s="14" t="n">
+      <c r="BC20" s="14" t="n">
         <v>10016.0</v>
       </c>
-      <c r="AZ20" s="14" t="n">
+      <c r="BD20" s="14" t="n">
         <v>10332.0</v>
       </c>
-      <c r="BA20" s="14" t="n">
+      <c r="BE20" s="14" t="n">
         <v>10284.0</v>
       </c>
-      <c r="BB20" s="14" t="n">
+      <c r="BF20" s="14" t="n">
+        <v>36670.0</v>
+      </c>
+      <c r="BG20" s="14" t="n">
         <v>46044.0</v>
       </c>
-      <c r="BC20" s="14" t="n">
+      <c r="BH20" s="14" t="n">
         <v>41310.0</v>
       </c>
-      <c r="BD20" s="14" t="n">
+      <c r="BI20" s="14" t="n">
         <v>33581.0</v>
       </c>
-      <c r="BE20" s="14" t="n">
+      <c r="BJ20" s="14" t="n">
         <v>38403.0</v>
       </c>
-      <c r="BF20" s="14" t="n">
+      <c r="BK20" s="14" t="n">
         <v>35189.0</v>
       </c>
-      <c r="BG20" s="14" t="n">
+      <c r="BL20" s="14" t="n">
         <v>31911.0</v>
       </c>
-      <c r="BH20" s="14" t="n">
+      <c r="BM20" s="14" t="n">
         <v>20774.0</v>
       </c>
-      <c r="BI20" s="14" t="n">
+      <c r="BN20" s="14" t="n">
         <v>18842.0</v>
       </c>
-      <c r="BJ20" s="14" t="n">
+      <c r="BO20" s="14" t="n">
         <v>14643.0</v>
       </c>
-      <c r="BK20" s="14" t="n">
+      <c r="BP20" s="14" t="n">
         <v>13960.0</v>
       </c>
-      <c r="BL20" s="14" t="n">
+      <c r="BQ20" s="14" t="n">
         <v>23867.0</v>
       </c>
-      <c r="BM20" s="14" t="n">
+      <c r="BR20" s="14" t="n">
         <v>23696.0</v>
       </c>
-      <c r="BN20" s="14" t="n">
+      <c r="BS20" s="14" t="n">
         <v>14427.0</v>
       </c>
-      <c r="BO20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BP20" s="14" t="n">
+      <c r="BT20" s="14" t="n">
+        <v>67075.0</v>
+      </c>
+      <c r="BU20" s="14" t="n">
+        <v>70955.0</v>
+      </c>
+      <c r="BV20" s="14" t="n">
         <v>29227.0</v>
       </c>
-      <c r="BQ20" s="14" t="n">
+      <c r="BW20" s="14" t="n">
         <v>35965.0</v>
       </c>
-      <c r="BR20" s="14" t="n">
+      <c r="BX20" s="14" t="n">
         <v>27975.0</v>
       </c>
-      <c r="BS20" s="14" t="n">
+      <c r="BY20" s="14" t="n">
         <v>22676.0</v>
       </c>
-      <c r="BT20" s="14" t="n">
+      <c r="BZ20" s="14" t="n">
         <v>20067.0</v>
       </c>
-      <c r="BU20" s="14" t="n">
+      <c r="CA20" s="14" t="n">
         <v>18950.0</v>
       </c>
-      <c r="BV20" s="14" t="n">
+      <c r="CB20" s="14" t="n">
         <v>16990.0</v>
       </c>
-      <c r="BW20" s="14" t="n">
+      <c r="CC20" s="14" t="n">
         <v>16225.0</v>
       </c>
-      <c r="BX20" s="14" t="n">
+      <c r="CD20" s="14" t="n">
         <v>15880.0</v>
       </c>
-      <c r="BY20" s="14" t="n">
+      <c r="CE20" s="14" t="n">
         <v>15333.0</v>
       </c>
-      <c r="BZ20" s="14" t="n">
+      <c r="CF20" s="14" t="n">
         <v>14770.0</v>
       </c>
-      <c r="CA20" s="14" t="n">
+      <c r="CG20" s="14" t="n">
         <v>19801.0</v>
       </c>
-      <c r="CB20" s="14" t="n">
+      <c r="CH20" s="14" t="n">
+        <v>7302.0</v>
+      </c>
+      <c r="CI20" s="14" t="n">
         <v>7479.0</v>
       </c>
-      <c r="CC20" s="14" t="n">
+      <c r="CJ20" s="14" t="n">
         <v>7399.0</v>
       </c>
-      <c r="CD20" s="14" t="n">
+      <c r="CK20" s="14" t="n">
         <v>7503.0</v>
       </c>
-      <c r="CE20" s="14" t="n">
+      <c r="CL20" s="14" t="n">
         <v>6830.0</v>
       </c>
-      <c r="CF20" s="14" t="n">
+      <c r="CM20" s="14" t="n">
         <v>6288.0</v>
       </c>
-      <c r="CG20" s="14" t="n">
+      <c r="CN20" s="14" t="n">
         <v>5748.0</v>
       </c>
-      <c r="CH20" s="14" t="n">
+      <c r="CO20" s="14" t="n">
         <v>5495.0</v>
       </c>
-      <c r="CI20" s="14" t="n">
+      <c r="CP20" s="14" t="n">
         <v>5277.0</v>
       </c>
-      <c r="CJ20" s="14" t="n">
+      <c r="CQ20" s="14" t="n">
         <v>5097.0</v>
       </c>
-      <c r="CK20" s="14" t="n">
+      <c r="CR20" s="14" t="n">
         <v>5078.0</v>
       </c>
-      <c r="CL20" s="14" t="n">
+      <c r="CS20" s="14" t="n">
         <v>5082.0</v>
       </c>
-      <c r="CM20" s="14" t="n">
+      <c r="CT20" s="14" t="n">
         <v>5052.0</v>
       </c>
-      <c r="CN20" s="14" t="n">
+      <c r="CU20" s="14" t="n">
         <v>5046.0</v>
       </c>
-      <c r="CO20" s="14" t="n">
+      <c r="CV20" s="14" t="n">
+        <v>37189.0</v>
+      </c>
+      <c r="CW20" s="14" t="n">
         <v>35884.0</v>
       </c>
-      <c r="CP20" s="14" t="n">
+      <c r="CX20" s="14" t="n">
         <v>32229.0</v>
       </c>
-      <c r="CQ20" s="14" t="n">
+      <c r="CY20" s="14" t="n">
         <v>31832.0</v>
       </c>
-      <c r="CR20" s="14" t="n">
+      <c r="CZ20" s="14" t="n">
         <v>28824.0</v>
       </c>
-      <c r="CS20" s="14" t="n">
+      <c r="DA20" s="14" t="n">
         <v>26313.0</v>
       </c>
-      <c r="CT20" s="14" t="n">
+      <c r="DB20" s="14" t="n">
         <v>23634.0</v>
       </c>
-      <c r="CU20" s="14" t="n">
+      <c r="DC20" s="14" t="n">
         <v>22562.0</v>
       </c>
-      <c r="CV20" s="14" t="n">
+      <c r="DD20" s="14" t="n">
         <v>21066.0</v>
       </c>
-      <c r="CW20" s="14" t="n">
+      <c r="DE20" s="14" t="n">
         <v>20882.0</v>
       </c>
-      <c r="CX20" s="14" t="n">
+      <c r="DF20" s="14" t="n">
         <v>18008.0</v>
       </c>
-      <c r="CY20" s="14" t="n">
+      <c r="DG20" s="14" t="n">
         <v>20915.0</v>
       </c>
-      <c r="CZ20" s="14" t="n">
+      <c r="DH20" s="14" t="n">
         <v>20985.0</v>
       </c>
-      <c r="DA20" s="14" t="n">
+      <c r="DI20" s="14" t="n">
         <v>19894.0</v>
       </c>
-      <c r="DB20" s="14" t="n">
+      <c r="DJ20" s="14" t="n">
+        <v>31020.0</v>
+      </c>
+      <c r="DK20" s="14" t="n">
         <v>29165.0</v>
       </c>
-      <c r="DC20" s="14" t="n">
+      <c r="DL20" s="14" t="n">
         <v>29029.0</v>
       </c>
-      <c r="DD20" s="14" t="n">
+      <c r="DM20" s="14" t="n">
         <v>28848.0</v>
       </c>
-      <c r="DE20" s="14" t="n">
+      <c r="DN20" s="14" t="n">
         <v>24938.0</v>
       </c>
-      <c r="DF20" s="14" t="n">
+      <c r="DO20" s="14" t="n">
         <v>22352.0</v>
       </c>
-      <c r="DG20" s="14" t="n">
+      <c r="DP20" s="14" t="n">
         <v>19696.0</v>
       </c>
-      <c r="DH20" s="14" t="n">
+      <c r="DQ20" s="14" t="n">
         <v>18780.0</v>
       </c>
-      <c r="DI20" s="14" t="n">
+      <c r="DR20" s="14" t="n">
         <v>18582.0</v>
       </c>
-      <c r="DJ20" s="14" t="n">
+      <c r="DS20" s="14" t="n">
         <v>17502.0</v>
       </c>
-      <c r="DK20" s="14" t="n">
+      <c r="DT20" s="14" t="n">
         <v>17679.0</v>
       </c>
-      <c r="DL20" s="14" t="n">
+      <c r="DU20" s="14" t="n">
         <v>17595.0</v>
       </c>
-      <c r="DM20" s="14" t="n">
+      <c r="DV20" s="14" t="n">
         <v>17802.0</v>
       </c>
-      <c r="DN20" s="14" t="n">
+      <c r="DW20" s="14" t="n">
         <v>17258.0</v>
       </c>
-      <c r="DO20" s="14" t="n">
+      <c r="DX20" s="14" t="n">
+        <v>216968.0</v>
+      </c>
+      <c r="DY20" s="14" t="n">
         <v>201127.0</v>
       </c>
-      <c r="DP20" s="14" t="n">
+      <c r="DZ20" s="14" t="n">
         <v>191108.0</v>
       </c>
-      <c r="DQ20" s="14" t="n">
+      <c r="EA20" s="14" t="n">
         <v>184843.0</v>
       </c>
-      <c r="DR20" s="14" t="n">
+      <c r="EB20" s="14" t="n">
         <v>184923.0</v>
       </c>
-      <c r="DS20" s="14" t="n">
+      <c r="EC20" s="14" t="n">
         <v>158751.0</v>
       </c>
-      <c r="DT20" s="14" t="n">
+      <c r="ED20" s="14" t="n">
         <v>141409.0</v>
       </c>
-      <c r="DU20" s="14" t="n">
+      <c r="EE20" s="14" t="n">
         <v>130925.0</v>
       </c>
-      <c r="DV20" s="14" t="n">
+      <c r="EF20" s="14" t="n">
         <v>129526.0</v>
       </c>
-      <c r="DW20" s="14" t="n">
+      <c r="EG20" s="14" t="n">
         <v>120590.0</v>
       </c>
-      <c r="DX20" s="14" t="n">
+      <c r="EH20" s="14" t="n">
         <v>124407.0</v>
       </c>
-      <c r="DY20" s="14" t="n">
+      <c r="EI20" s="14" t="n">
         <v>129674.0</v>
       </c>
-      <c r="DZ20" s="14" t="n">
+      <c r="EJ20" s="14" t="n">
         <v>127713.0</v>
       </c>
-      <c r="EA20" s="14" t="n">
+      <c r="EK20" s="14" t="n">
         <v>124162.0</v>
       </c>
-      <c r="EB20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EC20" s="14" t="n">
+      <c r="EL20" s="14" t="n">
+        <v>122970.0</v>
+      </c>
+      <c r="EM20" s="14" t="n">
+        <v>76794.0</v>
+      </c>
+      <c r="EN20" s="14" t="n">
         <v>73692.0</v>
       </c>
-      <c r="ED20" s="14" t="n">
+      <c r="EO20" s="14" t="n">
         <v>70535.0</v>
       </c>
-      <c r="EE20" s="14" t="n">
+      <c r="EP20" s="14" t="n">
         <v>61855.0</v>
       </c>
-      <c r="EF20" s="14" t="n">
+      <c r="EQ20" s="14" t="n">
         <v>52925.0</v>
       </c>
-      <c r="EG20" s="14" t="n">
+      <c r="ER20" s="14" t="n">
         <v>44216.0</v>
       </c>
-      <c r="EH20" s="14" t="n">
+      <c r="ES20" s="14" t="n">
         <v>43424.0</v>
       </c>
-      <c r="EI20" s="14" t="n">
+      <c r="ET20" s="14" t="n">
         <v>42150.0</v>
       </c>
-      <c r="EJ20" s="14" t="n">
+      <c r="EU20" s="14" t="n">
         <v>40546.0</v>
       </c>
-      <c r="EK20" s="14" t="n">
+      <c r="EV20" s="14" t="n">
         <v>39796.0</v>
       </c>
-      <c r="EL20" s="14" t="n">
+      <c r="EW20" s="14" t="n">
         <v>40158.0</v>
       </c>
-      <c r="EM20" s="14" t="n">
+      <c r="EX20" s="14" t="n">
         <v>41815.0</v>
       </c>
-      <c r="EN20" s="14" t="n">
+      <c r="EY20" s="14" t="n">
         <v>41120.0</v>
       </c>
-      <c r="EO20" s="14" t="n">
+      <c r="EZ20" s="14" t="n">
+        <v>14680.0</v>
+      </c>
+      <c r="FA20" s="14" t="n">
         <v>14490.0</v>
       </c>
-      <c r="EP20" s="14" t="n">
+      <c r="FB20" s="14" t="n">
         <v>15033.0</v>
       </c>
-      <c r="EQ20" s="14" t="n">
+      <c r="FC20" s="14" t="n">
         <v>15357.0</v>
       </c>
-      <c r="ER20" s="14" t="n">
+      <c r="FD20" s="14" t="n">
         <v>13876.0</v>
       </c>
-      <c r="ES20" s="14" t="n">
+      <c r="FE20" s="14" t="n">
         <v>13102.0</v>
       </c>
-      <c r="ET20" s="14" t="n">
+      <c r="FF20" s="14" t="n">
         <v>11776.0</v>
       </c>
-      <c r="EU20" s="14" t="n">
+      <c r="FG20" s="14" t="n">
         <v>11320.0</v>
       </c>
-      <c r="EV20" s="14" t="n">
+      <c r="FH20" s="14" t="n">
         <v>10798.0</v>
       </c>
-      <c r="EW20" s="14" t="n">
+      <c r="FI20" s="14" t="n">
         <v>10604.0</v>
       </c>
-      <c r="EX20" s="14" t="n">
+      <c r="FJ20" s="14" t="n">
         <v>10418.0</v>
       </c>
-      <c r="EY20" s="14" t="n">
+      <c r="FK20" s="14" t="n">
         <v>9985.0</v>
       </c>
-      <c r="EZ20" s="14" t="n">
+      <c r="FL20" s="14" t="n">
         <v>10129.0</v>
       </c>
-      <c r="FA20" s="14" t="n">
+      <c r="FM20" s="14" t="n">
         <v>10320.0</v>
       </c>
-      <c r="FB20" s="14" t="n">
+      <c r="FN20" s="14" t="n">
+        <v>33400.0</v>
+      </c>
+      <c r="FO20" s="14" t="n">
         <v>32413.0</v>
       </c>
-      <c r="FC20" s="14" t="n">
+      <c r="FP20" s="14" t="n">
         <v>32781.0</v>
       </c>
-      <c r="FD20" s="14" t="n">
+      <c r="FQ20" s="14" t="n">
         <v>32327.0</v>
       </c>
-      <c r="FE20" s="14" t="n">
+      <c r="FR20" s="14" t="n">
         <v>28630.0</v>
       </c>
-      <c r="FF20" s="14" t="n">
+      <c r="FS20" s="14" t="n">
         <v>25930.0</v>
       </c>
-      <c r="FG20" s="14" t="n">
+      <c r="FT20" s="14" t="n">
         <v>23194.0</v>
       </c>
-      <c r="FH20" s="14" t="n">
+      <c r="FU20" s="14" t="n">
         <v>22893.0</v>
       </c>
-      <c r="FI20" s="14" t="n">
+      <c r="FV20" s="14" t="n">
         <v>22123.0</v>
       </c>
-      <c r="FJ20" s="14" t="n">
+      <c r="FW20" s="14" t="n">
         <v>22255.0</v>
       </c>
-      <c r="FK20" s="14" t="n">
+      <c r="FX20" s="14" t="n">
         <v>21853.0</v>
       </c>
-      <c r="FL20" s="14" t="n">
+      <c r="FY20" s="14" t="n">
         <v>21437.0</v>
       </c>
-      <c r="FM20" s="14" t="n">
+      <c r="FZ20" s="14" t="n">
         <v>22186.0</v>
       </c>
-      <c r="FN20" s="14" t="n">
+      <c r="GA20" s="14" t="n">
         <v>22144.0</v>
       </c>
-      <c r="FO20" s="14" t="n">
+      <c r="GB20" s="14" t="n">
+        <v>219267.0</v>
+      </c>
+      <c r="GC20" s="14" t="n">
         <v>197763.0</v>
       </c>
-      <c r="FP20" s="14" t="n">
+      <c r="GD20" s="14" t="n">
         <v>184780.0</v>
       </c>
-      <c r="FQ20" s="14" t="n">
+      <c r="GE20" s="14" t="n">
         <v>188014.0</v>
       </c>
-      <c r="FR20" s="14" t="n">
+      <c r="GF20" s="14" t="n">
         <v>173780.0</v>
       </c>
-      <c r="FS20" s="14" t="n">
+      <c r="GG20" s="14" t="n">
         <v>160183.0</v>
       </c>
-      <c r="FT20" s="14" t="n">
+      <c r="GH20" s="14" t="n">
         <v>140324.0</v>
       </c>
-      <c r="FU20" s="14" t="n">
+      <c r="GI20" s="14" t="n">
         <v>128170.0</v>
       </c>
-      <c r="FV20" s="14" t="n">
+      <c r="GJ20" s="14" t="n">
         <v>123505.0</v>
       </c>
-      <c r="FW20" s="14" t="n">
+      <c r="GK20" s="14" t="n">
         <v>122723.0</v>
       </c>
-      <c r="FX20" s="14" t="n">
+      <c r="GL20" s="14" t="n">
         <v>121537.0</v>
       </c>
-      <c r="FY20" s="14" t="n">
+      <c r="GM20" s="14" t="n">
         <v>131049.0</v>
       </c>
-      <c r="FZ20" s="14" t="n">
+      <c r="GN20" s="14" t="n">
         <v>138062.0</v>
       </c>
-      <c r="GA20" s="14" t="n">
+      <c r="GO20" s="14" t="n">
         <v>141179.0</v>
       </c>
-      <c r="GB20" s="14" t="n">
+      <c r="GP20" s="14" t="n">
+        <v>22285.0</v>
+      </c>
+      <c r="GQ20" s="14" t="n">
         <v>15034.0</v>
       </c>
-      <c r="GC20" s="14" t="n">
+      <c r="GR20" s="14" t="n">
         <v>21211.0</v>
       </c>
-      <c r="GD20" s="14" t="n">
+      <c r="GS20" s="14" t="n">
         <v>23356.0</v>
       </c>
-      <c r="GE20" s="14" t="n">
+      <c r="GT20" s="14" t="n">
         <v>20702.0</v>
       </c>
-      <c r="GF20" s="14" t="n">
+      <c r="GU20" s="14" t="n">
         <v>18170.0</v>
       </c>
-      <c r="GG20" s="14" t="n">
+      <c r="GV20" s="14" t="n">
         <v>16144.0</v>
       </c>
-      <c r="GH20" s="14" t="n">
+      <c r="GW20" s="14" t="n">
         <v>14860.0</v>
       </c>
-      <c r="GI20" s="14" t="n">
+      <c r="GX20" s="14" t="n">
         <v>13466.0</v>
       </c>
-      <c r="GJ20" s="14" t="n">
+      <c r="GY20" s="14" t="n">
         <v>12795.0</v>
       </c>
-      <c r="GK20" s="14" t="n">
+      <c r="GZ20" s="14" t="n">
         <v>12401.0</v>
       </c>
-      <c r="GL20" s="14" t="n">
+      <c r="HA20" s="14" t="n">
         <v>15688.0</v>
       </c>
-      <c r="GM20" s="14" t="n">
+      <c r="HB20" s="14" t="n">
         <v>13506.0</v>
       </c>
-      <c r="GN20" s="14" t="n">
+      <c r="HC20" s="14" t="n">
         <v>13236.0</v>
       </c>
-      <c r="GO20" s="14" t="n">
+      <c r="HD20" s="14" t="n">
+        <v>21118.0</v>
+      </c>
+      <c r="HE20" s="14" t="n">
         <v>17993.0</v>
       </c>
-      <c r="GP20" s="14" t="n">
+      <c r="HF20" s="14" t="n">
         <v>16139.0</v>
       </c>
-      <c r="GQ20" s="14" t="n">
+      <c r="HG20" s="14" t="n">
         <v>24408.0</v>
       </c>
-      <c r="GR20" s="14" t="n">
+      <c r="HH20" s="14" t="n">
         <v>21360.0</v>
       </c>
-      <c r="GS20" s="14" t="n">
+      <c r="HI20" s="14" t="n">
         <v>22389.0</v>
       </c>
-      <c r="GT20" s="14" t="n">
+      <c r="HJ20" s="14" t="n">
         <v>21217.0</v>
       </c>
-      <c r="GU20" s="14" t="n">
+      <c r="HK20" s="14" t="n">
         <v>20542.0</v>
       </c>
-      <c r="GV20" s="14" t="n">
+      <c r="HL20" s="14" t="n">
         <v>20101.0</v>
       </c>
-      <c r="GW20" s="14" t="n">
+      <c r="HM20" s="14" t="n">
         <v>20298.0</v>
       </c>
-      <c r="GX20" s="14" t="n">
+      <c r="HN20" s="14" t="n">
         <v>18471.0</v>
       </c>
-      <c r="GY20" s="14" t="n">
+      <c r="HO20" s="14" t="n">
         <v>17886.0</v>
       </c>
-      <c r="GZ20" s="14" t="n">
+      <c r="HP20" s="14" t="n">
         <v>22398.0</v>
       </c>
-      <c r="HA20" s="14" t="n">
+      <c r="HQ20" s="14" t="n">
         <v>20135.0</v>
       </c>
-      <c r="HB20" s="14" t="n">
+      <c r="HR20" s="14" t="n">
+        <v>53666.0</v>
+      </c>
+      <c r="HS20" s="14" t="n">
         <v>52287.0</v>
       </c>
-      <c r="HC20" s="14" t="n">
+      <c r="HT20" s="14" t="n">
         <v>53573.0</v>
       </c>
-      <c r="HD20" s="14" t="n">
+      <c r="HU20" s="14" t="n">
         <v>53521.0</v>
       </c>
-      <c r="HE20" s="14" t="n">
+      <c r="HV20" s="14" t="n">
         <v>50012.0</v>
       </c>
-      <c r="HF20" s="14" t="n">
+      <c r="HW20" s="14" t="n">
         <v>47662.0</v>
       </c>
-      <c r="HG20" s="14" t="n">
+      <c r="HX20" s="14" t="n">
         <v>43283.0</v>
       </c>
-      <c r="HH20" s="14" t="n">
+      <c r="HY20" s="14" t="n">
         <v>39679.0</v>
       </c>
-      <c r="HI20" s="14" t="n">
+      <c r="HZ20" s="14" t="n">
         <v>38244.0</v>
       </c>
-      <c r="HJ20" s="14" t="n">
+      <c r="IA20" s="14" t="n">
         <v>36020.0</v>
       </c>
-      <c r="HK20" s="14" t="n">
+      <c r="IB20" s="14" t="n">
         <v>33942.0</v>
       </c>
-      <c r="HL20" s="14" t="n">
+      <c r="IC20" s="14" t="n">
         <v>32028.0</v>
       </c>
-      <c r="HM20" s="14" t="n">
+      <c r="ID20" s="14" t="n">
         <v>30848.0</v>
       </c>
-      <c r="HN20" s="14" t="n">
+      <c r="IE20" s="14" t="n">
         <v>31046.0</v>
       </c>
-      <c r="HO20" s="14" t="n">
+      <c r="IF20" s="14" t="n">
+        <v>5881.0</v>
+      </c>
+      <c r="IG20" s="14" t="n">
         <v>5973.0</v>
       </c>
-      <c r="HP20" s="14" t="n">
+      <c r="IH20" s="14" t="n">
         <v>6290.0</v>
       </c>
-      <c r="HQ20" s="14" t="n">
+      <c r="II20" s="14" t="n">
         <v>6414.0</v>
       </c>
-      <c r="HR20" s="14" t="n">
+      <c r="IJ20" s="14" t="n">
         <v>5892.0</v>
       </c>
-      <c r="HS20" s="14" t="n">
+      <c r="IK20" s="14" t="n">
         <v>5507.0</v>
       </c>
-      <c r="HT20" s="14" t="n">
+      <c r="IL20" s="14" t="n">
         <v>4989.0</v>
       </c>
-      <c r="HU20" s="14" t="n">
+      <c r="IM20" s="14" t="n">
         <v>4780.0</v>
       </c>
-      <c r="HV20" s="14" t="n">
+      <c r="IN20" s="14" t="n">
         <v>4688.0</v>
       </c>
-      <c r="HW20" s="14" t="n">
+      <c r="IO20" s="14" t="n">
         <v>4659.0</v>
       </c>
-      <c r="HX20" s="14" t="n">
+      <c r="IP20" s="14" t="n">
         <v>4705.0</v>
       </c>
-      <c r="HY20" s="14" t="n">
+      <c r="IQ20" s="14" t="n">
         <v>4708.0</v>
       </c>
-      <c r="HZ20" s="14" t="n">
+      <c r="IR20" s="14" t="n">
         <v>4760.0</v>
       </c>
-      <c r="IA20" s="14" t="n">
+      <c r="IS20" s="14" t="n">
         <v>4717.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>11 Lodos comunes (secos)</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M21" s="14" t="n">
         <v>24849.0</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>33302.0</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>44694.0</v>
       </c>
-      <c r="O21" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="R21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="S21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="T21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="U21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="V21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="W21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="X21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Y21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Z21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AA21" s="14" t="n">
         <v>12325.0</v>
       </c>
-      <c r="Z21" s="14" t="n">
+      <c r="AB21" s="14" t="n">
         <v>12181.0</v>
       </c>
-      <c r="AA21" s="14" t="n">
+      <c r="AC21" s="14" t="n">
         <v>18992.0</v>
       </c>
-      <c r="AB21" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AD21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AE21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AF21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AG21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AH21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AI21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AJ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AK21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AL21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AO21" s="14" t="n">
         <v>59.0</v>
       </c>
-      <c r="AM21" s="14" t="n">
+      <c r="AP21" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AN21" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AQ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AR21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY21" s="14" t="n">
@@ -10786,109 +11560,109 @@
       <c r="BF21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BM21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BO21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BP21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BR21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BS21" s="14" t="n">
         <v>1572.0</v>
       </c>
-      <c r="BO21" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="BT21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BZ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CA21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE21" s="14" t="n">
         <v>5798.0</v>
       </c>
-      <c r="BZ21" s="14" t="n">
+      <c r="CF21" s="14" t="n">
         <v>7073.0</v>
       </c>
-      <c r="CA21" s="14" t="n">
+      <c r="CG21" s="14" t="n">
         <v>8258.0</v>
       </c>
-      <c r="CB21" s="14" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="CH21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CI21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CJ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CK21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CL21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CM21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CN21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CO21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CP21" s="14" t="n">
@@ -10897,5507 +11671,5918 @@
       <c r="CQ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CR21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CS21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CT21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CU21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CV21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CW21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CX21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CY21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CZ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DA21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DC21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DD21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DE21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DF21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG21" s="14" t="n">
         <v>5314.0</v>
       </c>
-      <c r="CZ21" s="14" t="n">
+      <c r="DH21" s="14" t="n">
         <v>4757.0</v>
       </c>
-      <c r="DA21" s="14" t="n">
+      <c r="DI21" s="14" t="n">
         <v>6098.0</v>
       </c>
-      <c r="DB21" s="14" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="DJ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DK21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DL21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DO21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DP21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DQ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DR21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DS21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DT21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DU21" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="DM21" s="14" t="n">
+      <c r="DV21" s="14" t="n">
         <v>145.0</v>
       </c>
-      <c r="DN21" s="14" t="n">
+      <c r="DW21" s="14" t="n">
         <v>83.0</v>
       </c>
-      <c r="DO21" s="14" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="DX21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DY21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DZ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ED21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EE21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EF21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EG21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EH21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI21" s="14" t="n">
         <v>726.0</v>
       </c>
-      <c r="DZ21" s="14" t="n">
+      <c r="EJ21" s="14" t="n">
         <v>6012.0</v>
       </c>
-      <c r="EA21" s="14" t="n">
+      <c r="EK21" s="14" t="n">
         <v>5807.0</v>
       </c>
-      <c r="EB21" s="14" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="EL21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EO21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EP21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ER21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ES21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ET21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EU21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EW21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EX21" s="14" t="n">
         <v>1852.0</v>
       </c>
-      <c r="EN21" s="14" t="n">
+      <c r="EY21" s="14" t="n">
         <v>949.0</v>
       </c>
-      <c r="EO21" s="14" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="EZ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FA21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FB21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FC21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FD21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FE21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FF21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FG21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FH21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FI21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FJ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FK21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FL21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FO21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FP21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FQ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FR21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FS21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FT21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FU21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FV21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FW21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FX21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FY21" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="FM21" s="14" t="n">
+      <c r="FZ21" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="FN21" s="14" t="n">
+      <c r="GA21" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="FO21" s="14" t="n">
-[...32 lines deleted...]
-      <c r="FZ21" s="14" t="n">
+      <c r="GB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN21" s="14" t="n">
         <v>509.0</v>
       </c>
-      <c r="GA21" s="14" t="n">
-[...32 lines deleted...]
-      <c r="GL21" s="14" t="n">
+      <c r="GO21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GQ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GR21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GS21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GT21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GU21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GV21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GW21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GX21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GY21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GZ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HA21" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="GM21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GN21" s="14" t="n">
+      <c r="HB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HC21" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="GO21" s="14" t="n">
-[...29 lines deleted...]
-      <c r="GY21" s="14" t="n">
+      <c r="HD21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HE21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HF21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HG21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HH21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HI21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HJ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HK21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HL21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HO21" s="14" t="n">
         <v>508.0</v>
       </c>
-      <c r="GZ21" s="14" t="n">
+      <c r="HP21" s="14" t="n">
         <v>698.0</v>
       </c>
-      <c r="HA21" s="14" t="n">
+      <c r="HQ21" s="14" t="n">
         <v>2245.0</v>
       </c>
-      <c r="HB21" s="14" t="n">
-[...29 lines deleted...]
-      <c r="HL21" s="14" t="n">
+      <c r="HR21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HS21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HT21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HU21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HV21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HW21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HX21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HY21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HZ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IA21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IC21" s="14" t="n">
         <v>80.0</v>
       </c>
-      <c r="HM21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HN21" s="14" t="n">
+      <c r="ID21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IE21" s="14" t="n">
         <v>668.0</v>
       </c>
-      <c r="HO21" s="14" t="n">
-[...35 lines deleted...]
-      <c r="IA21" s="14" t="n">
+      <c r="IF21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IG21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IH21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="II21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IJ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IK21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IL21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IO21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IP21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IQ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IR21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS21" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>12 Residuos minerales (incluye residuos de construcción y demolición)</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>496513.0</v>
+        <v>510282.0</v>
       </c>
       <c r="C22" s="14" t="n">
+        <v>496262.0</v>
+      </c>
+      <c r="D22" s="14" t="n">
         <v>538376.0</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>451652.0</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>519868.0</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
         <v>461507.0</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="H22" s="14" t="n">
         <v>495597.0</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>295142.0</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>430561.0</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>433444.0</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="L22" s="14" t="n">
         <v>465104.0</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>442031.0</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>564613.0</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>437595.0</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="P22" s="14" t="n">
+        <v>98689.0</v>
+      </c>
+      <c r="Q22" s="14" t="n">
         <v>94691.0</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="R22" s="14" t="n">
         <v>107269.0</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>109947.0</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="T22" s="14" t="n">
         <v>91308.0</v>
       </c>
-      <c r="S22" s="14" t="n">
+      <c r="U22" s="14" t="n">
         <v>81204.0</v>
       </c>
-      <c r="T22" s="14" t="n">
+      <c r="V22" s="14" t="n">
         <v>110367.0</v>
       </c>
-      <c r="U22" s="14" t="n">
+      <c r="W22" s="14" t="n">
         <v>61285.0</v>
       </c>
-      <c r="V22" s="14" t="n">
+      <c r="X22" s="14" t="n">
         <v>104780.0</v>
       </c>
-      <c r="W22" s="14" t="n">
+      <c r="Y22" s="14" t="n">
         <v>104686.0</v>
       </c>
-      <c r="X22" s="14" t="n">
+      <c r="Z22" s="14" t="n">
         <v>121090.0</v>
       </c>
-      <c r="Y22" s="14" t="n">
+      <c r="AA22" s="14" t="n">
         <v>102004.0</v>
       </c>
-      <c r="Z22" s="14" t="n">
+      <c r="AB22" s="14" t="n">
         <v>141142.0</v>
       </c>
-      <c r="AA22" s="14" t="n">
+      <c r="AC22" s="14" t="n">
         <v>56816.0</v>
       </c>
-      <c r="AB22" s="14" t="n">
+      <c r="AD22" s="14" t="n">
+        <v>67133.0</v>
+      </c>
+      <c r="AE22" s="14" t="n">
         <v>41339.0</v>
       </c>
-      <c r="AC22" s="14" t="n">
+      <c r="AF22" s="14" t="n">
         <v>44373.0</v>
       </c>
-      <c r="AD22" s="14" t="n">
+      <c r="AG22" s="14" t="n">
         <v>39413.0</v>
       </c>
-      <c r="AE22" s="14" t="n">
+      <c r="AH22" s="14" t="n">
         <v>76159.0</v>
       </c>
-      <c r="AF22" s="14" t="n">
+      <c r="AI22" s="14" t="n">
         <v>69649.0</v>
       </c>
-      <c r="AG22" s="14" t="n">
+      <c r="AJ22" s="14" t="n">
         <v>36838.0</v>
       </c>
-      <c r="AH22" s="14" t="n">
+      <c r="AK22" s="14" t="n">
         <v>1852.0</v>
       </c>
-      <c r="AI22" s="14" t="n">
+      <c r="AL22" s="14" t="n">
         <v>32571.0</v>
       </c>
-      <c r="AJ22" s="14" t="n">
+      <c r="AM22" s="14" t="n">
         <v>32734.0</v>
       </c>
-      <c r="AK22" s="14" t="n">
+      <c r="AN22" s="14" t="n">
         <v>29556.0</v>
       </c>
-      <c r="AL22" s="14" t="n">
+      <c r="AO22" s="14" t="n">
         <v>30534.0</v>
       </c>
-      <c r="AM22" s="14" t="n">
+      <c r="AP22" s="14" t="n">
         <v>29211.0</v>
       </c>
-      <c r="AN22" s="14" t="n">
+      <c r="AQ22" s="14" t="n">
         <v>1547.0</v>
       </c>
-      <c r="AO22" s="14" t="n">
+      <c r="AR22" s="14" t="n">
+        <v>20659.0</v>
+      </c>
+      <c r="AS22" s="14" t="n">
         <v>9341.0</v>
       </c>
-      <c r="AP22" s="14" t="n">
+      <c r="AT22" s="14" t="n">
         <v>8669.0</v>
       </c>
-      <c r="AQ22" s="14" t="n">
+      <c r="AU22" s="14" t="n">
         <v>12816.0</v>
       </c>
-      <c r="AR22" s="14" t="n">
+      <c r="AV22" s="14" t="n">
         <v>13171.0</v>
       </c>
-      <c r="AS22" s="14" t="n">
+      <c r="AW22" s="14" t="n">
         <v>12409.0</v>
       </c>
-      <c r="AT22" s="14" t="n">
+      <c r="AX22" s="14" t="n">
         <v>16007.0</v>
       </c>
-      <c r="AU22" s="14" t="n">
+      <c r="AY22" s="14" t="n">
         <v>9315.0</v>
       </c>
-      <c r="AV22" s="14" t="n">
+      <c r="AZ22" s="14" t="n">
         <v>22320.0</v>
       </c>
-      <c r="AW22" s="14" t="n">
+      <c r="BA22" s="14" t="n">
         <v>22534.0</v>
       </c>
-      <c r="AX22" s="14" t="n">
+      <c r="BB22" s="14" t="n">
         <v>16924.0</v>
       </c>
-      <c r="AY22" s="14" t="n">
+      <c r="BC22" s="14" t="n">
         <v>20357.0</v>
       </c>
-      <c r="AZ22" s="14" t="n">
+      <c r="BD22" s="14" t="n">
         <v>10217.0</v>
       </c>
-      <c r="BA22" s="14" t="n">
+      <c r="BE22" s="14" t="n">
         <v>19839.0</v>
       </c>
-      <c r="BB22" s="14" t="n">
+      <c r="BF22" s="14" t="n">
+        <v>16164.0</v>
+      </c>
+      <c r="BG22" s="14" t="n">
         <v>15150.0</v>
       </c>
-      <c r="BC22" s="14" t="n">
+      <c r="BH22" s="14" t="n">
         <v>14644.0</v>
       </c>
-      <c r="BD22" s="14" t="n">
+      <c r="BI22" s="14" t="n">
         <v>19180.0</v>
       </c>
-      <c r="BE22" s="14" t="n">
+      <c r="BJ22" s="14" t="n">
         <v>21952.0</v>
       </c>
-      <c r="BF22" s="14" t="n">
+      <c r="BK22" s="14" t="n">
         <v>19402.0</v>
       </c>
-      <c r="BG22" s="14" t="n">
+      <c r="BL22" s="14" t="n">
         <v>14417.0</v>
       </c>
-      <c r="BH22" s="14" t="n">
+      <c r="BM22" s="14" t="n">
         <v>4901.0</v>
       </c>
-      <c r="BI22" s="14" t="n">
+      <c r="BN22" s="14" t="n">
         <v>11049.0</v>
       </c>
-      <c r="BJ22" s="14" t="n">
+      <c r="BO22" s="14" t="n">
         <v>11155.0</v>
       </c>
-      <c r="BK22" s="14" t="n">
+      <c r="BP22" s="14" t="n">
         <v>80620.0</v>
       </c>
-      <c r="BL22" s="14" t="n">
+      <c r="BQ22" s="14" t="n">
         <v>1968.0</v>
       </c>
-      <c r="BM22" s="14" t="n">
+      <c r="BR22" s="14" t="n">
         <v>2432.0</v>
       </c>
-      <c r="BN22" s="14" t="n">
+      <c r="BS22" s="14" t="n">
         <v>511.0</v>
       </c>
-      <c r="BO22" s="14" t="n">
+      <c r="BT22" s="14" t="n">
+        <v>29657.0</v>
+      </c>
+      <c r="BU22" s="14" t="n">
         <v>52615.0</v>
       </c>
-      <c r="BP22" s="14" t="n">
+      <c r="BV22" s="14" t="n">
         <v>65473.0</v>
       </c>
-      <c r="BQ22" s="14" t="n">
+      <c r="BW22" s="14" t="n">
         <v>34939.0</v>
       </c>
-      <c r="BR22" s="14" t="n">
+      <c r="BX22" s="14" t="n">
         <v>46339.0</v>
       </c>
-      <c r="BS22" s="14" t="n">
+      <c r="BY22" s="14" t="n">
         <v>34114.0</v>
       </c>
-      <c r="BT22" s="14" t="n">
+      <c r="BZ22" s="14" t="n">
         <v>28244.0</v>
       </c>
-      <c r="BU22" s="14" t="n">
+      <c r="CA22" s="14" t="n">
         <v>24239.0</v>
       </c>
-      <c r="BV22" s="14" t="n">
+      <c r="CB22" s="14" t="n">
         <v>9477.0</v>
       </c>
-      <c r="BW22" s="14" t="n">
+      <c r="CC22" s="14" t="n">
         <v>9568.0</v>
       </c>
-      <c r="BX22" s="14" t="n">
+      <c r="CD22" s="14" t="n">
         <v>8872.0</v>
       </c>
-      <c r="BY22" s="14" t="n">
+      <c r="CE22" s="14" t="n">
         <v>20521.0</v>
       </c>
-      <c r="BZ22" s="14" t="n">
+      <c r="CF22" s="14" t="n">
         <v>24592.0</v>
       </c>
-      <c r="CA22" s="14" t="n">
+      <c r="CG22" s="14" t="n">
         <v>25407.0</v>
       </c>
-      <c r="CB22" s="14" t="n">
+      <c r="CH22" s="14" t="n">
+        <v>25145.0</v>
+      </c>
+      <c r="CI22" s="14" t="n">
         <v>25165.0</v>
       </c>
-      <c r="CC22" s="14" t="n">
+      <c r="CJ22" s="14" t="n">
         <v>25561.0</v>
       </c>
-      <c r="CD22" s="14" t="n">
+      <c r="CK22" s="14" t="n">
         <v>22548.0</v>
       </c>
-      <c r="CE22" s="14" t="n">
+      <c r="CL22" s="14" t="n">
         <v>27882.0</v>
       </c>
-      <c r="CF22" s="14" t="n">
+      <c r="CM22" s="14" t="n">
         <v>21622.0</v>
       </c>
-      <c r="CG22" s="14" t="n">
+      <c r="CN22" s="14" t="n">
         <v>20774.0</v>
       </c>
-      <c r="CH22" s="14" t="n">
+      <c r="CO22" s="14" t="n">
         <v>20053.0</v>
       </c>
-      <c r="CI22" s="14" t="n">
+      <c r="CP22" s="14" t="n">
         <v>18562.0</v>
       </c>
-      <c r="CJ22" s="14" t="n">
+      <c r="CQ22" s="14" t="n">
         <v>18740.0</v>
       </c>
-      <c r="CK22" s="14" t="n">
+      <c r="CR22" s="14" t="n">
         <v>17138.0</v>
       </c>
-      <c r="CL22" s="14" t="n">
+      <c r="CS22" s="14" t="n">
         <v>21657.0</v>
       </c>
-      <c r="CM22" s="14" t="n">
+      <c r="CT22" s="14" t="n">
         <v>21573.0</v>
       </c>
-      <c r="CN22" s="14" t="n">
+      <c r="CU22" s="14" t="n">
         <v>33946.0</v>
       </c>
-      <c r="CO22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CP22" s="14" t="n">
+      <c r="CV22" s="14" t="n">
+        <v>64396.0</v>
+      </c>
+      <c r="CW22" s="14" t="n">
+        <v>18940.0</v>
+      </c>
+      <c r="CX22" s="14" t="n">
         <v>25266.0</v>
       </c>
-      <c r="CQ22" s="14" t="n">
+      <c r="CY22" s="14" t="n">
         <v>16845.0</v>
       </c>
-      <c r="CR22" s="14" t="n">
+      <c r="CZ22" s="14" t="n">
         <v>15471.0</v>
       </c>
-      <c r="CS22" s="14" t="n">
+      <c r="DA22" s="14" t="n">
         <v>14229.0</v>
       </c>
-      <c r="CT22" s="14" t="n">
+      <c r="DB22" s="14" t="n">
         <v>17755.0</v>
       </c>
-      <c r="CU22" s="14" t="n">
+      <c r="DC22" s="14" t="n">
         <v>18309.0</v>
       </c>
-      <c r="CV22" s="14" t="n">
+      <c r="DD22" s="14" t="n">
         <v>10996.0</v>
       </c>
-      <c r="CW22" s="14" t="n">
+      <c r="DE22" s="14" t="n">
         <v>11102.0</v>
       </c>
-      <c r="CX22" s="14" t="n">
+      <c r="DF22" s="14" t="n">
         <v>7912.0</v>
       </c>
-      <c r="CY22" s="14" t="n">
+      <c r="DG22" s="14" t="n">
         <v>64644.0</v>
       </c>
-      <c r="CZ22" s="14" t="n">
+      <c r="DH22" s="14" t="n">
         <v>113127.0</v>
       </c>
-      <c r="DA22" s="14" t="n">
+      <c r="DI22" s="14" t="n">
         <v>108792.0</v>
       </c>
-      <c r="DB22" s="14" t="n">
+      <c r="DJ22" s="14" t="n">
+        <v>4765.0</v>
+      </c>
+      <c r="DK22" s="14" t="n">
         <v>14485.0</v>
       </c>
-      <c r="DC22" s="14" t="n">
+      <c r="DL22" s="14" t="n">
         <v>17996.0</v>
       </c>
-      <c r="DD22" s="14" t="n">
+      <c r="DM22" s="14" t="n">
         <v>9598.0</v>
       </c>
-      <c r="DE22" s="14" t="n">
+      <c r="DN22" s="14" t="n">
         <v>13717.0</v>
       </c>
-      <c r="DF22" s="14" t="n">
+      <c r="DO22" s="14" t="n">
         <v>8013.0</v>
       </c>
-      <c r="DG22" s="14" t="n">
+      <c r="DP22" s="14" t="n">
         <v>4874.0</v>
       </c>
-      <c r="DH22" s="14" t="n">
+      <c r="DQ22" s="14" t="n">
         <v>3439.0</v>
       </c>
-      <c r="DI22" s="14" t="n">
+      <c r="DR22" s="14" t="n">
         <v>4709.0</v>
       </c>
-      <c r="DJ22" s="14" t="n">
+      <c r="DS22" s="14" t="n">
         <v>4754.0</v>
       </c>
-      <c r="DK22" s="14" t="n">
+      <c r="DT22" s="14" t="n">
         <v>4121.0</v>
       </c>
-      <c r="DL22" s="14" t="n">
+      <c r="DU22" s="14" t="n">
         <v>4835.0</v>
       </c>
-      <c r="DM22" s="14" t="n">
+      <c r="DV22" s="14" t="n">
         <v>7298.0</v>
       </c>
-      <c r="DN22" s="14" t="n">
+      <c r="DW22" s="14" t="n">
         <v>31723.0</v>
       </c>
-      <c r="DO22" s="14" t="n">
+      <c r="DX22" s="14" t="n">
+        <v>67307.0</v>
+      </c>
+      <c r="DY22" s="14" t="n">
         <v>91806.0</v>
       </c>
-      <c r="DP22" s="14" t="n">
+      <c r="DZ22" s="14" t="n">
         <v>104022.0</v>
       </c>
-      <c r="DQ22" s="14" t="n">
+      <c r="EA22" s="14" t="n">
         <v>84198.0</v>
       </c>
-      <c r="DR22" s="14" t="n">
+      <c r="EB22" s="14" t="n">
         <v>97781.0</v>
       </c>
-      <c r="DS22" s="14" t="n">
+      <c r="EC22" s="14" t="n">
         <v>68847.0</v>
       </c>
-      <c r="DT22" s="14" t="n">
+      <c r="ED22" s="14" t="n">
         <v>102248.0</v>
       </c>
-      <c r="DU22" s="14" t="n">
+      <c r="EE22" s="14" t="n">
         <v>42330.0</v>
       </c>
-      <c r="DV22" s="14" t="n">
+      <c r="EF22" s="14" t="n">
         <v>87722.0</v>
       </c>
-      <c r="DW22" s="14" t="n">
+      <c r="EG22" s="14" t="n">
         <v>88563.0</v>
       </c>
-      <c r="DX22" s="14" t="n">
+      <c r="EH22" s="14" t="n">
         <v>45725.0</v>
       </c>
-      <c r="DY22" s="14" t="n">
+      <c r="EI22" s="14" t="n">
         <v>76102.0</v>
       </c>
-      <c r="DZ22" s="14" t="n">
+      <c r="EJ22" s="14" t="n">
         <v>56681.0</v>
       </c>
-      <c r="EA22" s="14" t="n">
+      <c r="EK22" s="14" t="n">
         <v>43799.0</v>
       </c>
-      <c r="EB22" s="14" t="n">
+      <c r="EL22" s="14" t="n">
+        <v>47310.0</v>
+      </c>
+      <c r="EM22" s="14" t="n">
         <v>63540.0</v>
       </c>
-      <c r="EC22" s="14" t="n">
+      <c r="EN22" s="14" t="n">
         <v>56382.0</v>
       </c>
-      <c r="ED22" s="14" t="n">
+      <c r="EO22" s="14" t="n">
         <v>48638.0</v>
       </c>
-      <c r="EE22" s="14" t="n">
+      <c r="EP22" s="14" t="n">
         <v>53274.0</v>
       </c>
-      <c r="EF22" s="14" t="n">
+      <c r="EQ22" s="14" t="n">
         <v>78893.0</v>
       </c>
-      <c r="EG22" s="14" t="n">
+      <c r="ER22" s="14" t="n">
         <v>72359.0</v>
       </c>
-      <c r="EH22" s="14" t="n">
+      <c r="ES22" s="14" t="n">
         <v>36085.0</v>
       </c>
-      <c r="EI22" s="14" t="n">
+      <c r="ET22" s="14" t="n">
         <v>38457.0</v>
       </c>
-      <c r="EJ22" s="14" t="n">
+      <c r="EU22" s="14" t="n">
         <v>38826.0</v>
       </c>
-      <c r="EK22" s="14" t="n">
+      <c r="EV22" s="14" t="n">
         <v>65539.0</v>
       </c>
-      <c r="EL22" s="14" t="n">
+      <c r="EW22" s="14" t="n">
         <v>21457.0</v>
       </c>
-      <c r="EM22" s="14" t="n">
+      <c r="EX22" s="14" t="n">
         <v>44919.0</v>
       </c>
-      <c r="EN22" s="14" t="n">
+      <c r="EY22" s="14" t="n">
         <v>47837.0</v>
       </c>
-      <c r="EO22" s="14" t="n">
+      <c r="EZ22" s="14" t="n">
+        <v>397.0</v>
+      </c>
+      <c r="FA22" s="14" t="n">
         <v>1009.0</v>
       </c>
-      <c r="EP22" s="14" t="n">
+      <c r="FB22" s="14" t="n">
         <v>343.0</v>
       </c>
-      <c r="EQ22" s="14" t="n">
+      <c r="FC22" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="ER22" s="14" t="n">
+      <c r="FD22" s="14" t="n">
         <v>1056.0</v>
       </c>
-      <c r="ES22" s="14" t="n">
+      <c r="FE22" s="14" t="n">
         <v>633.0</v>
       </c>
-      <c r="ET22" s="14" t="n">
+      <c r="FF22" s="14" t="n">
         <v>9972.0</v>
       </c>
-      <c r="EU22" s="14" t="n">
+      <c r="FG22" s="14" t="n">
         <v>10006.0</v>
       </c>
-      <c r="EV22" s="14" t="n">
+      <c r="FH22" s="14" t="n">
         <v>25929.0</v>
       </c>
-      <c r="EW22" s="14" t="n">
+      <c r="FI22" s="14" t="n">
         <v>26178.0</v>
       </c>
-      <c r="EX22" s="14" t="n">
+      <c r="FJ22" s="14" t="n">
         <v>274.0</v>
       </c>
-      <c r="EY22" s="14" t="n">
+      <c r="FK22" s="14" t="n">
         <v>1444.0</v>
       </c>
-      <c r="EZ22" s="14" t="n">
+      <c r="FL22" s="14" t="n">
         <v>3527.0</v>
       </c>
-      <c r="FA22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FB22" s="14" t="n">
+      <c r="FM22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN22" s="14" t="n">
+        <v>13669.0</v>
+      </c>
+      <c r="FO22" s="14" t="n">
         <v>6163.0</v>
       </c>
-      <c r="FC22" s="14" t="n">
+      <c r="FP22" s="14" t="n">
         <v>8269.0</v>
       </c>
-      <c r="FD22" s="14" t="n">
+      <c r="FQ22" s="14" t="n">
         <v>3806.0</v>
       </c>
-      <c r="FE22" s="14" t="n">
+      <c r="FR22" s="14" t="n">
         <v>6833.0</v>
       </c>
-      <c r="FF22" s="14" t="n">
+      <c r="FS22" s="14" t="n">
         <v>5652.0</v>
       </c>
-      <c r="FG22" s="14" t="n">
+      <c r="FT22" s="14" t="n">
         <v>7754.0</v>
       </c>
-      <c r="FH22" s="14" t="n">
+      <c r="FU22" s="14" t="n">
         <v>6996.0</v>
       </c>
-      <c r="FI22" s="14" t="n">
+      <c r="FV22" s="14" t="n">
         <v>12499.0</v>
       </c>
-      <c r="FJ22" s="14" t="n">
+      <c r="FW22" s="14" t="n">
         <v>12619.0</v>
       </c>
-      <c r="FK22" s="14" t="n">
+      <c r="FX22" s="14" t="n">
         <v>9369.0</v>
       </c>
-      <c r="FL22" s="14" t="n">
+      <c r="FY22" s="14" t="n">
         <v>8448.0</v>
       </c>
-      <c r="FM22" s="14" t="n">
+      <c r="FZ22" s="14" t="n">
         <v>10122.0</v>
       </c>
-      <c r="FN22" s="14" t="n">
+      <c r="GA22" s="14" t="n">
         <v>6731.0</v>
       </c>
-      <c r="FO22" s="14" t="n">
+      <c r="GB22" s="14" t="n">
+        <v>32485.0</v>
+      </c>
+      <c r="GC22" s="14" t="n">
         <v>39407.0</v>
       </c>
-      <c r="FP22" s="14" t="n">
+      <c r="GD22" s="14" t="n">
         <v>38910.0</v>
       </c>
-      <c r="FQ22" s="14" t="n">
+      <c r="GE22" s="14" t="n">
         <v>25968.0</v>
       </c>
-      <c r="FR22" s="14" t="n">
+      <c r="GF22" s="14" t="n">
         <v>32732.0</v>
       </c>
-      <c r="FS22" s="14" t="n">
+      <c r="GG22" s="14" t="n">
         <v>17914.0</v>
       </c>
-      <c r="FT22" s="14" t="n">
+      <c r="GH22" s="14" t="n">
         <v>15965.0</v>
       </c>
-      <c r="FU22" s="14" t="n">
+      <c r="GI22" s="14" t="n">
         <v>25022.0</v>
       </c>
-      <c r="FV22" s="14" t="n">
+      <c r="GJ22" s="14" t="n">
         <v>17076.0</v>
       </c>
-      <c r="FW22" s="14" t="n">
+      <c r="GK22" s="14" t="n">
         <v>17240.0</v>
       </c>
-      <c r="FX22" s="14" t="n">
+      <c r="GL22" s="14" t="n">
         <v>14498.0</v>
       </c>
-      <c r="FY22" s="14" t="n">
+      <c r="GM22" s="14" t="n">
         <v>13448.0</v>
       </c>
-      <c r="FZ22" s="14" t="n">
+      <c r="GN22" s="14" t="n">
         <v>37222.0</v>
       </c>
-      <c r="GA22" s="14" t="n">
+      <c r="GO22" s="14" t="n">
         <v>16930.0</v>
       </c>
-      <c r="GB22" s="14" t="n">
+      <c r="GP22" s="14" t="n">
+        <v>2424.0</v>
+      </c>
+      <c r="GQ22" s="14" t="n">
         <v>1677.0</v>
       </c>
-      <c r="GC22" s="14" t="n">
+      <c r="GR22" s="14" t="n">
         <v>2211.0</v>
       </c>
-      <c r="GD22" s="14" t="n">
+      <c r="GS22" s="14" t="n">
         <v>2066.0</v>
       </c>
-      <c r="GE22" s="14" t="n">
+      <c r="GT22" s="14" t="n">
         <v>2824.0</v>
       </c>
-      <c r="GF22" s="14" t="n">
+      <c r="GU22" s="14" t="n">
         <v>3612.0</v>
       </c>
-      <c r="GG22" s="14" t="n">
+      <c r="GV22" s="14" t="n">
         <v>1849.0</v>
       </c>
-      <c r="GH22" s="14" t="n">
+      <c r="GW22" s="14" t="n">
         <v>2587.0</v>
       </c>
-      <c r="GI22" s="14" t="n">
+      <c r="GX22" s="14" t="n">
         <v>11965.0</v>
       </c>
-      <c r="GJ22" s="14" t="n">
+      <c r="GY22" s="14" t="n">
         <v>12079.0</v>
       </c>
-      <c r="GK22" s="14" t="n">
+      <c r="GZ22" s="14" t="n">
         <v>1793.0</v>
       </c>
-      <c r="GL22" s="14" t="n">
+      <c r="HA22" s="14" t="n">
         <v>2142.0</v>
       </c>
-      <c r="GM22" s="14" t="n">
+      <c r="HB22" s="14" t="n">
         <v>3496.0</v>
       </c>
-      <c r="GN22" s="14" t="n">
+      <c r="HC22" s="14" t="n">
         <v>472.0</v>
       </c>
-      <c r="GO22" s="14" t="n">
+      <c r="HD22" s="14" t="n">
+        <v>2725.0</v>
+      </c>
+      <c r="HE22" s="14" t="n">
         <v>1297.0</v>
       </c>
-      <c r="GP22" s="14" t="n">
+      <c r="HF22" s="14" t="n">
         <v>1220.0</v>
       </c>
-      <c r="GQ22" s="14" t="n">
+      <c r="HG22" s="14" t="n">
         <v>972.0</v>
       </c>
-      <c r="GR22" s="14" t="n">
+      <c r="HH22" s="14" t="n">
         <v>75.0</v>
       </c>
-      <c r="GS22" s="14" t="n">
+      <c r="HI22" s="14" t="n">
         <v>674.0</v>
       </c>
-      <c r="GT22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GU22" s="14" t="n">
+      <c r="HJ22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HK22" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="GV22" s="14" t="n">
+      <c r="HL22" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="GW22" s="14" t="n">
+      <c r="HM22" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="GX22" s="14" t="n">
+      <c r="HN22" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="GY22" s="14" t="n">
+      <c r="HO22" s="14" t="n">
         <v>7296.0</v>
       </c>
-      <c r="GZ22" s="14" t="n">
+      <c r="HP22" s="14" t="n">
         <v>7837.0</v>
       </c>
-      <c r="HA22" s="14" t="n">
+      <c r="HQ22" s="14" t="n">
         <v>462.0</v>
       </c>
-      <c r="HB22" s="14" t="n">
+      <c r="HR22" s="14" t="n">
+        <v>17033.0</v>
+      </c>
+      <c r="HS22" s="14" t="n">
         <v>19345.0</v>
       </c>
-      <c r="HC22" s="14" t="n">
+      <c r="HT22" s="14" t="n">
         <v>17452.0</v>
       </c>
-      <c r="HD22" s="14" t="n">
+      <c r="HU22" s="14" t="n">
         <v>20393.0</v>
       </c>
-      <c r="HE22" s="14" t="n">
+      <c r="HV22" s="14" t="n">
         <v>19227.0</v>
       </c>
-      <c r="HF22" s="14" t="n">
+      <c r="HW22" s="14" t="n">
         <v>24490.0</v>
       </c>
-      <c r="HG22" s="14" t="n">
+      <c r="HX22" s="14" t="n">
         <v>36071.0</v>
       </c>
-      <c r="HH22" s="14" t="n">
+      <c r="HY22" s="14" t="n">
         <v>20334.0</v>
       </c>
-      <c r="HI22" s="14" t="n">
+      <c r="HZ22" s="14" t="n">
         <v>22408.0</v>
       </c>
-      <c r="HJ22" s="14" t="n">
+      <c r="IA22" s="14" t="n">
         <v>22623.0</v>
       </c>
-      <c r="HK22" s="14" t="n">
+      <c r="IB22" s="14" t="n">
         <v>41650.0</v>
       </c>
-      <c r="HL22" s="14" t="n">
+      <c r="IC22" s="14" t="n">
         <v>45125.0</v>
       </c>
-      <c r="HM22" s="14" t="n">
+      <c r="ID22" s="14" t="n">
         <v>51217.0</v>
       </c>
-      <c r="HN22" s="14" t="n">
+      <c r="IE22" s="14" t="n">
         <v>42783.0</v>
       </c>
-      <c r="HO22" s="14" t="n">
+      <c r="IF22" s="14" t="n">
+        <v>324.0</v>
+      </c>
+      <c r="IG22" s="14" t="n">
         <v>291.0</v>
       </c>
-      <c r="HP22" s="14" t="n">
+      <c r="IH22" s="14" t="n">
         <v>315.0</v>
       </c>
-      <c r="HQ22" s="14" t="n">
+      <c r="II22" s="14" t="n">
         <v>254.0</v>
       </c>
-      <c r="HR22" s="14" t="n">
+      <c r="IJ22" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="HS22" s="14" t="n">
+      <c r="IK22" s="14" t="n">
         <v>144.0</v>
       </c>
-      <c r="HT22" s="14" t="n">
+      <c r="IL22" s="14" t="n">
         <v>103.0</v>
       </c>
-      <c r="HU22" s="14" t="n">
+      <c r="IM22" s="14" t="n">
         <v>8360.0</v>
       </c>
-      <c r="HV22" s="14" t="n">
+      <c r="IN22" s="14" t="n">
         <v>39.0</v>
       </c>
-      <c r="HW22" s="14" t="n">
+      <c r="IO22" s="14" t="n">
         <v>39.0</v>
       </c>
-      <c r="HX22" s="14" t="n">
+      <c r="IP22" s="14" t="n">
         <v>20.0</v>
       </c>
-      <c r="HY22" s="14" t="n">
+      <c r="IQ22" s="14" t="n">
         <v>47.0</v>
       </c>
-      <c r="HZ22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA22" s="14" t="n">
+      <c r="IR22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS22" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>18 Otros</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>1033.0</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>1453.0</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>3041.0</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>1291.0</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>1491.0</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
         <v>1641.0</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>1719.0</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>41389.0</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>57905.0</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>58455.0</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="L23" s="14" t="n">
         <v>134801.0</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>30281.0</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>11651.0</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>133490.0</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="P23" s="14" t="n">
+        <v>160.0</v>
+      </c>
+      <c r="Q23" s="14" t="n">
         <v>187.0</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>1674.0</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>204.0</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>139.0</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>124.0</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>146.0</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>32272.0</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>554.0</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>553.0</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>51452.0</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>6351.0</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>724.0</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>7729.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.0</v>
       </c>
       <c r="AD23" s="14" t="n">
         <v>1.0</v>
       </c>
       <c r="AE23" s="14" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="AF23" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AG23" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AH23" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="AH23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AI23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AL23" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AM23" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>65.0</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>23324.0</v>
       </c>
-      <c r="AO23" s="14" t="n">
+      <c r="AR23" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="AS23" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="AP23" s="14" t="n">
+      <c r="AT23" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="AQ23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AR23" s="14" t="n">
+      <c r="AU23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AV23" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AS23" s="14" t="n">
+      <c r="AW23" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="AT23" s="14" t="n">
+      <c r="AX23" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="AU23" s="14" t="n">
+      <c r="AY23" s="14" t="n">
         <v>36.0</v>
       </c>
-      <c r="AV23" s="14" t="n">
+      <c r="AZ23" s="14" t="n">
         <v>434.0</v>
       </c>
-      <c r="AW23" s="14" t="n">
+      <c r="BA23" s="14" t="n">
         <v>438.0</v>
       </c>
-      <c r="AX23" s="14" t="n">
+      <c r="BB23" s="14" t="n">
         <v>339.0</v>
       </c>
-      <c r="AY23" s="14" t="n">
+      <c r="BC23" s="14" t="n">
         <v>1105.0</v>
       </c>
-      <c r="AZ23" s="14" t="n">
+      <c r="BD23" s="14" t="n">
         <v>827.0</v>
       </c>
-      <c r="BA23" s="14" t="n">
+      <c r="BE23" s="14" t="n">
         <v>1375.0</v>
       </c>
-      <c r="BB23" s="14" t="n">
+      <c r="BF23" s="14" t="n">
+        <v>87.0</v>
+      </c>
+      <c r="BG23" s="14" t="n">
         <v>59.0</v>
       </c>
-      <c r="BC23" s="14" t="n">
+      <c r="BH23" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="BD23" s="14" t="n">
+      <c r="BI23" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="BE23" s="14" t="n">
+      <c r="BJ23" s="14" t="n">
         <v>24.0</v>
       </c>
-      <c r="BF23" s="14" t="n">
+      <c r="BK23" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="BG23" s="14" t="n">
+      <c r="BL23" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="BH23" s="14" t="n">
+      <c r="BM23" s="14" t="n">
         <v>840.0</v>
       </c>
-      <c r="BI23" s="14" t="n">
+      <c r="BN23" s="14" t="n">
         <v>523.0</v>
       </c>
-      <c r="BJ23" s="14" t="n">
+      <c r="BO23" s="14" t="n">
         <v>528.0</v>
       </c>
-      <c r="BK23" s="14" t="n">
+      <c r="BP23" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="BL23" s="14" t="n">
+      <c r="BQ23" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="BM23" s="14" t="n">
+      <c r="BR23" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="BN23" s="14" t="n">
+      <c r="BS23" s="14" t="n">
         <v>7298.0</v>
       </c>
-      <c r="BO23" s="14" t="n">
+      <c r="BT23" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="BU23" s="14" t="n">
         <v>170.0</v>
       </c>
-      <c r="BP23" s="14" t="n">
+      <c r="BV23" s="14" t="n">
         <v>153.0</v>
       </c>
-      <c r="BQ23" s="14" t="n">
+      <c r="BW23" s="14" t="n">
         <v>154.0</v>
       </c>
-      <c r="BR23" s="14" t="n">
+      <c r="BX23" s="14" t="n">
         <v>103.0</v>
       </c>
-      <c r="BS23" s="14" t="n">
+      <c r="BY23" s="14" t="n">
         <v>138.0</v>
       </c>
-      <c r="BT23" s="14" t="n">
+      <c r="BZ23" s="14" t="n">
         <v>216.0</v>
       </c>
-      <c r="BU23" s="14" t="n">
+      <c r="CA23" s="14" t="n">
         <v>3597.0</v>
       </c>
-      <c r="BV23" s="14" t="n">
+      <c r="CB23" s="14" t="n">
         <v>1053.0</v>
       </c>
-      <c r="BW23" s="14" t="n">
+      <c r="CC23" s="14" t="n">
         <v>1063.0</v>
       </c>
-      <c r="BX23" s="14" t="n">
+      <c r="CD23" s="14" t="n">
         <v>4782.0</v>
       </c>
-      <c r="BY23" s="14" t="n">
+      <c r="CE23" s="14" t="n">
         <v>3912.0</v>
       </c>
-      <c r="BZ23" s="14" t="n">
+      <c r="CF23" s="14" t="n">
         <v>4367.0</v>
       </c>
-      <c r="CA23" s="14" t="n">
+      <c r="CG23" s="14" t="n">
         <v>11662.0</v>
       </c>
-      <c r="CB23" s="14" t="n">
+      <c r="CH23" s="14" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="CI23" s="14" t="n">
         <v>40.0</v>
       </c>
-      <c r="CC23" s="14" t="n">
+      <c r="CJ23" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="CD23" s="14" t="n">
+      <c r="CK23" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="CE23" s="14" t="n">
+      <c r="CL23" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="CF23" s="14" t="n">
+      <c r="CM23" s="14" t="n">
         <v>84.0</v>
       </c>
-      <c r="CG23" s="14" t="n">
+      <c r="CN23" s="14" t="n">
         <v>71.0</v>
       </c>
-      <c r="CH23" s="14" t="n">
+      <c r="CO23" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="CI23" s="14" t="n">
+      <c r="CP23" s="14" t="n">
         <v>89.0</v>
       </c>
-      <c r="CJ23" s="14" t="n">
+      <c r="CQ23" s="14" t="n">
         <v>90.0</v>
       </c>
-      <c r="CK23" s="14" t="n">
+      <c r="CR23" s="14" t="n">
         <v>589.0</v>
       </c>
-      <c r="CL23" s="14" t="n">
+      <c r="CS23" s="14" t="n">
         <v>779.0</v>
       </c>
-      <c r="CM23" s="14" t="n">
+      <c r="CT23" s="14" t="n">
         <v>262.0</v>
       </c>
-      <c r="CN23" s="14" t="n">
+      <c r="CU23" s="14" t="n">
         <v>860.0</v>
       </c>
-      <c r="CO23" s="14" t="n">
+      <c r="CV23" s="14" t="n">
+        <v>193.0</v>
+      </c>
+      <c r="CW23" s="14" t="n">
         <v>271.0</v>
       </c>
-      <c r="CP23" s="14" t="n">
+      <c r="CX23" s="14" t="n">
         <v>344.0</v>
       </c>
-      <c r="CQ23" s="14" t="n">
+      <c r="CY23" s="14" t="n">
         <v>226.0</v>
       </c>
-      <c r="CR23" s="14" t="n">
+      <c r="CZ23" s="14" t="n">
         <v>282.0</v>
       </c>
-      <c r="CS23" s="14" t="n">
+      <c r="DA23" s="14" t="n">
         <v>371.0</v>
       </c>
-      <c r="CT23" s="14" t="n">
+      <c r="DB23" s="14" t="n">
         <v>455.0</v>
       </c>
-      <c r="CU23" s="14" t="n">
+      <c r="DC23" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="CV23" s="14" t="n">
+      <c r="DD23" s="14" t="n">
         <v>1972.0</v>
       </c>
-      <c r="CW23" s="14" t="n">
+      <c r="DE23" s="14" t="n">
         <v>1991.0</v>
       </c>
-      <c r="CX23" s="14" t="n">
+      <c r="DF23" s="14" t="n">
         <v>44822.0</v>
       </c>
-      <c r="CY23" s="14" t="n">
+      <c r="DG23" s="14" t="n">
         <v>282.0</v>
       </c>
-      <c r="CZ23" s="14" t="n">
+      <c r="DH23" s="14" t="n">
         <v>587.0</v>
       </c>
-      <c r="DA23" s="14" t="n">
+      <c r="DI23" s="14" t="n">
         <v>1789.0</v>
       </c>
-      <c r="DB23" s="14" t="n">
+      <c r="DJ23" s="14" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="DK23" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="DC23" s="14" t="n">
+      <c r="DL23" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="DD23" s="14" t="n">
+      <c r="DM23" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="DE23" s="14" t="n">
+      <c r="DN23" s="14" t="n">
         <v>37.0</v>
       </c>
-      <c r="DF23" s="14" t="n">
+      <c r="DO23" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="DG23" s="14" t="n">
+      <c r="DP23" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="DH23" s="14" t="n">
+      <c r="DQ23" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="DI23" s="14" t="n">
+      <c r="DR23" s="14" t="n">
         <v>738.0</v>
       </c>
-      <c r="DJ23" s="14" t="n">
+      <c r="DS23" s="14" t="n">
         <v>745.0</v>
       </c>
-      <c r="DK23" s="14" t="n">
+      <c r="DT23" s="14" t="n">
         <v>13877.0</v>
       </c>
-      <c r="DL23" s="14" t="n">
+      <c r="DU23" s="14" t="n">
         <v>73.0</v>
       </c>
-      <c r="DM23" s="14" t="n">
+      <c r="DV23" s="14" t="n">
         <v>1103.0</v>
       </c>
-      <c r="DN23" s="14" t="n">
+      <c r="DW23" s="14" t="n">
         <v>1525.0</v>
       </c>
-      <c r="DO23" s="14" t="n">
+      <c r="DX23" s="14" t="n">
+        <v>225.0</v>
+      </c>
+      <c r="DY23" s="14" t="n">
         <v>275.0</v>
       </c>
-      <c r="DP23" s="14" t="n">
+      <c r="DZ23" s="14" t="n">
         <v>321.0</v>
       </c>
-      <c r="DQ23" s="14" t="n">
+      <c r="EA23" s="14" t="n">
         <v>265.0</v>
       </c>
-      <c r="DR23" s="14" t="n">
+      <c r="EB23" s="14" t="n">
         <v>304.0</v>
       </c>
-      <c r="DS23" s="14" t="n">
+      <c r="EC23" s="14" t="n">
         <v>215.0</v>
       </c>
-      <c r="DT23" s="14" t="n">
+      <c r="ED23" s="14" t="n">
         <v>355.0</v>
       </c>
-      <c r="DU23" s="14" t="n">
+      <c r="EE23" s="14" t="n">
         <v>158.0</v>
       </c>
-      <c r="DV23" s="14" t="n">
+      <c r="EF23" s="14" t="n">
         <v>19663.0</v>
       </c>
-      <c r="DW23" s="14" t="n">
+      <c r="EG23" s="14" t="n">
         <v>19852.0</v>
       </c>
-      <c r="DX23" s="14" t="n">
+      <c r="EH23" s="14" t="n">
         <v>3109.0</v>
       </c>
-      <c r="DY23" s="14" t="n">
+      <c r="EI23" s="14" t="n">
         <v>10537.0</v>
       </c>
-      <c r="DZ23" s="14" t="n">
+      <c r="EJ23" s="14" t="n">
         <v>623.0</v>
       </c>
-      <c r="EA23" s="14" t="n">
+      <c r="EK23" s="14" t="n">
         <v>22793.0</v>
       </c>
-      <c r="EB23" s="14" t="n">
+      <c r="EL23" s="14" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="EM23" s="14" t="n">
         <v>37.0</v>
       </c>
-      <c r="EC23" s="14" t="n">
+      <c r="EN23" s="14" t="n">
         <v>55.0</v>
       </c>
-      <c r="ED23" s="14" t="n">
+      <c r="EO23" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="EE23" s="14" t="n">
+      <c r="EP23" s="14" t="n">
         <v>210.0</v>
       </c>
-      <c r="EF23" s="14" t="n">
+      <c r="EQ23" s="14" t="n">
         <v>327.0</v>
       </c>
-      <c r="EG23" s="14" t="n">
+      <c r="ER23" s="14" t="n">
         <v>88.0</v>
       </c>
-      <c r="EH23" s="14" t="n">
+      <c r="ES23" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="EI23" s="14" t="n">
+      <c r="ET23" s="14" t="n">
         <v>6135.0</v>
       </c>
-      <c r="EJ23" s="14" t="n">
+      <c r="EU23" s="14" t="n">
         <v>6194.0</v>
       </c>
-      <c r="EK23" s="14" t="n">
+      <c r="EV23" s="14" t="n">
         <v>2142.0</v>
       </c>
-      <c r="EL23" s="14" t="n">
+      <c r="EW23" s="14" t="n">
         <v>1557.0</v>
       </c>
-      <c r="EM23" s="14" t="n">
+      <c r="EX23" s="14" t="n">
         <v>365.0</v>
       </c>
-      <c r="EN23" s="14" t="n">
+      <c r="EY23" s="14" t="n">
         <v>4484.0</v>
       </c>
-      <c r="EO23" s="14" t="n">
+      <c r="EZ23" s="14" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FA23" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="EP23" s="14" t="n">
+      <c r="FB23" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="EQ23" s="14" t="n">
+      <c r="FC23" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="ER23" s="14" t="n">
+      <c r="FD23" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="ES23" s="14" t="n">
+      <c r="FE23" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="ET23" s="14" t="n">
+      <c r="FF23" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="EU23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EV23" s="14" t="n">
+      <c r="FG23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH23" s="14" t="n">
         <v>421.0</v>
       </c>
-      <c r="EW23" s="14" t="n">
+      <c r="FI23" s="14" t="n">
         <v>425.0</v>
       </c>
-      <c r="EX23" s="14" t="n">
+      <c r="FJ23" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="EY23" s="14" t="n">
+      <c r="FK23" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="EZ23" s="14" t="n">
+      <c r="FL23" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="FA23" s="14" t="n">
+      <c r="FM23" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="FB23" s="14" t="n">
+      <c r="FN23" s="14" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="FO23" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="FC23" s="14" t="n">
+      <c r="FP23" s="14" t="n">
         <v>72.0</v>
       </c>
-      <c r="FD23" s="14" t="n">
+      <c r="FQ23" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="FE23" s="14" t="n">
+      <c r="FR23" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="FF23" s="14" t="n">
+      <c r="FS23" s="14" t="n">
         <v>75.0</v>
       </c>
-      <c r="FG23" s="14" t="n">
+      <c r="FT23" s="14" t="n">
         <v>53.0</v>
       </c>
-      <c r="FH23" s="14" t="n">
+      <c r="FU23" s="14" t="n">
         <v>4029.0</v>
       </c>
-      <c r="FI23" s="14" t="n">
+      <c r="FV23" s="14" t="n">
         <v>336.0</v>
       </c>
-      <c r="FJ23" s="14" t="n">
+      <c r="FW23" s="14" t="n">
         <v>339.0</v>
       </c>
-      <c r="FK23" s="14" t="n">
+      <c r="FX23" s="14" t="n">
         <v>2504.0</v>
       </c>
-      <c r="FL23" s="14" t="n">
+      <c r="FY23" s="14" t="n">
         <v>1373.0</v>
       </c>
-      <c r="FM23" s="14" t="n">
+      <c r="FZ23" s="14" t="n">
         <v>271.0</v>
       </c>
-      <c r="FN23" s="14" t="n">
+      <c r="GA23" s="14" t="n">
         <v>6305.0</v>
       </c>
-      <c r="FO23" s="14" t="n">
+      <c r="GB23" s="14" t="n">
+        <v>125.0</v>
+      </c>
+      <c r="GC23" s="14" t="n">
         <v>258.0</v>
       </c>
-      <c r="FP23" s="14" t="n">
+      <c r="GD23" s="14" t="n">
         <v>184.0</v>
       </c>
-      <c r="FQ23" s="14" t="n">
+      <c r="GE23" s="14" t="n">
         <v>170.0</v>
       </c>
-      <c r="FR23" s="14" t="n">
+      <c r="GF23" s="14" t="n">
         <v>176.0</v>
       </c>
-      <c r="FS23" s="14" t="n">
+      <c r="GG23" s="14" t="n">
         <v>108.0</v>
       </c>
-      <c r="FT23" s="14" t="n">
+      <c r="GH23" s="14" t="n">
         <v>160.0</v>
       </c>
-      <c r="FU23" s="14" t="n">
+      <c r="GI23" s="14" t="n">
         <v>108.0</v>
       </c>
-      <c r="FV23" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FX23" s="14" t="n">
+      <c r="GJ23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL23" s="14" t="n">
         <v>509.0</v>
       </c>
-      <c r="FY23" s="14" t="n">
+      <c r="GM23" s="14" t="n">
         <v>865.0</v>
       </c>
-      <c r="FZ23" s="14" t="n">
+      <c r="GN23" s="14" t="n">
         <v>832.0</v>
       </c>
-      <c r="GA23" s="14" t="n">
+      <c r="GO23" s="14" t="n">
         <v>17379.0</v>
       </c>
-      <c r="GB23" s="14" t="n">
+      <c r="GP23" s="14" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GQ23" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="GC23" s="14" t="n">
+      <c r="GR23" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="GD23" s="14" t="n">
+      <c r="GS23" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="GE23" s="14" t="n">
+      <c r="GT23" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="GF23" s="14" t="n">
+      <c r="GU23" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="GG23" s="14" t="n">
+      <c r="GV23" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="GH23" s="14" t="n">
+      <c r="GW23" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="GI23" s="14" t="n">
+      <c r="GX23" s="14" t="n">
         <v>747.0</v>
       </c>
-      <c r="GJ23" s="14" t="n">
+      <c r="GY23" s="14" t="n">
         <v>754.0</v>
       </c>
-      <c r="GK23" s="14" t="n">
+      <c r="GZ23" s="14" t="n">
         <v>2887.0</v>
       </c>
-      <c r="GL23" s="14" t="n">
+      <c r="HA23" s="14" t="n">
         <v>123.0</v>
       </c>
-      <c r="GM23" s="14" t="n">
+      <c r="HB23" s="14" t="n">
         <v>675.0</v>
       </c>
-      <c r="GN23" s="14" t="n">
+      <c r="HC23" s="14" t="n">
         <v>8708.0</v>
       </c>
-      <c r="GO23" s="14" t="n">
+      <c r="HD23" s="14" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="HE23" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="GP23" s="14" t="n">
+      <c r="HF23" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="GQ23" s="14" t="n">
+      <c r="HG23" s="14" t="n">
         <v>49.0</v>
       </c>
-      <c r="GR23" s="14" t="n">
+      <c r="HH23" s="14" t="n">
         <v>47.0</v>
       </c>
-      <c r="GS23" s="14" t="n">
+      <c r="HI23" s="14" t="n">
         <v>60.0</v>
       </c>
-      <c r="GT23" s="14" t="n">
+      <c r="HJ23" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="GU23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GV23" s="14" t="n">
+      <c r="HK23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HL23" s="14" t="n">
         <v>21780.0</v>
       </c>
-      <c r="GW23" s="14" t="n">
+      <c r="HM23" s="14" t="n">
         <v>21989.0</v>
       </c>
-      <c r="GX23" s="14" t="n">
+      <c r="HN23" s="14" t="n">
         <v>5564.0</v>
       </c>
-      <c r="GY23" s="14" t="n">
+      <c r="HO23" s="14" t="n">
         <v>40.0</v>
       </c>
-      <c r="GZ23" s="14" t="n">
+      <c r="HP23" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="HA23" s="14" t="n">
+      <c r="HQ23" s="14" t="n">
         <v>10661.0</v>
       </c>
-      <c r="HB23" s="14" t="n">
+      <c r="HR23" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="HS23" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="HC23" s="14" t="n">
+      <c r="HT23" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="HD23" s="14" t="n">
+      <c r="HU23" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="HE23" s="14" t="n">
+      <c r="HV23" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="HF23" s="14" t="n">
+      <c r="HW23" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="HG23" s="14" t="n">
+      <c r="HX23" s="14" t="n">
         <v>66.0</v>
       </c>
-      <c r="HH23" s="14" t="n">
+      <c r="HY23" s="14" t="n">
         <v>216.0</v>
       </c>
-      <c r="HI23" s="14" t="n">
+      <c r="HZ23" s="14" t="n">
         <v>3426.0</v>
       </c>
-      <c r="HJ23" s="14" t="n">
+      <c r="IA23" s="14" t="n">
         <v>3459.0</v>
       </c>
-      <c r="HK23" s="14" t="n">
+      <c r="IB23" s="14" t="n">
         <v>2152.0</v>
       </c>
-      <c r="HL23" s="14" t="n">
+      <c r="IC23" s="14" t="n">
         <v>2867.0</v>
       </c>
-      <c r="HM23" s="14" t="n">
+      <c r="ID23" s="14" t="n">
         <v>883.0</v>
       </c>
-      <c r="HN23" s="14" t="n">
+      <c r="IE23" s="14" t="n">
         <v>7270.0</v>
       </c>
-      <c r="HO23" s="14" t="n">
+      <c r="IF23" s="14" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="IG23" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="HP23" s="14" t="n">
+      <c r="IH23" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="HQ23" s="14" t="n">
+      <c r="II23" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="HR23" s="14" t="n">
+      <c r="IJ23" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="HS23" s="14" t="n">
+      <c r="IK23" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="HT23" s="14" t="n">
+      <c r="IL23" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="HU23" s="14" t="n">
+      <c r="IM23" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="HV23" s="14" t="n">
+      <c r="IN23" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="HW23" s="14" t="n">
+      <c r="IO23" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="HX23" s="14" t="n">
+      <c r="IP23" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="HY23" s="14" t="n">
+      <c r="IQ23" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="HZ23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="IA23" s="14" t="n">
+      <c r="IR23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS23" s="14" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>TOTAL RESIDUOS MEZCLADOS</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>1.786327E7</v>
+        <v>1.7061447E7</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>1.7787794E7</v>
+        <v>1.7877702E7</v>
       </c>
       <c r="D24" s="14" t="n">
+        <v>1.7787795E7</v>
+      </c>
+      <c r="E24" s="14" t="n">
         <v>1.7329768E7</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>1.7756652E7</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>1.8284563E7</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>1.827199E7</v>
       </c>
-      <c r="H24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I24" s="14" t="n">
+        <v>1.8052074E7</v>
+      </c>
+      <c r="J24" s="14" t="n">
         <v>1.7753549E7</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>1.7530077E7</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>1.7852826E7</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>1.8315103E7</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>1.8773628E7</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>1.9395265E7</v>
       </c>
-      <c r="O24" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P24" s="14" t="n">
+        <v>4062746.0</v>
+      </c>
+      <c r="Q24" s="14" t="n">
+        <v>4253143.0</v>
+      </c>
+      <c r="R24" s="14" t="n">
         <v>4200180.0</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>3978381.0</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>3757373.0</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="U24" s="14" t="n">
         <v>3908893.0</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="V24" s="14" t="n">
         <v>3874869.0</v>
       </c>
-      <c r="U24" s="14" t="n">
+      <c r="W24" s="14" t="n">
         <v>3907576.0</v>
       </c>
-      <c r="V24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="W24" s="14" t="n">
+      <c r="X24" s="14" t="n">
+        <v>3734661.0</v>
+      </c>
+      <c r="Y24" s="14" t="n">
         <v>3689673.0</v>
       </c>
-      <c r="X24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Y24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
+        <v>4007587.0</v>
+      </c>
+      <c r="AA24" s="14" t="n">
         <v>4234563.0</v>
       </c>
-      <c r="Z24" s="14" t="n">
+      <c r="AB24" s="14" t="n">
         <v>3948338.0</v>
       </c>
-      <c r="AA24" s="14" t="n">
+      <c r="AC24" s="14" t="n">
         <v>4369010.0</v>
       </c>
-      <c r="AB24" s="14" t="n">
+      <c r="AD24" s="14" t="n">
+        <v>456238.0</v>
+      </c>
+      <c r="AE24" s="14" t="n">
         <v>472987.0</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AF24" s="14" t="n">
         <v>481545.0</v>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AG24" s="14" t="n">
         <v>473739.0</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AH24" s="14" t="n">
         <v>491160.0</v>
       </c>
-      <c r="AF24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AG24" s="14" t="n">
+      <c r="AI24" s="14" t="n">
+        <v>499654.0</v>
+      </c>
+      <c r="AJ24" s="14" t="n">
         <v>473414.0</v>
       </c>
-      <c r="AH24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>458616.0</v>
       </c>
-      <c r="AI24" s="14" t="n">
+      <c r="AL24" s="14" t="n">
         <v>457726.0</v>
       </c>
-      <c r="AJ24" s="14" t="n">
+      <c r="AM24" s="14" t="n">
         <v>452101.0</v>
       </c>
-      <c r="AK24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>451665.0</v>
       </c>
-      <c r="AL24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>464169.0</v>
       </c>
-      <c r="AM24" s="14" t="n">
+      <c r="AP24" s="14" t="n">
         <v>492267.0</v>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AQ24" s="14" t="n">
         <v>493445.0</v>
       </c>
-      <c r="AO24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AP24" s="14" t="n">
+      <c r="AR24" s="14" t="n">
+        <v>383562.0</v>
+      </c>
+      <c r="AS24" s="14" t="n">
+        <v>397387.0</v>
+      </c>
+      <c r="AT24" s="14" t="n">
         <v>402772.0</v>
       </c>
-      <c r="AQ24" s="14" t="n">
+      <c r="AU24" s="14" t="n">
         <v>382267.0</v>
       </c>
-      <c r="AR24" s="14" t="n">
+      <c r="AV24" s="14" t="n">
         <v>386727.0</v>
       </c>
-      <c r="AS24" s="14" t="n">
+      <c r="AW24" s="14" t="n">
         <v>403909.0</v>
       </c>
-      <c r="AT24" s="14" t="n">
+      <c r="AX24" s="14" t="n">
         <v>392813.0</v>
       </c>
-      <c r="AU24" s="14" t="n">
+      <c r="AY24" s="14" t="n">
         <v>397924.0</v>
       </c>
-      <c r="AV24" s="14" t="n">
+      <c r="AZ24" s="14" t="n">
         <v>404159.0</v>
       </c>
-      <c r="AW24" s="14" t="n">
+      <c r="BA24" s="14" t="n">
         <v>394374.0</v>
       </c>
-      <c r="AX24" s="14" t="n">
+      <c r="BB24" s="14" t="n">
         <v>389570.0</v>
       </c>
-      <c r="AY24" s="14" t="n">
+      <c r="BC24" s="14" t="n">
         <v>403450.0</v>
       </c>
-      <c r="AZ24" s="14" t="n">
+      <c r="BD24" s="14" t="n">
         <v>434792.0</v>
       </c>
-      <c r="BA24" s="14" t="n">
+      <c r="BE24" s="14" t="n">
         <v>450798.0</v>
       </c>
-      <c r="BB24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BC24" s="14" t="n">
+      <c r="BF24" s="14" t="n">
+        <v>576761.0</v>
+      </c>
+      <c r="BG24" s="14" t="n">
+        <v>573707.0</v>
+      </c>
+      <c r="BH24" s="14" t="n">
         <v>529839.0</v>
       </c>
-      <c r="BD24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BE24" s="14" t="n">
+      <c r="BI24" s="14" t="n">
+        <v>519277.0</v>
+      </c>
+      <c r="BJ24" s="14" t="n">
         <v>669809.0</v>
       </c>
-      <c r="BF24" s="14" t="n">
+      <c r="BK24" s="14" t="n">
         <v>737515.0</v>
       </c>
-      <c r="BG24" s="14" t="n">
+      <c r="BL24" s="14" t="n">
         <v>686152.0</v>
       </c>
-      <c r="BH24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BI24" s="14" t="n">
+      <c r="BM24" s="14" t="n">
+        <v>698765.0</v>
+      </c>
+      <c r="BN24" s="14" t="n">
         <v>766736.0</v>
       </c>
-      <c r="BJ24" s="14" t="n">
+      <c r="BO24" s="14" t="n">
         <v>613687.0</v>
       </c>
-      <c r="BK24" s="14" t="n">
+      <c r="BP24" s="14" t="n">
         <v>607197.0</v>
       </c>
-      <c r="BL24" s="14" t="n">
+      <c r="BQ24" s="14" t="n">
         <v>659799.0</v>
       </c>
-      <c r="BM24" s="14" t="n">
+      <c r="BR24" s="14" t="n">
         <v>739478.0</v>
       </c>
-      <c r="BN24" s="14" t="n">
+      <c r="BS24" s="14" t="n">
         <v>696932.0</v>
       </c>
-      <c r="BO24" s="14" t="n">
+      <c r="BT24" s="14" t="n">
+        <v>1055345.0</v>
+      </c>
+      <c r="BU24" s="14" t="n">
         <v>1067123.0</v>
       </c>
-      <c r="BP24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BQ24" s="14" t="n">
+      <c r="BV24" s="14" t="n">
+        <v>1021644.0</v>
+      </c>
+      <c r="BW24" s="14" t="n">
         <v>980356.0</v>
       </c>
-      <c r="BR24" s="14" t="n">
+      <c r="BX24" s="14" t="n">
         <v>1071767.0</v>
       </c>
-      <c r="BS24" s="14" t="n">
+      <c r="BY24" s="14" t="n">
         <v>1154154.0</v>
       </c>
-      <c r="BT24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BU24" s="14" t="n">
+      <c r="BZ24" s="14" t="n">
+        <v>1145478.0</v>
+      </c>
+      <c r="CA24" s="14" t="n">
         <v>1096600.0</v>
       </c>
-      <c r="BV24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BW24" s="14" t="n">
+      <c r="CB24" s="14" t="n">
+        <v>1144979.0</v>
+      </c>
+      <c r="CC24" s="14" t="n">
         <v>1127565.0</v>
       </c>
-      <c r="BX24" s="14" t="n">
+      <c r="CD24" s="14" t="n">
         <v>1072168.0</v>
       </c>
-      <c r="BY24" s="14" t="n">
+      <c r="CE24" s="14" t="n">
         <v>1162173.0</v>
       </c>
-      <c r="BZ24" s="14" t="n">
+      <c r="CF24" s="14" t="n">
         <v>1181424.0</v>
       </c>
-      <c r="CA24" s="14" t="n">
+      <c r="CG24" s="14" t="n">
         <v>1250983.0</v>
       </c>
-      <c r="CB24" s="14" t="n">
+      <c r="CH24" s="14" t="n">
+        <v>252503.0</v>
+      </c>
+      <c r="CI24" s="14" t="n">
         <v>264875.0</v>
       </c>
-      <c r="CC24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CD24" s="14" t="n">
+      <c r="CJ24" s="14" t="n">
+        <v>296377.0</v>
+      </c>
+      <c r="CK24" s="14" t="n">
         <v>270543.0</v>
       </c>
-      <c r="CE24" s="14" t="n">
+      <c r="CL24" s="14" t="n">
         <v>276960.0</v>
       </c>
-      <c r="CF24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CG24" s="14" t="n">
+      <c r="CM24" s="14" t="n">
+        <v>270176.0</v>
+      </c>
+      <c r="CN24" s="14" t="n">
         <v>261644.0</v>
       </c>
-      <c r="CH24" s="14" t="n">
+      <c r="CO24" s="14" t="n">
         <v>264089.0</v>
       </c>
-      <c r="CI24" s="14" t="n">
+      <c r="CP24" s="14" t="n">
         <v>260450.0</v>
       </c>
-      <c r="CJ24" s="14" t="n">
+      <c r="CQ24" s="14" t="n">
         <v>255448.0</v>
       </c>
-      <c r="CK24" s="14" t="n">
+      <c r="CR24" s="14" t="n">
         <v>253660.0</v>
       </c>
-      <c r="CL24" s="14" t="n">
+      <c r="CS24" s="14" t="n">
         <v>263179.0</v>
       </c>
-      <c r="CM24" s="14" t="n">
+      <c r="CT24" s="14" t="n">
         <v>274212.0</v>
       </c>
-      <c r="CN24" s="14" t="n">
+      <c r="CU24" s="14" t="n">
         <v>268118.0</v>
       </c>
-      <c r="CO24" s="14" t="n">
+      <c r="CV24" s="14" t="n">
+        <v>888856.0</v>
+      </c>
+      <c r="CW24" s="14" t="n">
         <v>862030.0</v>
       </c>
-      <c r="CP24" s="14" t="n">
+      <c r="CX24" s="14" t="n">
         <v>928632.0</v>
       </c>
-      <c r="CQ24" s="14" t="n">
+      <c r="CY24" s="14" t="n">
         <v>912019.0</v>
       </c>
-      <c r="CR24" s="14" t="n">
+      <c r="CZ24" s="14" t="n">
         <v>925670.0</v>
       </c>
-      <c r="CS24" s="14" t="n">
+      <c r="DA24" s="14" t="n">
         <v>932547.0</v>
       </c>
-      <c r="CT24" s="14" t="n">
+      <c r="DB24" s="14" t="n">
         <v>927203.0</v>
       </c>
-      <c r="CU24" s="14" t="n">
+      <c r="DC24" s="14" t="n">
         <v>918165.0</v>
       </c>
-      <c r="CV24" s="14" t="n">
+      <c r="DD24" s="14" t="n">
         <v>931233.0</v>
       </c>
-      <c r="CW24" s="14" t="n">
+      <c r="DE24" s="14" t="n">
         <v>929457.0</v>
       </c>
-      <c r="CX24" s="14" t="n">
+      <c r="DF24" s="14" t="n">
         <v>852844.0</v>
       </c>
-      <c r="CY24" s="14" t="n">
+      <c r="DG24" s="14" t="n">
         <v>935962.0</v>
       </c>
-      <c r="CZ24" s="14" t="n">
+      <c r="DH24" s="14" t="n">
         <v>997147.0</v>
       </c>
-      <c r="DA24" s="14" t="n">
+      <c r="DI24" s="14" t="n">
         <v>921961.0</v>
       </c>
-      <c r="DB24" s="14" t="n">
+      <c r="DJ24" s="14" t="n">
+        <v>853005.0</v>
+      </c>
+      <c r="DK24" s="14" t="n">
         <v>884334.0</v>
       </c>
-      <c r="DC24" s="14" t="n">
+      <c r="DL24" s="14" t="n">
         <v>818789.0</v>
       </c>
-      <c r="DD24" s="14" t="n">
+      <c r="DM24" s="14" t="n">
         <v>864559.0</v>
       </c>
-      <c r="DE24" s="14" t="n">
+      <c r="DN24" s="14" t="n">
         <v>825208.0</v>
       </c>
-      <c r="DF24" s="14" t="n">
+      <c r="DO24" s="14" t="n">
         <v>859531.0</v>
       </c>
-      <c r="DG24" s="14" t="n">
+      <c r="DP24" s="14" t="n">
         <v>832566.0</v>
       </c>
-      <c r="DH24" s="14" t="n">
+      <c r="DQ24" s="14" t="n">
         <v>881455.0</v>
       </c>
-      <c r="DI24" s="14" t="n">
+      <c r="DR24" s="14" t="n">
         <v>862862.0</v>
       </c>
-      <c r="DJ24" s="14" t="n">
+      <c r="DS24" s="14" t="n">
         <v>809471.0</v>
       </c>
-      <c r="DK24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DL24" s="14" t="n">
+      <c r="DT24" s="14" t="n">
+        <v>806660.0</v>
+      </c>
+      <c r="DU24" s="14" t="n">
         <v>839888.0</v>
       </c>
-      <c r="DM24" s="14" t="n">
+      <c r="DV24" s="14" t="n">
         <v>1021916.0</v>
       </c>
-      <c r="DN24" s="14" t="n">
+      <c r="DW24" s="14" t="n">
         <v>1000201.0</v>
       </c>
-      <c r="DO24" s="14" t="n">
+      <c r="DX24" s="14" t="n">
+        <v>1904546.0</v>
+      </c>
+      <c r="DY24" s="14" t="n">
         <v>2091917.0</v>
       </c>
-      <c r="DP24" s="14" t="n">
+      <c r="DZ24" s="14" t="n">
         <v>2158670.0</v>
       </c>
-      <c r="DQ24" s="14" t="n">
+      <c r="EA24" s="14" t="n">
         <v>2220517.0</v>
       </c>
-      <c r="DR24" s="14" t="n">
+      <c r="EB24" s="14" t="n">
         <v>2336927.0</v>
       </c>
-      <c r="DS24" s="14" t="n">
+      <c r="EC24" s="14" t="n">
         <v>2333741.0</v>
       </c>
-      <c r="DT24" s="14" t="n">
+      <c r="ED24" s="14" t="n">
         <v>2456616.0</v>
       </c>
-      <c r="DU24" s="14" t="n">
+      <c r="EE24" s="14" t="n">
         <v>2440229.0</v>
       </c>
-      <c r="DV24" s="14" t="n">
+      <c r="EF24" s="14" t="n">
         <v>2377337.0</v>
       </c>
-      <c r="DW24" s="14" t="n">
+      <c r="EG24" s="14" t="n">
         <v>2502871.0</v>
       </c>
-      <c r="DX24" s="14" t="n">
+      <c r="EH24" s="14" t="n">
         <v>2582231.0</v>
       </c>
-      <c r="DY24" s="14" t="n">
+      <c r="EI24" s="14" t="n">
         <v>2418067.0</v>
       </c>
-      <c r="DZ24" s="14" t="n">
+      <c r="EJ24" s="14" t="n">
         <v>2626184.0</v>
       </c>
-      <c r="EA24" s="14" t="n">
+      <c r="EK24" s="14" t="n">
         <v>2519338.0</v>
       </c>
-      <c r="EB24" s="14" t="n">
+      <c r="EL24" s="14" t="n">
+        <v>1983178.0</v>
+      </c>
+      <c r="EM24" s="14" t="n">
         <v>2078512.0</v>
       </c>
-      <c r="EC24" s="14" t="n">
+      <c r="EN24" s="14" t="n">
         <v>2038027.0</v>
       </c>
-      <c r="ED24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EE24" s="14" t="n">
+      <c r="EO24" s="14" t="n">
+        <v>2019788.0</v>
+      </c>
+      <c r="EP24" s="14" t="n">
         <v>2106938.0</v>
       </c>
-      <c r="EF24" s="14" t="n">
+      <c r="EQ24" s="14" t="n">
         <v>2151275.0</v>
       </c>
-      <c r="EG24" s="14" t="n">
+      <c r="ER24" s="14" t="n">
         <v>2084831.0</v>
       </c>
-      <c r="EH24" s="14" t="n">
+      <c r="ES24" s="14" t="n">
         <v>1937324.0</v>
       </c>
-      <c r="EI24" s="14" t="n">
+      <c r="ET24" s="14" t="n">
         <v>1910187.0</v>
       </c>
-      <c r="EJ24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EL24" s="14" t="n">
+      <c r="EU24" s="14" t="n">
+        <v>1887878.0</v>
+      </c>
+      <c r="EV24" s="14" t="n">
+        <v>1827634.0</v>
+      </c>
+      <c r="EW24" s="14" t="n">
         <v>1857388.0</v>
       </c>
-      <c r="EM24" s="14" t="n">
+      <c r="EX24" s="14" t="n">
         <v>1896795.0</v>
       </c>
-      <c r="EN24" s="14" t="n">
+      <c r="EY24" s="14" t="n">
         <v>1928610.0</v>
       </c>
-      <c r="EO24" s="14" t="n">
+      <c r="EZ24" s="14" t="n">
+        <v>400602.0</v>
+      </c>
+      <c r="FA24" s="14" t="n">
         <v>417136.0</v>
       </c>
-      <c r="EP24" s="14" t="n">
+      <c r="FB24" s="14" t="n">
         <v>447228.0</v>
       </c>
-      <c r="EQ24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="ES24" s="14" t="n">
+      <c r="FC24" s="14" t="n">
+        <v>444173.0</v>
+      </c>
+      <c r="FD24" s="14" t="n">
+        <v>431425.0</v>
+      </c>
+      <c r="FE24" s="14" t="n">
         <v>449254.0</v>
       </c>
-      <c r="ET24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EU24" s="14" t="n">
+      <c r="FF24" s="14" t="n">
+        <v>438589.0</v>
+      </c>
+      <c r="FG24" s="14" t="n">
         <v>416117.0</v>
       </c>
-      <c r="EV24" s="14" t="n">
-[...8 lines deleted...]
-      <c r="EY24" s="14" t="n">
+      <c r="FH24" s="14" t="n">
+        <v>409773.0</v>
+      </c>
+      <c r="FI24" s="14" t="n">
+        <v>408653.0</v>
+      </c>
+      <c r="FJ24" s="14" t="n">
+        <v>395279.0</v>
+      </c>
+      <c r="FK24" s="14" t="n">
         <v>434199.0</v>
       </c>
-      <c r="EZ24" s="14" t="n">
+      <c r="FL24" s="14" t="n">
         <v>457343.0</v>
       </c>
-      <c r="FA24" s="14" t="n">
+      <c r="FM24" s="14" t="n">
         <v>508235.0</v>
       </c>
-      <c r="FB24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC24" s="14" t="n">
+      <c r="FN24" s="14" t="n">
+        <v>925805.0</v>
+      </c>
+      <c r="FO24" s="14" t="n">
+        <v>933668.0</v>
+      </c>
+      <c r="FP24" s="14" t="n">
         <v>960614.0</v>
       </c>
-      <c r="FD24" s="14" t="n">
+      <c r="FQ24" s="14" t="n">
         <v>940815.0</v>
       </c>
-      <c r="FE24" s="14" t="n">
+      <c r="FR24" s="14" t="n">
         <v>988060.0</v>
       </c>
-      <c r="FF24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH24" s="14" t="n">
+      <c r="FS24" s="14" t="n">
+        <v>953904.0</v>
+      </c>
+      <c r="FT24" s="14" t="n">
+        <v>950699.0</v>
+      </c>
+      <c r="FU24" s="14" t="n">
         <v>945835.0</v>
       </c>
-      <c r="FI24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ24" s="14" t="n">
+      <c r="FV24" s="14" t="n">
+        <v>940479.0</v>
+      </c>
+      <c r="FW24" s="14" t="n">
         <v>938708.0</v>
       </c>
-      <c r="FK24" s="14" t="n">
+      <c r="FX24" s="14" t="n">
         <v>915665.0</v>
       </c>
-      <c r="FL24" s="14" t="n">
+      <c r="FY24" s="14" t="n">
         <v>940162.0</v>
       </c>
-      <c r="FM24" s="14" t="n">
+      <c r="FZ24" s="14" t="n">
         <v>1005001.0</v>
       </c>
-      <c r="FN24" s="14" t="n">
+      <c r="GA24" s="14" t="n">
         <v>1025479.0</v>
       </c>
-      <c r="FO24" s="14" t="n">
+      <c r="GB24" s="14" t="n">
+        <v>1744532.0</v>
+      </c>
+      <c r="GC24" s="14" t="n">
         <v>1966812.0</v>
       </c>
-      <c r="FP24" s="14" t="n">
+      <c r="GD24" s="14" t="n">
         <v>1818854.0</v>
       </c>
-      <c r="FQ24" s="14" t="n">
+      <c r="GE24" s="14" t="n">
         <v>1810627.0</v>
       </c>
-      <c r="FR24" s="14" t="n">
+      <c r="GF24" s="14" t="n">
         <v>1953582.0</v>
       </c>
-      <c r="FS24" s="14" t="n">
+      <c r="GG24" s="14" t="n">
         <v>2023858.0</v>
       </c>
-      <c r="FT24" s="14" t="n">
+      <c r="GH24" s="14" t="n">
         <v>2203991.0</v>
       </c>
-      <c r="FU24" s="14" t="n">
+      <c r="GI24" s="14" t="n">
         <v>2077644.0</v>
       </c>
-      <c r="FV24" s="14" t="n">
+      <c r="GJ24" s="14" t="n">
         <v>1979512.0</v>
       </c>
-      <c r="FW24" s="14" t="n">
+      <c r="GK24" s="14" t="n">
         <v>2029663.0</v>
       </c>
-      <c r="FX24" s="14" t="n">
+      <c r="GL24" s="14" t="n">
         <v>1948319.0</v>
       </c>
-      <c r="FY24" s="14" t="n">
+      <c r="GM24" s="14" t="n">
         <v>1999711.0</v>
       </c>
-      <c r="FZ24" s="14" t="n">
+      <c r="GN24" s="14" t="n">
         <v>2093104.0</v>
       </c>
-      <c r="GA24" s="14" t="n">
+      <c r="GO24" s="14" t="n">
         <v>2175552.0</v>
       </c>
-      <c r="GB24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GD24" s="14" t="n">
+      <c r="GP24" s="14" t="n">
+        <v>707384.0</v>
+      </c>
+      <c r="GQ24" s="14" t="n">
+        <v>725418.0</v>
+      </c>
+      <c r="GR24" s="14" t="n">
+        <v>752324.0</v>
+      </c>
+      <c r="GS24" s="14" t="n">
         <v>701818.0</v>
       </c>
-      <c r="GE24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GF24" s="14" t="n">
+      <c r="GT24" s="14" t="n">
+        <v>671840.0</v>
+      </c>
+      <c r="GU24" s="14" t="n">
         <v>647480.0</v>
       </c>
-      <c r="GG24" s="14" t="n">
+      <c r="GV24" s="14" t="n">
         <v>653935.0</v>
       </c>
-      <c r="GH24" s="14" t="n">
+      <c r="GW24" s="14" t="n">
         <v>624223.0</v>
       </c>
-      <c r="GI24" s="14" t="n">
+      <c r="GX24" s="14" t="n">
         <v>600715.0</v>
       </c>
-      <c r="GJ24" s="14" t="n">
+      <c r="GY24" s="14" t="n">
         <v>607734.0</v>
       </c>
-      <c r="GK24" s="14" t="n">
+      <c r="GZ24" s="14" t="n">
         <v>610135.0</v>
       </c>
-      <c r="GL24" s="14" t="n">
+      <c r="HA24" s="14" t="n">
         <v>582856.0</v>
       </c>
-      <c r="GM24" s="14" t="n">
+      <c r="HB24" s="14" t="n">
         <v>579415.0</v>
       </c>
-      <c r="GN24" s="14" t="n">
+      <c r="HC24" s="14" t="n">
         <v>727464.0</v>
       </c>
-      <c r="GO24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GQ24" s="14" t="n">
+      <c r="HD24" s="14" t="n">
+        <v>150915.0</v>
+      </c>
+      <c r="HE24" s="14" t="n">
+        <v>163351.0</v>
+      </c>
+      <c r="HF24" s="14" t="n">
+        <v>184468.0</v>
+      </c>
+      <c r="HG24" s="14" t="n">
         <v>175768.0</v>
       </c>
-      <c r="GR24" s="14" t="n">
+      <c r="HH24" s="14" t="n">
         <v>177186.0</v>
       </c>
-      <c r="GS24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GU24" s="14" t="n">
+      <c r="HI24" s="14" t="n">
+        <v>173403.0</v>
+      </c>
+      <c r="HJ24" s="14" t="n">
+        <v>172758.0</v>
+      </c>
+      <c r="HK24" s="14" t="n">
         <v>165385.0</v>
       </c>
-      <c r="GV24" s="14" t="n">
+      <c r="HL24" s="14" t="n">
         <v>161588.0</v>
       </c>
-      <c r="GW24" s="14" t="n">
+      <c r="HM24" s="14" t="n">
         <v>164832.0</v>
       </c>
-      <c r="GX24" s="14" t="n">
+      <c r="HN24" s="14" t="n">
         <v>179792.0</v>
       </c>
-      <c r="GY24" s="14" t="n">
+      <c r="HO24" s="14" t="n">
         <v>184127.0</v>
       </c>
-      <c r="GZ24" s="14" t="n">
+      <c r="HP24" s="14" t="n">
         <v>189858.0</v>
       </c>
-      <c r="HA24" s="14" t="n">
+      <c r="HQ24" s="14" t="n">
         <v>196344.0</v>
       </c>
-      <c r="HB24" s="14" t="n">
+      <c r="HR24" s="14" t="n">
+        <v>541740.0</v>
+      </c>
+      <c r="HS24" s="14" t="n">
         <v>554280.0</v>
       </c>
-      <c r="HC24" s="14" t="n">
+      <c r="HT24" s="14" t="n">
         <v>566812.0</v>
       </c>
-      <c r="HD24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HE24" s="14" t="n">
+      <c r="HU24" s="14" t="n">
+        <v>453753.0</v>
+      </c>
+      <c r="HV24" s="14" t="n">
         <v>505072.0</v>
       </c>
-      <c r="HF24" s="14" t="n">
+      <c r="HW24" s="14" t="n">
         <v>634347.0</v>
       </c>
-      <c r="HG24" s="14" t="n">
+      <c r="HX24" s="14" t="n">
         <v>571011.0</v>
       </c>
-      <c r="HH24" s="14" t="n">
+      <c r="HY24" s="14" t="n">
         <v>670781.0</v>
       </c>
-      <c r="HI24" s="14" t="n">
+      <c r="HZ24" s="14" t="n">
         <v>668201.0</v>
       </c>
-      <c r="HJ24" s="14" t="n">
+      <c r="IA24" s="14" t="n">
         <v>571480.0</v>
       </c>
-      <c r="HK24" s="14" t="n">
+      <c r="IB24" s="14" t="n">
         <v>801449.0</v>
       </c>
-      <c r="HL24" s="14" t="n">
+      <c r="IC24" s="14" t="n">
         <v>780061.0</v>
       </c>
-      <c r="HM24" s="14" t="n">
+      <c r="ID24" s="14" t="n">
         <v>691950.0</v>
       </c>
-      <c r="HN24" s="14" t="n">
+      <c r="IE24" s="14" t="n">
         <v>718303.0</v>
       </c>
-      <c r="HO24" s="14" t="n">
+      <c r="IF24" s="14" t="n">
+        <v>100736.0</v>
+      </c>
+      <c r="IG24" s="14" t="n">
         <v>104299.0</v>
       </c>
-      <c r="HP24" s="14" t="n">
+      <c r="IH24" s="14" t="n">
         <v>105519.0</v>
       </c>
-      <c r="HQ24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HR24" s="14" t="n">
+      <c r="II24" s="14" t="n">
+        <v>107868.0</v>
+      </c>
+      <c r="IJ24" s="14" t="n">
         <v>109344.0</v>
       </c>
-      <c r="HS24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HT24" s="14" t="n">
+      <c r="IK24" s="14" t="n">
+        <v>111117.0</v>
+      </c>
+      <c r="IL24" s="14" t="n">
         <v>108535.0</v>
       </c>
-      <c r="HU24" s="14" t="n">
+      <c r="IM24" s="14" t="n">
         <v>107762.0</v>
       </c>
-      <c r="HV24" s="14" t="n">
+      <c r="IN24" s="14" t="n">
         <v>106096.0</v>
       </c>
-      <c r="HW24" s="14" t="n">
+      <c r="IO24" s="14" t="n">
         <v>105537.0</v>
       </c>
-      <c r="HX24" s="14" t="n">
+      <c r="IP24" s="14" t="n">
         <v>111728.0</v>
       </c>
-      <c r="HY24" s="14" t="n">
+      <c r="IQ24" s="14" t="n">
         <v>105829.0</v>
       </c>
-      <c r="HZ24" s="14" t="n">
+      <c r="IR24" s="14" t="n">
         <v>110515.0</v>
       </c>
-      <c r="IA24" s="14" t="n">
+      <c r="IS24" s="14" t="n">
         <v>112685.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>TOTAL RESIDUOS DE RECOGIDA SEPARADA</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>5664477.0</v>
+        <v>5882827.0</v>
       </c>
       <c r="C25" s="14" t="n">
+        <v>5772959.0</v>
+      </c>
+      <c r="D25" s="14" t="n">
         <v>5606205.0</v>
       </c>
-      <c r="D25" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="14" t="n">
+        <v>5051542.0</v>
+      </c>
+      <c r="F25" s="14" t="n">
         <v>5005147.0</v>
       </c>
-      <c r="F25" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="14" t="n">
-        <v>4243191.0</v>
+        <v>4401573.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>3826298.0</v>
+        <v>4243192.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>3892745.0</v>
+        <v>3826297.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>3798230.0</v>
+        <v>3892744.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>3932859.0</v>
+        <v>3798229.0</v>
       </c>
       <c r="L25" s="14" t="n">
+        <v>3932857.0</v>
+      </c>
+      <c r="M25" s="14" t="n">
         <v>4080708.0</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>4508351.0</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>4984758.0</v>
       </c>
-      <c r="O25" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P25" s="14" t="n">
-        <v>626796.0</v>
+        <v>658583.0</v>
       </c>
       <c r="Q25" s="14" t="n">
+        <v>654915.0</v>
+      </c>
+      <c r="R25" s="14" t="n">
+        <v>626794.0</v>
+      </c>
+      <c r="S25" s="14" t="n">
         <v>597209.0</v>
       </c>
-      <c r="R25" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="T25" s="14" t="n">
-        <v>510528.0</v>
+        <v>553275.0</v>
       </c>
       <c r="U25" s="14" t="n">
+        <v>518112.0</v>
+      </c>
+      <c r="V25" s="14" t="n">
+        <v>510526.0</v>
+      </c>
+      <c r="W25" s="14" t="n">
         <v>488015.0</v>
       </c>
-      <c r="V25" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="X25" s="14" t="n">
-        <v>555306.0</v>
+        <v>503255.0</v>
       </c>
       <c r="Y25" s="14" t="n">
+        <v>481569.0</v>
+      </c>
+      <c r="Z25" s="14" t="n">
+        <v>555304.0</v>
+      </c>
+      <c r="AA25" s="14" t="n">
         <v>574851.0</v>
       </c>
-      <c r="Z25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>624371.0</v>
       </c>
-      <c r="AA25" s="14" t="n">
+      <c r="AC25" s="14" t="n">
         <v>605939.0</v>
       </c>
-      <c r="AB25" s="14" t="n">
+      <c r="AD25" s="14" t="n">
+        <v>153467.0</v>
+      </c>
+      <c r="AE25" s="14" t="n">
         <v>130113.0</v>
       </c>
-      <c r="AC25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AE25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
+        <v>138448.0</v>
+      </c>
+      <c r="AG25" s="14" t="n">
+        <v>141845.0</v>
+      </c>
+      <c r="AH25" s="14" t="n">
         <v>160302.0</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>150805.0</v>
       </c>
-      <c r="AG25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AI25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
+        <v>106326.0</v>
+      </c>
+      <c r="AK25" s="14" t="n">
+        <v>70425.0</v>
+      </c>
+      <c r="AL25" s="14" t="n">
         <v>107822.0</v>
       </c>
-      <c r="AJ25" s="14" t="n">
+      <c r="AM25" s="14" t="n">
         <v>92990.0</v>
       </c>
-      <c r="AK25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AL25" s="14" t="n">
+      <c r="AN25" s="14" t="n">
+        <v>96727.0</v>
+      </c>
+      <c r="AO25" s="14" t="n">
         <v>113536.0</v>
       </c>
-      <c r="AM25" s="14" t="n">
+      <c r="AP25" s="14" t="n">
         <v>116986.0</v>
       </c>
-      <c r="AN25" s="14" t="n">
+      <c r="AQ25" s="14" t="n">
         <v>108794.0</v>
       </c>
-      <c r="AO25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AP25" s="14" t="n">
+      <c r="AR25" s="14" t="n">
+        <v>140352.0</v>
+      </c>
+      <c r="AS25" s="14" t="n">
+        <v>133739.0</v>
+      </c>
+      <c r="AT25" s="14" t="n">
         <v>128271.0</v>
       </c>
-      <c r="AQ25" s="14" t="n">
+      <c r="AU25" s="14" t="n">
         <v>117580.0</v>
       </c>
-      <c r="AR25" s="14" t="n">
-[...8 lines deleted...]
-      <c r="AU25" s="14" t="n">
+      <c r="AV25" s="14" t="n">
+        <v>120852.0</v>
+      </c>
+      <c r="AW25" s="14" t="n">
+        <v>97023.0</v>
+      </c>
+      <c r="AX25" s="14" t="n">
+        <v>138696.0</v>
+      </c>
+      <c r="AY25" s="14" t="n">
         <v>140021.0</v>
       </c>
-      <c r="AV25" s="14" t="n">
+      <c r="AZ25" s="14" t="n">
         <v>138124.0</v>
       </c>
-      <c r="AW25" s="14" t="n">
+      <c r="BA25" s="14" t="n">
         <v>130504.0</v>
       </c>
-      <c r="AX25" s="14" t="n">
+      <c r="BB25" s="14" t="n">
         <v>130662.0</v>
       </c>
-      <c r="AY25" s="14" t="n">
+      <c r="BC25" s="14" t="n">
         <v>131819.0</v>
       </c>
-      <c r="AZ25" s="14" t="n">
+      <c r="BD25" s="14" t="n">
         <v>142598.0</v>
       </c>
-      <c r="BA25" s="14" t="n">
+      <c r="BE25" s="14" t="n">
         <v>166909.0</v>
       </c>
-      <c r="BB25" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="BF25" s="14" t="n">
-        <v>214036.0</v>
+        <v>248064.0</v>
       </c>
       <c r="BG25" s="14" t="n">
-        <v>182323.0</v>
+        <v>235315.0</v>
       </c>
       <c r="BH25" s="14" t="n">
+        <v>203866.0</v>
+      </c>
+      <c r="BI25" s="14" t="n">
+        <v>176074.0</v>
+      </c>
+      <c r="BJ25" s="14" t="n">
+        <v>213998.0</v>
+      </c>
+      <c r="BK25" s="14" t="n">
+        <v>214039.0</v>
+      </c>
+      <c r="BL25" s="14" t="n">
+        <v>182322.0</v>
+      </c>
+      <c r="BM25" s="14" t="n">
         <v>147364.0</v>
       </c>
-      <c r="BI25" s="14" t="n">
-[...8 lines deleted...]
-      <c r="BL25" s="14" t="n">
+      <c r="BN25" s="14" t="n">
+        <v>137737.0</v>
+      </c>
+      <c r="BO25" s="14" t="n">
+        <v>130429.0</v>
+      </c>
+      <c r="BP25" s="14" t="n">
+        <v>202248.0</v>
+      </c>
+      <c r="BQ25" s="14" t="n">
         <v>123891.0</v>
       </c>
-      <c r="BM25" s="14" t="n">
+      <c r="BR25" s="14" t="n">
         <v>109618.0</v>
       </c>
-      <c r="BN25" s="14" t="n">
+      <c r="BS25" s="14" t="n">
         <v>109410.0</v>
       </c>
-      <c r="BO25" s="14" t="n">
-[...11 lines deleted...]
-      <c r="BS25" s="14" t="n">
+      <c r="BT25" s="14" t="n">
+        <v>248619.0</v>
+      </c>
+      <c r="BU25" s="14" t="n">
+        <v>331742.0</v>
+      </c>
+      <c r="BV25" s="14" t="n">
+        <v>227403.0</v>
+      </c>
+      <c r="BW25" s="14" t="n">
+        <v>243847.0</v>
+      </c>
+      <c r="BX25" s="14" t="n">
+        <v>210720.0</v>
+      </c>
+      <c r="BY25" s="14" t="n">
         <v>177033.0</v>
       </c>
-      <c r="BT25" s="14" t="n">
-[...14 lines deleted...]
-      <c r="BY25" s="14" t="n">
+      <c r="BZ25" s="14" t="n">
+        <v>149993.0</v>
+      </c>
+      <c r="CA25" s="14" t="n">
+        <v>148501.0</v>
+      </c>
+      <c r="CB25" s="14" t="n">
+        <v>119116.0</v>
+      </c>
+      <c r="CC25" s="14" t="n">
+        <v>132152.0</v>
+      </c>
+      <c r="CD25" s="14" t="n">
+        <v>132655.0</v>
+      </c>
+      <c r="CE25" s="14" t="n">
         <v>148058.0</v>
       </c>
-      <c r="BZ25" s="14" t="n">
+      <c r="CF25" s="14" t="n">
         <v>207471.0</v>
       </c>
-      <c r="CA25" s="14" t="n">
+      <c r="CG25" s="14" t="n">
         <v>188999.0</v>
       </c>
-      <c r="CB25" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CE25" s="14" t="n">
+      <c r="CH25" s="14" t="n">
+        <v>90387.0</v>
+      </c>
+      <c r="CI25" s="14" t="n">
+        <v>59321.0</v>
+      </c>
+      <c r="CJ25" s="14" t="n">
+        <v>58300.0</v>
+      </c>
+      <c r="CK25" s="14" t="n">
+        <v>53533.0</v>
+      </c>
+      <c r="CL25" s="14" t="n">
         <v>60297.0</v>
       </c>
-      <c r="CF25" s="14" t="n">
+      <c r="CM25" s="14" t="n">
         <v>58693.0</v>
       </c>
-      <c r="CG25" s="14" t="n">
+      <c r="CN25" s="14" t="n">
         <v>49233.0</v>
       </c>
-      <c r="CH25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="CJ25" s="14" t="n">
+      <c r="CO25" s="14" t="n">
+        <v>48839.0</v>
+      </c>
+      <c r="CP25" s="14" t="n">
+        <v>50367.0</v>
+      </c>
+      <c r="CQ25" s="14" t="n">
         <v>47111.0</v>
       </c>
-      <c r="CK25" s="14" t="n">
+      <c r="CR25" s="14" t="n">
         <v>54282.0</v>
       </c>
-      <c r="CL25" s="14" t="n">
+      <c r="CS25" s="14" t="n">
         <v>57703.0</v>
       </c>
-      <c r="CM25" s="14" t="n">
+      <c r="CT25" s="14" t="n">
         <v>67751.0</v>
       </c>
-      <c r="CN25" s="14" t="n">
+      <c r="CU25" s="14" t="n">
         <v>88166.0</v>
       </c>
-      <c r="CO25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CP25" s="14" t="n">
+      <c r="CV25" s="14" t="n">
+        <v>247481.0</v>
+      </c>
+      <c r="CW25" s="14" t="n">
+        <v>192661.0</v>
+      </c>
+      <c r="CX25" s="14" t="n">
         <v>177705.0</v>
       </c>
-      <c r="CQ25" s="14" t="n">
-[...11 lines deleted...]
-      <c r="CU25" s="14" t="n">
+      <c r="CY25" s="14" t="n">
+        <v>171763.0</v>
+      </c>
+      <c r="CZ25" s="14" t="n">
+        <v>162819.0</v>
+      </c>
+      <c r="DA25" s="14" t="n">
+        <v>153016.0</v>
+      </c>
+      <c r="DB25" s="14" t="n">
+        <v>148243.0</v>
+      </c>
+      <c r="DC25" s="14" t="n">
         <v>146783.0</v>
       </c>
-      <c r="CV25" s="14" t="n">
+      <c r="DD25" s="14" t="n">
         <v>136311.0</v>
       </c>
-      <c r="CW25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="CY25" s="14" t="n">
+      <c r="DE25" s="14" t="n">
+        <v>136014.0</v>
+      </c>
+      <c r="DF25" s="14" t="n">
+        <v>166032.0</v>
+      </c>
+      <c r="DG25" s="14" t="n">
         <v>199211.0</v>
       </c>
-      <c r="CZ25" s="14" t="n">
+      <c r="DH25" s="14" t="n">
         <v>251790.0</v>
       </c>
-      <c r="DA25" s="14" t="n">
+      <c r="DI25" s="14" t="n">
         <v>260253.0</v>
       </c>
-      <c r="DB25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC25" s="14" t="n">
+      <c r="DJ25" s="14" t="n">
+        <v>122515.0</v>
+      </c>
+      <c r="DK25" s="14" t="n">
+        <v>122105.0</v>
+      </c>
+      <c r="DL25" s="14" t="n">
         <v>123434.0</v>
       </c>
-      <c r="DD25" s="14" t="n">
-[...11 lines deleted...]
-      <c r="DH25" s="14" t="n">
+      <c r="DM25" s="14" t="n">
+        <v>88486.0</v>
+      </c>
+      <c r="DN25" s="14" t="n">
+        <v>116866.0</v>
+      </c>
+      <c r="DO25" s="14" t="n">
+        <v>107746.0</v>
+      </c>
+      <c r="DP25" s="14" t="n">
+        <v>105505.0</v>
+      </c>
+      <c r="DQ25" s="14" t="n">
         <v>89445.0</v>
       </c>
-      <c r="DI25" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DL25" s="14" t="n">
+      <c r="DR25" s="14" t="n">
+        <v>75898.0</v>
+      </c>
+      <c r="DS25" s="14" t="n">
+        <v>76126.0</v>
+      </c>
+      <c r="DT25" s="14" t="n">
+        <v>97076.0</v>
+      </c>
+      <c r="DU25" s="14" t="n">
         <v>80471.0</v>
       </c>
-      <c r="DM25" s="14" t="n">
+      <c r="DV25" s="14" t="n">
         <v>97066.0</v>
       </c>
-      <c r="DN25" s="14" t="n">
+      <c r="DW25" s="14" t="n">
         <v>130662.0</v>
       </c>
-      <c r="DO25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DQ25" s="14" t="n">
+      <c r="DX25" s="14" t="n">
+        <v>1448636.0</v>
+      </c>
+      <c r="DY25" s="14" t="n">
+        <v>1506182.0</v>
+      </c>
+      <c r="DZ25" s="14" t="n">
+        <v>1483091.0</v>
+      </c>
+      <c r="EA25" s="14" t="n">
         <v>1452344.0</v>
       </c>
-      <c r="DR25" s="14" t="n">
-[...14 lines deleted...]
-      <c r="DW25" s="14" t="n">
+      <c r="EB25" s="14" t="n">
+        <v>1460272.0</v>
+      </c>
+      <c r="EC25" s="14" t="n">
+        <v>1149647.0</v>
+      </c>
+      <c r="ED25" s="14" t="n">
+        <v>1282754.0</v>
+      </c>
+      <c r="EE25" s="14" t="n">
+        <v>1099050.0</v>
+      </c>
+      <c r="EF25" s="14" t="n">
+        <v>1177819.0</v>
+      </c>
+      <c r="EG25" s="14" t="n">
         <v>1136925.0</v>
       </c>
-      <c r="DX25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DY25" s="14" t="n">
+      <c r="EH25" s="14" t="n">
+        <v>1051241.0</v>
+      </c>
+      <c r="EI25" s="14" t="n">
         <v>1212615.0</v>
       </c>
-      <c r="DZ25" s="14" t="n">
+      <c r="EJ25" s="14" t="n">
         <v>1300671.0</v>
       </c>
-      <c r="EA25" s="14" t="n">
+      <c r="EK25" s="14" t="n">
         <v>1479495.0</v>
       </c>
-      <c r="EB25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="ED25" s="14" t="n">
+      <c r="EL25" s="14" t="n">
+        <v>785644.0</v>
+      </c>
+      <c r="EM25" s="14" t="n">
+        <v>697467.0</v>
+      </c>
+      <c r="EN25" s="14" t="n">
+        <v>701911.0</v>
+      </c>
+      <c r="EO25" s="14" t="n">
         <v>440224.0</v>
       </c>
-      <c r="EE25" s="14" t="n">
+      <c r="EP25" s="14" t="n">
         <v>390339.0</v>
       </c>
-      <c r="EF25" s="14" t="n">
+      <c r="EQ25" s="14" t="n">
         <v>393599.0</v>
       </c>
-      <c r="EG25" s="14" t="n">
-[...8 lines deleted...]
-      <c r="EJ25" s="14" t="n">
+      <c r="ER25" s="14" t="n">
+        <v>349917.0</v>
+      </c>
+      <c r="ES25" s="14" t="n">
+        <v>272446.0</v>
+      </c>
+      <c r="ET25" s="14" t="n">
+        <v>277193.0</v>
+      </c>
+      <c r="EU25" s="14" t="n">
         <v>278717.0</v>
       </c>
-      <c r="EK25" s="14" t="n">
+      <c r="EV25" s="14" t="n">
         <v>313975.0</v>
       </c>
-      <c r="EL25" s="14" t="n">
+      <c r="EW25" s="14" t="n">
         <v>291574.0</v>
       </c>
-      <c r="EM25" s="14" t="n">
+      <c r="EX25" s="14" t="n">
         <v>324998.0</v>
       </c>
-      <c r="EN25" s="14" t="n">
+      <c r="EY25" s="14" t="n">
         <v>376205.0</v>
       </c>
-      <c r="EO25" s="14" t="n">
-[...14 lines deleted...]
-      <c r="ET25" s="14" t="n">
+      <c r="EZ25" s="14" t="n">
+        <v>47335.0</v>
+      </c>
+      <c r="FA25" s="14" t="n">
+        <v>45524.0</v>
+      </c>
+      <c r="FB25" s="14" t="n">
+        <v>50137.0</v>
+      </c>
+      <c r="FC25" s="14" t="n">
+        <v>54956.0</v>
+      </c>
+      <c r="FD25" s="14" t="n">
+        <v>57954.0</v>
+      </c>
+      <c r="FE25" s="14" t="n">
+        <v>59561.0</v>
+      </c>
+      <c r="FF25" s="14" t="n">
         <v>61882.0</v>
       </c>
-      <c r="EU25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EW25" s="14" t="n">
+      <c r="FG25" s="14" t="n">
+        <v>69950.0</v>
+      </c>
+      <c r="FH25" s="14" t="n">
+        <v>88225.0</v>
+      </c>
+      <c r="FI25" s="14" t="n">
         <v>86377.0</v>
       </c>
-      <c r="EX25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EY25" s="14" t="n">
+      <c r="FJ25" s="14" t="n">
+        <v>54368.0</v>
+      </c>
+      <c r="FK25" s="14" t="n">
         <v>53096.0</v>
       </c>
-      <c r="EZ25" s="14" t="n">
+      <c r="FL25" s="14" t="n">
         <v>40679.0</v>
       </c>
-      <c r="FA25" s="14" t="n">
+      <c r="FM25" s="14" t="n">
         <v>57601.0</v>
       </c>
-      <c r="FB25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC25" s="14" t="n">
+      <c r="FN25" s="14" t="n">
+        <v>211650.0</v>
+      </c>
+      <c r="FO25" s="14" t="n">
+        <v>195101.0</v>
+      </c>
+      <c r="FP25" s="14" t="n">
         <v>199144.0</v>
       </c>
-      <c r="FD25" s="14" t="n">
-[...20 lines deleted...]
-      <c r="FK25" s="14" t="n">
+      <c r="FQ25" s="14" t="n">
+        <v>180750.0</v>
+      </c>
+      <c r="FR25" s="14" t="n">
+        <v>187212.0</v>
+      </c>
+      <c r="FS25" s="14" t="n">
+        <v>184343.0</v>
+      </c>
+      <c r="FT25" s="14" t="n">
+        <v>168302.0</v>
+      </c>
+      <c r="FU25" s="14" t="n">
+        <v>164770.0</v>
+      </c>
+      <c r="FV25" s="14" t="n">
+        <v>202546.0</v>
+      </c>
+      <c r="FW25" s="14" t="n">
+        <v>200493.0</v>
+      </c>
+      <c r="FX25" s="14" t="n">
         <v>167134.0</v>
       </c>
-      <c r="FL25" s="14" t="n">
+      <c r="FY25" s="14" t="n">
         <v>167444.0</v>
       </c>
-      <c r="FM25" s="14" t="n">
+      <c r="FZ25" s="14" t="n">
         <v>173526.0</v>
       </c>
-      <c r="FN25" s="14" t="n">
+      <c r="GA25" s="14" t="n">
         <v>192354.0</v>
       </c>
-      <c r="FO25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FP25" s="14" t="n">
+      <c r="GB25" s="14" t="n">
+        <v>912853.0</v>
+      </c>
+      <c r="GC25" s="14" t="n">
+        <v>846935.0</v>
+      </c>
+      <c r="GD25" s="14" t="n">
         <v>850870.0</v>
       </c>
-      <c r="FQ25" s="14" t="n">
+      <c r="GE25" s="14" t="n">
         <v>748563.0</v>
       </c>
-      <c r="FR25" s="14" t="n">
-[...14 lines deleted...]
-      <c r="FW25" s="14" t="n">
+      <c r="GF25" s="14" t="n">
+        <v>710644.0</v>
+      </c>
+      <c r="GG25" s="14" t="n">
+        <v>519174.0</v>
+      </c>
+      <c r="GH25" s="14" t="n">
+        <v>419525.0</v>
+      </c>
+      <c r="GI25" s="14" t="n">
+        <v>394311.0</v>
+      </c>
+      <c r="GJ25" s="14" t="n">
+        <v>349318.0</v>
+      </c>
+      <c r="GK25" s="14" t="n">
         <v>375321.0</v>
       </c>
-      <c r="FX25" s="14" t="n">
+      <c r="GL25" s="14" t="n">
         <v>390998.0</v>
       </c>
-      <c r="FY25" s="14" t="n">
+      <c r="GM25" s="14" t="n">
         <v>416686.0</v>
       </c>
-      <c r="FZ25" s="14" t="n">
+      <c r="GN25" s="14" t="n">
         <v>479813.0</v>
       </c>
-      <c r="GA25" s="14" t="n">
+      <c r="GO25" s="14" t="n">
         <v>529660.0</v>
       </c>
-      <c r="GB25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC25" s="14" t="n">
+      <c r="GP25" s="14" t="n">
+        <v>80530.0</v>
+      </c>
+      <c r="GQ25" s="14" t="n">
+        <v>79826.0</v>
+      </c>
+      <c r="GR25" s="14" t="n">
         <v>101044.0</v>
       </c>
-      <c r="GD25" s="14" t="n">
-[...14 lines deleted...]
-      <c r="GI25" s="14" t="n">
+      <c r="GS25" s="14" t="n">
+        <v>80755.0</v>
+      </c>
+      <c r="GT25" s="14" t="n">
+        <v>91228.0</v>
+      </c>
+      <c r="GU25" s="14" t="n">
+        <v>82473.0</v>
+      </c>
+      <c r="GV25" s="14" t="n">
+        <v>71075.0</v>
+      </c>
+      <c r="GW25" s="14" t="n">
+        <v>69290.0</v>
+      </c>
+      <c r="GX25" s="14" t="n">
         <v>79349.0</v>
       </c>
-      <c r="GJ25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GL25" s="14" t="n">
+      <c r="GY25" s="14" t="n">
+        <v>69160.0</v>
+      </c>
+      <c r="GZ25" s="14" t="n">
+        <v>53088.0</v>
+      </c>
+      <c r="HA25" s="14" t="n">
         <v>59726.0</v>
       </c>
-      <c r="GM25" s="14" t="n">
+      <c r="HB25" s="14" t="n">
         <v>66929.0</v>
       </c>
-      <c r="GN25" s="14" t="n">
+      <c r="HC25" s="14" t="n">
         <v>180039.0</v>
       </c>
-      <c r="GO25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GP25" s="14" t="n">
+      <c r="HD25" s="14" t="n">
+        <v>137884.0</v>
+      </c>
+      <c r="HE25" s="14" t="n">
+        <v>126144.0</v>
+      </c>
+      <c r="HF25" s="14" t="n">
         <v>115486.0</v>
       </c>
-      <c r="GQ25" s="14" t="n">
+      <c r="HG25" s="14" t="n">
         <v>120845.0</v>
       </c>
-      <c r="GR25" s="14" t="n">
-[...14 lines deleted...]
-      <c r="GW25" s="14" t="n">
+      <c r="HH25" s="14" t="n">
+        <v>117254.0</v>
+      </c>
+      <c r="HI25" s="14" t="n">
+        <v>120624.0</v>
+      </c>
+      <c r="HJ25" s="14" t="n">
+        <v>111112.0</v>
+      </c>
+      <c r="HK25" s="14" t="n">
+        <v>124268.0</v>
+      </c>
+      <c r="HL25" s="14" t="n">
+        <v>134679.0</v>
+      </c>
+      <c r="HM25" s="14" t="n">
         <v>111958.0</v>
       </c>
-      <c r="GX25" s="14" t="n">
+      <c r="HN25" s="14" t="n">
         <v>98710.0</v>
       </c>
-      <c r="GY25" s="14" t="n">
+      <c r="HO25" s="14" t="n">
         <v>105650.0</v>
       </c>
-      <c r="GZ25" s="14" t="n">
+      <c r="HP25" s="14" t="n">
         <v>122047.0</v>
       </c>
-      <c r="HA25" s="14" t="n">
+      <c r="HQ25" s="14" t="n">
         <v>120800.0</v>
       </c>
-      <c r="HB25" s="14" t="n">
-[...8 lines deleted...]
-      <c r="HE25" s="14" t="n">
+      <c r="HR25" s="14" t="n">
+        <v>360631.0</v>
+      </c>
+      <c r="HS25" s="14" t="n">
+        <v>383847.0</v>
+      </c>
+      <c r="HT25" s="14" t="n">
+        <v>387730.0</v>
+      </c>
+      <c r="HU25" s="14" t="n">
+        <v>350598.0</v>
+      </c>
+      <c r="HV25" s="14" t="n">
         <v>360935.0</v>
       </c>
-      <c r="HF25" s="14" t="n">
+      <c r="HW25" s="14" t="n">
         <v>383605.0</v>
       </c>
-      <c r="HG25" s="14" t="n">
+      <c r="HX25" s="14" t="n">
         <v>358427.0</v>
       </c>
-      <c r="HH25" s="14" t="n">
-[...11 lines deleted...]
-      <c r="HL25" s="14" t="n">
+      <c r="HY25" s="14" t="n">
+        <v>316443.0</v>
+      </c>
+      <c r="HZ25" s="14" t="n">
+        <v>277956.0</v>
+      </c>
+      <c r="IA25" s="14" t="n">
+        <v>275202.0</v>
+      </c>
+      <c r="IB25" s="14" t="n">
+        <v>345132.0</v>
+      </c>
+      <c r="IC25" s="14" t="n">
         <v>318831.0</v>
       </c>
-      <c r="HM25" s="14" t="n">
+      <c r="ID25" s="14" t="n">
         <v>356809.0</v>
       </c>
-      <c r="HN25" s="14" t="n">
+      <c r="IE25" s="14" t="n">
         <v>357750.0</v>
       </c>
-      <c r="HO25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HP25" s="14" t="n">
+      <c r="IF25" s="14" t="n">
+        <v>26922.0</v>
+      </c>
+      <c r="IG25" s="14" t="n">
+        <v>25578.0</v>
+      </c>
+      <c r="IH25" s="14" t="n">
         <v>26262.0</v>
       </c>
-      <c r="HQ25" s="14" t="n">
+      <c r="II25" s="14" t="n">
         <v>24704.0</v>
       </c>
-      <c r="HR25" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HT25" s="14" t="n">
+      <c r="IJ25" s="14" t="n">
+        <v>24421.0</v>
+      </c>
+      <c r="IK25" s="14" t="n">
+        <v>23006.0</v>
+      </c>
+      <c r="IL25" s="14" t="n">
         <v>22188.0</v>
       </c>
-      <c r="HU25" s="14" t="n">
+      <c r="IM25" s="14" t="n">
         <v>30323.0</v>
       </c>
-      <c r="HV25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HW25" s="14" t="n">
+      <c r="IN25" s="14" t="n">
+        <v>20814.0</v>
+      </c>
+      <c r="IO25" s="14" t="n">
         <v>19758.0</v>
       </c>
-      <c r="HX25" s="14" t="n">
+      <c r="IP25" s="14" t="n">
         <v>18237.0</v>
       </c>
-      <c r="HY25" s="14" t="n">
+      <c r="IQ25" s="14" t="n">
         <v>18773.0</v>
       </c>
-      <c r="HZ25" s="14" t="n">
+      <c r="IR25" s="14" t="n">
         <v>19283.0</v>
       </c>
-      <c r="IA25" s="14" t="n">
+      <c r="IS25" s="14" t="n">
         <v>21838.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>TOTAL RESIDUOS DE RECOGIDA SEPARADA (sin RCD ni Otros)</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>5166511.0</v>
+        <v>5371512.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>5064788.0</v>
+        <v>5275244.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>4598597.0</v>
+        <v>5064787.0</v>
       </c>
       <c r="E26" s="14" t="n">
+        <v>4598598.0</v>
+      </c>
+      <c r="F26" s="14" t="n">
         <v>4483788.0</v>
       </c>
-      <c r="F26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="14" t="n">
+        <v>3938425.0</v>
+      </c>
+      <c r="H26" s="14" t="n">
         <v>3745875.0</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>3489767.0</v>
       </c>
-      <c r="I26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J26" s="14" t="n">
+        <v>3404278.0</v>
+      </c>
+      <c r="K26" s="14" t="n">
         <v>3306331.0</v>
       </c>
-      <c r="K26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L26" s="14" t="n">
+        <v>3332953.0</v>
+      </c>
+      <c r="M26" s="14" t="n">
         <v>3608396.0</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>3932087.0</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>4413673.0</v>
       </c>
-      <c r="O26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P26" s="14" t="n">
-        <v>517853.0</v>
+        <v>559734.0</v>
       </c>
       <c r="Q26" s="14" t="n">
+        <v>560037.0</v>
+      </c>
+      <c r="R26" s="14" t="n">
+        <v>517852.0</v>
+      </c>
+      <c r="S26" s="14" t="n">
         <v>487058.0</v>
       </c>
-      <c r="R26" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="T26" s="14" t="n">
-        <v>400015.0</v>
+        <v>461828.0</v>
       </c>
       <c r="U26" s="14" t="n">
+        <v>436784.0</v>
+      </c>
+      <c r="V26" s="14" t="n">
+        <v>400014.0</v>
+      </c>
+      <c r="W26" s="14" t="n">
         <v>394458.0</v>
       </c>
-      <c r="V26" s="14" t="n">
+      <c r="X26" s="14" t="n">
         <v>397922.0</v>
       </c>
-      <c r="W26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>376329.0</v>
       </c>
-      <c r="X26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Y26" s="14" t="n">
+      <c r="Z26" s="14" t="n">
+        <v>382762.0</v>
+      </c>
+      <c r="AA26" s="14" t="n">
         <v>466496.0</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>482505.0</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
         <v>541394.0</v>
       </c>
-      <c r="AB26" s="14" t="n">
+      <c r="AD26" s="14" t="n">
+        <v>86333.0</v>
+      </c>
+      <c r="AE26" s="14" t="n">
         <v>88763.0</v>
       </c>
-      <c r="AC26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AE26" s="14" t="n">
+      <c r="AF26" s="14" t="n">
+        <v>94070.0</v>
+      </c>
+      <c r="AG26" s="14" t="n">
+        <v>102432.0</v>
+      </c>
+      <c r="AH26" s="14" t="n">
         <v>84141.0</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
         <v>81154.0</v>
       </c>
-      <c r="AG26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AI26" s="14" t="n">
+      <c r="AJ26" s="14" t="n">
+        <v>69485.0</v>
+      </c>
+      <c r="AK26" s="14" t="n">
+        <v>68573.0</v>
+      </c>
+      <c r="AL26" s="14" t="n">
         <v>75228.0</v>
       </c>
-      <c r="AJ26" s="14" t="n">
+      <c r="AM26" s="14" t="n">
         <v>60233.0</v>
       </c>
-      <c r="AK26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AL26" s="14" t="n">
+      <c r="AN26" s="14" t="n">
+        <v>67159.0</v>
+      </c>
+      <c r="AO26" s="14" t="n">
         <v>82938.0</v>
       </c>
-      <c r="AM26" s="14" t="n">
+      <c r="AP26" s="14" t="n">
         <v>87710.0</v>
       </c>
-      <c r="AN26" s="14" t="n">
+      <c r="AQ26" s="14" t="n">
         <v>83923.0</v>
       </c>
-      <c r="AO26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AP26" s="14" t="n">
+      <c r="AR26" s="14" t="n">
+        <v>119673.0</v>
+      </c>
+      <c r="AS26" s="14" t="n">
+        <v>124380.0</v>
+      </c>
+      <c r="AT26" s="14" t="n">
         <v>119588.0</v>
       </c>
-      <c r="AQ26" s="14" t="n">
+      <c r="AU26" s="14" t="n">
         <v>104764.0</v>
       </c>
-      <c r="AR26" s="14" t="n">
+      <c r="AV26" s="14" t="n">
         <v>107648.0</v>
       </c>
-      <c r="AS26" s="14" t="n">
+      <c r="AW26" s="14" t="n">
         <v>84571.0</v>
       </c>
-      <c r="AT26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AU26" s="14" t="n">
+      <c r="AX26" s="14" t="n">
+        <v>122661.0</v>
+      </c>
+      <c r="AY26" s="14" t="n">
         <v>130670.0</v>
       </c>
-      <c r="AV26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AX26" s="14" t="n">
+      <c r="AZ26" s="14" t="n">
+        <v>115371.0</v>
+      </c>
+      <c r="BA26" s="14" t="n">
+        <v>107533.0</v>
+      </c>
+      <c r="BB26" s="14" t="n">
         <v>113399.0</v>
       </c>
-      <c r="AY26" s="14" t="n">
+      <c r="BC26" s="14" t="n">
         <v>110357.0</v>
       </c>
-      <c r="AZ26" s="14" t="n">
+      <c r="BD26" s="14" t="n">
         <v>131554.0</v>
       </c>
-      <c r="BA26" s="14" t="n">
+      <c r="BE26" s="14" t="n">
         <v>145695.0</v>
       </c>
-      <c r="BB26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BD26" s="14" t="n">
+      <c r="BF26" s="14" t="n">
+        <v>231813.0</v>
+      </c>
+      <c r="BG26" s="14" t="n">
+        <v>220106.0</v>
+      </c>
+      <c r="BH26" s="14" t="n">
+        <v>189189.0</v>
+      </c>
+      <c r="BI26" s="14" t="n">
         <v>156876.0</v>
       </c>
-      <c r="BE26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="BH26" s="14" t="n">
+      <c r="BJ26" s="14" t="n">
+        <v>192022.0</v>
+      </c>
+      <c r="BK26" s="14" t="n">
+        <v>194617.0</v>
+      </c>
+      <c r="BL26" s="14" t="n">
+        <v>167886.0</v>
+      </c>
+      <c r="BM26" s="14" t="n">
         <v>141623.0</v>
       </c>
-      <c r="BI26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BJ26" s="14" t="n">
+      <c r="BN26" s="14" t="n">
+        <v>126165.0</v>
+      </c>
+      <c r="BO26" s="14" t="n">
         <v>118747.0</v>
       </c>
-      <c r="BK26" s="14" t="n">
+      <c r="BP26" s="14" t="n">
         <v>121593.0</v>
       </c>
-      <c r="BL26" s="14" t="n">
+      <c r="BQ26" s="14" t="n">
         <v>121891.0</v>
       </c>
-      <c r="BM26" s="14" t="n">
+      <c r="BR26" s="14" t="n">
         <v>107168.0</v>
       </c>
-      <c r="BN26" s="14" t="n">
+      <c r="BS26" s="14" t="n">
         <v>101601.0</v>
       </c>
-      <c r="BO26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BP26" s="14" t="n">
+      <c r="BT26" s="14" t="n">
+        <v>218898.0</v>
+      </c>
+      <c r="BU26" s="14" t="n">
+        <v>278957.0</v>
+      </c>
+      <c r="BV26" s="14" t="n">
         <v>161776.0</v>
       </c>
-      <c r="BQ26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BR26" s="14" t="n">
+      <c r="BW26" s="14" t="n">
+        <v>208754.0</v>
+      </c>
+      <c r="BX26" s="14" t="n">
         <v>164277.0</v>
       </c>
-      <c r="BS26" s="14" t="n">
+      <c r="BY26" s="14" t="n">
         <v>142781.0</v>
       </c>
-      <c r="BT26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BU26" s="14" t="n">
+      <c r="BZ26" s="14" t="n">
+        <v>121533.0</v>
+      </c>
+      <c r="CA26" s="14" t="n">
         <v>120666.0</v>
       </c>
-      <c r="BV26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="BY26" s="14" t="n">
+      <c r="CB26" s="14" t="n">
+        <v>108586.0</v>
+      </c>
+      <c r="CC26" s="14" t="n">
+        <v>121521.0</v>
+      </c>
+      <c r="CD26" s="14" t="n">
+        <v>119001.0</v>
+      </c>
+      <c r="CE26" s="14" t="n">
         <v>123625.0</v>
       </c>
-      <c r="BZ26" s="14" t="n">
+      <c r="CF26" s="14" t="n">
         <v>178512.0</v>
       </c>
-      <c r="CA26" s="14" t="n">
+      <c r="CG26" s="14" t="n">
         <v>151930.0</v>
       </c>
-      <c r="CB26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CC26" s="14" t="n">
+      <c r="CH26" s="14" t="n">
+        <v>65190.0</v>
+      </c>
+      <c r="CI26" s="14" t="n">
+        <v>34116.0</v>
+      </c>
+      <c r="CJ26" s="14" t="n">
         <v>32670.0</v>
       </c>
-      <c r="CD26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="CF26" s="14" t="n">
+      <c r="CK26" s="14" t="n">
+        <v>30918.0</v>
+      </c>
+      <c r="CL26" s="14" t="n">
+        <v>32370.0</v>
+      </c>
+      <c r="CM26" s="14" t="n">
         <v>36987.0</v>
       </c>
-      <c r="CG26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CH26" s="14" t="n">
+      <c r="CN26" s="14" t="n">
+        <v>28389.0</v>
+      </c>
+      <c r="CO26" s="14" t="n">
         <v>28783.0</v>
       </c>
-      <c r="CI26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CJ26" s="14" t="n">
+      <c r="CP26" s="14" t="n">
+        <v>31716.0</v>
+      </c>
+      <c r="CQ26" s="14" t="n">
         <v>28281.0</v>
       </c>
-      <c r="CK26" s="14" t="n">
+      <c r="CR26" s="14" t="n">
         <v>36555.0</v>
       </c>
-      <c r="CL26" s="14" t="n">
+      <c r="CS26" s="14" t="n">
         <v>35267.0</v>
       </c>
-      <c r="CM26" s="14" t="n">
+      <c r="CT26" s="14" t="n">
         <v>45916.0</v>
       </c>
-      <c r="CN26" s="14" t="n">
+      <c r="CU26" s="14" t="n">
         <v>53360.0</v>
       </c>
-      <c r="CO26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CP26" s="14" t="n">
+      <c r="CV26" s="14" t="n">
+        <v>182892.0</v>
+      </c>
+      <c r="CW26" s="14" t="n">
+        <v>173450.0</v>
+      </c>
+      <c r="CX26" s="14" t="n">
         <v>152095.0</v>
       </c>
-      <c r="CQ26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CT26" s="14" t="n">
+      <c r="CY26" s="14" t="n">
+        <v>154692.0</v>
+      </c>
+      <c r="CZ26" s="14" t="n">
+        <v>147066.0</v>
+      </c>
+      <c r="DA26" s="14" t="n">
+        <v>138416.0</v>
+      </c>
+      <c r="DB26" s="14" t="n">
         <v>130032.0</v>
       </c>
-      <c r="CU26" s="14" t="n">
+      <c r="DC26" s="14" t="n">
         <v>128473.0</v>
       </c>
-      <c r="CV26" s="14" t="n">
+      <c r="DD26" s="14" t="n">
         <v>123343.0</v>
       </c>
-      <c r="CW26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="CY26" s="14" t="n">
+      <c r="DE26" s="14" t="n">
+        <v>122921.0</v>
+      </c>
+      <c r="DF26" s="14" t="n">
+        <v>113297.0</v>
+      </c>
+      <c r="DG26" s="14" t="n">
         <v>134285.0</v>
       </c>
-      <c r="CZ26" s="14" t="n">
+      <c r="DH26" s="14" t="n">
         <v>138076.0</v>
       </c>
-      <c r="DA26" s="14" t="n">
+      <c r="DI26" s="14" t="n">
         <v>149672.0</v>
       </c>
-      <c r="DB26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DD26" s="14" t="n">
+      <c r="DJ26" s="14" t="n">
+        <v>117739.0</v>
+      </c>
+      <c r="DK26" s="14" t="n">
+        <v>107607.0</v>
+      </c>
+      <c r="DL26" s="14" t="n">
+        <v>105428.0</v>
+      </c>
+      <c r="DM26" s="14" t="n">
         <v>78871.0</v>
       </c>
-      <c r="DE26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DH26" s="14" t="n">
+      <c r="DN26" s="14" t="n">
+        <v>103112.0</v>
+      </c>
+      <c r="DO26" s="14" t="n">
+        <v>99706.0</v>
+      </c>
+      <c r="DP26" s="14" t="n">
+        <v>100605.0</v>
+      </c>
+      <c r="DQ26" s="14" t="n">
         <v>85978.0</v>
       </c>
-      <c r="DI26" s="14" t="n">
+      <c r="DR26" s="14" t="n">
         <v>70450.0</v>
       </c>
-      <c r="DJ26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DL26" s="14" t="n">
+      <c r="DS26" s="14" t="n">
+        <v>70627.0</v>
+      </c>
+      <c r="DT26" s="14" t="n">
+        <v>79078.0</v>
+      </c>
+      <c r="DU26" s="14" t="n">
         <v>75563.0</v>
       </c>
-      <c r="DM26" s="14" t="n">
+      <c r="DV26" s="14" t="n">
         <v>88665.0</v>
       </c>
-      <c r="DN26" s="14" t="n">
+      <c r="DW26" s="14" t="n">
         <v>97414.0</v>
       </c>
-      <c r="DO26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DR26" s="14" t="n">
+      <c r="DX26" s="14" t="n">
+        <v>1381104.0</v>
+      </c>
+      <c r="DY26" s="14" t="n">
+        <v>1414102.0</v>
+      </c>
+      <c r="DZ26" s="14" t="n">
+        <v>1378748.0</v>
+      </c>
+      <c r="EA26" s="14" t="n">
+        <v>1367880.0</v>
+      </c>
+      <c r="EB26" s="14" t="n">
         <v>1362188.0</v>
       </c>
-      <c r="DS26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DU26" s="14" t="n">
+      <c r="EC26" s="14" t="n">
+        <v>1080585.0</v>
+      </c>
+      <c r="ED26" s="14" t="n">
+        <v>1180150.0</v>
+      </c>
+      <c r="EE26" s="14" t="n">
         <v>1056561.0</v>
       </c>
-      <c r="DV26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DW26" s="14" t="n">
+      <c r="EF26" s="14" t="n">
+        <v>1070434.0</v>
+      </c>
+      <c r="EG26" s="14" t="n">
         <v>1028510.0</v>
       </c>
-      <c r="DX26" s="14" t="n">
+      <c r="EH26" s="14" t="n">
         <v>1002406.0</v>
       </c>
-      <c r="DY26" s="14" t="n">
+      <c r="EI26" s="14" t="n">
         <v>1125976.0</v>
       </c>
-      <c r="DZ26" s="14" t="n">
+      <c r="EJ26" s="14" t="n">
         <v>1243367.0</v>
       </c>
-      <c r="EA26" s="14" t="n">
+      <c r="EK26" s="14" t="n">
         <v>1412903.0</v>
       </c>
-      <c r="EB26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EC26" s="14" t="n">
+      <c r="EL26" s="14" t="n">
+        <v>738317.0</v>
+      </c>
+      <c r="EM26" s="14" t="n">
+        <v>633889.0</v>
+      </c>
+      <c r="EN26" s="14" t="n">
         <v>645475.0</v>
       </c>
-      <c r="ED26" s="14" t="n">
+      <c r="EO26" s="14" t="n">
         <v>391538.0</v>
       </c>
-      <c r="EE26" s="14" t="n">
+      <c r="EP26" s="14" t="n">
         <v>336855.0</v>
       </c>
-      <c r="EF26" s="14" t="n">
+      <c r="EQ26" s="14" t="n">
         <v>314379.0</v>
       </c>
-      <c r="EG26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EI26" s="14" t="n">
+      <c r="ER26" s="14" t="n">
+        <v>277470.0</v>
+      </c>
+      <c r="ES26" s="14" t="n">
+        <v>236348.0</v>
+      </c>
+      <c r="ET26" s="14" t="n">
         <v>232600.0</v>
       </c>
-      <c r="EJ26" s="14" t="n">
+      <c r="EU26" s="14" t="n">
         <v>233697.0</v>
       </c>
-      <c r="EK26" s="14" t="n">
+      <c r="EV26" s="14" t="n">
         <v>246294.0</v>
       </c>
-      <c r="EL26" s="14" t="n">
+      <c r="EW26" s="14" t="n">
         <v>268560.0</v>
       </c>
-      <c r="EM26" s="14" t="n">
+      <c r="EX26" s="14" t="n">
         <v>279714.0</v>
       </c>
-      <c r="EN26" s="14" t="n">
+      <c r="EY26" s="14" t="n">
         <v>323884.0</v>
       </c>
-      <c r="EO26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EQ26" s="14" t="n">
+      <c r="EZ26" s="14" t="n">
+        <v>46935.0</v>
+      </c>
+      <c r="FA26" s="14" t="n">
+        <v>44499.0</v>
+      </c>
+      <c r="FB26" s="14" t="n">
+        <v>49783.0</v>
+      </c>
+      <c r="FC26" s="14" t="n">
         <v>54878.0</v>
       </c>
-      <c r="ER26" s="14" t="n">
-[...14 lines deleted...]
-      <c r="EW26" s="14" t="n">
+      <c r="FD26" s="14" t="n">
+        <v>56892.0</v>
+      </c>
+      <c r="FE26" s="14" t="n">
+        <v>58922.0</v>
+      </c>
+      <c r="FF26" s="14" t="n">
+        <v>51907.0</v>
+      </c>
+      <c r="FG26" s="14" t="n">
+        <v>59944.0</v>
+      </c>
+      <c r="FH26" s="14" t="n">
+        <v>61875.0</v>
+      </c>
+      <c r="FI26" s="14" t="n">
         <v>59774.0</v>
       </c>
-      <c r="EX26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EY26" s="14" t="n">
+      <c r="FJ26" s="14" t="n">
+        <v>54072.0</v>
+      </c>
+      <c r="FK26" s="14" t="n">
         <v>51623.0</v>
       </c>
-      <c r="EZ26" s="14" t="n">
+      <c r="FL26" s="14" t="n">
         <v>37135.0</v>
       </c>
-      <c r="FA26" s="14" t="n">
+      <c r="FM26" s="14" t="n">
         <v>57595.0</v>
       </c>
-      <c r="FB26" s="14" t="n">
-[...23 lines deleted...]
-      <c r="FJ26" s="14" t="n">
+      <c r="FN26" s="14" t="n">
+        <v>197956.0</v>
+      </c>
+      <c r="FO26" s="14" t="n">
+        <v>188903.0</v>
+      </c>
+      <c r="FP26" s="14" t="n">
+        <v>190804.0</v>
+      </c>
+      <c r="FQ26" s="14" t="n">
+        <v>176928.0</v>
+      </c>
+      <c r="FR26" s="14" t="n">
+        <v>180335.0</v>
+      </c>
+      <c r="FS26" s="14" t="n">
+        <v>178616.0</v>
+      </c>
+      <c r="FT26" s="14" t="n">
+        <v>160495.0</v>
+      </c>
+      <c r="FU26" s="14" t="n">
+        <v>153745.0</v>
+      </c>
+      <c r="FV26" s="14" t="n">
+        <v>189711.0</v>
+      </c>
+      <c r="FW26" s="14" t="n">
         <v>187534.0</v>
       </c>
-      <c r="FK26" s="14" t="n">
+      <c r="FX26" s="14" t="n">
         <v>155261.0</v>
       </c>
-      <c r="FL26" s="14" t="n">
+      <c r="FY26" s="14" t="n">
         <v>157623.0</v>
       </c>
-      <c r="FM26" s="14" t="n">
+      <c r="FZ26" s="14" t="n">
         <v>163133.0</v>
       </c>
-      <c r="FN26" s="14" t="n">
+      <c r="GA26" s="14" t="n">
         <v>179318.0</v>
       </c>
-      <c r="FO26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FP26" s="14" t="n">
+      <c r="GB26" s="14" t="n">
+        <v>880242.0</v>
+      </c>
+      <c r="GC26" s="14" t="n">
+        <v>807270.0</v>
+      </c>
+      <c r="GD26" s="14" t="n">
         <v>811776.0</v>
       </c>
-      <c r="FQ26" s="14" t="n">
+      <c r="GE26" s="14" t="n">
         <v>722425.0</v>
       </c>
-      <c r="FR26" s="14" t="n">
+      <c r="GF26" s="14" t="n">
         <v>677737.0</v>
       </c>
-      <c r="FS26" s="14" t="n">
-[...11 lines deleted...]
-      <c r="FW26" s="14" t="n">
+      <c r="GG26" s="14" t="n">
+        <v>501152.0</v>
+      </c>
+      <c r="GH26" s="14" t="n">
+        <v>403400.0</v>
+      </c>
+      <c r="GI26" s="14" t="n">
+        <v>369181.0</v>
+      </c>
+      <c r="GJ26" s="14" t="n">
+        <v>332242.0</v>
+      </c>
+      <c r="GK26" s="14" t="n">
         <v>358081.0</v>
       </c>
-      <c r="FX26" s="14" t="n">
+      <c r="GL26" s="14" t="n">
         <v>375991.0</v>
       </c>
-      <c r="FY26" s="14" t="n">
+      <c r="GM26" s="14" t="n">
         <v>402373.0</v>
       </c>
-      <c r="FZ26" s="14" t="n">
+      <c r="GN26" s="14" t="n">
         <v>441759.0</v>
       </c>
-      <c r="GA26" s="14" t="n">
+      <c r="GO26" s="14" t="n">
         <v>495351.0</v>
       </c>
-      <c r="GB26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="GE26" s="14" t="n">
+      <c r="GP26" s="14" t="n">
+        <v>78098.0</v>
+      </c>
+      <c r="GQ26" s="14" t="n">
+        <v>78136.0</v>
+      </c>
+      <c r="GR26" s="14" t="n">
+        <v>98799.0</v>
+      </c>
+      <c r="GS26" s="14" t="n">
+        <v>78670.0</v>
+      </c>
+      <c r="GT26" s="14" t="n">
         <v>88386.0</v>
       </c>
-      <c r="GF26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GG26" s="14" t="n">
+      <c r="GU26" s="14" t="n">
+        <v>78846.0</v>
+      </c>
+      <c r="GV26" s="14" t="n">
         <v>69213.0</v>
       </c>
-      <c r="GH26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GI26" s="14" t="n">
+      <c r="GW26" s="14" t="n">
+        <v>66622.0</v>
+      </c>
+      <c r="GX26" s="14" t="n">
         <v>66637.0</v>
       </c>
-      <c r="GJ26" s="14" t="n">
+      <c r="GY26" s="14" t="n">
         <v>56326.0</v>
       </c>
-      <c r="GK26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GL26" s="14" t="n">
+      <c r="GZ26" s="14" t="n">
+        <v>48408.0</v>
+      </c>
+      <c r="HA26" s="14" t="n">
         <v>57461.0</v>
       </c>
-      <c r="GM26" s="14" t="n">
+      <c r="HB26" s="14" t="n">
         <v>62758.0</v>
       </c>
-      <c r="GN26" s="14" t="n">
+      <c r="HC26" s="14" t="n">
         <v>170859.0</v>
       </c>
-      <c r="GO26" s="14" t="n">
+      <c r="HD26" s="14" t="n">
+        <v>135139.0</v>
+      </c>
+      <c r="HE26" s="14" t="n">
         <v>124831.0</v>
       </c>
-      <c r="GP26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GQ26" s="14" t="n">
+      <c r="HF26" s="14" t="n">
+        <v>114230.0</v>
+      </c>
+      <c r="HG26" s="14" t="n">
         <v>119824.0</v>
       </c>
-      <c r="GR26" s="14" t="n">
+      <c r="HH26" s="14" t="n">
         <v>117131.0</v>
       </c>
-      <c r="GS26" s="14" t="n">
-[...11 lines deleted...]
-      <c r="GW26" s="14" t="n">
+      <c r="HI26" s="14" t="n">
+        <v>119890.0</v>
+      </c>
+      <c r="HJ26" s="14" t="n">
+        <v>111100.0</v>
+      </c>
+      <c r="HK26" s="14" t="n">
+        <v>124240.0</v>
+      </c>
+      <c r="HL26" s="14" t="n">
+        <v>112896.0</v>
+      </c>
+      <c r="HM26" s="14" t="n">
         <v>89966.0</v>
       </c>
-      <c r="GX26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GY26" s="14" t="n">
+      <c r="HN26" s="14" t="n">
+        <v>93142.0</v>
+      </c>
+      <c r="HO26" s="14" t="n">
         <v>98314.0</v>
       </c>
-      <c r="GZ26" s="14" t="n">
+      <c r="HP26" s="14" t="n">
         <v>114178.0</v>
       </c>
-      <c r="HA26" s="14" t="n">
+      <c r="HQ26" s="14" t="n">
         <v>109677.0</v>
       </c>
-      <c r="HB26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="HE26" s="14" t="n">
+      <c r="HR26" s="14" t="n">
+        <v>343578.0</v>
+      </c>
+      <c r="HS26" s="14" t="n">
+        <v>364473.0</v>
+      </c>
+      <c r="HT26" s="14" t="n">
+        <v>370255.0</v>
+      </c>
+      <c r="HU26" s="14" t="n">
+        <v>330180.0</v>
+      </c>
+      <c r="HV26" s="14" t="n">
         <v>341691.0</v>
       </c>
-      <c r="HF26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HG26" s="14" t="n">
+      <c r="HW26" s="14" t="n">
+        <v>359092.0</v>
+      </c>
+      <c r="HX26" s="14" t="n">
         <v>322290.0</v>
       </c>
-      <c r="HH26" s="14" t="n">
+      <c r="HY26" s="14" t="n">
         <v>295892.0</v>
       </c>
-      <c r="HI26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HJ26" s="14" t="n">
+      <c r="HZ26" s="14" t="n">
+        <v>252121.0</v>
+      </c>
+      <c r="IA26" s="14" t="n">
         <v>249119.0</v>
       </c>
-      <c r="HK26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HL26" s="14" t="n">
+      <c r="IB26" s="14" t="n">
+        <v>301330.0</v>
+      </c>
+      <c r="IC26" s="14" t="n">
         <v>270839.0</v>
       </c>
-      <c r="HM26" s="14" t="n">
+      <c r="ID26" s="14" t="n">
         <v>304709.0</v>
       </c>
-      <c r="HN26" s="14" t="n">
+      <c r="IE26" s="14" t="n">
         <v>307697.0</v>
       </c>
-      <c r="HO26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HP26" s="14" t="n">
+      <c r="IF26" s="14" t="n">
+        <v>26595.0</v>
+      </c>
+      <c r="IG26" s="14" t="n">
+        <v>25282.0</v>
+      </c>
+      <c r="IH26" s="14" t="n">
         <v>25941.0</v>
       </c>
-      <c r="HQ26" s="14" t="n">
+      <c r="II26" s="14" t="n">
         <v>24445.0</v>
       </c>
-      <c r="HR26" s="14" t="n">
+      <c r="IJ26" s="14" t="n">
         <v>24351.0</v>
       </c>
-      <c r="HS26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HU26" s="14" t="n">
+      <c r="IK26" s="14" t="n">
+        <v>22858.0</v>
+      </c>
+      <c r="IL26" s="14" t="n">
+        <v>22078.0</v>
+      </c>
+      <c r="IM26" s="14" t="n">
         <v>21956.0</v>
       </c>
-      <c r="HV26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HX26" s="14" t="n">
+      <c r="IN26" s="14" t="n">
+        <v>20765.0</v>
+      </c>
+      <c r="IO26" s="14" t="n">
+        <v>19708.0</v>
+      </c>
+      <c r="IP26" s="14" t="n">
         <v>18216.0</v>
       </c>
-      <c r="HY26" s="14" t="n">
+      <c r="IQ26" s="14" t="n">
         <v>18708.0</v>
       </c>
-      <c r="HZ26" s="14" t="n">
+      <c r="IR26" s="14" t="n">
         <v>19283.0</v>
       </c>
-      <c r="IA26" s="14" t="n">
+      <c r="IS26" s="14" t="n">
         <v>21837.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>TOTAL RESIDUOS</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>2.3527747E7</v>
+        <v>2.2944274E7</v>
       </c>
       <c r="C27" s="14" t="n">
+        <v>2.3650661E7</v>
+      </c>
+      <c r="D27" s="14" t="n">
         <v>2.3393999E7</v>
       </c>
-      <c r="D27" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="14" t="n">
+        <v>2.238131E7</v>
+      </c>
+      <c r="F27" s="14" t="n">
         <v>2.2761799E7</v>
       </c>
-      <c r="F27" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="14" t="n">
+        <v>2.2686136E7</v>
+      </c>
+      <c r="H27" s="14" t="n">
         <v>2.2515181E7</v>
       </c>
-      <c r="H27" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="14" t="n">
-        <v>2.1646294E7</v>
+        <v>2.1878372E7</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>2.1328307E7</v>
+        <v>2.1646293E7</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>2.1785685E7</v>
+        <v>2.1328306E7</v>
       </c>
       <c r="L27" s="14" t="n">
+        <v>2.1785683E7</v>
+      </c>
+      <c r="M27" s="14" t="n">
         <v>2.2395811E7</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>2.3281979E7</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>2.4380023E7</v>
       </c>
-      <c r="O27" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P27" s="14" t="n">
-        <v>4826976.0</v>
+        <v>4721328.0</v>
       </c>
       <c r="Q27" s="14" t="n">
+        <v>4908058.0</v>
+      </c>
+      <c r="R27" s="14" t="n">
+        <v>4826974.0</v>
+      </c>
+      <c r="S27" s="14" t="n">
         <v>4575590.0</v>
       </c>
-      <c r="R27" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="T27" s="14" t="n">
-        <v>4385397.0</v>
+        <v>4310648.0</v>
       </c>
       <c r="U27" s="14" t="n">
-        <v>4395591.0</v>
+        <v>4427005.0</v>
       </c>
       <c r="V27" s="14" t="n">
+        <v>4385395.0</v>
+      </c>
+      <c r="W27" s="14" t="n">
+        <v>4395590.0</v>
+      </c>
+      <c r="X27" s="14" t="n">
         <v>4237916.0</v>
       </c>
-      <c r="W27" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Y27" s="14" t="n">
+        <v>4171242.0</v>
+      </c>
+      <c r="Z27" s="14" t="n">
+        <v>4562891.0</v>
+      </c>
+      <c r="AA27" s="14" t="n">
         <v>4809414.0</v>
       </c>
-      <c r="Z27" s="14" t="n">
+      <c r="AB27" s="14" t="n">
         <v>4572709.0</v>
       </c>
-      <c r="AA27" s="14" t="n">
+      <c r="AC27" s="14" t="n">
         <v>4974949.0</v>
       </c>
-      <c r="AB27" s="14" t="n">
+      <c r="AD27" s="14" t="n">
+        <v>609705.0</v>
+      </c>
+      <c r="AE27" s="14" t="n">
         <v>603100.0</v>
       </c>
-      <c r="AC27" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AF27" s="14" t="n">
+        <v>619993.0</v>
+      </c>
+      <c r="AG27" s="14" t="n">
+        <v>615585.0</v>
+      </c>
+      <c r="AH27" s="14" t="n">
+        <v>651463.0</v>
+      </c>
+      <c r="AI27" s="14" t="n">
         <v>650458.0</v>
       </c>
-      <c r="AG27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AI27" s="14" t="n">
+      <c r="AJ27" s="14" t="n">
+        <v>579740.0</v>
+      </c>
+      <c r="AK27" s="14" t="n">
+        <v>529041.0</v>
+      </c>
+      <c r="AL27" s="14" t="n">
         <v>565548.0</v>
       </c>
-      <c r="AJ27" s="14" t="n">
+      <c r="AM27" s="14" t="n">
         <v>545091.0</v>
       </c>
-      <c r="AK27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AL27" s="14" t="n">
+      <c r="AN27" s="14" t="n">
+        <v>548392.0</v>
+      </c>
+      <c r="AO27" s="14" t="n">
         <v>577705.0</v>
       </c>
-      <c r="AM27" s="14" t="n">
+      <c r="AP27" s="14" t="n">
         <v>609253.0</v>
       </c>
-      <c r="AN27" s="14" t="n">
+      <c r="AQ27" s="14" t="n">
         <v>602239.0</v>
       </c>
-      <c r="AO27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AP27" s="14" t="n">
+      <c r="AR27" s="14" t="n">
+        <v>523914.0</v>
+      </c>
+      <c r="AS27" s="14" t="n">
+        <v>531126.0</v>
+      </c>
+      <c r="AT27" s="14" t="n">
         <v>531043.0</v>
       </c>
-      <c r="AQ27" s="14" t="n">
+      <c r="AU27" s="14" t="n">
         <v>499847.0</v>
       </c>
-      <c r="AR27" s="14" t="n">
+      <c r="AV27" s="14" t="n">
         <v>507580.0</v>
       </c>
-      <c r="AS27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AU27" s="14" t="n">
+      <c r="AW27" s="14" t="n">
+        <v>500932.0</v>
+      </c>
+      <c r="AX27" s="14" t="n">
+        <v>531509.0</v>
+      </c>
+      <c r="AY27" s="14" t="n">
         <v>537945.0</v>
       </c>
-      <c r="AV27" s="14" t="n">
+      <c r="AZ27" s="14" t="n">
         <v>542283.0</v>
       </c>
-      <c r="AW27" s="14" t="n">
+      <c r="BA27" s="14" t="n">
         <v>524878.0</v>
       </c>
-      <c r="AX27" s="14" t="n">
+      <c r="BB27" s="14" t="n">
         <v>520232.0</v>
       </c>
-      <c r="AY27" s="14" t="n">
+      <c r="BC27" s="14" t="n">
         <v>535269.0</v>
       </c>
-      <c r="AZ27" s="14" t="n">
+      <c r="BD27" s="14" t="n">
         <v>577390.0</v>
       </c>
-      <c r="BA27" s="14" t="n">
+      <c r="BE27" s="14" t="n">
         <v>617707.0</v>
       </c>
-      <c r="BB27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BD27" s="14" t="n">
+      <c r="BF27" s="14" t="n">
+        <v>824825.0</v>
+      </c>
+      <c r="BG27" s="14" t="n">
+        <v>809023.0</v>
+      </c>
+      <c r="BH27" s="14" t="n">
+        <v>733705.0</v>
+      </c>
+      <c r="BI27" s="14" t="n">
         <v>695351.0</v>
       </c>
-      <c r="BE27" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="BJ27" s="14" t="n">
-        <v>744117.0</v>
+        <v>883807.0</v>
       </c>
       <c r="BK27" s="14" t="n">
-        <v>809444.0</v>
+        <v>951553.0</v>
       </c>
       <c r="BL27" s="14" t="n">
+        <v>868474.0</v>
+      </c>
+      <c r="BM27" s="14" t="n">
+        <v>846129.0</v>
+      </c>
+      <c r="BN27" s="14" t="n">
+        <v>904472.0</v>
+      </c>
+      <c r="BO27" s="14" t="n">
+        <v>744116.0</v>
+      </c>
+      <c r="BP27" s="14" t="n">
+        <v>809445.0</v>
+      </c>
+      <c r="BQ27" s="14" t="n">
         <v>783690.0</v>
       </c>
-      <c r="BM27" s="14" t="n">
+      <c r="BR27" s="14" t="n">
         <v>849096.0</v>
       </c>
-      <c r="BN27" s="14" t="n">
+      <c r="BS27" s="14" t="n">
         <v>806342.0</v>
       </c>
-      <c r="BO27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BP27" s="14" t="n">
+      <c r="BT27" s="14" t="n">
+        <v>1303964.0</v>
+      </c>
+      <c r="BU27" s="14" t="n">
+        <v>1398866.0</v>
+      </c>
+      <c r="BV27" s="14" t="n">
         <v>1249047.0</v>
       </c>
-      <c r="BQ27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BS27" s="14" t="n">
+      <c r="BW27" s="14" t="n">
+        <v>1224203.0</v>
+      </c>
+      <c r="BX27" s="14" t="n">
+        <v>1282488.0</v>
+      </c>
+      <c r="BY27" s="14" t="n">
         <v>1331187.0</v>
       </c>
-      <c r="BT27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BV27" s="14" t="n">
+      <c r="BZ27" s="14" t="n">
+        <v>1295470.0</v>
+      </c>
+      <c r="CA27" s="14" t="n">
+        <v>1245101.0</v>
+      </c>
+      <c r="CB27" s="14" t="n">
         <v>1264095.0</v>
       </c>
-      <c r="BW27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BY27" s="14" t="n">
+      <c r="CC27" s="14" t="n">
+        <v>1259717.0</v>
+      </c>
+      <c r="CD27" s="14" t="n">
+        <v>1204823.0</v>
+      </c>
+      <c r="CE27" s="14" t="n">
         <v>1310231.0</v>
       </c>
-      <c r="BZ27" s="14" t="n">
+      <c r="CF27" s="14" t="n">
         <v>1388895.0</v>
       </c>
-      <c r="CA27" s="14" t="n">
+      <c r="CG27" s="14" t="n">
         <v>1439982.0</v>
       </c>
-      <c r="CB27" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CE27" s="14" t="n">
+      <c r="CH27" s="14" t="n">
+        <v>342890.0</v>
+      </c>
+      <c r="CI27" s="14" t="n">
+        <v>324196.0</v>
+      </c>
+      <c r="CJ27" s="14" t="n">
+        <v>354676.0</v>
+      </c>
+      <c r="CK27" s="14" t="n">
+        <v>324075.0</v>
+      </c>
+      <c r="CL27" s="14" t="n">
         <v>337257.0</v>
       </c>
-      <c r="CF27" s="14" t="n">
-[...11 lines deleted...]
-      <c r="CJ27" s="14" t="n">
+      <c r="CM27" s="14" t="n">
+        <v>328869.0</v>
+      </c>
+      <c r="CN27" s="14" t="n">
+        <v>310878.0</v>
+      </c>
+      <c r="CO27" s="14" t="n">
+        <v>312928.0</v>
+      </c>
+      <c r="CP27" s="14" t="n">
+        <v>310817.0</v>
+      </c>
+      <c r="CQ27" s="14" t="n">
         <v>302559.0</v>
       </c>
-      <c r="CK27" s="14" t="n">
+      <c r="CR27" s="14" t="n">
         <v>307942.0</v>
       </c>
-      <c r="CL27" s="14" t="n">
+      <c r="CS27" s="14" t="n">
         <v>320882.0</v>
       </c>
-      <c r="CM27" s="14" t="n">
+      <c r="CT27" s="14" t="n">
         <v>341963.0</v>
       </c>
-      <c r="CN27" s="14" t="n">
+      <c r="CU27" s="14" t="n">
         <v>356284.0</v>
       </c>
-      <c r="CO27" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="CV27" s="14" t="n">
+        <v>1136337.0</v>
+      </c>
+      <c r="CW27" s="14" t="n">
+        <v>1054691.0</v>
+      </c>
+      <c r="CX27" s="14" t="n">
+        <v>1106338.0</v>
+      </c>
+      <c r="CY27" s="14" t="n">
+        <v>1083782.0</v>
+      </c>
+      <c r="CZ27" s="14" t="n">
+        <v>1088490.0</v>
+      </c>
+      <c r="DA27" s="14" t="n">
+        <v>1085563.0</v>
+      </c>
+      <c r="DB27" s="14" t="n">
+        <v>1075446.0</v>
+      </c>
+      <c r="DC27" s="14" t="n">
+        <v>1064949.0</v>
+      </c>
+      <c r="DD27" s="14" t="n">
         <v>1067544.0</v>
       </c>
-      <c r="CW27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="CY27" s="14" t="n">
+      <c r="DE27" s="14" t="n">
+        <v>1065471.0</v>
+      </c>
+      <c r="DF27" s="14" t="n">
+        <v>1018876.0</v>
+      </c>
+      <c r="DG27" s="14" t="n">
         <v>1135173.0</v>
       </c>
-      <c r="CZ27" s="14" t="n">
+      <c r="DH27" s="14" t="n">
         <v>1248937.0</v>
       </c>
-      <c r="DA27" s="14" t="n">
+      <c r="DI27" s="14" t="n">
         <v>1182214.0</v>
       </c>
-      <c r="DB27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC27" s="14" t="n">
+      <c r="DJ27" s="14" t="n">
+        <v>975520.0</v>
+      </c>
+      <c r="DK27" s="14" t="n">
+        <v>1006438.0</v>
+      </c>
+      <c r="DL27" s="14" t="n">
         <v>942223.0</v>
       </c>
-      <c r="DD27" s="14" t="n">
+      <c r="DM27" s="14" t="n">
         <v>953044.0</v>
       </c>
-      <c r="DE27" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DH27" s="14" t="n">
+      <c r="DN27" s="14" t="n">
+        <v>942074.0</v>
+      </c>
+      <c r="DO27" s="14" t="n">
+        <v>967277.0</v>
+      </c>
+      <c r="DP27" s="14" t="n">
+        <v>938071.0</v>
+      </c>
+      <c r="DQ27" s="14" t="n">
         <v>970900.0</v>
       </c>
-      <c r="DI27" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DL27" s="14" t="n">
+      <c r="DR27" s="14" t="n">
+        <v>938760.0</v>
+      </c>
+      <c r="DS27" s="14" t="n">
+        <v>885597.0</v>
+      </c>
+      <c r="DT27" s="14" t="n">
+        <v>903736.0</v>
+      </c>
+      <c r="DU27" s="14" t="n">
         <v>920359.0</v>
       </c>
-      <c r="DM27" s="14" t="n">
+      <c r="DV27" s="14" t="n">
         <v>1118982.0</v>
       </c>
-      <c r="DN27" s="14" t="n">
+      <c r="DW27" s="14" t="n">
         <v>1130863.0</v>
       </c>
-      <c r="DO27" s="14" t="n">
-[...23 lines deleted...]
-      <c r="DW27" s="14" t="n">
+      <c r="DX27" s="14" t="n">
+        <v>3353182.0</v>
+      </c>
+      <c r="DY27" s="14" t="n">
+        <v>3598099.0</v>
+      </c>
+      <c r="DZ27" s="14" t="n">
+        <v>3641761.0</v>
+      </c>
+      <c r="EA27" s="14" t="n">
+        <v>3672860.0</v>
+      </c>
+      <c r="EB27" s="14" t="n">
+        <v>3797199.0</v>
+      </c>
+      <c r="EC27" s="14" t="n">
+        <v>3483388.0</v>
+      </c>
+      <c r="ED27" s="14" t="n">
+        <v>3739369.0</v>
+      </c>
+      <c r="EE27" s="14" t="n">
+        <v>3539279.0</v>
+      </c>
+      <c r="EF27" s="14" t="n">
+        <v>3555155.0</v>
+      </c>
+      <c r="EG27" s="14" t="n">
         <v>3639796.0</v>
       </c>
-      <c r="DX27" s="14" t="n">
+      <c r="EH27" s="14" t="n">
         <v>3633471.0</v>
       </c>
-      <c r="DY27" s="14" t="n">
+      <c r="EI27" s="14" t="n">
         <v>3630682.0</v>
       </c>
-      <c r="DZ27" s="14" t="n">
+      <c r="EJ27" s="14" t="n">
         <v>3926855.0</v>
       </c>
-      <c r="EA27" s="14" t="n">
+      <c r="EK27" s="14" t="n">
         <v>3998833.0</v>
       </c>
-      <c r="EB27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="ED27" s="14" t="n">
+      <c r="EL27" s="14" t="n">
+        <v>2768822.0</v>
+      </c>
+      <c r="EM27" s="14" t="n">
+        <v>2775979.0</v>
+      </c>
+      <c r="EN27" s="14" t="n">
+        <v>2739938.0</v>
+      </c>
+      <c r="EO27" s="14" t="n">
         <v>2460011.0</v>
       </c>
-      <c r="EE27" s="14" t="n">
+      <c r="EP27" s="14" t="n">
         <v>2497277.0</v>
       </c>
-      <c r="EF27" s="14" t="n">
+      <c r="EQ27" s="14" t="n">
         <v>2544874.0</v>
       </c>
-      <c r="EG27" s="14" t="n">
-[...8 lines deleted...]
-      <c r="EJ27" s="14" t="n">
+      <c r="ER27" s="14" t="n">
+        <v>2434748.0</v>
+      </c>
+      <c r="ES27" s="14" t="n">
+        <v>2209770.0</v>
+      </c>
+      <c r="ET27" s="14" t="n">
+        <v>2187380.0</v>
+      </c>
+      <c r="EU27" s="14" t="n">
         <v>2166596.0</v>
       </c>
-      <c r="EK27" s="14" t="n">
+      <c r="EV27" s="14" t="n">
         <v>2141608.0</v>
       </c>
-      <c r="EL27" s="14" t="n">
+      <c r="EW27" s="14" t="n">
         <v>2148962.0</v>
       </c>
-      <c r="EM27" s="14" t="n">
+      <c r="EX27" s="14" t="n">
         <v>2221793.0</v>
       </c>
-      <c r="EN27" s="14" t="n">
+      <c r="EY27" s="14" t="n">
         <v>2304815.0</v>
       </c>
-      <c r="EO27" s="14" t="n">
-[...29 lines deleted...]
-      <c r="EY27" s="14" t="n">
+      <c r="EZ27" s="14" t="n">
+        <v>447937.0</v>
+      </c>
+      <c r="FA27" s="14" t="n">
+        <v>462660.0</v>
+      </c>
+      <c r="FB27" s="14" t="n">
+        <v>497365.0</v>
+      </c>
+      <c r="FC27" s="14" t="n">
+        <v>499129.0</v>
+      </c>
+      <c r="FD27" s="14" t="n">
+        <v>489379.0</v>
+      </c>
+      <c r="FE27" s="14" t="n">
+        <v>508814.0</v>
+      </c>
+      <c r="FF27" s="14" t="n">
+        <v>500471.0</v>
+      </c>
+      <c r="FG27" s="14" t="n">
+        <v>486067.0</v>
+      </c>
+      <c r="FH27" s="14" t="n">
+        <v>497997.0</v>
+      </c>
+      <c r="FI27" s="14" t="n">
+        <v>495030.0</v>
+      </c>
+      <c r="FJ27" s="14" t="n">
+        <v>449647.0</v>
+      </c>
+      <c r="FK27" s="14" t="n">
         <v>487295.0</v>
       </c>
-      <c r="EZ27" s="14" t="n">
+      <c r="FL27" s="14" t="n">
         <v>498022.0</v>
       </c>
-      <c r="FA27" s="14" t="n">
+      <c r="FM27" s="14" t="n">
         <v>565836.0</v>
       </c>
-      <c r="FB27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC27" s="14" t="n">
+      <c r="FN27" s="14" t="n">
+        <v>1137455.0</v>
+      </c>
+      <c r="FO27" s="14" t="n">
+        <v>1128769.0</v>
+      </c>
+      <c r="FP27" s="14" t="n">
         <v>1159758.0</v>
       </c>
-      <c r="FD27" s="14" t="n">
-[...17 lines deleted...]
-      <c r="FJ27" s="14" t="n">
+      <c r="FQ27" s="14" t="n">
+        <v>1121565.0</v>
+      </c>
+      <c r="FR27" s="14" t="n">
+        <v>1175272.0</v>
+      </c>
+      <c r="FS27" s="14" t="n">
+        <v>1138247.0</v>
+      </c>
+      <c r="FT27" s="14" t="n">
+        <v>1119000.0</v>
+      </c>
+      <c r="FU27" s="14" t="n">
+        <v>1110605.0</v>
+      </c>
+      <c r="FV27" s="14" t="n">
+        <v>1143026.0</v>
+      </c>
+      <c r="FW27" s="14" t="n">
         <v>1139200.0</v>
       </c>
-      <c r="FK27" s="14" t="n">
+      <c r="FX27" s="14" t="n">
         <v>1082799.0</v>
       </c>
-      <c r="FL27" s="14" t="n">
+      <c r="FY27" s="14" t="n">
         <v>1107606.0</v>
       </c>
-      <c r="FM27" s="14" t="n">
+      <c r="FZ27" s="14" t="n">
         <v>1178527.0</v>
       </c>
-      <c r="FN27" s="14" t="n">
+      <c r="GA27" s="14" t="n">
         <v>1217833.0</v>
       </c>
-      <c r="FO27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FP27" s="14" t="n">
+      <c r="GB27" s="14" t="n">
+        <v>2657385.0</v>
+      </c>
+      <c r="GC27" s="14" t="n">
+        <v>2813747.0</v>
+      </c>
+      <c r="GD27" s="14" t="n">
         <v>2669724.0</v>
       </c>
-      <c r="FQ27" s="14" t="n">
+      <c r="GE27" s="14" t="n">
         <v>2559190.0</v>
       </c>
-      <c r="FR27" s="14" t="n">
-[...14 lines deleted...]
-      <c r="FW27" s="14" t="n">
+      <c r="GF27" s="14" t="n">
+        <v>2664226.0</v>
+      </c>
+      <c r="GG27" s="14" t="n">
+        <v>2543032.0</v>
+      </c>
+      <c r="GH27" s="14" t="n">
+        <v>2623516.0</v>
+      </c>
+      <c r="GI27" s="14" t="n">
+        <v>2471955.0</v>
+      </c>
+      <c r="GJ27" s="14" t="n">
+        <v>2328830.0</v>
+      </c>
+      <c r="GK27" s="14" t="n">
         <v>2404984.0</v>
       </c>
-      <c r="FX27" s="14" t="n">
+      <c r="GL27" s="14" t="n">
         <v>2339317.0</v>
       </c>
-      <c r="FY27" s="14" t="n">
+      <c r="GM27" s="14" t="n">
         <v>2416397.0</v>
       </c>
-      <c r="FZ27" s="14" t="n">
+      <c r="GN27" s="14" t="n">
         <v>2572917.0</v>
       </c>
-      <c r="GA27" s="14" t="n">
+      <c r="GO27" s="14" t="n">
         <v>2705212.0</v>
       </c>
-      <c r="GB27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GD27" s="14" t="n">
+      <c r="GP27" s="14" t="n">
+        <v>787914.0</v>
+      </c>
+      <c r="GQ27" s="14" t="n">
+        <v>805244.0</v>
+      </c>
+      <c r="GR27" s="14" t="n">
+        <v>853368.0</v>
+      </c>
+      <c r="GS27" s="14" t="n">
         <v>782574.0</v>
       </c>
-      <c r="GE27" s="14" t="n">
+      <c r="GT27" s="14" t="n">
         <v>763068.0</v>
       </c>
-      <c r="GF27" s="14" t="n">
-[...8 lines deleted...]
-      <c r="GI27" s="14" t="n">
+      <c r="GU27" s="14" t="n">
+        <v>729953.0</v>
+      </c>
+      <c r="GV27" s="14" t="n">
+        <v>725010.0</v>
+      </c>
+      <c r="GW27" s="14" t="n">
+        <v>693513.0</v>
+      </c>
+      <c r="GX27" s="14" t="n">
         <v>680064.0</v>
       </c>
-      <c r="GJ27" s="14" t="n">
+      <c r="GY27" s="14" t="n">
         <v>676893.0</v>
       </c>
-      <c r="GK27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GL27" s="14" t="n">
+      <c r="GZ27" s="14" t="n">
+        <v>663223.0</v>
+      </c>
+      <c r="HA27" s="14" t="n">
         <v>642582.0</v>
       </c>
-      <c r="GM27" s="14" t="n">
+      <c r="HB27" s="14" t="n">
         <v>646344.0</v>
       </c>
-      <c r="GN27" s="14" t="n">
+      <c r="HC27" s="14" t="n">
         <v>907503.0</v>
       </c>
-      <c r="GO27" s="14" t="n">
+      <c r="HD27" s="14" t="n">
+        <v>288799.0</v>
+      </c>
+      <c r="HE27" s="14" t="n">
         <v>289495.0</v>
       </c>
-      <c r="GP27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GQ27" s="14" t="n">
+      <c r="HF27" s="14" t="n">
+        <v>299954.0</v>
+      </c>
+      <c r="HG27" s="14" t="n">
         <v>296613.0</v>
       </c>
-      <c r="GR27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GT27" s="14" t="n">
+      <c r="HH27" s="14" t="n">
+        <v>294440.0</v>
+      </c>
+      <c r="HI27" s="14" t="n">
+        <v>294028.0</v>
+      </c>
+      <c r="HJ27" s="14" t="n">
         <v>283870.0</v>
       </c>
-      <c r="GU27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GW27" s="14" t="n">
+      <c r="HK27" s="14" t="n">
+        <v>289653.0</v>
+      </c>
+      <c r="HL27" s="14" t="n">
+        <v>296267.0</v>
+      </c>
+      <c r="HM27" s="14" t="n">
         <v>276790.0</v>
       </c>
-      <c r="GX27" s="14" t="n">
+      <c r="HN27" s="14" t="n">
         <v>278502.0</v>
       </c>
-      <c r="GY27" s="14" t="n">
+      <c r="HO27" s="14" t="n">
         <v>289777.0</v>
       </c>
-      <c r="GZ27" s="14" t="n">
+      <c r="HP27" s="14" t="n">
         <v>311905.0</v>
       </c>
-      <c r="HA27" s="14" t="n">
+      <c r="HQ27" s="14" t="n">
         <v>317144.0</v>
       </c>
-      <c r="HB27" s="14" t="n">
-[...11 lines deleted...]
-      <c r="HF27" s="14" t="n">
+      <c r="HR27" s="14" t="n">
+        <v>902371.0</v>
+      </c>
+      <c r="HS27" s="14" t="n">
+        <v>938127.0</v>
+      </c>
+      <c r="HT27" s="14" t="n">
+        <v>954542.0</v>
+      </c>
+      <c r="HU27" s="14" t="n">
+        <v>804351.0</v>
+      </c>
+      <c r="HV27" s="14" t="n">
+        <v>866006.0</v>
+      </c>
+      <c r="HW27" s="14" t="n">
         <v>1017952.0</v>
       </c>
-      <c r="HG27" s="14" t="n">
+      <c r="HX27" s="14" t="n">
         <v>929438.0</v>
       </c>
-      <c r="HH27" s="14" t="n">
+      <c r="HY27" s="14" t="n">
         <v>987223.0</v>
       </c>
-      <c r="HI27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HJ27" s="14" t="n">
+      <c r="HZ27" s="14" t="n">
+        <v>946157.0</v>
+      </c>
+      <c r="IA27" s="14" t="n">
         <v>846681.0</v>
       </c>
-      <c r="HK27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HL27" s="14" t="n">
+      <c r="IB27" s="14" t="n">
+        <v>1146581.0</v>
+      </c>
+      <c r="IC27" s="14" t="n">
         <v>1098892.0</v>
       </c>
-      <c r="HM27" s="14" t="n">
+      <c r="ID27" s="14" t="n">
         <v>1048759.0</v>
       </c>
-      <c r="HN27" s="14" t="n">
+      <c r="IE27" s="14" t="n">
         <v>1076053.0</v>
       </c>
-      <c r="HO27" s="14" t="n">
-[...8 lines deleted...]
-      <c r="HR27" s="14" t="n">
+      <c r="IF27" s="14" t="n">
+        <v>127658.0</v>
+      </c>
+      <c r="IG27" s="14" t="n">
+        <v>129877.0</v>
+      </c>
+      <c r="IH27" s="14" t="n">
+        <v>131782.0</v>
+      </c>
+      <c r="II27" s="14" t="n">
+        <v>132572.0</v>
+      </c>
+      <c r="IJ27" s="14" t="n">
         <v>133764.0</v>
       </c>
-      <c r="HS27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HT27" s="14" t="n">
+      <c r="IK27" s="14" t="n">
+        <v>134122.0</v>
+      </c>
+      <c r="IL27" s="14" t="n">
         <v>130723.0</v>
       </c>
-      <c r="HU27" s="14" t="n">
+      <c r="IM27" s="14" t="n">
         <v>138085.0</v>
       </c>
-      <c r="HV27" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HX27" s="14" t="n">
+      <c r="IN27" s="14" t="n">
+        <v>126910.0</v>
+      </c>
+      <c r="IO27" s="14" t="n">
+        <v>125294.0</v>
+      </c>
+      <c r="IP27" s="14" t="n">
         <v>129965.0</v>
       </c>
-      <c r="HY27" s="14" t="n">
+      <c r="IQ27" s="14" t="n">
         <v>124602.0</v>
       </c>
-      <c r="HZ27" s="14" t="n">
+      <c r="IR27" s="14" t="n">
         <v>129798.0</v>
       </c>
-      <c r="IA27" s="14" t="n">
+      <c r="IS27" s="14" t="n">
         <v>134523.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>TOTAL RESIDUOS (sin RCD ni otros)</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>2.3029781E7</v>
+        <v>2.2432959E7</v>
       </c>
       <c r="C28" s="14" t="n">
+        <v>2.3152946E7</v>
+      </c>
+      <c r="D28" s="14" t="n">
         <v>2.2852582E7</v>
       </c>
-      <c r="D28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="14" t="n">
+        <v>2.1928367E7</v>
+      </c>
+      <c r="F28" s="14" t="n">
         <v>2.224044E7</v>
       </c>
-      <c r="F28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="14" t="n">
+        <v>2.2222988E7</v>
+      </c>
+      <c r="H28" s="14" t="n">
         <v>2.2017865E7</v>
       </c>
-      <c r="H28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I28" s="14" t="n">
-        <v>2.1157828E7</v>
+        <v>2.1541841E7</v>
       </c>
       <c r="J28" s="14" t="n">
+        <v>2.1157827E7</v>
+      </c>
+      <c r="K28" s="14" t="n">
         <v>2.0836408E7</v>
       </c>
-      <c r="K28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L28" s="14" t="n">
+        <v>2.1185779E7</v>
+      </c>
+      <c r="M28" s="14" t="n">
         <v>2.1923499E7</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>2.2705715E7</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>2.3808938E7</v>
       </c>
-      <c r="O28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P28" s="14" t="n">
-        <v>4718033.0</v>
+        <v>4622480.0</v>
       </c>
       <c r="Q28" s="14" t="n">
+        <v>4813180.0</v>
+      </c>
+      <c r="R28" s="14" t="n">
+        <v>4718032.0</v>
+      </c>
+      <c r="S28" s="14" t="n">
         <v>4465439.0</v>
       </c>
-      <c r="R28" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="T28" s="14" t="n">
-        <v>4274884.0</v>
+        <v>4219201.0</v>
       </c>
       <c r="U28" s="14" t="n">
+        <v>4345677.0</v>
+      </c>
+      <c r="V28" s="14" t="n">
+        <v>4274883.0</v>
+      </c>
+      <c r="W28" s="14" t="n">
         <v>4302034.0</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>4132582.0</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>4066002.0</v>
       </c>
-      <c r="X28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Y28" s="14" t="n">
+      <c r="Z28" s="14" t="n">
+        <v>4390350.0</v>
+      </c>
+      <c r="AA28" s="14" t="n">
         <v>4701059.0</v>
       </c>
-      <c r="Z28" s="14" t="n">
+      <c r="AB28" s="14" t="n">
         <v>4430843.0</v>
       </c>
-      <c r="AA28" s="14" t="n">
+      <c r="AC28" s="14" t="n">
         <v>4910404.0</v>
       </c>
-      <c r="AB28" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AD28" s="14" t="n">
-        <v>576172.0</v>
+        <v>542571.0</v>
       </c>
       <c r="AE28" s="14" t="n">
+        <v>561749.0</v>
+      </c>
+      <c r="AF28" s="14" t="n">
+        <v>575615.0</v>
+      </c>
+      <c r="AG28" s="14" t="n">
+        <v>576171.0</v>
+      </c>
+      <c r="AH28" s="14" t="n">
         <v>575301.0</v>
       </c>
-      <c r="AF28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AH28" s="14" t="n">
+      <c r="AI28" s="14" t="n">
+        <v>580808.0</v>
+      </c>
+      <c r="AJ28" s="14" t="n">
+        <v>542899.0</v>
+      </c>
+      <c r="AK28" s="14" t="n">
         <v>527188.0</v>
       </c>
-      <c r="AI28" s="14" t="n">
+      <c r="AL28" s="14" t="n">
         <v>532954.0</v>
       </c>
-      <c r="AJ28" s="14" t="n">
+      <c r="AM28" s="14" t="n">
         <v>512334.0</v>
       </c>
-      <c r="AK28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AL28" s="14" t="n">
+      <c r="AN28" s="14" t="n">
+        <v>518824.0</v>
+      </c>
+      <c r="AO28" s="14" t="n">
         <v>547107.0</v>
       </c>
-      <c r="AM28" s="14" t="n">
+      <c r="AP28" s="14" t="n">
         <v>579977.0</v>
       </c>
-      <c r="AN28" s="14" t="n">
+      <c r="AQ28" s="14" t="n">
         <v>577368.0</v>
       </c>
-      <c r="AO28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AP28" s="14" t="n">
+      <c r="AR28" s="14" t="n">
+        <v>503235.0</v>
+      </c>
+      <c r="AS28" s="14" t="n">
+        <v>521767.0</v>
+      </c>
+      <c r="AT28" s="14" t="n">
         <v>522360.0</v>
       </c>
-      <c r="AQ28" s="14" t="n">
+      <c r="AU28" s="14" t="n">
         <v>487031.0</v>
       </c>
-      <c r="AR28" s="14" t="n">
+      <c r="AV28" s="14" t="n">
         <v>494375.0</v>
       </c>
-      <c r="AS28" s="14" t="n">
+      <c r="AW28" s="14" t="n">
         <v>488480.0</v>
       </c>
-      <c r="AT28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AU28" s="14" t="n">
+      <c r="AX28" s="14" t="n">
+        <v>515474.0</v>
+      </c>
+      <c r="AY28" s="14" t="n">
         <v>528594.0</v>
       </c>
-      <c r="AV28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AW28" s="14" t="n">
+      <c r="AZ28" s="14" t="n">
+        <v>519530.0</v>
+      </c>
+      <c r="BA28" s="14" t="n">
         <v>501906.0</v>
       </c>
-      <c r="AX28" s="14" t="n">
+      <c r="BB28" s="14" t="n">
         <v>502969.0</v>
       </c>
-      <c r="AY28" s="14" t="n">
+      <c r="BC28" s="14" t="n">
         <v>513807.0</v>
       </c>
-      <c r="AZ28" s="14" t="n">
+      <c r="BD28" s="14" t="n">
         <v>566346.0</v>
       </c>
-      <c r="BA28" s="14" t="n">
+      <c r="BE28" s="14" t="n">
         <v>596493.0</v>
       </c>
-      <c r="BB28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BD28" s="14" t="n">
+      <c r="BF28" s="14" t="n">
+        <v>808574.0</v>
+      </c>
+      <c r="BG28" s="14" t="n">
+        <v>793813.0</v>
+      </c>
+      <c r="BH28" s="14" t="n">
+        <v>719028.0</v>
+      </c>
+      <c r="BI28" s="14" t="n">
         <v>676152.0</v>
       </c>
-      <c r="BE28" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="BJ28" s="14" t="n">
+        <v>861831.0</v>
+      </c>
+      <c r="BK28" s="14" t="n">
+        <v>932131.0</v>
+      </c>
+      <c r="BL28" s="14" t="n">
+        <v>854038.0</v>
+      </c>
+      <c r="BM28" s="14" t="n">
+        <v>840388.0</v>
+      </c>
+      <c r="BN28" s="14" t="n">
+        <v>892901.0</v>
+      </c>
+      <c r="BO28" s="14" t="n">
         <v>732434.0</v>
       </c>
-      <c r="BK28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BL28" s="14" t="n">
+      <c r="BP28" s="14" t="n">
+        <v>728791.0</v>
+      </c>
+      <c r="BQ28" s="14" t="n">
         <v>781690.0</v>
       </c>
-      <c r="BM28" s="14" t="n">
+      <c r="BR28" s="14" t="n">
         <v>846646.0</v>
       </c>
-      <c r="BN28" s="14" t="n">
+      <c r="BS28" s="14" t="n">
         <v>798533.0</v>
       </c>
-      <c r="BO28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BP28" s="14" t="n">
+      <c r="BT28" s="14" t="n">
+        <v>1274243.0</v>
+      </c>
+      <c r="BU28" s="14" t="n">
+        <v>1346080.0</v>
+      </c>
+      <c r="BV28" s="14" t="n">
         <v>1183421.0</v>
       </c>
-      <c r="BQ28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BS28" s="14" t="n">
+      <c r="BW28" s="14" t="n">
+        <v>1189109.0</v>
+      </c>
+      <c r="BX28" s="14" t="n">
+        <v>1236045.0</v>
+      </c>
+      <c r="BY28" s="14" t="n">
         <v>1296935.0</v>
       </c>
-      <c r="BT28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BU28" s="14" t="n">
+      <c r="BZ28" s="14" t="n">
+        <v>1267011.0</v>
+      </c>
+      <c r="CA28" s="14" t="n">
         <v>1217266.0</v>
       </c>
-      <c r="BV28" s="14" t="n">
+      <c r="CB28" s="14" t="n">
         <v>1253565.0</v>
       </c>
-      <c r="BW28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="BY28" s="14" t="n">
+      <c r="CC28" s="14" t="n">
+        <v>1249086.0</v>
+      </c>
+      <c r="CD28" s="14" t="n">
+        <v>1191169.0</v>
+      </c>
+      <c r="CE28" s="14" t="n">
         <v>1285798.0</v>
       </c>
-      <c r="BZ28" s="14" t="n">
+      <c r="CF28" s="14" t="n">
         <v>1359936.0</v>
       </c>
-      <c r="CA28" s="14" t="n">
+      <c r="CG28" s="14" t="n">
         <v>1402913.0</v>
       </c>
-      <c r="CB28" s="14" t="n">
-[...11 lines deleted...]
-      <c r="CF28" s="14" t="n">
+      <c r="CH28" s="14" t="n">
+        <v>317694.0</v>
+      </c>
+      <c r="CI28" s="14" t="n">
+        <v>298991.0</v>
+      </c>
+      <c r="CJ28" s="14" t="n">
+        <v>329047.0</v>
+      </c>
+      <c r="CK28" s="14" t="n">
+        <v>301461.0</v>
+      </c>
+      <c r="CL28" s="14" t="n">
+        <v>309330.0</v>
+      </c>
+      <c r="CM28" s="14" t="n">
         <v>307162.0</v>
       </c>
-      <c r="CG28" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CJ28" s="14" t="n">
+      <c r="CN28" s="14" t="n">
+        <v>290033.0</v>
+      </c>
+      <c r="CO28" s="14" t="n">
+        <v>292873.0</v>
+      </c>
+      <c r="CP28" s="14" t="n">
+        <v>292166.0</v>
+      </c>
+      <c r="CQ28" s="14" t="n">
         <v>283729.0</v>
       </c>
-      <c r="CK28" s="14" t="n">
+      <c r="CR28" s="14" t="n">
         <v>290215.0</v>
       </c>
-      <c r="CL28" s="14" t="n">
+      <c r="CS28" s="14" t="n">
         <v>298446.0</v>
       </c>
-      <c r="CM28" s="14" t="n">
+      <c r="CT28" s="14" t="n">
         <v>320128.0</v>
       </c>
-      <c r="CN28" s="14" t="n">
+      <c r="CU28" s="14" t="n">
         <v>321478.0</v>
       </c>
-      <c r="CO28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CP28" s="14" t="n">
+      <c r="CV28" s="14" t="n">
+        <v>1071748.0</v>
+      </c>
+      <c r="CW28" s="14" t="n">
+        <v>1035480.0</v>
+      </c>
+      <c r="CX28" s="14" t="n">
         <v>1080727.0</v>
       </c>
-      <c r="CQ28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="CS28" s="14" t="n">
+      <c r="CY28" s="14" t="n">
+        <v>1066711.0</v>
+      </c>
+      <c r="CZ28" s="14" t="n">
+        <v>1072736.0</v>
+      </c>
+      <c r="DA28" s="14" t="n">
         <v>1070964.0</v>
       </c>
-      <c r="CT28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CU28" s="14" t="n">
+      <c r="DB28" s="14" t="n">
+        <v>1057236.0</v>
+      </c>
+      <c r="DC28" s="14" t="n">
         <v>1046638.0</v>
       </c>
-      <c r="CV28" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CY28" s="14" t="n">
+      <c r="DD28" s="14" t="n">
+        <v>1054575.0</v>
+      </c>
+      <c r="DE28" s="14" t="n">
+        <v>1052378.0</v>
+      </c>
+      <c r="DF28" s="14" t="n">
+        <v>966142.0</v>
+      </c>
+      <c r="DG28" s="14" t="n">
         <v>1070247.0</v>
       </c>
-      <c r="CZ28" s="14" t="n">
+      <c r="DH28" s="14" t="n">
         <v>1135223.0</v>
       </c>
-      <c r="DA28" s="14" t="n">
+      <c r="DI28" s="14" t="n">
         <v>1071633.0</v>
       </c>
-      <c r="DB28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC28" s="14" t="n">
+      <c r="DJ28" s="14" t="n">
+        <v>970744.0</v>
+      </c>
+      <c r="DK28" s="14" t="n">
+        <v>991941.0</v>
+      </c>
+      <c r="DL28" s="14" t="n">
         <v>924216.0</v>
       </c>
-      <c r="DD28" s="14" t="n">
+      <c r="DM28" s="14" t="n">
         <v>943430.0</v>
       </c>
-      <c r="DE28" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DH28" s="14" t="n">
+      <c r="DN28" s="14" t="n">
+        <v>928320.0</v>
+      </c>
+      <c r="DO28" s="14" t="n">
+        <v>959236.0</v>
+      </c>
+      <c r="DP28" s="14" t="n">
+        <v>933171.0</v>
+      </c>
+      <c r="DQ28" s="14" t="n">
         <v>967433.0</v>
       </c>
-      <c r="DI28" s="14" t="n">
+      <c r="DR28" s="14" t="n">
         <v>933312.0</v>
       </c>
-      <c r="DJ28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DL28" s="14" t="n">
+      <c r="DS28" s="14" t="n">
+        <v>880098.0</v>
+      </c>
+      <c r="DT28" s="14" t="n">
+        <v>885737.0</v>
+      </c>
+      <c r="DU28" s="14" t="n">
         <v>915451.0</v>
       </c>
-      <c r="DM28" s="14" t="n">
+      <c r="DV28" s="14" t="n">
         <v>1110581.0</v>
       </c>
-      <c r="DN28" s="14" t="n">
+      <c r="DW28" s="14" t="n">
         <v>1097615.0</v>
       </c>
-      <c r="DO28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DP28" s="14" t="n">
+      <c r="DX28" s="14" t="n">
+        <v>3285650.0</v>
+      </c>
+      <c r="DY28" s="14" t="n">
+        <v>3506018.0</v>
+      </c>
+      <c r="DZ28" s="14" t="n">
         <v>3537419.0</v>
       </c>
-      <c r="DQ28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DR28" s="14" t="n">
+      <c r="EA28" s="14" t="n">
+        <v>3588397.0</v>
+      </c>
+      <c r="EB28" s="14" t="n">
         <v>3699115.0</v>
       </c>
-      <c r="DS28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DU28" s="14" t="n">
+      <c r="EC28" s="14" t="n">
+        <v>3414326.0</v>
+      </c>
+      <c r="ED28" s="14" t="n">
+        <v>3636766.0</v>
+      </c>
+      <c r="EE28" s="14" t="n">
         <v>3496790.0</v>
       </c>
-      <c r="DV28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DW28" s="14" t="n">
+      <c r="EF28" s="14" t="n">
+        <v>3447771.0</v>
+      </c>
+      <c r="EG28" s="14" t="n">
         <v>3531381.0</v>
       </c>
-      <c r="DX28" s="14" t="n">
+      <c r="EH28" s="14" t="n">
         <v>3584637.0</v>
       </c>
-      <c r="DY28" s="14" t="n">
+      <c r="EI28" s="14" t="n">
         <v>3544043.0</v>
       </c>
-      <c r="DZ28" s="14" t="n">
+      <c r="EJ28" s="14" t="n">
         <v>3869551.0</v>
       </c>
-      <c r="EA28" s="14" t="n">
+      <c r="EK28" s="14" t="n">
         <v>3932241.0</v>
       </c>
-      <c r="EB28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EC28" s="14" t="n">
+      <c r="EL28" s="14" t="n">
+        <v>2721495.0</v>
+      </c>
+      <c r="EM28" s="14" t="n">
+        <v>2712401.0</v>
+      </c>
+      <c r="EN28" s="14" t="n">
         <v>2683502.0</v>
       </c>
-      <c r="ED28" s="14" t="n">
+      <c r="EO28" s="14" t="n">
         <v>2411325.0</v>
       </c>
-      <c r="EE28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EF28" s="14" t="n">
+      <c r="EP28" s="14" t="n">
+        <v>2443794.0</v>
+      </c>
+      <c r="EQ28" s="14" t="n">
         <v>2465654.0</v>
       </c>
-      <c r="EG28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EI28" s="14" t="n">
+      <c r="ER28" s="14" t="n">
+        <v>2362301.0</v>
+      </c>
+      <c r="ES28" s="14" t="n">
+        <v>2173672.0</v>
+      </c>
+      <c r="ET28" s="14" t="n">
         <v>2142787.0</v>
       </c>
-      <c r="EJ28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EK28" s="14" t="n">
+      <c r="EU28" s="14" t="n">
+        <v>2121575.0</v>
+      </c>
+      <c r="EV28" s="14" t="n">
         <v>2073927.0</v>
       </c>
-      <c r="EL28" s="14" t="n">
+      <c r="EW28" s="14" t="n">
         <v>2125948.0</v>
       </c>
-      <c r="EM28" s="14" t="n">
+      <c r="EX28" s="14" t="n">
         <v>2176509.0</v>
       </c>
-      <c r="EN28" s="14" t="n">
+      <c r="EY28" s="14" t="n">
         <v>2252494.0</v>
       </c>
-      <c r="EO28" s="14" t="n">
-[...8 lines deleted...]
-      <c r="ER28" s="14" t="n">
+      <c r="EZ28" s="14" t="n">
+        <v>447537.0</v>
+      </c>
+      <c r="FA28" s="14" t="n">
+        <v>461636.0</v>
+      </c>
+      <c r="FB28" s="14" t="n">
+        <v>497011.0</v>
+      </c>
+      <c r="FC28" s="14" t="n">
+        <v>499051.0</v>
+      </c>
+      <c r="FD28" s="14" t="n">
         <v>488317.0</v>
       </c>
-      <c r="ES28" s="14" t="n">
-[...11 lines deleted...]
-      <c r="EW28" s="14" t="n">
+      <c r="FE28" s="14" t="n">
+        <v>508175.0</v>
+      </c>
+      <c r="FF28" s="14" t="n">
+        <v>490496.0</v>
+      </c>
+      <c r="FG28" s="14" t="n">
+        <v>476061.0</v>
+      </c>
+      <c r="FH28" s="14" t="n">
+        <v>471647.0</v>
+      </c>
+      <c r="FI28" s="14" t="n">
         <v>468428.0</v>
       </c>
-      <c r="EX28" s="14" t="n">
+      <c r="FJ28" s="14" t="n">
         <v>449351.0</v>
       </c>
-      <c r="EY28" s="14" t="n">
+      <c r="FK28" s="14" t="n">
         <v>485822.0</v>
       </c>
-      <c r="EZ28" s="14" t="n">
+      <c r="FL28" s="14" t="n">
         <v>494478.0</v>
       </c>
-      <c r="FA28" s="14" t="n">
+      <c r="FM28" s="14" t="n">
         <v>565830.0</v>
       </c>
-      <c r="FB28" s="14" t="n">
-[...17 lines deleted...]
-      <c r="FH28" s="14" t="n">
+      <c r="FN28" s="14" t="n">
+        <v>1123761.0</v>
+      </c>
+      <c r="FO28" s="14" t="n">
+        <v>1122572.0</v>
+      </c>
+      <c r="FP28" s="14" t="n">
+        <v>1151418.0</v>
+      </c>
+      <c r="FQ28" s="14" t="n">
+        <v>1117743.0</v>
+      </c>
+      <c r="FR28" s="14" t="n">
+        <v>1168395.0</v>
+      </c>
+      <c r="FS28" s="14" t="n">
+        <v>1132520.0</v>
+      </c>
+      <c r="FT28" s="14" t="n">
+        <v>1111194.0</v>
+      </c>
+      <c r="FU28" s="14" t="n">
         <v>1099579.0</v>
       </c>
-      <c r="FI28" s="14" t="n">
+      <c r="FV28" s="14" t="n">
         <v>1130190.0</v>
       </c>
-      <c r="FJ28" s="14" t="n">
+      <c r="FW28" s="14" t="n">
         <v>1126242.0</v>
       </c>
-      <c r="FK28" s="14" t="n">
+      <c r="FX28" s="14" t="n">
         <v>1070926.0</v>
       </c>
-      <c r="FL28" s="14" t="n">
+      <c r="FY28" s="14" t="n">
         <v>1097785.0</v>
       </c>
-      <c r="FM28" s="14" t="n">
+      <c r="FZ28" s="14" t="n">
         <v>1168134.0</v>
       </c>
-      <c r="FN28" s="14" t="n">
+      <c r="GA28" s="14" t="n">
         <v>1204797.0</v>
       </c>
-      <c r="FO28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FP28" s="14" t="n">
+      <c r="GB28" s="14" t="n">
+        <v>2624774.0</v>
+      </c>
+      <c r="GC28" s="14" t="n">
+        <v>2774081.0</v>
+      </c>
+      <c r="GD28" s="14" t="n">
         <v>2630630.0</v>
       </c>
-      <c r="FQ28" s="14" t="n">
+      <c r="GE28" s="14" t="n">
         <v>2533052.0</v>
       </c>
-      <c r="FR28" s="14" t="n">
+      <c r="GF28" s="14" t="n">
         <v>2631319.0</v>
       </c>
-      <c r="FS28" s="14" t="n">
-[...11 lines deleted...]
-      <c r="FW28" s="14" t="n">
+      <c r="GG28" s="14" t="n">
+        <v>2525010.0</v>
+      </c>
+      <c r="GH28" s="14" t="n">
+        <v>2607391.0</v>
+      </c>
+      <c r="GI28" s="14" t="n">
+        <v>2446825.0</v>
+      </c>
+      <c r="GJ28" s="14" t="n">
+        <v>2311754.0</v>
+      </c>
+      <c r="GK28" s="14" t="n">
         <v>2387744.0</v>
       </c>
-      <c r="FX28" s="14" t="n">
+      <c r="GL28" s="14" t="n">
         <v>2324310.0</v>
       </c>
-      <c r="FY28" s="14" t="n">
+      <c r="GM28" s="14" t="n">
         <v>2402084.0</v>
       </c>
-      <c r="FZ28" s="14" t="n">
+      <c r="GN28" s="14" t="n">
         <v>2534863.0</v>
       </c>
-      <c r="GA28" s="14" t="n">
+      <c r="GO28" s="14" t="n">
         <v>2670903.0</v>
       </c>
-      <c r="GB28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC28" s="14" t="n">
+      <c r="GP28" s="14" t="n">
+        <v>785482.0</v>
+      </c>
+      <c r="GQ28" s="14" t="n">
+        <v>803553.0</v>
+      </c>
+      <c r="GR28" s="14" t="n">
         <v>851123.0</v>
       </c>
-      <c r="GD28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GE28" s="14" t="n">
+      <c r="GS28" s="14" t="n">
+        <v>780488.0</v>
+      </c>
+      <c r="GT28" s="14" t="n">
         <v>760225.0</v>
       </c>
-      <c r="GF28" s="14" t="n">
-[...11 lines deleted...]
-      <c r="GJ28" s="14" t="n">
+      <c r="GU28" s="14" t="n">
+        <v>726326.0</v>
+      </c>
+      <c r="GV28" s="14" t="n">
+        <v>723149.0</v>
+      </c>
+      <c r="GW28" s="14" t="n">
+        <v>690845.0</v>
+      </c>
+      <c r="GX28" s="14" t="n">
+        <v>667353.0</v>
+      </c>
+      <c r="GY28" s="14" t="n">
         <v>664060.0</v>
       </c>
-      <c r="GK28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GL28" s="14" t="n">
+      <c r="GZ28" s="14" t="n">
+        <v>658543.0</v>
+      </c>
+      <c r="HA28" s="14" t="n">
         <v>640317.0</v>
       </c>
-      <c r="GM28" s="14" t="n">
+      <c r="HB28" s="14" t="n">
         <v>642173.0</v>
       </c>
-      <c r="GN28" s="14" t="n">
+      <c r="HC28" s="14" t="n">
         <v>898323.0</v>
       </c>
-      <c r="GO28" s="14" t="n">
+      <c r="HD28" s="14" t="n">
+        <v>286053.0</v>
+      </c>
+      <c r="HE28" s="14" t="n">
         <v>288183.0</v>
       </c>
-      <c r="GP28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GR28" s="14" t="n">
+      <c r="HF28" s="14" t="n">
+        <v>298699.0</v>
+      </c>
+      <c r="HG28" s="14" t="n">
+        <v>295591.0</v>
+      </c>
+      <c r="HH28" s="14" t="n">
         <v>294317.0</v>
       </c>
-      <c r="GS28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GT28" s="14" t="n">
+      <c r="HI28" s="14" t="n">
+        <v>293294.0</v>
+      </c>
+      <c r="HJ28" s="14" t="n">
         <v>283858.0</v>
       </c>
-      <c r="GU28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GW28" s="14" t="n">
+      <c r="HK28" s="14" t="n">
+        <v>289625.0</v>
+      </c>
+      <c r="HL28" s="14" t="n">
+        <v>274484.0</v>
+      </c>
+      <c r="HM28" s="14" t="n">
         <v>254798.0</v>
       </c>
-      <c r="GX28" s="14" t="n">
+      <c r="HN28" s="14" t="n">
         <v>272935.0</v>
       </c>
-      <c r="GY28" s="14" t="n">
+      <c r="HO28" s="14" t="n">
         <v>282441.0</v>
       </c>
-      <c r="GZ28" s="14" t="n">
+      <c r="HP28" s="14" t="n">
         <v>304036.0</v>
       </c>
-      <c r="HA28" s="14" t="n">
+      <c r="HQ28" s="14" t="n">
         <v>306021.0</v>
       </c>
-      <c r="HB28" s="14" t="n">
-[...8 lines deleted...]
-      <c r="HE28" s="14" t="n">
+      <c r="HR28" s="14" t="n">
+        <v>885318.0</v>
+      </c>
+      <c r="HS28" s="14" t="n">
+        <v>918754.0</v>
+      </c>
+      <c r="HT28" s="14" t="n">
+        <v>937067.0</v>
+      </c>
+      <c r="HU28" s="14" t="n">
+        <v>783933.0</v>
+      </c>
+      <c r="HV28" s="14" t="n">
         <v>846763.0</v>
       </c>
-      <c r="HF28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HG28" s="14" t="n">
+      <c r="HW28" s="14" t="n">
+        <v>993439.0</v>
+      </c>
+      <c r="HX28" s="14" t="n">
         <v>893301.0</v>
       </c>
-      <c r="HH28" s="14" t="n">
+      <c r="HY28" s="14" t="n">
         <v>966673.0</v>
       </c>
-      <c r="HI28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HJ28" s="14" t="n">
+      <c r="HZ28" s="14" t="n">
+        <v>920323.0</v>
+      </c>
+      <c r="IA28" s="14" t="n">
         <v>820599.0</v>
       </c>
-      <c r="HK28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="HL28" s="14" t="n">
+      <c r="IB28" s="14" t="n">
+        <v>1102779.0</v>
+      </c>
+      <c r="IC28" s="14" t="n">
         <v>1050900.0</v>
       </c>
-      <c r="HM28" s="14" t="n">
+      <c r="ID28" s="14" t="n">
         <v>996659.0</v>
       </c>
-      <c r="HN28" s="14" t="n">
+      <c r="IE28" s="14" t="n">
         <v>1026000.0</v>
       </c>
-      <c r="HO28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HQ28" s="14" t="n">
+      <c r="IF28" s="14" t="n">
+        <v>127331.0</v>
+      </c>
+      <c r="IG28" s="14" t="n">
+        <v>129581.0</v>
+      </c>
+      <c r="IH28" s="14" t="n">
+        <v>131461.0</v>
+      </c>
+      <c r="II28" s="14" t="n">
         <v>132314.0</v>
       </c>
-      <c r="HR28" s="14" t="n">
+      <c r="IJ28" s="14" t="n">
         <v>133695.0</v>
       </c>
-      <c r="HS28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HU28" s="14" t="n">
+      <c r="IK28" s="14" t="n">
+        <v>133974.0</v>
+      </c>
+      <c r="IL28" s="14" t="n">
+        <v>130613.0</v>
+      </c>
+      <c r="IM28" s="14" t="n">
         <v>129718.0</v>
       </c>
-      <c r="HV28" s="14" t="n">
-[...5 lines deleted...]
-      <c r="HX28" s="14" t="n">
+      <c r="IN28" s="14" t="n">
+        <v>126861.0</v>
+      </c>
+      <c r="IO28" s="14" t="n">
+        <v>125245.0</v>
+      </c>
+      <c r="IP28" s="14" t="n">
         <v>129944.0</v>
       </c>
-      <c r="HY28" s="14" t="n">
+      <c r="IQ28" s="14" t="n">
         <v>124537.0</v>
       </c>
-      <c r="HZ28" s="14" t="n">
+      <c r="IR28" s="14" t="n">
         <v>129798.0</v>
       </c>
-      <c r="IA28" s="14" t="n">
+      <c r="IS28" s="14" t="n">
         <v>134522.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>El TOTAL RESIDUOS MEZCLADOS incluye los '10.1.1 Residuos domésticos y similares' y '10.1.2 Residuos domésticos voluminosos mezclados'. El resto se agrupan en la categoría de TOTAL RESIDUOS DE RECOGIDA SEPARADA.</t>
+          <t xml:space="preserve">El TOTAL RESIDUOS MEZCLADOS incluyen los '10.1.1 Residuos domésticos y similares' y '10.1.2 Residuos domésticos voluminosos mezclados'. El resto se agrupan en la categoría de TOTAL RESIDUOS DE RECOGIDA SEPARADA. </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t/>
+          <t xml:space="preserve"> 2) A partir del año 2011, los datos correspondientes a residuos domésticos mezclados, vidrio, papel y cartón, residuos animales y vegetales así como los residuos de envases mixtos, han sido suministrados por el Ministerio de Agricultura, Alimentación y Medio Ambiente.</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2) A partir del año 2011, los datos correspondientes a residuos domésticos mezclados, vidrio, papel y cartón, residuos animales y vegetales así como los residuos de envases mixtos, han sido suministrados por el  Ministerio de Agricultura, Alimentación y Medio Ambiente.</t>
+          <t xml:space="preserve"> Las estimaciones del resto de categorías, provienen de la encuesta citada.</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t xml:space="preserve">  Las estimaciones del resto de categorías, provienen de la encuesta citada.</t>
+          <t xml:space="preserve"> 3) Los datos correspondientes a las ciudades autónomas de 'Ceuta y de Melilla' no se publican por razones  de confidencialidad estadística </t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-          <t xml:space="preserve"> 3) Los datos correspondientes a las ciudades autónomas de 'Ceuta y de Melilla' no se publican por razones  de confidencialidad estadística. </t>
+          <t xml:space="preserve"> 4) Los medicamentos no utilizados, los residuos de caucho y los residuos sanitarios y biológicos están incluidas en la categoría de '18 Otros'.</t>
         </is>
       </c>
     </row>
     <row r="38">
-      <c r="A38" t="inlineStr">
-[...1 lines deleted...]
-          <t/>
+      <c r="A38" s="5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
-        <is>
-[...12 lines deleted...]
-      <c r="A42" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística y Ministerio de Agricultura, Alimentación y Medio Ambiente</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="24">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:N7"/>
-[...16 lines deleted...]
-    <mergeCell ref="HO7:IA7"/>
+    <mergeCell ref="B7:O7"/>
+    <mergeCell ref="P7:AC7"/>
+    <mergeCell ref="AD7:AQ7"/>
+    <mergeCell ref="AR7:BE7"/>
+    <mergeCell ref="BF7:BS7"/>
+    <mergeCell ref="BT7:CG7"/>
+    <mergeCell ref="CH7:CU7"/>
+    <mergeCell ref="CV7:DI7"/>
+    <mergeCell ref="DJ7:DW7"/>
+    <mergeCell ref="DX7:EK7"/>
+    <mergeCell ref="EL7:EY7"/>
+    <mergeCell ref="EZ7:FM7"/>
+    <mergeCell ref="FN7:GA7"/>
+    <mergeCell ref="GB7:GO7"/>
+    <mergeCell ref="GP7:HC7"/>
+    <mergeCell ref="HD7:HQ7"/>
+    <mergeCell ref="HR7:IE7"/>
+    <mergeCell ref="IF7:IS7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>