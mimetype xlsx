--- v1 (2025-12-16)
+++ v2 (2026-03-15)
@@ -615,357 +615,357 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>Total nacional</t>
+          <t>Total Nacional</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>01 Andalucía</t>
         </is>
       </c>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6" t="inlineStr">
         <is>
-          <t>Aragón</t>
+          <t>02 Aragón</t>
         </is>
       </c>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6" t="inlineStr">
         <is>
-          <t>Asturias, Principado de</t>
+          <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6" t="inlineStr">
         <is>
-          <t>Balears, Illes</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6" t="inlineStr">
         <is>
-          <t>Canarias</t>
+          <t>05 Canarias</t>
         </is>
       </c>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>06 Cantabria</t>
         </is>
       </c>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6" t="inlineStr">
         <is>
-          <t>Castilla y León</t>
+          <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6" t="inlineStr">
         <is>
-          <t>Castilla - La Mancha</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="DK7" s="6"/>
       <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
       <c r="DO7" s="6"/>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
       <c r="DR7" s="6"/>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
       <c r="DX7" s="6" t="inlineStr">
         <is>
-          <t>Cataluña</t>
+          <t>09 Cataluña</t>
         </is>
       </c>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6" t="inlineStr">
         <is>
-          <t>Comunitat Valenciana</t>
+          <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
       <c r="ET7" s="6"/>
       <c r="EU7" s="6"/>
       <c r="EV7" s="6"/>
       <c r="EW7" s="6"/>
       <c r="EX7" s="6"/>
       <c r="EY7" s="6"/>
       <c r="EZ7" s="6" t="inlineStr">
         <is>
-          <t>Extremadura</t>
+          <t>11 Extremadura</t>
         </is>
       </c>
       <c r="FA7" s="6"/>
       <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
       <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
       <c r="FH7" s="6"/>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
       <c r="FN7" s="6" t="inlineStr">
         <is>
-          <t>Galicia</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="FO7" s="6"/>
       <c r="FP7" s="6"/>
       <c r="FQ7" s="6"/>
       <c r="FR7" s="6"/>
       <c r="FS7" s="6"/>
       <c r="FT7" s="6"/>
       <c r="FU7" s="6"/>
       <c r="FV7" s="6"/>
       <c r="FW7" s="6"/>
       <c r="FX7" s="6"/>
       <c r="FY7" s="6"/>
       <c r="FZ7" s="6"/>
       <c r="GA7" s="6"/>
       <c r="GB7" s="6" t="inlineStr">
         <is>
-          <t>Madrid, Comunidad de</t>
+          <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="GC7" s="6"/>
       <c r="GD7" s="6"/>
       <c r="GE7" s="6"/>
       <c r="GF7" s="6"/>
       <c r="GG7" s="6"/>
       <c r="GH7" s="6"/>
       <c r="GI7" s="6"/>
       <c r="GJ7" s="6"/>
       <c r="GK7" s="6"/>
       <c r="GL7" s="6"/>
       <c r="GM7" s="6"/>
       <c r="GN7" s="6"/>
       <c r="GO7" s="6"/>
       <c r="GP7" s="6" t="inlineStr">
         <is>
-          <t>Murcia, Región de</t>
+          <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="GQ7" s="6"/>
       <c r="GR7" s="6"/>
       <c r="GS7" s="6"/>
       <c r="GT7" s="6"/>
       <c r="GU7" s="6"/>
       <c r="GV7" s="6"/>
       <c r="GW7" s="6"/>
       <c r="GX7" s="6"/>
       <c r="GY7" s="6"/>
       <c r="GZ7" s="6"/>
       <c r="HA7" s="6"/>
       <c r="HB7" s="6"/>
       <c r="HC7" s="6"/>
       <c r="HD7" s="6" t="inlineStr">
         <is>
-          <t>Navarra, Comunidad Foral de</t>
+          <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="HE7" s="6"/>
       <c r="HF7" s="6"/>
       <c r="HG7" s="6"/>
       <c r="HH7" s="6"/>
       <c r="HI7" s="6"/>
       <c r="HJ7" s="6"/>
       <c r="HK7" s="6"/>
       <c r="HL7" s="6"/>
       <c r="HM7" s="6"/>
       <c r="HN7" s="6"/>
       <c r="HO7" s="6"/>
       <c r="HP7" s="6"/>
       <c r="HQ7" s="6"/>
       <c r="HR7" s="6" t="inlineStr">
         <is>
-          <t>País Vasco</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="HS7" s="6"/>
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
       <c r="ID7" s="6"/>
       <c r="IE7" s="6"/>
       <c r="IF7" s="6" t="inlineStr">
         <is>
-          <t>Rioja, La</t>
+          <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="IG7" s="6"/>
       <c r="IH7" s="6"/>
       <c r="II7" s="6"/>
       <c r="IJ7" s="6"/>
       <c r="IK7" s="6"/>
       <c r="IL7" s="6"/>
       <c r="IM7" s="6"/>
       <c r="IN7" s="6"/>
       <c r="IO7" s="6"/>
       <c r="IP7" s="6"/>
       <c r="IQ7" s="6"/>
       <c r="IR7" s="6"/>
       <c r="IS7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
@@ -17475,51 +17475,51 @@
         <v>125245.0</v>
       </c>
       <c r="IP28" s="14" t="n">
         <v>129944.0</v>
       </c>
       <c r="IQ28" s="14" t="n">
         <v>124537.0</v>
       </c>
       <c r="IR28" s="14" t="n">
         <v>129798.0</v>
       </c>
       <c r="IS28" s="14" t="n">
         <v>134522.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t xml:space="preserve">El TOTAL RESIDUOS MEZCLADOS incluyen los '10.1.1 Residuos domésticos y similares' y '10.1.2 Residuos domésticos voluminosos mezclados'. El resto se agrupan en la categoría de TOTAL RESIDUOS DE RECOGIDA SEPARADA. </t>
+          <t xml:space="preserve">1) El TOTAL RESIDUOS MEZCLADOS incluyen los '10.1.1 Residuos domésticos y similares' y '10.1.2 Residuos domésticos voluminosos mezclados'. El resto se agrupan en la categoría de TOTAL RESIDUOS DE RECOGIDA SEPARADA. </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t xml:space="preserve"> 2) A partir del año 2011, los datos correspondientes a residuos domésticos mezclados, vidrio, papel y cartón, residuos animales y vegetales así como los residuos de envases mixtos, han sido suministrados por el Ministerio de Agricultura, Alimentación y Medio Ambiente.</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t xml:space="preserve"> Las estimaciones del resto de categorías, provienen de la encuesta citada.</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t xml:space="preserve"> 3) Los datos correspondientes a las ciudades autónomas de 'Ceuta y de Melilla' no se publican por razones  de confidencialidad estadística </t>
         </is>
       </c>
     </row>
     <row r="36">