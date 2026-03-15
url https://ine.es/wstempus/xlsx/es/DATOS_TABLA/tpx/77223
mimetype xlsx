--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -798,51 +798,51 @@
         <v>2531.0</v>
       </c>
       <c r="N13" s="14" t="n">
         <v>957.0</v>
       </c>
       <c r="O13" s="14" t="n">
         <v>1623.0</v>
       </c>
       <c r="P13" s="14" t="n">
         <v>320.0</v>
       </c>
       <c r="Q13" s="14" t="n">
         <v>3602.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>El símbolo '..' significa dato protegido por secreto estadístico</t>
+          <t>1) El símbolo '..' significa dato protegido por secreto estadístico</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>